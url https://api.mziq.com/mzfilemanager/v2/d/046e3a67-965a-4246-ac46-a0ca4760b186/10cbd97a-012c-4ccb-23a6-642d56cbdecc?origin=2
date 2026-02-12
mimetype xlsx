--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -3,98 +3,97 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="166925"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Sao Paulo\Ações\Relatórios Sell Sides e Consenso\2025\12 - Dezembro\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Ruan Silva\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62011CB6-8801-46AF-8236-2DE74B4259BB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{D04CE47A-28F8-48EE-98C8-6CDACADF3DB5}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7530"/>
   </bookViews>
   <sheets>
     <sheet name="Cobertura de Analistas" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Cobertura de Analistas'!$A$10:$C$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Cobertura de Analistas'!$A$10:$C$25</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B7" i="1" l="1"/>
+  <c r="B5" i="1" l="1"/>
   <c r="B6" i="1"/>
-  <c r="B5" i="1"/>
+  <c r="B7" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="41">
   <si>
     <t>Consenso Recomendações</t>
   </si>
   <si>
     <t>Compra</t>
   </si>
   <si>
     <t>Neutro</t>
   </si>
   <si>
     <t>Venda</t>
   </si>
   <si>
     <t>Instituição</t>
   </si>
   <si>
     <t>Analista</t>
   </si>
   <si>
     <t>Recomendações</t>
   </si>
   <si>
     <t>Banco do Brasil</t>
   </si>
   <si>
@@ -163,69 +162,72 @@
   <si>
     <t>BTG Pactual</t>
   </si>
   <si>
     <t>J.P. Morgan</t>
   </si>
   <si>
     <t>Genial</t>
   </si>
   <si>
     <t>Itaú BBA</t>
   </si>
   <si>
     <t>Thiago Duarte</t>
   </si>
   <si>
     <t>Lucas Ferreira</t>
   </si>
   <si>
     <t>Igor Guedes</t>
   </si>
   <si>
     <t>Gustavo Troyano</t>
   </si>
   <si>
-    <t>-</t>
-[...4 lines deleted...]
-  <si>
     <t>Cobertura de Analistas</t>
   </si>
+  <si>
+    <t>No. de Corretoras: 15</t>
+  </si>
+  <si>
+    <t>UBS</t>
+  </si>
+  <si>
+    <t>Matheus Enfeldt</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="167" formatCode="[$-416]mmm\-yy;@"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="&quot;R$&quot;\ #,##0.00"/>
+    <numFmt numFmtId="165" formatCode="[$-416]mmm\-yy;@"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="3"/>
       <name val="Arial Nova"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="3"/>
       <name val="Arial Nova"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="9"/>
       <name val="Arial Nova"/>
       <family val="2"/>
     </font>
     <font>
@@ -241,50 +243,54 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial Nova"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial Nova"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial Nova"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial Nova"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -397,53 +403,53 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -452,354 +458,351 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="9">
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <name val="Arial Nova"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="&quot;R$&quot;\ #,##0.00"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <name val="Arial Nova"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="&quot;R$&quot;\ #,##0.00"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom/>
+      </border>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <name val="Arial Nova"/>
-        <family val="2"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...26 lines deleted...]
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Arial Nova"/>
-        <family val="2"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-      </border>
-[...28 lines deleted...]
-        <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color indexed="64"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <name val="Arial Nova"/>
-        <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color indexed="8"/>
         <name val="Arial Nova"/>
-        <family val="2"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{9F381D54-C3AC-48AB-BE4E-CB93E85C2319}" name="Tabela1" displayName="Tabela1" ref="A10:D24" totalsRowShown="0" headerRowDxfId="8" dataDxfId="6" headerRowBorderDxfId="7" tableBorderDxfId="5" totalsRowBorderDxfId="4">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabela1" displayName="Tabela1" ref="A10:D25" totalsRowShown="0" headerRowDxfId="8" dataDxfId="6" headerRowBorderDxfId="7" tableBorderDxfId="5" totalsRowBorderDxfId="4">
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{90927D93-67EA-49BD-97B3-2D9A057CF103}" name="Instituição" dataDxfId="2"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{08769109-975F-42A6-BF91-C22B56D159D0}" name="Última Atualização" dataDxfId="3"/>
+    <tableColumn id="1" name="Instituição" dataDxfId="3"/>
+    <tableColumn id="2" name="Analista" dataDxfId="2"/>
+    <tableColumn id="3" name="Recomendação" dataDxfId="1"/>
+    <tableColumn id="4" name="Última Atualização" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1061,384 +1064,411 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67876879-082A-48E7-AFD7-E69041943FD3}">
-  <dimension ref="A1:E24"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:E25"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E7" sqref="E7"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="26.6640625" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="26.7109375" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="40.33203125" style="23" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="26.6640625" style="8"/>
+    <col min="1" max="1" width="40.28515625" style="23" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="31.140625" style="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="25.140625" style="8" customWidth="1"/>
+    <col min="5" max="16384" width="26.7109375" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="4" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" s="4" customFormat="1" ht="15.75">
       <c r="A1" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" ht="15.75">
       <c r="A2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" ht="15.75">
       <c r="A3" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B3" s="10"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" ht="15.75">
       <c r="A4" s="32"/>
-      <c r="B4" s="33" t="s">
+      <c r="B4" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="33"/>
-      <c r="D4" s="33"/>
+      <c r="C4" s="45"/>
+      <c r="D4" s="45"/>
       <c r="E4" s="24"/>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:5" ht="15.75">
       <c r="A5" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="34">
-[...4 lines deleted...]
-      <c r="D5" s="34"/>
+      <c r="B5" s="46">
+        <f>(COUNTIFS($C$11:$C$25,"Compra"))/COUNTA($B$11:$B$25)</f>
+        <v>0.53333333333333333</v>
+      </c>
+      <c r="C5" s="46"/>
+      <c r="D5" s="46"/>
       <c r="E5" s="25"/>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" ht="15.75">
       <c r="A6" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="34">
-[...6 lines deleted...]
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B6" s="46">
+        <f>(COUNTIFS($C$11:$C$25,"Neutro"))/COUNTA($C$11:$C$25)</f>
+        <v>0.4</v>
+      </c>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
+    </row>
+    <row r="7" spans="1:5" ht="15.75">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="34">
-[...6 lines deleted...]
-    <row r="8" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="46">
+        <f>(COUNTIFS($C$11:$C$25,"Venda"))/COUNTA($C$11:$C$25)</f>
+        <v>6.6666666666666666E-2</v>
+      </c>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+    </row>
+    <row r="8" spans="1:5" ht="12.75" customHeight="1">
       <c r="A8" s="13"/>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="24"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="36" t="s">
+    <row r="9" spans="1:5" ht="15.75">
+      <c r="A9" s="43" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="35"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B9" s="44"/>
+      <c r="C9" s="44"/>
+      <c r="D9" s="44"/>
+    </row>
+    <row r="10" spans="1:5" ht="15.75">
       <c r="A10" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="41" t="s">
+      <c r="B10" s="37" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A11" s="16" t="s">
+    <row r="11" spans="1:5">
+      <c r="A11" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="39" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="34">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="D12" s="33">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="42" t="s">
+      <c r="B13" s="38" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="17" t="s">
+      <c r="C13" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="D11" s="37">
+      <c r="D13" s="33">
         <v>46002</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A12" s="19" t="s">
+    <row r="14" spans="1:5">
+      <c r="A14" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="B12" s="42" t="s">
+      <c r="B14" s="38" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="18" t="s">
+      <c r="C14" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="D12" s="37">
+      <c r="D14" s="33">
         <v>46000</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A13" s="27" t="s">
+    <row r="15" spans="1:5">
+      <c r="A15" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B13" s="43" t="s">
+      <c r="B15" s="39" t="s">
         <v>33</v>
       </c>
-      <c r="C13" s="21" t="s">
+      <c r="C15" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="D13" s="38">
+      <c r="D15" s="34">
         <v>45988</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A14" s="19" t="s">
+    <row r="16" spans="1:5">
+      <c r="A16" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="42" t="s">
+      <c r="B16" s="38" t="s">
         <v>21</v>
       </c>
-      <c r="C14" s="17" t="s">
+      <c r="C16" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="D14" s="37">
+      <c r="D16" s="33">
         <v>45987</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A15" s="28" t="s">
+    <row r="17" spans="1:4">
+      <c r="A17" s="28" t="s">
         <v>30</v>
       </c>
-      <c r="B15" s="43" t="s">
+      <c r="B17" s="39" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="21" t="s">
+      <c r="C17" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="D15" s="38">
+      <c r="D17" s="34">
         <v>45977</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A16" s="19" t="s">
+    <row r="18" spans="1:4">
+      <c r="A18" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="B16" s="42" t="s">
+      <c r="B18" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="C16" s="17" t="s">
+      <c r="C18" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="D16" s="37">
+      <c r="D18" s="33">
         <v>45973</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A17" s="16" t="s">
+    <row r="19" spans="1:4" s="22" customFormat="1">
+      <c r="A19" s="16" t="s">
         <v>31</v>
       </c>
-      <c r="B17" s="42" t="s">
+      <c r="B19" s="38" t="s">
         <v>35</v>
       </c>
-      <c r="C17" s="17" t="s">
+      <c r="C19" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="D17" s="37">
+      <c r="D19" s="33">
         <v>45972</v>
       </c>
     </row>
-    <row r="18" spans="1:4" s="22" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="19" t="s">
+    <row r="20" spans="1:4" s="22" customFormat="1">
+      <c r="A20" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="B18" s="43" t="s">
+      <c r="B20" s="39" t="s">
         <v>19</v>
       </c>
-      <c r="C18" s="30" t="s">
+      <c r="C20" s="30" t="s">
         <v>2</v>
       </c>
-      <c r="D18" s="38">
+      <c r="D20" s="34">
         <v>45971</v>
       </c>
     </row>
-    <row r="19" spans="1:4" s="22" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="20" t="s">
+    <row r="21" spans="1:4" s="22" customFormat="1">
+      <c r="A21" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="B19" s="44" t="s">
+      <c r="B21" s="40" t="s">
         <v>12</v>
       </c>
-      <c r="C19" s="26" t="s">
+      <c r="C21" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="39">
+      <c r="D21" s="35">
         <v>45931</v>
       </c>
     </row>
-    <row r="20" spans="1:4" s="22" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="19" t="s">
+    <row r="22" spans="1:4">
+      <c r="A22" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="B20" s="45" t="s">
+      <c r="B22" s="41" t="s">
         <v>18</v>
       </c>
-      <c r="C20" s="29" t="s">
+      <c r="C22" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="D20" s="40">
+      <c r="D22" s="36">
         <v>45924</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A21" s="31" t="s">
+    <row r="23" spans="1:4">
+      <c r="A23" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="B21" s="43" t="s">
+      <c r="B23" s="39" t="s">
         <v>14</v>
-      </c>
-[...26 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C23" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="D23" s="38">
+      <c r="D23" s="34">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D24" s="34">
+        <v>45923</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="C25" s="21" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="34">
         <v>45912</v>
-      </c>
-[...12 lines deleted...]
-        <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
   </mergeCells>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.49212598499999999" footer="0.49212598499999999"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5a765aef-694e-48ad-9c9c-e4c7e5a901e7" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="06ba022f-f3a9-4f8f-a013-b8b9515facd8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101005DC067CA5A46054E885940A9525C0071" ma:contentTypeVersion="13" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="9f9530f80a1576b075f0e0147f17f470">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="06ba022f-f3a9-4f8f-a013-b8b9515facd8" xmlns:ns3="5a765aef-694e-48ad-9c9c-e4c7e5a901e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc215e5b4fcf4ddcf7b4fdafd81d1331" ns2:_="" ns3:_="">
     <xsd:import namespace="06ba022f-f3a9-4f8f-a013-b8b9515facd8"/>
     <xsd:import namespace="5a765aef-694e-48ad-9c9c-e4c7e5a901e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1601,117 +1631,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDD55D4E-2B5E-46C0-AE50-9458CA3801D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5a765aef-694e-48ad-9c9c-e4c7e5a901e7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="06ba022f-f3a9-4f8f-a013-b8b9515facd8"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A71A00BD-08C3-425E-8C11-BDA1635F6C4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="06ba022f-f3a9-4f8f-a013-b8b9515facd8"/>
     <ds:schemaRef ds:uri="5a765aef-694e-48ad-9c9c-e4c7e5a901e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD2BCAD3-2151-4E59-88E1-1D302419CEF5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Cobertura de Analistas</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>