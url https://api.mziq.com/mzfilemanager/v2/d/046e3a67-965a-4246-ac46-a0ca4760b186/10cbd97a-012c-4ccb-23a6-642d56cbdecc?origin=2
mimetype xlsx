--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -8,63 +8,63 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Ruan Silva\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Carolina Esteves\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7530"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="20700" windowHeight="7740"/>
   </bookViews>
   <sheets>
     <sheet name="Cobertura de Analistas" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Cobertura de Analistas'!$A$10:$C$25</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="162913" calcMode="autoNoTable"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B5" i="1" l="1"/>
   <c r="B6" i="1"/>
   <c r="B7" i="1"/>
 </calcChain>
@@ -405,51 +405,51 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -489,72 +489,66 @@
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1067,408 +1061,417 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E25"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="26.7109375" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.28515625" style="23" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" style="8" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="25.140625" style="8" customWidth="1"/>
     <col min="5" max="16384" width="26.7109375" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="4" customFormat="1" ht="15.75">
       <c r="A1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
     </row>
     <row r="2" spans="1:5" ht="15.75">
       <c r="A2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
     </row>
     <row r="3" spans="1:5" ht="15.75">
       <c r="A3" s="9" t="s">
         <v>38</v>
       </c>
       <c r="B3" s="10"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
     </row>
     <row r="4" spans="1:5" ht="15.75">
-      <c r="A4" s="32"/>
-      <c r="B4" s="45" t="s">
+      <c r="A4" s="31"/>
+      <c r="B4" s="43" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="45"/>
-      <c r="D4" s="45"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
       <c r="E4" s="24"/>
     </row>
     <row r="5" spans="1:5" ht="15.75">
       <c r="A5" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="46">
+      <c r="B5" s="44">
         <f>(COUNTIFS($C$11:$C$25,"Compra"))/COUNTA($B$11:$B$25)</f>
-        <v>0.53333333333333333</v>
-[...2 lines deleted...]
-      <c r="D5" s="46"/>
+        <v>0.4</v>
+      </c>
+      <c r="C5" s="44"/>
+      <c r="D5" s="44"/>
       <c r="E5" s="25"/>
     </row>
     <row r="6" spans="1:5" ht="15.75">
       <c r="A6" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="46">
+      <c r="B6" s="44">
         <f>(COUNTIFS($C$11:$C$25,"Neutro"))/COUNTA($C$11:$C$25)</f>
-        <v>0.4</v>
-[...2 lines deleted...]
-      <c r="D6" s="46"/>
+        <v>0.53333333333333333</v>
+      </c>
+      <c r="C6" s="44"/>
+      <c r="D6" s="44"/>
     </row>
     <row r="7" spans="1:5" ht="15.75">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="46">
+      <c r="B7" s="44">
         <f>(COUNTIFS($C$11:$C$25,"Venda"))/COUNTA($C$11:$C$25)</f>
         <v>6.6666666666666666E-2</v>
       </c>
-      <c r="C7" s="46"/>
-      <c r="D7" s="46"/>
+      <c r="C7" s="44"/>
+      <c r="D7" s="44"/>
     </row>
     <row r="8" spans="1:5" ht="12.75" customHeight="1">
       <c r="A8" s="13"/>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="24"/>
     </row>
     <row r="9" spans="1:5" ht="15.75">
-      <c r="A9" s="43" t="s">
+      <c r="A9" s="41" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="44"/>
-[...1 lines deleted...]
-      <c r="D9" s="44"/>
+      <c r="B9" s="42"/>
+      <c r="C9" s="42"/>
+      <c r="D9" s="42"/>
     </row>
     <row r="10" spans="1:5" ht="15.75">
       <c r="A10" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="37" t="s">
+      <c r="B10" s="35" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="B11" s="39" t="s">
+      <c r="B11" s="37" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="34">
+      <c r="D11" s="33">
         <v>46054</v>
       </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="42" t="s">
+      <c r="A12" s="40" t="s">
         <v>39</v>
       </c>
-      <c r="B12" s="38" t="s">
+      <c r="B12" s="36" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="33">
+      <c r="D12" s="32">
         <v>46054</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="38" t="s">
+      <c r="B13" s="36" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="17" t="s">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D13" s="33">
+        <v>2</v>
+      </c>
+      <c r="D13" s="32">
         <v>46002</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="B14" s="38" t="s">
+      <c r="B14" s="36" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="D14" s="33">
+      <c r="D14" s="32">
         <v>46000</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="39" t="s">
+      <c r="B15" s="37" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="34">
+      <c r="D15" s="33">
         <v>45988</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="B16" s="38" t="s">
+      <c r="B16" s="36" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="D16" s="33">
+      <c r="D16" s="32">
         <v>45987</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="28" t="s">
         <v>30</v>
       </c>
-      <c r="B17" s="39" t="s">
+      <c r="B17" s="37" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="D17" s="34">
+      <c r="D17" s="33">
         <v>45977</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="B18" s="38" t="s">
+      <c r="B18" s="36" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="D18" s="33">
+      <c r="D18" s="32">
         <v>45973</v>
       </c>
     </row>
     <row r="19" spans="1:4" s="22" customFormat="1">
       <c r="A19" s="16" t="s">
         <v>31</v>
       </c>
-      <c r="B19" s="38" t="s">
+      <c r="B19" s="36" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="D19" s="33">
+      <c r="D19" s="32">
         <v>45972</v>
       </c>
     </row>
     <row r="20" spans="1:4" s="22" customFormat="1">
       <c r="A20" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="B20" s="39" t="s">
+      <c r="B20" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="C20" s="30" t="s">
+      <c r="C20" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="D20" s="34">
+      <c r="D20" s="33">
         <v>45971</v>
       </c>
     </row>
     <row r="21" spans="1:4" s="22" customFormat="1">
       <c r="A21" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="B21" s="40" t="s">
+      <c r="B21" s="38" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="D21" s="35">
+      <c r="D21" s="34">
         <v>45931</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="B22" s="41" t="s">
+      <c r="B22" s="39" t="s">
         <v>18</v>
       </c>
-      <c r="C22" s="29" t="s">
-[...3 lines deleted...]
-        <v>45924</v>
+      <c r="C22" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="D22" s="32">
+        <v>46100</v>
       </c>
     </row>
     <row r="23" spans="1:4">
-      <c r="A23" s="31" t="s">
+      <c r="A23" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="B23" s="39" t="s">
+      <c r="B23" s="37" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="D23" s="34">
+      <c r="D23" s="33">
         <v>45923</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="B24" s="39" t="s">
+      <c r="B24" s="37" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="21" t="s">
         <v>3</v>
       </c>
-      <c r="D24" s="34">
+      <c r="D24" s="33">
         <v>45923</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="16" t="s">
         <v>26</v>
       </c>
-      <c r="B25" s="39" t="s">
+      <c r="B25" s="37" t="s">
         <v>16</v>
       </c>
       <c r="C25" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="D25" s="34">
+      <c r="D25" s="33">
         <v>45912</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A9:D9"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
   </mergeCells>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.49212598499999999" footer="0.49212598499999999"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="5a765aef-694e-48ad-9c9c-e4c7e5a901e7" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="06ba022f-f3a9-4f8f-a013-b8b9515facd8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101005DC067CA5A46054E885940A9525C0071" ma:contentTypeVersion="13" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="9f9530f80a1576b075f0e0147f17f470">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="06ba022f-f3a9-4f8f-a013-b8b9515facd8" xmlns:ns3="5a765aef-694e-48ad-9c9c-e4c7e5a901e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc215e5b4fcf4ddcf7b4fdafd81d1331" ns2:_="" ns3:_="">
     <xsd:import namespace="06ba022f-f3a9-4f8f-a013-b8b9515facd8"/>
     <xsd:import namespace="5a765aef-694e-48ad-9c9c-e4c7e5a901e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1631,99 +1634,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDD55D4E-2B5E-46C0-AE50-9458CA3801D2}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="5a765aef-694e-48ad-9c9c-e4c7e5a901e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="5a765aef-694e-48ad-9c9c-e4c7e5a901e7"/>
+    <ds:schemaRef ds:uri="06ba022f-f3a9-4f8f-a013-b8b9515facd8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD2BCAD3-2151-4E59-88E1-1D302419CEF5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A71A00BD-08C3-425E-8C11-BDA1635F6C4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="06ba022f-f3a9-4f8f-a013-b8b9515facd8"/>
     <ds:schemaRef ds:uri="5a765aef-694e-48ad-9c9c-e4c7e5a901e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Cobertura de Analistas</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>