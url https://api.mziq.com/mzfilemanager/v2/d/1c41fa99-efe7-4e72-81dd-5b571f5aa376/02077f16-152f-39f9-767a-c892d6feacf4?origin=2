--- v0 (2025-10-29)
+++ v1 (2025-12-26)
@@ -51,143 +51,143 @@
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://klabin.sharepoint.com/teams/RelaescomInvestidores705/Documentos Compartilhados/2. Divulgação de Resultados/2025/2T25/17. Planilha do site/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://klabin.sharepoint.com/teams/RelaescomInvestidores705/Documentos Compartilhados/2. Divulgação de Resultados/2025/3T25/13. Planilhas - Site/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="350" documentId="11_0B4EFEF9BF274308ECD11A690B4021071C6FAA9D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{92F7B266-BE5C-44C8-9DB6-22EF523B4927}"/>
+  <xr:revisionPtr revIDLastSave="366" documentId="11_0B4EFEF9BF274308ECD11A690B4021071C6FAA9D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{876125BF-327B-48C7-A5D7-13ABF4DE3287}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-20610" yWindow="4485" windowWidth="20730" windowHeight="11040" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Total" sheetId="21" r:id="rId1"/>
     <sheet name="2025" sheetId="26" r:id="rId2"/>
     <sheet name="2024" sheetId="25" r:id="rId3"/>
     <sheet name="2023" sheetId="24" r:id="rId4"/>
     <sheet name="2022" sheetId="22" r:id="rId5"/>
     <sheet name="2021" sheetId="1" r:id="rId6"/>
     <sheet name="2020" sheetId="2" r:id="rId7"/>
     <sheet name="2019" sheetId="3" r:id="rId8"/>
     <sheet name="2018" sheetId="4" r:id="rId9"/>
     <sheet name="2017" sheetId="5" r:id="rId10"/>
     <sheet name="2016" sheetId="6" r:id="rId11"/>
     <sheet name="2015" sheetId="7" r:id="rId12"/>
     <sheet name="2014" sheetId="8" r:id="rId13"/>
     <sheet name="2013" sheetId="9" r:id="rId14"/>
     <sheet name="2012" sheetId="10" r:id="rId15"/>
     <sheet name="2011" sheetId="11" r:id="rId16"/>
     <sheet name="2010" sheetId="12" r:id="rId17"/>
     <sheet name="2009" sheetId="15" r:id="rId18"/>
     <sheet name="2008" sheetId="16" r:id="rId19"/>
     <sheet name="2007" sheetId="13" r:id="rId20"/>
     <sheet name="2006" sheetId="14" r:id="rId21"/>
     <sheet name="2005" sheetId="17" r:id="rId22"/>
     <sheet name="2004" sheetId="19" r:id="rId23"/>
     <sheet name="2003" sheetId="20" r:id="rId24"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G15" i="26" l="1"/>
+  <c r="G19" i="26" l="1"/>
   <c r="W9" i="21"/>
   <c r="G25" i="25"/>
   <c r="W10" i="21"/>
   <c r="W11" i="21" l="1"/>
   <c r="V9" i="21" l="1"/>
   <c r="V11" i="21" s="1"/>
   <c r="G26" i="24"/>
   <c r="V10" i="21"/>
   <c r="G25" i="22" l="1"/>
   <c r="G13" i="1" l="1"/>
   <c r="G15" i="8" l="1"/>
   <c r="G7" i="20" l="1"/>
   <c r="G11" i="19"/>
   <c r="G11" i="17"/>
   <c r="G11" i="14"/>
   <c r="G11" i="13"/>
   <c r="G11" i="16"/>
   <c r="G11" i="15"/>
   <c r="G11" i="12"/>
   <c r="G15" i="11"/>
   <c r="G15" i="10" l="1"/>
   <c r="G15" i="9"/>
   <c r="G15" i="7"/>
   <c r="G23" i="6"/>
   <c r="G23" i="5"/>
   <c r="G21" i="4"/>
   <c r="G25" i="3"/>
   <c r="G9" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="103">
   <si>
     <t>R$0,03794938081
 R$ 0,18974690405</t>
   </si>
   <si>
     <t>R$ 0,01897455375
 R$ 0,09487276875</t>
   </si>
   <si>
     <t>R$ 0,03681063428
 R$ 0,18405317140</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>R$ 0,0364311432
 R$ 0,1821557160</t>
   </si>
   <si>
     <t>R$ 0,03813885297
 R$ 0,19069426485</t>
   </si>
   <si>
     <t>R$ 0,00379996353
@@ -502,50 +502,56 @@
   </si>
   <si>
     <t>07/29/2024</t>
   </si>
   <si>
     <t>11/21/2024</t>
   </si>
   <si>
     <t>R$ 0.06990882533</t>
   </si>
   <si>
     <t>R$ 0.34954412665</t>
   </si>
   <si>
     <t>05/22/2025</t>
   </si>
   <si>
     <t>R$ 0,04576010128                R$ 0,22880050642</t>
   </si>
   <si>
     <t>R$ 0,05018892311                R$ 0,25094461555</t>
   </si>
   <si>
     <t>08/19/2025</t>
   </si>
+  <si>
+    <t>R$ 0,05215774063                R$ 0,26078870315</t>
+  </si>
+  <si>
+    <t>11/19/2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;R$&quot;\ #,##0.00;[Red]\-&quot;R$&quot;\ #,##0.00"/>
     <numFmt numFmtId="44" formatCode="_-&quot;R$&quot;\ * #,##0.00_-;\-&quot;R$&quot;\ * #,##0.00_-;_-&quot;R$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="&quot;R$&quot;\ #,##0.00000000000;[Red]\-&quot;R$&quot;\ #,##0.00000000000"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -715,99 +721,99 @@
     </xf>
     <xf numFmtId="8" fontId="5" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="8" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="8" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Moeda" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Vírgula" xfId="3" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF00FF00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -3956,1020 +3962,1020 @@
     <col min="7" max="7" width="35.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="87" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>43131</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>43150</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>171000000</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>43033</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>43053</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="37">
         <v>150000000</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
       <c r="D8" s="36"/>
       <c r="E8" s="36"/>
       <c r="F8" s="38"/>
       <c r="G8" s="37"/>
     </row>
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35"/>
       <c r="C9" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="35"/>
       <c r="E9" s="36"/>
       <c r="F9" s="38"/>
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="47">
+      <c r="B11" s="46">
         <v>42942</v>
       </c>
-      <c r="C11" s="46" t="s">
+      <c r="C11" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="47">
+      <c r="D11" s="46">
         <v>42958</v>
       </c>
-      <c r="E11" s="46" t="s">
+      <c r="E11" s="47" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="48" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="45">
         <v>18000000</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="47"/>
-[...2 lines deleted...]
-      <c r="E12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47"/>
       <c r="F12" s="48"/>
       <c r="G12" s="45"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="47"/>
-      <c r="C13" s="46" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="47"/>
-      <c r="E13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="47"/>
       <c r="F13" s="48"/>
       <c r="G13" s="45"/>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="47"/>
-[...2 lines deleted...]
-      <c r="E14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="45"/>
     </row>
     <row r="15" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="35">
         <v>42851</v>
       </c>
       <c r="C15" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="35">
         <v>42958</v>
       </c>
       <c r="E15" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="38" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="37">
         <v>101000000</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="35"/>
       <c r="C16" s="36"/>
       <c r="D16" s="36"/>
       <c r="E16" s="36"/>
       <c r="F16" s="38"/>
       <c r="G16" s="37"/>
     </row>
     <row r="17" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="35"/>
       <c r="C17" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="35"/>
       <c r="E17" s="36"/>
       <c r="F17" s="38"/>
       <c r="G17" s="37"/>
     </row>
     <row r="18" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="35"/>
       <c r="C18" s="36"/>
       <c r="D18" s="36"/>
       <c r="E18" s="36"/>
       <c r="F18" s="38"/>
       <c r="G18" s="37"/>
     </row>
     <row r="19" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="32">
+      <c r="B19" s="31">
         <v>42851</v>
       </c>
-      <c r="C19" s="31" t="s">
+      <c r="C19" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D19" s="32">
+      <c r="D19" s="31">
         <v>42867</v>
       </c>
-      <c r="E19" s="31" t="s">
+      <c r="E19" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F19" s="33" t="s">
+      <c r="F19" s="34" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="30">
         <v>58000000</v>
       </c>
     </row>
     <row r="20" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="32"/>
-[...3 lines deleted...]
-      <c r="F20" s="33"/>
+      <c r="B20" s="31"/>
+      <c r="C20" s="32"/>
+      <c r="D20" s="32"/>
+      <c r="E20" s="32"/>
+      <c r="F20" s="34"/>
       <c r="G20" s="30"/>
     </row>
     <row r="21" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="32"/>
-      <c r="C21" s="31" t="s">
+      <c r="B21" s="31"/>
+      <c r="C21" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D21" s="32"/>
-[...1 lines deleted...]
-      <c r="F21" s="33"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="34"/>
       <c r="G21" s="30"/>
     </row>
     <row r="22" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="32"/>
-[...3 lines deleted...]
-      <c r="F22" s="33"/>
+      <c r="B22" s="31"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="32"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="34"/>
       <c r="G22" s="30"/>
     </row>
     <row r="23" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B23" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="5">
         <f>SUM(G3:G22)</f>
         <v>498000000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="55">
-    <mergeCell ref="G7:G8"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G19:G20"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="D21:D22"/>
+    <mergeCell ref="E21:E22"/>
+    <mergeCell ref="F21:F22"/>
+    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="B19:B22"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="D19:D20"/>
+    <mergeCell ref="E19:E20"/>
+    <mergeCell ref="F19:F20"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="D17:D18"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="B15:B18"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="G5:G6"/>
-    <mergeCell ref="B11:B14"/>
-[...31 lines deleted...]
-    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="B1:G23"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="91" zoomScaleNormal="91" workbookViewId="0">
       <selection activeCell="G23" sqref="G23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="40.28515625" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="85.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>42802</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>42867</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>50000000</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>42766</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>42782</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="37">
         <v>130000000</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
       <c r="D8" s="36"/>
       <c r="E8" s="36"/>
       <c r="F8" s="38"/>
       <c r="G8" s="37"/>
     </row>
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35"/>
       <c r="C9" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="35"/>
       <c r="E9" s="36"/>
       <c r="F9" s="38"/>
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="47">
+      <c r="B11" s="46">
         <v>42670</v>
       </c>
-      <c r="C11" s="46" t="s">
+      <c r="C11" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="47">
+      <c r="D11" s="46">
         <v>42688</v>
       </c>
-      <c r="E11" s="46" t="s">
+      <c r="E11" s="47" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="48" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="45">
         <v>117000000</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="47"/>
-[...2 lines deleted...]
-      <c r="E12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47"/>
       <c r="F12" s="48"/>
       <c r="G12" s="45"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="47"/>
-      <c r="C13" s="46" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="47"/>
-      <c r="E13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="47"/>
       <c r="F13" s="48"/>
       <c r="G13" s="45"/>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="47"/>
-[...2 lines deleted...]
-      <c r="E14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="45"/>
     </row>
     <row r="15" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="35">
         <v>42577</v>
       </c>
       <c r="C15" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="35">
         <v>42592</v>
       </c>
       <c r="E15" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="38" t="s">
         <v>19</v>
       </c>
       <c r="G15" s="37">
         <v>108000000</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="35"/>
       <c r="C16" s="36"/>
       <c r="D16" s="36"/>
       <c r="E16" s="36"/>
       <c r="F16" s="38"/>
       <c r="G16" s="37"/>
     </row>
     <row r="17" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="35"/>
       <c r="C17" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="35"/>
       <c r="E17" s="36"/>
       <c r="F17" s="38"/>
       <c r="G17" s="37"/>
     </row>
     <row r="18" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="35"/>
       <c r="C18" s="36"/>
       <c r="D18" s="36"/>
       <c r="E18" s="36"/>
       <c r="F18" s="38"/>
       <c r="G18" s="37"/>
     </row>
     <row r="19" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="32">
+      <c r="B19" s="31">
         <v>42488</v>
       </c>
-      <c r="C19" s="31" t="s">
+      <c r="C19" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D19" s="32">
+      <c r="D19" s="31">
         <v>42688</v>
       </c>
-      <c r="E19" s="31" t="s">
+      <c r="E19" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F19" s="33" t="s">
+      <c r="F19" s="34" t="s">
         <v>20</v>
       </c>
       <c r="G19" s="30">
         <v>102500000</v>
       </c>
     </row>
     <row r="20" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="32"/>
-[...3 lines deleted...]
-      <c r="F20" s="33"/>
+      <c r="B20" s="31"/>
+      <c r="C20" s="32"/>
+      <c r="D20" s="32"/>
+      <c r="E20" s="32"/>
+      <c r="F20" s="34"/>
       <c r="G20" s="30"/>
     </row>
     <row r="21" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="32"/>
-      <c r="C21" s="31" t="s">
+      <c r="B21" s="31"/>
+      <c r="C21" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D21" s="32"/>
-[...1 lines deleted...]
-      <c r="F21" s="33"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="34"/>
       <c r="G21" s="30"/>
     </row>
     <row r="22" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="32"/>
-[...3 lines deleted...]
-      <c r="F22" s="33"/>
+      <c r="B22" s="31"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="32"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="34"/>
       <c r="G22" s="30"/>
     </row>
     <row r="23" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B23" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="5">
         <f>SUM(G3:G22)</f>
         <v>507500000</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="55">
-    <mergeCell ref="G7:G8"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G19:G20"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="D21:D22"/>
+    <mergeCell ref="E21:E22"/>
+    <mergeCell ref="F21:F22"/>
+    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="B19:B22"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="D19:D20"/>
+    <mergeCell ref="E19:E20"/>
+    <mergeCell ref="F19:F20"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="D17:D18"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="B15:B18"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="G5:G6"/>
-    <mergeCell ref="B11:B14"/>
-[...31 lines deleted...]
-    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="B1:G15"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
       <selection activeCell="G15" sqref="G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="84" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>42402</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>42422</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>21</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>120000000</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>42303</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>42683</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>22</v>
       </c>
       <c r="G7" s="37">
         <v>105009959.90000001</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
       <c r="D8" s="36"/>
       <c r="E8" s="36"/>
       <c r="F8" s="38"/>
       <c r="G8" s="37"/>
     </row>
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35"/>
       <c r="C9" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="35"/>
       <c r="E9" s="36"/>
       <c r="F9" s="38"/>
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="47">
+      <c r="B11" s="46">
         <v>42209</v>
       </c>
-      <c r="C11" s="46" t="s">
+      <c r="C11" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="47">
+      <c r="D11" s="46">
         <v>42223</v>
       </c>
-      <c r="E11" s="46" t="s">
+      <c r="E11" s="47" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="48" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="45">
         <v>171002424.81999999</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="47"/>
-[...2 lines deleted...]
-      <c r="E12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47"/>
       <c r="F12" s="48"/>
       <c r="G12" s="45"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="47"/>
-      <c r="C13" s="46" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="47"/>
-      <c r="E13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="47"/>
       <c r="F13" s="48"/>
       <c r="G13" s="45"/>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="47"/>
-[...2 lines deleted...]
-      <c r="E14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="45"/>
     </row>
     <row r="15" spans="2:7" ht="22.5" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="5">
         <f>SUM(G3:G12)</f>
         <v>396012384.72000003</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="C5:C6"/>
-[...3 lines deleted...]
-    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="F9:F10"/>
-    <mergeCell ref="B11:B14"/>
-[...10 lines deleted...]
-    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="B1:G15"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G15" sqref="G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="87" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>42082</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>42100</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>24</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>101958112.90000001</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32" t="s">
+      <c r="D5" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="31"/>
-      <c r="F5" s="33" t="s">
+      <c r="E5" s="32"/>
+      <c r="F5" s="34" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="30" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>41941</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>41962</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="37">
         <v>89979702.769999996</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
@@ -4981,931 +4987,931 @@
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35"/>
       <c r="C9" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="36"/>
       <c r="F9" s="38" t="s">
         <v>3</v>
       </c>
       <c r="G9" s="37" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="47">
+      <c r="B11" s="46">
         <v>41850</v>
       </c>
-      <c r="C11" s="46" t="s">
+      <c r="C11" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="47">
+      <c r="D11" s="46">
         <v>41871</v>
       </c>
-      <c r="E11" s="46" t="s">
+      <c r="E11" s="47" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="48" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="45">
         <v>151992745.19999999</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="47"/>
-[...2 lines deleted...]
-      <c r="E12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47"/>
       <c r="F12" s="48"/>
       <c r="G12" s="45"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="47"/>
-      <c r="C13" s="46" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="47" t="s">
+      <c r="D13" s="46" t="s">
         <v>3</v>
       </c>
-      <c r="E13" s="46"/>
+      <c r="E13" s="47"/>
       <c r="F13" s="48" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="45" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="47"/>
-[...2 lines deleted...]
-      <c r="E14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="45"/>
     </row>
     <row r="15" spans="2:7" ht="22.5" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="5">
         <f>SUM(G3:G14)</f>
         <v>343930560.87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="F3:F4"/>
-[...5 lines deleted...]
-    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
-    <mergeCell ref="G13:G14"/>
-[...11 lines deleted...]
-    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="G7:G8"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="B1:G15"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" workbookViewId="0">
       <selection activeCell="G15" sqref="G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="86.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>41718</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>41738</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>90077768.079999998</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>41577</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>41600</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>28</v>
       </c>
       <c r="G7" s="37">
         <v>85000210.340000004</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
       <c r="D8" s="36"/>
       <c r="E8" s="36"/>
       <c r="F8" s="38"/>
       <c r="G8" s="37"/>
     </row>
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35"/>
       <c r="C9" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="35"/>
       <c r="E9" s="36"/>
       <c r="F9" s="38"/>
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="47">
+      <c r="B11" s="46">
         <v>41480</v>
       </c>
-      <c r="C11" s="46" t="s">
+      <c r="C11" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="47">
+      <c r="D11" s="46">
         <v>41501</v>
       </c>
-      <c r="E11" s="46" t="s">
+      <c r="E11" s="47" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="48" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="45">
         <v>140005119.36000001</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="47"/>
-[...2 lines deleted...]
-      <c r="E12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47"/>
       <c r="F12" s="48"/>
       <c r="G12" s="45"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="47"/>
-      <c r="C13" s="46" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="47"/>
-      <c r="E13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="47"/>
       <c r="F13" s="48"/>
       <c r="G13" s="45"/>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="47"/>
-[...2 lines deleted...]
-      <c r="E14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="45"/>
     </row>
     <row r="15" spans="2:7" ht="22.5" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="5">
         <f>SUM(G3:G14)</f>
         <v>315083097.78000003</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="F3:F4"/>
-[...5 lines deleted...]
-    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
-    <mergeCell ref="G13:G14"/>
-[...11 lines deleted...]
-    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="G7:G8"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="B1:G15"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" workbookViewId="0">
       <selection activeCell="G15" sqref="G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="89.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>41366</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>41387</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>31</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>75983077.640000001</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>41208</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>41234</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>31</v>
       </c>
       <c r="G7" s="37">
         <v>74918441.390000001</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
       <c r="D8" s="36"/>
       <c r="E8" s="36"/>
       <c r="F8" s="38"/>
       <c r="G8" s="37"/>
     </row>
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35"/>
       <c r="C9" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="35"/>
       <c r="E9" s="36"/>
       <c r="F9" s="38"/>
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="47">
+      <c r="B11" s="46">
         <v>41087</v>
       </c>
-      <c r="C11" s="46" t="s">
+      <c r="C11" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="47">
+      <c r="D11" s="46">
         <v>41109</v>
       </c>
-      <c r="E11" s="46" t="s">
+      <c r="E11" s="47" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="48" t="s">
         <v>32</v>
       </c>
       <c r="G11" s="45">
         <v>119863680.06</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="47"/>
-[...2 lines deleted...]
-      <c r="E12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47"/>
       <c r="F12" s="48"/>
       <c r="G12" s="45"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="47"/>
-      <c r="C13" s="46" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="47"/>
-      <c r="E13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="47"/>
       <c r="F13" s="48"/>
       <c r="G13" s="45"/>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="47"/>
-[...2 lines deleted...]
-      <c r="E14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="45"/>
     </row>
     <row r="15" spans="2:7" ht="22.5" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="5">
         <f>SUM(G3:G14)</f>
         <v>270765199.09000003</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="F3:F4"/>
-[...5 lines deleted...]
-    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
-    <mergeCell ref="G13:G14"/>
-[...11 lines deleted...]
-    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="G7:G8"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="B1:G15"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="G15" sqref="G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="21" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="85.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>40808</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>40827</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>55003301.859999999</v>
       </c>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>40715</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>40739</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="37">
         <v>81998136.540000007</v>
       </c>
     </row>
     <row r="8" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
       <c r="D8" s="36"/>
       <c r="E8" s="36"/>
       <c r="F8" s="38"/>
       <c r="G8" s="37"/>
     </row>
     <row r="9" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B9" s="35"/>
       <c r="C9" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="35"/>
       <c r="E9" s="36"/>
       <c r="F9" s="38"/>
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B11" s="47">
+      <c r="B11" s="46">
         <v>40637</v>
       </c>
-      <c r="C11" s="46" t="s">
+      <c r="C11" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="47">
+      <c r="D11" s="46">
         <v>40622</v>
       </c>
-      <c r="E11" s="46" t="s">
+      <c r="E11" s="47" t="s">
         <v>67</v>
       </c>
       <c r="F11" s="48" t="s">
         <v>37</v>
       </c>
       <c r="G11" s="45">
         <v>70837637.480000004</v>
       </c>
     </row>
     <row r="12" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B12" s="47"/>
-[...2 lines deleted...]
-      <c r="E12" s="46"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="47"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47"/>
       <c r="F12" s="48"/>
       <c r="G12" s="45"/>
     </row>
     <row r="13" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B13" s="47"/>
-      <c r="C13" s="46" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="47"/>
-      <c r="E13" s="46"/>
+      <c r="D13" s="46"/>
+      <c r="E13" s="47"/>
       <c r="F13" s="48"/>
       <c r="G13" s="45"/>
     </row>
     <row r="14" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B14" s="47"/>
-[...2 lines deleted...]
-      <c r="E14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="45"/>
     </row>
     <row r="15" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="5">
         <f>SUM(G3:G14)</f>
         <v>207839075.88</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="F3:F4"/>
-[...5 lines deleted...]
-    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
-    <mergeCell ref="G13:G14"/>
-[...11 lines deleted...]
-    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="G7:G8"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="B1:G14"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="84.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>40364</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>40379</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>49999789.600000001</v>
       </c>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>40284</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>40298</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="37">
         <v>57001731.909999996</v>
       </c>
     </row>
     <row r="8" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
@@ -5928,161 +5934,161 @@
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="5">
         <f>SUM(G3:G10)</f>
         <v>107001521.50999999</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="F3:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="B1:G11"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="87" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>40036</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>40056</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>39</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>46807504.75</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>39940</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>39959</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>44</v>
       </c>
       <c r="G7" s="37">
         <v>32783620.129999999</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
@@ -6102,161 +6108,161 @@
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="5">
         <f>SUM(G3:G10)</f>
         <v>79591124.879999995</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="F3:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="B1:G11"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="21.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="87" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>39687</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>39722</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>38</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>116995448.22</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>39526</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>39540</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>45</v>
       </c>
       <c r="G7" s="37">
         <v>120002462.22</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
@@ -6276,335 +6282,392 @@
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="5">
         <f>SUM(G3:G10)</f>
         <v>236997910.44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="F3:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DB8E8E57-C310-4E9D-9247-DDBEE0D23DA5}">
-  <dimension ref="B5:G15"/>
+  <dimension ref="B5:G19"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="G11" sqref="G11:G12"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="D15" sqref="D15:D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="2:7" ht="24" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32">
+      <c r="B7" s="31">
         <v>45813</v>
       </c>
-      <c r="C7" s="31" t="s">
+      <c r="C7" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D7" s="32" t="s">
+      <c r="D7" s="31" t="s">
         <v>97</v>
       </c>
-      <c r="E7" s="31" t="s">
+      <c r="E7" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F7" s="34" t="s">
+      <c r="F7" s="33" t="s">
         <v>98</v>
       </c>
       <c r="G7" s="30">
         <v>279000000</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32"/>
-[...3 lines deleted...]
-      <c r="F8" s="33"/>
+      <c r="B8" s="31"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="34"/>
       <c r="G8" s="30"/>
     </row>
     <row r="9" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B9" s="32"/>
-      <c r="C9" s="31" t="s">
+      <c r="B9" s="31"/>
+      <c r="C9" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D9" s="32"/>
-[...1 lines deleted...]
-      <c r="F9" s="33"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="32"/>
+      <c r="F9" s="34"/>
       <c r="G9" s="30"/>
     </row>
     <row r="10" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B10" s="32"/>
-[...3 lines deleted...]
-      <c r="F10" s="33"/>
+      <c r="B10" s="31"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="32"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="34"/>
       <c r="G10" s="30"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="32">
+      <c r="B11" s="31">
         <v>45755</v>
       </c>
-      <c r="C11" s="31" t="s">
+      <c r="C11" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D11" s="32" t="s">
+      <c r="D11" s="31" t="s">
         <v>100</v>
       </c>
-      <c r="E11" s="31" t="s">
+      <c r="E11" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F11" s="33" t="s">
+      <c r="F11" s="34" t="s">
         <v>99</v>
       </c>
       <c r="G11" s="30">
         <v>306000000</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="32"/>
-[...3 lines deleted...]
-      <c r="F12" s="33"/>
+      <c r="B12" s="31"/>
+      <c r="C12" s="32"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="34"/>
       <c r="G12" s="30"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="32"/>
-      <c r="C13" s="31" t="s">
+      <c r="B13" s="31"/>
+      <c r="C13" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="32"/>
-[...1 lines deleted...]
-      <c r="F13" s="33"/>
+      <c r="D13" s="31"/>
+      <c r="E13" s="32"/>
+      <c r="F13" s="34"/>
       <c r="G13" s="30"/>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="32"/>
-[...3 lines deleted...]
-      <c r="F14" s="33"/>
+      <c r="B14" s="31"/>
+      <c r="C14" s="32"/>
+      <c r="D14" s="32"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="34"/>
       <c r="G14" s="30"/>
     </row>
-    <row r="15" spans="2:7" ht="21" x14ac:dyDescent="0.25">
-      <c r="B15" s="2" t="s">
+    <row r="15" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="31">
+        <v>45758</v>
+      </c>
+      <c r="C15" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="31" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="34" t="s">
+        <v>101</v>
+      </c>
+      <c r="G15" s="30">
+        <v>318000000</v>
+      </c>
+    </row>
+    <row r="16" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="32"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="34"/>
+      <c r="G16" s="30"/>
+    </row>
+    <row r="17" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="31"/>
+      <c r="C17" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" s="31"/>
+      <c r="E17" s="32"/>
+      <c r="F17" s="34"/>
+      <c r="G17" s="30"/>
+    </row>
+    <row r="18" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="31"/>
+      <c r="C18" s="32"/>
+      <c r="D18" s="32"/>
+      <c r="E18" s="32"/>
+      <c r="F18" s="34"/>
+      <c r="G18" s="30"/>
+    </row>
+    <row r="19" spans="2:7" ht="21" x14ac:dyDescent="0.25">
+      <c r="B19" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C15" s="2"/>
-[...5 lines deleted...]
-        <v>585000000</v>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="21">
+        <f>SUM(G7:G18)</f>
+        <v>903000000</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="22">
+  <mergeCells count="33">
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="D17:D18"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="B15:B18"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="F9:F10"/>
-    <mergeCell ref="B11:B14"/>
-[...9 lines deleted...]
-    <mergeCell ref="G13:G14"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="B1:G11"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="31" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="85.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>39293</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>39330</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>173001315.97</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>39155</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>39171</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>47</v>
       </c>
       <c r="G7" s="37">
         <v>110006132.48</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
@@ -6624,161 +6687,161 @@
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="5">
         <f>SUM(G3:G10)</f>
         <v>283007448.44999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="F3:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="B1:G11"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="84.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>38961</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>38985</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>48</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>121154739.73999999</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>38796</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>38813</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>49</v>
       </c>
       <c r="G7" s="37">
         <v>71270173.739999995</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
@@ -6798,161 +6861,161 @@
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="5">
         <f>SUM(G3:G10)</f>
         <v>192424913.47999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="F3:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
   <dimension ref="B1:G11"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="91" zoomScaleNormal="91" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="85.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>38595</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>38628</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>50</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>100505462.93000001</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>38432</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>38450</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>51</v>
       </c>
       <c r="G7" s="37">
         <v>90006628.689999998</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
@@ -6972,162 +7035,162 @@
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="5">
         <f>SUM(G3:G10)</f>
         <v>190512091.62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="F3:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
   <dimension ref="B1:G11"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="85.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>38240</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>38266</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>52</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>75004049.109999999</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="35">
         <v>38069</v>
       </c>
       <c r="C7" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="35">
         <v>38089</v>
       </c>
       <c r="E7" s="36" t="s">
         <v>67</v>
       </c>
       <c r="F7" s="38" t="s">
         <v>53</v>
       </c>
       <c r="G7" s="37">
         <v>200237887.61000001</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="35"/>
       <c r="C8" s="36"/>
@@ -7147,161 +7210,161 @@
       <c r="G9" s="37"/>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="5">
         <f>SUM(G3:G10)</f>
         <v>275241936.72000003</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="F3:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="F5:F6"/>
     <mergeCell ref="F9:F10"/>
     <mergeCell ref="G9:G10"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="B7:B10"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="G3:G4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
   <dimension ref="B1:G10"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
       <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="85.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="40">
+      <c r="B3" s="39">
         <v>37873</v>
       </c>
-      <c r="C3" s="42" t="s">
+      <c r="C3" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D3" s="40">
+      <c r="D3" s="39">
         <v>38266</v>
       </c>
-      <c r="E3" s="42" t="s">
+      <c r="E3" s="41" t="s">
         <v>67</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="G3" s="41">
+      <c r="G3" s="40">
         <v>65999398.68</v>
       </c>
     </row>
     <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="32"/>
-[...3 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="34"/>
       <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32"/>
-      <c r="C5" s="31" t="s">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D5" s="32"/>
-[...1 lines deleted...]
-      <c r="F5" s="33"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="34"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="5">
         <f>SUM(G3:G6)</f>
         <v>65999398.68</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
@@ -7344,346 +7407,346 @@
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="3" spans="2:7" ht="56.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32" t="s">
+      <c r="B5" s="31" t="s">
         <v>88</v>
       </c>
-      <c r="C5" s="31" t="s">
+      <c r="C5" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="32" t="s">
+      <c r="D5" s="31" t="s">
         <v>89</v>
       </c>
-      <c r="E5" s="31" t="s">
+      <c r="E5" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F5" s="33" t="s">
+      <c r="F5" s="34" t="s">
         <v>90</v>
       </c>
       <c r="G5" s="30">
         <v>330000000</v>
       </c>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32"/>
-      <c r="C7" s="31" t="s">
+      <c r="B7" s="31"/>
+      <c r="C7" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="32"/>
-[...1 lines deleted...]
-      <c r="F7" s="33"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="34"/>
       <c r="G7" s="30"/>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32"/>
-[...3 lines deleted...]
-      <c r="F8" s="33"/>
+      <c r="B8" s="31"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="34"/>
       <c r="G8" s="30"/>
     </row>
     <row r="9" spans="2:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="32" t="s">
+      <c r="B9" s="31" t="s">
         <v>93</v>
       </c>
-      <c r="C9" s="31" t="s">
+      <c r="C9" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D9" s="32" t="s">
+      <c r="D9" s="31" t="s">
         <v>91</v>
       </c>
-      <c r="E9" s="31" t="s">
+      <c r="E9" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F9" s="33" t="s">
+      <c r="F9" s="34" t="s">
         <v>92</v>
       </c>
       <c r="G9" s="30">
         <v>410000000</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="32"/>
-[...3 lines deleted...]
-      <c r="F10" s="33"/>
+      <c r="B10" s="31"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="32"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="34"/>
       <c r="G10" s="30"/>
     </row>
     <row r="11" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B11" s="32"/>
-      <c r="C11" s="31" t="s">
+      <c r="B11" s="31"/>
+      <c r="C11" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D11" s="32"/>
-[...1 lines deleted...]
-      <c r="F11" s="33"/>
+      <c r="D11" s="31"/>
+      <c r="E11" s="32"/>
+      <c r="F11" s="34"/>
       <c r="G11" s="30"/>
     </row>
     <row r="12" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B12" s="32"/>
-[...3 lines deleted...]
-      <c r="F12" s="33"/>
+      <c r="B12" s="31"/>
+      <c r="C12" s="32"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="34"/>
       <c r="G12" s="30"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="32">
+      <c r="B13" s="31">
         <v>45393</v>
       </c>
-      <c r="C13" s="31" t="s">
+      <c r="C13" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="32"/>
-      <c r="F13" s="33"/>
+      <c r="D13" s="31"/>
+      <c r="F13" s="34"/>
       <c r="G13" s="30"/>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="32"/>
-[...2 lines deleted...]
-      <c r="F14" s="33"/>
+      <c r="B14" s="31"/>
+      <c r="C14" s="32"/>
+      <c r="D14" s="32"/>
+      <c r="F14" s="34"/>
       <c r="G14" s="30"/>
     </row>
     <row r="15" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="32"/>
-      <c r="C15" s="31" t="s">
+      <c r="B15" s="31"/>
+      <c r="C15" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="32" t="s">
+      <c r="D15" s="31" t="s">
         <v>94</v>
       </c>
-      <c r="E15" s="31" t="s">
+      <c r="E15" s="32" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="25" t="s">
         <v>95</v>
       </c>
       <c r="G15" s="30">
         <v>425000000</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="32"/>
-[...2 lines deleted...]
-      <c r="E16" s="31"/>
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="32"/>
+      <c r="E16" s="32"/>
       <c r="F16" s="25" t="s">
         <v>96</v>
       </c>
       <c r="G16" s="30"/>
     </row>
     <row r="17" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="32">
+      <c r="B17" s="31">
         <v>45608</v>
       </c>
-      <c r="C17" s="31" t="s">
+      <c r="C17" s="32" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="27"/>
       <c r="E17" s="27"/>
       <c r="F17" s="25"/>
       <c r="G17" s="30"/>
     </row>
     <row r="18" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="32"/>
-      <c r="C18" s="31"/>
+      <c r="B18" s="31"/>
+      <c r="C18" s="32"/>
       <c r="D18" s="27"/>
       <c r="E18" s="27"/>
       <c r="F18" s="25"/>
       <c r="G18" s="30"/>
     </row>
     <row r="19" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="32"/>
-      <c r="C19" s="31" t="s">
+      <c r="B19" s="31"/>
+      <c r="C19" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D19" s="32">
+      <c r="D19" s="31">
         <v>45629</v>
       </c>
-      <c r="E19" s="31" t="s">
+      <c r="E19" s="32" t="s">
         <v>66</v>
       </c>
       <c r="F19" s="29">
         <v>4.2439103040000002E-2</v>
       </c>
       <c r="G19" s="30">
         <v>258000000</v>
       </c>
     </row>
     <row r="20" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="32"/>
-[...2 lines deleted...]
-      <c r="E20" s="31"/>
+      <c r="B20" s="31"/>
+      <c r="C20" s="32"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="32"/>
       <c r="F20" s="29">
         <v>0.21219551519999999</v>
       </c>
       <c r="G20" s="30"/>
     </row>
     <row r="21" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="32">
+      <c r="B21" s="31">
         <v>45714</v>
       </c>
-      <c r="C21" s="31" t="s">
+      <c r="C21" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D21" s="32">
+      <c r="D21" s="31">
         <v>45730</v>
       </c>
-      <c r="E21" s="31" t="s">
+      <c r="E21" s="32" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="29">
         <v>8.8826358500000008E-3</v>
       </c>
       <c r="G21" s="30">
         <v>54000000</v>
       </c>
     </row>
     <row r="22" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="32"/>
-[...2 lines deleted...]
-      <c r="E22" s="31"/>
+      <c r="B22" s="31"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="31"/>
+      <c r="E22" s="32"/>
       <c r="F22" s="29">
         <v>4.4413179259999998E-2</v>
       </c>
       <c r="G22" s="30"/>
     </row>
     <row r="23" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="32"/>
-      <c r="C23" s="31" t="s">
+      <c r="B23" s="31"/>
+      <c r="C23" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D23" s="32"/>
-      <c r="E23" s="31"/>
+      <c r="D23" s="31"/>
+      <c r="E23" s="32"/>
       <c r="F23" s="29"/>
       <c r="G23" s="28"/>
     </row>
     <row r="24" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="32"/>
-[...2 lines deleted...]
-      <c r="E24" s="31"/>
+      <c r="B24" s="31"/>
+      <c r="C24" s="32"/>
+      <c r="D24" s="31"/>
+      <c r="E24" s="32"/>
       <c r="F24" s="29"/>
       <c r="G24" s="28"/>
     </row>
     <row r="25" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B25" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="26">
         <f>SUM(G5:G24)</f>
         <v>1477000000</v>
       </c>
     </row>
     <row r="26" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="46">
-    <mergeCell ref="E21:E22"/>
-[...21 lines deleted...]
-    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="E19:E20"/>
+    <mergeCell ref="G19:G20"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="D19:D20"/>
     <mergeCell ref="B9:B12"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G9:G10"/>
-    <mergeCell ref="B17:B20"/>
-[...5 lines deleted...]
-    <mergeCell ref="D19:D20"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="B13:B16"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="E21:E22"/>
+    <mergeCell ref="E23:E24"/>
+    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="B21:B24"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="C23:C24"/>
+    <mergeCell ref="D21:D22"/>
+    <mergeCell ref="D23:D24"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B2:H209"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="C9" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
       <selection activeCell="B18" sqref="B18:G21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="26.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="23.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="34.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="20.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.7109375" bestFit="1" customWidth="1"/>
@@ -7699,96 +7762,96 @@
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>65</v>
       </c>
       <c r="H4"/>
     </row>
     <row r="5" spans="2:8" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="20"/>
       <c r="C5" s="20"/>
       <c r="D5" s="20"/>
       <c r="E5" s="20"/>
       <c r="F5" s="20"/>
       <c r="G5" s="20"/>
       <c r="H5"/>
     </row>
     <row r="6" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32">
+      <c r="B6" s="31">
         <v>45048</v>
       </c>
-      <c r="C6" s="32" t="s">
+      <c r="C6" s="31" t="s">
         <v>57</v>
       </c>
-      <c r="D6" s="32" t="s">
+      <c r="D6" s="31" t="s">
         <v>78</v>
       </c>
-      <c r="E6" s="31" t="s">
+      <c r="E6" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F6" s="33" t="s">
+      <c r="F6" s="34" t="s">
         <v>77</v>
       </c>
       <c r="G6" s="30">
         <v>389000000</v>
       </c>
       <c r="H6"/>
     </row>
     <row r="7" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32"/>
-[...3 lines deleted...]
-      <c r="F7" s="33"/>
+      <c r="B7" s="31"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="32"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="34"/>
       <c r="G7" s="30"/>
       <c r="H7"/>
     </row>
     <row r="8" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32"/>
-      <c r="C8" s="32" t="s">
+      <c r="B8" s="31"/>
+      <c r="C8" s="31" t="s">
         <v>58</v>
       </c>
-      <c r="D8" s="32"/>
-[...1 lines deleted...]
-      <c r="F8" s="33"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="34"/>
       <c r="G8" s="30"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="32"/>
-[...3 lines deleted...]
-      <c r="F9" s="33"/>
+      <c r="B9" s="31"/>
+      <c r="C9" s="32"/>
+      <c r="D9" s="32"/>
+      <c r="E9" s="32"/>
+      <c r="F9" s="34"/>
       <c r="G9" s="30"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35">
         <v>45139</v>
       </c>
       <c r="C10" s="35" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="35" t="s">
         <v>82</v>
       </c>
       <c r="E10" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="19">
         <v>4.8755997029999998E-2</v>
       </c>
       <c r="G10" s="37">
         <v>269000000</v>
       </c>
       <c r="H10"/>
     </row>
     <row r="11" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -7801,96 +7864,96 @@
       </c>
       <c r="G11" s="37"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="35"/>
       <c r="C12" s="35" t="s">
         <v>58</v>
       </c>
       <c r="D12" s="35"/>
       <c r="E12" s="36"/>
       <c r="F12" s="38"/>
       <c r="G12" s="37"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="35"/>
       <c r="C13" s="36"/>
       <c r="D13" s="36"/>
       <c r="E13" s="36"/>
       <c r="F13" s="38"/>
       <c r="G13" s="37"/>
       <c r="H13"/>
     </row>
     <row r="14" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="32" t="s">
+      <c r="B14" s="31" t="s">
         <v>85</v>
       </c>
-      <c r="C14" s="31" t="s">
+      <c r="C14" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D14" s="32"/>
-[...1 lines deleted...]
-      <c r="F14" s="33"/>
+      <c r="D14" s="31"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="34"/>
       <c r="G14" s="30"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="32"/>
-[...3 lines deleted...]
-      <c r="F15" s="33"/>
+      <c r="B15" s="31"/>
+      <c r="C15" s="32"/>
+      <c r="D15" s="32"/>
+      <c r="E15" s="32"/>
+      <c r="F15" s="34"/>
       <c r="G15" s="30"/>
       <c r="H15"/>
     </row>
     <row r="16" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="32"/>
-      <c r="C16" s="31" t="s">
+      <c r="B16" s="31"/>
+      <c r="C16" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D16" s="32" t="s">
+      <c r="D16" s="31" t="s">
         <v>84</v>
       </c>
-      <c r="E16" s="31" t="s">
+      <c r="E16" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F16" s="33" t="s">
+      <c r="F16" s="34" t="s">
         <v>83</v>
       </c>
       <c r="G16" s="30">
         <v>319000000</v>
       </c>
       <c r="H16"/>
     </row>
     <row r="17" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="32"/>
-[...3 lines deleted...]
-      <c r="F17" s="33"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="32"/>
+      <c r="E17" s="32"/>
+      <c r="F17" s="34"/>
       <c r="G17" s="30"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="35" t="s">
         <v>86</v>
       </c>
       <c r="C18" s="35" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="35"/>
       <c r="E18" s="36"/>
       <c r="F18" s="19"/>
       <c r="G18" s="37"/>
       <c r="H18"/>
     </row>
     <row r="19" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="35"/>
       <c r="C19" s="36"/>
       <c r="D19" s="36"/>
       <c r="E19" s="36"/>
       <c r="F19" s="19"/>
       <c r="G19" s="37"/>
       <c r="H19"/>
     </row>
@@ -7903,91 +7966,91 @@
         <v>87</v>
       </c>
       <c r="E20" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F20" s="24">
         <v>3.099714009E-2</v>
       </c>
       <c r="G20" s="37">
         <v>171000000</v>
       </c>
       <c r="H20"/>
     </row>
     <row r="21" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="35"/>
       <c r="C21" s="36"/>
       <c r="D21" s="36"/>
       <c r="E21" s="36"/>
       <c r="F21" s="19">
         <v>0.15498570045000001</v>
       </c>
       <c r="G21" s="37"/>
       <c r="H21"/>
     </row>
     <row r="22" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="32">
+      <c r="B22" s="31">
         <v>45109</v>
       </c>
-      <c r="C22" s="32" t="s">
+      <c r="C22" s="31" t="s">
         <v>57</v>
       </c>
-      <c r="D22" s="32" t="s">
+      <c r="D22" s="31" t="s">
         <v>87</v>
       </c>
-      <c r="E22" s="31" t="s">
+      <c r="E22" s="32" t="s">
         <v>66</v>
       </c>
       <c r="F22" s="25">
         <v>3.480416981E-2</v>
       </c>
       <c r="G22" s="30">
         <v>192000000</v>
       </c>
       <c r="H22"/>
     </row>
     <row r="23" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="32"/>
-[...2 lines deleted...]
-      <c r="E23" s="31"/>
+      <c r="B23" s="31"/>
+      <c r="C23" s="32"/>
+      <c r="D23" s="32"/>
+      <c r="E23" s="32"/>
       <c r="F23" s="25">
         <v>0.17402084905000001</v>
       </c>
       <c r="G23" s="30"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="32"/>
-      <c r="C24" s="32" t="s">
+      <c r="B24" s="31"/>
+      <c r="C24" s="31" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
     </row>
     <row r="25" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B25" s="32"/>
-      <c r="C25" s="31"/>
+      <c r="B25" s="31"/>
+      <c r="C25" s="32"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="21">
         <f xml:space="preserve"> SUM(G6,G10,G16,G20,G22)</f>
         <v>1340000000</v>
       </c>
       <c r="H26"/>
     </row>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -8488,193 +8551,193 @@
       <c r="H206"/>
     </row>
     <row r="207" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207"/>
     </row>
     <row r="208" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208"/>
     </row>
     <row r="209" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D209"/>
       <c r="E209"/>
       <c r="F209"/>
       <c r="G209"/>
       <c r="H209"/>
     </row>
   </sheetData>
   <mergeCells count="47">
-    <mergeCell ref="B22:B25"/>
-[...15 lines deleted...]
-    <mergeCell ref="F14:F15"/>
+    <mergeCell ref="B18:B21"/>
+    <mergeCell ref="C18:C19"/>
+    <mergeCell ref="D18:D19"/>
+    <mergeCell ref="E18:E19"/>
+    <mergeCell ref="G18:G19"/>
+    <mergeCell ref="C20:C21"/>
+    <mergeCell ref="D20:D21"/>
+    <mergeCell ref="E20:E21"/>
+    <mergeCell ref="G20:G21"/>
+    <mergeCell ref="G10:G11"/>
+    <mergeCell ref="C12:C13"/>
+    <mergeCell ref="D12:D13"/>
+    <mergeCell ref="E12:E13"/>
+    <mergeCell ref="F12:F13"/>
+    <mergeCell ref="G12:G13"/>
+    <mergeCell ref="B10:B13"/>
+    <mergeCell ref="C10:C11"/>
+    <mergeCell ref="D10:D11"/>
+    <mergeCell ref="E10:E11"/>
+    <mergeCell ref="F8:F9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="B6:B9"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
-    <mergeCell ref="B10:B13"/>
-[...18 lines deleted...]
-    <mergeCell ref="G20:G21"/>
+    <mergeCell ref="B14:B17"/>
+    <mergeCell ref="C14:C15"/>
+    <mergeCell ref="D14:D15"/>
+    <mergeCell ref="E14:E15"/>
+    <mergeCell ref="F14:F15"/>
+    <mergeCell ref="G22:G23"/>
+    <mergeCell ref="G14:G15"/>
+    <mergeCell ref="C16:C17"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="F16:F17"/>
+    <mergeCell ref="G16:G17"/>
+    <mergeCell ref="B22:B25"/>
+    <mergeCell ref="C22:C23"/>
+    <mergeCell ref="C24:C25"/>
+    <mergeCell ref="D22:D23"/>
+    <mergeCell ref="E22:E23"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B2:H208"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
       <selection activeCell="H5" sqref="H5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="26.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="40" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" ht="53.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:8" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>65</v>
       </c>
       <c r="H4"/>
     </row>
     <row r="5" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32">
+      <c r="B5" s="31">
         <v>44625</v>
       </c>
-      <c r="C5" s="32" t="s">
+      <c r="C5" s="31" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="32" t="s">
+      <c r="D5" s="31" t="s">
         <v>69</v>
       </c>
-      <c r="E5" s="31" t="s">
+      <c r="E5" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F5" s="33" t="s">
+      <c r="F5" s="34" t="s">
         <v>68</v>
       </c>
       <c r="G5" s="30">
         <v>346000000</v>
       </c>
       <c r="H5"/>
     </row>
     <row r="6" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32"/>
-      <c r="C7" s="32" t="s">
+      <c r="B7" s="31"/>
+      <c r="C7" s="31" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="32"/>
-[...1 lines deleted...]
-      <c r="F7" s="33"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="34"/>
       <c r="G7" s="30"/>
       <c r="H7"/>
     </row>
     <row r="8" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32"/>
-[...3 lines deleted...]
-      <c r="F8" s="33"/>
+      <c r="B8" s="31"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="34"/>
       <c r="G8" s="30"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35" t="s">
         <v>79</v>
       </c>
       <c r="C9" s="35" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="35">
         <v>44873</v>
       </c>
       <c r="E9" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F9" s="19">
         <v>7.2517215080000003E-2</v>
       </c>
       <c r="G9" s="37">
         <v>399000000</v>
       </c>
       <c r="H9"/>
     </row>
     <row r="10" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -8687,102 +8750,102 @@
       </c>
       <c r="G10" s="37"/>
       <c r="H10"/>
     </row>
     <row r="11" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="35"/>
       <c r="C11" s="35" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="35"/>
       <c r="E11" s="36"/>
       <c r="F11" s="19"/>
       <c r="G11" s="37"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="35"/>
       <c r="C12" s="36"/>
       <c r="D12" s="36"/>
       <c r="E12" s="36"/>
       <c r="F12" s="19"/>
       <c r="G12" s="37"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="32" t="s">
+      <c r="B13" s="31" t="s">
         <v>80</v>
       </c>
-      <c r="C13" s="32" t="s">
+      <c r="C13" s="31" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="32" t="s">
+      <c r="D13" s="31" t="s">
         <v>81</v>
       </c>
-      <c r="E13" s="31" t="s">
+      <c r="E13" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F13" s="33" t="s">
+      <c r="F13" s="34" t="s">
         <v>70</v>
       </c>
       <c r="G13" s="30">
         <v>281000000</v>
       </c>
       <c r="H13"/>
     </row>
     <row r="14" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="32"/>
-[...3 lines deleted...]
-      <c r="F14" s="33"/>
+      <c r="B14" s="31"/>
+      <c r="C14" s="32"/>
+      <c r="D14" s="31"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="34"/>
       <c r="G14" s="30"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="32"/>
-      <c r="C15" s="32" t="s">
+      <c r="B15" s="31"/>
+      <c r="C15" s="31" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="32"/>
-      <c r="E15" s="31" t="s">
+      <c r="D15" s="31"/>
+      <c r="E15" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F15" s="33" t="s">
+      <c r="F15" s="34" t="s">
         <v>71</v>
       </c>
       <c r="G15" s="30">
         <v>221000000</v>
       </c>
       <c r="H15"/>
     </row>
     <row r="16" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="32"/>
-[...3 lines deleted...]
-      <c r="F16" s="33"/>
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="34"/>
       <c r="G16" s="30"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="35" t="s">
         <v>72</v>
       </c>
       <c r="C17" s="35" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="35"/>
       <c r="E17" s="36"/>
       <c r="F17" s="38"/>
       <c r="G17" s="37"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="35"/>
       <c r="C18" s="36"/>
       <c r="D18" s="35"/>
       <c r="E18" s="36"/>
       <c r="F18" s="38"/>
       <c r="G18" s="37"/>
       <c r="H18"/>
     </row>
@@ -8793,96 +8856,96 @@
       </c>
       <c r="D19" s="35" t="s">
         <v>74</v>
       </c>
       <c r="E19" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F19" s="38" t="s">
         <v>73</v>
       </c>
       <c r="G19" s="37">
         <v>36000000</v>
       </c>
       <c r="H19"/>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="35"/>
       <c r="C20" s="36"/>
       <c r="D20" s="35"/>
       <c r="E20" s="36"/>
       <c r="F20" s="38"/>
       <c r="G20" s="37"/>
       <c r="H20"/>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="32">
+      <c r="B21" s="31">
         <v>45109</v>
       </c>
-      <c r="C21" s="32" t="s">
+      <c r="C21" s="31" t="s">
         <v>57</v>
       </c>
-      <c r="D21" s="32" t="s">
+      <c r="D21" s="31" t="s">
         <v>75</v>
       </c>
-      <c r="E21" s="31" t="s">
+      <c r="E21" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F21" s="33" t="s">
+      <c r="F21" s="34" t="s">
         <v>76</v>
       </c>
       <c r="G21" s="30">
         <v>345000000</v>
       </c>
       <c r="H21"/>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="32"/>
-[...3 lines deleted...]
-      <c r="F22" s="33"/>
+      <c r="B22" s="31"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="31"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="34"/>
       <c r="G22" s="30"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="32"/>
-      <c r="C23" s="32" t="s">
+      <c r="B23" s="31"/>
+      <c r="C23" s="31" t="s">
         <v>58</v>
       </c>
-      <c r="D23" s="32"/>
-[...1 lines deleted...]
-      <c r="F23" s="33"/>
+      <c r="D23" s="31"/>
+      <c r="E23" s="32"/>
+      <c r="F23" s="34"/>
       <c r="G23" s="30"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="32"/>
-[...3 lines deleted...]
-      <c r="F24" s="33"/>
+      <c r="B24" s="31"/>
+      <c r="C24" s="32"/>
+      <c r="D24" s="32"/>
+      <c r="E24" s="32"/>
+      <c r="F24" s="34"/>
       <c r="G24" s="30"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="5">
         <f>SUM(G5:G24)</f>
         <v>1628000000</v>
       </c>
       <c r="H25"/>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
     </row>
@@ -9384,255 +9447,255 @@
       <c r="H205"/>
     </row>
     <row r="206" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206"/>
       <c r="G206"/>
       <c r="H206"/>
     </row>
     <row r="207" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207"/>
     </row>
     <row r="208" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208"/>
     </row>
   </sheetData>
   <mergeCells count="52">
-    <mergeCell ref="E21:E22"/>
-[...9 lines deleted...]
-    <mergeCell ref="D23:D24"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="B5:B8"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="B9:B12"/>
+    <mergeCell ref="C9:C10"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D9:D10"/>
+    <mergeCell ref="E9:E10"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="D17:D18"/>
+    <mergeCell ref="D19:D20"/>
+    <mergeCell ref="B13:B16"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D13:D16"/>
     <mergeCell ref="E17:E18"/>
     <mergeCell ref="E19:E20"/>
     <mergeCell ref="F17:F18"/>
     <mergeCell ref="F19:F20"/>
     <mergeCell ref="G11:G12"/>
     <mergeCell ref="G17:G18"/>
     <mergeCell ref="G19:G20"/>
     <mergeCell ref="G13:G14"/>
     <mergeCell ref="E13:E14"/>
     <mergeCell ref="E15:E16"/>
     <mergeCell ref="F13:F14"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="G15:G16"/>
-    <mergeCell ref="B17:B20"/>
-[...26 lines deleted...]
-    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="B21:B24"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="C23:C24"/>
+    <mergeCell ref="D21:D22"/>
+    <mergeCell ref="D23:D24"/>
+    <mergeCell ref="E21:E22"/>
+    <mergeCell ref="E23:E24"/>
+    <mergeCell ref="F21:F22"/>
+    <mergeCell ref="F23:F24"/>
+    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="G23:G24"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B2:H208"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
       <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="31" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" ht="53.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:8" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>65</v>
       </c>
       <c r="H4"/>
     </row>
     <row r="5" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="40">
+      <c r="B5" s="39">
         <v>44495</v>
       </c>
-      <c r="C5" s="42" t="s">
+      <c r="C5" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="40">
+      <c r="D5" s="39">
         <v>44511</v>
       </c>
-      <c r="E5" s="44" t="s">
+      <c r="E5" s="43" t="s">
         <v>66</v>
       </c>
-      <c r="F5" s="34" t="s">
+      <c r="F5" s="33" t="s">
         <v>33</v>
       </c>
-      <c r="G5" s="41">
+      <c r="G5" s="40">
         <v>102000000</v>
       </c>
       <c r="H5"/>
     </row>
     <row r="6" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="42"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32"/>
-      <c r="C7" s="31" t="s">
+      <c r="B7" s="31"/>
+      <c r="C7" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="32">
+      <c r="D7" s="31">
         <v>44511</v>
       </c>
-      <c r="E7" s="43" t="s">
+      <c r="E7" s="42" t="s">
         <v>66</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="34" t="s">
         <v>34</v>
       </c>
       <c r="G7" s="30">
         <v>300000000</v>
       </c>
       <c r="H7"/>
     </row>
     <row r="8" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32"/>
-[...3 lines deleted...]
-      <c r="F8" s="33"/>
+      <c r="B8" s="31"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="42"/>
+      <c r="F8" s="34"/>
       <c r="G8" s="30"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35">
         <v>44600</v>
       </c>
       <c r="C9" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="35">
         <v>44617</v>
       </c>
-      <c r="E9" s="39" t="s">
+      <c r="E9" s="44" t="s">
         <v>66</v>
       </c>
       <c r="F9" s="38" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="37">
         <v>377000000</v>
       </c>
       <c r="H9"/>
     </row>
     <row r="10" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
-      <c r="E10" s="39"/>
+      <c r="E10" s="44"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
       <c r="H10"/>
     </row>
     <row r="11" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="35"/>
       <c r="C11" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="35"/>
-      <c r="E11" s="39"/>
+      <c r="E11" s="44"/>
       <c r="F11" s="38"/>
       <c r="G11" s="37"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="35"/>
       <c r="C12" s="36"/>
       <c r="D12" s="36"/>
-      <c r="E12" s="39"/>
+      <c r="E12" s="44"/>
       <c r="F12" s="38"/>
       <c r="G12" s="37"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="5">
         <f>SUM(G5:G10)</f>
         <v>779000000</v>
       </c>
       <c r="H13"/>
     </row>
     <row r="14" spans="2:8" x14ac:dyDescent="0.25">
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
@@ -10119,72 +10182,72 @@
       <c r="H205"/>
     </row>
     <row r="206" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206"/>
       <c r="G206"/>
       <c r="H206"/>
     </row>
     <row r="207" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207"/>
     </row>
     <row r="208" spans="4:8" x14ac:dyDescent="0.25">
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208"/>
     </row>
   </sheetData>
   <mergeCells count="22">
+    <mergeCell ref="B9:B12"/>
+    <mergeCell ref="C9:C10"/>
+    <mergeCell ref="D9:D10"/>
+    <mergeCell ref="E9:E10"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="G11:G12"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
-    <mergeCell ref="G9:G10"/>
-[...9 lines deleted...]
-    <mergeCell ref="F9:F10"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="B1:G15"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
       <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="27" bestFit="1" customWidth="1"/>
   </cols>
@@ -10197,212 +10260,212 @@
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="3" spans="2:7" ht="56.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="32">
+      <c r="B5" s="31">
         <v>43866</v>
       </c>
-      <c r="C5" s="31" t="s">
+      <c r="C5" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="32">
+      <c r="D5" s="31">
         <v>43881</v>
       </c>
-      <c r="E5" s="31" t="s">
+      <c r="E5" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F5" s="33" t="s">
+      <c r="F5" s="34" t="s">
         <v>36</v>
       </c>
       <c r="G5" s="30">
         <v>23000000</v>
       </c>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32"/>
-      <c r="C7" s="31" t="s">
+      <c r="B7" s="31"/>
+      <c r="C7" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="32"/>
-[...1 lines deleted...]
-      <c r="F7" s="33"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="34"/>
       <c r="G7" s="30"/>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32"/>
-[...3 lines deleted...]
-      <c r="F8" s="33"/>
+      <c r="B8" s="31"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="34"/>
       <c r="G8" s="30"/>
     </row>
     <row r="9" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B9" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="18">
         <f>SUM(G5:G8)</f>
         <v>23000000</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="15" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="B5:B8"/>
-[...3 lines deleted...]
-    <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="G7:G8"/>
+    <mergeCell ref="B5:B8"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="B3:G28"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="91" zoomScaleNormal="91" workbookViewId="0">
       <selection activeCell="G25" sqref="G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:7" ht="51.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="40">
+      <c r="B5" s="39">
         <v>43816</v>
       </c>
-      <c r="C5" s="42" t="s">
+      <c r="C5" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="40"/>
-[...2 lines deleted...]
-      <c r="G5" s="41"/>
+      <c r="D5" s="39"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="33"/>
+      <c r="G5" s="40"/>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32"/>
-      <c r="C7" s="31" t="s">
+      <c r="B7" s="31"/>
+      <c r="C7" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="32">
+      <c r="D7" s="31">
         <v>43881</v>
       </c>
-      <c r="E7" s="31" t="s">
+      <c r="E7" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="34" t="s">
         <v>0</v>
       </c>
       <c r="G7" s="30">
         <v>200000000</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32"/>
-[...3 lines deleted...]
-      <c r="F8" s="33"/>
+      <c r="B8" s="31"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="34"/>
       <c r="G8" s="30"/>
     </row>
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35">
         <v>43770</v>
       </c>
       <c r="C9" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="35">
         <v>43783</v>
       </c>
       <c r="E9" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F9" s="38" t="s">
         <v>2</v>
       </c>
       <c r="G9" s="37">
         <v>194000000</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
@@ -10416,451 +10479,451 @@
       <c r="C11" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="35">
         <v>43783</v>
       </c>
       <c r="E11" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F11" s="38" t="s">
         <v>1</v>
       </c>
       <c r="G11" s="37">
         <v>100000000</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="35"/>
       <c r="C12" s="36"/>
       <c r="D12" s="36"/>
       <c r="E12" s="36"/>
       <c r="F12" s="38"/>
       <c r="G12" s="37"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="32">
+      <c r="B13" s="31">
         <v>43682</v>
       </c>
-      <c r="C13" s="31" t="s">
+      <c r="C13" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="32">
+      <c r="D13" s="31">
         <v>44427</v>
       </c>
-      <c r="E13" s="31" t="s">
+      <c r="E13" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F13" s="33" t="s">
+      <c r="F13" s="34" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="30">
         <v>192000000</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="32"/>
-[...3 lines deleted...]
-      <c r="F14" s="33"/>
+      <c r="B14" s="31"/>
+      <c r="C14" s="32"/>
+      <c r="D14" s="32"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="34"/>
       <c r="G14" s="30"/>
     </row>
     <row r="15" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="32"/>
-      <c r="C15" s="31" t="s">
+      <c r="B15" s="31"/>
+      <c r="C15" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="32"/>
-[...1 lines deleted...]
-      <c r="F15" s="33"/>
+      <c r="D15" s="31"/>
+      <c r="E15" s="32"/>
+      <c r="F15" s="34"/>
       <c r="G15" s="30"/>
     </row>
     <row r="16" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="32"/>
-[...3 lines deleted...]
-      <c r="F16" s="33"/>
+      <c r="B16" s="31"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="32"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="34"/>
       <c r="G16" s="30"/>
     </row>
     <row r="17" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="35">
         <v>43585</v>
       </c>
       <c r="C17" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="35">
         <v>43602</v>
       </c>
       <c r="E17" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="38" t="s">
         <v>5</v>
       </c>
       <c r="G17" s="37">
         <v>201000000</v>
       </c>
     </row>
     <row r="18" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="35"/>
       <c r="C18" s="36"/>
       <c r="D18" s="36"/>
       <c r="E18" s="36"/>
       <c r="F18" s="38"/>
       <c r="G18" s="37"/>
     </row>
     <row r="19" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="35"/>
       <c r="C19" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="36"/>
       <c r="F19" s="38"/>
       <c r="G19" s="37"/>
     </row>
     <row r="20" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="35"/>
       <c r="C20" s="36"/>
       <c r="D20" s="36"/>
       <c r="E20" s="36"/>
       <c r="F20" s="38"/>
       <c r="G20" s="37"/>
     </row>
     <row r="21" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="32">
+      <c r="B21" s="31">
         <v>43502</v>
       </c>
-      <c r="C21" s="31" t="s">
+      <c r="C21" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D21" s="32">
+      <c r="D21" s="31">
         <v>43521</v>
       </c>
-      <c r="E21" s="31" t="s">
+      <c r="E21" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F21" s="33" t="s">
+      <c r="F21" s="34" t="s">
         <v>6</v>
       </c>
       <c r="G21" s="30">
         <v>20000000</v>
       </c>
     </row>
     <row r="22" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="32"/>
-[...3 lines deleted...]
-      <c r="F22" s="33"/>
+      <c r="B22" s="31"/>
+      <c r="C22" s="32"/>
+      <c r="D22" s="32"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="34"/>
       <c r="G22" s="30"/>
     </row>
     <row r="23" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="32"/>
-      <c r="C23" s="31" t="s">
+      <c r="B23" s="31"/>
+      <c r="C23" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D23" s="32"/>
-[...1 lines deleted...]
-      <c r="F23" s="33"/>
+      <c r="D23" s="31"/>
+      <c r="E23" s="32"/>
+      <c r="F23" s="34"/>
       <c r="G23" s="30"/>
     </row>
     <row r="24" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="32"/>
-[...3 lines deleted...]
-      <c r="F24" s="33"/>
+      <c r="B24" s="31"/>
+      <c r="C24" s="32"/>
+      <c r="D24" s="32"/>
+      <c r="E24" s="32"/>
+      <c r="F24" s="34"/>
       <c r="G24" s="30"/>
     </row>
     <row r="25" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B25" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="3">
         <f>SUM(G5:G24)</f>
         <v>907000000</v>
       </c>
     </row>
     <row r="27" spans="2:7" x14ac:dyDescent="0.25">
       <c r="G27" s="11"/>
     </row>
     <row r="28" spans="2:7" x14ac:dyDescent="0.25">
       <c r="G28" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="55">
-    <mergeCell ref="G9:G10"/>
-[...4 lines deleted...]
-    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="G21:G22"/>
+    <mergeCell ref="C23:C24"/>
+    <mergeCell ref="D23:D24"/>
+    <mergeCell ref="E23:E24"/>
+    <mergeCell ref="F23:F24"/>
+    <mergeCell ref="G23:G24"/>
+    <mergeCell ref="B21:B24"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="D21:D22"/>
+    <mergeCell ref="E21:E22"/>
+    <mergeCell ref="F21:F22"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="D19:D20"/>
+    <mergeCell ref="E19:E20"/>
+    <mergeCell ref="F19:F20"/>
+    <mergeCell ref="G19:G20"/>
+    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="D17:D18"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="B13:B16"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="F11:F12"/>
     <mergeCell ref="G11:G12"/>
     <mergeCell ref="B9:B12"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="C11:C12"/>
     <mergeCell ref="D11:D12"/>
     <mergeCell ref="E11:E12"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="G7:G8"/>
-    <mergeCell ref="B13:B16"/>
-[...31 lines deleted...]
-    <mergeCell ref="G23:G24"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="F7:F8"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="B3:G25"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="B1" zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
       <selection activeCell="G21" sqref="G21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:7" ht="21.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>63</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>64</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="40">
+      <c r="B5" s="39">
         <v>43402</v>
       </c>
-      <c r="C5" s="42" t="s">
+      <c r="C5" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="40">
+      <c r="D5" s="39">
         <v>43418</v>
       </c>
-      <c r="E5" s="42" t="s">
+      <c r="E5" s="41" t="s">
         <v>66</v>
       </c>
-      <c r="F5" s="34" t="s">
+      <c r="F5" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="G5" s="41">
+      <c r="G5" s="40">
         <v>75000000</v>
       </c>
     </row>
     <row r="6" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32"/>
-[...3 lines deleted...]
-      <c r="F6" s="33"/>
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="34"/>
       <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32"/>
-      <c r="C7" s="31" t="s">
+      <c r="B7" s="31"/>
+      <c r="C7" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="32">
+      <c r="D7" s="31">
         <v>43418</v>
       </c>
-      <c r="E7" s="31" t="s">
+      <c r="E7" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="F7" s="33" t="s">
+      <c r="F7" s="34" t="s">
         <v>9</v>
       </c>
       <c r="G7" s="30">
         <v>265000000</v>
       </c>
     </row>
     <row r="8" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32"/>
-[...3 lines deleted...]
-      <c r="F8" s="33"/>
+      <c r="B8" s="31"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="34"/>
       <c r="G8" s="30"/>
     </row>
     <row r="9" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="35">
         <v>43312</v>
       </c>
       <c r="C9" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D9" s="35">
         <v>43318</v>
       </c>
       <c r="E9" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F9" s="38" t="s">
         <v>10</v>
       </c>
       <c r="G9" s="37">
         <v>177000000</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="35"/>
       <c r="C10" s="36"/>
       <c r="D10" s="36"/>
       <c r="E10" s="36"/>
       <c r="F10" s="38"/>
       <c r="G10" s="37"/>
     </row>
     <row r="11" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="35"/>
       <c r="C11" s="36" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="35"/>
       <c r="E11" s="36"/>
       <c r="F11" s="38"/>
       <c r="G11" s="37"/>
     </row>
     <row r="12" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="35"/>
       <c r="C12" s="36"/>
       <c r="D12" s="36"/>
       <c r="E12" s="36"/>
       <c r="F12" s="38"/>
       <c r="G12" s="37"/>
     </row>
     <row r="13" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="47">
+      <c r="B13" s="46">
         <v>43215</v>
       </c>
-      <c r="C13" s="46" t="s">
+      <c r="C13" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="47">
+      <c r="D13" s="46">
         <v>43223</v>
       </c>
-      <c r="E13" s="46" t="s">
+      <c r="E13" s="47" t="s">
         <v>66</v>
       </c>
       <c r="F13" s="48" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="45">
         <v>152000000</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="47"/>
-[...2 lines deleted...]
-      <c r="E14" s="46"/>
+      <c r="B14" s="46"/>
+      <c r="C14" s="47"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="45"/>
     </row>
     <row r="15" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="47"/>
-      <c r="C15" s="46" t="s">
+      <c r="B15" s="46"/>
+      <c r="C15" s="47" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="47"/>
-      <c r="E15" s="46"/>
+      <c r="D15" s="46"/>
+      <c r="E15" s="47"/>
       <c r="F15" s="48"/>
       <c r="G15" s="45"/>
     </row>
     <row r="16" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="47"/>
-[...2 lines deleted...]
-      <c r="E16" s="46"/>
+      <c r="B16" s="46"/>
+      <c r="C16" s="47"/>
+      <c r="D16" s="47"/>
+      <c r="E16" s="47"/>
       <c r="F16" s="48"/>
       <c r="G16" s="45"/>
     </row>
     <row r="17" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="35">
         <v>43446</v>
       </c>
       <c r="C17" s="36" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="35">
         <v>43518</v>
       </c>
       <c r="E17" s="36" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="38" t="s">
         <v>7</v>
       </c>
       <c r="G17" s="37">
         <v>125000000</v>
       </c>
     </row>
     <row r="18" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="35"/>
@@ -10895,115 +10958,126 @@
       <c r="E20" s="36"/>
       <c r="F20" s="38"/>
       <c r="G20" s="37"/>
     </row>
     <row r="21" spans="2:7" ht="21" x14ac:dyDescent="0.25">
       <c r="B21" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="5">
         <f>SUM(G5:G20)</f>
         <v>919000000</v>
       </c>
     </row>
     <row r="24" spans="2:7" x14ac:dyDescent="0.25">
       <c r="G24" s="11"/>
     </row>
     <row r="25" spans="2:7" x14ac:dyDescent="0.25">
       <c r="G25" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="44">
-    <mergeCell ref="G9:G10"/>
-[...4 lines deleted...]
-    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="G13:G14"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="D17:D18"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="D19:D20"/>
+    <mergeCell ref="E19:E20"/>
+    <mergeCell ref="F19:F20"/>
+    <mergeCell ref="G19:G20"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="B13:B16"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="F13:F14"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="F11:F12"/>
     <mergeCell ref="G11:G12"/>
     <mergeCell ref="B9:B12"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="C11:C12"/>
     <mergeCell ref="D11:D12"/>
     <mergeCell ref="E11:E12"/>
     <mergeCell ref="B5:B8"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="G7:G8"/>
-    <mergeCell ref="G15:G16"/>
-[...20 lines deleted...]
-    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="F7:F8"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004583D3305F71C44D8F1E2682F5CC81CE" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="74d97283a7acdb1b816e533013879e5b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d88c95a-50bb-44da-84ea-81cd01b9afb1" xmlns:ns3="c2a8de2d-5f95-4ccc-8941-e9171fb755b0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="49b149de621d6fc9cb0701508e674b34" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d88c95a-50bb-44da-84ea-81cd01b9afb1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c2a8de2d-5f95-4ccc-8941-e9171fb755b0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004583D3305F71C44D8F1E2682F5CC81CE" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="5f58d54d5db91e34b87498126cf51abe">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d88c95a-50bb-44da-84ea-81cd01b9afb1" xmlns:ns3="c2a8de2d-5f95-4ccc-8941-e9171fb755b0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="309cc1f956d4247475cd969c8348f899" ns2:_="" ns3:_="">
     <xsd:import namespace="5d88c95a-50bb-44da-84ea-81cd01b9afb1"/>
     <xsd:import namespace="c2a8de2d-5f95-4ccc-8941-e9171fb755b0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -11218,96 +11292,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC4B502-1DD9-474D-B367-F4F9C28599F2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDF0F699-742F-4263-BE85-98FF06648CC9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5d88c95a-50bb-44da-84ea-81cd01b9afb1"/>
+    <ds:schemaRef ds:uri="c2a8de2d-5f95-4ccc-8941-e9171fb755b0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F450CD1-F604-4171-9C72-998712B9F3B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5d88c95a-50bb-44da-84ea-81cd01b9afb1"/>
     <ds:schemaRef ds:uri="c2a8de2d-5f95-4ccc-8941-e9171fb755b0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="c2a8de2d-5f95-4ccc-8941-e9171fb755b0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFD9D786-E029-48B7-9A08-F69940818714}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>