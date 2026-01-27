--- v0 (2025-11-30)
+++ v1 (2026-01-27)
@@ -6,89 +6,89 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://devantcapital.sharepoint.com/sites/Gestao/Documentos/6. Comercial/6.1 Relações com Investidores/5. Website (MZ)/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="63" documentId="13_ncr:1_{E77C520F-1DA6-4C7D-90C0-A7046FFE6E94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1B37EED5-818E-41A0-9502-9E93BA360891}"/>
+  <xr:revisionPtr revIDLastSave="108" documentId="13_ncr:1_{E77C520F-1DA6-4C7D-90C0-A7046FFE6E94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F62A6855-45E4-493A-97EB-BE64C75931D1}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="3" xr2:uid="{5D4A8113-F358-489E-BC30-70356C8F8E56}"/>
   </bookViews>
   <sheets>
     <sheet name="DEVA11" sheetId="1" r:id="rId1"/>
     <sheet name="DVFF11" sheetId="2" r:id="rId2"/>
     <sheet name="DCRA11" sheetId="4" r:id="rId3"/>
     <sheet name="DPRO11" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="21">
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Mês</t>
   </si>
   <si>
     <t>Data de Aprovação</t>
   </si>
   <si>
     <t>Data Record</t>
   </si>
   <si>
     <t>Valor da Cota</t>
   </si>
   <si>
     <t>Valor do Dividendo*</t>
   </si>
   <si>
     <t>Data de Pagamento</t>
   </si>
   <si>
     <t>%DY</t>
   </si>
   <si>
@@ -816,55 +816,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1C16CDD-6377-4CCF-8339-EEFB0EBE0088}">
   <sheetPr>
     <tabColor theme="3" tint="9.9978637043366805E-2"/>
   </sheetPr>
-  <dimension ref="A1:H60"/>
+  <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="126" zoomScaleNormal="126" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B57" sqref="B57:H57"/>
+      <selection pane="bottomLeft" activeCell="D57" sqref="D57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" style="22" customWidth="1"/>
     <col min="3" max="6" width="10.5546875" style="22" customWidth="1"/>
     <col min="7" max="7" width="12.109375" style="22" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="22" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>3</v>
       </c>
@@ -2178,103 +2178,126 @@
       </c>
       <c r="D56" s="2">
         <v>45937</v>
       </c>
       <c r="E56" s="3">
         <v>26.3</v>
       </c>
       <c r="F56" s="4">
         <v>0.35</v>
       </c>
       <c r="G56" s="2">
         <v>45944</v>
       </c>
       <c r="H56" s="5">
         <v>1.3299999999999999E-2</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2">
         <v>45968</v>
       </c>
       <c r="D57" s="2">
-        <v>45971</v>
+        <v>45968</v>
       </c>
       <c r="E57" s="3">
         <v>24.9</v>
       </c>
       <c r="F57" s="4">
         <v>0.33</v>
       </c>
       <c r="G57" s="2">
         <v>45975</v>
       </c>
       <c r="H57" s="5">
         <v>1.3299999999999999E-2</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B58" s="1"/>
-[...5 lines deleted...]
-      <c r="H58" s="32"/>
+      <c r="B58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C58" s="2">
+        <v>45996</v>
+      </c>
+      <c r="D58" s="2">
+        <v>45996</v>
+      </c>
+      <c r="E58" s="3">
+        <v>23.61</v>
+      </c>
+      <c r="F58" s="4">
+        <v>0.44</v>
+      </c>
+      <c r="G58" s="2">
+        <v>46003</v>
+      </c>
+      <c r="H58" s="5">
+        <v>1.8599999999999998E-2</v>
+      </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A59" s="27" t="s">
+      <c r="B59" s="1"/>
+      <c r="C59" s="36"/>
+      <c r="D59" s="36"/>
+      <c r="E59" s="54"/>
+      <c r="F59" s="55"/>
+      <c r="G59" s="53"/>
+      <c r="H59" s="32"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A60" s="27" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="60" spans="1:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="61" spans="1:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:A11"/>
     <mergeCell ref="A12:A23"/>
     <mergeCell ref="A24:A35"/>
     <mergeCell ref="A36:A47"/>
     <mergeCell ref="A48:A51"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{999D4E09-3C63-400F-B41D-F59D33372C1C}">
   <sheetPr>
     <tabColor theme="3" tint="0.249977111117893"/>
   </sheetPr>
-  <dimension ref="A1:H57"/>
+  <dimension ref="A1:H58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A27" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B55" sqref="B55:H55"/>
+      <selection pane="bottomLeft" activeCell="D57" sqref="D57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" style="22" customWidth="1"/>
     <col min="3" max="4" width="10.5546875" style="22" customWidth="1"/>
     <col min="5" max="6" width="10.5546875" style="40" customWidth="1"/>
     <col min="7" max="7" width="12.109375" style="22" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="22" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>3</v>
@@ -3541,98 +3564,125 @@
       </c>
       <c r="D54" s="53">
         <v>45937</v>
       </c>
       <c r="E54" s="54">
         <v>5.99</v>
       </c>
       <c r="F54" s="55">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G54" s="53">
         <v>45944</v>
       </c>
       <c r="H54" s="32">
         <v>1.09E-2</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
       <c r="B55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="53">
         <v>45968</v>
       </c>
       <c r="D55" s="53">
-        <v>45971</v>
+        <v>45968</v>
       </c>
       <c r="E55" s="54">
         <v>5.71</v>
       </c>
       <c r="F55" s="55">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G55" s="53">
         <v>45975</v>
       </c>
       <c r="H55" s="32">
         <v>1.14E-2</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B56" s="1"/>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+      <c r="B56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C56" s="53">
+        <v>45996</v>
+      </c>
+      <c r="D56" s="53">
+        <v>45996</v>
+      </c>
+      <c r="E56" s="54">
+        <v>5.82</v>
+      </c>
+      <c r="F56" s="55">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="G56" s="53">
+        <v>46003</v>
+      </c>
+      <c r="H56" s="32">
+        <v>1.12E-2</v>
+      </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A57" s="27" t="s">
+      <c r="B57" s="1"/>
+      <c r="C57" s="53"/>
+      <c r="D57" s="53"/>
+      <c r="E57" s="54"/>
+      <c r="F57" s="55"/>
+      <c r="G57" s="53"/>
+      <c r="H57" s="32"/>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" s="27" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:A9"/>
     <mergeCell ref="A10:A21"/>
     <mergeCell ref="A22:A33"/>
     <mergeCell ref="A34:A45"/>
     <mergeCell ref="A46:A49"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07A3420D-0FA1-4012-9676-EFBA3868A1B7}">
   <sheetPr>
     <tabColor theme="9" tint="-0.249977111117893"/>
   </sheetPr>
-  <dimension ref="A1:H48"/>
+  <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A26" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B46" sqref="B46:H46"/>
+      <selection pane="bottomLeft" activeCell="B47" sqref="B47:H47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" style="22" customWidth="1"/>
     <col min="3" max="6" width="10.5546875" style="40" customWidth="1"/>
     <col min="7" max="7" width="12.109375" style="40" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="40" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>3</v>
       </c>
@@ -4686,102 +4736,126 @@
       <c r="D45" s="42">
         <v>45937</v>
       </c>
       <c r="E45" s="50">
         <v>7.18</v>
       </c>
       <c r="F45" s="51">
         <v>0.09</v>
       </c>
       <c r="G45" s="42">
         <v>45944</v>
       </c>
       <c r="H45" s="32">
         <v>1.2500000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A46" s="39"/>
       <c r="B46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="42">
         <v>45968</v>
       </c>
       <c r="D46" s="42">
-        <v>45971</v>
+        <v>45968</v>
       </c>
       <c r="E46" s="50">
         <v>7.02</v>
       </c>
       <c r="F46" s="51">
         <v>0.09</v>
       </c>
       <c r="G46" s="42">
         <v>45975</v>
       </c>
       <c r="H46" s="32">
         <v>1.2800000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="39"/>
-      <c r="B47" s="1"/>
-[...5 lines deleted...]
-      <c r="H47" s="5"/>
+      <c r="B47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C47" s="42">
+        <v>45996</v>
+      </c>
+      <c r="D47" s="42">
+        <v>45996</v>
+      </c>
+      <c r="E47" s="50">
+        <v>7.13</v>
+      </c>
+      <c r="F47" s="51">
+        <v>0.09</v>
+      </c>
+      <c r="G47" s="42">
+        <v>46003</v>
+      </c>
+      <c r="H47" s="32">
+        <v>1.26E-2</v>
+      </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A48" s="27" t="s">
+      <c r="A48" s="39"/>
+      <c r="B48" s="1"/>
+      <c r="C48" s="53"/>
+      <c r="D48" s="53"/>
+      <c r="E48" s="28"/>
+      <c r="F48" s="31"/>
+      <c r="G48" s="42"/>
+      <c r="H48" s="5"/>
+    </row>
+    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A49" s="27" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A3:A12"/>
     <mergeCell ref="A13:A24"/>
     <mergeCell ref="A25:A36"/>
     <mergeCell ref="A37:A40"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{838C5316-F34E-4410-8536-1864A307292F}">
   <sheetPr>
     <tabColor theme="9" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A25" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H45" sqref="H45"/>
+      <selection pane="bottomLeft" activeCell="H46" sqref="H46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" style="22" customWidth="1"/>
     <col min="3" max="6" width="10.5546875" style="22" customWidth="1"/>
     <col min="7" max="7" width="12.109375" style="40" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="22" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>3</v>
       </c>
@@ -5547,51 +5621,51 @@
       </c>
       <c r="E33" s="28">
         <v>6.05</v>
       </c>
       <c r="F33" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G33" s="42">
         <v>45639</v>
       </c>
       <c r="H33" s="5">
         <v>9.0909090909090905E-3</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="57"/>
       <c r="B34" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C34" s="37">
         <v>45665</v>
       </c>
       <c r="D34" s="37">
         <v>45665</v>
       </c>
-      <c r="E34" s="29">
+      <c r="E34" s="28">
         <v>6.14</v>
       </c>
       <c r="F34" s="30">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G34" s="41">
         <v>45672</v>
       </c>
       <c r="H34" s="15">
         <v>1.1400651465798047E-2</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="56">
         <v>2025</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C35" s="36">
         <v>45695</v>
       </c>
       <c r="D35" s="36">
         <v>45695</v>
       </c>
@@ -5802,159 +5876,116 @@
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="39"/>
       <c r="B44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="36">
         <v>45968</v>
       </c>
       <c r="D44" s="36">
         <v>45971</v>
       </c>
       <c r="E44" s="28">
         <v>6.27</v>
       </c>
       <c r="F44" s="31">
         <v>0.06</v>
       </c>
       <c r="G44" s="42">
         <v>45975</v>
       </c>
       <c r="H44" s="5">
         <v>9.5999999999999992E-3</v>
       </c>
     </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C45" s="53">
+        <v>45996</v>
+      </c>
+      <c r="D45" s="53">
+        <v>45996</v>
+      </c>
+      <c r="E45" s="28">
+        <v>6.38</v>
+      </c>
+      <c r="F45" s="31">
+        <v>0.06</v>
+      </c>
+      <c r="G45" s="42">
+        <v>46003</v>
+      </c>
+      <c r="H45" s="32">
+        <v>9.4000000000000004E-3</v>
+      </c>
+    </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="27" t="s">
+      <c r="B46" s="1"/>
+      <c r="C46" s="42"/>
+      <c r="D46" s="42"/>
+      <c r="E46" s="50"/>
+      <c r="F46" s="51"/>
+      <c r="G46" s="42"/>
+      <c r="H46" s="32"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="27" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A3:A10"/>
     <mergeCell ref="A11:A22"/>
     <mergeCell ref="A23:A34"/>
     <mergeCell ref="A35:A38"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...73 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100717F141E1562234CB9F007C53D8B15D4" ma:contentTypeVersion="15" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="b0fa0e2f80e1d0524e79c073cd181a97">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="782b5498-29af-4e76-a6d0-346e4085587b" xmlns:ns3="f7428480-4059-446d-bc91-3c2c664fa163" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6608a207382655e3745d169db8d1a34b" ns2:_="" ns3:_="">
     <xsd:import namespace="782b5498-29af-4e76-a6d0-346e4085587b"/>
     <xsd:import namespace="f7428480-4059-446d-bc91-3c2c664fa163"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
@@ -6170,79 +6201,169 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="782b5498-29af-4e76-a6d0-346e4085587b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f7428480-4059-446d-bc91-3c2c664fa163">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_dlc_DocId xmlns="782b5498-29af-4e76-a6d0-346e4085587b">55JTVV7EQDAM-414051584-588320</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="782b5498-29af-4e76-a6d0-346e4085587b">
+      <Url>https://devantcapital.sharepoint.com/sites/Gestao/_layouts/15/DocIdRedir.aspx?ID=55JTVV7EQDAM-414051584-588320</Url>
+      <Description>55JTVV7EQDAM-414051584-588320</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{058C94B6-F8C5-464B-87D1-68E5ED5FCCA1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="782b5498-29af-4e76-a6d0-346e4085587b"/>
+    <ds:schemaRef ds:uri="f7428480-4059-446d-bc91-3c2c664fa163"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB580480-2F08-4922-A9D2-46E8BA493D92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C93964C5-C134-4100-9CD7-0AD482DB12D5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB41A00A-489C-4063-80E8-55F648E04BF8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="782b5498-29af-4e76-a6d0-346e4085587b"/>
     <ds:schemaRef ds:uri="f7428480-4059-446d-bc91-3c2c664fa163"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{058C94B6-F8C5-464B-87D1-68E5ED5FCCA1}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>DEVA11</vt:lpstr>
       <vt:lpstr>DVFF11</vt:lpstr>
       <vt:lpstr>DCRA11</vt:lpstr>
       <vt:lpstr>DPRO11</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>