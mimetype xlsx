--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -6,89 +6,89 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://devantcapital.sharepoint.com/sites/Gestao/Documentos/6. Comercial/6.1 Relações com Investidores/5. Website (MZ)/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\CristianeLima\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="108" documentId="13_ncr:1_{E77C520F-1DA6-4C7D-90C0-A7046FFE6E94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F62A6855-45E4-493A-97EB-BE64C75931D1}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3666DF8-5B3D-4A5B-A9B3-3FCC0B36A7E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="3" xr2:uid="{5D4A8113-F358-489E-BC30-70356C8F8E56}"/>
   </bookViews>
   <sheets>
     <sheet name="DEVA11" sheetId="1" r:id="rId1"/>
     <sheet name="DVFF11" sheetId="2" r:id="rId2"/>
     <sheet name="DCRA11" sheetId="4" r:id="rId3"/>
     <sheet name="DPRO11" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="21">
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Mês</t>
   </si>
   <si>
     <t>Data de Aprovação</t>
   </si>
   <si>
     <t>Data Record</t>
   </si>
   <si>
     <t>Valor da Cota</t>
   </si>
   <si>
     <t>Valor do Dividendo*</t>
   </si>
   <si>
     <t>Data de Pagamento</t>
   </si>
   <si>
     <t>%DY</t>
   </si>
   <si>
@@ -291,51 +291,51 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="59">
+  <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -446,58 +446,83 @@
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="6" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="6" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="6" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="6" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="5" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙_x0008_" xfId="3" xr:uid="{0FA181F2-771D-4F18-8F0D-DE2A9F23CF33}"/>
     <cellStyle name="Moeda" xfId="4" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentagem" xfId="2" builtinId="5"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
@@ -816,5153 +841,5456 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1C16CDD-6377-4CCF-8339-EEFB0EBE0088}">
   <sheetPr>
     <tabColor theme="3" tint="9.9978637043366805E-2"/>
   </sheetPr>
-  <dimension ref="A1:H61"/>
+  <dimension ref="A1:H64"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="126" zoomScaleNormal="126" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="D57" sqref="D57"/>
+    <sheetView showGridLines="0" zoomScale="99" zoomScaleNormal="99" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A33" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E52" sqref="E52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" style="22" customWidth="1"/>
     <col min="3" max="6" width="10.5546875" style="22" customWidth="1"/>
     <col min="7" max="7" width="12.109375" style="22" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="22" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="21" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="21" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" s="26" customFormat="1" ht="1.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="23"/>
       <c r="B2" s="23"/>
       <c r="C2" s="23"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="25"/>
       <c r="G2" s="24"/>
       <c r="H2" s="25"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="56">
+      <c r="A3" s="62">
         <v>2021</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
         <v>44323</v>
       </c>
       <c r="D3" s="2">
         <v>44323</v>
       </c>
       <c r="E3" s="3">
         <v>110.24</v>
       </c>
       <c r="F3" s="4">
         <v>1.3705457708779767</v>
       </c>
       <c r="G3" s="2">
         <v>44330</v>
       </c>
       <c r="H3" s="5">
         <v>1.3899999999999999E-2</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="56"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="2">
         <v>44355</v>
       </c>
       <c r="D4" s="2">
         <v>44355</v>
       </c>
       <c r="E4" s="3">
         <v>105.1</v>
       </c>
       <c r="F4" s="4">
         <v>1.1000000000000003</v>
       </c>
       <c r="G4" s="2">
         <v>44362</v>
       </c>
       <c r="H4" s="5">
         <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="56"/>
+      <c r="A5" s="62"/>
       <c r="B5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="2">
         <v>44384</v>
       </c>
       <c r="D5" s="2">
         <v>44384</v>
       </c>
       <c r="E5" s="3">
         <v>105</v>
       </c>
       <c r="F5" s="4">
         <v>1.1100000000000001</v>
       </c>
       <c r="G5" s="2">
         <v>44392</v>
       </c>
       <c r="H5" s="5">
         <v>1.11E-2</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="56"/>
+      <c r="A6" s="62"/>
       <c r="B6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="2">
         <v>44414</v>
       </c>
       <c r="D6" s="2">
         <v>44414</v>
       </c>
       <c r="E6" s="3">
         <v>104</v>
       </c>
       <c r="F6" s="4">
         <v>1.26</v>
       </c>
       <c r="G6" s="2">
         <v>44421</v>
       </c>
       <c r="H6" s="5">
         <v>1.2800000000000001E-2</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="56"/>
+      <c r="A7" s="62"/>
       <c r="B7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="2">
         <v>44447</v>
       </c>
       <c r="D7" s="2">
         <v>44447</v>
       </c>
       <c r="E7" s="3">
         <v>104.22</v>
       </c>
       <c r="F7" s="4">
         <v>1.45</v>
       </c>
       <c r="G7" s="2">
         <v>44454</v>
       </c>
       <c r="H7" s="5">
         <v>1.4800000000000001E-2</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="56"/>
+      <c r="A8" s="62"/>
       <c r="B8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2">
         <v>44476</v>
       </c>
       <c r="D8" s="2">
         <v>44476</v>
       </c>
       <c r="E8" s="3">
         <v>102.35</v>
       </c>
       <c r="F8" s="4">
         <v>1.33</v>
       </c>
       <c r="G8" s="2">
         <v>44484</v>
       </c>
       <c r="H8" s="5">
         <v>1.35E-2</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="56"/>
+      <c r="A9" s="62"/>
       <c r="B9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="2">
         <v>44508</v>
       </c>
       <c r="D9" s="2">
         <v>44508</v>
       </c>
       <c r="E9" s="3">
         <v>102.39</v>
       </c>
       <c r="F9" s="4">
         <v>1.4</v>
       </c>
       <c r="G9" s="2">
         <v>44516</v>
       </c>
       <c r="H9" s="5">
         <v>1.46E-2</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A10" s="56"/>
+      <c r="A10" s="62"/>
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="2">
         <v>44537</v>
       </c>
       <c r="D10" s="2">
         <v>44537</v>
       </c>
       <c r="E10" s="3">
         <v>90.75</v>
       </c>
       <c r="F10" s="4">
         <v>1.42</v>
       </c>
       <c r="G10" s="2">
         <v>44544</v>
       </c>
       <c r="H10" s="5">
         <v>1.47E-2</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A11" s="57"/>
+      <c r="A11" s="63"/>
       <c r="B11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="2">
         <v>44568</v>
       </c>
       <c r="D11" s="2">
         <v>44568</v>
       </c>
       <c r="E11" s="3">
         <v>103.8</v>
       </c>
       <c r="F11" s="4">
         <v>1.35</v>
       </c>
       <c r="G11" s="2">
         <v>44575</v>
       </c>
       <c r="H11" s="5">
         <v>1.3899999999999999E-2</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A12" s="58">
+      <c r="A12" s="64">
         <v>2022</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>44599</v>
       </c>
       <c r="D12" s="8">
         <v>44599</v>
       </c>
       <c r="E12" s="9">
         <v>102.41</v>
       </c>
       <c r="F12" s="10">
         <v>1.25</v>
       </c>
       <c r="G12" s="8">
         <v>44606</v>
       </c>
       <c r="H12" s="11">
         <v>1.29E-2</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="56"/>
+      <c r="A13" s="62"/>
       <c r="B13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="2">
         <v>44628</v>
       </c>
       <c r="D13" s="2">
         <v>44628</v>
       </c>
       <c r="E13" s="3">
         <v>101.58</v>
       </c>
       <c r="F13" s="4">
         <v>1.18</v>
       </c>
       <c r="G13" s="2">
         <v>44635</v>
       </c>
       <c r="H13" s="5">
         <v>1.2200000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A14" s="56"/>
+      <c r="A14" s="62"/>
       <c r="B14" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="2">
         <v>44658</v>
       </c>
       <c r="D14" s="2">
         <v>44658</v>
       </c>
       <c r="E14" s="3">
         <v>99.15</v>
       </c>
       <c r="F14" s="4">
         <v>1.31</v>
       </c>
       <c r="G14" s="2">
         <v>44665</v>
       </c>
       <c r="H14" s="5">
         <v>1.351352159040067E-2</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="56"/>
+      <c r="A15" s="62"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="2">
         <v>44687</v>
       </c>
       <c r="D15" s="2">
         <v>44687</v>
       </c>
       <c r="E15" s="3">
         <v>97.51</v>
       </c>
       <c r="F15" s="4">
         <v>1.4</v>
       </c>
       <c r="G15" s="2">
         <v>44694</v>
       </c>
       <c r="H15" s="5">
         <v>1.44E-2</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A16" s="56"/>
+      <c r="A16" s="62"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="2">
         <v>44719</v>
       </c>
       <c r="D16" s="2">
         <v>44719</v>
       </c>
       <c r="E16" s="3">
         <v>98.49</v>
       </c>
       <c r="F16" s="4">
         <v>1.6</v>
       </c>
       <c r="G16" s="2">
         <v>44726</v>
       </c>
       <c r="H16" s="5">
         <v>1.6799999999999999E-2</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="56"/>
+      <c r="A17" s="62"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="2">
         <v>44749</v>
       </c>
       <c r="D17" s="2">
         <v>44749</v>
       </c>
       <c r="E17" s="3">
         <v>97.98</v>
       </c>
       <c r="F17" s="4">
         <v>1.41</v>
       </c>
       <c r="G17" s="2">
         <v>44756</v>
       </c>
       <c r="H17" s="5">
         <v>1.4500000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A18" s="56"/>
+      <c r="A18" s="62"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="2">
         <v>44778</v>
       </c>
       <c r="D18" s="2">
         <v>44778</v>
       </c>
       <c r="E18" s="3">
         <v>98.54</v>
       </c>
       <c r="F18" s="4">
         <v>1.25</v>
       </c>
       <c r="G18" s="2">
         <v>44785</v>
       </c>
       <c r="H18" s="5">
         <v>1.2699999999999999E-2</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="56"/>
+      <c r="A19" s="62"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="2">
         <v>44812</v>
       </c>
       <c r="D19" s="2">
         <v>44812</v>
       </c>
       <c r="E19" s="3">
         <v>96.76</v>
       </c>
       <c r="F19" s="4">
         <v>1</v>
       </c>
       <c r="G19" s="2">
         <v>44819</v>
       </c>
       <c r="H19" s="5">
         <v>1.0334849111202976E-2</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="56"/>
+      <c r="A20" s="62"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2">
         <v>44841</v>
       </c>
       <c r="D20" s="2">
         <v>44841</v>
       </c>
       <c r="E20" s="3">
         <v>94.1</v>
       </c>
       <c r="F20" s="4">
         <v>0.55000000000000004</v>
       </c>
       <c r="G20" s="2">
         <v>44851</v>
       </c>
       <c r="H20" s="5">
         <v>5.8448459086078647E-3</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="56"/>
+      <c r="A21" s="62"/>
       <c r="B21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2">
         <v>44873</v>
       </c>
       <c r="D21" s="2">
         <v>44873</v>
       </c>
       <c r="E21" s="3">
         <v>90.3</v>
       </c>
       <c r="F21" s="4">
         <v>0.56000000000000005</v>
       </c>
       <c r="G21" s="2">
         <v>44881</v>
       </c>
       <c r="H21" s="5">
         <v>6.2015503875969E-3</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="56"/>
+      <c r="A22" s="62"/>
       <c r="B22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="2">
         <v>44902</v>
       </c>
       <c r="D22" s="2">
         <v>44902</v>
       </c>
       <c r="E22" s="3">
         <v>84.48</v>
       </c>
       <c r="F22" s="4">
         <v>0.9</v>
       </c>
       <c r="G22" s="2">
         <v>44909</v>
       </c>
       <c r="H22" s="5">
         <v>1.0699999999999999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="57"/>
+      <c r="A23" s="63"/>
       <c r="B23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C23" s="12">
         <v>44932</v>
       </c>
       <c r="D23" s="12">
         <v>44932</v>
       </c>
       <c r="E23" s="13">
         <v>87.25</v>
       </c>
       <c r="F23" s="14">
         <v>1.05</v>
       </c>
       <c r="G23" s="12">
         <v>44939</v>
       </c>
       <c r="H23" s="15">
         <v>1.2034383954154728E-2</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="58">
+      <c r="A24" s="64">
         <v>2023</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="8">
         <v>44964</v>
       </c>
       <c r="D24" s="8">
         <v>44964</v>
       </c>
       <c r="E24" s="9">
         <v>88.04</v>
       </c>
       <c r="F24" s="10">
         <v>1.1000000000000001</v>
       </c>
       <c r="G24" s="8">
         <v>44971</v>
       </c>
       <c r="H24" s="11">
         <v>1.2494320763289414E-2</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="56"/>
+      <c r="A25" s="62"/>
       <c r="B25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="2">
         <v>44992</v>
       </c>
       <c r="D25" s="2">
         <v>44992</v>
       </c>
       <c r="E25" s="3">
         <v>85.4</v>
       </c>
       <c r="F25" s="4">
         <v>0.9</v>
       </c>
       <c r="G25" s="2">
         <v>44999</v>
       </c>
       <c r="H25" s="5">
         <v>1.0538641686182669E-2</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="56"/>
+      <c r="A26" s="62"/>
       <c r="B26" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="2">
         <v>45026</v>
       </c>
       <c r="D26" s="2">
         <v>45026</v>
       </c>
       <c r="E26" s="3">
         <v>55.9</v>
       </c>
       <c r="F26" s="4">
         <v>0.7</v>
       </c>
       <c r="G26" s="2">
         <v>45033</v>
       </c>
       <c r="H26" s="5">
         <v>1.2522361359570661E-2</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="56"/>
+      <c r="A27" s="62"/>
       <c r="B27" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="2">
         <v>45054</v>
       </c>
       <c r="D27" s="2">
         <v>45054</v>
       </c>
       <c r="E27" s="3">
         <v>47.7</v>
       </c>
       <c r="F27" s="4">
         <v>0.85</v>
       </c>
       <c r="G27" s="2">
         <v>45061</v>
       </c>
       <c r="H27" s="5">
         <v>1.7819707767718213E-2</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="56"/>
+      <c r="A28" s="62"/>
       <c r="B28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="2">
         <v>45084</v>
       </c>
       <c r="D28" s="2">
         <v>45084</v>
       </c>
       <c r="E28" s="3">
         <v>65.2</v>
       </c>
       <c r="F28" s="4">
         <v>0.65</v>
       </c>
       <c r="G28" s="2">
         <v>45092</v>
       </c>
       <c r="H28" s="5">
         <v>9.9693251533742328E-3</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="56"/>
+      <c r="A29" s="62"/>
       <c r="B29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="2">
         <v>45114</v>
       </c>
       <c r="D29" s="2">
         <v>45114</v>
       </c>
       <c r="E29" s="3">
         <v>60.68</v>
       </c>
       <c r="F29" s="4">
         <v>0.6</v>
       </c>
       <c r="G29" s="2">
         <v>45121</v>
       </c>
       <c r="H29" s="5">
         <v>9.9000000000000008E-3</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="56"/>
+      <c r="A30" s="62"/>
       <c r="B30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C30" s="2">
         <v>45145</v>
       </c>
       <c r="D30" s="2">
         <v>45145</v>
       </c>
       <c r="E30" s="3">
         <v>54.49</v>
       </c>
       <c r="F30" s="4">
         <v>0.5</v>
       </c>
       <c r="G30" s="2">
         <v>45152</v>
       </c>
       <c r="H30" s="5">
         <v>9.1759955955221153E-3</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="56"/>
+      <c r="A31" s="62"/>
       <c r="B31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="2">
         <v>45177</v>
       </c>
       <c r="D31" s="2">
         <v>45177</v>
       </c>
       <c r="E31" s="3">
         <v>46.61</v>
       </c>
       <c r="F31" s="4">
         <v>0.47</v>
       </c>
       <c r="G31" s="2">
         <v>45184</v>
       </c>
       <c r="H31" s="5">
         <v>1.0083673031538292E-2</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A32" s="56"/>
+      <c r="A32" s="62"/>
       <c r="B32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2">
         <v>45205</v>
       </c>
       <c r="D32" s="2">
         <v>45205</v>
       </c>
       <c r="E32" s="3">
         <v>40.020000000000003</v>
       </c>
       <c r="F32" s="4">
         <v>0.49</v>
       </c>
       <c r="G32" s="2">
         <v>45215</v>
       </c>
       <c r="H32" s="5">
         <v>1.2243878060969523E-2</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A33" s="56"/>
+      <c r="A33" s="62"/>
       <c r="B33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="2">
         <v>45238</v>
       </c>
       <c r="D33" s="2">
         <v>45238</v>
       </c>
       <c r="E33" s="3">
         <v>41.8</v>
       </c>
       <c r="F33" s="4">
         <v>0.52</v>
       </c>
       <c r="G33" s="2">
         <v>45246</v>
       </c>
       <c r="H33" s="5">
         <v>1.244019138755981E-2</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="56"/>
+      <c r="A34" s="62"/>
       <c r="B34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C34" s="2">
         <v>45267</v>
       </c>
       <c r="D34" s="2">
         <v>45267</v>
       </c>
       <c r="E34" s="3">
         <v>43.06</v>
       </c>
       <c r="F34" s="4">
         <v>0.47</v>
       </c>
       <c r="G34" s="2">
         <v>45274</v>
       </c>
       <c r="H34" s="5">
         <v>1.0915002322340918E-2</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A35" s="57"/>
+      <c r="A35" s="63"/>
       <c r="B35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="12">
         <v>45299</v>
       </c>
       <c r="D35" s="12">
         <v>45299</v>
       </c>
       <c r="E35" s="13">
         <v>43.2</v>
       </c>
       <c r="F35" s="14">
         <v>0.42</v>
       </c>
       <c r="G35" s="12">
         <v>45306</v>
       </c>
       <c r="H35" s="15">
         <v>9.7222222222222206E-3</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A36" s="56">
+      <c r="A36" s="62">
         <v>2024</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C36" s="2">
         <v>45329</v>
       </c>
       <c r="D36" s="2">
         <v>45329</v>
       </c>
       <c r="E36" s="3">
         <v>40.299999999999997</v>
       </c>
       <c r="F36" s="4">
         <v>0.62</v>
       </c>
       <c r="G36" s="2">
         <v>45338</v>
       </c>
       <c r="H36" s="5">
         <v>1.5384615384615385E-2</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="56"/>
+      <c r="A37" s="62"/>
       <c r="B37" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C37" s="2">
         <v>45358</v>
       </c>
       <c r="D37" s="2">
         <v>45358</v>
       </c>
       <c r="E37" s="3">
         <v>40.049999999999997</v>
       </c>
       <c r="F37" s="4">
         <v>0.6</v>
       </c>
       <c r="G37" s="2">
         <v>45365</v>
       </c>
       <c r="H37" s="5">
         <v>1.4981273408239701E-2</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="56"/>
+      <c r="A38" s="62"/>
       <c r="B38" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="2">
         <v>45387</v>
       </c>
       <c r="D38" s="2">
         <v>45387</v>
       </c>
       <c r="E38" s="3">
         <v>42.6</v>
       </c>
       <c r="F38" s="4">
         <v>0.68</v>
       </c>
       <c r="G38" s="2">
         <v>45394</v>
       </c>
       <c r="H38" s="5">
         <v>1.6E-2</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="56"/>
+      <c r="A39" s="62"/>
       <c r="B39" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="2">
         <v>45420</v>
       </c>
       <c r="D39" s="2">
         <v>45420</v>
       </c>
       <c r="E39" s="3">
         <v>48.1</v>
       </c>
       <c r="F39" s="4">
         <v>0.65</v>
       </c>
       <c r="G39" s="2">
         <v>45427</v>
       </c>
       <c r="H39" s="5">
         <v>1.35E-2</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="56"/>
+      <c r="A40" s="62"/>
       <c r="B40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="2">
         <v>45450</v>
       </c>
       <c r="D40" s="2">
         <v>45450</v>
       </c>
       <c r="E40" s="3">
         <v>47.48</v>
       </c>
       <c r="F40" s="4">
         <v>0.48</v>
       </c>
       <c r="G40" s="2">
         <v>45457</v>
       </c>
       <c r="H40" s="5">
         <v>1.01E-2</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="56"/>
+      <c r="A41" s="62"/>
       <c r="B41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="2">
         <v>45478</v>
       </c>
       <c r="D41" s="2">
         <v>45478</v>
       </c>
       <c r="E41" s="3">
         <v>39.520000000000003</v>
       </c>
       <c r="F41" s="4">
         <v>0.43</v>
       </c>
       <c r="G41" s="2">
         <v>45485</v>
       </c>
       <c r="H41" s="5">
         <v>1.09E-2</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A42" s="56"/>
+      <c r="A42" s="62"/>
       <c r="B42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="2">
         <v>45511</v>
       </c>
       <c r="D42" s="2">
         <v>45511</v>
       </c>
       <c r="E42" s="3">
         <v>38.57</v>
       </c>
       <c r="F42" s="4">
         <v>0.46</v>
       </c>
       <c r="G42" s="2">
         <v>45518</v>
       </c>
       <c r="H42" s="5">
         <v>1.1900000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A43" s="56"/>
+      <c r="A43" s="62"/>
       <c r="B43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="2">
         <v>45541</v>
       </c>
       <c r="D43" s="2">
         <v>45541</v>
       </c>
       <c r="E43" s="3">
         <v>39.85</v>
       </c>
       <c r="F43" s="4">
         <v>0.45</v>
       </c>
       <c r="G43" s="2">
         <v>45548</v>
       </c>
       <c r="H43" s="5">
         <v>1.1299999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="56"/>
+      <c r="A44" s="62"/>
       <c r="B44" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2">
         <v>45572</v>
       </c>
       <c r="D44" s="2">
         <v>45572</v>
       </c>
       <c r="E44" s="3">
         <v>36.9</v>
       </c>
       <c r="F44" s="4">
         <v>0.45</v>
       </c>
       <c r="G44" s="2">
         <v>45579</v>
       </c>
       <c r="H44" s="5">
         <v>1.2200000000000001E-2</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A45" s="56"/>
+      <c r="A45" s="62"/>
       <c r="B45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="2">
         <v>45603</v>
       </c>
       <c r="D45" s="2">
         <v>45603</v>
       </c>
       <c r="E45" s="3">
         <v>33</v>
       </c>
       <c r="F45" s="4">
         <v>0.45</v>
       </c>
       <c r="G45" s="2">
         <v>45610</v>
       </c>
       <c r="H45" s="5">
         <v>1.3599999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="56"/>
+      <c r="A46" s="62"/>
       <c r="B46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C46" s="2">
         <v>45632</v>
       </c>
       <c r="D46" s="2">
         <v>45632</v>
       </c>
       <c r="E46" s="3">
         <v>30.66</v>
       </c>
       <c r="F46" s="4">
         <v>0.43</v>
       </c>
       <c r="G46" s="2">
         <v>45639</v>
       </c>
       <c r="H46" s="5">
         <v>1.4E-2</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A47" s="57"/>
+      <c r="A47" s="63"/>
       <c r="B47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C47" s="12">
         <v>45665</v>
       </c>
       <c r="D47" s="12">
         <v>45665</v>
       </c>
       <c r="E47" s="13">
         <v>29.24</v>
       </c>
       <c r="F47" s="14">
         <v>0.44</v>
       </c>
       <c r="G47" s="12">
         <v>45672</v>
       </c>
       <c r="H47" s="15">
         <v>1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A48" s="56">
+      <c r="A48" s="64">
         <v>2025</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C48" s="2">
         <v>45695</v>
       </c>
       <c r="D48" s="2">
         <v>45695</v>
       </c>
       <c r="E48" s="3">
         <v>28.49</v>
       </c>
       <c r="F48" s="4">
         <v>0.41</v>
       </c>
       <c r="G48" s="2">
         <v>45702</v>
       </c>
       <c r="H48" s="5">
         <v>1.44E-2</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A49" s="56"/>
+      <c r="A49" s="62"/>
       <c r="B49" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="2">
         <v>45727</v>
       </c>
       <c r="D49" s="2">
         <v>45727</v>
       </c>
       <c r="E49" s="3">
         <v>28.22</v>
       </c>
       <c r="F49" s="4">
         <v>0.43</v>
       </c>
       <c r="G49" s="2">
         <v>45734</v>
       </c>
       <c r="H49" s="5">
         <v>1.52E-2</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A50" s="56"/>
+      <c r="A50" s="62"/>
       <c r="B50" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="2">
         <v>45754</v>
       </c>
       <c r="D50" s="2">
         <v>45754</v>
       </c>
       <c r="E50" s="3">
         <v>30</v>
       </c>
       <c r="F50" s="4">
         <v>0.41</v>
       </c>
       <c r="G50" s="2">
         <v>45761</v>
       </c>
       <c r="H50" s="5">
         <v>1.37E-2</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A51" s="56"/>
+      <c r="A51" s="62"/>
       <c r="B51" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="2">
         <v>45785</v>
       </c>
       <c r="D51" s="2">
         <v>45785</v>
       </c>
       <c r="E51" s="3">
         <v>29.63</v>
       </c>
       <c r="F51" s="4">
         <v>0.46</v>
       </c>
       <c r="G51" s="2">
         <v>45792</v>
       </c>
       <c r="H51" s="5">
         <v>1.55E-2</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="62"/>
       <c r="B52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="2">
         <v>45814</v>
       </c>
       <c r="D52" s="2">
         <v>45814</v>
       </c>
       <c r="E52" s="3">
         <v>32.42</v>
       </c>
       <c r="F52" s="4">
         <v>0.45</v>
       </c>
       <c r="G52" s="2">
         <v>45821</v>
       </c>
       <c r="H52" s="5">
         <v>1.3899999999999999E-2</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="62"/>
       <c r="B53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="2">
         <v>45845</v>
       </c>
       <c r="D53" s="2">
         <v>45845</v>
       </c>
       <c r="E53" s="3">
         <v>33.43</v>
       </c>
       <c r="F53" s="4">
         <v>0.46</v>
       </c>
       <c r="G53" s="2">
         <v>45852</v>
       </c>
       <c r="H53" s="5">
         <v>1.38E-2</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="62"/>
       <c r="B54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C54" s="2">
         <v>45876</v>
       </c>
       <c r="D54" s="2">
         <v>45876</v>
       </c>
       <c r="E54" s="3">
         <v>32.75</v>
       </c>
       <c r="F54" s="4">
         <v>0.34</v>
       </c>
       <c r="G54" s="2">
         <v>45883</v>
       </c>
       <c r="H54" s="5">
         <v>1.04E-2</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" s="62"/>
       <c r="B55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="2">
         <v>45905</v>
       </c>
       <c r="D55" s="2">
         <v>45905</v>
       </c>
       <c r="E55" s="3">
         <v>27.94</v>
       </c>
       <c r="F55" s="4">
         <v>0.32</v>
       </c>
       <c r="G55" s="2">
         <v>45912</v>
       </c>
       <c r="H55" s="5">
         <v>1.15E-2</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" s="62"/>
       <c r="B56" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2">
         <v>45937</v>
       </c>
       <c r="D56" s="2">
         <v>45937</v>
       </c>
       <c r="E56" s="3">
         <v>26.3</v>
       </c>
       <c r="F56" s="4">
         <v>0.35</v>
       </c>
       <c r="G56" s="2">
         <v>45944</v>
       </c>
       <c r="H56" s="5">
         <v>1.3299999999999999E-2</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" s="62"/>
       <c r="B57" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2">
         <v>45968</v>
       </c>
       <c r="D57" s="2">
         <v>45968</v>
       </c>
       <c r="E57" s="3">
         <v>24.9</v>
       </c>
       <c r="F57" s="4">
         <v>0.33</v>
       </c>
       <c r="G57" s="2">
         <v>45975</v>
       </c>
       <c r="H57" s="5">
         <v>1.3299999999999999E-2</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" s="62"/>
       <c r="B58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C58" s="2">
         <v>45996</v>
       </c>
       <c r="D58" s="2">
         <v>45996</v>
       </c>
       <c r="E58" s="3">
         <v>23.61</v>
       </c>
       <c r="F58" s="4">
         <v>0.44</v>
       </c>
       <c r="G58" s="2">
         <v>46003</v>
       </c>
       <c r="H58" s="5">
         <v>1.8599999999999998E-2</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B59" s="1"/>
-[...5 lines deleted...]
-      <c r="H59" s="32"/>
+      <c r="A59" s="63"/>
+      <c r="B59" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C59" s="12">
+        <v>46030</v>
+      </c>
+      <c r="D59" s="12">
+        <v>46030</v>
+      </c>
+      <c r="E59" s="13">
+        <v>25.99</v>
+      </c>
+      <c r="F59" s="14">
+        <v>0.4</v>
+      </c>
+      <c r="G59" s="12">
+        <v>46037</v>
+      </c>
+      <c r="H59" s="15">
+        <v>1.54E-2</v>
+      </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A60" s="27" t="s">
+      <c r="A60" s="64">
+        <v>2026</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="2">
+        <v>46059</v>
+      </c>
+      <c r="D60" s="2">
+        <v>46059</v>
+      </c>
+      <c r="E60" s="3">
+        <v>27.4</v>
+      </c>
+      <c r="F60" s="4">
+        <v>0.3</v>
+      </c>
+      <c r="G60" s="2">
+        <v>46066</v>
+      </c>
+      <c r="H60" s="5">
+        <v>1.09E-2</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="62"/>
+      <c r="B61" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C61" s="2">
+        <v>46087</v>
+      </c>
+      <c r="D61" s="2">
+        <v>46087</v>
+      </c>
+      <c r="E61" s="3">
+        <v>25.25</v>
+      </c>
+      <c r="F61" s="4">
+        <v>0.3</v>
+      </c>
+      <c r="G61" s="2">
+        <v>46094</v>
+      </c>
+      <c r="H61" s="5">
+        <v>1.1900000000000001E-2</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B62" s="1"/>
+      <c r="C62" s="36"/>
+      <c r="D62" s="36"/>
+      <c r="E62" s="54"/>
+      <c r="F62" s="55"/>
+      <c r="G62" s="53"/>
+      <c r="H62" s="32"/>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A63" s="27" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="61" spans="1:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="64" spans="1:8" ht="11.4" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="6">
+    <mergeCell ref="A60:A61"/>
     <mergeCell ref="A3:A11"/>
     <mergeCell ref="A12:A23"/>
     <mergeCell ref="A24:A35"/>
     <mergeCell ref="A36:A47"/>
-    <mergeCell ref="A48:A51"/>
+    <mergeCell ref="A48:A59"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{999D4E09-3C63-400F-B41D-F59D33372C1C}">
   <sheetPr>
     <tabColor theme="3" tint="0.249977111117893"/>
   </sheetPr>
-  <dimension ref="A1:H58"/>
+  <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A27" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D57" sqref="D57"/>
+      <selection pane="bottomLeft" activeCell="A58" sqref="A58:A59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" style="22" customWidth="1"/>
     <col min="3" max="4" width="10.5546875" style="22" customWidth="1"/>
     <col min="5" max="6" width="10.5546875" style="40" customWidth="1"/>
     <col min="7" max="7" width="12.109375" style="22" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="22" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="21" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="21" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" s="26" customFormat="1" ht="1.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="23"/>
       <c r="B2" s="23"/>
       <c r="C2" s="23"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="25"/>
       <c r="G2" s="24"/>
       <c r="H2" s="25"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="56">
+      <c r="A3" s="62">
         <v>2021</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="36">
         <v>44384</v>
       </c>
       <c r="D3" s="36">
         <v>44384</v>
       </c>
       <c r="E3" s="44">
         <v>10</v>
       </c>
       <c r="F3" s="45">
         <v>0.06</v>
       </c>
       <c r="G3" s="36">
         <v>44391</v>
       </c>
       <c r="H3" s="35">
         <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="56"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="36">
         <v>44414</v>
       </c>
       <c r="D4" s="36">
         <v>44414</v>
       </c>
       <c r="E4" s="44">
         <v>10</v>
       </c>
       <c r="F4" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G4" s="36">
         <v>44421</v>
       </c>
       <c r="H4" s="35">
         <v>6.9999999999999993E-3</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="56"/>
+      <c r="A5" s="62"/>
       <c r="B5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="36">
         <v>44447</v>
       </c>
       <c r="D5" s="36">
         <v>44447</v>
       </c>
       <c r="E5" s="44">
         <v>9.6479999999999997</v>
       </c>
       <c r="F5" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G5" s="36">
         <v>44454</v>
       </c>
       <c r="H5" s="35">
         <v>7.2553897180762843E-3</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="56"/>
+      <c r="A6" s="62"/>
       <c r="B6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="36">
         <v>44476</v>
       </c>
       <c r="D6" s="36">
         <v>44476</v>
       </c>
       <c r="E6" s="44">
         <v>9.49</v>
       </c>
       <c r="F6" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G6" s="36">
         <v>44484</v>
       </c>
       <c r="H6" s="35">
         <v>7.3761854583772385E-3</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="56"/>
+      <c r="A7" s="62"/>
       <c r="B7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="36">
         <v>44508</v>
       </c>
       <c r="D7" s="36">
         <v>44508</v>
       </c>
       <c r="E7" s="44">
         <v>9.6650000000000009</v>
       </c>
       <c r="F7" s="45">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="G7" s="36">
         <v>44516</v>
       </c>
       <c r="H7" s="35">
         <v>7.7599586135540599E-3</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="56"/>
+      <c r="A8" s="62"/>
       <c r="B8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="36">
         <v>44537</v>
       </c>
       <c r="D8" s="36">
         <v>44537</v>
       </c>
       <c r="E8" s="44">
         <v>8.99</v>
       </c>
       <c r="F8" s="45">
         <v>0.08</v>
       </c>
       <c r="G8" s="36">
         <v>44544</v>
       </c>
       <c r="H8" s="35">
         <v>8.8987764182424916E-3</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="57"/>
+      <c r="A9" s="63"/>
       <c r="B9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="37">
         <v>44568</v>
       </c>
       <c r="D9" s="37">
         <v>44568</v>
       </c>
       <c r="E9" s="46">
         <v>9.6790000000000003</v>
       </c>
       <c r="F9" s="47">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G9" s="37">
         <v>44575</v>
       </c>
       <c r="H9" s="33">
         <v>7.2321520818266344E-3</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A10" s="56">
+      <c r="A10" s="62">
         <v>2022</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="36">
         <v>44599</v>
       </c>
       <c r="D10" s="36">
         <v>44599</v>
       </c>
       <c r="E10" s="44">
         <v>9.2010000000000005</v>
       </c>
       <c r="F10" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G10" s="36">
         <v>44606</v>
       </c>
       <c r="H10" s="35">
         <v>7.6078687099228335E-3</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A11" s="56"/>
+      <c r="A11" s="62"/>
       <c r="B11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="36">
         <v>44628</v>
       </c>
       <c r="D11" s="36">
         <v>44628</v>
       </c>
       <c r="E11" s="44">
         <v>8.3180000000000014</v>
       </c>
       <c r="F11" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G11" s="36">
         <v>44635</v>
       </c>
       <c r="H11" s="35">
         <v>8.415484491464292E-3</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A12" s="56"/>
+      <c r="A12" s="62"/>
       <c r="B12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="36">
         <v>44658</v>
       </c>
       <c r="D12" s="36">
         <v>44658</v>
       </c>
       <c r="E12" s="44">
         <v>7.8250000000000002</v>
       </c>
       <c r="F12" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G12" s="36">
         <v>44665</v>
       </c>
       <c r="H12" s="35">
         <v>8.9456869009584654E-3</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="56"/>
+      <c r="A13" s="62"/>
       <c r="B13" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="36">
         <v>44687</v>
       </c>
       <c r="D13" s="36">
         <v>44687</v>
       </c>
       <c r="E13" s="44">
         <v>7.2</v>
       </c>
       <c r="F13" s="45">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="G13" s="36">
         <v>44694</v>
       </c>
       <c r="H13" s="35">
         <v>1.0416666666666666E-2</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A14" s="56"/>
+      <c r="A14" s="62"/>
       <c r="B14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="36">
         <v>44719</v>
       </c>
       <c r="D14" s="36">
         <v>44719</v>
       </c>
       <c r="E14" s="44">
         <v>7.0969999999999995</v>
       </c>
       <c r="F14" s="45">
         <v>0.08</v>
       </c>
       <c r="G14" s="36">
         <v>44726</v>
       </c>
       <c r="H14" s="35">
         <v>1.1272368606453432E-2</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="56"/>
+      <c r="A15" s="62"/>
       <c r="B15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="36">
         <v>44749</v>
       </c>
       <c r="D15" s="36">
         <v>44749</v>
       </c>
       <c r="E15" s="44">
         <v>7.1980000000000004</v>
       </c>
       <c r="F15" s="45">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="G15" s="36">
         <v>44756</v>
       </c>
       <c r="H15" s="35">
         <v>1.0697415948874687E-2</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A16" s="56"/>
+      <c r="A16" s="62"/>
       <c r="B16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="36">
         <v>44778</v>
       </c>
       <c r="D16" s="36">
         <v>44778</v>
       </c>
       <c r="E16" s="44">
         <v>7.19</v>
       </c>
       <c r="F16" s="45">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="G16" s="36">
         <v>44785</v>
       </c>
       <c r="H16" s="35">
         <v>1.0431154381084839E-2</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="56"/>
+      <c r="A17" s="62"/>
       <c r="B17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="38">
         <v>44812</v>
       </c>
       <c r="D17" s="38">
         <v>44812</v>
       </c>
       <c r="E17" s="44">
         <v>7.8409999999999993</v>
       </c>
       <c r="F17" s="45">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="G17" s="38">
         <v>44819</v>
       </c>
       <c r="H17" s="35">
         <v>9.5651064915189387E-3</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A18" s="56"/>
+      <c r="A18" s="62"/>
       <c r="B18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="36">
         <v>44841</v>
       </c>
       <c r="D18" s="36">
         <v>44841</v>
       </c>
       <c r="E18" s="44">
         <v>7.6290000000000004</v>
       </c>
       <c r="F18" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G18" s="36">
         <v>44851</v>
       </c>
       <c r="H18" s="35">
         <v>9.1755144842050052E-3</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="56"/>
+      <c r="A19" s="62"/>
       <c r="B19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="36">
         <v>44873</v>
       </c>
       <c r="D19" s="36">
         <v>44873</v>
       </c>
       <c r="E19" s="44">
         <v>7.508</v>
       </c>
       <c r="F19" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G19" s="36">
         <v>44881</v>
       </c>
       <c r="H19" s="35">
         <v>9.3233883857218956E-3</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="56"/>
+      <c r="A20" s="62"/>
       <c r="B20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="36">
         <v>44902</v>
       </c>
       <c r="D20" s="36">
         <v>44902</v>
       </c>
       <c r="E20" s="44">
         <v>7.2780000000000005</v>
       </c>
       <c r="F20" s="45">
         <v>8.4999999999999992E-2</v>
       </c>
       <c r="G20" s="36">
         <v>44909</v>
       </c>
       <c r="H20" s="35">
         <v>1.1679032701291562E-2</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="57"/>
+      <c r="A21" s="63"/>
       <c r="B21" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="37">
         <v>44932</v>
       </c>
       <c r="D21" s="37">
         <v>44932</v>
       </c>
       <c r="E21" s="46">
         <v>7.3</v>
       </c>
       <c r="F21" s="47">
         <v>0.08</v>
       </c>
       <c r="G21" s="37">
         <v>44939</v>
       </c>
       <c r="H21" s="33">
         <v>1.0958904109589041E-2</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="56">
+      <c r="A22" s="62">
         <v>2023</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="36">
         <v>44964</v>
       </c>
       <c r="D22" s="36">
         <v>44964</v>
       </c>
       <c r="E22" s="44">
         <v>7.2180000000000009</v>
       </c>
       <c r="F22" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G22" s="36">
         <v>44971</v>
       </c>
       <c r="H22" s="35">
         <v>9.6979772790246593E-3</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="56"/>
+      <c r="A23" s="62"/>
       <c r="B23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="36">
         <v>44992</v>
       </c>
       <c r="D23" s="36">
         <v>44992</v>
       </c>
       <c r="E23" s="44">
         <v>7.0150000000000006</v>
       </c>
       <c r="F23" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G23" s="36">
         <v>44999</v>
       </c>
       <c r="H23" s="35">
         <v>9.9786172487526716E-3</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="56"/>
+      <c r="A24" s="62"/>
       <c r="B24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="36">
         <v>45026</v>
       </c>
       <c r="D24" s="36">
         <v>45026</v>
       </c>
       <c r="E24" s="44">
         <v>6.2750000000000004</v>
       </c>
       <c r="F24" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G24" s="36">
         <v>45033</v>
       </c>
       <c r="H24" s="35">
         <v>1.1155378486055774E-2</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="56"/>
+      <c r="A25" s="62"/>
       <c r="B25" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="36">
         <v>45054</v>
       </c>
       <c r="D25" s="36">
         <v>45054</v>
       </c>
       <c r="E25" s="44">
         <v>6.3</v>
       </c>
       <c r="F25" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G25" s="36">
         <v>45061</v>
       </c>
       <c r="H25" s="35">
         <v>1.111111111111111E-2</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="56"/>
+      <c r="A26" s="62"/>
       <c r="B26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="36">
         <v>45084</v>
       </c>
       <c r="D26" s="36">
         <v>45084</v>
       </c>
       <c r="E26" s="44">
         <v>7.4590000000000005</v>
       </c>
       <c r="F26" s="45">
         <v>0.08</v>
       </c>
       <c r="G26" s="36">
         <v>45092</v>
       </c>
       <c r="H26" s="35">
         <v>1.0725298297358896E-2</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="56"/>
+      <c r="A27" s="62"/>
       <c r="B27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="36">
         <v>45114</v>
       </c>
       <c r="D27" s="36">
         <v>45114</v>
       </c>
       <c r="E27" s="44">
         <v>8.1</v>
       </c>
       <c r="F27" s="45">
         <v>6.9999999999999993E-2</v>
       </c>
       <c r="G27" s="36">
         <v>45121</v>
       </c>
       <c r="H27" s="35">
         <v>8.6419753086419745E-3</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="56"/>
+      <c r="A28" s="62"/>
       <c r="B28" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="36">
         <v>45145</v>
       </c>
       <c r="D28" s="36">
         <v>45145</v>
       </c>
       <c r="E28" s="44">
         <v>8.5410000000000004</v>
       </c>
       <c r="F28" s="45">
         <v>0.08</v>
       </c>
       <c r="G28" s="36">
         <v>45152</v>
       </c>
       <c r="H28" s="35">
         <v>9.3665847090504614E-3</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="56"/>
+      <c r="A29" s="62"/>
       <c r="B29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="36">
         <v>45177</v>
       </c>
       <c r="D29" s="36">
         <v>45177</v>
       </c>
       <c r="E29" s="44">
         <v>8.5190000000000001</v>
       </c>
       <c r="F29" s="45">
         <v>0.08</v>
       </c>
       <c r="G29" s="36">
         <v>45184</v>
       </c>
       <c r="H29" s="35">
         <v>9.3907735649724142E-3</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="56"/>
+      <c r="A30" s="62"/>
       <c r="B30" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="36">
         <v>45205</v>
       </c>
       <c r="D30" s="36">
         <v>45205</v>
       </c>
       <c r="E30" s="44">
         <v>8.4489999999999998</v>
       </c>
       <c r="F30" s="45">
         <v>0.08</v>
       </c>
       <c r="G30" s="36">
         <v>45215</v>
       </c>
       <c r="H30" s="35">
         <v>9.46857616285951E-3</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="56"/>
+      <c r="A31" s="62"/>
       <c r="B31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="36">
         <v>45238</v>
       </c>
       <c r="D31" s="36">
         <v>45238</v>
       </c>
       <c r="E31" s="44">
         <v>8.1999999999999993</v>
       </c>
       <c r="F31" s="45">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="G31" s="36">
         <v>45246</v>
       </c>
       <c r="H31" s="35">
         <v>9.2682926829268306E-3</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A32" s="56"/>
+      <c r="A32" s="62"/>
       <c r="B32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="36">
         <v>45267</v>
       </c>
       <c r="D32" s="36">
         <v>45267</v>
       </c>
       <c r="E32" s="44">
         <v>8.1999999999999993</v>
       </c>
       <c r="F32" s="45">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="G32" s="36">
         <v>45274</v>
       </c>
       <c r="H32" s="35">
         <v>9.1463414634146353E-3</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A33" s="57"/>
+      <c r="A33" s="63"/>
       <c r="B33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="37">
         <v>45299</v>
       </c>
       <c r="D33" s="37">
         <v>45299</v>
       </c>
       <c r="E33" s="46">
         <v>8.2799999999999994</v>
       </c>
       <c r="F33" s="47">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="G33" s="37">
         <v>45306</v>
       </c>
       <c r="H33" s="33">
         <v>9.057971014492754E-3</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="56">
+      <c r="A34" s="62">
         <v>2024</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="36">
         <v>45329</v>
       </c>
       <c r="D34" s="36">
         <v>45329</v>
       </c>
       <c r="E34" s="44">
         <v>8.3800000000000008</v>
       </c>
       <c r="F34" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G34" s="36">
         <v>45337</v>
       </c>
       <c r="H34" s="35">
         <v>8.3532219570405727E-3</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A35" s="56"/>
+      <c r="A35" s="62"/>
       <c r="B35" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="36">
         <v>45358</v>
       </c>
       <c r="D35" s="36">
         <v>45358</v>
       </c>
       <c r="E35" s="44">
         <v>8.27</v>
       </c>
       <c r="F35" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G35" s="36">
         <v>45365</v>
       </c>
       <c r="H35" s="35">
         <v>8.464328899637245E-3</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A36" s="56"/>
+      <c r="A36" s="62"/>
       <c r="B36" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="36">
         <v>45387</v>
       </c>
       <c r="D36" s="36">
         <v>45387</v>
       </c>
       <c r="E36" s="44">
         <v>7.98</v>
       </c>
       <c r="F36" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G36" s="36">
         <v>45394</v>
       </c>
       <c r="H36" s="35">
         <v>8.771929824561403E-3</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="56"/>
+      <c r="A37" s="62"/>
       <c r="B37" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="36">
         <v>45420</v>
       </c>
       <c r="D37" s="36">
         <v>45420</v>
       </c>
       <c r="E37" s="44">
         <v>7.79</v>
       </c>
       <c r="F37" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G37" s="36">
         <v>45427</v>
       </c>
       <c r="H37" s="35">
         <v>8.9858793324775355E-3</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="56"/>
+      <c r="A38" s="62"/>
       <c r="B38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="36">
         <v>45450</v>
       </c>
       <c r="D38" s="36">
         <v>45450</v>
       </c>
       <c r="E38" s="44">
         <v>7.58</v>
       </c>
       <c r="F38" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G38" s="36">
         <v>45457</v>
       </c>
       <c r="H38" s="35">
         <v>9.2348284960422165E-3</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="56"/>
+      <c r="A39" s="62"/>
       <c r="B39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="36">
         <v>45478</v>
       </c>
       <c r="D39" s="36">
         <v>45478</v>
       </c>
       <c r="E39" s="44">
         <v>7.51</v>
       </c>
       <c r="F39" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G39" s="36">
         <v>45485</v>
       </c>
       <c r="H39" s="35">
         <v>9.3209054593874838E-3</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="56"/>
+      <c r="A40" s="62"/>
       <c r="B40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C40" s="36">
         <v>45511</v>
       </c>
       <c r="D40" s="36">
         <v>45511</v>
       </c>
       <c r="E40" s="44">
         <v>7.45</v>
       </c>
       <c r="F40" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G40" s="36">
         <v>45511</v>
       </c>
       <c r="H40" s="35">
         <v>9.3959731543624171E-3</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="56"/>
+      <c r="A41" s="62"/>
       <c r="B41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="36">
         <v>45541</v>
       </c>
       <c r="D41" s="36">
         <v>45541</v>
       </c>
       <c r="E41" s="44">
         <v>7.79</v>
       </c>
       <c r="F41" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G41" s="36">
         <v>45548</v>
       </c>
       <c r="H41" s="35">
         <v>8.9858793324775355E-3</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A42" s="56"/>
+      <c r="A42" s="62"/>
       <c r="B42" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="36">
         <v>45572</v>
       </c>
       <c r="D42" s="36">
         <v>45572</v>
       </c>
       <c r="E42" s="44">
         <v>7.4</v>
       </c>
       <c r="F42" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G42" s="36">
         <v>45579</v>
       </c>
       <c r="H42" s="35">
         <v>9.45945945945946E-3</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A43" s="56"/>
+      <c r="A43" s="62"/>
       <c r="B43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="36">
         <v>45603</v>
       </c>
       <c r="D43" s="36">
         <v>45603</v>
       </c>
       <c r="E43" s="44">
         <v>6.99</v>
       </c>
       <c r="F43" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G43" s="36">
         <v>45610</v>
       </c>
       <c r="H43" s="35">
         <v>1.0014306151645207E-2</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="56"/>
+      <c r="A44" s="62"/>
       <c r="B44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C44" s="36">
         <v>45632</v>
       </c>
       <c r="D44" s="36">
         <v>45632</v>
       </c>
       <c r="E44" s="44">
         <v>6.73</v>
       </c>
       <c r="F44" s="45">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G44" s="36">
         <v>45639</v>
       </c>
       <c r="H44" s="35">
         <v>1.0401188707280832E-2</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A45" s="57"/>
+      <c r="A45" s="63"/>
       <c r="B45" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C45" s="37">
         <v>45665</v>
       </c>
       <c r="D45" s="37">
         <v>45665</v>
       </c>
       <c r="E45" s="46">
         <v>6.06</v>
       </c>
       <c r="F45" s="47">
         <v>7.4999999999999997E-2</v>
       </c>
       <c r="G45" s="37">
         <v>45672</v>
       </c>
       <c r="H45" s="33">
         <v>1.2376237623762377E-2</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="56">
+      <c r="A46" s="64">
         <v>2025</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C46" s="36">
         <v>45695</v>
       </c>
       <c r="D46" s="36">
         <v>45695</v>
       </c>
       <c r="E46" s="50">
         <v>6.22</v>
       </c>
       <c r="F46" s="51">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G46" s="36">
         <v>45702</v>
       </c>
       <c r="H46" s="32">
         <v>1.1254019292604504E-2</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A47" s="56"/>
+      <c r="A47" s="62"/>
       <c r="B47" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C47" s="36">
         <v>45727</v>
       </c>
       <c r="D47" s="36">
         <v>45727</v>
       </c>
       <c r="E47" s="50">
         <v>6</v>
       </c>
       <c r="F47" s="51">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G47" s="36">
         <v>45734</v>
       </c>
       <c r="H47" s="32">
         <v>1.0833333333333334E-2</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A48" s="56"/>
+      <c r="A48" s="62"/>
       <c r="B48" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="36">
         <v>45754</v>
       </c>
       <c r="D48" s="36">
         <v>45754</v>
       </c>
       <c r="E48" s="50">
         <v>6.34</v>
       </c>
       <c r="F48" s="51">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G48" s="36">
         <v>45761</v>
       </c>
       <c r="H48" s="32">
         <v>1.025236593059937E-2</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A49" s="56"/>
+      <c r="A49" s="62"/>
       <c r="B49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="36">
         <v>45785</v>
       </c>
       <c r="D49" s="36">
         <v>45785</v>
       </c>
       <c r="E49" s="50">
         <v>6.49</v>
       </c>
       <c r="F49" s="51">
         <v>0.06</v>
       </c>
       <c r="G49" s="36">
         <v>45792</v>
       </c>
       <c r="H49" s="32">
         <v>9.2449922958397525E-3</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="62"/>
       <c r="B50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="36">
         <v>45814</v>
       </c>
       <c r="D50" s="36">
         <v>45814</v>
       </c>
       <c r="E50" s="50">
         <v>6.46</v>
       </c>
       <c r="F50" s="51">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G50" s="36">
         <v>45821</v>
       </c>
       <c r="H50" s="32">
         <v>1.0061919504643963E-2</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="62"/>
       <c r="B51" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="36">
         <v>45845</v>
       </c>
       <c r="D51" s="36">
         <v>45845</v>
       </c>
       <c r="E51" s="50">
         <v>6.22</v>
       </c>
       <c r="F51" s="51">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G51" s="36">
         <v>45852</v>
       </c>
       <c r="H51" s="32">
         <v>1.0500000000000001E-2</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="62"/>
       <c r="B52" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="53">
         <v>45876</v>
       </c>
       <c r="D52" s="53">
         <v>45876</v>
       </c>
       <c r="E52" s="54">
         <v>6.08</v>
       </c>
       <c r="F52" s="55">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G52" s="53">
         <v>45883</v>
       </c>
       <c r="H52" s="32">
         <v>1.0699999999999999E-2</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="62"/>
       <c r="B53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="53">
         <v>45905</v>
       </c>
       <c r="D53" s="53">
         <v>45905</v>
       </c>
       <c r="E53" s="54">
         <v>6.12</v>
       </c>
       <c r="F53" s="55">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G53" s="53">
         <v>45912</v>
       </c>
       <c r="H53" s="32">
         <v>1.06E-2</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="62"/>
       <c r="B54" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="53">
         <v>45937</v>
       </c>
       <c r="D54" s="53">
         <v>45937</v>
       </c>
       <c r="E54" s="54">
         <v>5.99</v>
       </c>
       <c r="F54" s="55">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G54" s="53">
         <v>45944</v>
       </c>
       <c r="H54" s="32">
         <v>1.09E-2</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" s="62"/>
       <c r="B55" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="53">
         <v>45968</v>
       </c>
       <c r="D55" s="53">
         <v>45968</v>
       </c>
       <c r="E55" s="54">
         <v>5.71</v>
       </c>
       <c r="F55" s="55">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G55" s="53">
         <v>45975</v>
       </c>
       <c r="H55" s="32">
         <v>1.14E-2</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" s="62"/>
       <c r="B56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C56" s="53">
         <v>45996</v>
       </c>
       <c r="D56" s="53">
         <v>45996</v>
       </c>
       <c r="E56" s="54">
         <v>5.82</v>
       </c>
       <c r="F56" s="55">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="G56" s="53">
         <v>46003</v>
       </c>
       <c r="H56" s="32">
         <v>1.12E-2</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B57" s="1"/>
-[...5 lines deleted...]
-      <c r="H57" s="32"/>
+      <c r="A57" s="63"/>
+      <c r="B57" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C57" s="56">
+        <v>46030</v>
+      </c>
+      <c r="D57" s="56">
+        <v>46030</v>
+      </c>
+      <c r="E57" s="60">
+        <v>5.98</v>
+      </c>
+      <c r="F57" s="61">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="G57" s="56">
+        <v>46037</v>
+      </c>
+      <c r="H57" s="33">
+        <v>1.17E-2</v>
+      </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A58" s="27" t="s">
+      <c r="A58" s="65">
+        <v>2026</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="53">
+        <v>46059</v>
+      </c>
+      <c r="D58" s="53">
+        <v>46059</v>
+      </c>
+      <c r="E58" s="54">
+        <v>5.93</v>
+      </c>
+      <c r="F58" s="55">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="G58" s="53">
+        <v>46066</v>
+      </c>
+      <c r="H58" s="32">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A59" s="66"/>
+      <c r="B59" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C59" s="53">
+        <v>46087</v>
+      </c>
+      <c r="D59" s="53">
+        <v>46087</v>
+      </c>
+      <c r="E59" s="54">
+        <v>5.9</v>
+      </c>
+      <c r="F59" s="55">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="G59" s="53">
+        <v>46094</v>
+      </c>
+      <c r="H59" s="32">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B60" s="1"/>
+      <c r="C60" s="53"/>
+      <c r="D60" s="53"/>
+      <c r="E60" s="54"/>
+      <c r="F60" s="55"/>
+      <c r="G60" s="53"/>
+      <c r="H60" s="32"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="27" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="6">
+    <mergeCell ref="A58:A59"/>
     <mergeCell ref="A3:A9"/>
     <mergeCell ref="A10:A21"/>
     <mergeCell ref="A22:A33"/>
     <mergeCell ref="A34:A45"/>
-    <mergeCell ref="A46:A49"/>
+    <mergeCell ref="A46:A57"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07A3420D-0FA1-4012-9676-EFBA3868A1B7}">
   <sheetPr>
     <tabColor theme="9" tint="-0.249977111117893"/>
   </sheetPr>
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A26" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B47" sqref="B47:H47"/>
+      <selection pane="bottomLeft" activeCell="B50" sqref="B50:H50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" style="22" customWidth="1"/>
     <col min="3" max="6" width="10.5546875" style="40" customWidth="1"/>
     <col min="7" max="7" width="12.109375" style="40" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="40" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="21" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="21" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" s="26" customFormat="1" ht="1.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="23"/>
       <c r="B2" s="23"/>
       <c r="C2" s="24"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="25"/>
       <c r="G2" s="24"/>
       <c r="H2" s="25"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="56">
+      <c r="A3" s="62">
         <v>2022</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="42">
         <v>44658</v>
       </c>
       <c r="D3" s="42">
         <v>44658</v>
       </c>
       <c r="E3" s="44">
         <v>9.44</v>
       </c>
       <c r="F3" s="45">
         <v>0.13</v>
       </c>
       <c r="G3" s="42">
         <v>44665</v>
       </c>
       <c r="H3" s="35">
         <v>1.3771186440677968E-2</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="56"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="42">
         <v>44687</v>
       </c>
       <c r="D4" s="42">
         <v>44687</v>
       </c>
       <c r="E4" s="44">
         <v>9.6300000000000008</v>
       </c>
       <c r="F4" s="45">
         <v>0.14000000000000001</v>
       </c>
       <c r="G4" s="42">
         <v>44694</v>
       </c>
       <c r="H4" s="35">
         <v>1.4537902388369679E-2</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="56"/>
+      <c r="A5" s="62"/>
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="42">
         <v>44719</v>
       </c>
       <c r="D5" s="42">
         <v>44719</v>
       </c>
       <c r="E5" s="44">
         <v>9.74</v>
       </c>
       <c r="F5" s="45">
         <v>0.15</v>
       </c>
       <c r="G5" s="42">
         <v>44726</v>
       </c>
       <c r="H5" s="35">
         <v>1.5400410677618069E-2</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="56"/>
+      <c r="A6" s="62"/>
       <c r="B6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="42">
         <v>44749</v>
       </c>
       <c r="D6" s="42">
         <v>44749</v>
       </c>
       <c r="E6" s="44">
         <v>9.7799999999999994</v>
       </c>
       <c r="F6" s="45">
         <v>0.13</v>
       </c>
       <c r="G6" s="42">
         <v>44756</v>
       </c>
       <c r="H6" s="35">
         <v>1.3292433537832313E-2</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="56"/>
+      <c r="A7" s="62"/>
       <c r="B7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="42">
         <v>44778</v>
       </c>
       <c r="D7" s="42">
         <v>44778</v>
       </c>
       <c r="E7" s="44">
         <v>9.84</v>
       </c>
       <c r="F7" s="45">
         <v>0.13</v>
       </c>
       <c r="G7" s="42">
         <v>44785</v>
       </c>
       <c r="H7" s="35">
         <v>1.3211382113821139E-2</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="56"/>
+      <c r="A8" s="62"/>
       <c r="B8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="42">
         <v>44812</v>
       </c>
       <c r="D8" s="42">
         <v>44812</v>
       </c>
       <c r="E8" s="44">
         <v>9.85</v>
       </c>
       <c r="F8" s="45">
         <v>0.13</v>
       </c>
       <c r="G8" s="42">
         <v>44819</v>
       </c>
       <c r="H8" s="35">
         <v>1.319796954314721E-2</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="56"/>
+      <c r="A9" s="62"/>
       <c r="B9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="42">
         <v>44841</v>
       </c>
       <c r="D9" s="42">
         <v>44841</v>
       </c>
       <c r="E9" s="44">
         <v>9.59</v>
       </c>
       <c r="F9" s="45">
         <v>0.11</v>
       </c>
       <c r="G9" s="42">
         <v>44851</v>
       </c>
       <c r="H9" s="35">
         <v>1.1470281543274244E-2</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A10" s="56"/>
+      <c r="A10" s="62"/>
       <c r="B10" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="42">
         <v>44873</v>
       </c>
       <c r="D10" s="42">
         <v>44873</v>
       </c>
       <c r="E10" s="44">
         <v>9.51</v>
       </c>
       <c r="F10" s="45">
         <v>0.11</v>
       </c>
       <c r="G10" s="42">
         <v>44881</v>
       </c>
       <c r="H10" s="35">
         <v>1.1566771819137751E-2</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A11" s="56"/>
+      <c r="A11" s="62"/>
       <c r="B11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="42">
         <v>44902</v>
       </c>
       <c r="D11" s="42">
         <v>44902</v>
       </c>
       <c r="E11" s="44">
         <v>9.14</v>
       </c>
       <c r="F11" s="45">
         <v>0.12</v>
       </c>
       <c r="G11" s="42">
         <v>44909</v>
       </c>
       <c r="H11" s="35">
         <v>1.3129102844638949E-2</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A12" s="57"/>
+      <c r="A12" s="63"/>
       <c r="B12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="41">
         <v>44932</v>
       </c>
       <c r="D12" s="41">
         <v>44932</v>
       </c>
       <c r="E12" s="46">
         <v>9.14</v>
       </c>
       <c r="F12" s="47">
         <v>0.12</v>
       </c>
       <c r="G12" s="41">
         <v>44939</v>
       </c>
       <c r="H12" s="33">
         <v>1.3129102844638949E-2</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="56">
+      <c r="A13" s="62">
         <v>2023</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="42">
         <v>44964</v>
       </c>
       <c r="D13" s="42">
         <v>44964</v>
       </c>
       <c r="E13" s="44">
         <v>9.09</v>
       </c>
       <c r="F13" s="45">
         <v>0.12</v>
       </c>
       <c r="G13" s="42">
         <v>44971</v>
       </c>
       <c r="H13" s="35">
         <v>1.3201320132013201E-2</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A14" s="56"/>
+      <c r="A14" s="62"/>
       <c r="B14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="42">
         <v>44992</v>
       </c>
       <c r="D14" s="42">
         <v>44992</v>
       </c>
       <c r="E14" s="44">
         <v>9.14</v>
       </c>
       <c r="F14" s="45">
         <v>0.11</v>
       </c>
       <c r="G14" s="42">
         <v>44999</v>
       </c>
       <c r="H14" s="35">
         <v>1.2035010940919036E-2</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="56"/>
+      <c r="A15" s="62"/>
       <c r="B15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="42">
         <v>45026</v>
       </c>
       <c r="D15" s="42">
         <v>45026</v>
       </c>
       <c r="E15" s="44">
         <v>8.81</v>
       </c>
       <c r="F15" s="45">
         <v>0.12</v>
       </c>
       <c r="G15" s="42">
         <v>45033</v>
       </c>
       <c r="H15" s="35">
         <v>1.3620885357548239E-2</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A16" s="56"/>
+      <c r="A16" s="62"/>
       <c r="B16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="42">
         <v>45054</v>
       </c>
       <c r="D16" s="42">
         <v>45054</v>
       </c>
       <c r="E16" s="44">
         <v>8.75</v>
       </c>
       <c r="F16" s="45">
         <v>0.12</v>
       </c>
       <c r="G16" s="42">
         <v>45061</v>
       </c>
       <c r="H16" s="35">
         <v>1.3714285714285714E-2</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="56"/>
+      <c r="A17" s="62"/>
       <c r="B17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="42">
         <v>45084</v>
       </c>
       <c r="D17" s="42">
         <v>45084</v>
       </c>
       <c r="E17" s="44">
         <v>8.99</v>
       </c>
       <c r="F17" s="45">
         <v>0.13</v>
       </c>
       <c r="G17" s="42">
         <v>45092</v>
       </c>
       <c r="H17" s="35">
         <v>1.446051167964405E-2</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A18" s="56"/>
+      <c r="A18" s="62"/>
       <c r="B18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="42">
         <v>45114</v>
       </c>
       <c r="D18" s="42">
         <v>45114</v>
       </c>
       <c r="E18" s="44">
         <v>9.14</v>
       </c>
       <c r="F18" s="45">
         <v>0.13</v>
       </c>
       <c r="G18" s="42">
         <v>45121</v>
       </c>
       <c r="H18" s="35">
         <v>1.4223194748358862E-2</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="56"/>
+      <c r="A19" s="62"/>
       <c r="B19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="42">
         <v>45145</v>
       </c>
       <c r="D19" s="42">
         <v>45145</v>
       </c>
       <c r="E19" s="44">
         <v>9.44</v>
       </c>
       <c r="F19" s="45">
         <v>0.12</v>
       </c>
       <c r="G19" s="42">
         <v>45152</v>
       </c>
       <c r="H19" s="35">
         <v>1.2711864406779662E-2</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="56"/>
+      <c r="A20" s="62"/>
       <c r="B20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="42">
         <v>45177</v>
       </c>
       <c r="D20" s="42">
         <v>45177</v>
       </c>
       <c r="E20" s="44">
         <v>9.1999999999999993</v>
       </c>
       <c r="F20" s="45">
         <v>0.12</v>
       </c>
       <c r="G20" s="42">
         <v>45184</v>
       </c>
       <c r="H20" s="35">
         <v>1.3043478260869566E-2</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="56"/>
+      <c r="A21" s="62"/>
       <c r="B21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="42">
         <v>45205</v>
       </c>
       <c r="D21" s="42">
         <v>45205</v>
       </c>
       <c r="E21" s="44">
         <v>9.24</v>
       </c>
       <c r="F21" s="45">
         <v>0.12</v>
       </c>
       <c r="G21" s="42">
         <v>45215</v>
       </c>
       <c r="H21" s="35">
         <v>1.2987012987012986E-2</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="56"/>
+      <c r="A22" s="62"/>
       <c r="B22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="42">
         <v>45238</v>
       </c>
       <c r="D22" s="42">
         <v>45238</v>
       </c>
       <c r="E22" s="44">
         <v>9.25</v>
       </c>
       <c r="F22" s="45">
         <v>0.12</v>
       </c>
       <c r="G22" s="42">
         <v>45246</v>
       </c>
       <c r="H22" s="35">
         <v>1.2972972972972972E-2</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="56"/>
+      <c r="A23" s="62"/>
       <c r="B23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C23" s="42">
         <v>45267</v>
       </c>
       <c r="D23" s="42">
         <v>45267</v>
       </c>
       <c r="E23" s="44">
         <v>9.2200000000000006</v>
       </c>
       <c r="F23" s="45">
         <v>0.1</v>
       </c>
       <c r="G23" s="42">
         <v>45274</v>
       </c>
       <c r="H23" s="35">
         <v>1.0845986984815618E-2</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="57"/>
+      <c r="A24" s="63"/>
       <c r="B24" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C24" s="41">
         <v>45299</v>
       </c>
       <c r="D24" s="41">
         <v>45299</v>
       </c>
       <c r="E24" s="46">
         <v>8.9600000000000009</v>
       </c>
       <c r="F24" s="47">
         <v>0.11</v>
       </c>
       <c r="G24" s="41">
         <v>45306</v>
       </c>
       <c r="H24" s="33">
         <v>1.2276785714285714E-2</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="58">
+      <c r="A25" s="64">
         <v>2024</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C25" s="43">
         <v>45329</v>
       </c>
       <c r="D25" s="43">
         <v>45329</v>
       </c>
       <c r="E25" s="48">
         <v>8.9700000000000006</v>
       </c>
       <c r="F25" s="49">
         <v>0.1</v>
       </c>
       <c r="G25" s="43">
         <v>45337</v>
       </c>
       <c r="H25" s="34">
         <v>1.1148272017837236E-2</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="56"/>
+      <c r="A26" s="62"/>
       <c r="B26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="42">
         <v>45358</v>
       </c>
       <c r="D26" s="42">
         <v>45358</v>
       </c>
       <c r="E26" s="44">
         <v>8.65</v>
       </c>
       <c r="F26" s="45">
         <v>0.1</v>
       </c>
       <c r="G26" s="42">
         <v>45365</v>
       </c>
       <c r="H26" s="35">
         <v>1.1560693641618497E-2</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="56"/>
+      <c r="A27" s="62"/>
       <c r="B27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C27" s="42">
         <v>45387</v>
       </c>
       <c r="D27" s="42">
         <v>45387</v>
       </c>
       <c r="E27" s="44">
         <v>8.6199999999999992</v>
       </c>
       <c r="F27" s="45">
         <v>0.1</v>
       </c>
       <c r="G27" s="42">
         <v>45394</v>
       </c>
       <c r="H27" s="35">
         <v>1.1600928074245941E-2</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="56"/>
+      <c r="A28" s="62"/>
       <c r="B28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="42">
         <v>45420</v>
       </c>
       <c r="D28" s="42">
         <v>45420</v>
       </c>
       <c r="E28" s="44">
         <v>8.25</v>
       </c>
       <c r="F28" s="45">
         <v>0.1</v>
       </c>
       <c r="G28" s="42">
         <v>45427</v>
       </c>
       <c r="H28" s="35">
         <v>1.2121212121212121E-2</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="56"/>
+      <c r="A29" s="62"/>
       <c r="B29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="42">
         <v>45450</v>
       </c>
       <c r="D29" s="42">
         <v>45450</v>
       </c>
       <c r="E29" s="44">
         <v>8.16</v>
       </c>
       <c r="F29" s="45">
         <v>0.11</v>
       </c>
       <c r="G29" s="42">
         <v>45457</v>
       </c>
       <c r="H29" s="35">
         <v>1.3480392156862746E-2</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="56"/>
+      <c r="A30" s="62"/>
       <c r="B30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="42">
         <v>45478</v>
       </c>
       <c r="D30" s="42">
         <v>45478</v>
       </c>
       <c r="E30" s="44">
         <v>8.2100000000000009</v>
       </c>
       <c r="F30" s="45">
         <v>0.12</v>
       </c>
       <c r="G30" s="42">
         <v>45485</v>
       </c>
       <c r="H30" s="35">
         <v>1.4616321559074297E-2</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="56"/>
+      <c r="A31" s="62"/>
       <c r="B31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="42">
         <v>45511</v>
       </c>
       <c r="D31" s="42">
         <v>45511</v>
       </c>
       <c r="E31" s="44">
         <v>8.41</v>
       </c>
       <c r="F31" s="45">
         <v>0.1</v>
       </c>
       <c r="G31" s="42">
         <v>45518</v>
       </c>
       <c r="H31" s="35">
         <v>1.1890606420927468E-2</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A32" s="56"/>
+      <c r="A32" s="62"/>
       <c r="B32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="42">
         <v>45541</v>
       </c>
       <c r="D32" s="42">
         <v>45541</v>
       </c>
       <c r="E32" s="44">
         <v>8.4499999999999993</v>
       </c>
       <c r="F32" s="45">
         <v>0.1</v>
       </c>
       <c r="G32" s="42">
         <v>45548</v>
       </c>
       <c r="H32" s="35">
         <v>1.183431952662722E-2</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A33" s="56"/>
+      <c r="A33" s="62"/>
       <c r="B33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="42">
         <v>45572</v>
       </c>
       <c r="D33" s="42">
         <v>45572</v>
       </c>
       <c r="E33" s="44">
         <v>8.3000000000000007</v>
       </c>
       <c r="F33" s="45">
         <v>0.1</v>
       </c>
       <c r="G33" s="42">
         <v>45579</v>
       </c>
       <c r="H33" s="35">
         <v>1.2048192771084336E-2</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="56"/>
+      <c r="A34" s="62"/>
       <c r="B34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="42">
         <v>45603</v>
       </c>
       <c r="D34" s="42">
         <v>45603</v>
       </c>
       <c r="E34" s="44">
         <v>7.55</v>
       </c>
       <c r="F34" s="45">
         <v>0.1</v>
       </c>
       <c r="G34" s="42">
         <v>45610</v>
       </c>
       <c r="H34" s="35">
         <v>1.3245033112582783E-2</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A35" s="56"/>
+      <c r="A35" s="62"/>
       <c r="B35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="42">
         <v>45632</v>
       </c>
       <c r="D35" s="42">
         <v>45632</v>
       </c>
       <c r="E35" s="44">
         <v>7.06</v>
       </c>
       <c r="F35" s="45">
         <v>0.1</v>
       </c>
       <c r="G35" s="42">
         <v>45639</v>
       </c>
       <c r="H35" s="35">
         <v>1.4164305949008501E-2</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A36" s="57"/>
+      <c r="A36" s="63"/>
       <c r="B36" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C36" s="41">
         <v>45665</v>
       </c>
       <c r="D36" s="41">
         <v>45665</v>
       </c>
       <c r="E36" s="46">
         <v>6.97</v>
       </c>
       <c r="F36" s="47">
         <v>0.13</v>
       </c>
       <c r="G36" s="41">
         <v>45672</v>
       </c>
       <c r="H36" s="33">
         <v>1.865136298421808E-2</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="56">
+      <c r="A37" s="64">
         <v>2025</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="42">
         <v>45695</v>
       </c>
       <c r="D37" s="42">
         <v>45695</v>
       </c>
       <c r="E37" s="50">
         <v>7.2</v>
       </c>
       <c r="F37" s="51">
         <v>8.5000000000000006E-2</v>
       </c>
       <c r="G37" s="42">
         <v>45702</v>
       </c>
       <c r="H37" s="32">
         <v>1.1805555555555555E-2</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="56"/>
+      <c r="A38" s="62"/>
       <c r="B38" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C38" s="42">
         <v>45727</v>
       </c>
       <c r="D38" s="42">
         <v>45727</v>
       </c>
       <c r="E38" s="50">
         <v>7.1</v>
       </c>
       <c r="F38" s="51">
         <v>0.09</v>
       </c>
       <c r="G38" s="42">
         <v>45734</v>
       </c>
       <c r="H38" s="32">
         <v>1.2676056338028169E-2</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="56"/>
+      <c r="A39" s="62"/>
       <c r="B39" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="42">
         <v>45754</v>
       </c>
       <c r="D39" s="42">
         <v>45754</v>
       </c>
       <c r="E39" s="50">
         <v>7.5</v>
       </c>
       <c r="F39" s="51">
         <v>9.5000000000000001E-2</v>
       </c>
       <c r="G39" s="42">
         <v>45761</v>
       </c>
       <c r="H39" s="32">
         <v>1.2666666666666666E-2</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="56"/>
+      <c r="A40" s="62"/>
       <c r="B40" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="42">
         <v>45785</v>
       </c>
       <c r="D40" s="42">
         <v>45785</v>
       </c>
       <c r="E40" s="50">
         <v>7.58</v>
       </c>
       <c r="F40" s="51">
         <v>0.09</v>
       </c>
       <c r="G40" s="42">
         <v>45792</v>
       </c>
       <c r="H40" s="32">
         <v>1.1873350923482849E-2</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="39"/>
+      <c r="A41" s="62"/>
       <c r="B41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="42">
         <v>45814</v>
       </c>
       <c r="D41" s="42">
         <v>45814</v>
       </c>
       <c r="E41" s="50">
         <v>7.74</v>
       </c>
       <c r="F41" s="51">
         <v>0.09</v>
       </c>
       <c r="G41" s="42">
         <v>45821</v>
       </c>
       <c r="H41" s="32">
         <v>1.1627906976744186E-2</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A42" s="39"/>
+      <c r="A42" s="62"/>
       <c r="B42" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="42">
         <v>45845</v>
       </c>
       <c r="D42" s="42">
         <v>45845</v>
       </c>
       <c r="E42" s="50">
         <v>7.53</v>
       </c>
       <c r="F42" s="51">
         <v>8.7999999999999995E-2</v>
       </c>
       <c r="G42" s="42">
         <v>45852</v>
       </c>
       <c r="H42" s="32">
         <v>1.17E-2</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A43" s="39"/>
+      <c r="A43" s="62"/>
       <c r="B43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="42">
         <v>45876</v>
       </c>
       <c r="D43" s="42">
         <v>45876</v>
       </c>
       <c r="E43" s="50">
         <v>7.16</v>
       </c>
       <c r="F43" s="51">
         <v>0.09</v>
       </c>
       <c r="G43" s="42">
         <v>45883</v>
       </c>
       <c r="H43" s="32">
         <v>1.26E-2</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="39"/>
+      <c r="A44" s="62"/>
       <c r="B44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="42">
         <v>45905</v>
       </c>
       <c r="D44" s="42">
         <v>45905</v>
       </c>
       <c r="E44" s="50">
         <v>7.03</v>
       </c>
       <c r="F44" s="51">
         <v>0.09</v>
       </c>
       <c r="G44" s="42">
         <v>45912</v>
       </c>
       <c r="H44" s="32">
         <v>1.2800000000000001E-2</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A45" s="39"/>
+      <c r="A45" s="62"/>
       <c r="B45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="42">
         <v>45937</v>
       </c>
       <c r="D45" s="42">
         <v>45937</v>
       </c>
       <c r="E45" s="50">
         <v>7.18</v>
       </c>
       <c r="F45" s="51">
         <v>0.09</v>
       </c>
       <c r="G45" s="42">
         <v>45944</v>
       </c>
       <c r="H45" s="32">
         <v>1.2500000000000001E-2</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A46" s="39"/>
+      <c r="A46" s="62"/>
       <c r="B46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="42">
         <v>45968</v>
       </c>
       <c r="D46" s="42">
         <v>45968</v>
       </c>
       <c r="E46" s="50">
         <v>7.02</v>
       </c>
       <c r="F46" s="51">
         <v>0.09</v>
       </c>
       <c r="G46" s="42">
         <v>45975</v>
       </c>
       <c r="H46" s="32">
         <v>1.2800000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A47" s="39"/>
+      <c r="A47" s="62"/>
       <c r="B47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C47" s="42">
         <v>45996</v>
       </c>
       <c r="D47" s="42">
         <v>45996</v>
       </c>
       <c r="E47" s="50">
         <v>7.13</v>
       </c>
       <c r="F47" s="51">
         <v>0.09</v>
       </c>
       <c r="G47" s="42">
         <v>46003</v>
       </c>
       <c r="H47" s="32">
         <v>1.26E-2</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A48" s="39"/>
-[...9 lines deleted...]
-      <c r="A49" s="27" t="s">
+      <c r="A48" s="63"/>
+      <c r="B48" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C48" s="41">
+        <v>46030</v>
+      </c>
+      <c r="D48" s="41">
+        <v>46030</v>
+      </c>
+      <c r="E48" s="46">
+        <v>7.38</v>
+      </c>
+      <c r="F48" s="47">
+        <v>0.11</v>
+      </c>
+      <c r="G48" s="41">
+        <v>46037</v>
+      </c>
+      <c r="H48" s="33">
+        <v>1.49E-2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A49" s="65">
+        <v>2026</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" s="42">
+        <v>46059</v>
+      </c>
+      <c r="D49" s="42">
+        <v>46059</v>
+      </c>
+      <c r="E49" s="50">
+        <v>7.77</v>
+      </c>
+      <c r="F49" s="51">
+        <v>0.09</v>
+      </c>
+      <c r="G49" s="42">
+        <v>46066</v>
+      </c>
+      <c r="H49" s="32">
+        <v>1.1599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="66"/>
+      <c r="B50" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C50" s="42">
+        <v>46087</v>
+      </c>
+      <c r="D50" s="42">
+        <v>46087</v>
+      </c>
+      <c r="E50" s="50">
+        <v>7.43</v>
+      </c>
+      <c r="F50" s="51">
+        <v>0.09</v>
+      </c>
+      <c r="G50" s="42">
+        <v>46094</v>
+      </c>
+      <c r="H50" s="32">
+        <v>1.21E-2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="39"/>
+      <c r="B51" s="1"/>
+      <c r="C51" s="53"/>
+      <c r="D51" s="53"/>
+      <c r="E51" s="28"/>
+      <c r="F51" s="31"/>
+      <c r="G51" s="42"/>
+      <c r="H51" s="5"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="27" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="4">
+  <mergeCells count="5">
     <mergeCell ref="A3:A12"/>
     <mergeCell ref="A13:A24"/>
     <mergeCell ref="A25:A36"/>
-    <mergeCell ref="A37:A40"/>
+    <mergeCell ref="A37:A48"/>
+    <mergeCell ref="A49:A50"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{838C5316-F34E-4410-8536-1864A307292F}">
   <sheetPr>
     <tabColor theme="9" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="A1:H47"/>
+  <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A25" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H46" sqref="H46"/>
+      <selection pane="bottomLeft" activeCell="E49" sqref="E49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="22" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" style="22" customWidth="1"/>
     <col min="3" max="6" width="10.5546875" style="22" customWidth="1"/>
     <col min="7" max="7" width="12.109375" style="40" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" style="22" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="24" x14ac:dyDescent="0.25">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="21" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="21" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" s="26" customFormat="1" ht="1.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="23"/>
       <c r="B2" s="23"/>
       <c r="C2" s="23"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
       <c r="F2" s="25"/>
       <c r="G2" s="24"/>
       <c r="H2" s="25"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="56">
+      <c r="A3" s="62">
         <v>2022</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="36">
         <v>44719</v>
       </c>
       <c r="D3" s="36">
         <v>44719</v>
       </c>
       <c r="E3" s="28">
         <v>10</v>
       </c>
       <c r="F3" s="31">
         <v>1.74</v>
       </c>
       <c r="G3" s="42">
         <v>44726</v>
       </c>
       <c r="H3" s="5">
         <v>1.7399999999999999E-2</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="56"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="36">
         <v>44749</v>
       </c>
       <c r="D4" s="36">
         <v>44749</v>
       </c>
       <c r="E4" s="28">
         <v>10</v>
       </c>
       <c r="F4" s="31">
         <v>1.89</v>
       </c>
       <c r="G4" s="42">
         <v>44756</v>
       </c>
       <c r="H4" s="5">
         <v>1.89E-2</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="56"/>
+      <c r="A5" s="62"/>
       <c r="B5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="36">
         <v>44778</v>
       </c>
       <c r="D5" s="36">
         <v>44778</v>
       </c>
       <c r="E5" s="28">
         <v>9.9999999999999982</v>
       </c>
       <c r="F5" s="31">
         <v>1.45</v>
       </c>
       <c r="G5" s="42">
         <v>44785</v>
       </c>
       <c r="H5" s="5">
         <v>1.4500000000000001E-2</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="56"/>
+      <c r="A6" s="62"/>
       <c r="B6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="36">
         <v>44812</v>
       </c>
       <c r="D6" s="36">
         <v>44812</v>
       </c>
       <c r="E6" s="28">
         <v>9.8540145985401466</v>
       </c>
       <c r="F6" s="31">
         <v>1.35</v>
       </c>
       <c r="G6" s="42">
         <v>44819</v>
       </c>
       <c r="H6" s="5">
         <v>1.37E-2</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="56"/>
+      <c r="A7" s="62"/>
       <c r="B7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="36">
         <v>44841</v>
       </c>
       <c r="D7" s="36">
         <v>44841</v>
       </c>
       <c r="E7" s="28">
         <v>9.9173553719008272</v>
       </c>
       <c r="F7" s="31">
         <v>1.2</v>
       </c>
       <c r="G7" s="42">
         <v>44851</v>
       </c>
       <c r="H7" s="5">
         <v>1.2099999999999998E-2</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="56"/>
+      <c r="A8" s="62"/>
       <c r="B8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="36">
         <v>44873</v>
       </c>
       <c r="D8" s="36">
         <v>44873</v>
       </c>
       <c r="E8" s="28">
         <v>9.9173553719008272</v>
       </c>
       <c r="F8" s="31">
         <v>1.2</v>
       </c>
       <c r="G8" s="42">
         <v>44881</v>
       </c>
       <c r="H8" s="5">
         <v>1.2099999999999998E-2</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A9" s="56"/>
+      <c r="A9" s="62"/>
       <c r="B9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="36">
         <v>44902</v>
       </c>
       <c r="D9" s="36">
         <v>44902</v>
       </c>
       <c r="E9" s="28">
         <v>10</v>
       </c>
       <c r="F9" s="31">
         <v>1.2</v>
       </c>
       <c r="G9" s="42">
         <v>44909</v>
       </c>
       <c r="H9" s="5">
         <v>1.2E-2</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A10" s="57"/>
+      <c r="A10" s="63"/>
       <c r="B10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="37">
         <v>44932</v>
       </c>
       <c r="D10" s="37">
         <v>44932</v>
       </c>
       <c r="E10" s="29">
         <v>10</v>
       </c>
       <c r="F10" s="30">
         <v>1.05</v>
       </c>
       <c r="G10" s="41">
         <v>44939</v>
       </c>
       <c r="H10" s="15">
         <v>1.0500000000000001E-2</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A11" s="56">
+      <c r="A11" s="62">
         <v>2023</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="36">
         <v>44964</v>
       </c>
       <c r="D11" s="36">
         <v>44964</v>
       </c>
       <c r="E11" s="28">
         <v>9.7826086956521756</v>
       </c>
       <c r="F11" s="31">
         <v>0.89999999999999991</v>
       </c>
       <c r="G11" s="42">
         <v>44971</v>
       </c>
       <c r="H11" s="5">
         <v>9.1999999999999981E-3</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A12" s="56"/>
+      <c r="A12" s="62"/>
       <c r="B12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="36">
         <v>44992</v>
       </c>
       <c r="D12" s="36">
         <v>44992</v>
       </c>
       <c r="E12" s="28">
         <v>9.4444881683864228</v>
       </c>
       <c r="F12" s="31">
         <v>0.85</v>
       </c>
       <c r="G12" s="42">
         <v>44999</v>
       </c>
       <c r="H12" s="5">
         <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="56"/>
+      <c r="A13" s="62"/>
       <c r="B13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="36">
         <v>45026</v>
       </c>
       <c r="D13" s="36">
         <v>45026</v>
       </c>
       <c r="E13" s="28">
         <v>9.7701149425287355</v>
       </c>
       <c r="F13" s="31">
         <v>0.84999999999999987</v>
       </c>
       <c r="G13" s="42">
         <v>45033</v>
       </c>
       <c r="H13" s="5">
         <v>8.6999999999999994E-3</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A14" s="56"/>
+      <c r="A14" s="62"/>
       <c r="B14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="36">
         <v>45054</v>
       </c>
       <c r="D14" s="36">
         <v>45054</v>
       </c>
       <c r="E14" s="28">
         <v>9.75</v>
       </c>
       <c r="F14" s="31">
         <v>0.8</v>
       </c>
       <c r="G14" s="52">
         <v>45061</v>
       </c>
       <c r="H14" s="5">
         <v>8.2051282051282051E-3</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="56"/>
+      <c r="A15" s="62"/>
       <c r="B15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="36">
         <v>45084</v>
       </c>
       <c r="D15" s="36">
         <v>45084</v>
       </c>
       <c r="E15" s="28">
         <v>9.6385542168674689</v>
       </c>
       <c r="F15" s="31">
         <v>0.79999999999999982</v>
       </c>
       <c r="G15" s="42">
         <v>45092</v>
       </c>
       <c r="H15" s="5">
         <v>8.3000000000000001E-3</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A16" s="56"/>
+      <c r="A16" s="62"/>
       <c r="B16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="36">
         <v>45114</v>
       </c>
       <c r="D16" s="36">
         <v>45114</v>
       </c>
       <c r="E16" s="28">
         <v>9.8809523809523814</v>
       </c>
       <c r="F16" s="31">
         <v>0.82999999999999985</v>
       </c>
       <c r="G16" s="42">
         <v>45121</v>
       </c>
       <c r="H16" s="5">
         <v>8.3999999999999995E-3</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="56"/>
+      <c r="A17" s="62"/>
       <c r="B17" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="36">
         <v>45145</v>
       </c>
       <c r="D17" s="36">
         <v>45145</v>
       </c>
       <c r="E17" s="28">
         <v>9.6385542168674707</v>
       </c>
       <c r="F17" s="31">
         <v>0.8</v>
       </c>
       <c r="G17" s="42">
         <v>45152</v>
       </c>
       <c r="H17" s="5">
         <v>8.3000000000000001E-3</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A18" s="56"/>
+      <c r="A18" s="62"/>
       <c r="B18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="36">
         <v>45177</v>
       </c>
       <c r="D18" s="36">
         <v>45177</v>
       </c>
       <c r="E18" s="28">
         <v>9.468</v>
       </c>
       <c r="F18" s="31">
         <v>0.65</v>
       </c>
       <c r="G18" s="42">
         <v>45184</v>
       </c>
       <c r="H18" s="5">
         <v>6.8652302492606676E-3</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="56"/>
+      <c r="A19" s="62"/>
       <c r="B19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="36">
         <v>45205</v>
       </c>
       <c r="D19" s="36">
         <v>45205</v>
       </c>
       <c r="E19" s="28">
         <v>8.8970000000000002</v>
       </c>
       <c r="F19" s="31">
         <v>0.6</v>
       </c>
       <c r="G19" s="42">
         <v>45215</v>
       </c>
       <c r="H19" s="5">
         <v>6.743846240305721E-3</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="56"/>
+      <c r="A20" s="62"/>
       <c r="B20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="36">
         <v>45238</v>
       </c>
       <c r="D20" s="36">
         <v>45238</v>
       </c>
       <c r="E20" s="28">
         <v>9.4409999999999989</v>
       </c>
       <c r="F20" s="31">
         <v>0.6</v>
       </c>
       <c r="G20" s="42">
         <v>45246</v>
       </c>
       <c r="H20" s="5">
         <v>6.3552589768033048E-3</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="56"/>
+      <c r="A21" s="62"/>
       <c r="B21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="36">
         <v>45267</v>
       </c>
       <c r="D21" s="36">
         <v>45267</v>
       </c>
       <c r="E21" s="28">
         <v>9.4</v>
       </c>
       <c r="F21" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G21" s="42">
         <v>45274</v>
       </c>
       <c r="H21" s="5">
         <v>5.8510638297872338E-3</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="57"/>
+      <c r="A22" s="63"/>
       <c r="B22" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C22" s="37">
         <v>45299</v>
       </c>
       <c r="D22" s="37">
         <v>45299</v>
       </c>
       <c r="E22" s="29">
         <v>8.1300000000000008</v>
       </c>
       <c r="F22" s="30">
         <v>0.05</v>
       </c>
       <c r="G22" s="41">
         <v>45306</v>
       </c>
       <c r="H22" s="15">
         <v>6.1500615006150061E-3</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A23" s="56">
+      <c r="A23" s="64">
         <v>2024</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="B23" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="C23" s="36">
+      <c r="C23" s="57">
         <v>45329</v>
       </c>
-      <c r="D23" s="36">
+      <c r="D23" s="57">
         <v>45329</v>
       </c>
-      <c r="E23" s="28">
+      <c r="E23" s="58">
         <v>8.064516129032258</v>
       </c>
-      <c r="F23" s="31">
+      <c r="F23" s="59">
         <v>0.05</v>
       </c>
-      <c r="G23" s="42">
+      <c r="G23" s="43">
         <v>45337</v>
       </c>
-      <c r="H23" s="5">
+      <c r="H23" s="11">
         <v>6.2000000000000006E-3</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A24" s="56"/>
+      <c r="A24" s="62"/>
       <c r="B24" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="36">
         <v>45358</v>
       </c>
       <c r="D24" s="36">
         <v>45358</v>
       </c>
       <c r="E24" s="28">
         <v>7.83</v>
       </c>
       <c r="F24" s="31">
         <v>0.05</v>
       </c>
       <c r="G24" s="42">
         <v>45365</v>
       </c>
       <c r="H24" s="5">
         <v>6.3856960408684551E-3</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="56"/>
+      <c r="A25" s="62"/>
       <c r="B25" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="36">
         <v>45387</v>
       </c>
       <c r="D25" s="36">
         <v>45387</v>
       </c>
       <c r="E25" s="28">
         <v>7.6</v>
       </c>
       <c r="F25" s="31">
         <v>0.05</v>
       </c>
       <c r="G25" s="42">
         <v>45394</v>
       </c>
       <c r="H25" s="5">
         <v>6.5789473684210531E-3</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="56"/>
+      <c r="A26" s="62"/>
       <c r="B26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="36">
         <v>45420</v>
       </c>
       <c r="D26" s="36">
         <v>45420</v>
       </c>
       <c r="E26" s="28">
         <v>7.35</v>
       </c>
       <c r="F26" s="31">
         <v>0.05</v>
       </c>
       <c r="G26" s="42">
         <v>45427</v>
       </c>
       <c r="H26" s="5">
         <v>6.8027210884353748E-3</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="56"/>
+      <c r="A27" s="62"/>
       <c r="B27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="36">
         <v>45450</v>
       </c>
       <c r="D27" s="36">
         <v>45450</v>
       </c>
       <c r="E27" s="28">
         <v>7.06</v>
       </c>
       <c r="F27" s="31">
         <v>0.05</v>
       </c>
       <c r="G27" s="42">
         <v>45457</v>
       </c>
       <c r="H27" s="5">
         <v>7.0821529745042503E-3</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="56"/>
+      <c r="A28" s="62"/>
       <c r="B28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="36">
         <v>45478</v>
       </c>
       <c r="D28" s="36">
         <v>45478</v>
       </c>
       <c r="E28" s="28">
         <v>6.4</v>
       </c>
       <c r="F28" s="31">
         <v>5.7000000000000002E-2</v>
       </c>
       <c r="G28" s="42">
         <v>45485</v>
       </c>
       <c r="H28" s="5">
         <v>8.9062499999999992E-3</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A29" s="56"/>
+      <c r="A29" s="62"/>
       <c r="B29" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="36">
         <v>45511</v>
       </c>
       <c r="D29" s="36">
         <v>45511</v>
       </c>
       <c r="E29" s="28">
         <v>7.15</v>
       </c>
       <c r="F29" s="31">
         <v>0.05</v>
       </c>
       <c r="G29" s="42">
         <v>45518</v>
       </c>
       <c r="H29" s="5">
         <v>6.993006993006993E-3</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="56"/>
+      <c r="A30" s="62"/>
       <c r="B30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="36">
         <v>45541</v>
       </c>
       <c r="D30" s="36">
         <v>45541</v>
       </c>
       <c r="E30" s="28">
         <v>7.5</v>
       </c>
       <c r="F30" s="31">
         <v>0.05</v>
       </c>
       <c r="G30" s="42">
         <v>45548</v>
       </c>
       <c r="H30" s="5">
         <v>6.6666666666666671E-3</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="56"/>
+      <c r="A31" s="62"/>
       <c r="B31" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="36">
         <v>45572</v>
       </c>
       <c r="D31" s="36">
         <v>45572</v>
       </c>
       <c r="E31" s="28">
         <v>6.6</v>
       </c>
       <c r="F31" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G31" s="42">
         <v>45579</v>
       </c>
       <c r="H31" s="5">
         <v>8.3333333333333332E-3</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A32" s="56"/>
+      <c r="A32" s="62"/>
       <c r="B32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="36">
         <v>45603</v>
       </c>
       <c r="D32" s="36">
         <v>45603</v>
       </c>
       <c r="E32" s="28">
         <v>6.9</v>
       </c>
       <c r="F32" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G32" s="42">
         <v>45610</v>
       </c>
       <c r="H32" s="5">
         <v>7.9710144927536229E-3</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A33" s="56"/>
+      <c r="A33" s="62"/>
       <c r="B33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="36">
         <v>45632</v>
       </c>
       <c r="D33" s="36">
         <v>45632</v>
       </c>
       <c r="E33" s="28">
         <v>6.05</v>
       </c>
       <c r="F33" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G33" s="42">
         <v>45639</v>
       </c>
       <c r="H33" s="5">
         <v>9.0909090909090905E-3</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A34" s="57"/>
+      <c r="A34" s="63"/>
       <c r="B34" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C34" s="37">
         <v>45665</v>
       </c>
       <c r="D34" s="37">
         <v>45665</v>
       </c>
-      <c r="E34" s="28">
+      <c r="E34" s="29">
         <v>6.14</v>
       </c>
       <c r="F34" s="30">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="G34" s="41">
         <v>45672</v>
       </c>
       <c r="H34" s="15">
         <v>1.1400651465798047E-2</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A35" s="56">
+      <c r="A35" s="62">
         <v>2025</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C35" s="36">
         <v>45695</v>
       </c>
       <c r="D35" s="36">
         <v>45695</v>
       </c>
       <c r="E35" s="28">
         <v>6</v>
       </c>
       <c r="F35" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G35" s="42">
         <v>45702</v>
       </c>
       <c r="H35" s="5">
         <v>9.1666666666666667E-3</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A36" s="56"/>
+      <c r="A36" s="62"/>
       <c r="B36" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C36" s="36">
         <v>45727</v>
       </c>
       <c r="D36" s="36">
         <v>45727</v>
       </c>
       <c r="E36" s="28">
         <v>6.15</v>
       </c>
       <c r="F36" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G36" s="42">
         <v>45734</v>
       </c>
       <c r="H36" s="5">
         <v>8.9430894308943076E-3</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A37" s="56"/>
+      <c r="A37" s="62"/>
       <c r="B37" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="36">
         <v>45754</v>
       </c>
       <c r="D37" s="36">
         <v>45754</v>
       </c>
       <c r="E37" s="28">
         <v>5.82</v>
       </c>
       <c r="F37" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G37" s="42">
         <v>45761</v>
       </c>
       <c r="H37" s="5">
         <v>9.4501718213058413E-3</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A38" s="56"/>
+      <c r="A38" s="62"/>
       <c r="B38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="36">
         <v>45785</v>
       </c>
       <c r="D38" s="36">
         <v>45785</v>
       </c>
       <c r="E38" s="28">
         <v>6.21</v>
       </c>
       <c r="F38" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G38" s="42">
         <v>45792</v>
       </c>
       <c r="H38" s="5">
         <v>8.8566827697262474E-3</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="39"/>
+      <c r="A39" s="62"/>
       <c r="B39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="36">
         <v>45814</v>
       </c>
       <c r="D39" s="36">
         <v>45814</v>
       </c>
       <c r="E39" s="28">
         <v>6.16</v>
       </c>
       <c r="F39" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="G39" s="42">
         <v>45821</v>
       </c>
       <c r="H39" s="5">
         <v>8.9285714285714281E-3</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A40" s="39"/>
+      <c r="A40" s="62"/>
       <c r="B40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="36">
         <v>45845</v>
       </c>
       <c r="D40" s="36">
         <v>45845</v>
       </c>
       <c r="E40" s="28">
         <v>5.93</v>
       </c>
       <c r="F40" s="31">
         <v>0.06</v>
       </c>
       <c r="G40" s="42">
         <v>45852</v>
       </c>
       <c r="H40" s="5">
         <v>1.01E-2</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A41" s="39"/>
+      <c r="A41" s="62"/>
       <c r="B41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C41" s="36">
         <v>45876</v>
       </c>
       <c r="D41" s="36">
         <v>45876</v>
       </c>
       <c r="E41" s="28">
         <v>5.91</v>
       </c>
       <c r="F41" s="31">
         <v>0.06</v>
       </c>
       <c r="G41" s="42">
         <v>45883</v>
       </c>
       <c r="H41" s="5">
         <v>1.0200000000000001E-2</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A42" s="39"/>
+      <c r="A42" s="62"/>
       <c r="B42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="36">
         <v>45905</v>
       </c>
       <c r="D42" s="36">
         <v>45905</v>
       </c>
       <c r="E42" s="28">
         <v>6.13</v>
       </c>
       <c r="F42" s="31">
         <v>0.06</v>
       </c>
       <c r="G42" s="42">
         <v>45912</v>
       </c>
       <c r="H42" s="5">
         <v>9.7999999999999997E-3</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A43" s="39"/>
+      <c r="A43" s="62"/>
       <c r="B43" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="36">
         <v>45937</v>
       </c>
       <c r="D43" s="36">
         <v>45937</v>
       </c>
       <c r="E43" s="28">
         <v>6.07</v>
       </c>
       <c r="F43" s="31">
         <v>0.06</v>
       </c>
       <c r="G43" s="42">
         <v>45944</v>
       </c>
       <c r="H43" s="5">
         <v>9.9000000000000008E-3</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A44" s="39"/>
+      <c r="A44" s="62"/>
       <c r="B44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="36">
         <v>45968</v>
       </c>
       <c r="D44" s="36">
         <v>45971</v>
       </c>
       <c r="E44" s="28">
         <v>6.27</v>
       </c>
       <c r="F44" s="31">
         <v>0.06</v>
       </c>
       <c r="G44" s="42">
         <v>45975</v>
       </c>
       <c r="H44" s="5">
         <v>9.5999999999999992E-3</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="62"/>
       <c r="B45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="53">
         <v>45996</v>
       </c>
       <c r="D45" s="53">
         <v>45996</v>
       </c>
       <c r="E45" s="28">
         <v>6.38</v>
       </c>
       <c r="F45" s="31">
         <v>0.06</v>
       </c>
       <c r="G45" s="42">
         <v>46003</v>
       </c>
       <c r="H45" s="32">
         <v>9.4000000000000004E-3</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="B46" s="1"/>
-[...5 lines deleted...]
-      <c r="H46" s="32"/>
+      <c r="A46" s="63"/>
+      <c r="B46" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C46" s="56">
+        <v>46030</v>
+      </c>
+      <c r="D46" s="56">
+        <v>46030</v>
+      </c>
+      <c r="E46" s="29">
+        <v>6.33</v>
+      </c>
+      <c r="F46" s="30">
+        <v>0.06</v>
+      </c>
+      <c r="G46" s="41">
+        <v>46037</v>
+      </c>
+      <c r="H46" s="33">
+        <v>9.4999999999999998E-3</v>
+      </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A47" s="27" t="s">
+      <c r="A47" s="65">
+        <v>2026</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C47" s="53">
+        <v>46059</v>
+      </c>
+      <c r="D47" s="53">
+        <v>46059</v>
+      </c>
+      <c r="E47" s="28">
+        <v>6.34</v>
+      </c>
+      <c r="F47" s="31">
+        <v>0.06</v>
+      </c>
+      <c r="G47" s="42">
+        <v>46066</v>
+      </c>
+      <c r="H47" s="32">
+        <v>9.4999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="67"/>
+      <c r="B48" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C48" s="42"/>
+      <c r="D48" s="42"/>
+      <c r="E48" s="50"/>
+      <c r="F48" s="51"/>
+      <c r="G48" s="42"/>
+      <c r="H48" s="32"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B49" s="1"/>
+      <c r="C49" s="42"/>
+      <c r="D49" s="42"/>
+      <c r="E49" s="50"/>
+      <c r="F49" s="51"/>
+      <c r="G49" s="42"/>
+      <c r="H49" s="32"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="27" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="4">
+  <mergeCells count="5">
     <mergeCell ref="A3:A10"/>
     <mergeCell ref="A11:A22"/>
     <mergeCell ref="A23:A34"/>
-    <mergeCell ref="A35:A38"/>
+    <mergeCell ref="A35:A46"/>
+    <mergeCell ref="A47:A48"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100717F141E1562234CB9F007C53D8B15D4" ma:contentTypeVersion="15" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="b0fa0e2f80e1d0524e79c073cd181a97">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="782b5498-29af-4e76-a6d0-346e4085587b" xmlns:ns3="f7428480-4059-446d-bc91-3c2c664fa163" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6608a207382655e3745d169db8d1a34b" ns2:_="" ns3:_="">