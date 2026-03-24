--- v0 (2025-12-23)
+++ v1 (2026-03-24)
@@ -1,644 +1,550 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/externalLinks/externalLink4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\RI\ANÁLISES\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\nic-tgl-fs-01\tegma\Financeiro\Investidores\RI\ANÁLISES\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{50A2D983-5C7A-45BF-A075-28AE27C45F91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="1" r:id="rId1"/>
     <sheet name="Disclaimer" sheetId="2" r:id="rId2"/>
     <sheet name="Sumário" sheetId="3" r:id="rId3"/>
     <sheet name="Sobre a Tegma" sheetId="4" r:id="rId4"/>
     <sheet name="Res Auto" sheetId="5" r:id="rId5"/>
     <sheet name="Vol. veículos transportados" sheetId="6" r:id="rId6"/>
     <sheet name="Distância média" sheetId="7" r:id="rId7"/>
     <sheet name="Ticket médio" sheetId="8" r:id="rId8"/>
     <sheet name="Custos e despesas - DLV" sheetId="9" r:id="rId9"/>
     <sheet name="Resumo financeiro - DLV" sheetId="10" r:id="rId10"/>
     <sheet name="Res Log. Int." sheetId="11" r:id="rId11"/>
     <sheet name="Custos e Despesas - DLI" sheetId="12" r:id="rId12"/>
     <sheet name="Resumo financeiro - DLI" sheetId="13" r:id="rId13"/>
     <sheet name="Res Consolidados" sheetId="14" r:id="rId14"/>
     <sheet name="Resultado financeiro" sheetId="15" r:id="rId15"/>
     <sheet name="Equivalência patrimonial" sheetId="16" r:id="rId16"/>
     <sheet name="IR e CSLL" sheetId="22" r:id="rId17"/>
     <sheet name="Balanço Patrimonial" sheetId="17" r:id="rId18"/>
     <sheet name="CAPEX" sheetId="18" r:id="rId19"/>
     <sheet name="Free cash flow to firm" sheetId="19" r:id="rId20"/>
     <sheet name="Dividendos e JSCP" sheetId="20" r:id="rId21"/>
     <sheet name="Contatos" sheetId="21" r:id="rId22"/>
   </sheets>
-  <externalReferences>
-[...5 lines deleted...]
-  <calcPr calcId="191029"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H7" i="20" l="1"/>
-[...11 lines deleted...]
-  <c r="H14" i="19"/>
+  <c r="L19" i="13" l="1"/>
+  <c r="E8" i="20" l="1"/>
+  <c r="E7" i="20"/>
+  <c r="L12" i="18" l="1"/>
   <c r="L14" i="19"/>
-  <c r="K13" i="19"/>
-[...22 lines deleted...]
-  <c r="L14" i="22"/>
+  <c r="L9" i="22"/>
+  <c r="L22" i="17" l="1"/>
   <c r="L11" i="22"/>
   <c r="L13" i="22" s="1"/>
-  <c r="L10" i="22"/>
-[...8 lines deleted...]
-  <c r="L12" i="15"/>
+  <c r="L18" i="14"/>
+  <c r="K18" i="14"/>
   <c r="L16" i="14"/>
   <c r="L13" i="14"/>
+  <c r="L14" i="14" s="1"/>
   <c r="L11" i="14"/>
-  <c r="L15" i="13"/>
-[...24 lines deleted...]
-  <c r="L7" i="14" l="1"/>
   <c r="L8" i="14"/>
+  <c r="L9" i="14" s="1"/>
+  <c r="L7" i="14"/>
+  <c r="L10" i="14" s="1"/>
   <c r="L12" i="13"/>
-  <c r="L11" i="13"/>
-[...12 lines deleted...]
-  <c r="L24" i="13" s="1"/>
+  <c r="L14" i="13" s="1"/>
+  <c r="L7" i="13"/>
+  <c r="L11" i="13" s="1"/>
   <c r="L17" i="10"/>
   <c r="L19" i="10" s="1"/>
   <c r="L21" i="10" s="1"/>
-  <c r="L23" i="10" s="1"/>
-  <c r="L24" i="10" s="1"/>
+  <c r="L16" i="10"/>
   <c r="L14" i="10"/>
-  <c r="L23" i="17" l="1"/>
-  <c r="L14" i="14"/>
+  <c r="L12" i="10"/>
+  <c r="L11" i="10"/>
+  <c r="L8" i="10"/>
+  <c r="L15" i="15" l="1"/>
   <c r="L15" i="14"/>
   <c r="L17" i="14" s="1"/>
-  <c r="L19" i="14" s="1"/>
   <c r="L12" i="14"/>
-  <c r="L20" i="14" l="1"/>
-[...6 lines deleted...]
-  <c r="J16" i="22"/>
+  <c r="L17" i="13"/>
+  <c r="L21" i="13" s="1"/>
+  <c r="L16" i="13"/>
+  <c r="L19" i="14" l="1"/>
+  <c r="L20" i="14" s="1"/>
+  <c r="L23" i="17"/>
+  <c r="L24" i="17" s="1"/>
+  <c r="K21" i="6"/>
+  <c r="K18" i="6"/>
+  <c r="K15" i="6"/>
+  <c r="J15" i="19" l="1"/>
+  <c r="I15" i="19"/>
+  <c r="L15" i="19"/>
+  <c r="K14" i="19"/>
+  <c r="K9" i="22"/>
+  <c r="K19" i="8"/>
+  <c r="J18" i="6"/>
+  <c r="J15" i="6"/>
+  <c r="K11" i="14" l="1"/>
+  <c r="K13" i="14"/>
+  <c r="K22" i="17"/>
+  <c r="K15" i="15"/>
+  <c r="K11" i="22"/>
+  <c r="K13" i="22" s="1"/>
+  <c r="K12" i="18"/>
+  <c r="J21" i="6"/>
+  <c r="K14" i="14" l="1"/>
+  <c r="H15" i="22" l="1"/>
   <c r="I16" i="22"/>
   <c r="H16" i="22"/>
+  <c r="G15" i="6"/>
+  <c r="I15" i="6"/>
   <c r="H15" i="6"/>
-  <c r="J15" i="6"/>
-[...4 lines deleted...]
-  <c r="K14" i="10"/>
+  <c r="I15" i="22" l="1"/>
   <c r="J14" i="10"/>
   <c r="I14" i="10"/>
   <c r="H14" i="10"/>
-  <c r="K16" i="22" l="1"/>
-[...1 lines deleted...]
-  <c r="K15" i="15" l="1"/>
+  <c r="J16" i="22" l="1"/>
+  <c r="J15" i="22" l="1"/>
+  <c r="J15" i="15" l="1"/>
+  <c r="H15" i="15" l="1"/>
   <c r="I15" i="15" l="1"/>
-  <c r="J15" i="15" l="1"/>
+  <c r="H9" i="22" l="1"/>
+  <c r="H10" i="22" s="1"/>
+  <c r="H14" i="19" s="1"/>
   <c r="I9" i="22" l="1"/>
   <c r="I10" i="22" s="1"/>
-  <c r="J9" i="22" l="1"/>
-[...2 lines deleted...]
-  <c r="H10" i="22" s="1"/>
+  <c r="I14" i="19" s="1"/>
   <c r="H14" i="22"/>
   <c r="I14" i="22"/>
-  <c r="J14" i="22"/>
-[...1 lines deleted...]
-  <c r="J8" i="10"/>
+  <c r="I18" i="14" l="1"/>
   <c r="I8" i="10"/>
-  <c r="I10" i="10" s="1"/>
-  <c r="I11" i="10" s="1"/>
   <c r="H8" i="10"/>
   <c r="H10" i="10" s="1"/>
   <c r="H11" i="10" s="1"/>
-  <c r="J21" i="14" l="1"/>
-[...1 lines deleted...]
-  <c r="K18" i="14"/>
+  <c r="I21" i="14" l="1"/>
+  <c r="I16" i="14"/>
+  <c r="J18" i="14"/>
+  <c r="H21" i="14"/>
+  <c r="I16" i="10"/>
+  <c r="H13" i="14"/>
   <c r="H16" i="14"/>
-  <c r="H21" i="14"/>
-[...2 lines deleted...]
-  <c r="J16" i="10"/>
+  <c r="H18" i="14"/>
   <c r="I13" i="14"/>
-  <c r="H18" i="14"/>
-[...4 lines deleted...]
-  <c r="H13" i="14"/>
+  <c r="J21" i="14"/>
   <c r="H17" i="10"/>
   <c r="H19" i="10" s="1"/>
   <c r="H21" i="10" s="1"/>
   <c r="H23" i="10" s="1"/>
   <c r="H24" i="10" s="1"/>
-  <c r="I17" i="10"/>
-[...7 lines deleted...]
-  <c r="J7" i="13"/>
+  <c r="H16" i="10"/>
+  <c r="H8" i="14" l="1"/>
+  <c r="I7" i="13"/>
+  <c r="H11" i="14"/>
   <c r="I11" i="14"/>
-  <c r="H11" i="14"/>
-  <c r="J11" i="14"/>
   <c r="H7" i="13"/>
-  <c r="I7" i="13"/>
-[...5 lines deleted...]
-  <c r="J7" i="14"/>
+  <c r="H11" i="13" l="1"/>
+  <c r="I12" i="13"/>
+  <c r="I16" i="13" s="1"/>
+  <c r="I11" i="13"/>
+  <c r="I7" i="14"/>
+  <c r="H14" i="14"/>
   <c r="I14" i="14"/>
-  <c r="J14" i="14"/>
-[...2 lines deleted...]
-  <c r="I7" i="14"/>
   <c r="H12" i="13"/>
   <c r="H7" i="14"/>
-  <c r="I9" i="14" l="1"/>
-[...5 lines deleted...]
-  <c r="J24" i="13" s="1"/>
+  <c r="H9" i="14" l="1"/>
   <c r="I17" i="13"/>
   <c r="I19" i="13" s="1"/>
   <c r="I21" i="13" s="1"/>
   <c r="I23" i="13" s="1"/>
   <c r="I24" i="13" s="1"/>
-  <c r="I16" i="13"/>
   <c r="H17" i="13"/>
   <c r="H19" i="13" s="1"/>
   <c r="H21" i="13" s="1"/>
   <c r="H23" i="13" s="1"/>
   <c r="H24" i="13" s="1"/>
   <c r="H16" i="13"/>
   <c r="H10" i="14"/>
   <c r="H12" i="14" s="1"/>
-  <c r="I10" i="14"/>
-[...5 lines deleted...]
-  <c r="H15" i="14"/>
+  <c r="H15" i="14" l="1"/>
   <c r="H17" i="14" s="1"/>
   <c r="H19" i="14" s="1"/>
   <c r="H20" i="14" s="1"/>
-  <c r="I22" i="14" l="1"/>
-[...3 lines deleted...]
-  <c r="H23" i="14"/>
+  <c r="H22" i="14" l="1"/>
+  <c r="H23" i="14" l="1"/>
   <c r="H12" i="19"/>
-  <c r="H16" i="19" s="1"/>
   <c r="G18" i="6"/>
   <c r="H18" i="8" s="1"/>
   <c r="H19" i="8" s="1"/>
   <c r="H18" i="6"/>
   <c r="I18" i="8" s="1"/>
   <c r="I19" i="8" s="1"/>
   <c r="I18" i="6"/>
   <c r="J18" i="8" s="1"/>
-  <c r="J19" i="8" s="1"/>
-[...1 lines deleted...]
-  <c r="K18" i="8" s="1"/>
   <c r="G21" i="6" l="1"/>
   <c r="H21" i="6"/>
   <c r="I21" i="6"/>
-  <c r="J21" i="6"/>
-  <c r="K7" i="13" l="1"/>
+  <c r="J7" i="13" l="1"/>
+  <c r="I10" i="10" l="1"/>
+  <c r="I11" i="10" s="1"/>
+  <c r="I17" i="10" l="1"/>
+  <c r="I19" i="10" s="1"/>
+  <c r="I21" i="10" s="1"/>
+  <c r="I23" i="10" s="1"/>
+  <c r="I24" i="10" s="1"/>
+  <c r="I8" i="14" l="1"/>
+  <c r="I9" i="14" s="1"/>
+  <c r="I10" i="14" l="1"/>
+  <c r="I12" i="14" s="1"/>
+  <c r="I15" i="14" l="1"/>
+  <c r="I17" i="14" s="1"/>
+  <c r="I19" i="14" s="1"/>
+  <c r="I20" i="14" s="1"/>
+  <c r="I22" i="14" l="1"/>
+  <c r="I12" i="19" l="1"/>
+  <c r="I23" i="14"/>
+  <c r="I16" i="19" l="1"/>
+  <c r="J9" i="22" l="1"/>
+  <c r="J10" i="22" s="1"/>
+  <c r="J11" i="22" l="1"/>
+  <c r="J14" i="19"/>
+  <c r="J14" i="22"/>
+  <c r="J16" i="14" l="1"/>
+  <c r="J11" i="13" l="1"/>
+  <c r="J12" i="13"/>
+  <c r="J17" i="13" s="1"/>
+  <c r="J19" i="13" s="1"/>
+  <c r="J21" i="13" s="1"/>
+  <c r="J23" i="13" s="1"/>
+  <c r="J24" i="13" s="1"/>
+  <c r="J11" i="14"/>
+  <c r="J8" i="10"/>
+  <c r="J7" i="14" s="1"/>
+  <c r="J19" i="8"/>
+  <c r="J14" i="13" l="1"/>
+  <c r="J16" i="13"/>
+  <c r="J13" i="14"/>
+  <c r="J14" i="14" s="1"/>
+  <c r="J16" i="10"/>
   <c r="J10" i="10" l="1"/>
-  <c r="J11" i="10" s="1"/>
-  <c r="J17" i="10" l="1"/>
+  <c r="J17" i="10"/>
   <c r="J19" i="10" s="1"/>
   <c r="J21" i="10" s="1"/>
   <c r="J23" i="10" s="1"/>
   <c r="J24" i="10" s="1"/>
-  <c r="J8" i="14" l="1"/>
-[...3 lines deleted...]
-  <c r="J15" i="14" l="1"/>
+  <c r="J11" i="10" l="1"/>
+  <c r="J8" i="14"/>
+  <c r="J9" i="14" l="1"/>
+  <c r="J10" i="14"/>
+  <c r="J12" i="14" l="1"/>
+  <c r="J15" i="14"/>
   <c r="J17" i="14" s="1"/>
   <c r="J19" i="14" s="1"/>
-  <c r="J20" i="14" s="1"/>
-  <c r="J22" i="14" l="1"/>
+  <c r="J20" i="14" l="1"/>
+  <c r="J22" i="14"/>
   <c r="J12" i="19" l="1"/>
   <c r="J23" i="14"/>
+  <c r="K15" i="19" l="1"/>
   <c r="J16" i="19" l="1"/>
-  <c r="I16" i="19"/>
-[...3 lines deleted...]
-  <c r="K14" i="22" l="1"/>
+  <c r="H11" i="22"/>
+  <c r="H13" i="22" s="1"/>
+  <c r="H17" i="22" s="1"/>
+  <c r="I11" i="22"/>
+  <c r="I13" i="22" s="1"/>
+  <c r="I17" i="22" s="1"/>
+  <c r="J13" i="22"/>
+  <c r="J17" i="22" s="1"/>
+  <c r="H16" i="19" l="1"/>
+  <c r="K7" i="13" l="1"/>
+  <c r="K21" i="14"/>
   <c r="K16" i="14" l="1"/>
   <c r="K11" i="13" l="1"/>
   <c r="K12" i="13"/>
-  <c r="K17" i="13" s="1"/>
+  <c r="K17" i="13" l="1"/>
   <c r="K19" i="13" s="1"/>
   <c r="K21" i="13" s="1"/>
   <c r="K23" i="13" s="1"/>
   <c r="K24" i="13" s="1"/>
-  <c r="K11" i="14"/>
+  <c r="K14" i="13"/>
+  <c r="K16" i="13"/>
+  <c r="L22" i="14"/>
+  <c r="L23" i="14" l="1"/>
+  <c r="L12" i="19"/>
+  <c r="L19" i="8" l="1"/>
+  <c r="K8" i="14" l="1"/>
+  <c r="K11" i="10"/>
   <c r="K8" i="10"/>
   <c r="K7" i="14" s="1"/>
-  <c r="K19" i="8"/>
-[...3 lines deleted...]
-  <c r="K14" i="14" s="1"/>
+  <c r="K12" i="10"/>
+  <c r="K10" i="14" l="1"/>
+  <c r="K15" i="14" s="1"/>
+  <c r="K17" i="14" s="1"/>
+  <c r="K19" i="14" s="1"/>
+  <c r="K9" i="14"/>
   <c r="K16" i="10"/>
-  <c r="K10" i="10" l="1"/>
   <c r="K17" i="10"/>
   <c r="K19" i="10" s="1"/>
   <c r="K21" i="10" s="1"/>
   <c r="K23" i="10" s="1"/>
   <c r="K24" i="10" s="1"/>
-  <c r="K11" i="10" l="1"/>
-[...2 lines deleted...]
-  <c r="K10" i="14"/>
+  <c r="K14" i="10"/>
   <c r="K12" i="14" l="1"/>
-  <c r="K15" i="14"/>
-[...2 lines deleted...]
-  <c r="K20" i="14" l="1"/>
   <c r="K22" i="14"/>
-  <c r="K12" i="19" l="1"/>
+  <c r="K20" i="14"/>
+  <c r="L16" i="19" l="1"/>
   <c r="K23" i="14"/>
-  <c r="L15" i="19" l="1"/>
+  <c r="K12" i="19"/>
   <c r="K16" i="19" s="1"/>
-  <c r="H11" i="22" l="1"/>
-[...9 lines deleted...]
-  <c r="K17" i="22" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Ian Nunes Costa e Costa</author>
   </authors>
   <commentList>
-    <comment ref="L15" authorId="0" shapeId="0" xr:uid="{3E6BB39E-02DE-49F2-A218-29871FC50DB2}">
+    <comment ref="K15" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Pt- A partir de janeiro de 2024, a Companhia passou a adotar o rateio das despesas com base na utilização efetiva dos serviços corporativos compartilhados, impactando as despesas entre Divisões. 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Ian Nunes Costa e Costa</author>
   </authors>
   <commentList>
-    <comment ref="I15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0E00-000002000000}">
+    <comment ref="H15" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Pt - Correção monetária do Crédito de PIS e COFINS priveniente da Exclusão de ICMS na Base de Cálculo: R$3,4 milhões
 Eng - Pt - Monetary adjustment of the PIS and COFINS Credit arising from the Exclusion of ICMS in the Calculation Base: R$3.4 million
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="J15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0E00-000003000000}">
+    <comment ref="I15" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t>PT- Correção mpnetária dos Créditos de PIS/ COFINS da controlada Catlog  - R$ 6,1 milhões
 Eng - PIS/ COFINS tax credits from the subsidiary Catlog monetary Correction - R$ 6.1 million</t>
         </r>
       </text>
     </comment>
-    <comment ref="K15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0E00-000004000000}">
+    <comment ref="J15" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t>Pt - Correção monetária do Crédito de PIS e COFINS priveniente da Exclusão de ICMS na Base de Cálculo: R$2,8 milhões
 Eng - Pt - Monetary adjustment of the PIS and COFINS Credit arising from the Exclusion of ICMS in the Calculation Base: R$2.8 million</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Felipe Augusto Fogaca da Silva</author>
   </authors>
   <commentList>
-    <comment ref="I17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-1000-000001000000}">
+    <comment ref="H17" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t>Pt - Crédito tributário extraordinário referente a imposto pago a maior R$12,9 milhões
 Eng- Extraordinary tax credit regarding overpaid tax collection amounting R$ 12.9 million</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments4.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Felipe Augusto Fogaca da Silva</author>
   </authors>
   <commentList>
-    <comment ref="I12" authorId="0" shapeId="0" xr:uid="{A66A2F2C-3BF1-40B2-879B-55F8F1CFEA5D}">
+    <comment ref="H12" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Commercial issue that caused the deadline at the end of 2021 to extend and was resolved in September 2022.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
-<file path=xl/comments5.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="142">
   <si>
     <t>Tegma</t>
   </si>
   <si>
     <t>Dúvidas, entre em contato com o RI:</t>
   </si>
   <si>
     <t xml:space="preserve">Ian Nunes – ian.nunes@tegma.com.br </t>
   </si>
   <si>
     <t>Sobre a Tegma</t>
   </si>
   <si>
     <t>Premissas do Resultado</t>
   </si>
   <si>
     <t>Resultados da divisão automotiva</t>
   </si>
   <si>
     <t>Resultados da divisão de Logística Integrada</t>
   </si>
   <si>
     <t>Resultados Consolidados</t>
   </si>
   <si>
@@ -996,102 +902,89 @@
   <si>
     <t>Payout¹</t>
   </si>
   <si>
     <t>Payout²</t>
   </si>
   <si>
     <t>¹ Considerando o lucro líquido ajustado, pelas reservas legais e pela constituição de reserva de incentivos fiscais</t>
   </si>
   <si>
     <t xml:space="preserve">² Considerando o lucro líquido ajustado somente pelas reservas legais </t>
   </si>
   <si>
     <t xml:space="preserve">Margem EBITDA Ajustado ex IFRS 16 %  </t>
   </si>
   <si>
     <t>A - Vendas de veículos e comerciais leves</t>
   </si>
   <si>
     <t>Margem EBITDA Ajustado %  Ex IFRS-26</t>
   </si>
   <si>
     <t>4t23</t>
   </si>
   <si>
-    <r>
-[...17 lines deleted...]
-  <si>
     <t>Outras receitas e despesas financeiras</t>
   </si>
   <si>
     <t>Exportações¹</t>
   </si>
   <si>
     <t xml:space="preserve">Vendas domésticas ¹ </t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>2027-29</t>
   </si>
   <si>
-    <t>Venc dívidas (dez/24)</t>
+    <t>-</t>
   </si>
   <si>
-    <t>-</t>
+    <t>Leonardo Santos - leonardo.santos@tegma.com.br</t>
+  </si>
+  <si>
+    <t>Aquisição de terrenos</t>
+  </si>
+  <si>
+    <t>Venc dívidas (dez/25)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="34">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="50"/>
       <color theme="1"/>
       <name val="Gadugi"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="48"/>
       <color rgb="FFFF7700"/>
       <name val="Gadugi"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF7700"/>
@@ -1239,61 +1132,50 @@
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Montserrat"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Montserrat"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Montserrat"/>
-    </font>
-[...9 lines deleted...]
-      <name val="Mont"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Montserrat"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="47">
     <border>
       <left/>
       <right/>
       <top/>
@@ -1767,51 +1649,51 @@
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="178">
+  <cellXfs count="175">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -2144,141 +2026,134 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="10" fillId="0" borderId="31" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="10" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="13" fillId="0" borderId="18" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="17" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="2" borderId="19" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="7" fillId="2" borderId="21" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="30" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="33" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="31" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hiperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentagem" xfId="3" builtinId="5"/>
     <cellStyle name="Vírgula" xfId="2" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF7700"/>
       <color rgb="FFEA7423"/>
       <color rgb="FFED7700"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#Sum&#225;rio!A1"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#Disclaimer!A1"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Custos e despesas - DLV'!A1"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Resumo financeiro - DLI'!A1"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#Sum&#225;rio!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Resumo financeiro - DLV'!A1"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Custos e Despesas - DLI'!A1"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#Sum&#225;rio!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Res Log. Int.'!A1"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Resumo financeiro - DLI'!A1"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#Sum&#225;rio!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Custos e Despesas - DLI'!A1"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Res Consolidados'!A1"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#Sum&#225;rio!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#Sum&#225;rio!A1"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Resumo financeiro - DLI'!A1"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Resultado financeiro'!A1"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/></Relationships>
 </file>
@@ -2648,51 +2523,51 @@
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Guia de Premissas para Valuation</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="1800">
             <a:effectLst/>
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="115000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="2800" b="1">
               <a:effectLst/>
               <a:latin typeface="Gadugi" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Março/2025</a:t>
+            <a:t>Março/2026</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="1800">
             <a:effectLst/>
             <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>149204</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>180976</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>552449</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>66676</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
@@ -2930,53 +2805,53 @@
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Próximo</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>184709</xdr:colOff>
+      <xdr:colOff>178994</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:rowOff>173355</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="76200" y="219075"/>
           <a:ext cx="1327709" cy="342900"/>
         </a:xfrm>
@@ -3162,53 +3037,53 @@
             </a:rPr>
             <a:t>Resultados da Divisão Automotiva</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:srgbClr val="EA7423"/>
             </a:solidFill>
             <a:latin typeface="Montserrat"/>
             <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>515469</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>82923</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>502580</xdr:colOff>
+      <xdr:colOff>508295</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>142438</xdr:rowOff>
+      <xdr:rowOff>132913</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Imagem 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="screen">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
@@ -3301,95 +3176,95 @@
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>554162</xdr:colOff>
+      <xdr:colOff>550352</xdr:colOff>
       <xdr:row>24</xdr:row>
-      <xdr:rowOff>171450</xdr:rowOff>
+      <xdr:rowOff>167640</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Imagem 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000011000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9588853" y="19050"/>
           <a:ext cx="3164365" cy="4724400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>196829</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>600074</xdr:colOff>
+      <xdr:colOff>590549</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Imagem 10" descr="https://cdn-icons-png.flaticon.com/512/1946/1946488.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-00000B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
@@ -3483,53 +3358,53 @@
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Menu</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>294447</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>600075</xdr:colOff>
+      <xdr:colOff>592455</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:rowOff>91440</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Imagem 17" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000012000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
           </a:duotone>
           <a:extLst>
@@ -3552,53 +3427,53 @@
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>351597</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
+      <xdr:colOff>57150</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:rowOff>91440</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Imagem 18" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000013000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
           </a:duotone>
           <a:extLst>
@@ -4043,309 +3918,175 @@
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11488269" y="82923"/>
           <a:ext cx="596711" cy="250015"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>222516</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>114460</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="7108205" cy="3461332"/>
+    <xdr:ext cx="6900067" cy="2232342"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="CaixaDeTexto 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="222516" y="876460"/>
-          <a:ext cx="7108205" cy="3461332"/>
+          <a:ext cx="6900067" cy="2232342"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0">
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>A receita bruta da </a:t>
+            <a:t>O faturamento da </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>armazenagem</a:t>
+            <a:t>logística de granéis </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t> depende principalmente da demanda por gestão de estoques. A cobrança é realizada a partir do volume de pico contratado pelos clientes em um certo período.</a:t>
+            <a:t>depende da tonelagem de produtos químicos transportados e armazenados entre o Porto de Santos/SP, o armazém em Cubatão/SP e as respectivas fábricas. A dinâmica de crescimento desse negócio depende das vendas de produtos essenciais de cuidados pessoais e da produção de vidros no país (ambas indústrias que dependem da matéria prima que a Tegma administra).</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" indent="0">
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>A receita bruta </a:t>
+            <a:t>A receita bruta da </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>logística industrial</a:t>
+            <a:t>logística de embalagens </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>, por sua vez tem operações voltadas para dois segmentos: o setor </a:t>
-[...133 lines deleted...]
-            <a:t> depende, por sua vez, i) da quantidade de viagens para coletar peças entre os diversos fornecedores e levar até as fábricas dos clientes e ii)</a:t>
+            <a:t>depende, por sua vez, i) da quantidade de viagens para coletar peças entre os diversos fornecedores e levar até as fábricas dos clientes e ii)</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>da remuneração dos investimentos realizados na aquisição de embalagens para acomodar as peças durante a logística, baseado em uma taxa de administração desse serviço. A dinâmica de crescimento desse negócio depende principalmente das vendas de eletrodomésticos no país.</a:t>
           </a:r>
@@ -4407,52 +4148,52 @@
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>135031</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>336735</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="9" name="Agrupar 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000009000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="6887198" y="0"/>
-          <a:ext cx="2657037" cy="4762500"/>
+          <a:off x="7197642" y="0"/>
+          <a:ext cx="2769926" cy="4762500"/>
           <a:chOff x="5507735" y="2613621"/>
           <a:chExt cx="905725" cy="1632502"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="10" name="Forma Livre: Forma 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="5507735" y="2613621"/>
             <a:ext cx="905725" cy="1569167"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 13463 w 1105698"/>
               <a:gd name="connsiteY0" fmla="*/ 1356408 h 1569167"/>
@@ -5899,52 +5640,52 @@
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>121228</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>568751</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="13" name="Agrupar 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00000D000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks noChangeAspect="1"/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="9245600" y="311728"/>
-          <a:ext cx="2985984" cy="4069773"/>
+          <a:off x="9668933" y="311728"/>
+          <a:ext cx="3098874" cy="4069773"/>
           <a:chOff x="5307763" y="2613621"/>
           <a:chExt cx="1105698" cy="1632502"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="14" name="Forma Livre: Forma 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00000E000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="5307763" y="2613621"/>
             <a:ext cx="1105698" cy="1569167"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 13463 w 1105698"/>
               <a:gd name="connsiteY0" fmla="*/ 1356408 h 1569167"/>
@@ -7509,52 +7250,52 @@
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>578276</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>164523</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="11" name="Agrupar 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks noChangeAspect="1"/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="9255125" y="476250"/>
-          <a:ext cx="2985984" cy="4069773"/>
+          <a:off x="9678458" y="476250"/>
+          <a:ext cx="3098874" cy="4069773"/>
           <a:chOff x="5307763" y="2613621"/>
           <a:chExt cx="1105698" cy="1632502"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="12" name="Forma Livre: Forma 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000C000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="5307763" y="2613621"/>
             <a:ext cx="1105698" cy="1569167"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 13463 w 1105698"/>
               <a:gd name="connsiteY0" fmla="*/ 1356408 h 1569167"/>
@@ -8407,70 +8148,70 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Anterior</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>12</xdr:col>
-      <xdr:colOff>444500</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>91723</xdr:rowOff>
+      <xdr:colOff>423334</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>119944</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1989666" cy="3083278"/>
+    <xdr:ext cx="2081390" cy="3612445"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="22" name="CaixaDeTexto 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000016000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="8149167" y="1044223"/>
-          <a:ext cx="1989666" cy="3083278"/>
+          <a:off x="8128001" y="881944"/>
+          <a:ext cx="2081390" cy="3612445"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575">
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:prstDash val="sysDash"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -9991,51 +9732,51 @@
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>consolidado decorre das dívidas e aplicações financeiras que são detalhadas na seção de caixa/aplicações e dívidas financeiras. Abaixo, a evolução do resultado financeiro.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>O custo médio de dívida no final de 2024 era de CDI + 1,6% a.a.</a:t>
+            <a:t>O custo médio de dívida no final de 2025 era de CDI + 1,34% a.a.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>251781</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>3142</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>601807</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Imagem 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000009000000}"/>
@@ -11126,52 +10867,52 @@
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>78858</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>266050</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>182538</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="9" name="Agrupar 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000009000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks noChangeAspect="1"/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="8747872" y="269358"/>
-          <a:ext cx="3015413" cy="4485180"/>
+          <a:off x="9270813" y="273093"/>
+          <a:ext cx="3202178" cy="4571092"/>
           <a:chOff x="5307763" y="2613621"/>
           <a:chExt cx="1105698" cy="1632502"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="10" name="Forma Livre: Forma 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="5307763" y="2613621"/>
             <a:ext cx="1105698" cy="1569167"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 13463 w 1105698"/>
               <a:gd name="connsiteY0" fmla="*/ 1356408 h 1569167"/>
@@ -12739,51 +12480,51 @@
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:latin typeface="Montserrat"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Imposto de renda e contribuição social sobre o lucro líquido</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1400">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>A alíquota de imposto de renda e contribuição social sobre o lucro líquido da Companhia são respectivamente 25% e 9%. Até 2024, o que se excluiu da base tributável foi: equivalência patrimonial, benefício fiscal do pagamento de JC e diferenças permanentes. </a:t>
+            <a:t>A alíquota de imposto de renda e contribuição social sobre o lucro líquido da Companhia são respectivamente 25% e 9%. Até 2025, o que se excluiu da base tributável foi: equivalência patrimonial, benefício fiscal do pagamento de JC e diferenças permanentes. </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>155367</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>186018</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>558612</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>71718</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Imagem 7" descr="https://cdn-icons-png.flaticon.com/512/1946/1946488.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -13453,51 +13194,51 @@
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>571501</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>159327</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>573033</xdr:colOff>
+      <xdr:colOff>544811</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>159327</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Imagem 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-00000C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="screen">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="40391"/>
@@ -13863,75 +13604,75 @@
             </a:rPr>
             <a:t>O </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>capital de giro </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>da Tegma é concentrado no contas a receber de clientes, deduzido das contas fornecedores/fretes a pagar, uma vez que pela característica da operação da companhia a conta estoques é irrelevante. O capital de giro em 2024 correspondeu </a:t>
+            <a:t>da Tegma é concentrado no contas a receber de clientes, deduzido das contas fornecedores/fretes a pagar, uma vez que pela característica da operação da companhia a conta estoques é irrelevante. O capital de giro em 2025 correspondeu </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>a </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>40 dias</a:t>
+            <a:t>41 dias</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
@@ -13984,63 +13725,63 @@
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Endividamento </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>A alavancagem financeira da companhia ao longo dos últimos 4 anos se reduziu em decorrência do fluxo de caixa livre positivo do período. As dívidas financeiras têm um custo médio em 31 de dezembro de 2024 de </a:t>
+            <a:t>A alavancagem financeira da companhia ao longo dos últimos 4 anos se reduziu em decorrência do fluxo de caixa livre positivo do período. As dívidas financeiras têm um custo médio em 31 de dezembro de 2025 de </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>CDI + 1,6%</a:t>
+            <a:t>CDI + 1,4%</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>215879</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
@@ -14231,51 +13972,51 @@
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>484947</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>140277</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>180975</xdr:colOff>
+      <xdr:colOff>152753</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>159327</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Imagem 13" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-00000E000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
@@ -14523,51 +14264,51 @@
             </a:rPr>
             <a:t>Para fins de projeção:</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" b="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> O</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t> patamar de dias do final de 2024 pode variar de acordo com negociações comerciais.</a:t>
+            <a:t> patamar de dias do final de 2025 pode variar de acordo com negociações comerciais.</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="900">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>222249</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>137583</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1460501" cy="804334"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
@@ -15311,51 +15052,51 @@
             </a:rPr>
             <a:t>Nos últimos</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> exercícios, o CAPEX esteve concentrado principalmente nas categorias destacadas na tabela à esquerda. O CAPEX consolidado representou nos últimos cinco anos entre </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>1,6-2,7%</a:t>
+            <a:t>1,7-4,1%</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> do faturamento bruto consolidado.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>215879</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>104334</xdr:rowOff>
     </xdr:from>
@@ -15718,141 +15459,141 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Anterior</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>84667</xdr:colOff>
-      <xdr:row>14</xdr:row>
-      <xdr:rowOff>187430</xdr:rowOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2335388" cy="1154547"/>
+    <xdr:ext cx="2335388" cy="1437227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="18" name="CaixaDeTexto 17">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1200-000012000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="3294945" y="2854430"/>
-          <a:ext cx="2335388" cy="1154547"/>
+          <a:off x="3153834" y="2571750"/>
+          <a:ext cx="2335388" cy="1437227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575">
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:prstDash val="sysDash"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
-          <a:spAutoFit/>
+          <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr">
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Para fins de projeção</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>O intervalo de 1,6-2,7% da receita bruta é uma indicação do passado mas não pode ser considerado uma garantia de que será cumprido.</a:t>
+            <a:t>O intervalo de 1,7-4,1% da receita bruta é uma indicação do passado mas não pode ser considerado uma garantia de que será cumprido.</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="1200">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>1</xdr:row>
@@ -16221,51 +15962,51 @@
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>.</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="1600">
             <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>40821</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>82933</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>560999</xdr:colOff>
+      <xdr:colOff>84749</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>163287</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Imagem 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000D000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="screen">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="-182"/>
@@ -16458,52 +16199,52 @@
           <a:endParaRPr kumimoji="0" lang="pt-BR" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:prstClr val="white"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uLnTx/>
             <a:uFillTx/>
             <a:latin typeface="Montserrat Medium" pitchFamily="2" charset="77"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>484947</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
-      <xdr:colOff>180975</xdr:colOff>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>822325</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Imagem 11" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
@@ -16734,52 +16475,52 @@
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Anterior</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>253979</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>19</xdr:col>
-      <xdr:colOff>47624</xdr:colOff>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>688974</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Imagem 17" descr="https://cdn-icons-png.flaticon.com/512/1946/1946488.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000012000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
@@ -17323,52 +17064,52 @@
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>282516</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>343921</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="Agrupar 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1300-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="7648516" y="3152775"/>
-          <a:ext cx="3130572" cy="1524000"/>
+          <a:off x="7987183" y="3152775"/>
+          <a:ext cx="3271682" cy="1524000"/>
           <a:chOff x="3049304" y="9578501"/>
           <a:chExt cx="3254795" cy="1595259"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="9" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1300-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -20631,68 +20372,68 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11407587" y="82923"/>
           <a:ext cx="592228" cy="251696"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>100853</xdr:rowOff>
+      <xdr:rowOff>93233</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="8226778" cy="3984360"/>
+    <xdr:ext cx="8226778" cy="3886641"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="CaixaDeTexto 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="672353"/>
-          <a:ext cx="8226778" cy="3984360"/>
+          <a:off x="0" y="664733"/>
+          <a:ext cx="8226778" cy="3886641"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
@@ -20704,63 +20445,63 @@
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>A Tegma é uma operadora logística com atuação em todo o Brasil em serviços de transporte, armazenagem e gestão de cadeia de suprimentos para diversos setores da economia nacional.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>A empresa é dividida em duas divisões, a logística automotiva (que atualmente consiste somente na </a:t>
+            <a:t>A empresa é dividida em duas divisões, a logística automotiva (que atualmente consiste na </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>logística de veículos</a:t>
+            <a:t>logística de veículos novos e usados</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>) e na logística integrada. A logística de veículos é a operação principal da empresa, fundada em 1969 e consiste na logística de veículos zero-quilômetro desde as montadoras ou portos até concessionárias ou portos (veículos produzidos nacionalmente, </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
@@ -20776,166 +20517,139 @@
             </a:rPr>
             <a:t>importados</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> e</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t> exportação), incluindo não somente o transporte, mas gestão de pátios, armazenagem, rastreamento e adequação para a venda (PDI – Pre delivery inspection).</a:t>
+            <a:t> exportação), incluindo não somente o transporte, mas gestão de pátios, armazenagem, rastreamento e adequação para a venda (PDI – Pre delivery inspection). A logística de veículos</a:t>
           </a:r>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t> emplacados e motos consiste na subsidiária Fastline, e opera para locadoras, leiloeiros, financeiras e produtoras de motos, realizando a logística entre lojas e concessionárias e entre a fábrica e seus clientes.</a:t>
+          </a:r>
+          <a:endParaRPr lang="pt-BR" sz="1200">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>A logística integrada é dividida em duas operações: a </a:t>
+            <a:t>A logística integrada é dividida em duas operações: a logística de granéis consiste no serviço de administração de insumos entre fornecedores e as linhas de produção de fábricas químicas (principalmente fábricas de sabão em pó e vidreiras) e na Logística de embalagens, que consiste na gestão de embalagens para manuseio de peças para a </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>logística industrial </a:t>
+            <a:t>fabricantes de eletrodomésticos</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>e a </a:t>
+            <a:t>. Adicionalmente,</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="pt-BR" sz="1200" b="1">
-[...1 lines deleted...]
-                <a:srgbClr val="EA7423"/>
+            <a:rPr lang="pt-BR" sz="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>armazenagem</a:t>
+            <a:t> o </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>. A logística industrial consiste no serviço de administração de insumos entre fornecedores e as linhas de produção de fábricas químicas (principalmente fábricas de sabão em pó e vidreiras) e de eletrodomésticos. O serviço consiste na armazenagem e na expedição de granéis sólidos para a </a:t>
-[...47 lines deleted...]
-            <a:t>. O serviço de armazenagem consiste na oferta de gestão de estoques, etiquetagem e montagem de kits para empresas de bens de consumo como as do ramo alimentícios e e-commerce.</a:t>
+            <a:t>serviço de armazenagem consiste na oferta de gestão de estoques, etiquetagem e montagem de kits para empresas de bens de consumo como as do ramo alimentícios e e-commerce.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>A empresa tem uma estratégia de negócio essencialmente </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1" i="1">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
@@ -21864,51 +21578,51 @@
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1400">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>(que é a grande parcela da receita da divisão), advém de uma tarifa cobrada por </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1400" b="1" u="sng">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>quilometro percorrido </a:t>
+            <a:t>quilômetro percorrido </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1400">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>por </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1400" b="1" u="sng">
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>cada veículo transportado </a:t>
           </a:r>
@@ -22023,69 +21737,69 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="screen">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12528580" y="170661"/>
           <a:ext cx="592228" cy="251696"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>68035</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>53228</xdr:rowOff>
+      <xdr:colOff>224880</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>88788</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5637440" cy="342530"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="23" name="CaixaDeTexto 22">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000017000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="68035" y="4253753"/>
+          <a:off x="224880" y="4089288"/>
           <a:ext cx="5637440" cy="342530"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
@@ -22161,52 +21875,52 @@
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>392206</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>593910</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="28" name="Agrupar 27">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00001C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="9599706" y="0"/>
-          <a:ext cx="2657037" cy="4762500"/>
+          <a:off x="10023039" y="0"/>
+          <a:ext cx="2769927" cy="4762500"/>
           <a:chOff x="5507735" y="2613621"/>
           <a:chExt cx="905725" cy="1632502"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="29" name="Forma Livre: Forma 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00001D000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="5507735" y="2613621"/>
             <a:ext cx="905725" cy="1569167"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 13463 w 1105698"/>
               <a:gd name="connsiteY0" fmla="*/ 1356408 h 1569167"/>
@@ -23784,51 +23498,51 @@
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Menu</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>79934</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:rowOff>169545</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="76200" y="228600"/>
           <a:ext cx="1327709" cy="342900"/>
         </a:xfrm>
@@ -24014,53 +23728,53 @@
             </a:rPr>
             <a:t>Resultados da Divisão Automotiva</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:srgbClr val="EA7423"/>
             </a:solidFill>
             <a:latin typeface="Montserrat"/>
             <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>515469</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>82923</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>502579</xdr:colOff>
+      <xdr:colOff>512104</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>142438</xdr:rowOff>
+      <xdr:rowOff>136723</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Imagem 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="screen">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
@@ -24144,51 +23858,51 @@
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>market share</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>A quantidade de veículos transportados pela Tegma nos últimos cinco anos (2020-2024) correspondeu a, em média, </a:t>
+            <a:t>A quantidade de veículos transportados pela Tegma nos últimos cinco anos (2021-2025 )correspondeu a, em média, </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>24%</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> da quantidade de veículos leves e comerciais leves vendidos</a:t>
           </a:r>
@@ -24370,97 +24084,97 @@
             <a:rPr lang="pt-BR" sz="700">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>¹ Fonte: Carta da ANFAVEA - Leves e comerciais leves (https://anfavea.com.br/site/edicoes-em-excel/)</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>26863</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>600074</xdr:colOff>
+      <xdr:colOff>594359</xdr:colOff>
       <xdr:row>24</xdr:row>
-      <xdr:rowOff>161925</xdr:rowOff>
+      <xdr:rowOff>167640</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Imagem 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9170863" y="9525"/>
           <a:ext cx="3011612" cy="4724400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>241092</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>71718</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>34736</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>147918</xdr:rowOff>
+      <xdr:rowOff>132678</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Imagem 10" descr="https://cdn-icons-png.flaticon.com/512/1946/1946488.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000B000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
           </a:duotone>
           <a:extLst>
@@ -24552,51 +24266,51 @@
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Menu</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>351597</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>47624</xdr:colOff>
+      <xdr:colOff>59054</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Imagem 13" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000E000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
@@ -24621,51 +24335,51 @@
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>408747</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:colOff>93345</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Imagem 14" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-00000F000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
@@ -24826,66 +24540,66 @@
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Anterior</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>222250</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>162278</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="2074333" cy="1601611"/>
+    <xdr:ext cx="2091972" cy="2017889"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="21" name="CaixaDeTexto 20">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000015000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7397750" y="2448278"/>
-          <a:ext cx="2074333" cy="1601611"/>
+          <a:ext cx="2091972" cy="2017889"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575">
           <a:solidFill>
             <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:prstDash val="sysDash"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
@@ -24934,53 +24648,53 @@
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>As associações dos produtores e distribuidores de veículos, ANFAVEA e FENABRAVE, divulgam anualmente suas projeções públicas para o ano subsequente. Essa pode ser uma forma de se projetar as vendas para o ano seguinte.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>184709</xdr:colOff>
+      <xdr:colOff>175184</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:rowOff>169545</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="76200" y="219075"/>
           <a:ext cx="1327709" cy="342900"/>
         </a:xfrm>
@@ -25166,53 +24880,53 @@
             </a:rPr>
             <a:t>Resultados da Divisão Automotiva</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:srgbClr val="EA7423"/>
             </a:solidFill>
             <a:latin typeface="Montserrat"/>
             <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>515469</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>82923</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>502580</xdr:colOff>
+      <xdr:colOff>512105</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>142438</xdr:rowOff>
+      <xdr:rowOff>136723</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Imagem 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="screen">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
@@ -25394,51 +25108,51 @@
             <a:rPr lang="pt-BR" sz="1400">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>. O histórico desse indicador é mostrado na tabela abaixo.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>5060</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>602474</xdr:colOff>
+      <xdr:colOff>592949</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>174223</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Imagem 15">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000010000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
           <a:extLst>
             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a14:imgLayer r:embed="rId4">
                   <a14:imgEffect>
                     <a14:colorTemperature colorTemp="5900"/>
                   </a14:imgEffect>
@@ -25452,51 +25166,51 @@
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9410700" y="5060"/>
           <a:ext cx="2774174" cy="4741163"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>446847</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>142875</xdr:colOff>
+      <xdr:colOff>131445</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Imagem 13" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000E000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
@@ -25521,51 +25235,51 @@
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>503997</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>200025</xdr:colOff>
+      <xdr:colOff>205740</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Imagem 14" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000F000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print">
           <a:duotone>
             <a:schemeClr val="accent2">
               <a:shade val="45000"/>
               <a:satMod val="135000"/>
             </a:schemeClr>
             <a:prstClr val="white"/>
@@ -26196,51 +25910,51 @@
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Anterior</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>301604</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>95249</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:rowOff>169545</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Imagem 11" descr="https://cdn-icons-png.flaticon.com/512/1946/1946488.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000C000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -26428,53 +26142,53 @@
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Não existe premissas suficientes para se conseguir projetar a km média do futuro. O passado é a única forma de se se ter um parâmetro.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>184709</xdr:colOff>
+      <xdr:colOff>171374</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
+      <xdr:rowOff>173355</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="76200" y="219075"/>
           <a:ext cx="1327709" cy="342900"/>
         </a:xfrm>
@@ -26660,53 +26374,53 @@
             </a:rPr>
             <a:t>Resultados da Divisão Automotiva</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="2800" b="1">
             <a:solidFill>
               <a:srgbClr val="EA7423"/>
             </a:solidFill>
             <a:latin typeface="Montserrat"/>
             <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>515469</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>82923</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>502580</xdr:colOff>
+      <xdr:colOff>515915</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>142438</xdr:rowOff>
+      <xdr:rowOff>132913</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Imagem 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="screen">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch/>
       </xdr:blipFill>
@@ -26862,53 +26576,53 @@
             </a:spcBef>
           </a:pPr>
           <a:endParaRPr lang="pt-BR" sz="1200">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28022</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
-      <xdr:colOff>581079</xdr:colOff>
+      <xdr:colOff>590604</xdr:colOff>
       <xdr:row>24</xdr:row>
-      <xdr:rowOff>165270</xdr:rowOff>
+      <xdr:rowOff>169080</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Imagem 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-00000D000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="screen">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="19038" b="12078"/>
         <a:stretch/>
       </xdr:blipFill>
@@ -27568,51 +27282,51 @@
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p>
           <a:endParaRPr lang="pt-BR"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>511154</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>304799</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Imagem 15" descr="https://cdn-icons-png.flaticon.com/512/1946/1946488.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000010000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -27759,51 +27473,51 @@
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>437322</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
-      <xdr:colOff>133350</xdr:colOff>
+      <xdr:colOff>129540</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Imagem 18" descr="https://cdn-icons-png.flaticon.com/512/591/591855.png">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000013000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
@@ -27951,89 +27665,89 @@
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Anterior</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>211666</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>139254</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="8008056" cy="789703"/>
+    <xdr:ext cx="8008056" cy="1003746"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="22" name="CaixaDeTexto 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000016000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="211666" y="1853754"/>
-          <a:ext cx="8008056" cy="789703"/>
+          <a:ext cx="8008056" cy="1003746"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t">
-          <a:spAutoFit/>
+          <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr">
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Obs.: A receita do segmento de logística de veículos divulgada inclui os outros serviços que não somente o de transporte, que podem variar com uma outra dinâmica. Portanto, a estimativa não é 100% precisa, mas como grande parte da receita provém do </a:t>
           </a:r>
           <a:br>
             <a:rPr lang="pt-BR" sz="1200" b="1">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
@@ -28563,99 +28277,99 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Os custos variáveis correspondem a fretes, combustíveis, créditos de PIS/Cofins e outros custos variáveis. Os custos variáveis nos últimos 5 anos corresponderam a em média </a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="0" lang="pt-BR" sz="1300" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>64,1% da receita Líquida</a:t>
+            <a:t>64,2% da receita Líquida</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1300">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr lang="pt-BR" sz="1300">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Os custos fixos correspondem a custos com pessoal operacional (principalmente dos responsáveis por fazer o manuseio dos veículos nos pátios de consolidação), depreciação e outros custos como manutenção da frota própria, vigilância, seguros, combustíveis (usados pela frota própria, que representa cerca de 7% da frota total), entre outros. Os custos fixos nos últimos 5 anos corresponderam a em média </a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="0" lang="pt-BR" sz="1300" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="EA7423"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>13,5% da receita Líquida</a:t>
+            <a:t>13,4% da receita Líquida</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pt-BR" sz="1300">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>.</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr>
             <a:spcBef>
               <a:spcPts val="600"/>
             </a:spcBef>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="pt-BR" sz="1300" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
@@ -28857,52 +28571,52 @@
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>535079</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="17" name="Agrupar 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000011000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="9540875" y="0"/>
-          <a:ext cx="2657037" cy="4762500"/>
+          <a:off x="9964208" y="0"/>
+          <a:ext cx="2769927" cy="4762500"/>
           <a:chOff x="5507735" y="2613621"/>
           <a:chExt cx="905725" cy="1632502"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="18" name="Forma Livre: Forma 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000012000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="5507735" y="2613621"/>
             <a:ext cx="905725" cy="1569167"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 13463 w 1105698"/>
               <a:gd name="connsiteY0" fmla="*/ 1356408 h 1569167"/>
@@ -29732,973 +29446,50 @@
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="1100" b="1">
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
             </a:rPr>
             <a:t>Anterior</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...921 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -30957,7203 +29748,7214 @@
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ian.nunes@tegma.com.br" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="77" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="T25" sqref="T25"/>
+      <selection activeCell="T13" sqref="T13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="H8" s="9" t="s">
         <v>0</v>
       </c>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="H9" s="10"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="6"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="L7" sqref="L7:L24"/>
+    <sheetView showGridLines="0" topLeftCell="A8" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="L15" sqref="L15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A7" s="4"/>
       <c r="B7" s="73"/>
       <c r="C7" s="73"/>
       <c r="D7" s="73"/>
       <c r="E7" s="73"/>
       <c r="F7" s="73"/>
       <c r="G7" s="75"/>
       <c r="H7" s="76">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I7" s="76">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J7" s="76">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K7" s="76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L7" s="76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="4"/>
       <c r="B8" s="35" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="45"/>
       <c r="G8" s="35"/>
       <c r="H8" s="36">
-        <f t="shared" ref="H8:K8" si="0">H9</f>
-        <v>1050.3526486800001</v>
+        <f>H9</f>
+        <v>1082.8686054699999</v>
       </c>
       <c r="I8" s="36">
-        <f t="shared" si="0"/>
-        <v>1082.8686054699999</v>
+        <f>I9</f>
+        <v>1500.6704069</v>
       </c>
       <c r="J8" s="36">
-        <f t="shared" si="0"/>
-        <v>1500.6704069</v>
+        <f>J9</f>
+        <v>1781.7250238100003</v>
       </c>
       <c r="K8" s="36">
-        <f t="shared" si="0"/>
-        <v>1781.7250238100003</v>
+        <f>+K9</f>
+        <v>2377.9643886100002</v>
       </c>
       <c r="L8" s="36">
-        <f ca="1">+L9</f>
-        <v>2377.9643886100002</v>
+        <f>+L9</f>
+        <v>2572.82359705</v>
       </c>
       <c r="M8" s="24"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="4"/>
       <c r="B9" s="37" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="29"/>
       <c r="D9" s="29"/>
       <c r="E9" s="29"/>
       <c r="F9" s="29"/>
       <c r="G9" s="37"/>
       <c r="H9" s="38">
-        <v>1050.3526486800001</v>
+        <v>1082.8686054699999</v>
       </c>
       <c r="I9" s="38">
-        <v>1082.8686054699999</v>
+        <v>1500.6704069</v>
       </c>
       <c r="J9" s="38">
-        <v>1500.6704069</v>
+        <v>1781.7250238100003</v>
       </c>
       <c r="K9" s="38">
-        <v>1781.7250238100003</v>
+        <v>2377.9643886100002</v>
       </c>
       <c r="L9" s="38">
-        <f ca="1">+'[2]Análise Rápida'!$AR$67/1000</f>
-        <v>2377.9643886100002</v>
+        <v>2572.82359705</v>
       </c>
       <c r="M9" s="24"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="4"/>
       <c r="B10" s="37" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="29"/>
       <c r="D10" s="29"/>
       <c r="E10" s="29"/>
       <c r="F10" s="29"/>
       <c r="G10" s="37"/>
       <c r="H10" s="38">
-        <f t="shared" ref="H10:K10" si="1">+H12-H8</f>
-        <v>-204.69486545000018</v>
+        <f>+H12-H8</f>
+        <v>-215.35568939999996</v>
       </c>
       <c r="I10" s="38">
-        <f t="shared" si="1"/>
-        <v>-215.35568939999996</v>
+        <f>+I12-I8</f>
+        <v>-287.23181455000008</v>
       </c>
       <c r="J10" s="38">
-        <f t="shared" si="1"/>
-        <v>-287.23181455000008</v>
+        <f>+J12-J8</f>
+        <v>-354.58600413000022</v>
       </c>
       <c r="K10" s="38">
-        <f t="shared" si="1"/>
-        <v>-354.58600413000022</v>
+        <v>-457.90462984999994</v>
       </c>
       <c r="L10" s="38">
-        <f ca="1">+'[2]Análise Rápida'!$AR$68/1000</f>
-        <v>-457.90462984999994</v>
+        <v>-510.66513952000014</v>
       </c>
       <c r="M10" s="24"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="4"/>
       <c r="B11" s="37" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="34"/>
       <c r="D11" s="34"/>
       <c r="E11" s="34"/>
       <c r="F11" s="34"/>
       <c r="G11" s="40"/>
       <c r="H11" s="41">
         <f>-H10/H8</f>
-        <v>0.19488203862506984</v>
+        <v>0.1988751805271228</v>
       </c>
       <c r="I11" s="41">
         <f>-I10/I8</f>
-        <v>0.1988751805271228</v>
+        <v>0.19140233140423374</v>
       </c>
       <c r="J11" s="41">
         <f>-J10/J8</f>
-        <v>0.19140233140423374</v>
+        <v>0.19901275415201924</v>
       </c>
       <c r="K11" s="41">
-        <f>-K10/K8</f>
-        <v>0.19901275415201924</v>
+        <f>+K10/K9</f>
+        <v>-0.19256160102450504</v>
       </c>
       <c r="L11" s="41">
-        <f ca="1">+L10/L9</f>
-        <v>-0.19256160102450504</v>
+        <f>+L10/L9</f>
+        <v>-0.19848431898149912</v>
       </c>
       <c r="M11" s="24"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="4"/>
       <c r="B12" s="43" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="46"/>
       <c r="D12" s="46"/>
       <c r="E12" s="46"/>
       <c r="F12" s="46"/>
       <c r="G12" s="43"/>
       <c r="H12" s="36">
-        <v>845.65778322999995</v>
+        <v>867.51291606999996</v>
       </c>
       <c r="I12" s="36">
-        <v>867.51291606999996</v>
+        <v>1213.4385923499999</v>
       </c>
       <c r="J12" s="36">
-        <v>1213.4385923499999</v>
+        <v>1427.13901968</v>
       </c>
       <c r="K12" s="36">
-        <v>1427.13901968</v>
+        <f>+K9+K10</f>
+        <v>1920.0597587600002</v>
       </c>
       <c r="L12" s="36">
-        <f ca="1">+L9+L10</f>
-        <v>1920.0597587600002</v>
+        <f>+L9+L10</f>
+        <v>2062.1584575299999</v>
       </c>
       <c r="M12" s="24"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="4"/>
       <c r="B13" s="47" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="24"/>
       <c r="D13" s="24"/>
       <c r="E13" s="24"/>
       <c r="F13" s="24"/>
       <c r="G13" s="47"/>
       <c r="H13" s="38">
-        <v>-682.18169158000001</v>
+        <v>-706.29166493000002</v>
       </c>
       <c r="I13" s="38">
-        <v>-706.29166493000002</v>
+        <v>-972.94859483000016</v>
       </c>
       <c r="J13" s="38">
-        <v>-972.94859483000016</v>
+        <v>-1147.1234008799997</v>
       </c>
       <c r="K13" s="38">
-        <v>-1147.1234008799997</v>
+        <v>-1495.55576322</v>
       </c>
       <c r="L13" s="38">
-        <f>+SUM([2]Auto!$BA$12:$BD$12,[2]Auto!$BA$38:$BD$38)/1000</f>
-        <v>-1495.55576322</v>
+        <v>-1653.3754440599998</v>
       </c>
       <c r="M13" s="24"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="4"/>
       <c r="B14" s="37" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="40"/>
       <c r="H14" s="41">
         <f>-H13/H12</f>
-        <v>0.80668765203626336</v>
+        <v>0.81415694434802988</v>
       </c>
       <c r="I14" s="41">
         <f>-I13/I12</f>
-        <v>0.81415694434802988</v>
+        <v>0.80181115135438707</v>
       </c>
       <c r="J14" s="41">
         <f>-J13/J12</f>
-        <v>0.80181115135438707</v>
+        <v>0.80379233211436774</v>
       </c>
       <c r="K14" s="41">
         <f>-K13/K12</f>
-        <v>0.80379233211436774</v>
+        <v>0.77891105024035789</v>
       </c>
       <c r="L14" s="41">
-        <f ca="1">-L13/L12</f>
-        <v>0.77891105024035789</v>
+        <f>-L13/L12</f>
+        <v>0.8017693490151917</v>
       </c>
       <c r="M14" s="24"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="B15" s="39" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="24"/>
       <c r="D15" s="24"/>
       <c r="E15" s="24"/>
       <c r="F15" s="24"/>
       <c r="G15" s="39"/>
       <c r="H15" s="38">
-        <v>-97.321198150000001</v>
+        <v>-76.650957800000015</v>
       </c>
       <c r="I15" s="38">
-        <v>-76.650957800000015</v>
+        <v>-82.848546990000003</v>
       </c>
       <c r="J15" s="38">
-        <v>-82.848546990000003</v>
+        <v>-99.68503742</v>
       </c>
       <c r="K15" s="38">
-        <v>-99.68503742</v>
+        <v>-100.53258561999999</v>
       </c>
       <c r="L15" s="38">
-        <f>+SUM([2]Auto!$BA$14:$BD$14,[2]Auto!$BA$39:$BD$39)/1000</f>
-        <v>-100.53258561999999</v>
+        <v>-116.2817239</v>
       </c>
       <c r="M15" s="24"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="4"/>
       <c r="B16" s="51" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="48"/>
       <c r="H16" s="49">
         <f>+H15/H13</f>
-        <v>0.14266169753778427</v>
+        <v>0.10852592718561506</v>
       </c>
       <c r="I16" s="49">
         <f>+I15/I13</f>
-        <v>0.10852592718561506</v>
+        <v>8.5152029028291915E-2</v>
       </c>
       <c r="J16" s="49">
         <f>+J15/J13</f>
-        <v>8.5152029028291915E-2</v>
+        <v>8.6900012102907168E-2</v>
       </c>
       <c r="K16" s="49">
-        <f>+K15/K13</f>
-        <v>8.6900012102907168E-2</v>
+        <f>+K15/K12</f>
+        <v>-5.2359092034159005E-2</v>
       </c>
       <c r="L16" s="49">
-        <f ca="1">+L15/L12</f>
-        <v>-5.2359092034159005E-2</v>
+        <f>+L15/L12</f>
+        <v>-5.6388355354262759E-2</v>
       </c>
       <c r="M16" s="24"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A17" s="4"/>
       <c r="B17" s="50" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="50"/>
       <c r="H17" s="44">
-        <f t="shared" ref="H17:K17" si="2">+H12+H13+H15</f>
-        <v>66.154893499999943</v>
+        <f>+H12+H13+H15</f>
+        <v>84.570293339999921</v>
       </c>
       <c r="I17" s="44">
-        <f t="shared" si="2"/>
-        <v>84.570293339999921</v>
+        <f>+I12+I13+I15</f>
+        <v>157.64145052999976</v>
       </c>
       <c r="J17" s="44">
-        <f t="shared" si="2"/>
-        <v>157.64145052999976</v>
+        <f>+J12+J13+J15</f>
+        <v>180.3305813800003</v>
       </c>
       <c r="K17" s="44">
-        <f t="shared" si="2"/>
-        <v>180.3305813800003</v>
+        <f>+SUM(K12,K13,K15)</f>
+        <v>323.97140992000027</v>
       </c>
       <c r="L17" s="44">
-        <f ca="1">+SUM(L12,L13,L15)</f>
-        <v>323.97140992000027</v>
+        <f>+SUM(L12,L13,L15)</f>
+        <v>292.50128957000004</v>
       </c>
       <c r="M17" s="24"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
       <c r="A18" s="4"/>
-      <c r="B18" s="157" t="s">
+      <c r="B18" s="152" t="s">
         <v>87</v>
       </c>
-      <c r="C18" s="158"/>
-[...7 lines deleted...]
-      <c r="I18" s="160">
+      <c r="C18" s="153"/>
+      <c r="D18" s="153"/>
+      <c r="E18" s="153"/>
+      <c r="F18" s="153"/>
+      <c r="G18" s="154"/>
+      <c r="H18" s="155">
         <v>32.913038649999997</v>
       </c>
-      <c r="J18" s="160">
+      <c r="I18" s="155">
         <v>35.447811659999999</v>
       </c>
-      <c r="K18" s="160">
+      <c r="J18" s="155">
         <v>37.86777936</v>
       </c>
-      <c r="L18" s="161">
-        <f>-SUM([2]Auto!$BA$37:$BD$37)/1000</f>
+      <c r="K18" s="155">
         <v>38.463862510000006</v>
+      </c>
+      <c r="L18" s="156">
+        <v>44.359812560000002</v>
       </c>
       <c r="M18" s="24"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A19" s="4"/>
-      <c r="B19" s="162" t="s">
+      <c r="B19" s="157" t="s">
         <v>29</v>
       </c>
-      <c r="C19" s="163"/>
-[...2 lines deleted...]
-      <c r="F19" s="163"/>
+      <c r="C19" s="24"/>
+      <c r="D19" s="24"/>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
       <c r="G19" s="43"/>
-      <c r="H19" s="164">
-[...4 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="H19" s="44">
+        <f>+H17+H18</f>
         <v>117.48333198999993</v>
       </c>
-      <c r="J19" s="164">
-        <f t="shared" si="3"/>
+      <c r="I19" s="44">
+        <f>+I17+I18</f>
         <v>193.08926218999977</v>
       </c>
-      <c r="K19" s="164">
-        <f t="shared" si="3"/>
+      <c r="J19" s="44">
+        <f>+J17+J18</f>
         <v>218.19836074000028</v>
       </c>
-      <c r="L19" s="165">
-        <f ca="1">+L17+L18</f>
+      <c r="K19" s="44">
+        <f>+K17+K18</f>
         <v>362.43527243000028</v>
+      </c>
+      <c r="L19" s="158">
+        <f>+L17+L18</f>
+        <v>336.86110213000006</v>
       </c>
       <c r="M19" s="24"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
-      <c r="B20" s="166" t="s">
+      <c r="B20" s="159" t="s">
         <v>30</v>
       </c>
-      <c r="C20" s="167"/>
-[...7 lines deleted...]
-      <c r="I20" s="169">
+      <c r="C20" s="160"/>
+      <c r="D20" s="160"/>
+      <c r="E20" s="160"/>
+      <c r="F20" s="160"/>
+      <c r="G20" s="161"/>
+      <c r="H20" s="162">
         <v>1.159</v>
       </c>
-      <c r="J20" s="169">
+      <c r="I20" s="162">
         <v>1.1862472420473387</v>
       </c>
-      <c r="K20" s="169">
+      <c r="J20" s="162">
         <v>0</v>
       </c>
-      <c r="L20" s="170">
+      <c r="K20" s="162">
+        <v>0</v>
+      </c>
+      <c r="L20" s="163">
         <v>0</v>
       </c>
       <c r="M20" s="24"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A21" s="4"/>
-      <c r="B21" s="171" t="s">
+      <c r="B21" s="164" t="s">
         <v>31</v>
       </c>
-      <c r="C21" s="172"/>
-[...9 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="C21" s="165"/>
+      <c r="D21" s="165"/>
+      <c r="E21" s="165"/>
+      <c r="F21" s="165"/>
+      <c r="G21" s="166"/>
+      <c r="H21" s="167">
+        <f>+H19+H20</f>
         <v>118.64233198999993</v>
       </c>
-      <c r="J21" s="174">
-        <f t="shared" si="4"/>
+      <c r="I21" s="167">
+        <f>+I19+I20</f>
         <v>194.2755094320471</v>
       </c>
-      <c r="K21" s="174">
-        <f t="shared" si="4"/>
+      <c r="J21" s="167">
+        <f>+J19+J20</f>
         <v>218.19836074000028</v>
       </c>
-      <c r="L21" s="175">
-        <f ca="1">+L19</f>
+      <c r="K21" s="167">
+        <f>+K19</f>
         <v>362.43527243000028</v>
+      </c>
+      <c r="L21" s="168">
+        <f>+L19</f>
+        <v>336.86110213000006</v>
       </c>
       <c r="M21" s="24"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="B22" s="37" t="s">
         <v>32</v>
       </c>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="39"/>
       <c r="H22" s="38">
-        <v>-20.785984470000017</v>
+        <v>-25.486570809999996</v>
       </c>
       <c r="I22" s="38">
-        <v>-25.486570809999996</v>
+        <v>-27.15558587999994</v>
       </c>
       <c r="J22" s="38">
-        <v>-27.15558587999994</v>
+        <v>-31.190710780000025</v>
       </c>
       <c r="K22" s="38">
-        <v>-31.190710780000025</v>
-[...3 lines deleted...]
-        <v>-28.751122010000032</v>
+        <v>-27.49972385000002</v>
+      </c>
+      <c r="L22" s="38" t="s">
+        <v>138</v>
       </c>
       <c r="M22" s="24"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="4"/>
       <c r="B23" s="43" t="s">
         <v>33</v>
       </c>
       <c r="C23" s="24"/>
       <c r="D23" s="24"/>
       <c r="E23" s="24"/>
       <c r="F23" s="24"/>
       <c r="G23" s="43"/>
       <c r="H23" s="44">
         <f>+H21+H22</f>
-        <v>78.876061089999922</v>
+        <v>93.155761179999928</v>
       </c>
       <c r="I23" s="44">
         <f>+I21+I22</f>
-        <v>93.155761179999928</v>
+        <v>167.11992355204717</v>
       </c>
       <c r="J23" s="44">
         <f>+J21+J22</f>
-        <v>167.11992355204717</v>
+        <v>187.00764996000026</v>
       </c>
       <c r="K23" s="44">
         <f>+K21+K22</f>
-        <v>187.00764996000026</v>
-[...3 lines deleted...]
-        <v>333.68415042000026</v>
+        <v>334.93554858000027</v>
+      </c>
+      <c r="L23" s="81" t="s">
+        <v>138</v>
       </c>
       <c r="M23" s="24"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A24" s="4"/>
       <c r="B24" s="82" t="s">
         <v>34</v>
       </c>
       <c r="C24" s="73"/>
       <c r="D24" s="73"/>
       <c r="E24" s="73"/>
       <c r="F24" s="73"/>
       <c r="G24" s="75"/>
       <c r="H24" s="83">
-        <f t="shared" ref="H24:K24" si="5">H23/H12</f>
-        <v>9.3271844301759832E-2</v>
+        <f>H23/H12</f>
+        <v>0.10738256394154154</v>
       </c>
       <c r="I24" s="83">
-        <f t="shared" si="5"/>
-        <v>0.10738256394154154</v>
+        <f>I23/I12</f>
+        <v>0.13772425288402537</v>
       </c>
       <c r="J24" s="83">
-        <f t="shared" si="5"/>
-        <v>0.13772425288402537</v>
+        <f>J23/J12</f>
+        <v>0.13103674370975577</v>
       </c>
       <c r="K24" s="83">
-        <f t="shared" si="5"/>
-[...4 lines deleted...]
-        <v>0.17378841929143801</v>
+        <f>K23/K12</f>
+        <v>0.17444016888115296</v>
+      </c>
+      <c r="L24" s="83" t="s">
+        <v>138</v>
       </c>
       <c r="M24" s="24"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="L3" sqref="L3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="H8" s="9"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="H9" s="10"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="C11" s="21"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="C12" s="21"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="C13" s="21"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="C14" s="11"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="C15" s="21"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="C16" s="21"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="C17" s="21"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="C18" s="21"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="C19" s="21"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="P18" sqref="P18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>108</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="J18" sqref="J18"/>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="L20" sqref="L20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A6" s="4"/>
       <c r="B6" s="73"/>
       <c r="C6" s="73"/>
       <c r="D6" s="73"/>
       <c r="E6" s="73"/>
       <c r="F6" s="73"/>
       <c r="G6" s="75"/>
       <c r="H6" s="76">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I6" s="76">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J6" s="76">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K6" s="76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L6" s="76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A7" s="4"/>
       <c r="B7" s="35" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="45"/>
       <c r="D7" s="45"/>
       <c r="E7" s="45"/>
       <c r="F7" s="45"/>
       <c r="G7" s="35"/>
       <c r="H7" s="36">
-        <f t="shared" ref="H7:K7" si="0">+SUM(H8:H9)</f>
-        <v>200.41104225999999</v>
+        <f>+SUM(H8:H9)</f>
+        <v>171.37171094999999</v>
       </c>
       <c r="I7" s="36">
-        <f t="shared" si="0"/>
-        <v>171.37171094999999</v>
+        <f>+SUM(I8:I9)</f>
+        <v>191.21040446999999</v>
       </c>
       <c r="J7" s="36">
-        <f t="shared" si="0"/>
-        <v>191.21040446999999</v>
+        <f>+SUM(J8:J9)</f>
+        <v>189.71429617000001</v>
       </c>
       <c r="K7" s="36">
-        <f t="shared" si="0"/>
-        <v>189.71429617000001</v>
+        <f>+SUM(K8:K9)</f>
+        <v>207.25934738999999</v>
       </c>
       <c r="L7" s="36">
-        <f ca="1">+SUM(L8:L9)</f>
-        <v>207.25934738999999</v>
+        <f>+SUM(L8:L9)</f>
+        <v>199.19686561999998</v>
       </c>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="4"/>
       <c r="B8" s="37" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="29"/>
       <c r="D8" s="29"/>
       <c r="E8" s="29"/>
       <c r="F8" s="29"/>
       <c r="G8" s="37"/>
       <c r="H8" s="38">
-        <v>165.40693739</v>
+        <v>168.51322854</v>
       </c>
       <c r="I8" s="38">
-        <v>168.51322854</v>
+        <v>186.68617237999999</v>
       </c>
       <c r="J8" s="38">
-        <v>186.68617237999999</v>
+        <v>184.21672786000002</v>
       </c>
       <c r="K8" s="38">
-        <v>184.21672786000002</v>
+        <v>206.38652009999998</v>
       </c>
       <c r="L8" s="38">
-        <f ca="1">+'[2]Análise Rápida'!$AR$95/1000</f>
-        <v>206.38652009999998</v>
+        <v>199.19686561999998</v>
       </c>
       <c r="M8" s="24"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="4"/>
       <c r="B9" s="37" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="29"/>
       <c r="D9" s="29"/>
       <c r="E9" s="29"/>
       <c r="F9" s="29"/>
       <c r="G9" s="37"/>
       <c r="H9" s="38">
-        <v>35.004104870000006</v>
+        <v>2.8584824100000001</v>
       </c>
       <c r="I9" s="38">
-        <v>2.8584824100000001</v>
+        <v>4.5242320900000053</v>
       </c>
       <c r="J9" s="38">
-        <v>4.5242320900000053</v>
+        <v>5.4975683099999983</v>
       </c>
       <c r="K9" s="38">
-        <v>5.4975683099999983</v>
+        <v>0.87282729000000103</v>
       </c>
       <c r="L9" s="38">
-        <f ca="1">+'[2]Análise Rápida'!$AR$93/1000</f>
-        <v>0.87282729000000103</v>
+        <v>0</v>
       </c>
       <c r="M9" s="24"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="4"/>
       <c r="B10" s="37" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="34"/>
       <c r="D10" s="34"/>
       <c r="E10" s="34"/>
       <c r="F10" s="34"/>
       <c r="G10" s="40"/>
       <c r="H10" s="59">
-        <v>-34.033846879999992</v>
+        <v>-31.541618109999998</v>
       </c>
       <c r="I10" s="59">
-        <v>-31.541618109999998</v>
+        <v>-34.139550589999999</v>
       </c>
       <c r="J10" s="59">
-        <v>-34.139550589999999</v>
+        <v>-33.38577141999999</v>
       </c>
       <c r="K10" s="59">
-        <v>-33.38577141999999</v>
+        <v>-37.191689019999998</v>
       </c>
       <c r="L10" s="59">
-        <f ca="1">+'[2]Análise Rápida'!$AR$98/1000</f>
-        <v>-37.191689019999998</v>
+        <v>-35.927415839999981</v>
       </c>
       <c r="M10" s="24"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="4"/>
       <c r="B11" s="51" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="46"/>
       <c r="D11" s="46"/>
       <c r="E11" s="46"/>
       <c r="F11" s="46"/>
       <c r="G11" s="43"/>
       <c r="H11" s="42">
         <f>-H10/H7</f>
-        <v>0.16982021796906149</v>
+        <v>0.1840538204068155</v>
       </c>
       <c r="I11" s="42">
         <f>-I10/I7</f>
-        <v>0.1840538204068155</v>
+        <v>0.17854441908968574</v>
       </c>
       <c r="J11" s="42">
         <f>-J10/J7</f>
-        <v>0.17854441908968574</v>
+        <v>0.17597920712355553</v>
       </c>
       <c r="K11" s="42">
-        <f>-K10/K7</f>
-        <v>0.17597920712355553</v>
+        <f>+K10/K7</f>
+        <v>-0.17944517093367271</v>
       </c>
       <c r="L11" s="42">
-        <f ca="1">+L10/L7</f>
-        <v>-0.17944517093367271</v>
+        <f>+L10/L7</f>
+        <v>-0.18036135120989955</v>
       </c>
       <c r="M11" s="24"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="4"/>
       <c r="B12" s="53" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="47"/>
       <c r="H12" s="36">
-        <f t="shared" ref="H12:K12" si="1">+H7+H10</f>
-        <v>166.37719537999999</v>
+        <f>+H7+H10</f>
+        <v>139.83009283999999</v>
       </c>
       <c r="I12" s="36">
-        <f t="shared" si="1"/>
-        <v>139.83009283999999</v>
+        <f>+I7+I10</f>
+        <v>157.07085387999999</v>
       </c>
       <c r="J12" s="36">
-        <f t="shared" si="1"/>
-        <v>157.07085387999999</v>
+        <f>+J7+J10</f>
+        <v>156.32852475000001</v>
       </c>
       <c r="K12" s="36">
-        <f t="shared" si="1"/>
-        <v>156.32852475000001</v>
+        <f>+SUM(K10,K7)</f>
+        <v>170.06765837</v>
       </c>
       <c r="L12" s="36">
-        <f ca="1">+SUM(L10,L7)</f>
-        <v>170.06765837</v>
+        <f>+SUM(L10,L7)</f>
+        <v>163.26944978</v>
       </c>
       <c r="M12" s="24"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="4"/>
       <c r="B13" s="37" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="24"/>
       <c r="D13" s="24"/>
       <c r="E13" s="24"/>
       <c r="F13" s="24"/>
       <c r="G13" s="40"/>
       <c r="H13" s="59">
-        <v>-129.71751211</v>
+        <v>-113.10758944999998</v>
       </c>
       <c r="I13" s="59">
-        <v>-113.10758944999998</v>
+        <v>-122.87729874000001</v>
       </c>
       <c r="J13" s="59">
-        <v>-122.87729874000001</v>
+        <v>-124.5783486</v>
       </c>
       <c r="K13" s="59">
-        <v>-124.5783486</v>
+        <v>-143.52624879000001</v>
       </c>
       <c r="L13" s="59">
-        <f>+SUM([2]LI!$BA$13:$BD$13,[2]LI!$BA$38:$BD$38)/1000</f>
-        <v>-143.52624879000001</v>
+        <v>-142.87624903000003</v>
       </c>
       <c r="M13" s="24"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="4"/>
       <c r="B14" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="39"/>
       <c r="H14" s="42">
-        <v>-0.83801417107463061</v>
+        <v>-0.7796592063817972</v>
       </c>
       <c r="I14" s="42">
-        <v>-0.7796592063817972</v>
+        <v>-0.80889304407044105</v>
       </c>
       <c r="J14" s="42">
-        <v>-0.80889304407044105</v>
+        <f>-J13/J12</f>
+        <v>0.79690094177774162</v>
       </c>
       <c r="K14" s="42">
-        <f>-K13/K12</f>
-        <v>0.79690094177774162</v>
+        <f>+K13/K12</f>
+        <v>-0.84393617320080705</v>
       </c>
       <c r="L14" s="42">
-        <f ca="1">+L13/L12</f>
-        <v>-0.84393617320080705</v>
+        <f>+L13/L12</f>
+        <v>-0.87509481548765478</v>
       </c>
       <c r="M14" s="24"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="B15" s="51" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="24"/>
       <c r="D15" s="24"/>
       <c r="E15" s="24"/>
       <c r="F15" s="24"/>
       <c r="G15" s="48"/>
       <c r="H15" s="56">
-        <v>-2.88235391</v>
+        <v>6.8732420899999997</v>
       </c>
       <c r="I15" s="56">
-        <v>6.8732420899999997</v>
+        <v>-1.2254815800000001</v>
       </c>
       <c r="J15" s="56">
-        <v>-1.2254815800000001</v>
-[...1 lines deleted...]
-      <c r="K15" s="56">
         <v>-1.7975409599999999</v>
       </c>
-      <c r="L15" s="176">
-        <f>+SUM([2]LI!$BA$15:$BD$15,[2]LI!$BA$39:$BD$39)/1000</f>
+      <c r="K15" s="169">
         <v>-11.083516929999998</v>
+      </c>
+      <c r="L15" s="56">
+        <v>-12.821686549999999</v>
       </c>
       <c r="M15" s="24"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="4"/>
       <c r="B16" s="55" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="50"/>
       <c r="H16" s="49">
         <f>H15/H12</f>
-        <v>-1.7324212632727695E-2</v>
+        <v>4.9154241053566909E-2</v>
       </c>
       <c r="I16" s="49">
         <f>I15/I12</f>
-        <v>4.9154241053566909E-2</v>
+        <v>-7.802094085107931E-3</v>
       </c>
       <c r="J16" s="49">
         <f>J15/J12</f>
-        <v>-7.802094085107931E-3</v>
+        <v>-1.1498483484537582E-2</v>
       </c>
       <c r="K16" s="49">
-        <f>K15/K12</f>
-        <v>-1.1498483484537582E-2</v>
+        <f>+K15/K12</f>
+        <v>-6.5171220890727188E-2</v>
       </c>
       <c r="L16" s="49">
-        <f ca="1">+L15/L12</f>
-        <v>-6.5171220890727188E-2</v>
+        <f>+L15/L12</f>
+        <v>-7.8530837013763344E-2</v>
       </c>
       <c r="M16" s="24"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="4"/>
       <c r="B17" s="52" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="39"/>
       <c r="H17" s="36">
-        <f t="shared" ref="H17:K17" si="2">+H12+H13+H15</f>
-        <v>33.777329359999989</v>
+        <f>+H12+H13+H15</f>
+        <v>33.595745480000012</v>
       </c>
       <c r="I17" s="36">
-        <f t="shared" si="2"/>
-        <v>33.595745480000012</v>
+        <f>+I12+I13+I15</f>
+        <v>32.968073559999972</v>
       </c>
       <c r="J17" s="36">
-        <f t="shared" si="2"/>
-        <v>32.968073559999972</v>
+        <f>+J12+J13+J15</f>
+        <v>29.952635190000017</v>
       </c>
       <c r="K17" s="36">
-        <f t="shared" si="2"/>
-        <v>29.952635190000017</v>
+        <f>+SUM(K15,K13,K12)</f>
+        <v>15.457892649999991</v>
       </c>
       <c r="L17" s="36">
-        <f ca="1">+SUM(L15,L13,L12)</f>
-        <v>15.457892649999991</v>
+        <f>+SUM(L15,L13,L12)</f>
+        <v>7.5715141999999673</v>
       </c>
       <c r="M17" s="24"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="4"/>
       <c r="B18" s="51" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="35"/>
       <c r="H18" s="38">
-        <v>23.859231439999999</v>
+        <v>17.953099439999999</v>
       </c>
       <c r="I18" s="38">
-        <v>17.953099439999999</v>
+        <v>17.648378920000003</v>
       </c>
       <c r="J18" s="38">
-        <v>17.648378920000003</v>
+        <v>16.89587886</v>
       </c>
       <c r="K18" s="38">
-        <v>16.89587886</v>
+        <v>17.171626870000001</v>
       </c>
       <c r="L18" s="38">
-        <f ca="1">-SUM('[2]Análise Rápida'!$AR$111:$AR$112)/1000</f>
-        <v>17.171626870000001</v>
+        <v>17.360700600000001</v>
       </c>
       <c r="M18" s="24"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A19" s="4"/>
       <c r="B19" s="52" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="24"/>
       <c r="D19" s="24"/>
       <c r="E19" s="24"/>
       <c r="F19" s="24"/>
       <c r="G19" s="39"/>
       <c r="H19" s="36">
-        <f t="shared" ref="H19:K19" si="3">+H17+H18</f>
-        <v>57.636560799999984</v>
+        <f>+H17+H18</f>
+        <v>51.548844920000008</v>
       </c>
       <c r="I19" s="36">
-        <f t="shared" si="3"/>
-        <v>51.548844920000008</v>
+        <f>+I17+I18</f>
+        <v>50.616452479999978</v>
       </c>
       <c r="J19" s="36">
-        <f t="shared" si="3"/>
-        <v>50.616452479999978</v>
+        <f>+J17+J18</f>
+        <v>46.84851405000002</v>
       </c>
       <c r="K19" s="36">
-        <f t="shared" si="3"/>
-        <v>46.84851405000002</v>
+        <f>+SUM(K17:K18)</f>
+        <v>32.629519519999988</v>
       </c>
       <c r="L19" s="36">
-        <f ca="1">+SUM(L17:L18)</f>
-        <v>32.629519519999988</v>
+        <f>+SUM(L17:L18)</f>
+        <v>24.932214799999969</v>
       </c>
       <c r="M19" s="24"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="B20" s="51" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="35"/>
       <c r="H20" s="38">
-        <v>5.2202719999999996</v>
+        <v>-8.3237137899999993</v>
       </c>
       <c r="I20" s="38">
-        <v>-8.3237137899999993</v>
+        <v>0</v>
       </c>
       <c r="J20" s="38">
         <v>0</v>
       </c>
       <c r="K20" s="38">
         <v>0</v>
       </c>
       <c r="L20" s="38">
         <v>0</v>
       </c>
       <c r="M20" s="24"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="4"/>
       <c r="B21" s="52" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="24"/>
       <c r="D21" s="24"/>
       <c r="E21" s="24"/>
       <c r="F21" s="24"/>
       <c r="G21" s="39"/>
       <c r="H21" s="36">
-        <f t="shared" ref="H21:K21" si="4">+H19+H20</f>
-        <v>62.856832799999985</v>
+        <f>+H19+H20</f>
+        <v>43.225131130000008</v>
       </c>
       <c r="I21" s="36">
-        <f t="shared" si="4"/>
-        <v>43.225131130000008</v>
+        <f>+I19+I20</f>
+        <v>50.616452479999978</v>
       </c>
       <c r="J21" s="36">
-        <f t="shared" si="4"/>
-        <v>50.616452479999978</v>
+        <f>+J19+J20</f>
+        <v>46.84851405000002</v>
       </c>
       <c r="K21" s="36">
-        <f t="shared" si="4"/>
-        <v>46.84851405000002</v>
+        <f>+K19</f>
+        <v>32.629519519999988</v>
       </c>
       <c r="L21" s="36">
-        <f ca="1">+L19</f>
-        <v>32.629519519999988</v>
+        <f>+L19</f>
+        <v>24.932214799999969</v>
       </c>
       <c r="M21" s="24"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="B22" s="51" t="s">
         <v>32</v>
       </c>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="35"/>
       <c r="H22" s="38">
-        <v>-17.189350459999996</v>
+        <v>-9.9609750299999984</v>
       </c>
       <c r="I22" s="38">
-        <v>-9.9609750299999984</v>
+        <v>-11.81085023</v>
       </c>
       <c r="J22" s="38">
-        <v>-11.81085023</v>
+        <v>-11.38303228</v>
       </c>
       <c r="K22" s="38">
-        <v>-11.38303228</v>
-[...2 lines deleted...]
-        <f ca="1">+'[2]Análise Rápida'!$AR$107/1000</f>
         <v>-11.15256488</v>
+      </c>
+      <c r="L22" s="38" t="s">
+        <v>138</v>
       </c>
       <c r="M22" s="24"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="4"/>
       <c r="B23" s="57" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="24"/>
       <c r="D23" s="24"/>
       <c r="E23" s="24"/>
       <c r="F23" s="24"/>
       <c r="G23" s="54"/>
       <c r="H23" s="44">
         <f>H21+H22</f>
-        <v>45.667482339999992</v>
+        <v>33.264156100000008</v>
       </c>
       <c r="I23" s="44">
-        <f t="shared" ref="I23:K23" si="5">I21+I22</f>
-        <v>33.264156100000008</v>
+        <f>I21+I22</f>
+        <v>38.805602249999978</v>
       </c>
       <c r="J23" s="44">
-        <f t="shared" si="5"/>
-        <v>38.805602249999978</v>
+        <f>J21+J22</f>
+        <v>35.465481770000018</v>
       </c>
       <c r="K23" s="44">
-        <f t="shared" si="5"/>
-[...3 lines deleted...]
-        <f ca="1">+L21+L22</f>
+        <f>+K21+K22</f>
         <v>21.476954639999988</v>
+      </c>
+      <c r="L23" s="81" t="s">
+        <v>138</v>
       </c>
       <c r="M23" s="24"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A24" s="4"/>
       <c r="B24" s="82" t="s">
         <v>131</v>
       </c>
       <c r="C24" s="73"/>
       <c r="D24" s="73"/>
       <c r="E24" s="73"/>
       <c r="F24" s="73"/>
       <c r="G24" s="75"/>
       <c r="H24" s="83">
         <f>+H23/H12</f>
-        <v>0.27448162132855397</v>
+        <v>0.23788982345926341</v>
       </c>
       <c r="I24" s="83">
         <f>+I23/I12</f>
-        <v>0.23788982345926341</v>
+        <v>0.2470579441787904</v>
       </c>
       <c r="J24" s="83">
         <f>+J23/J12</f>
-        <v>0.2470579441787904</v>
+        <v>0.22686507038121342</v>
       </c>
       <c r="K24" s="83">
         <f>+K23/K12</f>
-        <v>0.22686507038121342</v>
-[...2 lines deleted...]
-        <f ca="1">+L23/L12</f>
         <v>0.12628476716763293</v>
+      </c>
+      <c r="L24" s="83" t="s">
+        <v>138</v>
       </c>
       <c r="M24" s="24"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>109</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="L6" sqref="L6:L23"/>
+      <selection activeCell="L21" sqref="L21:L23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A6" s="4"/>
       <c r="B6" s="73"/>
       <c r="C6" s="73"/>
       <c r="D6" s="73"/>
       <c r="E6" s="73"/>
       <c r="F6" s="73"/>
       <c r="G6" s="75"/>
       <c r="H6" s="76">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I6" s="76">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J6" s="76">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K6" s="76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L6" s="76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A7" s="4"/>
       <c r="B7" s="35" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="45"/>
       <c r="D7" s="45"/>
       <c r="E7" s="45"/>
       <c r="F7" s="45"/>
       <c r="G7" s="35"/>
       <c r="H7" s="36">
         <f>'Resumo financeiro - DLV'!H8+'Resumo financeiro - DLI'!H7</f>
-        <v>1250.7636909400001</v>
+        <v>1254.24031642</v>
       </c>
       <c r="I7" s="36">
         <f>'Resumo financeiro - DLV'!I8+'Resumo financeiro - DLI'!I7</f>
-        <v>1254.24031642</v>
+        <v>1691.8808113699999</v>
       </c>
       <c r="J7" s="36">
         <f>'Resumo financeiro - DLV'!J8+'Resumo financeiro - DLI'!J7</f>
-        <v>1691.8808113699999</v>
+        <v>1971.4393199800002</v>
       </c>
       <c r="K7" s="36">
         <f>'Resumo financeiro - DLV'!K8+'Resumo financeiro - DLI'!K7</f>
-        <v>1971.4393199800002</v>
+        <v>2585.2237360000004</v>
       </c>
       <c r="L7" s="36">
-        <f ca="1">+'[2]Análise Rápida'!$AR$8/1000</f>
-        <v>2585.2237359999995</v>
+        <f>'Resumo financeiro - DLV'!L8+'Resumo financeiro - DLI'!L7</f>
+        <v>2772.0204626700001</v>
       </c>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="4"/>
       <c r="B8" s="39" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="29"/>
       <c r="D8" s="29"/>
       <c r="E8" s="29"/>
       <c r="F8" s="29"/>
       <c r="G8" s="37"/>
       <c r="H8" s="59">
         <f>'Resumo financeiro - DLV'!H10+'Resumo financeiro - DLI'!H10</f>
-        <v>-238.72871233000018</v>
+        <v>-246.89730750999996</v>
       </c>
       <c r="I8" s="59">
         <f>'Resumo financeiro - DLV'!I10+'Resumo financeiro - DLI'!I10</f>
-        <v>-246.89730750999996</v>
+        <v>-321.37136514000008</v>
       </c>
       <c r="J8" s="59">
         <f>'Resumo financeiro - DLV'!J10+'Resumo financeiro - DLI'!J10</f>
-        <v>-321.37136514000008</v>
+        <v>-387.97177555000019</v>
       </c>
       <c r="K8" s="59">
         <f>'Resumo financeiro - DLV'!K10+'Resumo financeiro - DLI'!K10</f>
-        <v>-387.97177555000019</v>
+        <v>-495.09631886999995</v>
       </c>
       <c r="L8" s="59">
-        <f ca="1">+'[2]Análise Rápida'!$AR$9/1000</f>
-        <v>-495.09631886999989</v>
+        <f>'Resumo financeiro - DLV'!L10+'Resumo financeiro - DLI'!L10</f>
+        <v>-546.59255536000012</v>
       </c>
       <c r="M8" s="24"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="4"/>
       <c r="B9" s="40" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="29"/>
       <c r="D9" s="29"/>
       <c r="E9" s="29"/>
       <c r="F9" s="29"/>
       <c r="G9" s="37"/>
       <c r="H9" s="42">
         <f>-H8/H7</f>
-        <v>0.19086635953637715</v>
+        <v>0.1968500807044086</v>
       </c>
       <c r="I9" s="42">
         <f>-I8/I7</f>
-        <v>0.1968500807044086</v>
+        <v>0.18994917548581317</v>
       </c>
       <c r="J9" s="42">
         <f>-J8/J7</f>
-        <v>0.18994917548581317</v>
+        <v>0.19679620448776283</v>
       </c>
       <c r="K9" s="42">
         <f>-K8/K7</f>
-        <v>0.19679620448776283</v>
+        <v>0.19151004687742812</v>
       </c>
       <c r="L9" s="42">
-        <f ca="1">+L8/L7</f>
-        <v>-0.19151004687742818</v>
+        <f>-L8/L7</f>
+        <v>0.19718200594865889</v>
       </c>
       <c r="M9" s="24"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="4"/>
       <c r="B10" s="35" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="34"/>
       <c r="D10" s="34"/>
       <c r="E10" s="34"/>
       <c r="F10" s="34"/>
       <c r="G10" s="40"/>
       <c r="H10" s="60">
-        <f t="shared" ref="H10:K10" si="0">H7+H8</f>
-        <v>1012.0349786099998</v>
+        <f>H7+H8</f>
+        <v>1007.34300891</v>
       </c>
       <c r="I10" s="60">
-        <f t="shared" si="0"/>
-        <v>1007.34300891</v>
+        <f>I7+I8</f>
+        <v>1370.5094462299999</v>
       </c>
       <c r="J10" s="60">
-        <f t="shared" si="0"/>
-        <v>1370.5094462299999</v>
+        <f>J7+J8</f>
+        <v>1583.4675444300001</v>
       </c>
       <c r="K10" s="60">
-        <f t="shared" si="0"/>
-        <v>1583.4675444300001</v>
+        <f>K7+K8</f>
+        <v>2090.1274171300006</v>
       </c>
       <c r="L10" s="60">
-        <f ca="1">+L8+L7</f>
-        <v>2090.1274171299997</v>
+        <f>L7+L8</f>
+        <v>2225.4279073100001</v>
       </c>
       <c r="M10" s="24"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="4"/>
       <c r="B11" s="39" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="46"/>
       <c r="D11" s="46"/>
       <c r="E11" s="46"/>
       <c r="F11" s="46"/>
       <c r="G11" s="43"/>
       <c r="H11" s="59">
         <f>'Resumo financeiro - DLV'!H13+'Resumo financeiro - DLI'!H13</f>
-        <v>-811.89920369000004</v>
+        <v>-819.39925438</v>
       </c>
       <c r="I11" s="59">
         <f>'Resumo financeiro - DLV'!I13+'Resumo financeiro - DLI'!I13</f>
-        <v>-819.39925438</v>
+        <v>-1095.8258935700001</v>
       </c>
       <c r="J11" s="59">
         <f>'Resumo financeiro - DLV'!J13+'Resumo financeiro - DLI'!J13</f>
-        <v>-1095.8258935700001</v>
+        <v>-1271.7017494799998</v>
       </c>
       <c r="K11" s="59">
         <f>'Resumo financeiro - DLV'!K13+'Resumo financeiro - DLI'!K13</f>
-        <v>-1271.7017494799998</v>
+        <v>-1639.08201201</v>
       </c>
       <c r="L11" s="59">
-        <f>+SUM([2]DRE!$BF$11:$BI$11)/1000</f>
-        <v>-1639.0820120100002</v>
+        <f>'Resumo financeiro - DLV'!L13+'Resumo financeiro - DLI'!L13</f>
+        <v>-1796.2516930899999</v>
       </c>
       <c r="M11" s="24"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="4"/>
       <c r="B12" s="40" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="47"/>
       <c r="H12" s="42">
         <f>-H11/H10</f>
-        <v>0.80224421176145477</v>
+        <v>0.81342625811900426</v>
       </c>
       <c r="I12" s="42">
         <f>-I11/I10</f>
-        <v>0.81342625811900426</v>
+        <v>0.79957558598694822</v>
       </c>
       <c r="J12" s="42">
         <f>-J11/J10</f>
-        <v>0.79957558598694822</v>
+        <v>0.80311197659423672</v>
       </c>
       <c r="K12" s="42">
         <f>-K11/K10</f>
-        <v>0.80311197659423672</v>
+        <v>0.78420195753455979</v>
       </c>
       <c r="L12" s="42">
-        <f ca="1">+L11/L10</f>
-        <v>-0.78420195753456035</v>
+        <f>-L11/L10</f>
+        <v>0.80714890255026517</v>
       </c>
       <c r="M12" s="24"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="4"/>
       <c r="B13" s="39" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="24"/>
       <c r="D13" s="24"/>
       <c r="E13" s="24"/>
       <c r="F13" s="24"/>
       <c r="G13" s="40"/>
       <c r="H13" s="59">
         <f>'Resumo financeiro - DLV'!H15+'Resumo financeiro - DLI'!H15</f>
-        <v>-100.20355206000001</v>
+        <v>-69.77771571000001</v>
       </c>
       <c r="I13" s="59">
         <f>'Resumo financeiro - DLV'!I15+'Resumo financeiro - DLI'!I15</f>
-        <v>-69.77771571000001</v>
+        <v>-84.074028569999996</v>
       </c>
       <c r="J13" s="59">
         <f>'Resumo financeiro - DLV'!J15+'Resumo financeiro - DLI'!J15</f>
-        <v>-84.074028569999996</v>
+        <v>-101.48257838000001</v>
       </c>
       <c r="K13" s="59">
         <f>'Resumo financeiro - DLV'!K15+'Resumo financeiro - DLI'!K15</f>
-        <v>-101.48257838000001</v>
+        <v>-111.61610254999999</v>
       </c>
       <c r="L13" s="59">
-        <f>+SUM([2]DRE!$BF$17:$BI$18)/1000</f>
-        <v>-111.61610255000001</v>
+        <f>'Resumo financeiro - DLV'!L15+'Resumo financeiro - DLI'!L15</f>
+        <v>-129.10341045000001</v>
       </c>
       <c r="M13" s="24"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="4"/>
       <c r="B14" s="40" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="39"/>
       <c r="H14" s="42">
         <f>+H13/H11</f>
-        <v>0.12341870961886028</v>
+        <v>8.5157162808010431E-2</v>
       </c>
       <c r="I14" s="42">
         <f>+I13/I11</f>
-        <v>8.5157162808010431E-2</v>
+        <v>7.6722067860709342E-2</v>
       </c>
       <c r="J14" s="42">
         <f>+J13/J11</f>
-        <v>7.6722067860709342E-2</v>
+        <v>7.9800612385330399E-2</v>
       </c>
       <c r="K14" s="42">
         <f>+K13/K11</f>
-        <v>7.9800612385330399E-2</v>
+        <v>6.8096716169269406E-2</v>
       </c>
       <c r="L14" s="42">
-        <f ca="1">+L13/L10</f>
-        <v>-5.340157812161641E-2</v>
+        <f>+L13/L11</f>
+        <v>7.1873786366714584E-2</v>
       </c>
       <c r="M14" s="24"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="B15" s="35" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="24"/>
       <c r="D15" s="24"/>
       <c r="E15" s="24"/>
       <c r="F15" s="24"/>
       <c r="G15" s="48"/>
       <c r="H15" s="61">
-        <f t="shared" ref="H15:K15" si="1">+H10+H11+H13</f>
-        <v>99.932222859999783</v>
+        <f>+H10+H11+H13</f>
+        <v>118.16603881999997</v>
       </c>
       <c r="I15" s="61">
-        <f t="shared" si="1"/>
-        <v>118.16603881999997</v>
+        <f>+I10+I11+I13</f>
+        <v>190.60952408999981</v>
       </c>
       <c r="J15" s="61">
-        <f t="shared" si="1"/>
-        <v>190.60952408999981</v>
+        <f>+J10+J11+J13</f>
+        <v>210.28321657000032</v>
       </c>
       <c r="K15" s="61">
-        <f t="shared" si="1"/>
-        <v>210.28321657000032</v>
+        <f>+K10+K11+K13</f>
+        <v>339.42930257000063</v>
       </c>
       <c r="L15" s="61">
-        <f ca="1">+L13+L11+L10</f>
-        <v>339.42930256999944</v>
+        <f>+L10+L11+L13</f>
+        <v>300.07280377000023</v>
       </c>
       <c r="M15" s="24"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A16" s="4"/>
       <c r="B16" s="54" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="50"/>
       <c r="H16" s="58">
         <f>'Resumo financeiro - DLV'!H18+'Resumo financeiro - DLI'!H18</f>
-        <v>54.049383500000005</v>
+        <v>50.866138089999993</v>
       </c>
       <c r="I16" s="58">
         <f>'Resumo financeiro - DLV'!I18+'Resumo financeiro - DLI'!I18</f>
-        <v>50.866138089999993</v>
+        <v>53.096190579999998</v>
       </c>
       <c r="J16" s="58">
         <f>'Resumo financeiro - DLV'!J18+'Resumo financeiro - DLI'!J18</f>
-        <v>53.096190579999998</v>
+        <v>54.763658219999996</v>
       </c>
       <c r="K16" s="58">
         <f>'Resumo financeiro - DLV'!K18+'Resumo financeiro - DLI'!K18</f>
-        <v>54.763658219999996</v>
-[...3 lines deleted...]
-        <v>55.635489379999996</v>
+        <v>55.63548938000001</v>
+      </c>
+      <c r="L16" s="58">
+        <f>'Resumo financeiro - DLV'!L18+'Resumo financeiro - DLI'!L18</f>
+        <v>61.720513160000003</v>
       </c>
       <c r="M16" s="24"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="4"/>
       <c r="B17" s="62" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="39"/>
       <c r="H17" s="36">
-        <f t="shared" ref="H17:K17" si="2">+H15+H16</f>
-        <v>153.98160635999977</v>
+        <f>+H15+H16</f>
+        <v>169.03217690999998</v>
       </c>
       <c r="I17" s="36">
-        <f t="shared" si="2"/>
-        <v>169.03217690999998</v>
+        <f>+I15+I16</f>
+        <v>243.70571466999979</v>
       </c>
       <c r="J17" s="36">
-        <f t="shared" si="2"/>
-        <v>243.70571466999979</v>
+        <f>+J15+J16</f>
+        <v>265.04687479000029</v>
       </c>
       <c r="K17" s="36">
-        <f t="shared" si="2"/>
-        <v>265.04687479000029</v>
+        <f>+K15+K16</f>
+        <v>395.06479195000065</v>
       </c>
       <c r="L17" s="36">
-        <f ca="1">+L16+L15</f>
-        <v>395.0647919499994</v>
+        <f>+L15+L16</f>
+        <v>361.79331693000023</v>
       </c>
       <c r="M17" s="24"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="4"/>
       <c r="B18" s="39" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="35"/>
       <c r="H18" s="38">
         <f>'Resumo financeiro - DLV'!H20+'Resumo financeiro - DLI'!H20</f>
-        <v>8.5372719999999997</v>
+        <v>-7.1647137899999995</v>
       </c>
       <c r="I18" s="38">
         <f>'Resumo financeiro - DLV'!I20+'Resumo financeiro - DLI'!I20</f>
-        <v>-7.1647137899999995</v>
+        <v>1.1862472420473387</v>
       </c>
       <c r="J18" s="38">
         <f>'Resumo financeiro - DLV'!J20+'Resumo financeiro - DLI'!J20</f>
-        <v>1.1862472420473387</v>
+        <v>0</v>
       </c>
       <c r="K18" s="38">
         <f>'Resumo financeiro - DLV'!K20+'Resumo financeiro - DLI'!K20</f>
         <v>0</v>
       </c>
       <c r="L18" s="38">
+        <f>'Resumo financeiro - DLV'!L20+'Resumo financeiro - DLI'!L20</f>
         <v>0</v>
       </c>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A19" s="4"/>
       <c r="B19" s="35" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="24"/>
       <c r="D19" s="24"/>
       <c r="E19" s="24"/>
       <c r="F19" s="24"/>
       <c r="G19" s="39"/>
       <c r="H19" s="36">
         <f>+H17+H18</f>
-        <v>162.51887835999977</v>
+        <v>161.86746311999997</v>
       </c>
       <c r="I19" s="36">
         <f>+I17+I18</f>
-        <v>161.86746311999997</v>
+        <v>244.89196191204712</v>
       </c>
       <c r="J19" s="36">
         <f>+J17+J18</f>
-        <v>244.89196191204712</v>
+        <v>265.04687479000029</v>
       </c>
       <c r="K19" s="36">
         <f>+K17+K18</f>
-        <v>265.04687479000029</v>
+        <v>395.06479195000065</v>
       </c>
       <c r="L19" s="36">
-        <f ca="1">+L17+L18</f>
-        <v>395.0647919499994</v>
+        <f>+L17+L18</f>
+        <v>361.79331693000023</v>
       </c>
       <c r="M19" s="24"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="B20" s="40" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="39"/>
       <c r="H20" s="42">
-        <f t="shared" ref="H20:K20" si="3">+H19/H10</f>
-        <v>0.16058622655830992</v>
+        <f>+H19/H10</f>
+        <v>0.16068753313248224</v>
       </c>
       <c r="I20" s="42">
-        <f t="shared" si="3"/>
-        <v>0.16068753313248224</v>
+        <f>+I19/I10</f>
+        <v>0.17868681064964304</v>
       </c>
       <c r="J20" s="42">
-        <f t="shared" si="3"/>
-        <v>0.17868681064964304</v>
+        <f>+J19/J10</f>
+        <v>0.16738383790834757</v>
       </c>
       <c r="K20" s="42">
-        <f t="shared" si="3"/>
-        <v>0.16738383790834757</v>
+        <f>+K19/K10</f>
+        <v>0.1890146929379419</v>
       </c>
       <c r="L20" s="42">
-        <f ca="1">+L19/L10</f>
-        <v>0.18901469293794138</v>
+        <f>+L19/L10</f>
+        <v>0.16257247235086583</v>
       </c>
       <c r="M20" s="24"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="4"/>
       <c r="B21" s="54" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="24"/>
       <c r="D21" s="24"/>
       <c r="E21" s="24"/>
       <c r="F21" s="24"/>
       <c r="G21" s="43"/>
       <c r="H21" s="81">
         <f>'Resumo financeiro - DLV'!H22+'Resumo financeiro - DLI'!H22</f>
-        <v>-37.975334930000017</v>
+        <v>-35.447545839999997</v>
       </c>
       <c r="I21" s="81">
         <f>'Resumo financeiro - DLV'!I22+'Resumo financeiro - DLI'!I22</f>
-        <v>-35.447545839999997</v>
+        <v>-38.96643610999994</v>
       </c>
       <c r="J21" s="81">
         <f>'Resumo financeiro - DLV'!J22+'Resumo financeiro - DLI'!J22</f>
-        <v>-38.96643610999994</v>
+        <v>-42.573743060000027</v>
       </c>
       <c r="K21" s="81">
         <f>'Resumo financeiro - DLV'!K22+'Resumo financeiro - DLI'!K22</f>
-        <v>-42.573743060000027</v>
-[...3 lines deleted...]
-        <v>-39.903686890000024</v>
+        <v>-38.652288730000024</v>
+      </c>
+      <c r="L21" s="81">
+        <v>-44.155045899999998</v>
       </c>
       <c r="M21" s="24"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="B22" s="50" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="47"/>
       <c r="H22" s="44">
         <f>+H19+H21</f>
-        <v>124.54354342999976</v>
+        <v>126.41991727999996</v>
       </c>
       <c r="I22" s="44">
         <f>+I19+I21</f>
-        <v>126.41991727999996</v>
+        <v>205.92552580204719</v>
       </c>
       <c r="J22" s="44">
         <f>+J19+J21</f>
-        <v>205.92552580204719</v>
+        <v>222.47313173000026</v>
       </c>
       <c r="K22" s="44">
         <f>+K19+K21</f>
-        <v>222.47313173000026</v>
+        <v>356.41250322000064</v>
       </c>
       <c r="L22" s="44">
-        <f ca="1">+L21+L19</f>
-        <v>355.16110505999939</v>
+        <f>+L19+L21</f>
+        <v>317.63827103000023</v>
       </c>
       <c r="M22" s="24"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A23" s="4"/>
       <c r="B23" s="82" t="s">
         <v>129</v>
       </c>
       <c r="C23" s="73"/>
       <c r="D23" s="73"/>
       <c r="E23" s="73"/>
       <c r="F23" s="73"/>
       <c r="G23" s="75"/>
       <c r="H23" s="83">
         <f>+H22/H10</f>
-        <v>0.1230624890071059</v>
+        <v>0.12549838154611626</v>
       </c>
       <c r="I23" s="83">
         <f>+I22/I10</f>
-        <v>0.12549838154611626</v>
+        <v>0.15025472926765118</v>
       </c>
       <c r="J23" s="83">
         <f>+J22/J10</f>
-        <v>0.15025472926765118</v>
+        <v>0.14049743710413956</v>
       </c>
       <c r="K23" s="83">
         <f>+K22/K10</f>
-        <v>0.14049743710413956</v>
+        <v>0.17052190230076902</v>
       </c>
       <c r="L23" s="83">
-        <f ca="1">+L22/L10</f>
-        <v>0.16992318370124965</v>
+        <f>+L22/L10</f>
+        <v>0.14273132370931191</v>
       </c>
       <c r="M23" s="24"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>110</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="J16" sqref="J16"/>
+    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="L11" sqref="L11:L16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A11" s="4"/>
       <c r="B11" s="67" t="s">
         <v>49</v>
       </c>
       <c r="C11" s="24"/>
       <c r="D11" s="24"/>
       <c r="E11" s="24"/>
       <c r="F11" s="24"/>
       <c r="H11" s="25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I11" s="25">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J11" s="25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K11" s="25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L11" s="25">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="4"/>
       <c r="B12" s="104" t="s">
         <v>50</v>
       </c>
       <c r="C12" s="105"/>
       <c r="D12" s="105"/>
       <c r="E12" s="105"/>
       <c r="F12" s="105"/>
       <c r="G12" s="105"/>
       <c r="H12" s="106">
-        <v>-9.8339999999999996</v>
+        <v>-10.266999999999999</v>
       </c>
       <c r="I12" s="106">
-        <v>-10.266999999999999</v>
+        <v>-11.58</v>
       </c>
       <c r="J12" s="106">
-        <v>-11.58</v>
+        <v>-12.62</v>
       </c>
       <c r="K12" s="106">
-        <v>-12.62</v>
+        <v>-12.478999999999999</v>
       </c>
       <c r="L12" s="106">
-        <f>+SUM('[2]Resultado Financeiro'!$AS$14:$AV$14)/1000</f>
-        <v>-12.478999999999999</v>
+        <v>-15.239000000000001</v>
       </c>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="4"/>
       <c r="B13" s="34" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="34"/>
       <c r="D13" s="34"/>
       <c r="E13" s="34"/>
       <c r="F13" s="34"/>
       <c r="G13" s="34"/>
       <c r="H13" s="64">
-        <v>5.9119999999999999</v>
+        <v>9.782</v>
       </c>
       <c r="I13" s="64">
-        <v>9.782</v>
+        <v>17.632000000000001</v>
       </c>
       <c r="J13" s="64">
-        <v>17.632000000000001</v>
+        <v>29.29</v>
       </c>
       <c r="K13" s="64">
-        <v>29.29</v>
+        <v>28.873000000000001</v>
       </c>
       <c r="L13" s="64">
-        <f>+SUM('[2]Resultado Financeiro'!$AS$6:$AV$6)/1000</f>
-        <v>28.873000000000001</v>
+        <v>41.363</v>
       </c>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="4"/>
       <c r="B14" s="34" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="34"/>
       <c r="D14" s="34"/>
       <c r="E14" s="34"/>
       <c r="F14" s="34"/>
       <c r="G14" s="34"/>
       <c r="H14" s="64">
-        <v>-5.4509999999999996</v>
+        <v>-5.0209999999999999</v>
       </c>
       <c r="I14" s="64">
-        <v>-5.0209999999999999</v>
+        <v>-5.2519999999999998</v>
       </c>
       <c r="J14" s="64">
-        <v>-5.2519999999999998</v>
+        <v>-9.5719999999999992</v>
       </c>
       <c r="K14" s="64">
-        <v>-9.5719999999999992</v>
+        <v>-8.8369999999999997</v>
       </c>
       <c r="L14" s="64">
-        <f>+SUM('[2]Resultado Financeiro'!$AS$16:$AV$16)/1000</f>
-        <v>-8.8369999999999997</v>
+        <v>-11.738</v>
       </c>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="B15" s="34" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="34"/>
       <c r="E15" s="34"/>
       <c r="F15" s="34"/>
       <c r="G15" s="34"/>
       <c r="H15" s="64">
         <f>+H16-H13-H12-H14</f>
-        <v>0.21600000000000019</v>
+        <v>2.4829999999999997</v>
       </c>
       <c r="I15" s="64">
         <f>+I16-I13-I12-I14</f>
-        <v>2.4829999999999997</v>
+        <v>5.9129999999999994</v>
       </c>
       <c r="J15" s="64">
         <f>+J16-J13-J12-J14</f>
-        <v>5.9129999999999994</v>
+        <v>1.8409999999999993</v>
       </c>
       <c r="K15" s="64">
         <f>+K16-K13-K12-K14</f>
-        <v>1.8409999999999993</v>
+        <v>1.218</v>
       </c>
       <c r="L15" s="64">
         <f>+L16-L13-L12-L14</f>
-        <v>1.218</v>
+        <v>-2.8969999999999985</v>
       </c>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A16" s="4"/>
       <c r="B16" s="63" t="s">
         <v>53</v>
       </c>
       <c r="C16" s="63"/>
       <c r="D16" s="63"/>
       <c r="E16" s="63"/>
       <c r="F16" s="63"/>
       <c r="G16" s="63"/>
       <c r="H16" s="65">
-        <v>-9.157</v>
+        <v>-3.0230000000000001</v>
       </c>
       <c r="I16" s="65">
-        <v>-3.0230000000000001</v>
+        <v>6.7130000000000001</v>
       </c>
       <c r="J16" s="65">
-        <v>6.7130000000000001</v>
+        <v>8.9390000000000001</v>
       </c>
       <c r="K16" s="65">
-        <v>8.9390000000000001</v>
+        <v>8.7750000000000004</v>
       </c>
       <c r="L16" s="65">
-        <f>+SUM('[2]Resultado Financeiro'!$AS$24:$AV$24)/1000</f>
-        <v>8.7750000000000004</v>
+        <v>11.489000000000001</v>
       </c>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>111</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="I19" sqref="I19:I22"/>
+    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="I20" sqref="I20:I22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="C18" s="21"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A19" s="4"/>
       <c r="B19" s="69" t="s">
         <v>122</v>
       </c>
       <c r="C19" s="24"/>
       <c r="D19" s="24"/>
       <c r="E19" s="25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F19" s="25">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G19" s="25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H19" s="25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I19" s="25">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="B20" s="104" t="s">
         <v>119</v>
       </c>
       <c r="C20" s="105"/>
       <c r="D20" s="105"/>
       <c r="E20" s="115">
-        <v>73.266999999999996</v>
+        <v>91.376999999999995</v>
       </c>
       <c r="F20" s="115">
-        <v>91.376999999999995</v>
+        <v>117.637</v>
       </c>
       <c r="G20" s="115">
-        <v>117.637</v>
+        <v>160.44999999999999</v>
       </c>
       <c r="H20" s="115">
-        <v>160.44999999999999</v>
+        <v>262.22300000000001</v>
       </c>
       <c r="I20" s="115">
-        <f ca="1">+'[2]Análise Rápida'!$AR$151/1000</f>
-        <v>262.22300000000001</v>
+        <v>288.00700000000001</v>
       </c>
       <c r="M20" s="114"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="4"/>
       <c r="B21" s="34" t="s">
         <v>120</v>
       </c>
       <c r="C21" s="34"/>
       <c r="D21" s="34"/>
       <c r="E21" s="117">
-        <v>18.579000000000001</v>
+        <v>18.565000000000001</v>
       </c>
       <c r="F21" s="117">
-        <v>18.565000000000001</v>
+        <v>32.375</v>
       </c>
       <c r="G21" s="117">
-        <v>32.375</v>
+        <v>50.322000000000003</v>
       </c>
       <c r="H21" s="117">
-        <v>50.322000000000003</v>
+        <v>91.58</v>
       </c>
       <c r="I21" s="117">
-        <f>+SUM('[2]Investimentos F'!$AT$12:$AW$14)/1000</f>
-        <v>91.58</v>
+        <v>85</v>
       </c>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A22" s="4"/>
       <c r="B22" s="79" t="s">
         <v>121</v>
       </c>
       <c r="C22" s="79"/>
       <c r="D22" s="79"/>
       <c r="E22" s="116">
-        <v>12.718</v>
+        <v>13.358000000000001</v>
       </c>
       <c r="F22" s="116">
-        <v>13.358000000000001</v>
+        <v>21.57</v>
       </c>
       <c r="G22" s="116">
-        <v>21.57</v>
+        <v>34.078000000000003</v>
       </c>
       <c r="H22" s="116">
-        <v>34.078000000000003</v>
+        <v>60.594000000000001</v>
       </c>
       <c r="I22" s="116">
-        <f>+SUM('[2]Investimentos F'!$AT$18:$AW$18)/1000</f>
-        <v>60.594000000000001</v>
+        <v>56.4</v>
       </c>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="K10" sqref="K10"/>
+    <sheetView showGridLines="0" topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="L6" sqref="L6:L17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A6" s="4"/>
       <c r="B6" s="73"/>
       <c r="C6" s="73"/>
       <c r="D6" s="73"/>
       <c r="E6" s="73"/>
       <c r="F6" s="73"/>
       <c r="G6" s="75"/>
       <c r="H6" s="76">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I6" s="76">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J6" s="76">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K6" s="76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L6" s="76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A7" s="4"/>
       <c r="B7" s="35" t="s">
         <v>89</v>
       </c>
       <c r="C7" s="45"/>
       <c r="D7" s="45"/>
       <c r="E7" s="45"/>
       <c r="F7" s="45"/>
       <c r="G7" s="35"/>
       <c r="H7" s="119">
-        <v>97.052000000000007</v>
+        <v>124.386</v>
       </c>
       <c r="I7" s="119">
-        <v>124.386</v>
+        <v>207.89500000000001</v>
       </c>
       <c r="J7" s="119">
-        <v>207.89500000000001</v>
+        <v>235.477</v>
       </c>
       <c r="K7" s="119">
-        <v>235.477</v>
+        <v>377.46800000000002</v>
       </c>
       <c r="L7" s="119">
-        <f>+SUM('[2]Despesas de IR e CSLL'!$AO$6:$AR$6)/1000</f>
-        <v>377.46800000000002</v>
+        <v>338.37299999999999</v>
       </c>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="4"/>
       <c r="B8" s="40" t="s">
         <v>90</v>
       </c>
       <c r="C8" s="40"/>
       <c r="D8" s="40"/>
       <c r="E8" s="40"/>
       <c r="F8" s="40"/>
       <c r="G8" s="40"/>
       <c r="H8" s="132">
         <v>0.34</v>
       </c>
       <c r="I8" s="132">
         <v>0.34</v>
       </c>
       <c r="J8" s="132">
         <v>0.34</v>
       </c>
       <c r="K8" s="132">
         <v>0.34</v>
       </c>
       <c r="L8" s="132">
         <v>0.34</v>
       </c>
       <c r="M8" s="24"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="4"/>
       <c r="B9" s="133" t="s">
         <v>91</v>
       </c>
       <c r="C9" s="40"/>
       <c r="D9" s="40"/>
       <c r="E9" s="40"/>
       <c r="F9" s="40"/>
       <c r="G9" s="40"/>
       <c r="H9" s="119">
         <f>H7*-H8</f>
-        <v>-32.997680000000003</v>
+        <v>-42.291240000000002</v>
       </c>
       <c r="I9" s="119">
         <f>I7*-I8</f>
-        <v>-42.291240000000002</v>
+        <v>-70.684300000000007</v>
       </c>
       <c r="J9" s="119">
         <f>J7*-J8</f>
-        <v>-70.684300000000007</v>
+        <v>-80.062180000000012</v>
       </c>
       <c r="K9" s="119">
-        <f>K7*-K8</f>
-        <v>-80.062180000000012</v>
+        <f>-K8*K7</f>
+        <v>-128.33912000000001</v>
       </c>
       <c r="L9" s="119">
-        <f>+L8*L7</f>
-        <v>128.33912000000001</v>
+        <f>-L8*L7</f>
+        <v>-115.04682000000001</v>
       </c>
       <c r="M9" s="24"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="4"/>
       <c r="B10" s="133" t="s">
         <v>95</v>
       </c>
       <c r="C10" s="40"/>
       <c r="D10" s="40"/>
       <c r="E10" s="40"/>
       <c r="F10" s="40"/>
       <c r="G10" s="40"/>
       <c r="H10" s="119">
-        <f>SUM(H9,I18:I22)</f>
-        <v>-23.542680000000001</v>
+        <f>SUM(H9,J18:J22)</f>
+        <v>-16.601239999999997</v>
       </c>
       <c r="I10" s="119">
-        <f>SUM(I9,J18:J22)</f>
-        <v>-16.601239999999997</v>
+        <f>SUM(I9,K18:K22)</f>
+        <v>-48.231300000000012</v>
       </c>
       <c r="J10" s="119">
-        <f>SUM(J9,K18:K22)</f>
-        <v>-48.231300000000012</v>
+        <f>SUM(J9,L18:L22)</f>
+        <v>-53.565180000000019</v>
       </c>
       <c r="K10" s="119">
-        <f>SUM(K9,L18:L22)</f>
-        <v>-53.565180000000019</v>
+        <v>-106.85612</v>
       </c>
       <c r="L10" s="119">
-        <f>+SUM('[2]Despesas de IR e CSLL'!$AO$21:$AR$21)/1000</f>
-        <v>-106.85612</v>
+        <v>-95.410820000000001</v>
       </c>
       <c r="M10" s="24"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A11" s="4"/>
       <c r="B11" s="127" t="s">
         <v>96</v>
       </c>
       <c r="C11" s="128"/>
       <c r="D11" s="128"/>
       <c r="E11" s="128"/>
       <c r="F11" s="128"/>
       <c r="G11" s="129"/>
       <c r="H11" s="130">
         <f>H10/H7</f>
-        <v>-0.24257799942298972</v>
+        <v>-0.1334655025485183</v>
       </c>
       <c r="I11" s="130">
         <f>I10/I7</f>
-        <v>-0.1334655025485183</v>
+        <v>-0.23199836455903225</v>
       </c>
       <c r="J11" s="130">
         <f>J10/J7</f>
-        <v>-0.23199836455903225</v>
+        <v>-0.22747520989311065</v>
       </c>
       <c r="K11" s="130">
-        <f>K10/K7</f>
-        <v>-0.22747520989311065</v>
+        <f>+K10/K7</f>
+        <v>-0.28308656627846601</v>
       </c>
       <c r="L11" s="130">
         <f>+L10/L7</f>
-        <v>-0.28308656627846601</v>
+        <v>-0.28196936516802462</v>
       </c>
       <c r="M11" s="131"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A12" s="4"/>
       <c r="B12" s="121"/>
       <c r="C12" s="121"/>
       <c r="D12" s="121"/>
       <c r="E12" s="121"/>
       <c r="F12" s="121"/>
       <c r="G12" s="121"/>
       <c r="H12" s="121"/>
       <c r="I12" s="151"/>
       <c r="J12" s="151"/>
       <c r="K12" s="151"/>
       <c r="L12" s="121"/>
       <c r="M12" s="24"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="4"/>
       <c r="B13" s="122" t="s">
         <v>123</v>
       </c>
       <c r="C13" s="123"/>
       <c r="D13" s="123"/>
       <c r="E13" s="123"/>
       <c r="F13" s="123"/>
       <c r="G13" s="122"/>
       <c r="H13" s="124">
         <f>-H8-H11</f>
-        <v>-9.7422000577010309E-2</v>
+        <v>-0.20653449745148172</v>
       </c>
       <c r="I13" s="124">
         <f>-I8-I11</f>
-        <v>-0.20653449745148172</v>
+        <v>-0.10800163544096777</v>
       </c>
       <c r="J13" s="124">
         <f>-J8-J11</f>
-        <v>-0.10800163544096777</v>
+        <v>-0.11252479010688937</v>
       </c>
       <c r="K13" s="124">
-        <f>-K8-K11</f>
-        <v>-0.11252479010688937</v>
+        <f>-(K11+K8)</f>
+        <v>-5.6913433721534012E-2</v>
       </c>
       <c r="L13" s="124">
         <f>-(L11+L8)</f>
-        <v>-5.6913433721534012E-2</v>
+        <v>-5.8030634831975403E-2</v>
       </c>
       <c r="M13" s="24"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="4"/>
       <c r="B14" s="39" t="s">
         <v>92</v>
       </c>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="68">
-        <f>-I18/H7</f>
-        <v>-2.1988212504636687E-2</v>
+        <f>-J18/H7</f>
+        <v>-2.5268116990658111E-2</v>
       </c>
       <c r="I14" s="68">
-        <f>-J18/I7</f>
-        <v>-2.5268116990658111E-2</v>
+        <f>-K18/I7</f>
+        <v>-1.7292383174198515E-2</v>
       </c>
       <c r="J14" s="68">
-        <f>-K18/J7</f>
-        <v>-1.7292383174198515E-2</v>
+        <f>-L18/J7</f>
+        <v>-2.347150677136196E-2</v>
       </c>
       <c r="K14" s="68">
-        <f>-L18/K7</f>
-        <v>-2.347150677136196E-2</v>
+        <v>-2.6359850371422213E-2</v>
       </c>
       <c r="L14" s="68">
-        <f>-SUM('[2]Despesas de IR e CSLL'!$AO$10:$AR$10)/SUM('[2]Despesas de IR e CSLL'!$AO$6:$AR$6)</f>
         <v>-2.6359850371422213E-2</v>
       </c>
       <c r="M14" s="24"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="B15" s="39" t="s">
         <v>97</v>
       </c>
       <c r="C15" s="37"/>
       <c r="D15" s="37"/>
       <c r="E15" s="37"/>
       <c r="F15" s="37"/>
       <c r="G15" s="37"/>
       <c r="H15" s="68">
-        <f>-I19/H7</f>
-        <v>-5.6526398219511186E-2</v>
+        <f>-J19/H7</f>
+        <v>-4.685414757287798E-2</v>
       </c>
       <c r="I15" s="68">
-        <f>-J19/I7</f>
-        <v>-4.685414757287798E-2</v>
+        <f>-K19/I7</f>
+        <v>-3.8572356237523746E-2</v>
       </c>
       <c r="J15" s="68">
-        <f>-K19/J7</f>
-        <v>-3.8572356237523746E-2</v>
+        <f>-L19/J7</f>
+        <v>-4.1248189844443402E-2</v>
       </c>
       <c r="K15" s="68">
-        <f>-L19/K7</f>
-        <v>-4.1248189844443402E-2</v>
+        <v>0</v>
       </c>
       <c r="L15" s="68">
         <v>0</v>
       </c>
       <c r="M15" s="24"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="4"/>
       <c r="B16" s="39" t="s">
         <v>94</v>
       </c>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="37"/>
       <c r="H16" s="68">
-        <f>-I20/H7</f>
-        <v>-1.9649260190413385E-2</v>
+        <f>-J20/H7</f>
+        <v>-3.5405913848825431E-2</v>
       </c>
       <c r="I16" s="68">
-        <f>-J20/I7</f>
-        <v>-3.5405913848825431E-2</v>
+        <f>-K20/I7</f>
+        <v>-2.9971860795112916E-2</v>
       </c>
       <c r="J16" s="68">
-        <f>-K20/J7</f>
-        <v>-2.9971860795112916E-2</v>
+        <f>-L20/J7</f>
+        <v>-4.0938180798974003E-2</v>
       </c>
       <c r="K16" s="68">
-        <f>-L20/K7</f>
-        <v>-4.0938180798974003E-2</v>
+        <v>-2.7914949081776469E-2</v>
       </c>
       <c r="L16" s="68">
-        <f>-SUM('[2]Despesas de IR e CSLL'!$AP$12:$AR$12)/SUM('[2]Despesas de IR e CSLL'!$AO$6:$AR$6)</f>
         <v>-2.7914949081776469E-2</v>
       </c>
       <c r="M16" s="24"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A17" s="4"/>
       <c r="B17" s="125" t="s">
         <v>77</v>
       </c>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="126">
-        <f t="shared" ref="H17:K17" si="0">+H13-H14-H15-H16</f>
-        <v>7.4187033755094764E-4</v>
+        <f>+H13-H14-H15-H16</f>
+        <v>-9.9006319039120189E-2</v>
       </c>
       <c r="I17" s="126">
-        <f t="shared" si="0"/>
-        <v>-9.9006319039120189E-2</v>
+        <f>+I13-I14-I15-I16</f>
+        <v>-2.2165035234132602E-2</v>
       </c>
       <c r="J17" s="126">
-        <f t="shared" si="0"/>
-        <v>-2.2165035234132602E-2</v>
+        <f>+J13-J14-J15-J16</f>
+        <v>-6.866912692110004E-3</v>
       </c>
       <c r="K17" s="126">
-        <f t="shared" si="0"/>
-        <v>-6.866912692110004E-3</v>
+        <v>-2.6386342683353292E-3</v>
       </c>
       <c r="L17" s="126">
-        <f>-SUM('[2]Despesas de IR e CSLL'!$AO$14:$AR$14)/SUM('[2]Despesas de IR e CSLL'!$AO$6:$AR$6)</f>
         <v>-2.6386342683353292E-3</v>
       </c>
       <c r="M17" s="24"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="B18" s="120" t="s">
         <v>92</v>
       </c>
       <c r="C18" s="120"/>
       <c r="D18" s="120"/>
       <c r="E18" s="120"/>
       <c r="F18" s="120"/>
       <c r="G18" s="120"/>
       <c r="H18" s="120">
         <v>1.0149999999999999</v>
       </c>
       <c r="I18" s="120">
         <v>2.1339999999999999</v>
       </c>
       <c r="J18" s="120">
         <v>3.1429999999999998</v>
       </c>
       <c r="K18" s="120">
         <v>3.5950000000000002</v>
       </c>
       <c r="L18" s="120">
         <v>5.5270000000000001</v>
       </c>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A19" s="4"/>
       <c r="B19" s="120" t="s">
         <v>93</v>
       </c>
       <c r="C19" s="120"/>
       <c r="D19" s="120"/>
       <c r="E19" s="120"/>
       <c r="F19" s="120"/>
       <c r="G19" s="120"/>
       <c r="H19" s="120">
         <v>6.5510000000000002</v>
       </c>
       <c r="I19" s="120">
         <v>5.4859999999999998</v>
       </c>
       <c r="J19" s="120">
         <v>5.8280000000000003</v>
       </c>
       <c r="K19" s="120">
         <v>8.0190000000000001</v>
       </c>
       <c r="L19" s="120">
         <v>9.7129999999999992</v>
       </c>
       <c r="M19" s="24"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="B20" s="120" t="s">
         <v>97</v>
       </c>
       <c r="C20" s="120"/>
       <c r="D20" s="120"/>
       <c r="E20" s="120"/>
       <c r="F20" s="120"/>
       <c r="G20" s="120"/>
       <c r="H20" s="120">
         <v>8.8040000000000003</v>
       </c>
       <c r="I20" s="120">
         <v>1.907</v>
       </c>
       <c r="J20" s="120">
         <v>4.4039999999999999</v>
       </c>
       <c r="K20" s="120">
         <v>6.2309999999999999</v>
       </c>
       <c r="L20" s="120">
         <v>9.64</v>
       </c>
       <c r="M20" s="24"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="4"/>
       <c r="B21" s="120" t="s">
         <v>94</v>
       </c>
       <c r="C21" s="120"/>
       <c r="D21" s="120"/>
       <c r="E21" s="120"/>
       <c r="F21" s="120"/>
       <c r="G21" s="120"/>
       <c r="H21" s="120">
         <v>0</v>
       </c>
       <c r="I21" s="120">
         <v>0</v>
       </c>
       <c r="J21" s="120">
         <v>12.919</v>
       </c>
       <c r="K21" s="120">
         <v>0</v>
       </c>
       <c r="L21" s="120">
         <v>0</v>
       </c>
       <c r="M21" s="24"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="B22" s="120" t="s">
         <v>77</v>
       </c>
       <c r="C22" s="120"/>
       <c r="D22" s="120"/>
       <c r="E22" s="120"/>
       <c r="F22" s="120"/>
       <c r="G22" s="120"/>
       <c r="H22" s="120">
         <v>2.5049999999999999</v>
       </c>
       <c r="I22" s="120">
         <v>-7.1999999999999995E-2</v>
       </c>
       <c r="J22" s="120">
         <v>-0.60399999999999998</v>
       </c>
       <c r="K22" s="120">
         <v>4.6079999999999997</v>
       </c>
       <c r="L22" s="120">
         <v>1.617</v>
       </c>
       <c r="M22" s="24"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="4"/>
       <c r="B23" s="118"/>
       <c r="C23" s="118"/>
       <c r="D23" s="118"/>
       <c r="E23" s="118"/>
       <c r="F23" s="118"/>
       <c r="G23" s="118"/>
       <c r="H23" s="118"/>
       <c r="I23" s="118"/>
       <c r="J23" s="118"/>
       <c r="K23" s="118"/>
       <c r="L23" s="118"/>
       <c r="M23" s="24"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="J24" s="112"/>
       <c r="K24" s="112"/>
       <c r="L24" s="112"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>113</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="L11" sqref="L11"/>
+    <sheetView showGridLines="0" topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="L22" sqref="L22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="17" width="9.1796875" customWidth="1"/>
+    <col min="18" max="18" width="9.6328125" customWidth="1"/>
+    <col min="19" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16382" width="9.1796875" hidden="1"/>
+    <col min="16383" max="16383" width="4.26953125" hidden="1" customWidth="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="O7" s="140" t="s">
         <v>124</v>
       </c>
       <c r="P7" s="76"/>
       <c r="Q7" s="76"/>
       <c r="R7" s="76">
         <v>2025</v>
       </c>
       <c r="S7" s="76">
         <v>2026</v>
       </c>
       <c r="T7" s="139" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:20" ht="15" customHeight="1" thickBot="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="8" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="O8" s="141" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="P8" s="121"/>
       <c r="Q8" s="121"/>
       <c r="R8" s="142">
-        <f>+[2]Indicadores!$AT$119/1000</f>
-        <v>26.571047639999996</v>
+        <v>27.589047639999997</v>
       </c>
       <c r="S8" s="142">
-        <f>+[2]Indicadores!$AU$119/1000</f>
-        <v>27.331937509999996</v>
+        <v>27.245000000000001</v>
       </c>
       <c r="T8" s="143">
-        <f>+SUM([2]Indicadores!$AV$119:$BB$120)/1000</f>
-[...3 lines deleted...]
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+        <v>60.950853309999992</v>
+      </c>
+    </row>
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A10" s="4"/>
       <c r="B10" s="74" t="s">
         <v>49</v>
       </c>
       <c r="C10" s="73"/>
       <c r="D10" s="73"/>
       <c r="E10" s="73"/>
       <c r="F10" s="73"/>
       <c r="G10" s="75"/>
       <c r="H10" s="76">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I10" s="76">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J10" s="76">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K10" s="76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L10" s="76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="4"/>
       <c r="B11" s="24" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="24"/>
       <c r="D11" s="24"/>
       <c r="E11" s="24"/>
       <c r="F11" s="24"/>
       <c r="G11" s="24"/>
       <c r="H11" s="137">
-        <v>180.87</v>
+        <v>254.83099999999999</v>
       </c>
       <c r="I11" s="137">
-        <v>254.83099999999999</v>
+        <v>264.64699999999999</v>
       </c>
       <c r="J11" s="137">
-        <v>264.64699999999999</v>
+        <v>295.88499999999999</v>
       </c>
       <c r="K11" s="137">
-        <v>295.88499999999999</v>
+        <v>375.51600000000002</v>
       </c>
       <c r="L11" s="137">
-        <f>+(SUM([2]Indicadores!$BD$49)-[2]Indicadores!$BD$51)/1000</f>
-        <v>375.51600000000002</v>
+        <v>380.911</v>
       </c>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A12" s="4"/>
       <c r="B12" s="73" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="73"/>
       <c r="D12" s="73"/>
       <c r="E12" s="73"/>
       <c r="F12" s="73"/>
       <c r="G12" s="73"/>
-      <c r="H12" s="87">
-[...2 lines deleted...]
-      <c r="I12" s="138">
+      <c r="H12" s="138">
         <v>54.267887657861664</v>
       </c>
-      <c r="J12" s="177">
+      <c r="I12" s="170">
         <v>42.219958090729271</v>
       </c>
+      <c r="J12" s="87">
+        <v>42.615386112351885</v>
+      </c>
       <c r="K12" s="87">
-        <v>42.615386112351885</v>
+        <v>39.521611918048322</v>
       </c>
       <c r="L12" s="87">
-        <f>+[2]Indicadores!$BD$53</f>
-        <v>39.521611918048322</v>
+        <v>41.138345670486117</v>
       </c>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="4"/>
       <c r="H18" s="134" t="s">
         <v>67</v>
       </c>
       <c r="I18" s="134" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="134" t="s">
         <v>69</v>
       </c>
       <c r="K18" s="134" t="s">
         <v>70</v>
       </c>
       <c r="L18" s="134" t="s">
         <v>132</v>
       </c>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A19" s="4"/>
       <c r="B19" s="74" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="75"/>
       <c r="H19" s="76">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I19" s="76">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J19" s="76">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K19" s="76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L19" s="76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="B20" s="78" t="s">
         <v>62</v>
       </c>
       <c r="C20" s="45"/>
       <c r="D20" s="45"/>
       <c r="E20" s="45"/>
       <c r="F20" s="45"/>
       <c r="G20" s="45"/>
       <c r="H20" s="135">
-        <v>193.81100000000001</v>
+        <v>128.886</v>
       </c>
       <c r="I20" s="135">
-        <v>128.886</v>
+        <v>101.74</v>
       </c>
       <c r="J20" s="135">
-        <v>101.74</v>
+        <v>101.599</v>
       </c>
       <c r="K20" s="135">
-        <v>101.599</v>
+        <v>105.996</v>
       </c>
       <c r="L20" s="135">
-        <f>+[2]Indicadores!$BD$12/1000</f>
-        <v>105.996</v>
+        <v>125.95</v>
       </c>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="4"/>
       <c r="B21" s="34" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="34"/>
       <c r="D21" s="34"/>
       <c r="E21" s="34"/>
       <c r="F21" s="34"/>
       <c r="G21" s="34"/>
       <c r="H21" s="136">
-        <v>260.387</v>
+        <v>147.12799999999999</v>
       </c>
       <c r="I21" s="136">
-        <v>147.12799999999999</v>
+        <v>190.29900000000001</v>
       </c>
       <c r="J21" s="136">
-        <v>190.29900000000001</v>
+        <v>232.53899999999999</v>
       </c>
       <c r="K21" s="136">
-        <v>232.53899999999999</v>
+        <v>241.33500000000001</v>
       </c>
       <c r="L21" s="136">
-        <f>+[2]Indicadores!$BD$13/1000</f>
-        <v>241.33500000000001</v>
+        <v>113.86</v>
       </c>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="B22" s="34" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="34"/>
       <c r="D22" s="34"/>
       <c r="E22" s="34"/>
       <c r="F22" s="34"/>
       <c r="G22" s="34"/>
       <c r="H22" s="136">
-        <v>-66.575999999999993</v>
+        <v>-18.24199999999999</v>
       </c>
       <c r="I22" s="136">
-        <v>-18.24199999999999</v>
+        <v>-88.559000000000012</v>
       </c>
       <c r="J22" s="136">
-        <v>-88.559000000000012</v>
+        <v>-130.94</v>
       </c>
       <c r="K22" s="136">
-        <v>-130.94</v>
+        <f>+K20-K21</f>
+        <v>-135.339</v>
       </c>
       <c r="L22" s="136">
         <f>+L20-L21</f>
-        <v>-135.339</v>
+        <v>12.090000000000003</v>
       </c>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="4"/>
       <c r="B23" s="34" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="34"/>
       <c r="D23" s="34"/>
       <c r="E23" s="34"/>
       <c r="F23" s="34"/>
       <c r="G23" s="34"/>
       <c r="H23" s="136">
-        <v>162.51887835999977</v>
+        <v>161.86746311999997</v>
       </c>
       <c r="I23" s="136">
-        <v>161.86746311999997</v>
+        <v>244.89196191204712</v>
       </c>
       <c r="J23" s="136">
-        <v>244.89196191204712</v>
+        <v>265.04687479000029</v>
       </c>
       <c r="K23" s="136">
-        <v>265.04687479000029</v>
+        <v>395.0647919499994</v>
       </c>
       <c r="L23" s="136">
-        <f ca="1">+'[3]Consolidated Results'!L19</f>
-        <v>395.0647919499994</v>
+        <f>+'Res Consolidados'!L17</f>
+        <v>361.79331693000023</v>
       </c>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A24" s="4"/>
       <c r="B24" s="79" t="s">
         <v>66</v>
       </c>
       <c r="C24" s="79"/>
       <c r="D24" s="79"/>
       <c r="E24" s="79"/>
       <c r="F24" s="79"/>
       <c r="G24" s="79"/>
       <c r="H24" s="80" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="I24" s="80" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J24" s="80" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="K24" s="80" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>136</v>
+      </c>
+      <c r="L24" s="80">
+        <f>+L22/L23</f>
+        <v>3.3416869340179595E-2</v>
       </c>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>114</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="H7" sqref="H7:L13"/>
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="L13" sqref="L13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A7" s="4"/>
       <c r="B7" s="74" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="73"/>
       <c r="D7" s="73"/>
       <c r="E7" s="73"/>
       <c r="F7" s="73"/>
       <c r="G7" s="75"/>
       <c r="H7" s="76">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I7" s="76">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J7" s="76">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K7" s="76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L7" s="76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="4"/>
       <c r="B8" s="34" t="s">
         <v>72</v>
       </c>
       <c r="C8" s="91"/>
       <c r="D8" s="91"/>
       <c r="E8" s="91"/>
       <c r="F8" s="91"/>
       <c r="G8" s="91"/>
       <c r="H8" s="77">
-        <v>9.0359999999999996</v>
+        <v>10.087</v>
       </c>
       <c r="I8" s="77">
-        <v>10.087</v>
-[...1 lines deleted...]
-      <c r="J8" s="77">
         <v>11.89612262</v>
       </c>
+      <c r="J8" s="64">
+        <v>13.866576569999998</v>
+      </c>
       <c r="K8" s="64">
-        <v>13.866576569999998</v>
+        <v>18.620999999999999</v>
       </c>
       <c r="L8" s="64">
-        <f>+SUM([2]Indicadores!$BA$39:$BD$39)/1000</f>
-        <v>18.620999999999999</v>
+        <v>40.327989773121764</v>
       </c>
       <c r="M8" s="24"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="4"/>
       <c r="B9" s="34" t="s">
         <v>73</v>
       </c>
       <c r="C9" s="34"/>
       <c r="D9" s="34"/>
       <c r="E9" s="34"/>
       <c r="F9" s="34"/>
       <c r="G9" s="34"/>
       <c r="H9" s="64">
-        <v>1.093</v>
+        <v>13.233000000000001</v>
       </c>
       <c r="I9" s="64">
-        <v>13.233000000000001</v>
+        <v>23.802945319999989</v>
       </c>
       <c r="J9" s="64">
-        <v>23.802945319999989</v>
+        <v>9.7302694400000007</v>
       </c>
       <c r="K9" s="64">
-        <v>9.7302694400000007</v>
+        <v>21.879000000000001</v>
       </c>
       <c r="L9" s="64">
-        <f>+SUM([2]Indicadores!$BA$40:$BD$40)/1000</f>
-        <v>21.879000000000001</v>
+        <v>17.548154276243491</v>
       </c>
       <c r="M9" s="24"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="4"/>
       <c r="B10" s="34" t="s">
         <v>74</v>
       </c>
       <c r="C10" s="34"/>
       <c r="D10" s="34"/>
       <c r="E10" s="34"/>
       <c r="F10" s="34"/>
       <c r="G10" s="34"/>
       <c r="H10" s="64">
-        <v>5.2560000000000002</v>
+        <v>6.282</v>
       </c>
       <c r="I10" s="64">
-        <v>6.282</v>
+        <v>9.2788277800000021</v>
       </c>
       <c r="J10" s="64">
-        <v>9.2788277800000021</v>
+        <v>9.5550143599999995</v>
       </c>
       <c r="K10" s="64">
-        <v>9.5550143599999995</v>
+        <v>17.074999999999999</v>
       </c>
       <c r="L10" s="64">
-        <f>+SUM([2]Indicadores!$BA$41:$BD$41)/1000</f>
-        <v>17.074999999999999</v>
+        <v>14.49730316</v>
       </c>
       <c r="M10" s="24"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="4"/>
       <c r="B11" s="34" t="s">
-        <v>77</v>
+        <v>140</v>
       </c>
       <c r="C11" s="34"/>
       <c r="D11" s="34"/>
       <c r="E11" s="34"/>
       <c r="F11" s="34"/>
       <c r="G11" s="34"/>
       <c r="H11" s="148">
-        <v>4.4000000000000004</v>
+        <v>0</v>
       </c>
       <c r="I11" s="148">
-        <f>[4]CAPEX!J11</f>
         <v>0</v>
       </c>
-      <c r="J11" s="148">
-        <f>[4]CAPEX!K11</f>
+      <c r="J11" s="64">
         <v>0</v>
       </c>
       <c r="K11" s="64">
-        <f>[4]CAPEX!L11</f>
         <v>0</v>
       </c>
       <c r="L11" s="64">
-        <f>[4]CAPEX!M11</f>
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="M11" s="24"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="4"/>
       <c r="B12" s="92" t="s">
         <v>75</v>
       </c>
       <c r="C12" s="92"/>
       <c r="D12" s="92"/>
       <c r="E12" s="92"/>
       <c r="F12" s="92"/>
       <c r="G12" s="92"/>
       <c r="H12" s="93">
-        <v>19.771000000000001</v>
+        <v>29.602</v>
       </c>
       <c r="I12" s="93">
-        <v>29.602</v>
+        <v>44.977895719999992</v>
       </c>
       <c r="J12" s="93">
-        <v>44.977895719999992</v>
+        <v>33.151860370000001</v>
       </c>
       <c r="K12" s="93">
-        <v>33.151860370000001</v>
+        <f>+SUM(K8:K11)</f>
+        <v>57.575000000000003</v>
       </c>
       <c r="L12" s="93">
         <f>+SUM(L8:L11)</f>
-        <v>57.575000000000003</v>
+        <v>112.37344720936525</v>
       </c>
       <c r="M12" s="24"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A13" s="4"/>
       <c r="B13" s="79" t="s">
         <v>76</v>
       </c>
       <c r="C13" s="73"/>
       <c r="D13" s="73"/>
       <c r="E13" s="73"/>
       <c r="F13" s="73"/>
       <c r="G13" s="73"/>
       <c r="H13" s="90">
-        <v>1.580714258273782E-2</v>
+        <v>2.3601537610027961E-2</v>
       </c>
       <c r="I13" s="90">
-        <v>2.3601537610027961E-2</v>
+        <v>2.6584553366722774E-2</v>
       </c>
       <c r="J13" s="90">
-        <v>2.6584553366722774E-2</v>
+        <v>1.6816069373282217E-2</v>
       </c>
       <c r="K13" s="90">
-        <v>1.6816069373282217E-2</v>
+        <v>2.2270799698397948E-2</v>
       </c>
       <c r="L13" s="90">
-        <f ca="1">+L12/'[3]Consolidated Results'!L7</f>
-        <v>2.2270799698397948E-2</v>
+        <v>4.0538462368033018E-2</v>
       </c>
       <c r="M13" s="24"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="4"/>
       <c r="M14" s="24"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="M15" s="24"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="4"/>
       <c r="M16" s="24"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="4"/>
       <c r="M17" s="24"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="4"/>
       <c r="M18" s="24"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A19" s="4"/>
       <c r="M19" s="24"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="M20" s="24"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="4"/>
       <c r="M21" s="24"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="M22" s="24"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="4"/>
       <c r="M23" s="24"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>115</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
-  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="P10" sqref="P10"/>
+    <sheetView showGridLines="0" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q15" sqref="Q15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="18" width="9.1796875" customWidth="1"/>
+    <col min="19" max="19" width="16" customWidth="1"/>
+    <col min="20" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15.75" thickTop="1">
+    <row r="1" spans="1:20" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="22" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20">
+    <row r="6" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15.75" thickBot="1">
+    <row r="7" spans="1:20" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="4"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="H8" s="9"/>
       <c r="P8" s="17" t="s">
         <v>1</v>
       </c>
       <c r="Q8" s="12"/>
       <c r="R8" s="12"/>
       <c r="S8" s="13"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="H9" s="10"/>
       <c r="P9" s="18" t="s">
         <v>2</v>
       </c>
       <c r="S9" s="14"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15.75" thickBot="1">
+    <row r="10" spans="1:20" ht="15.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A10" s="4"/>
-      <c r="P10" s="19"/>
+      <c r="P10" s="19" t="s">
+        <v>139</v>
+      </c>
       <c r="Q10" s="15"/>
       <c r="R10" s="15"/>
       <c r="S10" s="16"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15.75" thickTop="1">
+    <row r="11" spans="1:20" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20">
+    <row r="13" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20">
+    <row r="16" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20">
+    <row r="17" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20">
+    <row r="18" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20">
+    <row r="19" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20">
+    <row r="20" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20">
+    <row r="21" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20">
+    <row r="22" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20">
+    <row r="23" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20">
+    <row r="24" spans="1:20" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15.75" thickBot="1">
+    <row r="25" spans="1:20" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="6"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="P9" r:id="rId1" display="mailto:ian.nunes@tegma.com.br" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="P9" r:id="rId1" display="mailto:ian.nunes@tegma.com.br"/>
   </hyperlinks>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="L16" sqref="H11:L16"/>
+      <selection activeCell="L12" sqref="L12:L16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A11" s="4"/>
       <c r="B11" s="67" t="s">
         <v>49</v>
       </c>
       <c r="C11" s="24"/>
       <c r="D11" s="24"/>
       <c r="E11" s="24"/>
       <c r="F11" s="24"/>
       <c r="H11" s="25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I11" s="25">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J11" s="25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K11" s="25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L11" s="25">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="4"/>
       <c r="B12" s="66" t="s">
         <v>46</v>
       </c>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="144">
         <f>'Res Consolidados'!H22</f>
-        <v>124.54354342999976</v>
+        <v>126.41991727999996</v>
       </c>
       <c r="I12" s="144">
         <f>'Res Consolidados'!I22</f>
-        <v>126.41991727999996</v>
+        <v>205.92552580204719</v>
       </c>
       <c r="J12" s="144">
         <f>'Res Consolidados'!J22</f>
-        <v>205.92552580204719</v>
+        <v>222.47313173000026</v>
       </c>
       <c r="K12" s="144">
-        <f>'Res Consolidados'!K22</f>
-        <v>222.47313173000026</v>
+        <f>+'Res Consolidados'!K22</f>
+        <v>356.41250322000064</v>
       </c>
       <c r="L12" s="144">
-        <f ca="1">+'Res Consolidados'!L22</f>
-        <v>355.16110505999939</v>
+        <f>+'Res Consolidados'!L22</f>
+        <v>317.63827103000023</v>
       </c>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="4"/>
       <c r="B13" s="34" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="34"/>
       <c r="D13" s="34"/>
       <c r="E13" s="34"/>
       <c r="F13" s="34"/>
       <c r="G13" s="34"/>
       <c r="H13" s="136">
-        <f>-[3]CAPEX!H12</f>
-        <v>-19.771000000000001</v>
+        <v>-29.602</v>
       </c>
       <c r="I13" s="136">
-        <f>-[3]CAPEX!I12</f>
-        <v>-29.602</v>
+        <v>-44.977895719999992</v>
       </c>
       <c r="J13" s="136">
-        <f>-[3]CAPEX!J12</f>
-        <v>-44.977895719999992</v>
+        <v>-33.151860370000001</v>
       </c>
       <c r="K13" s="136">
-        <f>-[3]CAPEX!K12</f>
-        <v>-33.151860370000001</v>
+        <v>-57.575000000000003</v>
       </c>
       <c r="L13" s="136">
-        <f>-[3]CAPEX!L12</f>
-        <v>-57.575000000000003</v>
+        <v>-112.37344720936525</v>
       </c>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="4"/>
       <c r="B14" s="34" t="s">
         <v>79</v>
       </c>
       <c r="C14" s="34"/>
       <c r="D14" s="34"/>
       <c r="E14" s="34"/>
       <c r="F14" s="34"/>
       <c r="G14" s="34"/>
       <c r="H14" s="136">
         <f>+'IR e CSLL'!H10</f>
-        <v>-23.542680000000001</v>
+        <v>-16.601239999999997</v>
       </c>
       <c r="I14" s="136">
         <f>+'IR e CSLL'!I10</f>
-        <v>-16.601239999999997</v>
+        <v>-48.231300000000012</v>
       </c>
       <c r="J14" s="136">
         <f>+'IR e CSLL'!J10</f>
-        <v>-48.231300000000012</v>
+        <v>-53.565180000000019</v>
       </c>
       <c r="K14" s="136">
         <f>+'IR e CSLL'!K10</f>
-        <v>-53.565180000000019</v>
+        <v>-106.85612</v>
       </c>
       <c r="L14" s="136">
         <f>+'IR e CSLL'!L10</f>
-        <v>-106.85612</v>
+        <v>-95.410820000000001</v>
       </c>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="B15" s="34" t="s">
         <v>80</v>
       </c>
       <c r="C15" s="34"/>
       <c r="D15" s="34"/>
       <c r="E15" s="34"/>
       <c r="F15" s="34"/>
       <c r="G15" s="34"/>
       <c r="H15" s="136">
-        <v>43.991</v>
+        <v>-73.960999999999999</v>
       </c>
       <c r="I15" s="136">
         <f>-'Balanço Patrimonial'!I11+'Balanço Patrimonial'!H11</f>
-        <v>-73.960999999999984</v>
+        <v>-9.8160000000000025</v>
       </c>
       <c r="J15" s="136">
         <f>-'Balanço Patrimonial'!J11+'Balanço Patrimonial'!I11</f>
-        <v>-9.8160000000000025</v>
+        <v>-31.238</v>
       </c>
       <c r="K15" s="136">
         <f>-'Balanço Patrimonial'!K11+'Balanço Patrimonial'!J11</f>
-        <v>-31.238</v>
+        <v>-79.631000000000029</v>
       </c>
       <c r="L15" s="136">
         <f>-'Balanço Patrimonial'!L11+'Balanço Patrimonial'!K11</f>
-        <v>-79.631000000000029</v>
+        <v>-5.3949999999999818</v>
       </c>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A16" s="4"/>
       <c r="B16" s="63" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="63"/>
       <c r="D16" s="63"/>
       <c r="E16" s="63"/>
       <c r="F16" s="63"/>
       <c r="G16" s="63"/>
       <c r="H16" s="145">
-        <f t="shared" ref="H16:L16" si="0">SUM(H12:H15)</f>
-        <v>125.22086342999975</v>
+        <f>SUM(H12:H15)</f>
+        <v>6.255677279999972</v>
       </c>
       <c r="I16" s="145">
-        <f t="shared" si="0"/>
-        <v>6.2556772799999862</v>
+        <f>SUM(I12:I15)</f>
+        <v>102.90033008204719</v>
       </c>
       <c r="J16" s="145">
-        <f t="shared" si="0"/>
-        <v>102.90033008204719</v>
+        <f>SUM(J12:J15)</f>
+        <v>104.51809136000023</v>
       </c>
       <c r="K16" s="145">
-        <f t="shared" si="0"/>
-        <v>104.51809136000023</v>
+        <f>SUM(K12:K15)</f>
+        <v>112.35038322000062</v>
       </c>
       <c r="L16" s="145">
-        <f t="shared" ca="1" si="0"/>
-        <v>111.09898505999936</v>
+        <f>SUM(L12:L15)</f>
+        <v>104.45900382063499</v>
       </c>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1400-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A3" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="F19" sqref="F19"/>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="M11" sqref="M11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="5" width="9.140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="5" width="9.1796875" customWidth="1"/>
+    <col min="6" max="6" width="10.1796875" customWidth="1"/>
+    <col min="7" max="7" width="12.81640625" customWidth="1"/>
+    <col min="8" max="8" width="12.26953125" customWidth="1"/>
+    <col min="9" max="9" width="9.1796875" customWidth="1"/>
+    <col min="10" max="10" width="10.7265625" customWidth="1"/>
+    <col min="11" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="29.1" customHeight="1" thickBot="1">
+    <row r="6" spans="1:20" ht="29.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A6" s="4"/>
       <c r="B6" s="73"/>
       <c r="C6" s="97" t="s">
         <v>82</v>
       </c>
       <c r="D6" s="97" t="s">
         <v>86</v>
       </c>
       <c r="E6" s="97" t="s">
         <v>83</v>
       </c>
       <c r="F6" s="97" t="s">
         <v>84</v>
       </c>
       <c r="G6" s="97" t="s">
         <v>125</v>
       </c>
       <c r="H6" s="97" t="s">
         <v>85</v>
       </c>
       <c r="I6" s="97" t="s">
         <v>126</v>
       </c>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="B7" s="35">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C7" s="94">
-        <f>+[2]Dividendos!$G$6</f>
-        <v>2.58</v>
+        <v>3.8399937298457707</v>
       </c>
       <c r="D7" s="109">
-        <f>+SUM([2]Dividendos!$J$7,[2]Dividendos!$J$9,[2]Dividendos!$J$11)/[2]Dividendos!$J$6</f>
-        <v>0.82945736434108508</v>
+        <v>0.91666653059538916</v>
       </c>
       <c r="E7" s="109">
         <f>1-D7</f>
-        <v>0.17054263565891492</v>
+        <v>8.3333469404610838E-2</v>
       </c>
       <c r="F7" s="110">
-        <f>+SUM([2]Dividendos!$J$6)</f>
-        <v>170119.45176000003</v>
+        <v>253200.63103999998</v>
       </c>
       <c r="G7" s="109">
-        <f>+[2]Dividendos!$M$6</f>
-        <v>0.66368312413362951</v>
+        <v>1.0969885290121213</v>
       </c>
       <c r="H7" s="111">
-        <f>+[2]Dividendos!$L$6</f>
-[...3 lines deleted...]
-        <v>140</v>
+        <v>0.12532682327840927</v>
+      </c>
+      <c r="I7" s="109">
+        <v>1.0969885290121213</v>
       </c>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="4"/>
       <c r="B8" s="35">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C8" s="94">
-        <v>1.8281938420447037</v>
-[...17 lines deleted...]
-        <v>0.7</v>
+        <v>2.58</v>
+      </c>
+      <c r="D8" s="109">
+        <v>0.82945736434108508</v>
+      </c>
+      <c r="E8" s="109">
+        <f>1-D8</f>
+        <v>0.17054263565891492</v>
+      </c>
+      <c r="F8" s="110">
+        <v>253200.63103999998</v>
+      </c>
+      <c r="G8" s="109">
+        <v>0.66022393682557057</v>
+      </c>
+      <c r="H8" s="111">
+        <v>9.5681859974321215E-2</v>
+      </c>
+      <c r="I8" s="109">
+        <v>0.66022393682557057</v>
       </c>
       <c r="M8" s="24"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="4"/>
       <c r="B9" s="35">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C9" s="94">
-        <v>1.38</v>
+        <v>1.8281938420447037</v>
       </c>
       <c r="D9" s="68">
         <v>0.75</v>
       </c>
       <c r="E9" s="68">
         <v>0.25</v>
       </c>
       <c r="F9" s="95">
-        <v>91186</v>
+        <v>120666.12276</v>
       </c>
       <c r="G9" s="68">
+        <v>0.82059518303396994</v>
+      </c>
+      <c r="H9" s="96">
+        <v>7.463775370321013E-2</v>
+      </c>
+      <c r="I9" s="68">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="M9" s="24"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="4"/>
       <c r="B10" s="35">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C10" s="94">
-        <v>0.93</v>
+        <v>1.38</v>
       </c>
       <c r="D10" s="68">
         <v>0.75</v>
       </c>
       <c r="E10" s="68">
         <v>0.25</v>
       </c>
       <c r="F10" s="95">
-        <v>61613</v>
+        <v>91186</v>
       </c>
       <c r="G10" s="68">
-        <v>0.71</v>
+        <v>0.7</v>
       </c>
       <c r="H10" s="96">
-        <v>5.8000000000000003E-2</v>
-[...1 lines deleted...]
-      <c r="I10" s="149">
+        <v>8.2900000000000001E-2</v>
+      </c>
+      <c r="I10" s="68">
         <v>0.6</v>
       </c>
       <c r="M10" s="24"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="4"/>
       <c r="B11" s="35">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C11" s="94">
-        <v>0.53</v>
+        <v>0.93</v>
       </c>
       <c r="D11" s="68">
         <v>0.75</v>
       </c>
       <c r="E11" s="68">
         <v>0.25</v>
       </c>
       <c r="F11" s="95">
-        <v>34972</v>
+        <v>61613</v>
       </c>
       <c r="G11" s="68">
-        <v>0.63</v>
+        <v>0.71</v>
       </c>
       <c r="H11" s="96">
-        <v>2.3900000000000001E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
       <c r="I11" s="149">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="J11" s="150"/>
       <c r="K11" s="150"/>
       <c r="L11" s="150"/>
       <c r="M11" s="24"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="4"/>
       <c r="B12" s="146" t="s">
         <v>127</v>
       </c>
       <c r="M12" s="24"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="4"/>
       <c r="B13" s="146" t="s">
         <v>128</v>
       </c>
       <c r="M13" s="24"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="4"/>
-      <c r="B14" s="146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B14" s="146"/>
       <c r="M14" s="24"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="4"/>
       <c r="M16" s="24"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="4"/>
       <c r="M17" s="24"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="4"/>
       <c r="M18" s="24"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A19" s="4"/>
       <c r="M19" s="24"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="M20" s="24"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A21" s="4"/>
       <c r="M21" s="24"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="M22" s="24"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="4"/>
       <c r="B23" s="57"/>
       <c r="C23" s="24"/>
       <c r="D23" s="24"/>
       <c r="E23" s="24"/>
       <c r="F23" s="24"/>
       <c r="G23" s="54"/>
       <c r="H23" s="44"/>
       <c r="I23" s="44"/>
       <c r="J23" s="44"/>
       <c r="K23" s="44"/>
       <c r="L23" s="44"/>
       <c r="M23" s="24"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>117</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1500-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="N12" sqref="N12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="6" width="9.140625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="6" width="9.1796875" customWidth="1"/>
+    <col min="7" max="7" width="12.81640625" customWidth="1"/>
+    <col min="8" max="8" width="12.26953125" customWidth="1"/>
+    <col min="9" max="9" width="9.1796875" customWidth="1"/>
+    <col min="10" max="10" width="10.7265625" customWidth="1"/>
+    <col min="11" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="M22" s="24"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A23" s="4"/>
       <c r="B23" s="57"/>
       <c r="C23" s="24"/>
       <c r="D23" s="24"/>
       <c r="E23" s="24"/>
       <c r="F23" s="24"/>
       <c r="G23" s="54"/>
       <c r="H23" s="44"/>
       <c r="I23" s="44"/>
       <c r="J23" s="44"/>
       <c r="K23" s="44"/>
       <c r="L23" s="44"/>
       <c r="M23" s="24"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8" t="s">
         <v>118</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="B5" s="20"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="31"/>
       <c r="B6" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="31"/>
       <c r="B7" s="11" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A8" s="31"/>
       <c r="B8" s="21" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="21"/>
       <c r="H8" s="9"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="31"/>
       <c r="B9" s="21" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="21"/>
       <c r="H9" s="10"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="31"/>
       <c r="B10" s="21" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="31"/>
       <c r="B11" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="21"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="31"/>
       <c r="B12" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="21"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="31"/>
       <c r="B13" s="21" t="s">
         <v>98</v>
       </c>
       <c r="C13" s="21"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A14" s="31"/>
       <c r="B14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="11"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A15" s="31"/>
       <c r="B15" s="21" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="21"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A16" s="31"/>
       <c r="B16" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="21"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A17" s="31"/>
       <c r="B17" s="21" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="21"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A18" s="31"/>
       <c r="B18" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="21"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A19" s="31"/>
       <c r="B19" s="11" t="s">
         <v>88</v>
       </c>
       <c r="C19" s="21"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A20" s="31"/>
       <c r="B20" s="32"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A21" s="31"/>
       <c r="B21" s="33"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>100</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="B6" location="'Sobre a Tegma'!A1" display="Sobre a Tegma" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
-[...12 lines deleted...]
-    <hyperlink ref="B13" location="'IR e CSLL'!A1" display="IR e CSLL" xr:uid="{00000000-0004-0000-0200-00000D000000}"/>
+    <hyperlink ref="B6" location="'Sobre a Tegma'!A1" display="Sobre a Tegma"/>
+    <hyperlink ref="B7" location="'Res Auto'!A1" display="Premissas do Resultado"/>
+    <hyperlink ref="B8" location="'Res Auto'!A1" display="Resultados da divisão automotiva"/>
+    <hyperlink ref="B9" location="'Res Log. Int.'!A1" display="Resultados da divisão de Logística Integrada"/>
+    <hyperlink ref="B10" location="'Res Consolidados'!A1" display="Resultados Consolidados"/>
+    <hyperlink ref="B11" location="'Resultado financeiro'!A1" display="Resultado financeiro consolidado"/>
+    <hyperlink ref="B12" location="'Equivalência patrimonial'!A1" display="Equivalência patrimonial"/>
+    <hyperlink ref="B14" location="'Balanço Patrimonial'!A1" display="Premissas do Balanço Patrimonial"/>
+    <hyperlink ref="B15" location="'Balanço Patrimonial'!A1" display="Capital de giro e endividamento"/>
+    <hyperlink ref="B16" location="CAPEX!A1" display="Imobilizado e investimentos (CAPEX)"/>
+    <hyperlink ref="B17" location="'Free cash flow to firm'!A1" display="Free cash flow to firm"/>
+    <hyperlink ref="B18" location="'Dividendos e JSCP'!A1" display="Dividendos/ JSCP"/>
+    <hyperlink ref="B19" location="Contatos!A1" display="Contatos"/>
+    <hyperlink ref="B13" location="'IR e CSLL'!A1" display="IR e CSLL"/>
   </hyperlinks>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A2" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="A8" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="H8" s="9"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="H9" s="10"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="C11" s="21"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="C12" s="21"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="C13" s="21"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="C14" s="11"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="C15" s="21"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="C16" s="21"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="C17" s="21"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="C18" s="21"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="C19" s="21"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="L5" sqref="L5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="H8" s="9"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="H9" s="10"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="C11" s="21"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="C12" s="21"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="C13" s="21"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="C14" s="11"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="C15" s="21"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="C16" s="21"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="C17" s="21"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="C18" s="21"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="C19" s="21"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="J18" sqref="J18"/>
+    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="K18" sqref="K18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="5" width="9.140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="5" width="9.1796875" customWidth="1"/>
+    <col min="6" max="6" width="10.81640625" customWidth="1"/>
+    <col min="7" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="C11" s="21"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="C12" s="21"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
-[...3 lines deleted...]
-      <c r="D13" s="154"/>
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="171"/>
+      <c r="B13" s="172"/>
+      <c r="C13" s="172"/>
+      <c r="D13" s="172"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A14" s="4"/>
-      <c r="B14" s="155" t="s">
+      <c r="B14" s="173" t="s">
         <v>48</v>
       </c>
-      <c r="C14" s="155"/>
-[...1 lines deleted...]
-      <c r="E14" s="155"/>
+      <c r="C14" s="173"/>
+      <c r="D14" s="173"/>
+      <c r="E14" s="173"/>
       <c r="F14" s="24"/>
       <c r="G14" s="25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H14" s="25">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I14" s="25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J14" s="25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K14" s="25">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="B15" s="28" t="s">
         <v>130</v>
       </c>
       <c r="C15" s="28"/>
       <c r="D15" s="28"/>
       <c r="E15" s="28"/>
       <c r="F15" s="28"/>
       <c r="G15" s="26">
         <f>SUM(G16:G17)</f>
-        <v>2261.7959999999998</v>
+        <v>2326.5430000000001</v>
       </c>
       <c r="H15" s="26">
         <f>SUM(H16:H17)</f>
-        <v>2326.5430000000001</v>
+        <v>2410.741</v>
       </c>
       <c r="I15" s="26">
         <f>SUM(I16:I17)</f>
-        <v>2410.741</v>
+        <v>2562.4659999999999</v>
       </c>
       <c r="J15" s="26">
-        <f>SUM(J16:J17)</f>
-        <v>2562.4659999999999</v>
+        <f>+SUM(J16:J17)</f>
+        <v>2863.308</v>
       </c>
       <c r="K15" s="26">
         <f>+SUM(K16:K17)</f>
-        <v>2863.308</v>
+        <v>3047.27</v>
       </c>
       <c r="M15" s="113"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="4"/>
       <c r="B16" s="29" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="E16" s="29"/>
       <c r="F16" s="29"/>
       <c r="G16" s="27">
-        <v>1954.828</v>
+        <v>1977.0940000000001</v>
       </c>
       <c r="H16" s="27">
-        <v>1977.0940000000001</v>
+        <v>1960.462</v>
       </c>
       <c r="I16" s="27">
-        <v>1960.462</v>
+        <v>2180.23</v>
       </c>
       <c r="J16" s="27">
-        <v>2180.23</v>
+        <v>2487.5360000000001</v>
       </c>
       <c r="K16" s="27">
-        <f>+[1]Base!$Q$329/1000</f>
-        <v>2487.5360000000001</v>
+        <v>2551.8789999999999</v>
       </c>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="4"/>
-      <c r="B17" s="152" t="s">
-        <v>135</v>
+      <c r="B17" s="29" t="s">
+        <v>134</v>
       </c>
       <c r="C17" s="29"/>
       <c r="D17" s="29"/>
       <c r="E17" s="29"/>
       <c r="F17" s="29"/>
       <c r="G17" s="27">
-        <v>306.96800000000002</v>
+        <v>349.44900000000001</v>
       </c>
       <c r="H17" s="27">
-        <v>349.44900000000001</v>
+        <v>450.279</v>
       </c>
       <c r="I17" s="27">
-        <v>450.279</v>
+        <v>382.23599999999999</v>
       </c>
       <c r="J17" s="27">
-        <v>382.23599999999999</v>
+        <v>375.77199999999999</v>
       </c>
       <c r="K17" s="27">
-        <f>+[1]Base!$R$329/1000</f>
-        <v>375.77199999999999</v>
+        <v>495.39100000000002</v>
       </c>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="4"/>
       <c r="B18" s="92" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="92"/>
       <c r="D18" s="92"/>
       <c r="E18" s="92"/>
       <c r="F18" s="92"/>
       <c r="G18" s="30">
         <f>+SUM(G19:G20)</f>
-        <v>560.85800000000006</v>
+        <v>527.38499999999999</v>
       </c>
       <c r="H18" s="30">
         <f>+SUM(H19:H20)</f>
-        <v>527.38499999999999</v>
+        <v>585.34900000000005</v>
       </c>
       <c r="I18" s="30">
         <f>+SUM(I19:I20)</f>
-        <v>585.34900000000005</v>
+        <v>639.8549999999999</v>
       </c>
       <c r="J18" s="30">
         <f>+SUM(J19:J20)</f>
-        <v>639.8549999999999</v>
+        <v>712.42100000000005</v>
       </c>
       <c r="K18" s="30">
-        <f t="shared" ref="K18" si="0">+SUM(K19:K20)</f>
-        <v>711.85100000000011</v>
+        <f>+SUM(K19:K20)</f>
+        <v>701.77300000000002</v>
       </c>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A19" s="4"/>
       <c r="B19" s="29" t="s">
         <v>16</v>
       </c>
       <c r="C19" s="29"/>
       <c r="D19" s="29"/>
       <c r="E19" s="29"/>
       <c r="F19" s="29"/>
       <c r="G19" s="27">
-        <v>483.68700000000001</v>
+        <v>442.23599999999999</v>
       </c>
       <c r="H19" s="27">
-        <v>442.23599999999999</v>
+        <v>474.71300000000002</v>
       </c>
       <c r="I19" s="27">
-        <v>474.71300000000002</v>
+        <v>554.63699999999994</v>
       </c>
       <c r="J19" s="27">
-        <v>554.63699999999994</v>
+        <v>628.51499999999999</v>
       </c>
       <c r="K19" s="27">
-        <f>+[1]Base!$G$329/1000</f>
-        <v>627.94500000000005</v>
+        <v>592.37</v>
       </c>
       <c r="M19" s="113"/>
       <c r="N19" s="107"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="B20" s="88" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="88"/>
       <c r="D20" s="88"/>
       <c r="E20" s="88"/>
       <c r="F20" s="88"/>
       <c r="G20" s="84">
-        <v>77.171000000000006</v>
+        <v>85.149000000000001</v>
       </c>
       <c r="H20" s="84">
-        <v>85.149000000000001</v>
+        <v>110.636</v>
       </c>
       <c r="I20" s="84">
-        <v>110.636</v>
+        <v>85.218000000000004</v>
       </c>
       <c r="J20" s="84">
-        <v>85.218000000000004</v>
+        <v>83.906000000000006</v>
       </c>
       <c r="K20" s="84">
-        <f>+[1]Base!$H$329/1000</f>
-        <v>83.906000000000006</v>
+        <v>109.40300000000001</v>
       </c>
       <c r="M20" s="112"/>
       <c r="N20" s="108"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A21" s="4"/>
       <c r="B21" s="79" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="79"/>
       <c r="D21" s="79"/>
       <c r="E21" s="79"/>
       <c r="F21" s="79"/>
       <c r="G21" s="89">
         <f>+G18/G15</f>
-        <v>0.24797019713537388</v>
+        <v>0.22668181933452336</v>
       </c>
       <c r="H21" s="89">
         <f>+H18/H15</f>
-        <v>0.22668181933452336</v>
+        <v>0.24280874635641075</v>
       </c>
       <c r="I21" s="89">
         <f>+I18/I15</f>
-        <v>0.24280874635641075</v>
+        <v>0.24970282532529209</v>
       </c>
       <c r="J21" s="89">
         <f>+J18/J15</f>
-        <v>0.24970282532529209</v>
+        <v>0.24881046677479338</v>
       </c>
       <c r="K21" s="89">
         <f>+K18/K15</f>
-        <v>0.24861139632900131</v>
+        <v>0.23029564167271033</v>
       </c>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>102</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="B14:E14"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="L20" sqref="L20:L23"/>
+    <sheetView showGridLines="0" topLeftCell="A10" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="J24" sqref="J24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="C11" s="21"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="C12" s="21"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
-[...3 lines deleted...]
-      <c r="D13" s="154"/>
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="171"/>
+      <c r="B13" s="172"/>
+      <c r="C13" s="172"/>
+      <c r="D13" s="172"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
-[...3 lines deleted...]
-      <c r="D14" s="154"/>
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="171"/>
+      <c r="B14" s="172"/>
+      <c r="C14" s="172"/>
+      <c r="D14" s="172"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
-[...3 lines deleted...]
-      <c r="D15" s="154"/>
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="171"/>
+      <c r="B15" s="172"/>
+      <c r="C15" s="172"/>
+      <c r="D15" s="172"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A20" s="4"/>
-      <c r="B20" s="156" t="s">
+      <c r="B20" s="174" t="s">
         <v>48</v>
       </c>
-      <c r="C20" s="156"/>
-[...1 lines deleted...]
-      <c r="E20" s="156"/>
+      <c r="C20" s="174"/>
+      <c r="D20" s="174"/>
+      <c r="E20" s="174"/>
       <c r="F20" s="70"/>
       <c r="G20" s="71"/>
       <c r="H20" s="72">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I20" s="72">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J20" s="72">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K20" s="72">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L20" s="72">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="B21" s="98" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="98"/>
       <c r="D21" s="98"/>
       <c r="E21" s="98"/>
       <c r="F21" s="98"/>
       <c r="G21" s="98"/>
       <c r="H21" s="26">
-        <v>1133.5053632113654</v>
+        <v>1048.0808441650786</v>
       </c>
       <c r="I21" s="26">
-        <v>1048.0808441650786</v>
+        <v>1003.9993200637568</v>
       </c>
       <c r="J21" s="26">
-        <v>1003.9993200637568</v>
+        <v>1021.2432176039885</v>
       </c>
       <c r="K21" s="26">
-        <v>1021.2432176039885</v>
+        <v>1077.8842791539241</v>
       </c>
       <c r="L21" s="26">
-        <v>1077.8842791539241</v>
+        <v>1099.4627550504222</v>
       </c>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="B22" s="99" t="s">
         <v>57</v>
       </c>
       <c r="C22" s="99"/>
       <c r="D22" s="99"/>
       <c r="E22" s="99"/>
       <c r="F22" s="99"/>
       <c r="G22" s="99"/>
       <c r="H22" s="86">
-        <v>1282.4657164654002</v>
+        <v>1196.5610081494949</v>
       </c>
       <c r="I22" s="86">
-        <v>1196.5610081494949</v>
+        <v>1168.8844291182252</v>
       </c>
       <c r="J22" s="86">
-        <v>1168.8844291182252</v>
+        <v>1124.0847617450693</v>
       </c>
       <c r="K22" s="86">
-        <v>1124.0847617450693</v>
+        <v>1181.0969065762129</v>
       </c>
       <c r="L22" s="86">
-        <v>1181.0969065762129</v>
+        <v>1231.5055488968044</v>
       </c>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="4"/>
       <c r="B23" s="100" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="100"/>
       <c r="D23" s="100"/>
       <c r="E23" s="100"/>
       <c r="F23" s="100"/>
       <c r="G23" s="100"/>
       <c r="H23" s="87">
-        <v>199.86207254020292</v>
+        <v>276.92353404032929</v>
       </c>
       <c r="I23" s="87">
-        <v>276.92353404032929</v>
+        <v>296.51617918218301</v>
       </c>
       <c r="J23" s="87">
-        <v>296.51617918218301</v>
+        <v>351.90428078574951</v>
       </c>
       <c r="K23" s="87">
-        <v>351.90428078574951</v>
+        <v>305.45020618310969</v>
       </c>
       <c r="L23" s="87">
-        <v>305.45020618310969</v>
+        <v>384.50804822536861</v>
       </c>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A13:D13"/>
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="A15:D15"/>
     <mergeCell ref="B20:E20"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="L18" sqref="L18"/>
+    <sheetView showGridLines="0" topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="L17" sqref="L17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="8" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A16" s="4"/>
-      <c r="B16" s="155" t="s">
+      <c r="B16" s="173" t="s">
         <v>48</v>
       </c>
-      <c r="C16" s="155"/>
-[...1 lines deleted...]
-      <c r="E16" s="155"/>
+      <c r="C16" s="173"/>
+      <c r="D16" s="173"/>
+      <c r="E16" s="173"/>
       <c r="F16" s="24"/>
       <c r="H16" s="25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I16" s="25">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J16" s="25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="K16" s="25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="L16" s="25">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="B17" s="98" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="98"/>
       <c r="D17" s="98"/>
       <c r="E17" s="98"/>
       <c r="F17" s="98"/>
       <c r="G17" s="98"/>
       <c r="H17" s="147">
-        <v>1050.3526486800001</v>
+        <v>1082.8686054699999</v>
       </c>
       <c r="I17" s="147">
-        <v>1082.8686054699999</v>
+        <v>1500.6704069</v>
       </c>
       <c r="J17" s="147">
-        <v>1500.6704069</v>
+        <v>1781.7250238100003</v>
       </c>
       <c r="K17" s="147">
-        <v>1781.7250238100003</v>
+        <v>2377.9643886099998</v>
       </c>
       <c r="L17" s="147">
-        <v>2377.9643886099998</v>
+        <v>2572.82359705</v>
       </c>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="B18" s="101" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="101"/>
       <c r="D18" s="101"/>
       <c r="E18" s="101"/>
       <c r="F18" s="101"/>
       <c r="G18" s="101"/>
       <c r="H18" s="84">
         <f>'Vol. veículos transportados'!G18*'Distância média'!H21/1000</f>
-        <v>635.7355510000001</v>
+        <v>552.7421159999999</v>
       </c>
       <c r="I18" s="84">
         <f>'Vol. veículos transportados'!H18*'Distância média'!I21/1000</f>
-        <v>552.7421159999999</v>
-[...1 lines deleted...]
-      <c r="J18" s="84">
+        <v>587.68999800000006</v>
+      </c>
+      <c r="J18" s="102">
         <f>'Vol. veículos transportados'!I18*'Distância média'!J21/1000</f>
-        <v>587.68999800000006</v>
-[...2 lines deleted...]
-        <f>'Vol. veículos transportados'!J18*'Distância média'!K21/1000</f>
         <v>653.44757899999991</v>
       </c>
+      <c r="K18" s="84">
+        <v>767.293002</v>
+      </c>
       <c r="L18" s="84">
-        <v>767.293002</v>
+        <v>771.57327599999996</v>
       </c>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="4"/>
       <c r="B19" s="100" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="100"/>
       <c r="D19" s="100"/>
       <c r="E19" s="100"/>
       <c r="F19" s="100"/>
       <c r="G19" s="100"/>
       <c r="H19" s="85">
-        <f t="shared" ref="H19:K19" si="0">H17/H18</f>
-        <v>1.6521848542649771</v>
+        <f>H17/H18</f>
+        <v>1.9590846691877557</v>
       </c>
       <c r="I19" s="85">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-        <f t="shared" si="0"/>
+        <f>I17/I18</f>
         <v>2.5535068012166509</v>
       </c>
-      <c r="K19" s="103">
-        <f t="shared" si="0"/>
+      <c r="J19" s="103">
+        <f>J17/J18</f>
         <v>2.7266533400225521</v>
+      </c>
+      <c r="K19" s="85">
+        <f>+K17/K18</f>
+        <v>3.0991607930890521</v>
       </c>
       <c r="L19" s="85">
         <f>+L17/L18</f>
-        <v>3.0991607930890521</v>
+        <v>3.3345162113287086</v>
       </c>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B16:E16"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:XFC25"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="N3" sqref="N3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="20" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16384" max="16384" width="0.5703125" customWidth="1"/>
+    <col min="1" max="20" width="9.1796875" customWidth="1"/>
+    <col min="21" max="16383" width="9.1796875" hidden="1"/>
+    <col min="16384" max="16384" width="0.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1">
+    <row r="1" spans="1:20" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:20" ht="15" customHeight="1">
+    <row r="2" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="15" customHeight="1">
+    <row r="3" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4"/>
       <c r="T3" s="5"/>
     </row>
-    <row r="4" spans="1:20" ht="15" customHeight="1">
+    <row r="4" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="T4" s="5"/>
     </row>
-    <row r="5" spans="1:20" ht="15" customHeight="1">
+    <row r="5" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" ht="15" customHeight="1">
+    <row r="6" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="C6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" ht="15" customHeight="1">
+    <row r="7" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="C7" s="11"/>
       <c r="T7" s="5"/>
     </row>
-    <row r="8" spans="1:20" ht="15" customHeight="1">
+    <row r="8" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="C8" s="21"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" ht="15" customHeight="1">
+    <row r="9" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4"/>
       <c r="C9" s="21"/>
       <c r="T9" s="5"/>
     </row>
-    <row r="10" spans="1:20" ht="15" customHeight="1">
+    <row r="10" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4"/>
       <c r="C10" s="21"/>
       <c r="T10" s="5"/>
     </row>
-    <row r="11" spans="1:20" ht="15" customHeight="1">
+    <row r="11" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="T11" s="5"/>
     </row>
-    <row r="12" spans="1:20" ht="15" customHeight="1">
+    <row r="12" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="T12" s="5"/>
     </row>
-    <row r="13" spans="1:20" ht="15" customHeight="1">
+    <row r="13" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4"/>
       <c r="T13" s="5"/>
     </row>
-    <row r="14" spans="1:20" ht="15" customHeight="1">
+    <row r="14" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="T14" s="5"/>
     </row>
-    <row r="15" spans="1:20" ht="15" customHeight="1">
+    <row r="15" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4"/>
       <c r="T15" s="5"/>
     </row>
-    <row r="16" spans="1:20" ht="15" customHeight="1">
+    <row r="16" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4"/>
       <c r="T16" s="5"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1">
+    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="T17" s="5"/>
     </row>
-    <row r="18" spans="1:20" ht="15" customHeight="1">
+    <row r="18" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4"/>
       <c r="T18" s="5"/>
     </row>
-    <row r="19" spans="1:20" ht="15" customHeight="1">
+    <row r="19" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4"/>
       <c r="T19" s="5"/>
     </row>
-    <row r="20" spans="1:20" ht="15" customHeight="1">
+    <row r="20" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4"/>
       <c r="T20" s="5"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1">
+    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="T21" s="5"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1">
+    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4"/>
       <c r="T22" s="5"/>
     </row>
-    <row r="23" spans="1:20" ht="15" customHeight="1">
+    <row r="23" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4"/>
       <c r="T23" s="5"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1">
+    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4"/>
       <c r="T24" s="5"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1">
+    <row r="25" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="23" t="s">
         <v>105</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Restrito</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="48e0a426-e65c-4014-aea4-d04bb802e535" origin="userSelected"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7952D701-B5C1-44FF-92A8-7841B05D425A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
@@ -38205,27 +37007,51 @@
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ian Nunes Costa e Costa</dc:creator>
   <cp:keywords>b-class-0</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="docIndexRef">
     <vt:lpwstr>9350456f-ecf6-46e4-aaa6-5626eb22a630</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="bjDocumentSecurityLabel">
     <vt:lpwstr>Documento Não Classificado</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="bjSaver">
     <vt:lpwstr>nWkPXJCnkPVii/vL807qEvmv5sG3plNV</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="bjClsUserRVM">
     <vt:lpwstr>[]</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_251f2f31-8cf1-4fa8-9c87-e75b15e7f4b0_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_251f2f31-8cf1-4fa8-9c87-e75b15e7f4b0_SetDate">
+    <vt:lpwstr>2026-03-13T17:50:06Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_251f2f31-8cf1-4fa8-9c87-e75b15e7f4b0_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_251f2f31-8cf1-4fa8-9c87-e75b15e7f4b0_Name">
+    <vt:lpwstr>Restrito</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_251f2f31-8cf1-4fa8-9c87-e75b15e7f4b0_SiteId">
+    <vt:lpwstr>c2286486-94a4-43c1-93a3-f5ac60a90b4e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_251f2f31-8cf1-4fa8-9c87-e75b15e7f4b0_ActionId">
+    <vt:lpwstr>993a0795-ad64-4103-825c-fb4af289f96d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_251f2f31-8cf1-4fa8-9c87-e75b15e7f4b0_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_251f2f31-8cf1-4fa8-9c87-e75b15e7f4b0_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>