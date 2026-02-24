--- v0 (2025-12-21)
+++ v1 (2026-02-24)
@@ -15,60 +15,60 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr showInkAnnotation="0" autoCompressPictures="0" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\RELACAO COM INVESTIDORES\3. Divulgação de resultados\2026.2T\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92BC9186-C808-450A-953C-1DA485D0D21B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D115D608-469E-484E-BFEC-9FF7A1548384}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="674" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="1620" windowWidth="29040" windowHeight="15720" tabRatio="674" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="9" r:id="rId1"/>
     <sheet name="Statement financial position" sheetId="2" r:id="rId2"/>
     <sheet name="Statement of income" sheetId="3" r:id="rId3"/>
     <sheet name="Statement of cash flow" sheetId="4" r:id="rId4"/>
     <sheet name="Net debt cash flow" sheetId="5" r:id="rId5"/>
     <sheet name="Debt" sheetId="6" r:id="rId6"/>
     <sheet name="Operational data" sheetId="7" r:id="rId7"/>
     <sheet name="Capex" sheetId="8" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -11153,76 +11153,76 @@
       <c r="G67" s="18"/>
       <c r="H67" s="18"/>
       <c r="I67" s="18"/>
       <c r="J67" s="18"/>
       <c r="K67" s="18"/>
       <c r="L67" s="18"/>
       <c r="M67" s="18"/>
       <c r="N67" s="18"/>
       <c r="O67" s="18"/>
       <c r="P67" s="18"/>
       <c r="Q67" s="18"/>
       <c r="R67" s="18"/>
       <c r="S67" s="18"/>
       <c r="T67" s="18"/>
       <c r="U67" s="18"/>
       <c r="V67" s="18"/>
       <c r="W67" s="18"/>
       <c r="X67" s="18"/>
       <c r="Y67" s="19"/>
       <c r="Z67" s="19"/>
       <c r="AA67" s="19"/>
     </row>
     <row r="68" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="26">
-    <mergeCell ref="C5:C6"/>
-[...3 lines deleted...]
-    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
+    <mergeCell ref="T2:AA3"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="U5:U6"/>
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="R5:R6"/>
     <mergeCell ref="S5:S6"/>
     <mergeCell ref="T5:T6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="I5:I6"/>
-    <mergeCell ref="Y5:Y6"/>
-[...6 lines deleted...]
-    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FF1B7754"/>
   </sheetPr>
   <dimension ref="B1:AF49"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.08984375" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.6328125" customWidth="1"/>
     <col min="3" max="25" width="10.90625" customWidth="1"/>
     <col min="26" max="32" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:32" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:32" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -13660,81 +13660,81 @@
       </c>
       <c r="AF31" s="28">
         <v>0.27700000000000002</v>
       </c>
     </row>
     <row r="32" spans="2:32" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="31">
-    <mergeCell ref="C5:C6"/>
-[...3 lines deleted...]
-    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="AC5:AC6"/>
+    <mergeCell ref="AD5:AD6"/>
+    <mergeCell ref="AE5:AE6"/>
+    <mergeCell ref="AF5:AF6"/>
+    <mergeCell ref="Y2:AF3"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
+    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="Q5:Q6"/>
+    <mergeCell ref="R5:R6"/>
+    <mergeCell ref="S5:S6"/>
+    <mergeCell ref="T5:T6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="I5:I6"/>
-    <mergeCell ref="X5:X6"/>
-[...15 lines deleted...]
-    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF1B7754"/>
   </sheetPr>
   <dimension ref="B1:BE142"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.08984375" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.6328125" customWidth="1"/>
     <col min="3" max="14" width="10.90625" customWidth="1"/>
     <col min="15" max="15" width="11.6328125" customWidth="1"/>
     <col min="16" max="16" width="12.08984375" customWidth="1"/>
     <col min="17" max="17" width="12" customWidth="1"/>
     <col min="18" max="21" width="10.90625" customWidth="1"/>
     <col min="22" max="23" width="11" customWidth="1"/>
@@ -15481,63 +15481,179 @@
         <v>370719</v>
       </c>
       <c r="AZ16" s="5">
         <v>76344</v>
       </c>
       <c r="BA16" s="5">
         <v>278733</v>
       </c>
       <c r="BB16" s="5">
         <v>442170</v>
       </c>
       <c r="BC16" s="5">
         <v>247097</v>
       </c>
       <c r="BD16" s="5">
         <v>714479</v>
       </c>
       <c r="BE16" s="5">
         <v>-1475478</v>
       </c>
     </row>
     <row r="17" spans="2:57" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="26" t="s">
         <v>137</v>
       </c>
+      <c r="C17" s="5">
+        <v>0</v>
+      </c>
+      <c r="D17" s="5">
+        <v>0</v>
+      </c>
+      <c r="E17" s="5">
+        <v>0</v>
+      </c>
+      <c r="F17" s="5">
+        <v>0</v>
+      </c>
+      <c r="G17" s="5">
+        <v>0</v>
+      </c>
+      <c r="H17" s="5">
+        <v>0</v>
+      </c>
+      <c r="I17" s="5">
+        <v>0</v>
+      </c>
+      <c r="J17" s="5">
+        <v>0</v>
+      </c>
+      <c r="K17" s="5">
+        <v>0</v>
+      </c>
+      <c r="L17" s="5">
+        <v>0</v>
+      </c>
+      <c r="M17" s="5">
+        <v>0</v>
+      </c>
+      <c r="N17" s="5">
+        <v>0</v>
+      </c>
+      <c r="O17" s="5">
+        <v>0</v>
+      </c>
+      <c r="P17" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="5">
+        <v>0</v>
+      </c>
+      <c r="R17" s="5">
+        <v>0</v>
+      </c>
+      <c r="S17" s="5">
+        <v>0</v>
+      </c>
+      <c r="T17" s="5">
+        <v>0</v>
+      </c>
+      <c r="U17" s="5">
+        <v>0</v>
+      </c>
+      <c r="V17" s="5">
+        <v>0</v>
+      </c>
+      <c r="W17" s="5">
+        <v>0</v>
+      </c>
       <c r="X17" s="5">
         <v>-104194</v>
       </c>
       <c r="Y17" s="5">
         <v>0</v>
       </c>
       <c r="Z17" s="5">
         <v>-6868</v>
       </c>
       <c r="AA17" s="5">
         <v>-8115</v>
       </c>
-      <c r="AT17" s="30"/>
+      <c r="AC17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AD17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AE17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AF17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AG17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AH17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AI17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AJ17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AK17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AL17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AM17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AN17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AO17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AP17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AQ17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AR17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AS17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AT17" s="5">
+        <v>0</v>
+      </c>
       <c r="AU17" s="5">
         <v>-104194</v>
       </c>
       <c r="AV17" s="5">
         <v>104194</v>
       </c>
       <c r="AW17" s="5">
         <v>-6868</v>
       </c>
       <c r="AX17" s="5">
         <v>-1247</v>
       </c>
       <c r="AZ17" s="5">
         <v>0</v>
       </c>
       <c r="BA17" s="5">
         <v>0</v>
       </c>
       <c r="BB17" s="5">
         <v>0</v>
       </c>
       <c r="BC17" s="5">
         <v>0</v>
       </c>
       <c r="BD17" s="5">
@@ -20971,50 +21087,53 @@
       <c r="AX52" s="5">
         <v>0</v>
       </c>
       <c r="AZ52" s="5">
         <v>-9918</v>
       </c>
       <c r="BA52" s="5">
         <v>14660</v>
       </c>
       <c r="BB52" s="5">
         <v>-7466</v>
       </c>
       <c r="BC52" s="5">
         <v>2724</v>
       </c>
       <c r="BD52" s="5">
         <v>0</v>
       </c>
       <c r="BE52" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:57" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="26" t="s">
         <v>168</v>
+      </c>
+      <c r="C53" s="5">
+        <v>0</v>
       </c>
       <c r="D53" s="5">
         <v>0</v>
       </c>
       <c r="E53" s="5">
         <v>0</v>
       </c>
       <c r="F53" s="5">
         <v>0</v>
       </c>
       <c r="G53" s="5">
         <v>-77</v>
       </c>
       <c r="H53" s="5">
         <v>-79</v>
       </c>
       <c r="I53" s="5">
         <v>0</v>
       </c>
       <c r="J53" s="5">
         <v>0</v>
       </c>
       <c r="K53" s="5">
         <v>0</v>
       </c>
@@ -23624,104 +23743,104 @@
     <row r="120" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="121" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="122" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="123" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="124" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="125" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="126" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="127" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="54">
-    <mergeCell ref="C5:C6"/>
-[...36 lines deleted...]
-    <mergeCell ref="AO5:AO6"/>
     <mergeCell ref="BD5:BD6"/>
     <mergeCell ref="BE5:BE6"/>
     <mergeCell ref="T2:AA3"/>
     <mergeCell ref="AX5:AX6"/>
     <mergeCell ref="AZ5:AZ6"/>
     <mergeCell ref="BA5:BA6"/>
     <mergeCell ref="BB5:BB6"/>
     <mergeCell ref="BC5:BC6"/>
     <mergeCell ref="AJ5:AJ6"/>
     <mergeCell ref="AI5:AI6"/>
     <mergeCell ref="AH5:AH6"/>
     <mergeCell ref="AW5:AW6"/>
     <mergeCell ref="AV5:AV6"/>
     <mergeCell ref="AU5:AU6"/>
     <mergeCell ref="AT5:AT6"/>
     <mergeCell ref="AP5:AP6"/>
+    <mergeCell ref="AQ5:AQ6"/>
+    <mergeCell ref="AR5:AR6"/>
+    <mergeCell ref="AS5:AS6"/>
+    <mergeCell ref="AL5:AL6"/>
+    <mergeCell ref="AM5:AM6"/>
+    <mergeCell ref="AN5:AN6"/>
+    <mergeCell ref="AO5:AO6"/>
+    <mergeCell ref="AK5:AK6"/>
+    <mergeCell ref="AC5:AC6"/>
+    <mergeCell ref="AD5:AD6"/>
+    <mergeCell ref="AE5:AE6"/>
+    <mergeCell ref="AF5:AF6"/>
+    <mergeCell ref="AG5:AG6"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="Q5:Q6"/>
+    <mergeCell ref="R5:R6"/>
+    <mergeCell ref="S5:S6"/>
+    <mergeCell ref="T5:T6"/>
+    <mergeCell ref="H5:H6"/>
+    <mergeCell ref="M5:M6"/>
+    <mergeCell ref="N5:N6"/>
+    <mergeCell ref="O5:O6"/>
+    <mergeCell ref="P5:P6"/>
+    <mergeCell ref="L5:L6"/>
+    <mergeCell ref="K5:K6"/>
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="I5:I6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF1B7754"/>
   </sheetPr>
   <dimension ref="B1:BF45"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.08984375" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.6328125" customWidth="1"/>
     <col min="3" max="25" width="10.90625" customWidth="1"/>
     <col min="26" max="28" width="11" customWidth="1"/>
     <col min="29" max="32" width="10.90625" customWidth="1"/>
     <col min="33" max="33" width="21.90625" customWidth="1"/>
     <col min="34" max="52" width="10.90625" customWidth="1"/>
     <col min="53" max="58" width="11" customWidth="1"/>
@@ -26201,106 +26320,106 @@
     </row>
     <row r="24" spans="2:58" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="2:58" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="2:58" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="2:58" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="2:58" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="2:58" ht="16.649999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="2:58" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="2:58" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="2:58" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="56">
-    <mergeCell ref="C5:C6"/>
-[...38 lines deleted...]
-    <mergeCell ref="AO5:AO6"/>
     <mergeCell ref="BC5:BC6"/>
     <mergeCell ref="BD5:BD6"/>
     <mergeCell ref="BE5:BE6"/>
     <mergeCell ref="BF5:BF6"/>
     <mergeCell ref="Y2:AF3"/>
     <mergeCell ref="AX5:AX6"/>
     <mergeCell ref="AY5:AY6"/>
     <mergeCell ref="AZ5:AZ6"/>
     <mergeCell ref="BA5:BA6"/>
     <mergeCell ref="BB5:BB6"/>
     <mergeCell ref="AW5:AW6"/>
     <mergeCell ref="AV5:AV6"/>
     <mergeCell ref="AU5:AU6"/>
     <mergeCell ref="AT5:AT6"/>
     <mergeCell ref="AP5:AP6"/>
     <mergeCell ref="AQ5:AQ6"/>
+    <mergeCell ref="AR5:AR6"/>
+    <mergeCell ref="AS5:AS6"/>
+    <mergeCell ref="AM5:AM6"/>
+    <mergeCell ref="AN5:AN6"/>
+    <mergeCell ref="AO5:AO6"/>
+    <mergeCell ref="AL5:AL6"/>
+    <mergeCell ref="AI5:AI6"/>
+    <mergeCell ref="AH5:AH6"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
+    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="AK5:AK6"/>
+    <mergeCell ref="AJ5:AJ6"/>
+    <mergeCell ref="AC5:AC6"/>
+    <mergeCell ref="AD5:AD6"/>
+    <mergeCell ref="AE5:AE6"/>
+    <mergeCell ref="AF5:AF6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="Q5:Q6"/>
+    <mergeCell ref="R5:R6"/>
+    <mergeCell ref="S5:S6"/>
+    <mergeCell ref="T5:T6"/>
+    <mergeCell ref="H5:H6"/>
+    <mergeCell ref="M5:M6"/>
+    <mergeCell ref="N5:N6"/>
+    <mergeCell ref="O5:O6"/>
+    <mergeCell ref="P5:P6"/>
+    <mergeCell ref="L5:L6"/>
+    <mergeCell ref="K5:K6"/>
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="I5:I6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FF1B7754"/>
   </sheetPr>
   <dimension ref="B1:AA48"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.08984375" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.6328125" customWidth="1"/>
     <col min="3" max="5" width="11.1796875" customWidth="1"/>
     <col min="6" max="6" width="11.453125" customWidth="1"/>
     <col min="7" max="21" width="11.1796875" customWidth="1"/>
     <col min="22" max="27" width="11" customWidth="1"/>
   </cols>
   <sheetData>
@@ -28448,76 +28567,76 @@
       </c>
     </row>
     <row r="40" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="108" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="41" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="108" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="42" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="108" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="43" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" spans="2:27" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" spans="2:27" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="26">
-    <mergeCell ref="C5:C6"/>
-[...3 lines deleted...]
-    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
+    <mergeCell ref="T2:AA3"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="U5:U6"/>
     <mergeCell ref="Q5:Q6"/>
     <mergeCell ref="R5:R6"/>
     <mergeCell ref="S5:S6"/>
     <mergeCell ref="T5:T6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="I5:I6"/>
-    <mergeCell ref="Y5:Y6"/>
-[...6 lines deleted...]
-    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor rgb="FF1B7754"/>
   </sheetPr>
   <dimension ref="B1:AH164"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.08984375" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.6328125" customWidth="1"/>
     <col min="3" max="32" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:32" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:32" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="Y2" s="111" t="s">
@@ -41614,81 +41733,81 @@
       <c r="AF159" s="91">
         <v>1.494</v>
       </c>
     </row>
     <row r="160" spans="2:32" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="161" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B161" s="108" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="162" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B162" s="108" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="163" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B163" s="108" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="164" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B164" s="109"/>
     </row>
   </sheetData>
   <mergeCells count="31">
-    <mergeCell ref="C5:C6"/>
-[...3 lines deleted...]
-    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="AC5:AC6"/>
+    <mergeCell ref="AD5:AD6"/>
+    <mergeCell ref="AE5:AE6"/>
+    <mergeCell ref="AF5:AF6"/>
+    <mergeCell ref="Y2:AF3"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
+    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="Q5:Q6"/>
+    <mergeCell ref="R5:R6"/>
+    <mergeCell ref="S5:S6"/>
+    <mergeCell ref="T5:T6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="I5:I6"/>
-    <mergeCell ref="X5:X6"/>
-[...15 lines deleted...]
-    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor rgb="FF1B7754"/>
   </sheetPr>
   <dimension ref="A1:AF51"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.08984375" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.08984375" customWidth="1"/>
     <col min="2" max="2" width="55.6328125" customWidth="1"/>
     <col min="3" max="32" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="15.75" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A1" s="101"/>
     </row>
@@ -42760,81 +42879,81 @@
     <row r="29" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="49" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="51" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="31">
-    <mergeCell ref="C5:C6"/>
-[...3 lines deleted...]
-    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="AC5:AC6"/>
+    <mergeCell ref="AD5:AD6"/>
+    <mergeCell ref="AE5:AE6"/>
+    <mergeCell ref="AF5:AF6"/>
+    <mergeCell ref="Y2:AF3"/>
+    <mergeCell ref="Y5:Y6"/>
+    <mergeCell ref="Z5:Z6"/>
+    <mergeCell ref="AA5:AA6"/>
+    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="X5:X6"/>
+    <mergeCell ref="W5:W6"/>
+    <mergeCell ref="V5:V6"/>
+    <mergeCell ref="U5:U6"/>
+    <mergeCell ref="Q5:Q6"/>
+    <mergeCell ref="R5:R6"/>
+    <mergeCell ref="S5:S6"/>
+    <mergeCell ref="T5:T6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="I5:I6"/>
-    <mergeCell ref="X5:X6"/>
-[...15 lines deleted...]
-    <mergeCell ref="AB5:AB6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="G5:G6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Results</vt:lpstr>
       <vt:lpstr>Statement financial position</vt:lpstr>