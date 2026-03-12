--- v0 (2025-11-02)
+++ v1 (2026-03-12)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iconectados.sharepoint.com/sites/DivulgaodeResultado/Documentos Compartilhados/2T25/DOCUMENTOS/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iconectados.sharepoint.com/sites/SitedeRelaescomInvestidores/Documentos Compartilhados/SITE NOVO MZ_JULHO22/Evidências Publicações/IUH/2026/Fevereiro/Fato Relevante - JCP/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{87CAABA8-57BF-494F-B0FC-BA2C29164E1D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{05FA6C48-91B1-42DC-9FAC-F09820CA833A}"/>
+  <xr:revisionPtr revIDLastSave="24" documentId="8_{724A173D-71D2-4AA9-9F1C-2FA817333FFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1160A463-3D6E-43D7-9779-4064D50AB436}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" tabRatio="821" xr2:uid="{29FA6D30-540D-40C9-AE62-538A992CE1ED}"/>
+    <workbookView xWindow="12270" yWindow="-13800" windowWidth="22950" windowHeight="12465" tabRatio="821" xr2:uid="{29FA6D30-540D-40C9-AE62-538A992CE1ED}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024 e 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="2025 e 2026" sheetId="1" r:id="rId1"/>
     <sheet name="Histórico de dividendos e JCP" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="\a" localSheetId="0">#REF!</definedName>
     <definedName name="\a" localSheetId="1">#REF!</definedName>
     <definedName name="\a">#REF!</definedName>
     <definedName name="_Key1" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_Key1" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Key1" hidden="1">#REF!</definedName>
     <definedName name="_Key2" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_Key2" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Key2" hidden="1">#REF!</definedName>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
     <definedName name="_Regression_Int" hidden="1">1</definedName>
     <definedName name="_Sort" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_Sort" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Sort" hidden="1">#REF!</definedName>
     <definedName name="a" localSheetId="0" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
     <definedName name="a" localSheetId="1" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
     <definedName name="a" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
@@ -278,95 +278,89 @@
     <definedName name="wrn1.output" hidden="1">{"assumptions and inputs",#N/A,FALSE,"valuation";"intermediate calculations",#N/A,FALSE,"valuation";"dollar conversion",#N/A,FALSE,"valuation";"analysis at various prices",#N/A,FALSE,"valuation"}</definedName>
     <definedName name="x" localSheetId="0" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
     <definedName name="x" localSheetId="1" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
     <definedName name="x" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="K17" i="1" l="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1127" uniqueCount="535">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1244" uniqueCount="615">
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Competência do Exercício</t>
   </si>
   <si>
     <t>Posição Acionária</t>
   </si>
   <si>
-    <t>Data "ex" Brasil</t>
-[...1 lines deleted...]
-  <si>
     <t>Data do Pagamento</t>
   </si>
   <si>
     <t>Tipo de evento</t>
   </si>
   <si>
     <t xml:space="preserve">PAGAMENTO (R$ por ação) </t>
   </si>
   <si>
     <t>Total Líquido por Ação</t>
   </si>
   <si>
-    <t>Nominal</t>
-[...1 lines deleted...]
-  <si>
     <t>Líquido</t>
   </si>
   <si>
     <t>Dividendos</t>
   </si>
   <si>
     <t>17.02.2025</t>
   </si>
   <si>
-    <t>18.02.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>07.03.2025</t>
   </si>
   <si>
     <t>JCP</t>
   </si>
   <si>
     <t>Janeiro</t>
   </si>
   <si>
     <t>30.12.2024</t>
   </si>
   <si>
     <t>02.01.2025</t>
   </si>
   <si>
     <t>03.02.2025</t>
   </si>
   <si>
     <t>Fevereiro</t>
   </si>
   <si>
     <t>31.01.2025</t>
   </si>
   <si>
     <t>06.03.2025</t>
@@ -446,129 +440,111 @@
   <si>
     <t>03.11.2025</t>
   </si>
   <si>
     <t>Novembro</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>01.12.2025</t>
   </si>
   <si>
     <t>Dezembro</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>02.01.2026</t>
   </si>
   <si>
     <t>09.12.2024</t>
   </si>
   <si>
-    <t>10.12.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>19.09.2024</t>
   </si>
   <si>
-    <t>20.09.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>20.06.2024</t>
   </si>
   <si>
-    <t>21.06.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>30.08.2024</t>
   </si>
   <si>
     <t>21.03.2024</t>
   </si>
   <si>
-    <t>22.03.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>28.12.2023</t>
   </si>
   <si>
     <t>02.01.2024</t>
   </si>
   <si>
     <t>01.02.2024</t>
   </si>
   <si>
     <t>31.01.2024</t>
   </si>
   <si>
     <t>01.03.2024</t>
   </si>
   <si>
     <t>29.02.2024</t>
   </si>
   <si>
     <t>01.04.2024</t>
   </si>
   <si>
     <t>28.03.2024</t>
   </si>
   <si>
     <t>02.05.2024</t>
   </si>
   <si>
     <t>30.04.2024</t>
   </si>
   <si>
-    <t>01.05.2024</t>
-[...1 lines deleted...]
-  <si>
     <t>03.06.2024</t>
   </si>
   <si>
     <t>31.05.2024</t>
   </si>
   <si>
     <t>01.07.2024</t>
   </si>
   <si>
     <t>28.06.2024</t>
   </si>
   <si>
     <t>01.08.2024</t>
   </si>
   <si>
     <t>31.07.2024</t>
   </si>
   <si>
     <t>02.09.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>03.09.2024</t>
   </si>
   <si>
     <t>01.10.2024</t>
   </si>
   <si>
     <t>30.09.2024</t>
   </si>
   <si>
     <t>01.11.2024</t>
   </si>
   <si>
     <t>31.10.2024</t>
   </si>
   <si>
     <t>02.12.2024</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>Histórico de Dividendos e Juros sobre o Capital Próprio (JCP)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">PAGAMENTO (R$ por ação) </t>
@@ -836,53 +812,50 @@
   <si>
     <t>03.05.2021</t>
   </si>
   <si>
     <t>25.03.2021</t>
   </si>
   <si>
     <t>26.02.2021</t>
   </si>
   <si>
     <t>01.04.2021</t>
   </si>
   <si>
     <t>29.01.2021</t>
   </si>
   <si>
     <t>01.03.2021</t>
   </si>
   <si>
     <t>30.12.2020</t>
   </si>
   <si>
     <t>01.02.2021</t>
   </si>
   <si>
-    <t>Dividendos ou juros sobre o capital próprio - JCP</t>
-[...1 lines deleted...]
-  <si>
     <t>25.02.2021</t>
   </si>
   <si>
     <t>12.03.2021</t>
   </si>
   <si>
     <t>22.01.2021</t>
   </si>
   <si>
     <t>10.12.2020</t>
   </si>
   <si>
     <t>30.11.2020</t>
   </si>
   <si>
     <t>04.01.2021</t>
   </si>
   <si>
     <t>30.10.2020</t>
   </si>
   <si>
     <t>01.12.2020</t>
   </si>
   <si>
     <t>30.09.2020</t>
@@ -1941,62 +1914,338 @@
       </rPr>
       <t>(**)</t>
     </r>
   </si>
   <si>
     <t>(*) Valores não ajustados por Bonificação/Grupamento/Desdobramento</t>
   </si>
   <si>
     <t>(**) Conforme aviso aos acionistas publicado em 19 de março de 2009, a data de pagamento desses proventos aos acionistas do Unibanco e Unibanco Holdings foi definida para 8 de abril de 2009.</t>
   </si>
   <si>
     <t>09.06.2025</t>
   </si>
   <si>
     <t>10.06.2025</t>
   </si>
   <si>
     <t>18.08.2025</t>
   </si>
   <si>
     <t>19.08.2025</t>
   </si>
   <si>
     <t xml:space="preserve"> 29.08.2025</t>
   </si>
+  <si>
+    <t>09.12.2025</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
+    <t>19.12.2025</t>
+  </si>
+  <si>
+    <t>30.11.2026</t>
+  </si>
+  <si>
+    <t>30.10.2026</t>
+  </si>
+  <si>
+    <t>30.09.2026</t>
+  </si>
+  <si>
+    <t>31.08.2026</t>
+  </si>
+  <si>
+    <t>31.07.2026</t>
+  </si>
+  <si>
+    <t>30.06.2026</t>
+  </si>
+  <si>
+    <t>29.05.2026</t>
+  </si>
+  <si>
+    <t>30.04.2026</t>
+  </si>
+  <si>
+    <t>31.03.2026</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>30.12.2025</t>
+  </si>
+  <si>
+    <t>02.02.2026</t>
+  </si>
+  <si>
+    <t>02.03.2026</t>
+  </si>
+  <si>
+    <t>01.04.2026</t>
+  </si>
+  <si>
+    <t>04.05.2026</t>
+  </si>
+  <si>
+    <t>01.06.2026</t>
+  </si>
+  <si>
+    <t>01.07.2026</t>
+  </si>
+  <si>
+    <t>03.08.2026</t>
+  </si>
+  <si>
+    <t>01.09.2026</t>
+  </si>
+  <si>
+    <t>01.10.2026</t>
+  </si>
+  <si>
+    <t>03.11.2026</t>
+  </si>
+  <si>
+    <t>01.12.2026</t>
+  </si>
+  <si>
+    <t>04.01.2027</t>
+  </si>
+  <si>
+    <t>Histórico de Dividendos e Juros sobre o Capital Próprio (JCP): 2025 e 2026</t>
+  </si>
+  <si>
+    <t>Posição Acionária Brasil</t>
+  </si>
+  <si>
+    <t>Posição Acionária EUA</t>
+  </si>
+  <si>
+    <t>Data do Pagamento
+Brasil</t>
+  </si>
+  <si>
+    <t>Data do Pagamento
+EUA</t>
+  </si>
+  <si>
+    <t>05.01.2026</t>
+  </si>
+  <si>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>09.03.2026</t>
+  </si>
+  <si>
+    <t>03.03.2026</t>
+  </si>
+  <si>
+    <t>09.04.2026</t>
+  </si>
+  <si>
+    <t>02.04.2026</t>
+  </si>
+  <si>
+    <t>11.05.2026</t>
+  </si>
+  <si>
+    <t>02.06.2026</t>
+  </si>
+  <si>
+    <t>05.05.2026</t>
+  </si>
+  <si>
+    <t>08.06.2026</t>
+  </si>
+  <si>
+    <t>09.07.2026</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>20.08.2025</t>
+  </si>
+  <si>
+    <t>08.09.2025</t>
+  </si>
+  <si>
+    <t>11.06.2025</t>
+  </si>
+  <si>
+    <t>Data "ex" 
+Brasil</t>
+  </si>
+  <si>
+    <t>02.09.2025</t>
+  </si>
+  <si>
+    <t>10.11.2025</t>
+  </si>
+  <si>
+    <t>02.10.2025</t>
+  </si>
+  <si>
+    <t>08.10.2025</t>
+  </si>
+  <si>
+    <t>04.11.2025</t>
+  </si>
+  <si>
+    <t>08.12.2025</t>
+  </si>
+  <si>
+    <t>04.08.2025</t>
+  </si>
+  <si>
+    <t>02.07.2025</t>
+  </si>
+  <si>
+    <t>08.08.2025</t>
+  </si>
+  <si>
+    <t>03.06.2025</t>
+  </si>
+  <si>
+    <t>09.07.2025</t>
+  </si>
+  <si>
+    <t>05.05.2025</t>
+  </si>
+  <si>
+    <t>02.12.2025</t>
+  </si>
+  <si>
+    <t>09.01.2026</t>
+  </si>
+  <si>
+    <t>02.04.2025</t>
+  </si>
+  <si>
+    <t>09.05.2025</t>
+  </si>
+  <si>
+    <t>04.03.2025</t>
+  </si>
+  <si>
+    <t>08.04.2025</t>
+  </si>
+  <si>
+    <t>04.02.2025</t>
+  </si>
+  <si>
+    <t>13.03.2025</t>
+  </si>
+  <si>
+    <t>10.02.2025</t>
+  </si>
+  <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
+    <t>04.08.2026</t>
+  </si>
+  <si>
+    <t>02.09.2026</t>
+  </si>
+  <si>
+    <t>02.10.2026</t>
+  </si>
+  <si>
+    <t>04.11.2026</t>
+  </si>
+  <si>
+    <t>02.12.2026</t>
+  </si>
+  <si>
+    <t>10.08.2026</t>
+  </si>
+  <si>
+    <t>08.09.2026</t>
+  </si>
+  <si>
+    <t>08.10.2026</t>
+  </si>
+  <si>
+    <t>10.11.2026</t>
+  </si>
+  <si>
+    <t>08.12.2026</t>
+  </si>
+  <si>
+    <t>11.01.2027</t>
+  </si>
+  <si>
+    <t>06.03.2026</t>
+  </si>
+  <si>
+    <t>13.03.2026</t>
+  </si>
+  <si>
+    <t>19.03.2026</t>
+  </si>
+  <si>
+    <t>20.03.2026</t>
+  </si>
+  <si>
+    <t>23.03.2026</t>
+  </si>
+  <si>
+    <t>até 31.08.2026</t>
+  </si>
+  <si>
+    <t>até 07.09.2026</t>
+  </si>
+  <si>
+    <t>Bruto</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.00000"/>
     <numFmt numFmtId="166" formatCode="0.000000"/>
     <numFmt numFmtId="167" formatCode="0.0000000"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2029,103 +2278,95 @@
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0075C9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="55">
+  <borders count="58">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
@@ -2158,76 +2399,50 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...24 lines deleted...]
-    <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -2753,677 +2968,781 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="203">
+  <cellXfs count="216">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="6" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="4" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...89 lines deleted...]
-    <xf numFmtId="14" fontId="7" fillId="6" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="4" fillId="5" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="5" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="5" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="4" fillId="5" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="4" fillId="5" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="4" fillId="5" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="4" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="4" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="4" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="4" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="14" fontId="4" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="4" fillId="4" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="14" fontId="4" fillId="4" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="4" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...224 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="4" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="4" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...49 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="166" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="8" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="8" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="8" fillId="4" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="8" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="8" fillId="4" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...48 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Relat&#243;rio%20de%20Infla&#231;&#227;o/2010/1mar&#231;o/Dimob/Graficos%20enviados/Cap%203.2%20Gr&#225;f%20-%20Emiss&#245;es%20prim&#225;rias%20no%20mercado%20de%20capitais%20XXXXXX.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Dimob/Nota%20para%20imprensa/Para%20a%20COPIN/2012/08/Notimp2.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="dados"/>
       <sheetName val="Relat Inf 0009 - graf"/>
       <sheetName val="Base"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
@@ -3546,54 +3865,50 @@
       <sheetData sheetId="43" refreshError="1"/>
       <sheetData sheetId="44" refreshError="1"/>
       <sheetData sheetId="45" refreshError="1"/>
       <sheetData sheetId="46" refreshError="1"/>
       <sheetData sheetId="47" refreshError="1"/>
       <sheetData sheetId="48" refreshError="1"/>
       <sheetData sheetId="49" refreshError="1"/>
       <sheetData sheetId="50" refreshError="1"/>
       <sheetData sheetId="51" refreshError="1"/>
       <sheetData sheetId="52" refreshError="1"/>
       <sheetData sheetId="53" refreshError="1"/>
       <sheetData sheetId="54" refreshError="1"/>
       <sheetData sheetId="55" refreshError="1"/>
       <sheetData sheetId="56" refreshError="1"/>
       <sheetData sheetId="57" refreshError="1"/>
       <sheetData sheetId="58" refreshError="1"/>
       <sheetData sheetId="59" refreshError="1"/>
       <sheetData sheetId="60" refreshError="1"/>
       <sheetData sheetId="61" refreshError="1"/>
       <sheetData sheetId="62" refreshError="1"/>
       <sheetData sheetId="63" refreshError="1"/>
       <sheetData sheetId="64" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3861,6554 +4176,7054 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E15D45B2-B998-4D16-809C-48257E840847}">
   <sheetPr>
     <tabColor rgb="FF0075C9"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J35"/>
+  <dimension ref="A1:K34"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="49" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="106" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="C4" sqref="C4"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.44140625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.21875" style="6" customWidth="1"/>
-    <col min="2" max="2" width="51.5546875" style="6" customWidth="1"/>
+    <col min="2" max="2" width="36.21875" style="6" customWidth="1"/>
     <col min="3" max="3" width="17.5546875" style="105" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="17.5546875" style="105" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="8" max="8" width="13.21875" style="6" customWidth="1"/>
+    <col min="4" max="5" width="17.5546875" style="105" customWidth="1"/>
+    <col min="6" max="6" width="19.21875" style="6" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="19.21875" style="6" customWidth="1"/>
     <col min="9" max="9" width="12.77734375" style="6" customWidth="1"/>
-    <col min="10" max="16384" width="11.44140625" style="6"/>
+    <col min="10" max="10" width="13.21875" style="6" customWidth="1"/>
+    <col min="11" max="11" width="12.77734375" style="6" customWidth="1"/>
+    <col min="12" max="16384" width="11.44140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>0</v>
+    <row r="1" spans="1:11" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="132" t="s">
+        <v>551</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
-      <c r="F1" s="3"/>
-[...5 lines deleted...]
-      <c r="A2" s="155" t="s">
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="3"/>
+      <c r="I1" s="3"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="5"/>
+    </row>
+    <row r="2" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="158" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="152" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="144" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="145" t="s">
+      <c r="C2" s="160" t="s">
+        <v>552</v>
+      </c>
+      <c r="D2" s="156" t="s">
+        <v>573</v>
+      </c>
+      <c r="E2" s="160" t="s">
+        <v>553</v>
+      </c>
+      <c r="F2" s="162" t="s">
+        <v>554</v>
+      </c>
+      <c r="G2" s="162" t="s">
+        <v>555</v>
+      </c>
+      <c r="H2" s="152" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="159" t="s">
+      <c r="I2" s="152" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="144" t="s">
+      <c r="J2" s="152"/>
+      <c r="K2" s="154" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="144" t="s">
+    </row>
+    <row r="3" spans="1:11" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="159"/>
+      <c r="B3" s="153"/>
+      <c r="C3" s="161"/>
+      <c r="D3" s="157"/>
+      <c r="E3" s="161"/>
+      <c r="F3" s="163"/>
+      <c r="G3" s="163"/>
+      <c r="H3" s="153"/>
+      <c r="I3" s="123" t="s">
+        <v>614</v>
+      </c>
+      <c r="J3" s="123" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="144"/>
-      <c r="I2" s="146" t="s">
+      <c r="K3" s="155"/>
+    </row>
+    <row r="4" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="143">
+        <v>2026</v>
+      </c>
+      <c r="B4" s="124" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="125" t="s">
+        <v>538</v>
+      </c>
+      <c r="D4" s="125" t="s">
+        <v>49</v>
+      </c>
+      <c r="E4" s="125" t="s">
+        <v>556</v>
+      </c>
+      <c r="F4" s="125" t="s">
+        <v>539</v>
+      </c>
+      <c r="G4" s="134" t="s">
+        <v>557</v>
+      </c>
+      <c r="H4" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I4" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J4" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K4" s="149"/>
+    </row>
+    <row r="5" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="144"/>
+      <c r="B5" s="124" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="125" t="s">
+        <v>537</v>
+      </c>
+      <c r="D5" s="125" t="s">
+        <v>539</v>
+      </c>
+      <c r="E5" s="125" t="s">
+        <v>558</v>
+      </c>
+      <c r="F5" s="125" t="s">
+        <v>540</v>
+      </c>
+      <c r="G5" s="134" t="s">
+        <v>559</v>
+      </c>
+      <c r="H5" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I5" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J5" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K5" s="150"/>
+    </row>
+    <row r="6" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="144"/>
+      <c r="B6" s="124" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="125" t="s">
+        <v>536</v>
+      </c>
+      <c r="D6" s="125" t="s">
+        <v>540</v>
+      </c>
+      <c r="E6" s="125" t="s">
+        <v>560</v>
+      </c>
+      <c r="F6" s="125" t="s">
+        <v>541</v>
+      </c>
+      <c r="G6" s="134" t="s">
+        <v>561</v>
+      </c>
+      <c r="H6" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J6" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K6" s="150"/>
+    </row>
+    <row r="7" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="144"/>
+      <c r="B7" s="124" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="125" t="s">
+        <v>609</v>
+      </c>
+      <c r="D7" s="125" t="s">
+        <v>610</v>
+      </c>
+      <c r="E7" s="125" t="s">
+        <v>611</v>
+      </c>
+      <c r="F7" s="125" t="s">
+        <v>612</v>
+      </c>
+      <c r="G7" s="134" t="s">
+        <v>613</v>
+      </c>
+      <c r="H7" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="142">
+        <v>0.34888000000000002</v>
+      </c>
+      <c r="J7" s="142">
+        <v>0.28782600000000003</v>
+      </c>
+      <c r="K7" s="150"/>
+    </row>
+    <row r="8" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="144"/>
+      <c r="B8" s="124" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="125" t="s">
+        <v>535</v>
+      </c>
+      <c r="D8" s="125" t="s">
+        <v>541</v>
+      </c>
+      <c r="E8" s="125" t="s">
+        <v>562</v>
+      </c>
+      <c r="F8" s="125" t="s">
+        <v>542</v>
+      </c>
+      <c r="G8" s="125" t="s">
+        <v>563</v>
+      </c>
+      <c r="H8" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I8" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J8" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K8" s="150"/>
+    </row>
+    <row r="9" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="144"/>
+      <c r="B9" s="124" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="125" t="s">
+        <v>534</v>
+      </c>
+      <c r="D9" s="125" t="s">
+        <v>542</v>
+      </c>
+      <c r="E9" s="125" t="s">
+        <v>565</v>
+      </c>
+      <c r="F9" s="125" t="s">
+        <v>543</v>
+      </c>
+      <c r="G9" s="134" t="s">
+        <v>566</v>
+      </c>
+      <c r="H9" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I9" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J9" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K9" s="150"/>
+    </row>
+    <row r="10" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="144"/>
+      <c r="B10" s="124" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="125" t="s">
+        <v>533</v>
+      </c>
+      <c r="D10" s="125" t="s">
+        <v>543</v>
+      </c>
+      <c r="E10" s="125" t="s">
+        <v>564</v>
+      </c>
+      <c r="F10" s="125" t="s">
+        <v>544</v>
+      </c>
+      <c r="G10" s="125" t="s">
+        <v>567</v>
+      </c>
+      <c r="H10" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I10" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J10" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K10" s="150"/>
+    </row>
+    <row r="11" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="144"/>
+      <c r="B11" s="124" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="125" t="s">
+        <v>532</v>
+      </c>
+      <c r="D11" s="125" t="s">
+        <v>544</v>
+      </c>
+      <c r="E11" s="125" t="s">
+        <v>595</v>
+      </c>
+      <c r="F11" s="125" t="s">
+        <v>545</v>
+      </c>
+      <c r="G11" s="125" t="s">
+        <v>601</v>
+      </c>
+      <c r="H11" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J11" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K11" s="150"/>
+    </row>
+    <row r="12" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="144"/>
+      <c r="B12" s="124" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" s="125" t="s">
+        <v>531</v>
+      </c>
+      <c r="D12" s="125" t="s">
+        <v>545</v>
+      </c>
+      <c r="E12" s="125" t="s">
+        <v>596</v>
+      </c>
+      <c r="F12" s="125" t="s">
+        <v>546</v>
+      </c>
+      <c r="G12" s="125" t="s">
+        <v>602</v>
+      </c>
+      <c r="H12" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I12" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J12" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K12" s="150"/>
+    </row>
+    <row r="13" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="144"/>
+      <c r="B13" s="124" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" s="125" t="s">
+        <v>530</v>
+      </c>
+      <c r="D13" s="125" t="s">
+        <v>546</v>
+      </c>
+      <c r="E13" s="125" t="s">
+        <v>597</v>
+      </c>
+      <c r="F13" s="125" t="s">
+        <v>547</v>
+      </c>
+      <c r="G13" s="125" t="s">
+        <v>603</v>
+      </c>
+      <c r="H13" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I13" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J13" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K13" s="150"/>
+    </row>
+    <row r="14" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="144"/>
+      <c r="B14" s="127" t="s">
+        <v>41</v>
+      </c>
+      <c r="C14" s="125" t="s">
+        <v>529</v>
+      </c>
+      <c r="D14" s="125" t="s">
+        <v>547</v>
+      </c>
+      <c r="E14" s="125" t="s">
+        <v>598</v>
+      </c>
+      <c r="F14" s="125" t="s">
+        <v>548</v>
+      </c>
+      <c r="G14" s="125" t="s">
+        <v>604</v>
+      </c>
+      <c r="H14" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I14" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J14" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K14" s="150"/>
+    </row>
+    <row r="15" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="144"/>
+      <c r="B15" s="124" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" s="125" t="s">
+        <v>528</v>
+      </c>
+      <c r="D15" s="125" t="s">
+        <v>548</v>
+      </c>
+      <c r="E15" s="125" t="s">
+        <v>599</v>
+      </c>
+      <c r="F15" s="125" t="s">
+        <v>549</v>
+      </c>
+      <c r="G15" s="125" t="s">
+        <v>605</v>
+      </c>
+      <c r="H15" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="45">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J15" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K15" s="150"/>
+    </row>
+    <row r="16" spans="1:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="144"/>
+      <c r="B16" s="128" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="129" t="s">
+        <v>527</v>
+      </c>
+      <c r="D16" s="129" t="s">
+        <v>549</v>
+      </c>
+      <c r="E16" s="129" t="s">
+        <v>600</v>
+      </c>
+      <c r="F16" s="129" t="s">
+        <v>550</v>
+      </c>
+      <c r="G16" s="129" t="s">
+        <v>606</v>
+      </c>
+      <c r="H16" s="131" t="s">
+        <v>11</v>
+      </c>
+      <c r="I16" s="40">
+        <v>1.8182E-2</v>
+      </c>
+      <c r="J16" s="40">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K16" s="151"/>
+    </row>
+    <row r="17" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="143">
+        <v>2025</v>
+      </c>
+      <c r="B17" s="137" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="119" t="s">
+        <v>524</v>
+      </c>
+      <c r="D17" s="118" t="s">
+        <v>525</v>
+      </c>
+      <c r="E17" s="119" t="s">
+        <v>568</v>
+      </c>
+      <c r="F17" s="120" t="s">
+        <v>526</v>
+      </c>
+      <c r="G17" s="120" t="s">
+        <v>569</v>
+      </c>
+      <c r="H17" s="138" t="s">
         <v>8</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="B4" s="21" t="s">
+      <c r="I17" s="108">
+        <v>1.868223</v>
+      </c>
+      <c r="J17" s="108">
+        <v>1.868223</v>
+      </c>
+      <c r="K17" s="146">
+        <f>SUM(J17:J32)</f>
+        <v>2.9553855000000011</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="144"/>
+      <c r="B18" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="118" t="s">
+        <v>524</v>
+      </c>
+      <c r="D18" s="119" t="s">
+        <v>525</v>
+      </c>
+      <c r="E18" s="118" t="s">
+        <v>568</v>
+      </c>
+      <c r="F18" s="118" t="s">
+        <v>607</v>
+      </c>
+      <c r="G18" s="118" t="s">
+        <v>608</v>
+      </c>
+      <c r="H18" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="I18" s="139">
+        <v>0.36975000000000002</v>
+      </c>
+      <c r="J18" s="139">
+        <v>0.3142875</v>
+      </c>
+      <c r="K18" s="147"/>
+    </row>
+    <row r="19" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="144"/>
+      <c r="B19" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C19" s="118" t="s">
+        <v>521</v>
+      </c>
+      <c r="D19" s="119" t="s">
+        <v>522</v>
+      </c>
+      <c r="E19" s="118" t="s">
+        <v>570</v>
+      </c>
+      <c r="F19" s="118" t="s">
+        <v>523</v>
+      </c>
+      <c r="G19" s="23" t="s">
+        <v>571</v>
+      </c>
+      <c r="H19" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="I19" s="108">
+        <v>0.3634</v>
+      </c>
+      <c r="J19" s="108">
+        <v>0.30889</v>
+      </c>
+      <c r="K19" s="147"/>
+    </row>
+    <row r="20" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="144"/>
+      <c r="B20" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="118" t="s">
+        <v>519</v>
+      </c>
+      <c r="D20" s="119" t="s">
+        <v>520</v>
+      </c>
+      <c r="E20" s="118" t="s">
+        <v>572</v>
+      </c>
+      <c r="F20" s="118" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" s="23" t="s">
+        <v>571</v>
+      </c>
+      <c r="H20" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="I20" s="108">
+        <v>0.33410000000000001</v>
+      </c>
+      <c r="J20" s="108">
+        <v>0.28398499999999999</v>
+      </c>
+      <c r="K20" s="147"/>
+    </row>
+    <row r="21" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="144"/>
+      <c r="B21" s="133" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" s="134" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="134" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="134" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="120" t="s">
-[...8 lines deleted...]
-      <c r="F4" s="122" t="s">
+      <c r="G21" s="134" t="s">
+        <v>594</v>
+      </c>
+      <c r="H21" s="135" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J21" s="43">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K21" s="147"/>
+    </row>
+    <row r="22" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="144"/>
+      <c r="B22" s="124" t="s">
+        <v>16</v>
+      </c>
+      <c r="C22" s="125" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" s="115" t="s">
         <v>15</v>
       </c>
-      <c r="G4" s="32">
-[...19 lines deleted...]
-      <c r="E5" s="120" t="s">
+      <c r="E22" s="125" t="s">
+        <v>592</v>
+      </c>
+      <c r="F22" s="125" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="125" t="s">
+        <v>593</v>
+      </c>
+      <c r="H22" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I22" s="45">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J22" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K22" s="147"/>
+    </row>
+    <row r="23" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="144"/>
+      <c r="B23" s="124" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="115" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" s="125" t="s">
+        <v>590</v>
+      </c>
+      <c r="F23" s="125" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23" s="125" t="s">
+        <v>591</v>
+      </c>
+      <c r="H23" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="45">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J23" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K23" s="147"/>
+    </row>
+    <row r="24" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="144"/>
+      <c r="B24" s="124" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="125" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" s="115" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="125" t="s">
+        <v>588</v>
+      </c>
+      <c r="F24" s="125" t="s">
+        <v>25</v>
+      </c>
+      <c r="G24" s="125" t="s">
+        <v>589</v>
+      </c>
+      <c r="H24" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I24" s="45">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J24" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K24" s="147"/>
+    </row>
+    <row r="25" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="144"/>
+      <c r="B25" s="124" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25" s="125" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" s="115" t="s">
+        <v>25</v>
+      </c>
+      <c r="E25" s="125" t="s">
+        <v>585</v>
+      </c>
+      <c r="F25" s="125" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="125" t="s">
+        <v>519</v>
+      </c>
+      <c r="H25" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I25" s="45">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J25" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K25" s="147"/>
+    </row>
+    <row r="26" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="144"/>
+      <c r="B26" s="124" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" s="125" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" s="115" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="125" t="s">
+        <v>583</v>
+      </c>
+      <c r="F26" s="125" t="s">
+        <v>31</v>
+      </c>
+      <c r="G26" s="125" t="s">
+        <v>584</v>
+      </c>
+      <c r="H26" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I26" s="45">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J26" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K26" s="147"/>
+    </row>
+    <row r="27" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="144"/>
+      <c r="B27" s="124" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="125" t="s">
+        <v>33</v>
+      </c>
+      <c r="D27" s="115" t="s">
+        <v>31</v>
+      </c>
+      <c r="E27" s="125" t="s">
+        <v>581</v>
+      </c>
+      <c r="F27" s="125" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" s="125" t="s">
+        <v>582</v>
+      </c>
+      <c r="H27" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I27" s="45">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J27" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K27" s="147"/>
+    </row>
+    <row r="28" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="144"/>
+      <c r="B28" s="124" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="125" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" s="115" t="s">
+        <v>34</v>
+      </c>
+      <c r="E28" s="125" t="s">
+        <v>580</v>
+      </c>
+      <c r="F28" s="125" t="s">
+        <v>37</v>
+      </c>
+      <c r="G28" s="125" t="s">
+        <v>571</v>
+      </c>
+      <c r="H28" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I28" s="45">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J28" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K28" s="147"/>
+    </row>
+    <row r="29" spans="1:11" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="144"/>
+      <c r="B29" s="124" t="s">
+        <v>38</v>
+      </c>
+      <c r="C29" s="125" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" s="115" t="s">
+        <v>37</v>
+      </c>
+      <c r="E29" s="125" t="s">
+        <v>574</v>
+      </c>
+      <c r="F29" s="125" t="s">
+        <v>40</v>
+      </c>
+      <c r="G29" s="125" t="s">
+        <v>577</v>
+      </c>
+      <c r="H29" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I29" s="45">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="J29" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K29" s="147"/>
+    </row>
+    <row r="30" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="144"/>
+      <c r="B30" s="127" t="s">
+        <v>41</v>
+      </c>
+      <c r="C30" s="125" t="s">
+        <v>42</v>
+      </c>
+      <c r="D30" s="115" t="s">
+        <v>40</v>
+      </c>
+      <c r="E30" s="125" t="s">
+        <v>576</v>
+      </c>
+      <c r="F30" s="125" t="s">
         <v>43</v>
       </c>
-      <c r="F5" s="122" t="s">
-[...27 lines deleted...]
-      <c r="G6" s="43">
+      <c r="G30" s="125" t="s">
+        <v>575</v>
+      </c>
+      <c r="H30" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I30" s="45">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="H6" s="43">
-[...21 lines deleted...]
-      <c r="G7" s="45">
+      <c r="J30" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K30" s="147"/>
+    </row>
+    <row r="31" spans="1:11" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="144"/>
+      <c r="B31" s="124" t="s">
+        <v>44</v>
+      </c>
+      <c r="C31" s="125" t="s">
+        <v>45</v>
+      </c>
+      <c r="D31" s="115" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" s="125" t="s">
+        <v>578</v>
+      </c>
+      <c r="F31" s="125" t="s">
+        <v>46</v>
+      </c>
+      <c r="G31" s="125" t="s">
+        <v>579</v>
+      </c>
+      <c r="H31" s="126" t="s">
+        <v>11</v>
+      </c>
+      <c r="I31" s="45">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="H7" s="45">
-[...21 lines deleted...]
-      <c r="G8" s="45">
+      <c r="J31" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K31" s="147"/>
+    </row>
+    <row r="32" spans="1:11" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="145"/>
+      <c r="B32" s="128" t="s">
+        <v>47</v>
+      </c>
+      <c r="C32" s="129" t="s">
+        <v>48</v>
+      </c>
+      <c r="D32" s="130" t="s">
+        <v>46</v>
+      </c>
+      <c r="E32" s="129" t="s">
+        <v>586</v>
+      </c>
+      <c r="F32" s="129" t="s">
+        <v>49</v>
+      </c>
+      <c r="G32" s="129" t="s">
+        <v>587</v>
+      </c>
+      <c r="H32" s="131" t="s">
+        <v>11</v>
+      </c>
+      <c r="I32" s="40">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="H8" s="45">
-[...683 lines deleted...]
-    </row>
+      <c r="J32" s="40">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K32" s="148"/>
+    </row>
+    <row r="33" ht="13.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="34" ht="13.5" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <mergeCells count="12">
-[...6 lines deleted...]
-    <mergeCell ref="I4:I17"/>
+  <mergeCells count="14">
+    <mergeCell ref="A17:A32"/>
+    <mergeCell ref="K17:K32"/>
+    <mergeCell ref="A4:A16"/>
+    <mergeCell ref="K4:K16"/>
+    <mergeCell ref="H2:H3"/>
+    <mergeCell ref="I2:J2"/>
+    <mergeCell ref="K2:K3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
+    <mergeCell ref="F2:F3"/>
     <mergeCell ref="E2:E3"/>
+    <mergeCell ref="G2:G3"/>
   </mergeCells>
-  <phoneticPr fontId="12" type="noConversion"/>
+  <phoneticPr fontId="11" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="29" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;9&amp;K000000Corporativo | Interno</oddFooter>
   </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="K17" formulaRange="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E42CA74D-9399-49B7-9E62-DF4AA8C2F580}">
   <sheetPr>
     <tabColor rgb="FF0075C9"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I242"/>
+  <dimension ref="A1:I260"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="C4" sqref="C4"/>
-      <selection pane="bottomLeft" activeCell="B24" sqref="B24"/>
+      <selection pane="bottomLeft" activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.44140625" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.21875" style="6" customWidth="1"/>
-    <col min="2" max="2" width="51.5546875" style="6" customWidth="1"/>
+    <col min="2" max="2" width="47.77734375" style="6" customWidth="1"/>
     <col min="3" max="3" width="17.5546875" style="105" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.21875" style="6" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="49.5546875" style="6" customWidth="1"/>
+    <col min="5" max="5" width="37.44140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="12.77734375" style="6" customWidth="1"/>
     <col min="7" max="7" width="13.21875" style="6" customWidth="1"/>
     <col min="8" max="8" width="11" style="6" customWidth="1"/>
     <col min="9" max="16384" width="11.44140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>88</v>
+    <row r="1" spans="1:8" ht="46.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="132" t="s">
+        <v>78</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="4"/>
       <c r="H1" s="5"/>
     </row>
-    <row r="2" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="155" t="s">
+    <row r="2" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="206" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="208" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="145" t="s">
+      <c r="C2" s="208" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="145" t="s">
+      <c r="D2" s="208" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="145" t="s">
-[...2 lines deleted...]
-      <c r="E2" s="159" t="s">
+      <c r="E2" s="210" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="212" t="s">
+        <v>79</v>
+      </c>
+      <c r="G2" s="213"/>
+      <c r="H2" s="196" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="174" t="s">
-[...3 lines deleted...]
-      <c r="H2" s="146" t="s">
+    </row>
+    <row r="3" spans="1:8" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="207"/>
+      <c r="B3" s="209"/>
+      <c r="C3" s="209"/>
+      <c r="D3" s="209"/>
+      <c r="E3" s="211"/>
+      <c r="F3" s="140" t="s">
+        <v>614</v>
+      </c>
+      <c r="G3" s="141" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" s="197"/>
+    </row>
+    <row r="4" spans="1:8" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="144">
+        <v>2024</v>
+      </c>
+      <c r="B4" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="32">
+        <v>0.33344000000000001</v>
+      </c>
+      <c r="G4" s="108">
+        <v>0.28342400000000001</v>
+      </c>
+      <c r="H4" s="214">
+        <v>2.6292430000000016</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="144"/>
+      <c r="B5" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="120" t="s">
         <v>8</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="G3" s="109" t="s">
+      <c r="F5" s="32">
+        <v>1.2509300000000001</v>
+      </c>
+      <c r="G5" s="108">
+        <v>1.2509300000000001</v>
+      </c>
+      <c r="H5" s="214"/>
+    </row>
+    <row r="6" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="144"/>
+      <c r="B6" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="H3" s="147"/>
-[...5 lines deleted...]
-      <c r="B4" s="119" t="s">
+      <c r="E6" s="120" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="120" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="122" t="s">
+      <c r="F6" s="32">
+        <v>0.31056</v>
+      </c>
+      <c r="G6" s="108">
+        <v>0.26397599999999999</v>
+      </c>
+      <c r="H6" s="214"/>
+    </row>
+    <row r="7" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="144"/>
+      <c r="B7" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="118" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" s="118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="120" t="s">
         <v>11</v>
       </c>
-      <c r="F4" s="32">
-[...67 lines deleted...]
-      </c>
       <c r="F7" s="32">
-        <v>0.26629999999999998</v>
-[...18 lines deleted...]
-        <v>15</v>
+        <v>0.27298</v>
+      </c>
+      <c r="G7" s="108">
+        <v>0.23203299999999999</v>
+      </c>
+      <c r="H7" s="214"/>
+    </row>
+    <row r="8" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="144"/>
+      <c r="B8" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="118" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" s="118" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" s="120" t="s">
+        <v>11</v>
       </c>
       <c r="F8" s="32">
-        <v>0.26200000000000001</v>
-[...29 lines deleted...]
-      <c r="A10" s="177"/>
+        <v>0.251</v>
+      </c>
+      <c r="G8" s="108">
+        <v>0.21335000000000001</v>
+      </c>
+      <c r="H8" s="214"/>
+    </row>
+    <row r="9" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="144"/>
+      <c r="B9" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="118" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" s="118" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="32">
+        <v>0.24179999999999999</v>
+      </c>
+      <c r="G9" s="108">
+        <v>0.20552999999999999</v>
+      </c>
+      <c r="H9" s="214"/>
+    </row>
+    <row r="10" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="144"/>
       <c r="B10" s="7" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C10" s="75" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>55</v>
+      </c>
+      <c r="D10" s="75" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F10" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G10" s="118">
-[...5 lines deleted...]
-      <c r="A11" s="177"/>
+      <c r="G10" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H10" s="214"/>
+    </row>
+    <row r="11" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="144"/>
       <c r="B11" s="7" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="C11" s="75" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>58</v>
+      </c>
+      <c r="D11" s="75" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F11" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G11" s="118">
-[...7 lines deleted...]
-        <v>42</v>
+      <c r="G11" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H11" s="214"/>
+    </row>
+    <row r="12" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="144"/>
+      <c r="B12" s="121" t="s">
+        <v>19</v>
       </c>
       <c r="C12" s="75" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>60</v>
+      </c>
+      <c r="D12" s="75" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F12" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G12" s="118">
-[...5 lines deleted...]
-      <c r="A13" s="177"/>
+      <c r="G12" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H12" s="214"/>
+    </row>
+    <row r="13" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="144"/>
       <c r="B13" s="7" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="C13" s="75" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>62</v>
+      </c>
+      <c r="D13" s="75" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F13" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G13" s="118">
-[...5 lines deleted...]
-      <c r="A14" s="177"/>
+      <c r="G13" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H13" s="214"/>
+    </row>
+    <row r="14" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="144"/>
       <c r="B14" s="7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="C14" s="75" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>64</v>
+      </c>
+      <c r="D14" s="75" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F14" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G14" s="118">
-[...5 lines deleted...]
-      <c r="A15" s="177"/>
+      <c r="G14" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H14" s="214"/>
+    </row>
+    <row r="15" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="144"/>
       <c r="B15" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C15" s="75" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>66</v>
+      </c>
+      <c r="D15" s="75" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F15" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G15" s="118">
-[...5 lines deleted...]
-      <c r="A16" s="177"/>
+      <c r="G15" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H15" s="214"/>
+    </row>
+    <row r="16" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="144"/>
       <c r="B16" s="7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C16" s="75" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>68</v>
+      </c>
+      <c r="D16" s="75" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F16" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G16" s="118">
-[...2 lines deleted...]
-      <c r="H16" s="162"/>
+      <c r="G16" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H16" s="214"/>
     </row>
     <row r="17" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="177"/>
+      <c r="A17" s="144"/>
       <c r="B17" s="7" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="C17" s="75" t="s">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>70</v>
+      </c>
+      <c r="D17" s="75" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F17" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G17" s="118">
-[...2 lines deleted...]
-      <c r="H17" s="162"/>
+      <c r="G17" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H17" s="214"/>
     </row>
     <row r="18" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="177"/>
+      <c r="A18" s="144"/>
       <c r="B18" s="7" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C18" s="75" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>53</v>
+      </c>
+      <c r="D18" s="75" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F18" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G18" s="118">
-[...2 lines deleted...]
-      <c r="H18" s="162"/>
+      <c r="G18" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H18" s="214"/>
     </row>
     <row r="19" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="177"/>
+      <c r="A19" s="144"/>
       <c r="B19" s="7" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C19" s="75" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>73</v>
+      </c>
+      <c r="D19" s="75" t="s">
+        <v>74</v>
+      </c>
+      <c r="E19" s="75" t="s">
+        <v>11</v>
       </c>
       <c r="F19" s="43">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G19" s="118">
-[...6 lines deleted...]
-      <c r="B20" s="115" t="s">
+      <c r="G19" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H19" s="214"/>
+    </row>
+    <row r="20" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="144"/>
+      <c r="B20" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="75" t="s">
+        <v>75</v>
+      </c>
+      <c r="D20" s="75" t="s">
+        <v>76</v>
+      </c>
+      <c r="E20" s="75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G20" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H20" s="214"/>
+    </row>
+    <row r="21" spans="1:9" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="145"/>
+      <c r="B21" s="122" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" s="111" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" s="111" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="40">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G21" s="87">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H21" s="215"/>
+    </row>
+    <row r="22" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="179">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="117" t="s">
         <v>16</v>
       </c>
-      <c r="C20" s="113" t="s">
+      <c r="C22" s="118" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" s="119" t="s">
+        <v>81</v>
+      </c>
+      <c r="E22" s="120" t="s">
+        <v>8</v>
+      </c>
+      <c r="F22" s="32">
+        <v>1.1251249999999999</v>
+      </c>
+      <c r="G22" s="32">
+        <v>1.1251249999999999</v>
+      </c>
+      <c r="H22" s="195">
+        <v>2.1932390000000015</v>
+      </c>
+      <c r="I22" s="136"/>
+    </row>
+    <row r="23" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="180"/>
+      <c r="B23" s="117" t="s">
+        <v>47</v>
+      </c>
+      <c r="C23" s="118" t="s">
+        <v>82</v>
+      </c>
+      <c r="D23" s="119" t="s">
+        <v>81</v>
+      </c>
+      <c r="E23" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="32">
+        <v>0.24723999999999999</v>
+      </c>
+      <c r="G23" s="108">
+        <v>0.21015400000000001</v>
+      </c>
+      <c r="H23" s="170"/>
+    </row>
+    <row r="24" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="180"/>
+      <c r="B24" s="117" t="s">
+        <v>38</v>
+      </c>
+      <c r="C24" s="118" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" s="119" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="32">
+        <v>0.26929999999999998</v>
+      </c>
+      <c r="G24" s="108">
+        <v>0.228905</v>
+      </c>
+      <c r="H24" s="170"/>
+    </row>
+    <row r="25" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="180"/>
+      <c r="B25" s="117" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" s="118" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" s="119" t="s">
+        <v>85</v>
+      </c>
+      <c r="E25" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="32">
+        <v>0.26629999999999998</v>
+      </c>
+      <c r="G25" s="108">
+        <v>0.226355</v>
+      </c>
+      <c r="H25" s="170"/>
+    </row>
+    <row r="26" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="180"/>
+      <c r="B26" s="117" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="118" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" s="119" t="s">
+        <v>85</v>
+      </c>
+      <c r="E26" s="120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="32">
+        <v>0.26200000000000001</v>
+      </c>
+      <c r="G26" s="108">
+        <v>0.22270000000000001</v>
+      </c>
+      <c r="H26" s="170"/>
+    </row>
+    <row r="27" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="180"/>
+      <c r="B27" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C27" s="75" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" s="115" t="s">
+        <v>56</v>
+      </c>
+      <c r="E27" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G27" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H27" s="170"/>
+    </row>
+    <row r="28" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="180"/>
+      <c r="B28" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C28" s="75" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="115" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G28" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H28" s="170"/>
+    </row>
+    <row r="29" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="180"/>
+      <c r="B29" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C29" s="75" t="s">
+        <v>90</v>
+      </c>
+      <c r="D29" s="115" t="s">
+        <v>91</v>
+      </c>
+      <c r="E29" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G29" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H29" s="170"/>
+    </row>
+    <row r="30" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="180"/>
+      <c r="B30" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C30" s="75" t="s">
+        <v>92</v>
+      </c>
+      <c r="D30" s="115" t="s">
+        <v>93</v>
+      </c>
+      <c r="E30" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G30" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H30" s="170"/>
+    </row>
+    <row r="31" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="180"/>
+      <c r="B31" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C31" s="75" t="s">
+        <v>94</v>
+      </c>
+      <c r="D31" s="115" t="s">
+        <v>95</v>
+      </c>
+      <c r="E31" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G31" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H31" s="170"/>
+    </row>
+    <row r="32" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="180"/>
+      <c r="B32" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C32" s="75" t="s">
+        <v>96</v>
+      </c>
+      <c r="D32" s="115" t="s">
+        <v>97</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G32" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H32" s="170"/>
+    </row>
+    <row r="33" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="180"/>
+      <c r="B33" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C33" s="75" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33" s="115" t="s">
+        <v>99</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G33" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H33" s="170"/>
+    </row>
+    <row r="34" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="180"/>
+      <c r="B34" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C34" s="75" t="s">
+        <v>100</v>
+      </c>
+      <c r="D34" s="115" t="s">
+        <v>101</v>
+      </c>
+      <c r="E34" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G34" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H34" s="170"/>
+    </row>
+    <row r="35" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="180"/>
+      <c r="B35" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35" s="75" t="s">
+        <v>102</v>
+      </c>
+      <c r="D35" s="115" t="s">
+        <v>103</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G35" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H35" s="170"/>
+    </row>
+    <row r="36" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="180"/>
+      <c r="B36" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" s="75" t="s">
+        <v>104</v>
+      </c>
+      <c r="D36" s="115" t="s">
+        <v>105</v>
+      </c>
+      <c r="E36" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G36" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H36" s="170"/>
+    </row>
+    <row r="37" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="180"/>
+      <c r="B37" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C37" s="75" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37" s="115" t="s">
+        <v>107</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="43">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G37" s="116">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H37" s="170"/>
+    </row>
+    <row r="38" spans="1:9" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="181"/>
+      <c r="B38" s="113" t="s">
+        <v>12</v>
+      </c>
+      <c r="C38" s="111" t="s">
+        <v>108</v>
+      </c>
+      <c r="D38" s="111" t="s">
+        <v>109</v>
+      </c>
+      <c r="E38" s="112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="40">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G38" s="99">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H38" s="171"/>
+    </row>
+    <row r="39" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="198">
+        <v>2022</v>
+      </c>
+      <c r="B39" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C39" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="D39" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="E39" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="32">
+        <v>0.48618</v>
+      </c>
+      <c r="G39" s="108">
+        <v>0.41325299999999998</v>
+      </c>
+      <c r="H39" s="201">
+        <v>0.85377800000000015</v>
+      </c>
+      <c r="I39" s="136"/>
+    </row>
+    <row r="40" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="199"/>
+      <c r="B40" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="E40" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="10">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G40" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H40" s="202"/>
+    </row>
+    <row r="41" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="199"/>
+      <c r="B41" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C41" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="10">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G41" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H41" s="202"/>
+    </row>
+    <row r="42" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="199"/>
+      <c r="B42" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C42" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="10">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G42" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H42" s="202"/>
+    </row>
+    <row r="43" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="199"/>
+      <c r="B43" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C43" s="11" t="s">
         <v>118</v>
       </c>
-      <c r="D20" s="113" t="s">
+      <c r="D43" s="11" t="s">
         <v>119</v>
       </c>
-      <c r="E20" s="114" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="40">
+      <c r="E43" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G20" s="99">
-[...11 lines deleted...]
-      <c r="C21" s="23" t="s">
+      <c r="G43" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H43" s="202"/>
+    </row>
+    <row r="44" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="199"/>
+      <c r="B44" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C44" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="D21" s="23" t="s">
+      <c r="D44" s="22" t="s">
         <v>121</v>
       </c>
-      <c r="E21" s="23" t="s">
-[...18 lines deleted...]
-      <c r="C22" s="8" t="s">
+      <c r="E44" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="108">
+        <v>0.30649999999999999</v>
+      </c>
+      <c r="G44" s="50">
+        <v>0.26052500000000001</v>
+      </c>
+      <c r="H44" s="202"/>
+    </row>
+    <row r="45" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="199"/>
+      <c r="B45" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C45" s="11" t="s">
         <v>122</v>
       </c>
-      <c r="D22" s="8" t="s">
+      <c r="D45" s="11" t="s">
         <v>123</v>
       </c>
-      <c r="E22" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="10">
+      <c r="E45" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G22" s="111">
-[...9 lines deleted...]
-      <c r="C23" s="11" t="s">
+      <c r="G45" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H45" s="202"/>
+    </row>
+    <row r="46" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="199"/>
+      <c r="B46" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C46" s="11" t="s">
         <v>124</v>
       </c>
-      <c r="D23" s="11" t="s">
+      <c r="D46" s="11" t="s">
         <v>125</v>
       </c>
-      <c r="E23" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="10">
+      <c r="E46" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G23" s="111">
-[...9 lines deleted...]
-      <c r="C24" s="11" t="s">
+      <c r="G46" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H46" s="202"/>
+    </row>
+    <row r="47" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="199"/>
+      <c r="B47" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C47" s="11" t="s">
         <v>126</v>
       </c>
-      <c r="D24" s="11" t="s">
+      <c r="D47" s="11" t="s">
         <v>127</v>
       </c>
-      <c r="E24" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="10">
+      <c r="E47" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G24" s="111">
-[...9 lines deleted...]
-      <c r="C25" s="11" t="s">
+      <c r="G47" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H47" s="202"/>
+    </row>
+    <row r="48" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="199"/>
+      <c r="B48" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C48" s="11" t="s">
         <v>128</v>
       </c>
-      <c r="D25" s="11" t="s">
+      <c r="D48" s="11" t="s">
         <v>129</v>
       </c>
-      <c r="E25" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="10">
+      <c r="E48" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G25" s="111">
-[...9 lines deleted...]
-      <c r="C26" s="22" t="s">
+      <c r="G48" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H48" s="202"/>
+    </row>
+    <row r="49" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="199"/>
+      <c r="B49" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C49" s="11" t="s">
         <v>130</v>
       </c>
-      <c r="D26" s="22" t="s">
+      <c r="D49" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="E26" s="23" t="s">
-[...15 lines deleted...]
-      <c r="C27" s="11" t="s">
+      <c r="E49" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="10">
+        <v>1.7649999999999999E-2</v>
+      </c>
+      <c r="G49" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H49" s="202"/>
+    </row>
+    <row r="50" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="199"/>
+      <c r="B50" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C50" s="14" t="s">
         <v>132</v>
       </c>
-      <c r="D27" s="11" t="s">
+      <c r="D50" s="11" t="s">
         <v>133</v>
       </c>
-      <c r="E27" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="10">
+      <c r="E50" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G27" s="111">
-[...9 lines deleted...]
-      <c r="C28" s="11" t="s">
+      <c r="G50" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H50" s="202"/>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A51" s="199"/>
+      <c r="B51" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="C51" s="11" t="s">
         <v>134</v>
       </c>
-      <c r="D28" s="11" t="s">
+      <c r="D51" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="E28" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="10">
+      <c r="E51" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G28" s="111">
-[...9 lines deleted...]
-      <c r="C29" s="11" t="s">
+      <c r="G51" s="109">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H51" s="202"/>
+    </row>
+    <row r="52" spans="1:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="200"/>
+      <c r="B52" s="107" t="s">
+        <v>12</v>
+      </c>
+      <c r="C52" s="17" t="s">
         <v>136</v>
       </c>
-      <c r="D29" s="11" t="s">
+      <c r="D52" s="17" t="s">
         <v>137</v>
       </c>
-      <c r="E29" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="10">
+      <c r="E52" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="19">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G29" s="111">
-[...9 lines deleted...]
-      <c r="C30" s="11" t="s">
+      <c r="G52" s="110">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H52" s="203"/>
+    </row>
+    <row r="53" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="114"/>
+      <c r="B53" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C53" s="22" t="s">
         <v>138</v>
       </c>
-      <c r="D30" s="11" t="s">
+      <c r="D53" s="22" t="s">
         <v>139</v>
       </c>
-      <c r="E30" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="10">
+      <c r="E53" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="24">
+        <v>1.366E-2</v>
+      </c>
+      <c r="G53" s="25">
+        <v>1.1611E-2</v>
+      </c>
+      <c r="H53" s="204">
+        <v>0.63722400000000001</v>
+      </c>
+      <c r="I53" s="136"/>
+    </row>
+    <row r="54" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="190">
+        <v>2021</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="E54" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G30" s="111">
-[...18 lines deleted...]
-      <c r="F31" s="10">
+      <c r="G54" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H54" s="204"/>
+    </row>
+    <row r="55" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="190"/>
+      <c r="B55" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C55" s="22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D55" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E55" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="24">
+        <v>0.26455099999999998</v>
+      </c>
+      <c r="G55" s="26">
+        <v>0.22486800000000001</v>
+      </c>
+      <c r="H55" s="204"/>
+    </row>
+    <row r="56" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="190"/>
+      <c r="B56" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="E56" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="10">
         <v>1.7649999999999999E-2</v>
       </c>
-      <c r="G31" s="111">
-[...6 lines deleted...]
-      <c r="B32" s="7" t="s">
+      <c r="G56" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H56" s="204"/>
+    </row>
+    <row r="57" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="190"/>
+      <c r="B57" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="E57" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F57" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G57" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H57" s="204"/>
+    </row>
+    <row r="58" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="190"/>
+      <c r="B58" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="E58" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F58" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G58" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H58" s="204"/>
+    </row>
+    <row r="59" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="190"/>
+      <c r="B59" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="E59" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F59" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G59" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H59" s="204"/>
+    </row>
+    <row r="60" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="190"/>
+      <c r="B60" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C60" s="22" t="s">
+        <v>152</v>
+      </c>
+      <c r="D60" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="24">
+        <v>0.10384</v>
+      </c>
+      <c r="G60" s="25">
+        <v>8.8263999999999995E-2</v>
+      </c>
+      <c r="H60" s="204"/>
+    </row>
+    <row r="61" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="190"/>
+      <c r="B61" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="E61" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F61" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G61" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H61" s="204"/>
+    </row>
+    <row r="62" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="190"/>
+      <c r="B62" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="E62" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F62" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G62" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H62" s="204"/>
+    </row>
+    <row r="63" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="190"/>
+      <c r="B63" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C63" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="D63" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="24">
+        <v>4.8739999999999999E-2</v>
+      </c>
+      <c r="G63" s="25">
+        <v>4.1429000000000001E-2</v>
+      </c>
+      <c r="H63" s="204"/>
+    </row>
+    <row r="64" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="190"/>
+      <c r="B64" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="E64" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F64" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G64" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H64" s="204"/>
+    </row>
+    <row r="65" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="190"/>
+      <c r="B65" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="C32" s="14" t="s">
-[...40 lines deleted...]
-      <c r="B34" s="107" t="s">
+      <c r="C65" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D65" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="24">
+        <v>5.6480000000000002E-2</v>
+      </c>
+      <c r="G65" s="25">
+        <v>4.8008000000000002E-2</v>
+      </c>
+      <c r="H65" s="204"/>
+    </row>
+    <row r="66" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="190"/>
+      <c r="B66" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="E66" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F66" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G66" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H66" s="204"/>
+    </row>
+    <row r="67" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="190"/>
+      <c r="B67" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C67" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="D67" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E67" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="28">
+        <v>5.0639999999999998E-2</v>
+      </c>
+      <c r="G67" s="28">
+        <v>4.3043999999999999E-2</v>
+      </c>
+      <c r="H67" s="204"/>
+    </row>
+    <row r="68" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="190"/>
+      <c r="B68" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C68" s="29" t="s">
+        <v>165</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="E68" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F68" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G68" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H68" s="204"/>
+    </row>
+    <row r="69" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="190"/>
+      <c r="B69" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="C34" s="17" t="s">
-[...227 lines deleted...]
-      <c r="D44" s="8" t="s">
+      <c r="C69" s="8" t="s">
         <v>167</v>
       </c>
-      <c r="E44" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C45" s="22" t="s">
+      <c r="D69" s="8" t="s">
         <v>168</v>
       </c>
-      <c r="D45" s="22" t="s">
-[...18 lines deleted...]
-      <c r="C46" s="8" t="s">
+      <c r="E69" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F69" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G69" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H69" s="204"/>
+    </row>
+    <row r="70" spans="1:9" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="191"/>
+      <c r="B70" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C70" s="30" t="s">
         <v>169</v>
       </c>
-      <c r="D46" s="8" t="s">
+      <c r="D70" s="30" t="s">
         <v>170</v>
       </c>
-      <c r="E46" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C47" s="22" t="s">
+      <c r="E70" s="31" t="s">
+        <v>147</v>
+      </c>
+      <c r="F70" s="19">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G70" s="20">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H70" s="205"/>
+    </row>
+    <row r="71" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="189">
+        <v>2020</v>
+      </c>
+      <c r="B71" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C71" s="22" t="s">
         <v>171</v>
       </c>
-      <c r="D47" s="22" t="s">
-[...18 lines deleted...]
-      <c r="C48" s="8" t="s">
+      <c r="D71" s="22" t="s">
         <v>172</v>
       </c>
-      <c r="D48" s="8" t="s">
+      <c r="E71" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="24">
+        <v>0.1394</v>
+      </c>
+      <c r="G71" s="32">
+        <v>0.1394</v>
+      </c>
+      <c r="H71" s="192">
+        <v>0.46136700000000014</v>
+      </c>
+      <c r="I71" s="136"/>
+    </row>
+    <row r="72" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="190"/>
+      <c r="B72" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="C72" s="22" t="s">
         <v>173</v>
       </c>
-      <c r="E48" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C49" s="22" t="s">
+      <c r="D72" s="22" t="s">
+        <v>172</v>
+      </c>
+      <c r="E72" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="28">
+        <v>5.0160000000000003E-2</v>
+      </c>
+      <c r="G72" s="32">
+        <v>4.2636E-2</v>
+      </c>
+      <c r="H72" s="193"/>
+    </row>
+    <row r="73" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="190"/>
+      <c r="B73" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C73" s="9" t="s">
         <v>174</v>
       </c>
-      <c r="D49" s="22" t="s">
-[...15 lines deleted...]
-      <c r="B50" s="13" t="s">
+      <c r="D73" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="E73" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="32">
+        <v>6.3960000000000003E-2</v>
+      </c>
+      <c r="G73" s="32">
+        <v>5.4365999999999998E-2</v>
+      </c>
+      <c r="H73" s="193"/>
+    </row>
+    <row r="74" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="190"/>
+      <c r="B74" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="D74" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="E74" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F74" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G74" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H74" s="193"/>
+    </row>
+    <row r="75" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="190"/>
+      <c r="B75" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="E75" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F75" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G75" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H75" s="193"/>
+    </row>
+    <row r="76" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="190"/>
+      <c r="B76" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="E76" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F76" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G76" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H76" s="193"/>
+    </row>
+    <row r="77" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="190"/>
+      <c r="B77" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="E77" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F77" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G77" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H77" s="193"/>
+    </row>
+    <row r="78" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="190"/>
+      <c r="B78" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="E78" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F78" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G78" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H78" s="193"/>
+    </row>
+    <row r="79" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="190"/>
+      <c r="B79" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C79" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="D79" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="E79" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" s="28">
+        <v>5.2900000000000003E-2</v>
+      </c>
+      <c r="G79" s="28">
+        <v>4.4964999999999998E-2</v>
+      </c>
+      <c r="H79" s="193"/>
+    </row>
+    <row r="80" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="190"/>
+      <c r="B80" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E80" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F80" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G80" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H80" s="193"/>
+    </row>
+    <row r="81" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="190"/>
+      <c r="B81" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="E81" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F81" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G81" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H81" s="193"/>
+    </row>
+    <row r="82" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="190"/>
+      <c r="B82" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="E82" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F82" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G82" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H82" s="193"/>
+    </row>
+    <row r="83" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="190"/>
+      <c r="B83" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="C50" s="29" t="s">
-[...40 lines deleted...]
-      <c r="B52" s="16" t="s">
+      <c r="C83" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="E83" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F83" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G83" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H83" s="193"/>
+    </row>
+    <row r="84" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="190"/>
+      <c r="B84" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C84" s="29" t="s">
+        <v>195</v>
+      </c>
+      <c r="D84" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="E84" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F84" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G84" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H84" s="193"/>
+    </row>
+    <row r="85" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="190"/>
+      <c r="B85" s="35" t="s">
         <v>16</v>
       </c>
-      <c r="C52" s="30" t="s">
-[...205 lines deleted...]
-      <c r="D61" s="9" t="s">
+      <c r="C85" s="29" t="s">
         <v>197</v>
       </c>
-      <c r="E61" s="9" t="s">
-[...15 lines deleted...]
-      <c r="C62" s="8" t="s">
+      <c r="D85" s="8" t="s">
         <v>198</v>
       </c>
-      <c r="D62" s="8" t="s">
+      <c r="E85" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F85" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G85" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H85" s="193"/>
+    </row>
+    <row r="86" spans="1:9" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="191"/>
+      <c r="B86" s="36" t="s">
+        <v>12</v>
+      </c>
+      <c r="C86" s="37" t="s">
         <v>199</v>
       </c>
-      <c r="E62" s="34" t="s">
-[...15 lines deleted...]
-      <c r="C63" s="8" t="s">
+      <c r="D86" s="37" t="s">
         <v>200</v>
       </c>
-      <c r="D63" s="8" t="s">
+      <c r="E86" s="38" t="s">
+        <v>147</v>
+      </c>
+      <c r="F86" s="39">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G86" s="40">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H86" s="194"/>
+    </row>
+    <row r="87" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="189">
+        <v>2019</v>
+      </c>
+      <c r="B87" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C87" s="9" t="s">
+        <v>202</v>
+      </c>
+      <c r="D87" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="E87" s="9" t="s">
         <v>201</v>
       </c>
-      <c r="E63" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C64" s="8" t="s">
+      <c r="F87" s="24">
+        <v>0.52349999999999997</v>
+      </c>
+      <c r="G87" s="25">
+        <v>0.44497500000000001</v>
+      </c>
+      <c r="H87" s="192">
+        <v>1.9270009999999991</v>
+      </c>
+      <c r="I87" s="136"/>
+    </row>
+    <row r="88" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="190"/>
+      <c r="B88" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C88" s="9" t="s">
         <v>202</v>
       </c>
-      <c r="D64" s="8" t="s">
+      <c r="D88" s="9" t="s">
         <v>203</v>
       </c>
-      <c r="E64" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C65" s="8" t="s">
+      <c r="E88" s="9" t="s">
         <v>204</v>
       </c>
-      <c r="D65" s="8" t="s">
+      <c r="F88" s="28">
+        <v>0.48320000000000002</v>
+      </c>
+      <c r="G88" s="28">
+        <v>0.48320000000000002</v>
+      </c>
+      <c r="H88" s="193"/>
+    </row>
+    <row r="89" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="190"/>
+      <c r="B89" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C89" s="9" t="s">
+        <v>206</v>
+      </c>
+      <c r="D89" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="E89" s="9" t="s">
         <v>205</v>
       </c>
-      <c r="E65" s="27" t="s">
-[...12 lines deleted...]
-      <c r="B66" s="7" t="s">
+      <c r="F89" s="24">
+        <v>3.7560000000000003E-2</v>
+      </c>
+      <c r="G89" s="25">
+        <v>3.1926000000000003E-2</v>
+      </c>
+      <c r="H89" s="193"/>
+    </row>
+    <row r="90" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="190"/>
+      <c r="B90" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="D90" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="E90" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F90" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G90" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H90" s="193"/>
+    </row>
+    <row r="91" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="190"/>
+      <c r="B91" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="D91" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="E91" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F91" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G91" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H91" s="193"/>
+    </row>
+    <row r="92" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="190"/>
+      <c r="B92" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="D92" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="E92" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F92" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G92" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H92" s="193"/>
+    </row>
+    <row r="93" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="190"/>
+      <c r="B93" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="D93" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="E93" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F93" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G93" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H93" s="193"/>
+    </row>
+    <row r="94" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="190"/>
+      <c r="B94" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="E94" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F94" s="43">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G94" s="44">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H94" s="193"/>
+    </row>
+    <row r="95" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="190"/>
+      <c r="B95" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C95" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="E95" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="F95" s="28">
+        <v>0.78690000000000004</v>
+      </c>
+      <c r="G95" s="28">
+        <v>0.78690000000000004</v>
+      </c>
+      <c r="H95" s="193"/>
+    </row>
+    <row r="96" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="190"/>
+      <c r="B96" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C96" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="D96" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="E96" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F96" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G96" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H96" s="193"/>
+    </row>
+    <row r="97" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="190"/>
+      <c r="B97" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="D97" s="8" t="s">
+        <v>222</v>
+      </c>
+      <c r="E97" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F97" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G97" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H97" s="193"/>
+    </row>
+    <row r="98" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="190"/>
+      <c r="B98" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="E98" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F98" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G98" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H98" s="193"/>
+    </row>
+    <row r="99" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="190"/>
+      <c r="B99" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="C66" s="29" t="s">
-[...40 lines deleted...]
-      <c r="B68" s="36" t="s">
+      <c r="C99" s="47" t="s">
+        <v>225</v>
+      </c>
+      <c r="D99" s="47" t="s">
+        <v>226</v>
+      </c>
+      <c r="E99" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F99" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G99" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H99" s="193"/>
+    </row>
+    <row r="100" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="190"/>
+      <c r="B100" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C100" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="D100" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="E100" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F100" s="43">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G100" s="44">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H100" s="193"/>
+    </row>
+    <row r="101" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="190"/>
+      <c r="B101" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="C68" s="37" t="s">
-[...205 lines deleted...]
-      <c r="D77" s="9" t="s">
+      <c r="C101" s="29" t="s">
         <v>229</v>
       </c>
-      <c r="E77" s="9" t="s">
-[...15 lines deleted...]
-      <c r="C78" s="8" t="s">
+      <c r="D101" s="29" t="s">
         <v>230</v>
       </c>
-      <c r="D78" s="8" t="s">
+      <c r="E101" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F101" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G101" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H101" s="193"/>
+    </row>
+    <row r="102" spans="1:9" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="191"/>
+      <c r="B102" s="36" t="s">
+        <v>12</v>
+      </c>
+      <c r="C102" s="37" t="s">
         <v>231</v>
       </c>
-      <c r="E78" s="34" t="s">
-[...15 lines deleted...]
-      <c r="C79" s="8" t="s">
+      <c r="D102" s="37" t="s">
         <v>232</v>
       </c>
-      <c r="D79" s="8" t="s">
+      <c r="E102" s="38" t="s">
+        <v>147</v>
+      </c>
+      <c r="F102" s="39">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G102" s="48">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H102" s="194"/>
+    </row>
+    <row r="103" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="189">
+        <v>2018</v>
+      </c>
+      <c r="B103" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C103" s="9" t="s">
         <v>233</v>
       </c>
-      <c r="E79" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C80" s="8" t="s">
+      <c r="D103" s="9" t="s">
         <v>234</v>
       </c>
-      <c r="D80" s="8" t="s">
+      <c r="E103" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F103" s="24">
+        <v>0.74939999999999996</v>
+      </c>
+      <c r="G103" s="25">
+        <v>0.63698999999999995</v>
+      </c>
+      <c r="H103" s="192">
+        <v>2.6071200000000001</v>
+      </c>
+      <c r="I103" s="136"/>
+    </row>
+    <row r="104" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="190"/>
+      <c r="B104" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C104" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="D104" s="9" t="s">
+        <v>234</v>
+      </c>
+      <c r="E104" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="F104" s="28">
+        <v>1.0507</v>
+      </c>
+      <c r="G104" s="49">
+        <v>1.0507</v>
+      </c>
+      <c r="H104" s="193"/>
+    </row>
+    <row r="105" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="190"/>
+      <c r="B105" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C105" s="9" t="s">
         <v>235</v>
       </c>
-      <c r="E80" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C81" s="47" t="s">
+      <c r="D105" s="9" t="s">
+        <v>234</v>
+      </c>
+      <c r="E105" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F105" s="24">
+        <v>1.06E-2</v>
+      </c>
+      <c r="G105" s="25">
+        <v>9.0100000000000006E-3</v>
+      </c>
+      <c r="H105" s="193"/>
+    </row>
+    <row r="106" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="190"/>
+      <c r="B106" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C106" s="8" t="s">
         <v>236</v>
       </c>
-      <c r="D81" s="47" t="s">
+      <c r="D106" s="8" t="s">
         <v>237</v>
       </c>
-      <c r="E81" s="27" t="s">
-[...12 lines deleted...]
-      <c r="B82" s="13" t="s">
+      <c r="E106" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F106" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G106" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H106" s="193"/>
+    </row>
+    <row r="107" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="190"/>
+      <c r="B107" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C107" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="D107" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="E107" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F107" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G107" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H107" s="193"/>
+    </row>
+    <row r="108" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="190"/>
+      <c r="B108" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C108" s="8" t="s">
+        <v>240</v>
+      </c>
+      <c r="D108" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="E108" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F108" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G108" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H108" s="193"/>
+    </row>
+    <row r="109" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="190"/>
+      <c r="B109" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C109" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="D109" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="E109" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F109" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G109" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H109" s="193"/>
+    </row>
+    <row r="110" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="190"/>
+      <c r="B110" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C110" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="D110" s="8" t="s">
+        <v>245</v>
+      </c>
+      <c r="E110" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F110" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G110" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H110" s="193"/>
+    </row>
+    <row r="111" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="190"/>
+      <c r="B111" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C111" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="D111" s="9" t="s">
+        <v>247</v>
+      </c>
+      <c r="E111" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="F111" s="32">
+        <v>0.624</v>
+      </c>
+      <c r="G111" s="25">
+        <v>0.624</v>
+      </c>
+      <c r="H111" s="193"/>
+    </row>
+    <row r="112" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="190"/>
+      <c r="B112" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C112" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="D112" s="9" t="s">
+        <v>247</v>
+      </c>
+      <c r="E112" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F112" s="24">
+        <v>0.12520000000000001</v>
+      </c>
+      <c r="G112" s="25">
+        <v>0.10642</v>
+      </c>
+      <c r="H112" s="193"/>
+    </row>
+    <row r="113" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="190"/>
+      <c r="B113" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="D113" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="E113" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F113" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G113" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H113" s="193"/>
+    </row>
+    <row r="114" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="190"/>
+      <c r="B114" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C114" s="11" t="s">
+        <v>250</v>
+      </c>
+      <c r="D114" s="8" t="s">
+        <v>251</v>
+      </c>
+      <c r="E114" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F114" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G114" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H114" s="193"/>
+    </row>
+    <row r="115" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="190"/>
+      <c r="B115" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="D115" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="E115" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F115" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G115" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H115" s="193"/>
+    </row>
+    <row r="116" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="190"/>
+      <c r="B116" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="C82" s="8" t="s">
-[...40 lines deleted...]
-      <c r="B84" s="36" t="s">
+      <c r="C116" s="47" t="s">
+        <v>254</v>
+      </c>
+      <c r="D116" s="47" t="s">
+        <v>255</v>
+      </c>
+      <c r="E116" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="F116" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G116" s="42">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H116" s="193"/>
+    </row>
+    <row r="117" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="190"/>
+      <c r="B117" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="D117" s="8" t="s">
+        <v>257</v>
+      </c>
+      <c r="E117" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F117" s="43">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G117" s="44">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H117" s="193"/>
+    </row>
+    <row r="118" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="190"/>
+      <c r="B118" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="C84" s="37" t="s">
-[...205 lines deleted...]
-      <c r="D93" s="9" t="s">
+      <c r="C118" s="29" t="s">
         <v>258</v>
       </c>
-      <c r="E93" s="9" t="s">
-[...37 lines deleted...]
-      <c r="C95" s="8" t="s">
+      <c r="D118" s="29" t="s">
         <v>259</v>
       </c>
-      <c r="D95" s="8" t="s">
+      <c r="E118" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F118" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G118" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H118" s="193"/>
+    </row>
+    <row r="119" spans="1:9" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="191"/>
+      <c r="B119" s="36" t="s">
+        <v>12</v>
+      </c>
+      <c r="C119" s="37" t="s">
         <v>260</v>
       </c>
-      <c r="E95" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C96" s="11" t="s">
+      <c r="D119" s="37" t="s">
         <v>261</v>
       </c>
-      <c r="D96" s="8" t="s">
+      <c r="E119" s="38" t="s">
+        <v>147</v>
+      </c>
+      <c r="F119" s="39">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G119" s="48">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H119" s="194"/>
+    </row>
+    <row r="120" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="179">
+        <v>2017</v>
+      </c>
+      <c r="B120" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C120" s="9" t="s">
         <v>262</v>
       </c>
-      <c r="E96" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C97" s="8" t="s">
+      <c r="D120" s="9" t="s">
         <v>263</v>
       </c>
-      <c r="D97" s="8" t="s">
+      <c r="E120" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F120" s="24">
+        <v>1.1488</v>
+      </c>
+      <c r="G120" s="25">
+        <v>0.97650000000000003</v>
+      </c>
+      <c r="H120" s="175">
+        <v>2.7126750000000017</v>
+      </c>
+      <c r="I120" s="136"/>
+    </row>
+    <row r="121" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="180"/>
+      <c r="B121" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C121" s="9" t="s">
+        <v>262</v>
+      </c>
+      <c r="D121" s="9" t="s">
+        <v>263</v>
+      </c>
+      <c r="E121" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="F121" s="28">
+        <v>0.96379999999999999</v>
+      </c>
+      <c r="G121" s="24">
+        <v>0.96379999999999999</v>
+      </c>
+      <c r="H121" s="182"/>
+    </row>
+    <row r="122" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="180"/>
+      <c r="B122" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C122" s="9" t="s">
+        <v>262</v>
+      </c>
+      <c r="D122" s="9" t="s">
+        <v>263</v>
+      </c>
+      <c r="E122" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="F122" s="24">
+        <v>0.13039999999999999</v>
+      </c>
+      <c r="G122" s="50">
+        <v>0.13039999999999999</v>
+      </c>
+      <c r="H122" s="182"/>
+    </row>
+    <row r="123" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="180"/>
+      <c r="B123" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C123" s="9" t="s">
         <v>264</v>
       </c>
-      <c r="E97" s="27" t="s">
-[...15 lines deleted...]
-      <c r="C98" s="47" t="s">
+      <c r="D123" s="9" t="s">
+        <v>263</v>
+      </c>
+      <c r="E123" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F123" s="24">
+        <v>0.14449999999999999</v>
+      </c>
+      <c r="G123" s="25">
+        <v>0.122825</v>
+      </c>
+      <c r="H123" s="182"/>
+    </row>
+    <row r="124" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="180"/>
+      <c r="B124" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C124" s="51" t="s">
         <v>265</v>
       </c>
-      <c r="D98" s="47" t="s">
+      <c r="D124" s="52" t="s">
         <v>266</v>
       </c>
-      <c r="E98" s="27" t="s">
-[...12 lines deleted...]
-      <c r="B99" s="13" t="s">
+      <c r="E124" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F124" s="54">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G124" s="55">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H124" s="182"/>
+    </row>
+    <row r="125" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="180"/>
+      <c r="B125" s="35" t="s">
+        <v>44</v>
+      </c>
+      <c r="C125" s="52" t="s">
+        <v>267</v>
+      </c>
+      <c r="D125" s="52" t="s">
+        <v>268</v>
+      </c>
+      <c r="E125" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F125" s="43">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G125" s="44">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H125" s="182"/>
+    </row>
+    <row r="126" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="180"/>
+      <c r="B126" s="35" t="s">
+        <v>41</v>
+      </c>
+      <c r="C126" s="52" t="s">
+        <v>269</v>
+      </c>
+      <c r="D126" s="52" t="s">
+        <v>270</v>
+      </c>
+      <c r="E126" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F126" s="43">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G126" s="44">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H126" s="182"/>
+    </row>
+    <row r="127" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="180"/>
+      <c r="B127" s="35" t="s">
+        <v>38</v>
+      </c>
+      <c r="C127" s="51" t="s">
+        <v>271</v>
+      </c>
+      <c r="D127" s="52" t="s">
+        <v>272</v>
+      </c>
+      <c r="E127" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F127" s="43">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G127" s="44">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H127" s="182"/>
+    </row>
+    <row r="128" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="180"/>
+      <c r="B128" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C128" s="9" t="s">
+        <v>273</v>
+      </c>
+      <c r="D128" s="22" t="s">
+        <v>274</v>
+      </c>
+      <c r="E128" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F128" s="24">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="G128" s="49">
+        <v>0.33915000000000001</v>
+      </c>
+      <c r="H128" s="182"/>
+    </row>
+    <row r="129" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="180"/>
+      <c r="B129" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C129" s="51" t="s">
+        <v>275</v>
+      </c>
+      <c r="D129" s="51" t="s">
+        <v>276</v>
+      </c>
+      <c r="E129" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F129" s="54">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G129" s="55">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H129" s="182"/>
+    </row>
+    <row r="130" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="180"/>
+      <c r="B130" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C130" s="51" t="s">
+        <v>277</v>
+      </c>
+      <c r="D130" s="51" t="s">
+        <v>278</v>
+      </c>
+      <c r="E130" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F130" s="54">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G130" s="55">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H130" s="182"/>
+    </row>
+    <row r="131" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="180"/>
+      <c r="B131" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C131" s="51" t="s">
+        <v>279</v>
+      </c>
+      <c r="D131" s="51" t="s">
+        <v>280</v>
+      </c>
+      <c r="E131" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F131" s="54">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G131" s="55">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H131" s="182"/>
+    </row>
+    <row r="132" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="180"/>
+      <c r="B132" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C132" s="51" t="s">
+        <v>281</v>
+      </c>
+      <c r="D132" s="51" t="s">
+        <v>282</v>
+      </c>
+      <c r="E132" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F132" s="54">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G132" s="55">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H132" s="182"/>
+    </row>
+    <row r="133" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="180"/>
+      <c r="B133" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="C99" s="8" t="s">
-[...40 lines deleted...]
-      <c r="B101" s="36" t="s">
+      <c r="C133" s="51" t="s">
+        <v>283</v>
+      </c>
+      <c r="D133" s="51" t="s">
+        <v>284</v>
+      </c>
+      <c r="E133" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F133" s="54">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G133" s="55">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H133" s="182"/>
+    </row>
+    <row r="134" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="180"/>
+      <c r="B134" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="C134" s="57" t="s">
+        <v>285</v>
+      </c>
+      <c r="D134" s="57" t="s">
+        <v>286</v>
+      </c>
+      <c r="E134" s="58" t="s">
+        <v>147</v>
+      </c>
+      <c r="F134" s="59">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G134" s="60">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H134" s="182"/>
+    </row>
+    <row r="135" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="180"/>
+      <c r="B135" s="61" t="s">
         <v>16</v>
       </c>
-      <c r="C101" s="37" t="s">
-[...211 lines deleted...]
-      <c r="F110" s="24">
+      <c r="C135" s="62" t="s">
+        <v>287</v>
+      </c>
+      <c r="D135" s="62" t="s">
+        <v>288</v>
+      </c>
+      <c r="E135" s="63" t="s">
+        <v>147</v>
+      </c>
+      <c r="F135" s="64">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G135" s="65">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H135" s="182"/>
+    </row>
+    <row r="136" spans="1:9" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="181"/>
+      <c r="B136" s="66" t="s">
+        <v>12</v>
+      </c>
+      <c r="C136" s="67" t="s">
+        <v>289</v>
+      </c>
+      <c r="D136" s="67" t="s">
+        <v>290</v>
+      </c>
+      <c r="E136" s="68" t="s">
+        <v>147</v>
+      </c>
+      <c r="F136" s="69">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G136" s="70">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H136" s="183"/>
+    </row>
+    <row r="137" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="71"/>
+      <c r="B137" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C137" s="9" t="s">
+        <v>291</v>
+      </c>
+      <c r="D137" s="72" t="s">
+        <v>292</v>
+      </c>
+      <c r="E137" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F137" s="24">
+        <v>0.77539999999999998</v>
+      </c>
+      <c r="G137" s="73">
+        <v>0.65908999999999995</v>
+      </c>
+      <c r="H137" s="175">
+        <v>1.5789299999999999</v>
+      </c>
+      <c r="I137" s="136"/>
+    </row>
+    <row r="138" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="184">
+        <v>2016</v>
+      </c>
+      <c r="B138" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C138" s="22" t="s">
+        <v>293</v>
+      </c>
+      <c r="D138" s="74" t="s">
+        <v>292</v>
+      </c>
+      <c r="E138" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F138" s="24">
+        <v>0.47139999999999999</v>
+      </c>
+      <c r="G138" s="49">
+        <v>0.40068999999999999</v>
+      </c>
+      <c r="H138" s="182"/>
+    </row>
+    <row r="139" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="184"/>
+      <c r="B139" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C139" s="51" t="s">
+        <v>294</v>
+      </c>
+      <c r="D139" s="75" t="s">
+        <v>295</v>
+      </c>
+      <c r="E139" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F139" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G139" s="65">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H139" s="182"/>
+    </row>
+    <row r="140" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="184"/>
+      <c r="B140" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C140" s="51" t="s">
+        <v>296</v>
+      </c>
+      <c r="D140" s="51" t="s">
+        <v>297</v>
+      </c>
+      <c r="E140" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F140" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G140" s="65">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H140" s="182"/>
+    </row>
+    <row r="141" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="184"/>
+      <c r="B141" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C141" s="53" t="s">
+        <v>298</v>
+      </c>
+      <c r="D141" s="53" t="s">
+        <v>299</v>
+      </c>
+      <c r="E141" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F141" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G141" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H141" s="182"/>
+    </row>
+    <row r="142" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="184"/>
+      <c r="B142" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="C142" s="53" t="s">
+        <v>300</v>
+      </c>
+      <c r="D142" s="53" t="s">
+        <v>301</v>
+      </c>
+      <c r="E142" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F142" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G142" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H142" s="182"/>
+    </row>
+    <row r="143" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="184"/>
+      <c r="B143" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C143" s="9" t="s">
+        <v>302</v>
+      </c>
+      <c r="D143" s="9" t="s">
+        <v>303</v>
+      </c>
+      <c r="E143" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F143" s="24">
         <v>0.39900000000000002</v>
       </c>
-      <c r="G110" s="49">
+      <c r="G143" s="50">
         <v>0.33915000000000001</v>
       </c>
-      <c r="H110" s="184"/>
-[...113 lines deleted...]
-      <c r="B116" s="56" t="s">
+      <c r="H143" s="182"/>
+    </row>
+    <row r="144" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="184"/>
+      <c r="B144" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C144" s="53" t="s">
+        <v>304</v>
+      </c>
+      <c r="D144" s="53" t="s">
+        <v>305</v>
+      </c>
+      <c r="E144" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F144" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G144" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H144" s="182"/>
+    </row>
+    <row r="145" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="184"/>
+      <c r="B145" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="C145" s="53" t="s">
+        <v>306</v>
+      </c>
+      <c r="D145" s="53" t="s">
+        <v>307</v>
+      </c>
+      <c r="E145" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F145" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G145" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H145" s="182"/>
+    </row>
+    <row r="146" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="184"/>
+      <c r="B146" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="C146" s="53" t="s">
+        <v>308</v>
+      </c>
+      <c r="D146" s="53" t="s">
+        <v>309</v>
+      </c>
+      <c r="E146" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F146" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G146" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H146" s="182"/>
+    </row>
+    <row r="147" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="184"/>
+      <c r="B147" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C147" s="53" t="s">
+        <v>310</v>
+      </c>
+      <c r="D147" s="53" t="s">
+        <v>311</v>
+      </c>
+      <c r="E147" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F147" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G147" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H147" s="182"/>
+    </row>
+    <row r="148" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="184"/>
+      <c r="B148" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="C116" s="57" t="s">
-[...40 lines deleted...]
-      <c r="B118" s="66" t="s">
+      <c r="C148" s="53" t="s">
+        <v>312</v>
+      </c>
+      <c r="D148" s="53" t="s">
+        <v>313</v>
+      </c>
+      <c r="E148" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F148" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G148" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H148" s="182"/>
+    </row>
+    <row r="149" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="184"/>
+      <c r="B149" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C149" s="53" t="s">
+        <v>314</v>
+      </c>
+      <c r="D149" s="53" t="s">
+        <v>315</v>
+      </c>
+      <c r="E149" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F149" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G149" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H149" s="182"/>
+    </row>
+    <row r="150" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="184"/>
+      <c r="B150" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="C118" s="67" t="s">
-[...161 lines deleted...]
-      <c r="D125" s="9" t="s">
+      <c r="C150" s="53" t="s">
+        <v>316</v>
+      </c>
+      <c r="D150" s="53" t="s">
+        <v>317</v>
+      </c>
+      <c r="E150" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="F150" s="76">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G150" s="77">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H150" s="182"/>
+    </row>
+    <row r="151" spans="1:9" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="185"/>
+      <c r="B151" s="78" t="s">
+        <v>12</v>
+      </c>
+      <c r="C151" s="68" t="s">
+        <v>318</v>
+      </c>
+      <c r="D151" s="68" t="s">
+        <v>319</v>
+      </c>
+      <c r="E151" s="68" t="s">
+        <v>147</v>
+      </c>
+      <c r="F151" s="79">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G151" s="80">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H151" s="183"/>
+    </row>
+    <row r="152" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="186">
+        <v>2015</v>
+      </c>
+      <c r="B152" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C152" s="9" t="s">
+        <v>320</v>
+      </c>
+      <c r="D152" s="9" t="s">
         <v>314</v>
       </c>
-      <c r="E125" s="9" t="s">
-[...62 lines deleted...]
-      <c r="D128" s="53" t="s">
+      <c r="E152" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F152" s="28">
+        <v>0.45639999999999997</v>
+      </c>
+      <c r="G152" s="24">
+        <v>0.38794000000000001</v>
+      </c>
+      <c r="H152" s="167">
+        <v>1.23769</v>
+      </c>
+      <c r="I152" s="136"/>
+    </row>
+    <row r="153" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="187"/>
+      <c r="B153" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C153" s="9" t="s">
         <v>320</v>
       </c>
-      <c r="E128" s="53" t="s">
-[...15 lines deleted...]
-      <c r="C129" s="53" t="s">
+      <c r="D153" s="9" t="s">
+        <v>314</v>
+      </c>
+      <c r="E153" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="F153" s="28">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="G153" s="24">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="H153" s="168"/>
+    </row>
+    <row r="154" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="187"/>
+      <c r="B154" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C154" s="9" t="s">
         <v>321</v>
       </c>
-      <c r="D129" s="53" t="s">
+      <c r="D154" s="9" t="s">
+        <v>314</v>
+      </c>
+      <c r="E154" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F154" s="28">
+        <v>0.20899999999999999</v>
+      </c>
+      <c r="G154" s="24">
+        <v>0.17765</v>
+      </c>
+      <c r="H154" s="168"/>
+    </row>
+    <row r="155" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="187"/>
+      <c r="B155" s="81" t="s">
+        <v>47</v>
+      </c>
+      <c r="C155" s="33" t="s">
         <v>322</v>
       </c>
-      <c r="E129" s="53" t="s">
-[...15 lines deleted...]
-      <c r="C130" s="53" t="s">
+      <c r="D155" s="33" t="s">
         <v>323</v>
       </c>
-      <c r="D130" s="53" t="s">
+      <c r="E155" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F155" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G155" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H155" s="168"/>
+    </row>
+    <row r="156" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="187"/>
+      <c r="B156" s="81" t="s">
+        <v>44</v>
+      </c>
+      <c r="C156" s="33" t="s">
         <v>324</v>
       </c>
-      <c r="E130" s="53" t="s">
-[...12 lines deleted...]
-      <c r="B131" s="13" t="s">
+      <c r="D156" s="33" t="s">
+        <v>325</v>
+      </c>
+      <c r="E156" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F156" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G156" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H156" s="168"/>
+    </row>
+    <row r="157" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="187"/>
+      <c r="B157" s="81" t="s">
+        <v>41</v>
+      </c>
+      <c r="C157" s="33" t="s">
+        <v>326</v>
+      </c>
+      <c r="D157" s="33" t="s">
+        <v>327</v>
+      </c>
+      <c r="E157" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F157" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G157" s="83">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H157" s="168"/>
+    </row>
+    <row r="158" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="187"/>
+      <c r="B158" s="81" t="s">
+        <v>38</v>
+      </c>
+      <c r="C158" s="33" t="s">
+        <v>328</v>
+      </c>
+      <c r="D158" s="33" t="s">
+        <v>329</v>
+      </c>
+      <c r="E158" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F158" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G158" s="83">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H158" s="168"/>
+    </row>
+    <row r="159" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="187"/>
+      <c r="B159" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C159" s="9" t="s">
+        <v>330</v>
+      </c>
+      <c r="D159" s="9" t="s">
+        <v>331</v>
+      </c>
+      <c r="E159" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F159" s="24">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="G159" s="50">
+        <v>0.29409999999999997</v>
+      </c>
+      <c r="H159" s="168"/>
+    </row>
+    <row r="160" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="187"/>
+      <c r="B160" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="C160" s="33" t="s">
+        <v>332</v>
+      </c>
+      <c r="D160" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="E160" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F160" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G160" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H160" s="168"/>
+    </row>
+    <row r="161" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="187"/>
+      <c r="B161" s="81" t="s">
+        <v>32</v>
+      </c>
+      <c r="C161" s="33" t="s">
+        <v>334</v>
+      </c>
+      <c r="D161" s="33" t="s">
+        <v>335</v>
+      </c>
+      <c r="E161" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F161" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G161" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H161" s="168"/>
+    </row>
+    <row r="162" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="187"/>
+      <c r="B162" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="C162" s="33" t="s">
+        <v>336</v>
+      </c>
+      <c r="D162" s="33" t="s">
+        <v>337</v>
+      </c>
+      <c r="E162" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F162" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G162" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H162" s="168"/>
+    </row>
+    <row r="163" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="187"/>
+      <c r="B163" s="81" t="s">
+        <v>26</v>
+      </c>
+      <c r="C163" s="33" t="s">
+        <v>338</v>
+      </c>
+      <c r="D163" s="33" t="s">
+        <v>339</v>
+      </c>
+      <c r="E163" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F163" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G163" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H163" s="168"/>
+    </row>
+    <row r="164" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="187"/>
+      <c r="B164" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C131" s="53" t="s">
-[...40 lines deleted...]
-      <c r="B133" s="78" t="s">
+      <c r="C164" s="33" t="s">
+        <v>340</v>
+      </c>
+      <c r="D164" s="33" t="s">
+        <v>341</v>
+      </c>
+      <c r="E164" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F164" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G164" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H164" s="168"/>
+    </row>
+    <row r="165" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="187"/>
+      <c r="B165" s="81" t="s">
+        <v>19</v>
+      </c>
+      <c r="C165" s="33" t="s">
+        <v>342</v>
+      </c>
+      <c r="D165" s="33" t="s">
+        <v>343</v>
+      </c>
+      <c r="E165" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F165" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G165" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H165" s="168"/>
+    </row>
+    <row r="166" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="187"/>
+      <c r="B166" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C133" s="68" t="s">
-[...205 lines deleted...]
-      <c r="D142" s="33" t="s">
+      <c r="C166" s="33" t="s">
         <v>344</v>
       </c>
-      <c r="E142" s="33" t="s">
-[...15 lines deleted...]
-      <c r="C143" s="33" t="s">
+      <c r="D166" s="33" t="s">
         <v>345</v>
       </c>
-      <c r="D143" s="33" t="s">
+      <c r="E166" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F166" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G166" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H166" s="168"/>
+    </row>
+    <row r="167" spans="1:9" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="188"/>
+      <c r="B167" s="85" t="s">
+        <v>12</v>
+      </c>
+      <c r="C167" s="38" t="s">
         <v>346</v>
       </c>
-      <c r="E143" s="33" t="s">
-[...15 lines deleted...]
-      <c r="C144" s="33" t="s">
+      <c r="D167" s="38" t="s">
         <v>347</v>
       </c>
-      <c r="D144" s="33" t="s">
+      <c r="E167" s="38" t="s">
+        <v>147</v>
+      </c>
+      <c r="F167" s="86">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G167" s="87">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H167" s="169"/>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A168" s="164">
+        <v>2014</v>
+      </c>
+      <c r="B168" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C168" s="9" t="s">
         <v>348</v>
       </c>
-      <c r="E144" s="33" t="s">
-[...15 lines deleted...]
-      <c r="C145" s="33" t="s">
+      <c r="D168" s="9" t="s">
         <v>349</v>
       </c>
-      <c r="D145" s="33" t="s">
+      <c r="E168" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F168" s="24">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="G168" s="50">
+        <v>0.45729999999999998</v>
+      </c>
+      <c r="H168" s="167">
+        <v>1.220326</v>
+      </c>
+      <c r="I168" s="136"/>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A169" s="165"/>
+      <c r="B169" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C169" s="9" t="s">
+        <v>348</v>
+      </c>
+      <c r="D169" s="9" t="s">
+        <v>349</v>
+      </c>
+      <c r="E169" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="F169" s="24">
+        <v>0.30630000000000002</v>
+      </c>
+      <c r="G169" s="50">
+        <v>0.30630000000000002</v>
+      </c>
+      <c r="H169" s="168"/>
+    </row>
+    <row r="170" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="165"/>
+      <c r="B170" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C170" s="34" t="s">
         <v>350</v>
       </c>
-      <c r="E145" s="33" t="s">
-[...15 lines deleted...]
-      <c r="C146" s="33" t="s">
+      <c r="D170" s="34" t="s">
         <v>351</v>
       </c>
-      <c r="D146" s="33" t="s">
+      <c r="E170" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F170" s="83">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G170" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H170" s="168"/>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A171" s="165"/>
+      <c r="B171" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C171" s="34" t="s">
         <v>352</v>
       </c>
-      <c r="E146" s="33" t="s">
-[...12 lines deleted...]
-      <c r="B147" s="81" t="s">
+      <c r="D171" s="34" t="s">
+        <v>353</v>
+      </c>
+      <c r="E171" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F171" s="83">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G171" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H171" s="168"/>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A172" s="165"/>
+      <c r="B172" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C172" s="34" t="s">
+        <v>354</v>
+      </c>
+      <c r="D172" s="34" t="s">
+        <v>355</v>
+      </c>
+      <c r="E172" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F172" s="83">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G172" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H172" s="168"/>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A173" s="165"/>
+      <c r="B173" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C173" s="34" t="s">
+        <v>356</v>
+      </c>
+      <c r="D173" s="34" t="s">
+        <v>357</v>
+      </c>
+      <c r="E173" s="34" t="s">
+        <v>147</v>
+      </c>
+      <c r="F173" s="83">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G173" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H173" s="168"/>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A174" s="165"/>
+      <c r="B174" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C174" s="9" t="s">
+        <v>358</v>
+      </c>
+      <c r="D174" s="9" t="s">
+        <v>359</v>
+      </c>
+      <c r="E174" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F174" s="24">
+        <v>0.32556000000000002</v>
+      </c>
+      <c r="G174" s="50">
+        <v>0.27672600000000003</v>
+      </c>
+      <c r="H174" s="168"/>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A175" s="165"/>
+      <c r="B175" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="C175" s="33" t="s">
+        <v>360</v>
+      </c>
+      <c r="D175" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="E175" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F175" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G175" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H175" s="168"/>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A176" s="165"/>
+      <c r="B176" s="81" t="s">
+        <v>32</v>
+      </c>
+      <c r="C176" s="33" t="s">
+        <v>362</v>
+      </c>
+      <c r="D176" s="33" t="s">
+        <v>363</v>
+      </c>
+      <c r="E176" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F176" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G176" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H176" s="168"/>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A177" s="165"/>
+      <c r="B177" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="C177" s="33" t="s">
+        <v>364</v>
+      </c>
+      <c r="D177" s="33" t="s">
+        <v>365</v>
+      </c>
+      <c r="E177" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F177" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G177" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H177" s="168"/>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A178" s="165"/>
+      <c r="B178" s="81" t="s">
+        <v>26</v>
+      </c>
+      <c r="C178" s="33" t="s">
+        <v>366</v>
+      </c>
+      <c r="D178" s="33" t="s">
+        <v>367</v>
+      </c>
+      <c r="E178" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F178" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G178" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H178" s="168"/>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A179" s="165"/>
+      <c r="B179" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C147" s="33" t="s">
-[...40 lines deleted...]
-      <c r="B149" s="85" t="s">
+      <c r="C179" s="33" t="s">
+        <v>368</v>
+      </c>
+      <c r="D179" s="33" t="s">
+        <v>369</v>
+      </c>
+      <c r="E179" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F179" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G179" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H179" s="168"/>
+    </row>
+    <row r="180" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A180" s="165"/>
+      <c r="B180" s="81" t="s">
+        <v>19</v>
+      </c>
+      <c r="C180" s="33" t="s">
+        <v>370</v>
+      </c>
+      <c r="D180" s="33" t="s">
+        <v>371</v>
+      </c>
+      <c r="E180" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F180" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G180" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H180" s="168"/>
+    </row>
+    <row r="181" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A181" s="165"/>
+      <c r="B181" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C149" s="38" t="s">
-[...161 lines deleted...]
-      <c r="D156" s="9" t="s">
+      <c r="C181" s="33" t="s">
+        <v>372</v>
+      </c>
+      <c r="D181" s="33" t="s">
+        <v>373</v>
+      </c>
+      <c r="E181" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F181" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G181" s="84">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H181" s="168"/>
+    </row>
+    <row r="182" spans="1:9" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A182" s="166"/>
+      <c r="B182" s="85" t="s">
+        <v>12</v>
+      </c>
+      <c r="C182" s="38" t="s">
+        <v>374</v>
+      </c>
+      <c r="D182" s="38" t="s">
+        <v>375</v>
+      </c>
+      <c r="E182" s="38" t="s">
+        <v>147</v>
+      </c>
+      <c r="F182" s="86">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G182" s="87">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H182" s="169"/>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A183" s="164">
+        <v>2013</v>
+      </c>
+      <c r="B183" s="88" t="s">
+        <v>16</v>
+      </c>
+      <c r="C183" s="89" t="s">
+        <v>376</v>
+      </c>
+      <c r="D183" s="89" t="s">
         <v>370</v>
       </c>
-      <c r="E156" s="9" t="s">
-[...81 lines deleted...]
-      <c r="C160" s="33" t="s">
+      <c r="E183" s="89" t="s">
+        <v>201</v>
+      </c>
+      <c r="F183" s="90">
+        <v>0.52359999999999995</v>
+      </c>
+      <c r="G183" s="73">
+        <v>0.44506000000000001</v>
+      </c>
+      <c r="H183" s="167">
+        <v>1.03392</v>
+      </c>
+      <c r="I183" s="136"/>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A184" s="165"/>
+      <c r="B184" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C184" s="9" t="s">
         <v>377</v>
       </c>
-      <c r="D160" s="33" t="s">
+      <c r="D184" s="9" t="s">
+        <v>370</v>
+      </c>
+      <c r="E184" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F184" s="24">
+        <v>0.2036</v>
+      </c>
+      <c r="G184" s="49">
+        <v>0.17305999999999999</v>
+      </c>
+      <c r="H184" s="170"/>
+    </row>
+    <row r="185" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="165"/>
+      <c r="B185" s="81" t="s">
+        <v>47</v>
+      </c>
+      <c r="C185" s="33" t="s">
         <v>378</v>
       </c>
-      <c r="E160" s="33" t="s">
-[...15 lines deleted...]
-      <c r="C161" s="33" t="s">
+      <c r="D185" s="33" t="s">
+        <v>351</v>
+      </c>
+      <c r="E185" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F185" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G185" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H185" s="170"/>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A186" s="165"/>
+      <c r="B186" s="81" t="s">
+        <v>44</v>
+      </c>
+      <c r="C186" s="33" t="s">
         <v>379</v>
       </c>
-      <c r="D161" s="33" t="s">
+      <c r="D186" s="33" t="s">
         <v>380</v>
       </c>
-      <c r="E161" s="33" t="s">
-[...12 lines deleted...]
-      <c r="B162" s="81" t="s">
+      <c r="E186" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F186" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G186" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H186" s="170"/>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A187" s="165"/>
+      <c r="B187" s="81" t="s">
+        <v>41</v>
+      </c>
+      <c r="C187" s="33" t="s">
+        <v>381</v>
+      </c>
+      <c r="D187" s="33" t="s">
+        <v>382</v>
+      </c>
+      <c r="E187" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F187" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G187" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H187" s="170"/>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A188" s="165"/>
+      <c r="B188" s="81" t="s">
+        <v>38</v>
+      </c>
+      <c r="C188" s="33" t="s">
+        <v>383</v>
+      </c>
+      <c r="D188" s="33" t="s">
+        <v>384</v>
+      </c>
+      <c r="E188" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F188" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G188" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H188" s="170"/>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A189" s="165"/>
+      <c r="B189" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C189" s="9" t="s">
+        <v>385</v>
+      </c>
+      <c r="D189" s="9" t="s">
+        <v>386</v>
+      </c>
+      <c r="E189" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F189" s="24">
+        <v>0.27739999999999998</v>
+      </c>
+      <c r="G189" s="49">
+        <v>0.23580000000000001</v>
+      </c>
+      <c r="H189" s="170"/>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A190" s="165"/>
+      <c r="B190" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="C190" s="33" t="s">
+        <v>387</v>
+      </c>
+      <c r="D190" s="33" t="s">
+        <v>388</v>
+      </c>
+      <c r="E190" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F190" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G190" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H190" s="170"/>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A191" s="165"/>
+      <c r="B191" s="81" t="s">
+        <v>32</v>
+      </c>
+      <c r="C191" s="33" t="s">
+        <v>389</v>
+      </c>
+      <c r="D191" s="33" t="s">
+        <v>390</v>
+      </c>
+      <c r="E191" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F191" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G191" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H191" s="170"/>
+    </row>
+    <row r="192" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A192" s="165"/>
+      <c r="B192" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="C192" s="33" t="s">
+        <v>391</v>
+      </c>
+      <c r="D192" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="E192" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F192" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G192" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H192" s="170"/>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A193" s="165"/>
+      <c r="B193" s="81" t="s">
+        <v>26</v>
+      </c>
+      <c r="C193" s="33" t="s">
+        <v>393</v>
+      </c>
+      <c r="D193" s="33" t="s">
+        <v>394</v>
+      </c>
+      <c r="E193" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F193" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G193" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H193" s="170"/>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A194" s="165"/>
+      <c r="B194" s="81" t="s">
         <v>23</v>
       </c>
-      <c r="C162" s="33" t="s">
-[...40 lines deleted...]
-      <c r="B164" s="85" t="s">
+      <c r="C194" s="33" t="s">
+        <v>395</v>
+      </c>
+      <c r="D194" s="33" t="s">
+        <v>396</v>
+      </c>
+      <c r="E194" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F194" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G194" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H194" s="170"/>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A195" s="165"/>
+      <c r="B195" s="81" t="s">
+        <v>19</v>
+      </c>
+      <c r="C195" s="33" t="s">
+        <v>397</v>
+      </c>
+      <c r="D195" s="33" t="s">
+        <v>398</v>
+      </c>
+      <c r="E195" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F195" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G195" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H195" s="170"/>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A196" s="165"/>
+      <c r="B196" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C164" s="38" t="s">
-[...167 lines deleted...]
-      <c r="F171" s="24">
+      <c r="C196" s="33" t="s">
+        <v>399</v>
+      </c>
+      <c r="D196" s="33" t="s">
+        <v>400</v>
+      </c>
+      <c r="E196" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F196" s="82">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G196" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H196" s="170"/>
+    </row>
+    <row r="197" spans="1:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="166"/>
+      <c r="B197" s="91" t="s">
+        <v>12</v>
+      </c>
+      <c r="C197" s="92" t="s">
+        <v>401</v>
+      </c>
+      <c r="D197" s="92" t="s">
+        <v>402</v>
+      </c>
+      <c r="E197" s="92" t="s">
+        <v>147</v>
+      </c>
+      <c r="F197" s="93">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G197" s="94">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H197" s="171"/>
+    </row>
+    <row r="198" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="172">
+        <v>2012</v>
+      </c>
+      <c r="B198" s="88" t="s">
+        <v>19</v>
+      </c>
+      <c r="C198" s="72" t="s">
+        <v>403</v>
+      </c>
+      <c r="D198" s="72" t="s">
+        <v>404</v>
+      </c>
+      <c r="E198" s="72" t="s">
+        <v>201</v>
+      </c>
+      <c r="F198" s="95">
+        <v>0.38240000000000002</v>
+      </c>
+      <c r="G198" s="73">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="H198" s="175">
+        <v>1.0000000000000002</v>
+      </c>
+      <c r="I198" s="136"/>
+    </row>
+    <row r="199" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="173"/>
+      <c r="B199" s="96" t="s">
+        <v>47</v>
+      </c>
+      <c r="C199" s="74" t="s">
+        <v>405</v>
+      </c>
+      <c r="D199" s="74" t="s">
+        <v>404</v>
+      </c>
+      <c r="E199" s="74" t="s">
+        <v>205</v>
+      </c>
+      <c r="F199" s="28">
+        <v>0.312</v>
+      </c>
+      <c r="G199" s="49">
+        <v>0.26519999999999999</v>
+      </c>
+      <c r="H199" s="176"/>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A200" s="173"/>
+      <c r="B200" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C200" s="97" t="s">
+        <v>406</v>
+      </c>
+      <c r="D200" s="97" t="s">
+        <v>407</v>
+      </c>
+      <c r="E200" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F200" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G200" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H200" s="176"/>
+    </row>
+    <row r="201" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="173"/>
+      <c r="B201" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C201" s="97" t="s">
+        <v>408</v>
+      </c>
+      <c r="D201" s="97" t="s">
+        <v>409</v>
+      </c>
+      <c r="E201" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F201" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G201" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H201" s="176"/>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A202" s="173"/>
+      <c r="B202" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C202" s="97" t="s">
+        <v>410</v>
+      </c>
+      <c r="D202" s="97" t="s">
+        <v>411</v>
+      </c>
+      <c r="E202" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F202" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G202" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H202" s="176"/>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A203" s="173"/>
+      <c r="B203" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C203" s="97" t="s">
+        <v>412</v>
+      </c>
+      <c r="D203" s="97" t="s">
+        <v>413</v>
+      </c>
+      <c r="E203" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F203" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G203" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H203" s="176"/>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A204" s="173"/>
+      <c r="B204" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="C204" s="97" t="s">
+        <v>414</v>
+      </c>
+      <c r="D204" s="97" t="s">
+        <v>415</v>
+      </c>
+      <c r="E204" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F204" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G204" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H204" s="176"/>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A205" s="173"/>
+      <c r="B205" s="96" t="s">
+        <v>35</v>
+      </c>
+      <c r="C205" s="74" t="s">
+        <v>416</v>
+      </c>
+      <c r="D205" s="74" t="s">
+        <v>417</v>
+      </c>
+      <c r="E205" s="74" t="s">
+        <v>201</v>
+      </c>
+      <c r="F205" s="28">
         <v>0.27739999999999998</v>
       </c>
-      <c r="G171" s="49">
+      <c r="G205" s="49">
         <v>0.23580000000000001</v>
       </c>
-      <c r="H171" s="162"/>
-[...113 lines deleted...]
-      <c r="B177" s="81" t="s">
+      <c r="H205" s="176"/>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A206" s="173"/>
+      <c r="B206" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="C206" s="97" t="s">
+        <v>418</v>
+      </c>
+      <c r="D206" s="97" t="s">
+        <v>416</v>
+      </c>
+      <c r="E206" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F206" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G206" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H206" s="176"/>
+    </row>
+    <row r="207" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A207" s="173"/>
+      <c r="B207" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="C207" s="97" t="s">
+        <v>419</v>
+      </c>
+      <c r="D207" s="97" t="s">
+        <v>420</v>
+      </c>
+      <c r="E207" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F207" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G207" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H207" s="176"/>
+    </row>
+    <row r="208" spans="1:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="173"/>
+      <c r="B208" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C208" s="97" t="s">
+        <v>421</v>
+      </c>
+      <c r="D208" s="97" t="s">
+        <v>422</v>
+      </c>
+      <c r="E208" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F208" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G208" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H208" s="176"/>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A209" s="173"/>
+      <c r="B209" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="C177" s="33" t="s">
-[...40 lines deleted...]
-      <c r="B179" s="91" t="s">
+      <c r="C209" s="97" t="s">
+        <v>423</v>
+      </c>
+      <c r="D209" s="97" t="s">
+        <v>424</v>
+      </c>
+      <c r="E209" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F209" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G209" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H209" s="176"/>
+    </row>
+    <row r="210" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A210" s="173"/>
+      <c r="B210" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C210" s="97" t="s">
+        <v>425</v>
+      </c>
+      <c r="D210" s="97" t="s">
+        <v>426</v>
+      </c>
+      <c r="E210" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F210" s="45">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="G210" s="46">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="H210" s="176"/>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A211" s="173"/>
+      <c r="B211" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="C179" s="92" t="s">
-[...158 lines deleted...]
-      <c r="C186" s="97" t="s">
+      <c r="C211" s="97" t="s">
+        <v>427</v>
+      </c>
+      <c r="D211" s="97" t="s">
+        <v>428</v>
+      </c>
+      <c r="E211" s="97" t="s">
+        <v>147</v>
+      </c>
+      <c r="F211" s="45">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G211" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H211" s="176"/>
+    </row>
+    <row r="212" spans="1:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="174"/>
+      <c r="B212" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C212" s="98" t="s">
+        <v>429</v>
+      </c>
+      <c r="D212" s="98" t="s">
+        <v>430</v>
+      </c>
+      <c r="E212" s="98" t="s">
+        <v>147</v>
+      </c>
+      <c r="F212" s="40">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G212" s="99">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H212" s="177"/>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A213" s="164">
+        <v>2011</v>
+      </c>
+      <c r="B213" s="41" t="s">
+        <v>16</v>
+      </c>
+      <c r="C213" s="22" t="s">
         <v>425</v>
       </c>
-      <c r="D186" s="97" t="s">
-[...65 lines deleted...]
-      <c r="D189" s="97" t="s">
+      <c r="D213" s="22" t="s">
         <v>431</v>
       </c>
-      <c r="E189" s="97" t="s">
-[...15 lines deleted...]
-      <c r="C190" s="97" t="s">
+      <c r="E213" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F213" s="24">
+        <v>0.41639999999999999</v>
+      </c>
+      <c r="G213" s="25">
+        <v>0.35393999999999998</v>
+      </c>
+      <c r="H213" s="167">
+        <v>0.97275</v>
+      </c>
+      <c r="I213" s="136"/>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A214" s="165"/>
+      <c r="B214" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C214" s="22" t="s">
         <v>432</v>
       </c>
-      <c r="D190" s="97" t="s">
+      <c r="D214" s="22" t="s">
+        <v>431</v>
+      </c>
+      <c r="E214" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F214" s="24">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="G214" s="49">
+        <v>0.24479999999999999</v>
+      </c>
+      <c r="H214" s="170"/>
+    </row>
+    <row r="215" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A215" s="165"/>
+      <c r="B215" s="81" t="s">
+        <v>47</v>
+      </c>
+      <c r="C215" s="8" t="s">
         <v>433</v>
       </c>
-      <c r="E190" s="97" t="s">
-[...15 lines deleted...]
-      <c r="C191" s="97" t="s">
+      <c r="D215" s="8" t="s">
         <v>434</v>
       </c>
-      <c r="D191" s="97" t="s">
-[...539 lines deleted...]
-      </c>
       <c r="E215" s="33" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="F215" s="82">
         <v>1.2E-2</v>
       </c>
       <c r="G215" s="46">
         <v>1.2E-2</v>
       </c>
-      <c r="H215" s="162"/>
+      <c r="H215" s="170"/>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A216" s="195"/>
-[...18 lines deleted...]
-      <c r="H216" s="162"/>
+      <c r="A216" s="165"/>
+      <c r="B216" s="81" t="s">
+        <v>44</v>
+      </c>
+      <c r="C216" s="8" t="s">
+        <v>435</v>
+      </c>
+      <c r="D216" s="8" t="s">
+        <v>436</v>
+      </c>
+      <c r="E216" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F216" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G216" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H216" s="170"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A217" s="195"/>
+      <c r="A217" s="165"/>
       <c r="B217" s="81" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-        <v>486</v>
+        <v>437</v>
+      </c>
+      <c r="C217" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="D217" s="8" t="s">
+        <v>439</v>
       </c>
       <c r="E217" s="33" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="F217" s="82">
         <v>1.2E-2</v>
       </c>
       <c r="G217" s="46">
         <v>1.2E-2</v>
       </c>
-      <c r="H217" s="162"/>
+      <c r="H217" s="170"/>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A218" s="195"/>
+      <c r="A218" s="165"/>
       <c r="B218" s="81" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>488</v>
+        <v>440</v>
+      </c>
+      <c r="C218" s="8" t="s">
+        <v>441</v>
+      </c>
+      <c r="D218" s="8" t="s">
+        <v>442</v>
       </c>
       <c r="E218" s="33" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="F218" s="82">
         <v>1.2E-2</v>
       </c>
       <c r="G218" s="46">
         <v>1.2E-2</v>
       </c>
-      <c r="H218" s="162"/>
+      <c r="H218" s="170"/>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A219" s="195"/>
+      <c r="A219" s="165"/>
       <c r="B219" s="81" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>490</v>
+        <v>35</v>
+      </c>
+      <c r="C219" s="8" t="s">
+        <v>443</v>
+      </c>
+      <c r="D219" s="8" t="s">
+        <v>444</v>
       </c>
       <c r="E219" s="33" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="F219" s="82">
         <v>1.2E-2</v>
       </c>
       <c r="G219" s="46">
         <v>1.2E-2</v>
       </c>
-      <c r="H219" s="162"/>
+      <c r="H219" s="170"/>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A220" s="195"/>
-[...18 lines deleted...]
-      <c r="H220" s="162"/>
+      <c r="A220" s="165"/>
+      <c r="B220" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C220" s="9" t="s">
+        <v>445</v>
+      </c>
+      <c r="D220" s="9" t="s">
+        <v>446</v>
+      </c>
+      <c r="E220" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F220" s="24">
+        <v>0.27060000000000001</v>
+      </c>
+      <c r="G220" s="49">
+        <v>0.23000999999999999</v>
+      </c>
+      <c r="H220" s="170"/>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A221" s="195"/>
+      <c r="A221" s="165"/>
       <c r="B221" s="81" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="C221" s="33" t="s">
-        <v>493</v>
+        <v>447</v>
       </c>
       <c r="D221" s="33" t="s">
-        <v>494</v>
+        <v>448</v>
       </c>
       <c r="E221" s="33" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="F221" s="82">
         <v>1.2E-2</v>
       </c>
       <c r="G221" s="46">
         <v>1.2E-2</v>
       </c>
-      <c r="H221" s="162"/>
+      <c r="H221" s="170"/>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A222" s="195"/>
+      <c r="A222" s="165"/>
       <c r="B222" s="81" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C222" s="33" t="s">
-        <v>495</v>
+        <v>449</v>
       </c>
       <c r="D222" s="33" t="s">
-        <v>496</v>
+        <v>450</v>
       </c>
       <c r="E222" s="33" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="F222" s="82">
         <v>1.2E-2</v>
       </c>
       <c r="G222" s="46">
         <v>1.2E-2</v>
       </c>
-      <c r="H222" s="162"/>
+      <c r="H222" s="170"/>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A223" s="195"/>
+      <c r="A223" s="165"/>
       <c r="B223" s="81" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C223" s="33" t="s">
-        <v>497</v>
+        <v>451</v>
       </c>
       <c r="D223" s="33" t="s">
-        <v>498</v>
+        <v>452</v>
       </c>
       <c r="E223" s="33" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="F223" s="82">
         <v>1.2E-2</v>
       </c>
       <c r="G223" s="46">
         <v>1.2E-2</v>
       </c>
-      <c r="H223" s="162"/>
-[...3 lines deleted...]
-      <c r="B224" s="85" t="s">
+      <c r="H223" s="170"/>
+    </row>
+    <row r="224" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="165"/>
+      <c r="B224" s="81" t="s">
+        <v>23</v>
+      </c>
+      <c r="C224" s="33" t="s">
+        <v>453</v>
+      </c>
+      <c r="D224" s="33" t="s">
+        <v>454</v>
+      </c>
+      <c r="E224" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F224" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G224" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H224" s="170"/>
+    </row>
+    <row r="225" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A225" s="165"/>
+      <c r="B225" s="81" t="s">
+        <v>19</v>
+      </c>
+      <c r="C225" s="33" t="s">
+        <v>455</v>
+      </c>
+      <c r="D225" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="E225" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F225" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G225" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H225" s="170"/>
+    </row>
+    <row r="226" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A226" s="165"/>
+      <c r="B226" s="81" t="s">
         <v>16</v>
       </c>
-      <c r="C224" s="38" t="s">
+      <c r="C226" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="D226" s="33" t="s">
+        <v>458</v>
+      </c>
+      <c r="E226" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F226" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G226" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H226" s="170"/>
+    </row>
+    <row r="227" spans="1:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A227" s="166"/>
+      <c r="B227" s="85" t="s">
+        <v>12</v>
+      </c>
+      <c r="C227" s="38" t="s">
+        <v>459</v>
+      </c>
+      <c r="D227" s="38" t="s">
+        <v>460</v>
+      </c>
+      <c r="E227" s="38" t="s">
+        <v>147</v>
+      </c>
+      <c r="F227" s="86">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G227" s="99">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H227" s="171"/>
+    </row>
+    <row r="228" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A228" s="164">
+        <v>2010</v>
+      </c>
+      <c r="B228" s="88" t="s">
+        <v>19</v>
+      </c>
+      <c r="C228" s="89" t="s">
+        <v>461</v>
+      </c>
+      <c r="D228" s="89" t="s">
+        <v>462</v>
+      </c>
+      <c r="E228" s="89" t="s">
+        <v>201</v>
+      </c>
+      <c r="F228" s="90">
+        <v>0.38179999999999997</v>
+      </c>
+      <c r="G228" s="73">
+        <v>0.32452999999999999</v>
+      </c>
+      <c r="H228" s="167">
+        <v>0.86081000000000008</v>
+      </c>
+      <c r="I228" s="136"/>
+    </row>
+    <row r="229" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A229" s="165"/>
+      <c r="B229" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C229" s="9" t="s">
+        <v>463</v>
+      </c>
+      <c r="D229" s="9" t="s">
+        <v>462</v>
+      </c>
+      <c r="E229" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F229" s="24">
+        <v>0.215</v>
+      </c>
+      <c r="G229" s="49">
+        <v>0.18275</v>
+      </c>
+      <c r="H229" s="170"/>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A230" s="165"/>
+      <c r="B230" s="81" t="s">
+        <v>47</v>
+      </c>
+      <c r="C230" s="33" t="s">
+        <v>464</v>
+      </c>
+      <c r="D230" s="33" t="s">
+        <v>465</v>
+      </c>
+      <c r="E230" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F230" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G230" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H230" s="170"/>
+    </row>
+    <row r="231" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A231" s="165"/>
+      <c r="B231" s="81" t="s">
+        <v>44</v>
+      </c>
+      <c r="C231" s="33" t="s">
+        <v>466</v>
+      </c>
+      <c r="D231" s="33" t="s">
+        <v>467</v>
+      </c>
+      <c r="E231" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F231" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G231" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H231" s="170"/>
+    </row>
+    <row r="232" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A232" s="165"/>
+      <c r="B232" s="81" t="s">
+        <v>41</v>
+      </c>
+      <c r="C232" s="33" t="s">
+        <v>468</v>
+      </c>
+      <c r="D232" s="33" t="s">
+        <v>469</v>
+      </c>
+      <c r="E232" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F232" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G232" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H232" s="170"/>
+    </row>
+    <row r="233" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A233" s="165"/>
+      <c r="B233" s="81" t="s">
+        <v>38</v>
+      </c>
+      <c r="C233" s="33" t="s">
+        <v>470</v>
+      </c>
+      <c r="D233" s="33" t="s">
+        <v>471</v>
+      </c>
+      <c r="E233" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F233" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G233" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H233" s="170"/>
+    </row>
+    <row r="234" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A234" s="165"/>
+      <c r="B234" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C234" s="9" t="s">
+        <v>472</v>
+      </c>
+      <c r="D234" s="9" t="s">
+        <v>473</v>
+      </c>
+      <c r="E234" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F234" s="24">
+        <v>0.2465</v>
+      </c>
+      <c r="G234" s="49">
+        <v>0.20952999999999999</v>
+      </c>
+      <c r="H234" s="170"/>
+    </row>
+    <row r="235" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A235" s="165"/>
+      <c r="B235" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="C235" s="33" t="s">
+        <v>474</v>
+      </c>
+      <c r="D235" s="33" t="s">
+        <v>475</v>
+      </c>
+      <c r="E235" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F235" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G235" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H235" s="170"/>
+    </row>
+    <row r="236" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A236" s="165"/>
+      <c r="B236" s="81" t="s">
+        <v>32</v>
+      </c>
+      <c r="C236" s="33" t="s">
+        <v>476</v>
+      </c>
+      <c r="D236" s="33" t="s">
+        <v>477</v>
+      </c>
+      <c r="E236" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F236" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G236" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H236" s="170"/>
+    </row>
+    <row r="237" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A237" s="165"/>
+      <c r="B237" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="C237" s="33" t="s">
+        <v>478</v>
+      </c>
+      <c r="D237" s="33" t="s">
+        <v>479</v>
+      </c>
+      <c r="E237" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F237" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G237" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H237" s="170"/>
+    </row>
+    <row r="238" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A238" s="165"/>
+      <c r="B238" s="81" t="s">
+        <v>26</v>
+      </c>
+      <c r="C238" s="33" t="s">
+        <v>480</v>
+      </c>
+      <c r="D238" s="33" t="s">
+        <v>481</v>
+      </c>
+      <c r="E238" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F238" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G238" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H238" s="170"/>
+    </row>
+    <row r="239" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A239" s="165"/>
+      <c r="B239" s="81" t="s">
+        <v>23</v>
+      </c>
+      <c r="C239" s="33" t="s">
+        <v>482</v>
+      </c>
+      <c r="D239" s="33" t="s">
+        <v>483</v>
+      </c>
+      <c r="E239" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F239" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G239" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H239" s="170"/>
+    </row>
+    <row r="240" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A240" s="165"/>
+      <c r="B240" s="81" t="s">
+        <v>19</v>
+      </c>
+      <c r="C240" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="D240" s="33" t="s">
+        <v>485</v>
+      </c>
+      <c r="E240" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F240" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G240" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H240" s="170"/>
+    </row>
+    <row r="241" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A241" s="165"/>
+      <c r="B241" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="C241" s="33" t="s">
+        <v>486</v>
+      </c>
+      <c r="D241" s="33" t="s">
+        <v>487</v>
+      </c>
+      <c r="E241" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F241" s="82">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G241" s="46">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H241" s="170"/>
+    </row>
+    <row r="242" spans="1:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A242" s="166"/>
+      <c r="B242" s="85" t="s">
+        <v>12</v>
+      </c>
+      <c r="C242" s="38" t="s">
+        <v>488</v>
+      </c>
+      <c r="D242" s="38" t="s">
+        <v>489</v>
+      </c>
+      <c r="E242" s="38" t="s">
+        <v>147</v>
+      </c>
+      <c r="F242" s="40">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G242" s="99">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H242" s="171"/>
+    </row>
+    <row r="243" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A243" s="164">
+        <v>2009</v>
+      </c>
+      <c r="B243" s="88" t="s">
+        <v>16</v>
+      </c>
+      <c r="C243" s="89" t="s">
+        <v>490</v>
+      </c>
+      <c r="D243" s="89" t="s">
+        <v>487</v>
+      </c>
+      <c r="E243" s="89" t="s">
+        <v>201</v>
+      </c>
+      <c r="F243" s="90">
+        <v>0.38440000000000002</v>
+      </c>
+      <c r="G243" s="73">
+        <v>0.32673999999999997</v>
+      </c>
+      <c r="H243" s="167">
+        <v>0.79170000000000018</v>
+      </c>
+      <c r="I243" s="136"/>
+    </row>
+    <row r="244" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A244" s="165"/>
+      <c r="B244" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="C244" s="9" t="s">
+        <v>491</v>
+      </c>
+      <c r="D244" s="9" t="s">
+        <v>487</v>
+      </c>
+      <c r="E244" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F244" s="28">
+        <v>0.17760000000000001</v>
+      </c>
+      <c r="G244" s="49">
+        <v>0.15096000000000001</v>
+      </c>
+      <c r="H244" s="170"/>
+    </row>
+    <row r="245" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A245" s="165"/>
+      <c r="B245" s="81" t="s">
+        <v>47</v>
+      </c>
+      <c r="C245" s="33" t="s">
+        <v>492</v>
+      </c>
+      <c r="D245" s="33" t="s">
+        <v>493</v>
+      </c>
+      <c r="E245" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F245" s="45">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G245" s="65">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H245" s="170"/>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A246" s="165"/>
+      <c r="B246" s="81" t="s">
+        <v>44</v>
+      </c>
+      <c r="C246" s="33" t="s">
+        <v>494</v>
+      </c>
+      <c r="D246" s="33" t="s">
+        <v>495</v>
+      </c>
+      <c r="E246" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F246" s="45">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G246" s="65">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H246" s="170"/>
+    </row>
+    <row r="247" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A247" s="165"/>
+      <c r="B247" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C247" s="33" t="s">
+        <v>496</v>
+      </c>
+      <c r="D247" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="E247" s="100" t="s">
+        <v>147</v>
+      </c>
+      <c r="F247" s="45">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G247" s="65">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H247" s="170"/>
+    </row>
+    <row r="248" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A248" s="165"/>
+      <c r="B248" s="101" t="s">
+        <v>38</v>
+      </c>
+      <c r="C248" s="100" t="s">
+        <v>498</v>
+      </c>
+      <c r="D248" s="11" t="s">
         <v>499</v>
       </c>
-      <c r="D224" s="38" t="s">
+      <c r="E248" s="100" t="s">
+        <v>147</v>
+      </c>
+      <c r="F248" s="45">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G248" s="65">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H248" s="170"/>
+    </row>
+    <row r="249" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A249" s="165"/>
+      <c r="B249" s="96" t="s">
+        <v>35</v>
+      </c>
+      <c r="C249" s="9" t="s">
         <v>500</v>
       </c>
-      <c r="E224" s="38" t="s">
-[...2 lines deleted...]
-      <c r="F224" s="40">
+      <c r="D249" s="22" t="s">
+        <v>498</v>
+      </c>
+      <c r="E249" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="F249" s="28">
+        <v>0.2</v>
+      </c>
+      <c r="G249" s="49">
+        <v>0.17</v>
+      </c>
+      <c r="H249" s="170"/>
+    </row>
+    <row r="250" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A250" s="165"/>
+      <c r="B250" s="101" t="s">
+        <v>35</v>
+      </c>
+      <c r="C250" s="100" t="s">
+        <v>501</v>
+      </c>
+      <c r="D250" s="11" t="s">
+        <v>502</v>
+      </c>
+      <c r="E250" s="100" t="s">
+        <v>147</v>
+      </c>
+      <c r="F250" s="45">
         <v>1.2E-2</v>
       </c>
-      <c r="G224" s="99">
+      <c r="G250" s="65">
         <v>1.2E-2</v>
       </c>
-      <c r="H224" s="163"/>
-[...55 lines deleted...]
-      <c r="C227" s="33" t="s">
+      <c r="H250" s="170"/>
+    </row>
+    <row r="251" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A251" s="165"/>
+      <c r="B251" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="C251" s="100" t="s">
         <v>503</v>
       </c>
-      <c r="D227" s="33" t="s">
+      <c r="D251" s="11" t="s">
         <v>504</v>
       </c>
-      <c r="E227" s="33" t="s">
-[...2 lines deleted...]
-      <c r="F227" s="45">
+      <c r="E251" s="100" t="s">
+        <v>147</v>
+      </c>
+      <c r="F251" s="45">
         <v>1.2E-2</v>
       </c>
-      <c r="G227" s="65">
+      <c r="G251" s="65">
         <v>1.2E-2</v>
       </c>
-      <c r="H227" s="162"/>
-[...6 lines deleted...]
-      <c r="C228" s="33" t="s">
+      <c r="H251" s="170"/>
+    </row>
+    <row r="252" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A252" s="165"/>
+      <c r="B252" s="101" t="s">
+        <v>29</v>
+      </c>
+      <c r="C252" s="100" t="s">
         <v>505</v>
       </c>
-      <c r="D228" s="33" t="s">
+      <c r="D252" s="11" t="s">
         <v>506</v>
       </c>
-      <c r="E228" s="33" t="s">
-[...2 lines deleted...]
-      <c r="F228" s="45">
+      <c r="E252" s="100" t="s">
+        <v>147</v>
+      </c>
+      <c r="F252" s="45">
         <v>1.2E-2</v>
       </c>
-      <c r="G228" s="65">
+      <c r="G252" s="65">
         <v>1.2E-2</v>
       </c>
-      <c r="H228" s="162"/>
-[...6 lines deleted...]
-      <c r="C229" s="33" t="s">
+      <c r="H252" s="170"/>
+    </row>
+    <row r="253" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A253" s="165"/>
+      <c r="B253" s="101" t="s">
+        <v>26</v>
+      </c>
+      <c r="C253" s="100" t="s">
         <v>507</v>
       </c>
-      <c r="D229" s="33" t="s">
+      <c r="D253" s="11" t="s">
         <v>508</v>
       </c>
-      <c r="E229" s="100" t="s">
-[...2 lines deleted...]
-      <c r="F229" s="45">
+      <c r="E253" s="100" t="s">
+        <v>147</v>
+      </c>
+      <c r="F253" s="45">
         <v>1.2E-2</v>
       </c>
-      <c r="G229" s="65">
+      <c r="G253" s="65">
         <v>1.2E-2</v>
       </c>
-      <c r="H229" s="162"/>
-[...6 lines deleted...]
-      <c r="C230" s="100" t="s">
+      <c r="H253" s="170"/>
+    </row>
+    <row r="254" spans="1:9" ht="15" x14ac:dyDescent="0.3">
+      <c r="A254" s="165"/>
+      <c r="B254" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C254" s="33" t="s">
         <v>509</v>
       </c>
-      <c r="D230" s="11" t="s">
+      <c r="D254" s="8" t="s">
         <v>510</v>
       </c>
-      <c r="E230" s="100" t="s">
-[...2 lines deleted...]
-      <c r="F230" s="45">
+      <c r="E254" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F254" s="102">
         <v>1.2E-2</v>
       </c>
-      <c r="G230" s="65">
+      <c r="G254" s="65">
         <v>1.2E-2</v>
       </c>
-      <c r="H230" s="162"/>
-[...6 lines deleted...]
-      <c r="C231" s="9" t="s">
+      <c r="H254" s="170"/>
+    </row>
+    <row r="255" spans="1:9" ht="15" x14ac:dyDescent="0.3">
+      <c r="A255" s="165"/>
+      <c r="B255" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C255" s="33" t="s">
         <v>511</v>
       </c>
-      <c r="D231" s="22" t="s">
-[...18 lines deleted...]
-      <c r="C232" s="100" t="s">
+      <c r="D255" s="8" t="s">
         <v>512</v>
       </c>
-      <c r="D232" s="11" t="s">
+      <c r="E255" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F255" s="102">
+        <v>1.2E-2</v>
+      </c>
+      <c r="G255" s="65">
+        <v>1.2E-2</v>
+      </c>
+      <c r="H255" s="170"/>
+    </row>
+    <row r="256" spans="1:9" ht="15" x14ac:dyDescent="0.3">
+      <c r="A256" s="165"/>
+      <c r="B256" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C256" s="33" t="s">
         <v>513</v>
       </c>
-      <c r="E232" s="100" t="s">
-[...2 lines deleted...]
-      <c r="F232" s="45">
+      <c r="D256" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="E256" s="33" t="s">
+        <v>147</v>
+      </c>
+      <c r="F256" s="102">
         <v>1.2E-2</v>
       </c>
-      <c r="G232" s="65">
+      <c r="G256" s="65">
         <v>1.2E-2</v>
       </c>
-      <c r="H232" s="162"/>
-[...9 lines deleted...]
-      <c r="D233" s="11" t="s">
+      <c r="H256" s="170"/>
+    </row>
+    <row r="257" spans="1:8" ht="15.6" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A257" s="166"/>
+      <c r="B257" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C257" s="38" t="s">
         <v>515</v>
       </c>
-      <c r="E233" s="100" t="s">
-[...2 lines deleted...]
-      <c r="F233" s="45">
+      <c r="D257" s="37" t="s">
+        <v>516</v>
+      </c>
+      <c r="E257" s="38" t="s">
+        <v>147</v>
+      </c>
+      <c r="F257" s="103">
         <v>1.2E-2</v>
       </c>
-      <c r="G233" s="65">
+      <c r="G257" s="104">
         <v>1.2E-2</v>
       </c>
-      <c r="H233" s="162"/>
-[...9 lines deleted...]
-      <c r="D234" s="11" t="s">
+      <c r="H257" s="171"/>
+    </row>
+    <row r="258" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A258" s="6" t="s">
         <v>517</v>
       </c>
-      <c r="E234" s="100" t="s">
-[...15 lines deleted...]
-      <c r="C235" s="100" t="s">
+    </row>
+    <row r="259" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A259" s="178" t="s">
         <v>518</v>
       </c>
-      <c r="D235" s="11" t="s">
-[...119 lines deleted...]
-      <c r="A242" s="106"/>
+      <c r="B259" s="178"/>
+      <c r="C259" s="178"/>
+      <c r="D259" s="178"/>
+      <c r="E259" s="178"/>
+      <c r="F259" s="178"/>
+      <c r="G259" s="178"/>
+      <c r="H259" s="178"/>
+    </row>
+    <row r="260" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A260" s="106"/>
     </row>
   </sheetData>
-  <mergeCells count="38">
-[...25 lines deleted...]
-    <mergeCell ref="H4:H20"/>
+  <mergeCells count="40">
+    <mergeCell ref="H22:H38"/>
     <mergeCell ref="H2:H3"/>
-    <mergeCell ref="A21:A34"/>
-[...2 lines deleted...]
-    <mergeCell ref="A36:A52"/>
+    <mergeCell ref="A39:A52"/>
+    <mergeCell ref="H39:H52"/>
+    <mergeCell ref="H53:H70"/>
+    <mergeCell ref="A54:A70"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
+    <mergeCell ref="A22:A38"/>
     <mergeCell ref="F2:G2"/>
-    <mergeCell ref="A4:A20"/>
+    <mergeCell ref="A4:A21"/>
+    <mergeCell ref="H4:H21"/>
+    <mergeCell ref="A71:A86"/>
+    <mergeCell ref="H71:H86"/>
+    <mergeCell ref="A87:A102"/>
+    <mergeCell ref="H87:H102"/>
+    <mergeCell ref="A103:A119"/>
+    <mergeCell ref="H103:H119"/>
+    <mergeCell ref="A120:A136"/>
+    <mergeCell ref="H120:H136"/>
+    <mergeCell ref="H137:H151"/>
+    <mergeCell ref="A138:A151"/>
+    <mergeCell ref="A152:A167"/>
+    <mergeCell ref="H152:H167"/>
+    <mergeCell ref="A259:H259"/>
+    <mergeCell ref="A213:A227"/>
+    <mergeCell ref="H213:H227"/>
+    <mergeCell ref="A228:A242"/>
+    <mergeCell ref="H228:H242"/>
+    <mergeCell ref="A243:A257"/>
+    <mergeCell ref="H243:H257"/>
+    <mergeCell ref="A168:A182"/>
+    <mergeCell ref="H168:H182"/>
+    <mergeCell ref="A183:A197"/>
+    <mergeCell ref="H183:H197"/>
+    <mergeCell ref="A198:A212"/>
+    <mergeCell ref="H198:H212"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="29" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;9&amp;K000000Corporativo | Interno</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-    <xsd:import namespace="95e03962-ad0c-414c-aee7-3fe25beb85f0"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101000B70BBD7E77E8A4D9F8F4B008E3B676E" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="8eb3bf9a17fb1e97a503906abd7f2b26">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5fd961e0-54ee-4f16-9701-4ddce7fa3857" xmlns:ns3="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="981a64e2c802764b70731d66bb4fdec3" ns2:_="" ns3:_="">
+    <xsd:import namespace="5fd961e0-54ee-4f16-9701-4ddce7fa3857"/>
+    <xsd:import namespace="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="882330b4-294a-4f0e-a261-ec741bb77ef7" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5fd961e0-54ee-4f16-9701-4ddce7fa3857" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Marcações de imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0950beca-b328-4607-a8b4-7a69b88987bb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Marcações de imagem" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0950beca-b328-4607-a8b4-7a69b88987bb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="95e03962-ad0c-414c-aee7-3fe25beb85f0" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a7e6cbe9-54e4-45b1-9aa4-b0cadacad052}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="95e03962-ad0c-414c-aee7-3fe25beb85f0">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="23" nillable="true" ma:displayName="Compartilhado com" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Compartilhado com" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="24" nillable="true" ma:displayName="Detalhes de Compartilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Detalhes de Compartilhado Com" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{82fa074e-10d0-4b92-a9d3-18b94e621ed1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de Conteúdo"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -10466,147 +11281,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5fd961e0-54ee-4f16-9701-4ddce7fa3857">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{126876E0-B0FE-4CA7-97A4-7B937A35A216}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73F0D4CD-6E7B-4734-AA91-D8DCA15F7F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5fd961e0-54ee-4f16-9701-4ddce7fa3857"/>
+    <ds:schemaRef ds:uri="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59E28192-4D4E-40F5-BFB9-195CA27ACC9F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="882330b4-294a-4f0e-a261-ec741bb77ef7"/>
     <ds:schemaRef ds:uri="95e03962-ad0c-414c-aee7-3fe25beb85f0"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2"/>
     <ds:schemaRef ds:uri="5fd961e0-54ee-4f16-9701-4ddce7fa3857"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>2024 e 2025</vt:lpstr>
+      <vt:lpstr>2025 e 2026</vt:lpstr>
       <vt:lpstr>Histórico de dividendos e JCP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kaique Augusto Martins Araujo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101008F790CF19C2700458A7D5F0FB2ECEC17</vt:lpwstr>
+    <vt:lpwstr>0x0101000B70BBD7E77E8A4D9F8F4B008E3B676E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_4fc996bf-6aee-415c-aa4c-e35ad0009c67_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_4fc996bf-6aee-415c-aa4c-e35ad0009c67_SetDate">
     <vt:lpwstr>2023-03-08T12:46:42Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_4fc996bf-6aee-415c-aa4c-e35ad0009c67_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_4fc996bf-6aee-415c-aa4c-e35ad0009c67_Name">
     <vt:lpwstr>Compartilhamento Interno</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_4fc996bf-6aee-415c-aa4c-e35ad0009c67_SiteId">
     <vt:lpwstr>591669a0-183f-49a5-98f4-9aa0d0b63d81</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_4fc996bf-6aee-415c-aa4c-e35ad0009c67_ActionId">
     <vt:lpwstr>d4faf7c7-92e1-41c5-bcaa-6d6302a7e600</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_4fc996bf-6aee-415c-aa4c-e35ad0009c67_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>