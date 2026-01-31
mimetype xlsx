--- v0 (2025-10-15)
+++ v1 (2026-01-31)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\naswaty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iconectados.sharepoint.com/sites/SitedeRelaescomInvestidores/Documentos Compartilhados/SITE NOVO MZ_JULHO22/Evidências Publicações/IUH/2025/Dezembro/Historico de recompras/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FC4401A0-1957-4178-8C1D-0EA64619E36F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{3853C08C-984C-4A07-B61D-6EFA24A6E786}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C0DF0084-D2DF-4E10-B822-AA0B43D5229D}"/>
   <bookViews>
-    <workbookView xWindow="20370" yWindow="-4785" windowWidth="29040" windowHeight="15720" xr2:uid="{A3D6C52F-CE99-4761-A304-86B53FA47742}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{A3D6C52F-CE99-4761-A304-86B53FA47742}"/>
   </bookViews>
   <sheets>
     <sheet name="Histórico de Recompra de Ações " sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="\a" localSheetId="0">#REF!</definedName>
     <definedName name="\a">#REF!</definedName>
     <definedName name="_Key1" hidden="1">#REF!</definedName>
     <definedName name="_Key2" hidden="1">#REF!</definedName>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
     <definedName name="_Regression_Int" hidden="1">1</definedName>
     <definedName name="_Sort" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_Sort" hidden="1">#REF!</definedName>
     <definedName name="a" localSheetId="0" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
     <definedName name="a" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
     <definedName name="AAA_DOCTOPS" hidden="1">"AAA_SET"</definedName>
     <definedName name="aaaa" localSheetId="0" hidden="1">{"Bradesco 1",#N/A,TRUE,"Bradesco acc_dil";"Bradesco2",#N/A,TRUE,"Bradesco acc_dil";"Bradesco3",#N/A,TRUE,"Bradesco's RWA analysis";"Unibanco1",#N/A,TRUE,"Unibanco acc_dil ";"Unibanco2",#N/A,TRUE,"Unibanco acc_dil ";"Unibanco3",#N/A,TRUE,"Unibanco's RWA analysis"}</definedName>
     <definedName name="aaaa" hidden="1">{"Bradesco 1",#N/A,TRUE,"Bradesco acc_dil";"Bradesco2",#N/A,TRUE,"Bradesco acc_dil";"Bradesco3",#N/A,TRUE,"Bradesco's RWA analysis";"Unibanco1",#N/A,TRUE,"Unibanco acc_dil ";"Unibanco2",#N/A,TRUE,"Unibanco acc_dil ";"Unibanco3",#N/A,TRUE,"Unibanco's RWA analysis"}</definedName>
     <definedName name="AccessDatabase" hidden="1">"K:\orca\Orc2006\Servicos\relatoriofinal.mdb"</definedName>
     <definedName name="aqw" localSheetId="0" hidden="1">{"assumptions and inputs",#N/A,FALSE,"valuation";"intermediate calculations",#N/A,FALSE,"valuation";"dollar conversion",#N/A,FALSE,"valuation";"analysis at various prices",#N/A,FALSE,"valuation"}</definedName>
@@ -191,51 +191,51 @@
     <definedName name="wrn.Project._.Banespa1." hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
     <definedName name="wrn1.output" localSheetId="0" hidden="1">{"assumptions and inputs",#N/A,FALSE,"valuation";"intermediate calculations",#N/A,FALSE,"valuation";"dollar conversion",#N/A,FALSE,"valuation";"analysis at various prices",#N/A,FALSE,"valuation"}</definedName>
     <definedName name="wrn1.output" hidden="1">{"assumptions and inputs",#N/A,FALSE,"valuation";"intermediate calculations",#N/A,FALSE,"valuation";"dollar conversion",#N/A,FALSE,"valuation";"analysis at various prices",#N/A,FALSE,"valuation"}</definedName>
     <definedName name="x" localSheetId="0" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
     <definedName name="x" hidden="1">{"Page1",#N/A,TRUE,"DDM";"Page2",#N/A,TRUE,"DDM";"Page3",#N/A,TRUE,"DDM";"Page4",#N/A,TRUE,"Summary ratios";"Page5",#N/A,TRUE,"Balance Sheet";"Page6",#N/A,TRUE,"Income Statement";"Page7",#N/A,TRUE,"Assumptions";"Page8",#N/A,TRUE,"Asset Quality";"Page9",#N/A,TRUE,"Capital";"Page10",#N/A,TRUE,"Pro forma";"Page11",#N/A,TRUE,"Cost savings";"Page12",#N/A,TRUE,"Cost savings";"Page13",#N/A,TRUE,"Cost savings";"Page14",#N/A,TRUE,"Cost savings"}</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="49">
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Ações ordinárias (O) ou preferenciais (P)</t>
   </si>
   <si>
     <t>Preço Mínimo (R$)</t>
   </si>
   <si>
     <t>Preço Médio (R$)</t>
   </si>
   <si>
     <t>Preço Máximo (R$)</t>
   </si>
   <si>
     <t>2018 - Junho</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>2017 - Dezembro</t>
   </si>
   <si>
@@ -332,50 +332,56 @@
     <t>2011 - Abril</t>
   </si>
   <si>
     <t>2023 - Fevereiro</t>
   </si>
   <si>
     <t>2024 - Janeiro</t>
   </si>
   <si>
     <t>2024 - Dezembro</t>
   </si>
   <si>
     <t>Histórico de Recompra de Ações</t>
   </si>
   <si>
     <t>2025 - Fevereiro</t>
   </si>
   <si>
     <t>Quantidade de Ações Negociadas</t>
   </si>
   <si>
     <t>2025 - Agosto</t>
   </si>
   <si>
     <t>2025 - Setembro</t>
+  </si>
+  <si>
+    <t>2025 - Outubro</t>
+  </si>
+  <si>
+    <t>2025 - Novembro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -399,51 +405,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0075C9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="18">
+  <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -602,68 +608,50 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...16 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -724,89 +712,89 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://iconectados.sharepoint.com/Relat&#243;rio%20de%20Infla&#231;&#227;o/2010/1mar&#231;o/Dimob/Graficos%20enviados/Cap%203.2%20Gr&#225;f%20-%20Emiss&#245;es%20prim&#225;rias%20no%20mercado%20de%20capitais%20XXXXXX.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Relat&#243;rio%20de%20Infla&#231;&#227;o/2010/1mar&#231;o/Dimob/Graficos%20enviados/Cap%203.2%20Gr&#225;f%20-%20Emiss&#245;es%20prim&#225;rias%20no%20mercado%20de%20capitais%20XXXXXX.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://iconectados.sharepoint.com/Dimob/Nota%20para%20imprensa/Para%20a%20COPIN/2012/08/Notimp2.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Dimob/Nota%20para%20imprensa/Para%20a%20COPIN/2012/08/Notimp2.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="dados"/>
       <sheetName val="Relat Inf 0009 - graf"/>
       <sheetName val="Base"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Quadro 1"/>
       <sheetName val="Quadro 2"/>
@@ -1228,942 +1216,965 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4D79BC9-538F-4644-96DF-71FA366A510F}">
   <sheetPr>
     <tabColor rgb="FF0075C9"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="6" ySplit="2" topLeftCell="G3" activePane="bottomRight" state="frozen"/>
       <selection activeCell="C4" sqref="C4"/>
       <selection pane="topRight" activeCell="C4" sqref="C4"/>
       <selection pane="bottomLeft" activeCell="C4" sqref="C4"/>
-      <selection pane="bottomRight" activeCell="F5" sqref="F5"/>
+      <selection pane="bottomRight" activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="20.7109375" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="6" width="20.7109375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="20.6640625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="34.33203125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="26.33203125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="6" width="20.6640625" style="3" customWidth="1"/>
     <col min="7" max="8" width="11" style="3" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="9.28515625" style="3" customWidth="1"/>
-    <col min="10" max="16384" width="9.28515625" style="3"/>
+    <col min="9" max="9" width="9.33203125" style="3" customWidth="1"/>
+    <col min="10" max="16384" width="9.33203125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="40" t="s">
+    <row r="1" spans="1:7" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="37" t="s">
         <v>42</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="2"/>
     </row>
-    <row r="2" spans="1:7" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-    <row r="4" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="31" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="38">
+        <v>14001155</v>
+      </c>
+      <c r="D3" s="39">
+        <v>39.549999999999997</v>
+      </c>
+      <c r="E3" s="39">
+        <v>40.35</v>
+      </c>
+      <c r="F3" s="40">
+        <v>41.36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="14">
+        <v>16654004</v>
+      </c>
+      <c r="D4" s="15">
+        <v>36.97</v>
+      </c>
+      <c r="E4" s="15">
+        <v>37.54</v>
+      </c>
+      <c r="F4" s="16">
+        <v>39.35</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="B4" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="14">
+      <c r="B5" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="33">
         <v>20491811</v>
       </c>
-      <c r="D4" s="15">
+      <c r="D5" s="34">
         <v>37.270000000000003</v>
       </c>
-      <c r="E4" s="15">
+      <c r="E5" s="34">
         <v>38.340000000000003</v>
       </c>
-      <c r="F4" s="16">
+      <c r="F5" s="35">
         <v>39.39</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="12" t="s">
+    <row r="6" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="12" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="14">
+      <c r="B6" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="14">
         <v>27665070</v>
       </c>
-      <c r="D5" s="15">
+      <c r="D6" s="15">
         <v>35.93</v>
       </c>
-      <c r="E5" s="15">
+      <c r="E6" s="15">
         <v>36.700000000000003</v>
       </c>
-      <c r="F5" s="16">
+      <c r="F6" s="16">
         <v>38.71</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="31" t="s">
+    <row r="7" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="B6" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="33">
+      <c r="B7" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="33">
         <v>2500000</v>
       </c>
-      <c r="D6" s="34">
+      <c r="D7" s="34">
         <v>32.81</v>
       </c>
-      <c r="E6" s="34">
+      <c r="E7" s="34">
         <v>33.08</v>
       </c>
-      <c r="F6" s="35">
+      <c r="F7" s="35">
         <v>33.29</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="36" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="12" t="s">
+    <row r="8" spans="1:7" s="36" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="12" t="s">
         <v>41</v>
       </c>
-      <c r="B7" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="14">
+      <c r="B8" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="14">
         <v>17000000</v>
       </c>
-      <c r="D7" s="15">
+      <c r="D8" s="15">
         <v>31.83</v>
       </c>
-      <c r="E7" s="15">
+      <c r="E8" s="15">
         <v>32.57</v>
       </c>
-      <c r="F7" s="16">
+      <c r="F8" s="16">
         <v>33.1</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="36" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="31" t="s">
+    <row r="9" spans="1:7" s="36" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="31" t="s">
         <v>40</v>
       </c>
-      <c r="B8" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="33">
+      <c r="B9" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="33">
         <v>27000000</v>
       </c>
-      <c r="D8" s="34">
+      <c r="D9" s="34">
         <v>32.9</v>
       </c>
-      <c r="E8" s="34">
+      <c r="E9" s="34">
         <v>33.340000000000003</v>
       </c>
-      <c r="F8" s="35">
+      <c r="F9" s="35">
         <v>33.659999999999997</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="12" t="s">
+    <row r="10" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="14">
+      <c r="B10" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="14">
         <v>26000000</v>
       </c>
-      <c r="D9" s="15">
+      <c r="D10" s="15">
         <v>25.52</v>
       </c>
-      <c r="E9" s="15">
+      <c r="E10" s="15">
         <v>26.49</v>
       </c>
-      <c r="F9" s="16">
+      <c r="F10" s="16">
         <v>27.13</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="7" t="s">
+    <row r="11" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="9">
+      <c r="B11" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="9">
         <v>13100000</v>
       </c>
-      <c r="D10" s="10">
+      <c r="D11" s="10">
         <v>37.39</v>
       </c>
-      <c r="E10" s="10">
+      <c r="E11" s="10">
         <v>38.89</v>
       </c>
-      <c r="F10" s="11">
+      <c r="F11" s="11">
         <v>40</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="12" t="s">
+    <row r="12" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="13" t="s">
+      <c r="B12" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="14">
+      <c r="C12" s="14">
         <v>46214237</v>
       </c>
-      <c r="D11" s="15">
+      <c r="D12" s="15">
         <v>37</v>
       </c>
-      <c r="E11" s="15">
+      <c r="E12" s="15">
         <v>37</v>
       </c>
-      <c r="F11" s="16">
+      <c r="F12" s="16">
         <v>37</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="7" t="s">
+    <row r="13" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="9">
+      <c r="B13" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="9">
         <v>2600000</v>
       </c>
-      <c r="D12" s="10">
+      <c r="D13" s="10">
         <v>35.97</v>
       </c>
-      <c r="E12" s="10">
+      <c r="E13" s="10">
         <v>36.369999999999997</v>
       </c>
-      <c r="F12" s="11">
+      <c r="F13" s="11">
         <v>37</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="12" t="s">
+    <row r="14" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="14">
+      <c r="B14" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" s="14">
         <v>6985000</v>
       </c>
-      <c r="D13" s="15">
+      <c r="D14" s="15">
         <v>35.14</v>
       </c>
-      <c r="E13" s="15">
+      <c r="E14" s="15">
         <v>35.85</v>
       </c>
-      <c r="F13" s="16">
+      <c r="F14" s="16">
         <v>36.590000000000003</v>
       </c>
-      <c r="G13" s="17"/>
-[...2 lines deleted...]
-      <c r="A14" s="7" t="s">
+      <c r="G14" s="17"/>
+    </row>
+    <row r="15" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="9">
+      <c r="B15" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" s="9">
         <v>12960000</v>
       </c>
-      <c r="D14" s="10">
+      <c r="D15" s="10">
         <v>34.35</v>
       </c>
-      <c r="E14" s="10">
+      <c r="E15" s="10">
         <v>35.51</v>
       </c>
-      <c r="F14" s="11">
+      <c r="F15" s="11">
         <v>36.409999999999997</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="12" t="s">
+    <row r="16" spans="1:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="14">
+      <c r="B16" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="14">
         <v>7461900</v>
       </c>
-      <c r="D15" s="15">
+      <c r="D16" s="15">
         <v>37.29</v>
       </c>
-      <c r="E15" s="15">
+      <c r="E16" s="15">
         <v>38.14</v>
       </c>
-      <c r="F15" s="16">
+      <c r="F16" s="16">
         <v>38.5</v>
       </c>
-      <c r="G15" s="17"/>
-[...2 lines deleted...]
-      <c r="A16" s="7" t="s">
+      <c r="G16" s="17"/>
+    </row>
+    <row r="17" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="9">
+      <c r="B17" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" s="9">
         <v>1626000</v>
       </c>
-      <c r="D16" s="10">
+      <c r="D17" s="10">
         <v>37.729999999999997</v>
       </c>
-      <c r="E16" s="10">
+      <c r="E17" s="10">
         <v>38.200000000000003</v>
       </c>
-      <c r="F16" s="11">
+      <c r="F17" s="11">
         <v>38.5</v>
       </c>
     </row>
-    <row r="17" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="12" t="s">
+    <row r="18" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="B17" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="14">
+      <c r="B18" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="14">
         <v>6350000</v>
       </c>
-      <c r="D17" s="15">
+      <c r="D18" s="15">
         <v>33.43</v>
       </c>
-      <c r="E17" s="15">
+      <c r="E18" s="15">
         <v>35.159999999999997</v>
       </c>
-      <c r="F17" s="16">
+      <c r="F18" s="16">
         <v>36</v>
       </c>
-      <c r="G17" s="17"/>
-[...2 lines deleted...]
-      <c r="A18" s="7" t="s">
+      <c r="G18" s="17"/>
+    </row>
+    <row r="19" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="B18" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="9">
+      <c r="B19" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="9">
         <v>21650000</v>
       </c>
-      <c r="D18" s="10">
+      <c r="D19" s="10">
         <v>31.09</v>
       </c>
-      <c r="E18" s="10">
+      <c r="E19" s="10">
         <v>32.81</v>
       </c>
-      <c r="F18" s="11">
+      <c r="F19" s="11">
         <v>34.69</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="12" t="s">
+    <row r="20" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="14">
+      <c r="B20" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="14">
         <v>1000000</v>
       </c>
-      <c r="D19" s="15">
+      <c r="D20" s="15">
         <v>35.21</v>
       </c>
-      <c r="E19" s="15">
+      <c r="E20" s="15">
         <v>35.65</v>
       </c>
-      <c r="F19" s="16">
+      <c r="F20" s="16">
         <v>35.99</v>
       </c>
-      <c r="G19" s="17"/>
-[...2 lines deleted...]
-      <c r="A20" s="7" t="s">
+      <c r="G20" s="17"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="9">
+      <c r="B21" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21" s="9">
         <v>7990000</v>
       </c>
-      <c r="D20" s="10">
+      <c r="D21" s="10">
         <v>23.79</v>
       </c>
-      <c r="E20" s="10">
+      <c r="E21" s="10">
         <v>25.06</v>
       </c>
-      <c r="F20" s="11">
+      <c r="F21" s="11">
         <v>25.98</v>
       </c>
-      <c r="H20" s="17"/>
-[...2 lines deleted...]
-      <c r="A21" s="12" t="s">
+      <c r="H21" s="17"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="14">
+      <c r="B22" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" s="14">
         <v>20200000</v>
       </c>
-      <c r="D21" s="15">
+      <c r="D22" s="15">
         <v>26.35</v>
       </c>
-      <c r="E21" s="15">
+      <c r="E22" s="15">
         <v>27.85</v>
       </c>
-      <c r="F21" s="16">
+      <c r="F22" s="16">
         <v>29.04</v>
       </c>
-      <c r="G21" s="17"/>
-[...3 lines deleted...]
-      <c r="A22" s="7" t="s">
+      <c r="G22" s="17"/>
+      <c r="H22" s="17"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="18">
+      <c r="B23" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="18">
         <v>8540000</v>
       </c>
-      <c r="D22" s="19">
+      <c r="D23" s="19">
         <v>27.26</v>
       </c>
-      <c r="E22" s="19">
+      <c r="E23" s="19">
         <v>28.31</v>
       </c>
-      <c r="F22" s="20">
+      <c r="F23" s="20">
         <v>29.04</v>
       </c>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A23" s="21" t="s">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="14">
+      <c r="B24" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" s="14">
         <v>13250000</v>
       </c>
-      <c r="D23" s="15">
+      <c r="D24" s="15">
         <v>25.94</v>
       </c>
-      <c r="E23" s="15">
+      <c r="E24" s="15">
         <v>27.25</v>
       </c>
-      <c r="F23" s="16">
+      <c r="F24" s="16">
         <v>29.49</v>
       </c>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A24" s="7" t="s">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A25" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="9">
+      <c r="B25" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="9">
         <v>30380000</v>
       </c>
-      <c r="D24" s="10">
+      <c r="D25" s="10">
         <v>24.96</v>
       </c>
-      <c r="E24" s="10">
+      <c r="E25" s="10">
         <v>27.11</v>
       </c>
-      <c r="F24" s="11">
+      <c r="F25" s="11">
         <v>29.37</v>
       </c>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A25" s="21" t="s">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="14">
+      <c r="B26" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="14">
         <v>2568200</v>
       </c>
-      <c r="D25" s="15">
+      <c r="D26" s="15">
         <v>33.340000000000003</v>
       </c>
-      <c r="E25" s="15">
+      <c r="E26" s="15">
         <v>34.11</v>
       </c>
-      <c r="F25" s="16">
+      <c r="F26" s="16">
         <v>34.35</v>
       </c>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A26" s="7" t="s">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="9">
+      <c r="B27" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="9">
         <v>19990000</v>
       </c>
-      <c r="D26" s="10">
+      <c r="D27" s="10">
         <v>32.58</v>
       </c>
-      <c r="E26" s="10">
+      <c r="E27" s="10">
         <v>33.96</v>
       </c>
-      <c r="F26" s="11">
+      <c r="F27" s="11">
         <v>35.049999999999997</v>
       </c>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A27" s="21" t="s">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="21" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="14">
+      <c r="B28" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="14">
         <v>2000000</v>
       </c>
-      <c r="D27" s="15">
+      <c r="D28" s="15">
         <v>33.64</v>
       </c>
-      <c r="E27" s="15">
+      <c r="E28" s="15">
         <v>34.07</v>
       </c>
-      <c r="F27" s="16">
+      <c r="F28" s="16">
         <v>34.409999999999997</v>
       </c>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A28" s="7" t="s">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="9">
+      <c r="B29" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" s="9">
         <v>3596600</v>
       </c>
-      <c r="D28" s="10">
+      <c r="D29" s="10">
         <v>33.89</v>
       </c>
-      <c r="E28" s="10">
+      <c r="E29" s="10">
         <v>34.68</v>
       </c>
-      <c r="F28" s="11">
+      <c r="F29" s="11">
         <v>35.049999999999997</v>
       </c>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A29" s="21" t="s">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="14">
+      <c r="B30" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" s="14">
         <v>11000000</v>
       </c>
-      <c r="D29" s="15">
+      <c r="D30" s="15">
         <v>33.119999999999997</v>
       </c>
-      <c r="E29" s="15">
+      <c r="E30" s="15">
         <v>34.130000000000003</v>
       </c>
-      <c r="F29" s="16">
+      <c r="F30" s="16">
         <v>34.81</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="22" t="s">
+    <row r="31" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="18">
+      <c r="B31" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="18">
         <v>1000000</v>
       </c>
-      <c r="D30" s="19">
+      <c r="D31" s="19">
         <v>34.130000000000003</v>
       </c>
-      <c r="E30" s="19">
+      <c r="E31" s="19">
         <v>34.75</v>
       </c>
-      <c r="F30" s="20">
+      <c r="F31" s="20">
         <v>35.07</v>
       </c>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A31" s="12" t="s">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A32" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="B31" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="14">
+      <c r="B32" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" s="14">
         <v>1000000</v>
       </c>
-      <c r="D31" s="15">
+      <c r="D32" s="15">
         <v>28.97</v>
       </c>
-      <c r="E31" s="15">
+      <c r="E32" s="15">
         <v>29.17</v>
       </c>
-      <c r="F31" s="16">
+      <c r="F32" s="16">
         <v>29.54</v>
       </c>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A32" s="7" t="s">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="B32" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="9">
+      <c r="B33" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C33" s="9">
         <v>7000000</v>
       </c>
-      <c r="D32" s="10">
+      <c r="D33" s="10">
         <v>27.98</v>
       </c>
-      <c r="E32" s="10">
+      <c r="E33" s="10">
         <v>28.75</v>
       </c>
-      <c r="F32" s="11">
+      <c r="F33" s="11">
         <v>29.55</v>
       </c>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A33" s="12" t="s">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A34" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="14">
+      <c r="B34" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C34" s="14">
         <v>6500000</v>
       </c>
-      <c r="D33" s="15">
+      <c r="D34" s="15">
         <v>25.91</v>
       </c>
-      <c r="E33" s="15">
+      <c r="E34" s="15">
         <v>27.06</v>
       </c>
-      <c r="F33" s="16">
+      <c r="F34" s="16">
         <v>28.32</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A34" s="7" t="s">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A35" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="B34" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="9">
+      <c r="B35" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C35" s="9">
         <v>9000000</v>
       </c>
-      <c r="D34" s="10">
+      <c r="D35" s="10">
         <v>27.42</v>
       </c>
-      <c r="E34" s="10">
+      <c r="E35" s="10">
         <v>28.43</v>
       </c>
-      <c r="F34" s="11">
+      <c r="F35" s="11">
         <v>29.15</v>
       </c>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A35" s="12" t="s">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A36" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="B35" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="14">
+      <c r="B36" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C36" s="14">
         <v>800000</v>
       </c>
-      <c r="D35" s="15">
+      <c r="D36" s="15">
         <v>28.61</v>
       </c>
-      <c r="E35" s="15">
+      <c r="E36" s="15">
         <v>29.11</v>
       </c>
-      <c r="F35" s="16">
+      <c r="F36" s="16">
         <v>29.57</v>
       </c>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A36" s="7" t="s">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A37" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="B36" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="9">
+      <c r="B37" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" s="9">
         <v>3500000</v>
       </c>
-      <c r="D36" s="10">
+      <c r="D37" s="10">
         <v>26.91</v>
       </c>
-      <c r="E36" s="10">
+      <c r="E37" s="10">
         <v>28.3</v>
       </c>
-      <c r="F36" s="11">
+      <c r="F37" s="11">
         <v>29</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A37" s="12" t="s">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A38" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="B37" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="14">
+      <c r="B38" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C38" s="14">
         <v>18470900</v>
       </c>
-      <c r="D37" s="15">
+      <c r="D38" s="15">
         <v>25.5</v>
       </c>
-      <c r="E37" s="15">
+      <c r="E38" s="15">
         <v>27.72</v>
       </c>
-      <c r="F37" s="16">
+      <c r="F38" s="16">
         <v>29.82</v>
       </c>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A38" s="7" t="s">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A39" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="9">
+      <c r="B39" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C39" s="9">
         <v>7000000</v>
       </c>
-      <c r="D38" s="10">
+      <c r="D39" s="10">
         <v>31.45</v>
       </c>
-      <c r="E38" s="10">
+      <c r="E39" s="10">
         <v>32.869999999999997</v>
       </c>
-      <c r="F38" s="11">
+      <c r="F39" s="11">
         <v>35.82</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A39" s="12" t="s">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A40" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B39" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="14">
+      <c r="B40" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C40" s="14">
         <v>5000000</v>
       </c>
-      <c r="D39" s="15">
+      <c r="D40" s="15">
         <v>34.75</v>
       </c>
-      <c r="E39" s="15">
+      <c r="E40" s="15">
         <v>35.299999999999997</v>
       </c>
-      <c r="F39" s="16">
+      <c r="F40" s="16">
         <v>36.01</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A40" s="7" t="s">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A41" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="B40" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="9">
+      <c r="B41" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C41" s="9">
         <v>6500000</v>
       </c>
-      <c r="D40" s="10">
+      <c r="D41" s="10">
         <v>34.18</v>
       </c>
-      <c r="E40" s="10">
+      <c r="E41" s="10">
         <v>35.6</v>
       </c>
-      <c r="F40" s="11">
+      <c r="F41" s="11">
         <v>36.86</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="24" t="s">
+    <row r="42" spans="1:6" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="24" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="25" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="26">
+      <c r="B42" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" s="26">
         <v>4000000</v>
       </c>
-      <c r="D41" s="27">
+      <c r="D42" s="27">
         <v>36.4</v>
       </c>
-      <c r="E41" s="27">
+      <c r="E42" s="27">
         <v>37.04</v>
       </c>
-      <c r="F41" s="28">
+      <c r="F42" s="28">
         <v>37.4</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
-[...6 lines deleted...]
-    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A44" s="29"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.3">
       <c r="C46" s="30"/>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.3">
       <c r="C47" s="30"/>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.3">
       <c r="C48" s="30"/>
     </row>
-    <row r="49" spans="3:3" x14ac:dyDescent="0.2">
+    <row r="49" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C49" s="30"/>
     </row>
-    <row r="50" spans="3:3" x14ac:dyDescent="0.2">
+    <row r="50" spans="3:3" x14ac:dyDescent="0.3">
       <c r="C50" s="30"/>
+    </row>
+    <row r="51" spans="3:3" x14ac:dyDescent="0.3">
+      <c r="C51" s="30"/>
     </row>
   </sheetData>
   <pageMargins left="0.27" right="0.25" top="0.984251969" bottom="0.984251969" header="0.49212598499999999" footer="0.49212598499999999"/>
   <pageSetup paperSize="9" scale="81" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;9&amp;K000000Corporativo | Interno</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5fd961e0-54ee-4f16-9701-4ddce7fa3857">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5fd961e0-54ee-4f16-9701-4ddce7fa3857" xmlns:ns3="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="175d70a96fa247ae8a5a1b563f4626f5" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101000B70BBD7E77E8A4D9F8F4B008E3B676E" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="d93cb103b800380aef712bb1de6fe621">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5fd961e0-54ee-4f16-9701-4ddce7fa3857" xmlns:ns3="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e45bd74af49949759c59953e4d941ee" ns2:_="" ns3:_="">
     <xsd:import namespace="5fd961e0-54ee-4f16-9701-4ddce7fa3857"/>
     <xsd:import namespace="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2360,84 +2371,78 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF9368A0-9D59-4657-B596-89AFCBA6E83E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5fd961e0-54ee-4f16-9701-4ddce7fa3857"/>
     <ds:schemaRef ds:uri="4a7dc8c6-3ef8-427b-9c9b-381bd21e1ad2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEFC2BD3-5AF2-4BF6-BC01-08C6D341D09A}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8719C08-6E68-4D4A-A6D3-7FF7071925A8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E9FA710-4207-44EB-BA1E-F9E556C317FD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Histórico de Recompra de Ações </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>