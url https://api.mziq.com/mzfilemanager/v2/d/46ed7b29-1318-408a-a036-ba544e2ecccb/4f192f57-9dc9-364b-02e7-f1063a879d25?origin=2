--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Drives compartilhados\Investor Relations\Shareholders\Cap Table\Base de buybacks por mês site RI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F06ECA7E-1CF4-4145-8161-065ACF46D8CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1DC9C150-AB02-4A9A-8A02-4AD89684B0CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{19E48468-AC2E-4F32-8E12-794006CA171F}"/>
   </bookViews>
   <sheets>
     <sheet name="Buybacks" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="38">
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total number of shares purchased</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Average price paid per share (US$)</t>
   </si>
   <si>
     <t>apr/25</t>
   </si>
   <si>
     <t>feb/25</t>
   </si>
   <si>
     <t>oct/24</t>
   </si>
   <si>
     <t>sep/24</t>
   </si>
   <si>
@@ -145,50 +145,53 @@
     <t>sep/21</t>
   </si>
   <si>
     <t>aug/21</t>
   </si>
   <si>
     <t>may/21</t>
   </si>
   <si>
     <t>apr/21</t>
   </si>
   <si>
     <t>feb/21</t>
   </si>
   <si>
     <t>may/25</t>
   </si>
   <si>
     <t>dec/24</t>
   </si>
   <si>
     <t>aug/25</t>
   </si>
   <si>
     <t>sep/25</t>
+  </si>
+  <si>
+    <t>oct/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-[$$-409]* #,##0.00_ ;_-[$$-409]* \-#,##0.00\ ;_-[$$-409]* &quot;-&quot;??_ ;_-@_ "/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -279,81 +282,81 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1016,743 +1019,755 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE0AA205-3591-47FB-A4DB-CC094BCEBC37}">
-  <dimension ref="A1:K65"/>
+  <dimension ref="A1:K66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E6" sqref="E6"/>
+      <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.36328125" style="2" customWidth="1"/>
     <col min="2" max="2" width="11.08984375" style="3" customWidth="1"/>
     <col min="3" max="3" width="39.54296875" style="4" customWidth="1"/>
     <col min="4" max="4" width="15.453125" style="3" customWidth="1"/>
     <col min="5" max="5" width="18.453125" style="2" customWidth="1"/>
     <col min="6" max="6" width="8.7265625" style="2" customWidth="1"/>
     <col min="7" max="11" width="0" style="2" hidden="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7265625" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A1" s="6"/>
-[...4 lines deleted...]
-      <c r="F1" s="6"/>
+      <c r="A1" s="15"/>
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A2" s="6"/>
-[...4 lines deleted...]
-      <c r="F2" s="6"/>
+      <c r="A2" s="15"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A3" s="6"/>
-[...4 lines deleted...]
-      <c r="F3" s="6"/>
+      <c r="A3" s="15"/>
+      <c r="B3" s="15"/>
+      <c r="C3" s="15"/>
+      <c r="D3" s="15"/>
+      <c r="E3" s="15"/>
+      <c r="F3" s="15"/>
     </row>
     <row r="4" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="7"/>
-[...4 lines deleted...]
-      <c r="F4" s="7"/>
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
     </row>
     <row r="5" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="6" spans="1:6" ht="46.5" x14ac:dyDescent="0.35">
-      <c r="B6" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="8" t="s">
+      <c r="B6" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="8" t="s">
+      <c r="D6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="1"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B7" s="9" t="s">
+      <c r="B7" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="8">
+        <v>5396652</v>
+      </c>
+      <c r="D7" s="9">
+        <v>18.050366818168008</v>
+      </c>
+      <c r="F7" s="1"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B8" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="C7" s="10">
+      <c r="C8" s="8">
         <v>821658</v>
       </c>
-      <c r="D7" s="11">
+      <c r="D8" s="9">
         <v>18.302972222019381</v>
       </c>
-      <c r="F7" s="1"/>
-[...2 lines deleted...]
-      <c r="B8" s="9" t="s">
+      <c r="F8" s="1"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B9" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="C8" s="10">
+      <c r="C9" s="8">
         <v>2415683</v>
       </c>
-      <c r="D8" s="11">
+      <c r="D9" s="9">
         <v>14.647809604985422</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B9" s="9">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B10" s="7">
         <v>45839</v>
       </c>
-      <c r="C9" s="10">
+      <c r="C10" s="8">
         <v>2329045</v>
       </c>
-      <c r="D9" s="11">
+      <c r="D10" s="9">
         <v>14.665698687659535</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B10" s="9">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B11" s="7">
         <v>45809</v>
       </c>
-      <c r="C10" s="10">
+      <c r="C11" s="8">
         <v>934653</v>
       </c>
-      <c r="D10" s="11">
+      <c r="D11" s="9">
         <v>14.283734562452588</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B11" s="9" t="s">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B12" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C11" s="10">
+      <c r="C12" s="8">
         <v>1502674</v>
       </c>
-      <c r="D11" s="11">
+      <c r="D12" s="9">
         <v>13.287036802393599</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B12" s="9" t="s">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B13" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C12" s="10">
+      <c r="C13" s="8">
         <v>3277022</v>
       </c>
-      <c r="D12" s="11">
+      <c r="D13" s="9">
         <v>10.934373287698405</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B13" s="9">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B14" s="7">
         <v>45717</v>
       </c>
-      <c r="C13" s="10">
+      <c r="C14" s="8">
         <v>5720324</v>
       </c>
-      <c r="D13" s="11">
+      <c r="D14" s="9">
         <v>10.489901362230533</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B14" s="9" t="s">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B15" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="10">
+      <c r="C15" s="8">
         <v>4478338</v>
       </c>
-      <c r="D14" s="11">
+      <c r="D15" s="9">
         <v>9.5438296037503196</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B15" s="9">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B16" s="7">
         <v>45658</v>
       </c>
-      <c r="C15" s="10">
+      <c r="C16" s="8">
         <v>4942394</v>
       </c>
-      <c r="D15" s="11">
+      <c r="D16" s="9">
         <v>8.3860114470841474</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B16" s="9" t="s">
+    <row r="17" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B17" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="C16" s="10">
+      <c r="C17" s="8">
         <v>9705261</v>
       </c>
-      <c r="D16" s="11">
+      <c r="D17" s="9">
         <v>9.0411779044376033</v>
       </c>
     </row>
-    <row r="17" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B17" s="9">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B18" s="7">
         <v>45597</v>
       </c>
-      <c r="C17" s="10">
+      <c r="C18" s="8">
         <v>1182291</v>
       </c>
-      <c r="D17" s="11">
+      <c r="D18" s="9">
         <v>10.554919550263007</v>
       </c>
     </row>
-    <row r="18" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B18" s="9" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="C18" s="10">
-[...5 lines deleted...]
-      <c r="B19" s="9" t="s">
+      <c r="C19" s="8">
+        <v>0</v>
+      </c>
+      <c r="D19" s="9"/>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B20" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C19" s="10">
+      <c r="C20" s="8">
         <v>295000</v>
       </c>
-      <c r="D19" s="11">
+      <c r="D20" s="9">
         <v>11.857246711864406</v>
       </c>
     </row>
-    <row r="20" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B20" s="9" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B21" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="C20" s="10">
-[...5 lines deleted...]
-      <c r="B21" s="9">
+      <c r="C21" s="8">
+        <v>0</v>
+      </c>
+      <c r="D21" s="9"/>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B22" s="7">
         <v>45474</v>
       </c>
-      <c r="C21" s="10">
+      <c r="C22" s="8">
         <v>9670688</v>
       </c>
-      <c r="D21" s="11">
+      <c r="D22" s="9">
         <v>13.379558507109319</v>
       </c>
     </row>
-    <row r="22" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B22" s="9">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B23" s="7">
         <v>45444</v>
       </c>
-      <c r="C22" s="10">
+      <c r="C23" s="8">
         <v>917606</v>
       </c>
-      <c r="D22" s="11">
+      <c r="D23" s="9">
         <v>13.428262751115403</v>
       </c>
     </row>
-    <row r="23" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B23" s="9" t="s">
+    <row r="24" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B24" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="C23" s="10">
+      <c r="C24" s="8">
         <v>2319645</v>
       </c>
-      <c r="D23" s="11">
+      <c r="D24" s="9">
         <v>14.348836244339113</v>
       </c>
     </row>
-    <row r="24" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B24" s="9" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B25" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C24" s="10">
-[...7 lines deleted...]
-      <c r="B25" s="9">
+      <c r="C25" s="8">
+        <v>0</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B26" s="7">
         <v>45352</v>
       </c>
-      <c r="C25" s="10">
-[...7 lines deleted...]
-      <c r="B26" s="9" t="s">
+      <c r="C26" s="8">
+        <v>0</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B27" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C26" s="10">
-[...7 lines deleted...]
-      <c r="B27" s="9">
+      <c r="C27" s="8">
+        <v>0</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B28" s="7">
         <v>45292</v>
       </c>
-      <c r="C27" s="10">
-[...7 lines deleted...]
-      <c r="B28" s="9" t="s">
+      <c r="C28" s="8">
+        <v>0</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B29" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="C28" s="10">
-[...7 lines deleted...]
-      <c r="B29" s="9">
+      <c r="C29" s="8">
+        <v>0</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B30" s="7">
         <v>45231</v>
       </c>
-      <c r="C29" s="10">
+      <c r="C30" s="8">
         <v>5733740</v>
       </c>
-      <c r="D29" s="11">
+      <c r="D30" s="9">
         <v>10.309966560447458</v>
       </c>
     </row>
-    <row r="30" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B30" s="9" t="s">
+    <row r="31" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B31" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C30" s="10">
-[...7 lines deleted...]
-      <c r="B31" s="9" t="s">
+      <c r="C31" s="8">
+        <v>0</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B32" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="C31" s="10">
-[...7 lines deleted...]
-      <c r="B32" s="9" t="s">
+      <c r="C32" s="8">
+        <v>0</v>
+      </c>
+      <c r="D32" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B33" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="C32" s="10">
-[...7 lines deleted...]
-      <c r="B33" s="9">
+      <c r="C33" s="8">
+        <v>0</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B34" s="7">
         <v>45108</v>
       </c>
-      <c r="C33" s="10">
-[...7 lines deleted...]
-      <c r="B34" s="9">
+      <c r="C34" s="8">
+        <v>0</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B35" s="7">
         <v>45078</v>
       </c>
-      <c r="C34" s="10">
-[...7 lines deleted...]
-      <c r="B35" s="9" t="s">
+      <c r="C35" s="8">
+        <v>0</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B36" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C35" s="10">
-[...7 lines deleted...]
-      <c r="B36" s="9" t="s">
+      <c r="C36" s="8">
+        <v>0</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B37" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="C36" s="10">
-[...7 lines deleted...]
-      <c r="B37" s="9">
+      <c r="C37" s="8">
+        <v>0</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B38" s="7">
         <v>44986</v>
       </c>
-      <c r="C37" s="10">
-[...7 lines deleted...]
-      <c r="B38" s="9" t="s">
+      <c r="C38" s="8">
+        <v>0</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B39" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="C38" s="10">
-[...7 lines deleted...]
-      <c r="B39" s="9">
+      <c r="C39" s="8">
+        <v>0</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B40" s="7">
         <v>44927</v>
       </c>
-      <c r="C39" s="10">
-[...7 lines deleted...]
-      <c r="B40" s="9" t="s">
+      <c r="C40" s="8">
+        <v>0</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B41" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="C40" s="10">
-[...7 lines deleted...]
-      <c r="B41" s="9">
+      <c r="C41" s="8">
+        <v>0</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B42" s="7">
         <v>44866</v>
       </c>
-      <c r="C41" s="10">
-[...7 lines deleted...]
-      <c r="B42" s="9" t="s">
+      <c r="C42" s="8">
+        <v>0</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B43" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C42" s="10">
-[...7 lines deleted...]
-      <c r="B43" s="9" t="s">
+      <c r="C43" s="8">
+        <v>0</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B44" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="C43" s="10">
-[...7 lines deleted...]
-      <c r="B44" s="9" t="s">
+      <c r="C44" s="8">
+        <v>0</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B45" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="C44" s="10">
-[...7 lines deleted...]
-      <c r="B45" s="9">
+      <c r="C45" s="8">
+        <v>0</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B46" s="7">
         <v>44743</v>
       </c>
-      <c r="C45" s="10">
-[...7 lines deleted...]
-      <c r="B46" s="9">
+      <c r="C46" s="8">
+        <v>0</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B47" s="7">
         <v>44713</v>
       </c>
-      <c r="C46" s="10">
-[...7 lines deleted...]
-      <c r="B47" s="9" t="s">
+      <c r="C47" s="8">
+        <v>0</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B48" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="C47" s="10">
-[...7 lines deleted...]
-      <c r="B48" s="9" t="s">
+      <c r="C48" s="8">
+        <v>0</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B49" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C48" s="10">
-[...7 lines deleted...]
-      <c r="B49" s="9">
+      <c r="C49" s="8">
+        <v>0</v>
+      </c>
+      <c r="D49" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B50" s="7">
         <v>44621</v>
       </c>
-      <c r="C49" s="10">
-[...7 lines deleted...]
-      <c r="B50" s="9" t="s">
+      <c r="C50" s="8">
+        <v>0</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B51" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C50" s="10">
-[...7 lines deleted...]
-      <c r="B51" s="9">
+      <c r="C51" s="8">
+        <v>0</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B52" s="7">
         <v>44562</v>
       </c>
-      <c r="C51" s="10">
-[...7 lines deleted...]
-      <c r="B52" s="9" t="s">
+      <c r="C52" s="8">
+        <v>0</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B53" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="C52" s="10">
-[...7 lines deleted...]
-      <c r="B53" s="9">
+      <c r="C53" s="8">
+        <v>0</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B54" s="7">
         <v>44501</v>
       </c>
-      <c r="C53" s="10">
-[...7 lines deleted...]
-      <c r="B54" s="9" t="s">
+      <c r="C54" s="8">
+        <v>0</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B55" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="C54" s="10">
-[...7 lines deleted...]
-      <c r="B55" s="9" t="s">
+      <c r="C55" s="8">
+        <v>0</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B56" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="C55" s="10">
-[...7 lines deleted...]
-      <c r="B56" s="9" t="s">
+      <c r="C56" s="8">
+        <v>0</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B57" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C56" s="10">
-[...7 lines deleted...]
-      <c r="B57" s="9">
+      <c r="C57" s="8">
+        <v>0</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B58" s="7">
         <v>44378</v>
       </c>
-      <c r="C57" s="10">
-[...7 lines deleted...]
-      <c r="B58" s="9">
+      <c r="C58" s="8">
+        <v>0</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B59" s="7">
         <v>44348</v>
       </c>
-      <c r="C58" s="10">
-[...7 lines deleted...]
-      <c r="B59" s="9" t="s">
+      <c r="C59" s="8">
+        <v>0</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B60" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="C59" s="10">
+      <c r="C60" s="8">
         <v>2404074</v>
       </c>
-      <c r="D59" s="11">
+      <c r="D60" s="9">
         <v>59.502338018921215</v>
       </c>
     </row>
-    <row r="60" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B60" s="9" t="s">
+    <row r="61" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B61" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="C60" s="10">
+      <c r="C61" s="8">
         <v>329294</v>
       </c>
-      <c r="D60" s="11">
+      <c r="D61" s="9">
         <v>62.422595899409046</v>
       </c>
     </row>
-    <row r="61" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B61" s="9">
+    <row r="62" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B62" s="7">
         <v>44256</v>
       </c>
-      <c r="C61" s="10">
+      <c r="C62" s="8">
         <v>334010</v>
       </c>
-      <c r="D61" s="11">
+      <c r="D62" s="9">
         <v>59.878299999999996</v>
       </c>
     </row>
-    <row r="62" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B62" s="9" t="s">
+    <row r="63" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B63" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C62" s="10">
-[...7 lines deleted...]
-      <c r="B63" s="12">
+      <c r="C63" s="8">
+        <v>0</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B64" s="10">
         <v>44197</v>
       </c>
-      <c r="C63" s="13">
-[...11 lines deleted...]
-    <row r="65" x14ac:dyDescent="0.35"/>
+      <c r="C64" s="11">
+        <v>0</v>
+      </c>
+      <c r="D64" s="12" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B65" s="13"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="13"/>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F4"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>