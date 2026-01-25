--- v1 (2025-11-26)
+++ v2 (2026-01-25)
@@ -1,84 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="202300"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Drives compartilhados\Investor Relations\Shareholders\Cap Table\Base de buybacks por mês site RI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Victor Marques\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1DC9C150-AB02-4A9A-8A02-4AD89684B0CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{19E48468-AC2E-4F32-8E12-794006CA171F}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="6630"/>
   </bookViews>
   <sheets>
     <sheet name="Buybacks" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029" concurrentCalc="0"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="39">
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total number of shares purchased</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Average price paid per share (US$)</t>
   </si>
   <si>
     <t>apr/25</t>
   </si>
   <si>
     <t>feb/25</t>
   </si>
   <si>
     <t>oct/24</t>
   </si>
   <si>
     <t>sep/24</t>
   </si>
   <si>
@@ -148,60 +147,63 @@
     <t>aug/21</t>
   </si>
   <si>
     <t>may/21</t>
   </si>
   <si>
     <t>apr/21</t>
   </si>
   <si>
     <t>feb/21</t>
   </si>
   <si>
     <t>may/25</t>
   </si>
   <si>
     <t>dec/24</t>
   </si>
   <si>
     <t>aug/25</t>
   </si>
   <si>
     <t>sep/25</t>
   </si>
   <si>
     <t>oct/25</t>
+  </si>
+  <si>
+    <t>dec/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-[$$-409]* #,##0.00_ ;_-[$$-409]* \-#,##0.00\ ;_-[$$-409]* &quot;-&quot;??_ ;_-@_ "/>
   </numFmts>
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1018,756 +1020,780 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE0AA205-3591-47FB-A4DB-CC094BCEBC37}">
-  <dimension ref="A1:K66"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:K68"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E9" sqref="E9"/>
+    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="10.36328125" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="8.7265625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="10.375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="11.125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="39.5" style="4" customWidth="1"/>
+    <col min="4" max="4" width="15.5" style="3" customWidth="1"/>
+    <col min="5" max="5" width="18.5" style="2" customWidth="1"/>
+    <col min="6" max="6" width="8.75" style="2" customWidth="1"/>
     <col min="7" max="11" width="0" style="2" hidden="1" customWidth="1"/>
-    <col min="12" max="16384" width="8.7265625" style="2" hidden="1"/>
+    <col min="12" max="16384" width="8.75" style="2" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6">
       <c r="A1" s="15"/>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6">
       <c r="A2" s="15"/>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6">
       <c r="A3" s="15"/>
       <c r="B3" s="15"/>
       <c r="C3" s="15"/>
       <c r="D3" s="15"/>
       <c r="E3" s="15"/>
       <c r="F3" s="15"/>
     </row>
-    <row r="4" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6" s="5" customFormat="1">
       <c r="A4" s="16"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="16"/>
       <c r="E4" s="16"/>
       <c r="F4" s="16"/>
     </row>
-    <row r="5" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
-    <row r="6" spans="1:6" ht="46.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6" s="3" customFormat="1"/>
+    <row r="6" spans="1:6" ht="47.25">
       <c r="B6" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="1"/>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6" ht="15">
       <c r="B7" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" s="8">
+        <v>2930001</v>
+      </c>
+      <c r="D7" s="9">
+        <v>15.42</v>
+      </c>
+      <c r="F7" s="1"/>
+    </row>
+    <row r="8" spans="1:6" ht="15">
+      <c r="B8" s="7">
+        <v>45962</v>
+      </c>
+      <c r="C8" s="8">
+        <v>5541655</v>
+      </c>
+      <c r="D8" s="9">
+        <v>17.471682537076017</v>
+      </c>
+      <c r="F8" s="1"/>
+    </row>
+    <row r="9" spans="1:6" ht="15">
+      <c r="B9" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="C7" s="8">
+      <c r="C9" s="8">
         <v>5396652</v>
       </c>
-      <c r="D7" s="9">
+      <c r="D9" s="9">
         <v>18.050366818168008</v>
       </c>
-      <c r="F7" s="1"/>
-[...2 lines deleted...]
-      <c r="B8" s="7" t="s">
+      <c r="F9" s="1"/>
+    </row>
+    <row r="10" spans="1:6" ht="15">
+      <c r="B10" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="C8" s="8">
+      <c r="C10" s="8">
         <v>821658</v>
       </c>
-      <c r="D8" s="9">
+      <c r="D10" s="9">
         <v>18.302972222019381</v>
       </c>
-      <c r="F8" s="1"/>
-[...2 lines deleted...]
-      <c r="B9" s="7" t="s">
+      <c r="F10" s="1"/>
+    </row>
+    <row r="11" spans="1:6" ht="15">
+      <c r="B11" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="8">
+      <c r="C11" s="8">
         <v>2415683</v>
       </c>
-      <c r="D9" s="9">
+      <c r="D11" s="9">
         <v>14.647809604985422</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B10" s="7">
+    <row r="12" spans="1:6" ht="15">
+      <c r="B12" s="7">
         <v>45839</v>
       </c>
-      <c r="C10" s="8">
+      <c r="C12" s="8">
         <v>2329045</v>
       </c>
-      <c r="D10" s="9">
+      <c r="D12" s="9">
         <v>14.665698687659535</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B11" s="7">
+    <row r="13" spans="1:6" ht="15">
+      <c r="B13" s="7">
         <v>45809</v>
       </c>
-      <c r="C11" s="8">
+      <c r="C13" s="8">
         <v>934653</v>
       </c>
-      <c r="D11" s="9">
+      <c r="D13" s="9">
         <v>14.283734562452588</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B12" s="7" t="s">
+    <row r="14" spans="1:6" ht="15">
+      <c r="B14" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C12" s="8">
+      <c r="C14" s="8">
         <v>1502674</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D14" s="9">
         <v>13.287036802393599</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B13" s="7" t="s">
+    <row r="15" spans="1:6" ht="15">
+      <c r="B15" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C13" s="8">
+      <c r="C15" s="8">
         <v>3277022</v>
       </c>
-      <c r="D13" s="9">
+      <c r="D15" s="9">
         <v>10.934373287698405</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B14" s="7">
+    <row r="16" spans="1:6" ht="15">
+      <c r="B16" s="7">
         <v>45717</v>
       </c>
-      <c r="C14" s="8">
+      <c r="C16" s="8">
         <v>5720324</v>
       </c>
-      <c r="D14" s="9">
+      <c r="D16" s="9">
         <v>10.489901362230533</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B15" s="7" t="s">
+    <row r="17" spans="2:4" ht="15">
+      <c r="B17" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C15" s="8">
+      <c r="C17" s="8">
         <v>4478338</v>
       </c>
-      <c r="D15" s="9">
+      <c r="D17" s="9">
         <v>9.5438296037503196</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="B16" s="7">
+    <row r="18" spans="2:4" ht="15">
+      <c r="B18" s="7">
         <v>45658</v>
       </c>
-      <c r="C16" s="8">
+      <c r="C18" s="8">
         <v>4942394</v>
       </c>
-      <c r="D16" s="9">
+      <c r="D18" s="9">
         <v>8.3860114470841474</v>
       </c>
     </row>
-    <row r="17" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B17" s="7" t="s">
+    <row r="19" spans="2:4" ht="15">
+      <c r="B19" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="8">
+      <c r="C19" s="8">
         <v>9705261</v>
       </c>
-      <c r="D17" s="9">
+      <c r="D19" s="9">
         <v>9.0411779044376033</v>
       </c>
     </row>
-    <row r="18" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B18" s="7">
+    <row r="20" spans="2:4" ht="15">
+      <c r="B20" s="7">
         <v>45597</v>
       </c>
-      <c r="C18" s="8">
+      <c r="C20" s="8">
         <v>1182291</v>
       </c>
-      <c r="D18" s="9">
+      <c r="D20" s="9">
         <v>10.554919550263007</v>
       </c>
     </row>
-    <row r="19" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B19" s="7" t="s">
+    <row r="21" spans="2:4" ht="15">
+      <c r="B21" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="C19" s="8">
-[...5 lines deleted...]
-      <c r="B20" s="7" t="s">
+      <c r="C21" s="8">
+        <v>0</v>
+      </c>
+      <c r="D21" s="9"/>
+    </row>
+    <row r="22" spans="2:4" ht="15">
+      <c r="B22" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C20" s="8">
+      <c r="C22" s="8">
         <v>295000</v>
       </c>
-      <c r="D20" s="9">
+      <c r="D22" s="9">
         <v>11.857246711864406</v>
       </c>
     </row>
-    <row r="21" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B21" s="7" t="s">
+    <row r="23" spans="2:4" ht="15">
+      <c r="B23" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="C21" s="8">
-[...5 lines deleted...]
-      <c r="B22" s="7">
+      <c r="C23" s="8">
+        <v>0</v>
+      </c>
+      <c r="D23" s="9"/>
+    </row>
+    <row r="24" spans="2:4" ht="15">
+      <c r="B24" s="7">
         <v>45474</v>
       </c>
-      <c r="C22" s="8">
+      <c r="C24" s="8">
         <v>9670688</v>
       </c>
-      <c r="D22" s="9">
+      <c r="D24" s="9">
         <v>13.379558507109319</v>
       </c>
     </row>
-    <row r="23" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B23" s="7">
+    <row r="25" spans="2:4" ht="15">
+      <c r="B25" s="7">
         <v>45444</v>
       </c>
-      <c r="C23" s="8">
+      <c r="C25" s="8">
         <v>917606</v>
       </c>
-      <c r="D23" s="9">
+      <c r="D25" s="9">
         <v>13.428262751115403</v>
       </c>
     </row>
-    <row r="24" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B24" s="7" t="s">
+    <row r="26" spans="2:4" ht="15">
+      <c r="B26" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="C24" s="8">
+      <c r="C26" s="8">
         <v>2319645</v>
       </c>
-      <c r="D24" s="9">
+      <c r="D26" s="9">
         <v>14.348836244339113</v>
       </c>
     </row>
-    <row r="25" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B25" s="7" t="s">
+    <row r="27" spans="2:4" ht="15">
+      <c r="B27" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C25" s="8">
-[...7 lines deleted...]
-      <c r="B26" s="7">
+      <c r="C27" s="8">
+        <v>0</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" ht="15">
+      <c r="B28" s="7">
         <v>45352</v>
       </c>
-      <c r="C26" s="8">
-[...7 lines deleted...]
-      <c r="B27" s="7" t="s">
+      <c r="C28" s="8">
+        <v>0</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" ht="15">
+      <c r="B29" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C27" s="8">
-[...7 lines deleted...]
-      <c r="B28" s="7">
+      <c r="C29" s="8">
+        <v>0</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" ht="15">
+      <c r="B30" s="7">
         <v>45292</v>
       </c>
-      <c r="C28" s="8">
-[...7 lines deleted...]
-      <c r="B29" s="7" t="s">
+      <c r="C30" s="8">
+        <v>0</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" ht="15">
+      <c r="B31" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="C29" s="8">
-[...7 lines deleted...]
-      <c r="B30" s="7">
+      <c r="C31" s="8">
+        <v>0</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" ht="15">
+      <c r="B32" s="7">
         <v>45231</v>
       </c>
-      <c r="C30" s="8">
+      <c r="C32" s="8">
         <v>5733740</v>
       </c>
-      <c r="D30" s="9">
+      <c r="D32" s="9">
         <v>10.309966560447458</v>
       </c>
     </row>
-    <row r="31" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B31" s="7" t="s">
+    <row r="33" spans="2:4" ht="15">
+      <c r="B33" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C31" s="8">
-[...7 lines deleted...]
-      <c r="B32" s="7" t="s">
+      <c r="C33" s="8">
+        <v>0</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" ht="15">
+      <c r="B34" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="C32" s="8">
-[...7 lines deleted...]
-      <c r="B33" s="7" t="s">
+      <c r="C34" s="8">
+        <v>0</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" ht="15">
+      <c r="B35" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="C33" s="8">
-[...7 lines deleted...]
-      <c r="B34" s="7">
+      <c r="C35" s="8">
+        <v>0</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" ht="15">
+      <c r="B36" s="7">
         <v>45108</v>
       </c>
-      <c r="C34" s="8">
-[...7 lines deleted...]
-      <c r="B35" s="7">
+      <c r="C36" s="8">
+        <v>0</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" ht="15">
+      <c r="B37" s="7">
         <v>45078</v>
       </c>
-      <c r="C35" s="8">
-[...7 lines deleted...]
-      <c r="B36" s="7" t="s">
+      <c r="C37" s="8">
+        <v>0</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" ht="15">
+      <c r="B38" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C36" s="8">
-[...7 lines deleted...]
-      <c r="B37" s="7" t="s">
+      <c r="C38" s="8">
+        <v>0</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" ht="15">
+      <c r="B39" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="C37" s="8">
-[...7 lines deleted...]
-      <c r="B38" s="7">
+      <c r="C39" s="8">
+        <v>0</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" ht="15">
+      <c r="B40" s="7">
         <v>44986</v>
       </c>
-      <c r="C38" s="8">
-[...7 lines deleted...]
-      <c r="B39" s="7" t="s">
+      <c r="C40" s="8">
+        <v>0</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" ht="15">
+      <c r="B41" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="C39" s="8">
-[...7 lines deleted...]
-      <c r="B40" s="7">
+      <c r="C41" s="8">
+        <v>0</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" ht="15">
+      <c r="B42" s="7">
         <v>44927</v>
       </c>
-      <c r="C40" s="8">
-[...7 lines deleted...]
-      <c r="B41" s="7" t="s">
+      <c r="C42" s="8">
+        <v>0</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" ht="15">
+      <c r="B43" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="C41" s="8">
-[...7 lines deleted...]
-      <c r="B42" s="7">
+      <c r="C43" s="8">
+        <v>0</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" ht="15">
+      <c r="B44" s="7">
         <v>44866</v>
       </c>
-      <c r="C42" s="8">
-[...7 lines deleted...]
-      <c r="B43" s="7" t="s">
+      <c r="C44" s="8">
+        <v>0</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" ht="15">
+      <c r="B45" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C43" s="8">
-[...7 lines deleted...]
-      <c r="B44" s="7" t="s">
+      <c r="C45" s="8">
+        <v>0</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" ht="15">
+      <c r="B46" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="C44" s="8">
-[...7 lines deleted...]
-      <c r="B45" s="7" t="s">
+      <c r="C46" s="8">
+        <v>0</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" ht="15">
+      <c r="B47" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="C45" s="8">
-[...7 lines deleted...]
-      <c r="B46" s="7">
+      <c r="C47" s="8">
+        <v>0</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" ht="15">
+      <c r="B48" s="7">
         <v>44743</v>
       </c>
-      <c r="C46" s="8">
-[...7 lines deleted...]
-      <c r="B47" s="7">
+      <c r="C48" s="8">
+        <v>0</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" ht="15">
+      <c r="B49" s="7">
         <v>44713</v>
       </c>
-      <c r="C47" s="8">
-[...7 lines deleted...]
-      <c r="B48" s="7" t="s">
+      <c r="C49" s="8">
+        <v>0</v>
+      </c>
+      <c r="D49" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" ht="15">
+      <c r="B50" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="C48" s="8">
-[...7 lines deleted...]
-      <c r="B49" s="7" t="s">
+      <c r="C50" s="8">
+        <v>0</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" ht="15">
+      <c r="B51" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C49" s="8">
-[...7 lines deleted...]
-      <c r="B50" s="7">
+      <c r="C51" s="8">
+        <v>0</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" ht="15">
+      <c r="B52" s="7">
         <v>44621</v>
       </c>
-      <c r="C50" s="8">
-[...7 lines deleted...]
-      <c r="B51" s="7" t="s">
+      <c r="C52" s="8">
+        <v>0</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" ht="15">
+      <c r="B53" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C51" s="8">
-[...7 lines deleted...]
-      <c r="B52" s="7">
+      <c r="C53" s="8">
+        <v>0</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" ht="15">
+      <c r="B54" s="7">
         <v>44562</v>
       </c>
-      <c r="C52" s="8">
-[...7 lines deleted...]
-      <c r="B53" s="7" t="s">
+      <c r="C54" s="8">
+        <v>0</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" ht="15">
+      <c r="B55" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="C53" s="8">
-[...7 lines deleted...]
-      <c r="B54" s="7">
+      <c r="C55" s="8">
+        <v>0</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" ht="15">
+      <c r="B56" s="7">
         <v>44501</v>
       </c>
-      <c r="C54" s="8">
-[...7 lines deleted...]
-      <c r="B55" s="7" t="s">
+      <c r="C56" s="8">
+        <v>0</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" ht="15">
+      <c r="B57" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="C55" s="8">
-[...7 lines deleted...]
-      <c r="B56" s="7" t="s">
+      <c r="C57" s="8">
+        <v>0</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" ht="15">
+      <c r="B58" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="C56" s="8">
-[...7 lines deleted...]
-      <c r="B57" s="7" t="s">
+      <c r="C58" s="8">
+        <v>0</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" ht="15">
+      <c r="B59" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C57" s="8">
-[...7 lines deleted...]
-      <c r="B58" s="7">
+      <c r="C59" s="8">
+        <v>0</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" ht="15">
+      <c r="B60" s="7">
         <v>44378</v>
       </c>
-      <c r="C58" s="8">
-[...7 lines deleted...]
-      <c r="B59" s="7">
+      <c r="C60" s="8">
+        <v>0</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" ht="15">
+      <c r="B61" s="7">
         <v>44348</v>
       </c>
-      <c r="C59" s="8">
-[...7 lines deleted...]
-      <c r="B60" s="7" t="s">
+      <c r="C61" s="8">
+        <v>0</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" ht="15">
+      <c r="B62" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="C60" s="8">
+      <c r="C62" s="8">
         <v>2404074</v>
       </c>
-      <c r="D60" s="9">
+      <c r="D62" s="9">
         <v>59.502338018921215</v>
       </c>
     </row>
-    <row r="61" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B61" s="7" t="s">
+    <row r="63" spans="2:4" ht="15">
+      <c r="B63" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="C61" s="8">
+      <c r="C63" s="8">
         <v>329294</v>
       </c>
-      <c r="D61" s="9">
+      <c r="D63" s="9">
         <v>62.422595899409046</v>
       </c>
     </row>
-    <row r="62" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B62" s="7">
+    <row r="64" spans="2:4" ht="15">
+      <c r="B64" s="7">
         <v>44256</v>
       </c>
-      <c r="C62" s="8">
+      <c r="C64" s="8">
         <v>334010</v>
       </c>
-      <c r="D62" s="9">
+      <c r="D64" s="9">
         <v>59.878299999999996</v>
       </c>
     </row>
-    <row r="63" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B63" s="7" t="s">
+    <row r="65" spans="2:4" ht="15">
+      <c r="B65" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C63" s="8">
-[...7 lines deleted...]
-      <c r="B64" s="10">
+      <c r="C65" s="8">
+        <v>0</v>
+      </c>
+      <c r="D65" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" ht="15">
+      <c r="B66" s="10">
         <v>44197</v>
       </c>
-      <c r="C64" s="11">
-[...11 lines deleted...]
-    <row r="66" spans="2:4" x14ac:dyDescent="0.35"/>
+      <c r="C66" s="11">
+        <v>0</v>
+      </c>
+      <c r="D66" s="12" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" ht="15">
+      <c r="B67" s="13"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="13"/>
+    </row>
+    <row r="68" spans="2:4"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F4"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>