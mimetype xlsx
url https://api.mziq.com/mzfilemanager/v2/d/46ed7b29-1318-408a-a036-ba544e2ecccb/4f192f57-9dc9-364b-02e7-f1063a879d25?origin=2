--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -1,83 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Victor Marques\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Drives compartilhados\Investor Relations\Shareholders\Cap Table\Base de buybacks por mês site RI\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A362F3E-9E5B-4222-A1B0-0467314AFAB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="6630"/>
+    <workbookView xWindow="-80" yWindow="-80" windowWidth="19360" windowHeight="10240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Buybacks" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="40">
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Total number of shares purchased</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Average price paid per share (US$)</t>
   </si>
   <si>
     <t>apr/25</t>
   </si>
   <si>
     <t>feb/25</t>
   </si>
   <si>
     <t>oct/24</t>
   </si>
   <si>
     <t>sep/24</t>
   </si>
   <si>
@@ -150,60 +151,63 @@
     <t>may/21</t>
   </si>
   <si>
     <t>apr/21</t>
   </si>
   <si>
     <t>feb/21</t>
   </si>
   <si>
     <t>may/25</t>
   </si>
   <si>
     <t>dec/24</t>
   </si>
   <si>
     <t>aug/25</t>
   </si>
   <si>
     <t>sep/25</t>
   </si>
   <si>
     <t>oct/25</t>
   </si>
   <si>
     <t>dec/25</t>
+  </si>
+  <si>
+    <t>feb/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-[$$-409]* #,##0.00_ ;_-[$$-409]* \-#,##0.00\ ;_-[$$-409]* &quot;-&quot;??_ ;_-@_ "/>
   </numFmts>
-  <fonts count="3">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1020,780 +1024,804 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K68"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:K70"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="C8" sqref="C8"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.375" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="8.75" style="2" customWidth="1"/>
+    <col min="1" max="1" width="10.36328125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="11.08984375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="39.453125" style="4" customWidth="1"/>
+    <col min="4" max="4" width="15.453125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="18.453125" style="2" customWidth="1"/>
+    <col min="6" max="6" width="8.7265625" style="2" customWidth="1"/>
     <col min="7" max="11" width="0" style="2" hidden="1" customWidth="1"/>
-    <col min="12" max="16384" width="8.75" style="2" hidden="1"/>
+    <col min="12" max="16384" width="8.7265625" style="2" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A1" s="15"/>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
     </row>
-    <row r="2" spans="1:6">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A2" s="15"/>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
     </row>
-    <row r="3" spans="1:6">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A3" s="15"/>
       <c r="B3" s="15"/>
       <c r="C3" s="15"/>
       <c r="D3" s="15"/>
       <c r="E3" s="15"/>
       <c r="F3" s="15"/>
     </row>
-    <row r="4" spans="1:6" s="5" customFormat="1">
+    <row r="4" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A4" s="16"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="16"/>
       <c r="E4" s="16"/>
       <c r="F4" s="16"/>
     </row>
-    <row r="5" spans="1:6" s="3" customFormat="1"/>
-    <row r="6" spans="1:6" ht="47.25">
+    <row r="5" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="6" spans="1:6" ht="46.5" x14ac:dyDescent="0.35">
       <c r="B6" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="1"/>
     </row>
-    <row r="7" spans="1:6" ht="15">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
       <c r="B7" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" s="8">
+        <v>315475</v>
+      </c>
+      <c r="D7" s="9">
+        <v>16.564375338774866</v>
+      </c>
+      <c r="F7" s="1"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B8" s="7">
+        <v>46023</v>
+      </c>
+      <c r="C8" s="8">
+        <v>579709</v>
+      </c>
+      <c r="D8" s="9">
+        <v>14.529576097662792</v>
+      </c>
+      <c r="F8" s="1"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B9" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="8">
-[...8 lines deleted...]
-      <c r="B8" s="7">
+      <c r="C9" s="8">
+        <v>2929971</v>
+      </c>
+      <c r="D9" s="9">
+        <v>15.415341609183162</v>
+      </c>
+      <c r="F9" s="1"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B10" s="7">
         <v>45962</v>
       </c>
-      <c r="C8" s="8">
+      <c r="C10" s="8">
         <v>5541655</v>
       </c>
-      <c r="D8" s="9">
+      <c r="D10" s="9">
         <v>17.471682537076017</v>
       </c>
-      <c r="F8" s="1"/>
-[...2 lines deleted...]
-      <c r="B9" s="7" t="s">
+      <c r="F10" s="1"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B11" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="8">
+      <c r="C11" s="8">
         <v>5396652</v>
       </c>
-      <c r="D9" s="9">
+      <c r="D11" s="9">
         <v>18.050366818168008</v>
       </c>
-      <c r="F9" s="1"/>
-[...2 lines deleted...]
-      <c r="B10" s="7" t="s">
+      <c r="F11" s="1"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B12" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="C10" s="8">
+      <c r="C12" s="8">
         <v>821658</v>
       </c>
-      <c r="D10" s="9">
+      <c r="D12" s="9">
         <v>18.302972222019381</v>
       </c>
-      <c r="F10" s="1"/>
-[...2 lines deleted...]
-      <c r="B11" s="7" t="s">
+      <c r="F12" s="1"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B13" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="C11" s="8">
+      <c r="C13" s="8">
         <v>2415683</v>
       </c>
-      <c r="D11" s="9">
+      <c r="D13" s="9">
         <v>14.647809604985422</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="15">
-      <c r="B12" s="7">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B14" s="7">
         <v>45839</v>
       </c>
-      <c r="C12" s="8">
+      <c r="C14" s="8">
         <v>2329045</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D14" s="9">
         <v>14.665698687659535</v>
       </c>
     </row>
-    <row r="13" spans="1:6" ht="15">
-      <c r="B13" s="7">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B15" s="7">
         <v>45809</v>
       </c>
-      <c r="C13" s="8">
+      <c r="C15" s="8">
         <v>934653</v>
       </c>
-      <c r="D13" s="9">
+      <c r="D15" s="9">
         <v>14.283734562452588</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="15">
-      <c r="B14" s="7" t="s">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B16" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="8">
+      <c r="C16" s="8">
         <v>1502674</v>
       </c>
-      <c r="D14" s="9">
+      <c r="D16" s="9">
         <v>13.287036802393599</v>
       </c>
     </row>
-    <row r="15" spans="1:6" ht="15">
-      <c r="B15" s="7" t="s">
+    <row r="17" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B17" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C15" s="8">
+      <c r="C17" s="8">
         <v>3277022</v>
       </c>
-      <c r="D15" s="9">
+      <c r="D17" s="9">
         <v>10.934373287698405</v>
       </c>
     </row>
-    <row r="16" spans="1:6" ht="15">
-      <c r="B16" s="7">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B18" s="7">
         <v>45717</v>
       </c>
-      <c r="C16" s="8">
+      <c r="C18" s="8">
         <v>5720324</v>
       </c>
-      <c r="D16" s="9">
+      <c r="D18" s="9">
         <v>10.489901362230533</v>
       </c>
     </row>
-    <row r="17" spans="2:4" ht="15">
-      <c r="B17" s="7" t="s">
+    <row r="19" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C17" s="8">
+      <c r="C19" s="8">
         <v>4478338</v>
       </c>
-      <c r="D17" s="9">
+      <c r="D19" s="9">
         <v>9.5438296037503196</v>
       </c>
     </row>
-    <row r="18" spans="2:4" ht="15">
-      <c r="B18" s="7">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B20" s="7">
         <v>45658</v>
       </c>
-      <c r="C18" s="8">
+      <c r="C20" s="8">
         <v>4942394</v>
       </c>
-      <c r="D18" s="9">
+      <c r="D20" s="9">
         <v>8.3860114470841474</v>
       </c>
     </row>
-    <row r="19" spans="2:4" ht="15">
-      <c r="B19" s="7" t="s">
+    <row r="21" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B21" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="C19" s="8">
+      <c r="C21" s="8">
         <v>9705261</v>
       </c>
-      <c r="D19" s="9">
+      <c r="D21" s="9">
         <v>9.0411779044376033</v>
       </c>
     </row>
-    <row r="20" spans="2:4" ht="15">
-      <c r="B20" s="7">
+    <row r="22" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B22" s="7">
         <v>45597</v>
       </c>
-      <c r="C20" s="8">
+      <c r="C22" s="8">
         <v>1182291</v>
       </c>
-      <c r="D20" s="9">
+      <c r="D22" s="9">
         <v>10.554919550263007</v>
       </c>
     </row>
-    <row r="21" spans="2:4" ht="15">
-      <c r="B21" s="7" t="s">
+    <row r="23" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B23" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="C21" s="8">
-[...5 lines deleted...]
-      <c r="B22" s="7" t="s">
+      <c r="C23" s="8">
+        <v>0</v>
+      </c>
+      <c r="D23" s="9"/>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B24" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="8">
+      <c r="C24" s="8">
         <v>295000</v>
       </c>
-      <c r="D22" s="9">
+      <c r="D24" s="9">
         <v>11.857246711864406</v>
       </c>
     </row>
-    <row r="23" spans="2:4" ht="15">
-      <c r="B23" s="7" t="s">
+    <row r="25" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B25" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="C23" s="8">
-[...5 lines deleted...]
-      <c r="B24" s="7">
+      <c r="C25" s="8">
+        <v>0</v>
+      </c>
+      <c r="D25" s="9"/>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B26" s="7">
         <v>45474</v>
       </c>
-      <c r="C24" s="8">
+      <c r="C26" s="8">
         <v>9670688</v>
       </c>
-      <c r="D24" s="9">
+      <c r="D26" s="9">
         <v>13.379558507109319</v>
       </c>
     </row>
-    <row r="25" spans="2:4" ht="15">
-      <c r="B25" s="7">
+    <row r="27" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B27" s="7">
         <v>45444</v>
       </c>
-      <c r="C25" s="8">
+      <c r="C27" s="8">
         <v>917606</v>
       </c>
-      <c r="D25" s="9">
+      <c r="D27" s="9">
         <v>13.428262751115403</v>
       </c>
     </row>
-    <row r="26" spans="2:4" ht="15">
-      <c r="B26" s="7" t="s">
+    <row r="28" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B28" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="C26" s="8">
+      <c r="C28" s="8">
         <v>2319645</v>
       </c>
-      <c r="D26" s="9">
+      <c r="D28" s="9">
         <v>14.348836244339113</v>
       </c>
     </row>
-    <row r="27" spans="2:4" ht="15">
-      <c r="B27" s="7" t="s">
+    <row r="29" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B29" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C27" s="8">
-[...7 lines deleted...]
-      <c r="B28" s="7">
+      <c r="C29" s="8">
+        <v>0</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B30" s="7">
         <v>45352</v>
       </c>
-      <c r="C28" s="8">
-[...7 lines deleted...]
-      <c r="B29" s="7" t="s">
+      <c r="C30" s="8">
+        <v>0</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B31" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C29" s="8">
-[...7 lines deleted...]
-      <c r="B30" s="7">
+      <c r="C31" s="8">
+        <v>0</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B32" s="7">
         <v>45292</v>
       </c>
-      <c r="C30" s="8">
-[...7 lines deleted...]
-      <c r="B31" s="7" t="s">
+      <c r="C32" s="8">
+        <v>0</v>
+      </c>
+      <c r="D32" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B33" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="C31" s="8">
-[...7 lines deleted...]
-      <c r="B32" s="7">
+      <c r="C33" s="8">
+        <v>0</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B34" s="7">
         <v>45231</v>
       </c>
-      <c r="C32" s="8">
+      <c r="C34" s="8">
         <v>5733740</v>
       </c>
-      <c r="D32" s="9">
+      <c r="D34" s="9">
         <v>10.309966560447458</v>
       </c>
     </row>
-    <row r="33" spans="2:4" ht="15">
-      <c r="B33" s="7" t="s">
+    <row r="35" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B35" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C33" s="8">
-[...7 lines deleted...]
-      <c r="B34" s="7" t="s">
+      <c r="C35" s="8">
+        <v>0</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B36" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="C34" s="8">
-[...7 lines deleted...]
-      <c r="B35" s="7" t="s">
+      <c r="C36" s="8">
+        <v>0</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B37" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="C35" s="8">
-[...7 lines deleted...]
-      <c r="B36" s="7">
+      <c r="C37" s="8">
+        <v>0</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B38" s="7">
         <v>45108</v>
       </c>
-      <c r="C36" s="8">
-[...7 lines deleted...]
-      <c r="B37" s="7">
+      <c r="C38" s="8">
+        <v>0</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B39" s="7">
         <v>45078</v>
       </c>
-      <c r="C37" s="8">
-[...7 lines deleted...]
-      <c r="B38" s="7" t="s">
+      <c r="C39" s="8">
+        <v>0</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B40" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C38" s="8">
-[...7 lines deleted...]
-      <c r="B39" s="7" t="s">
+      <c r="C40" s="8">
+        <v>0</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B41" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="C39" s="8">
-[...7 lines deleted...]
-      <c r="B40" s="7">
+      <c r="C41" s="8">
+        <v>0</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B42" s="7">
         <v>44986</v>
       </c>
-      <c r="C40" s="8">
-[...7 lines deleted...]
-      <c r="B41" s="7" t="s">
+      <c r="C42" s="8">
+        <v>0</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B43" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="C41" s="8">
-[...7 lines deleted...]
-      <c r="B42" s="7">
+      <c r="C43" s="8">
+        <v>0</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B44" s="7">
         <v>44927</v>
       </c>
-      <c r="C42" s="8">
-[...7 lines deleted...]
-      <c r="B43" s="7" t="s">
+      <c r="C44" s="8">
+        <v>0</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B45" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="C43" s="8">
-[...7 lines deleted...]
-      <c r="B44" s="7">
+      <c r="C45" s="8">
+        <v>0</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B46" s="7">
         <v>44866</v>
       </c>
-      <c r="C44" s="8">
-[...7 lines deleted...]
-      <c r="B45" s="7" t="s">
+      <c r="C46" s="8">
+        <v>0</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B47" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C45" s="8">
-[...7 lines deleted...]
-      <c r="B46" s="7" t="s">
+      <c r="C47" s="8">
+        <v>0</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B48" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="C46" s="8">
-[...7 lines deleted...]
-      <c r="B47" s="7" t="s">
+      <c r="C48" s="8">
+        <v>0</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B49" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="C47" s="8">
-[...7 lines deleted...]
-      <c r="B48" s="7">
+      <c r="C49" s="8">
+        <v>0</v>
+      </c>
+      <c r="D49" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B50" s="7">
         <v>44743</v>
       </c>
-      <c r="C48" s="8">
-[...7 lines deleted...]
-      <c r="B49" s="7">
+      <c r="C50" s="8">
+        <v>0</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B51" s="7">
         <v>44713</v>
       </c>
-      <c r="C49" s="8">
-[...7 lines deleted...]
-      <c r="B50" s="7" t="s">
+      <c r="C51" s="8">
+        <v>0</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B52" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="C50" s="8">
-[...7 lines deleted...]
-      <c r="B51" s="7" t="s">
+      <c r="C52" s="8">
+        <v>0</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B53" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C51" s="8">
-[...7 lines deleted...]
-      <c r="B52" s="7">
+      <c r="C53" s="8">
+        <v>0</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B54" s="7">
         <v>44621</v>
       </c>
-      <c r="C52" s="8">
-[...7 lines deleted...]
-      <c r="B53" s="7" t="s">
+      <c r="C54" s="8">
+        <v>0</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B55" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C53" s="8">
-[...7 lines deleted...]
-      <c r="B54" s="7">
+      <c r="C55" s="8">
+        <v>0</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B56" s="7">
         <v>44562</v>
       </c>
-      <c r="C54" s="8">
-[...7 lines deleted...]
-      <c r="B55" s="7" t="s">
+      <c r="C56" s="8">
+        <v>0</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B57" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="C55" s="8">
-[...7 lines deleted...]
-      <c r="B56" s="7">
+      <c r="C57" s="8">
+        <v>0</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B58" s="7">
         <v>44501</v>
       </c>
-      <c r="C56" s="8">
-[...7 lines deleted...]
-      <c r="B57" s="7" t="s">
+      <c r="C58" s="8">
+        <v>0</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B59" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="C57" s="8">
-[...7 lines deleted...]
-      <c r="B58" s="7" t="s">
+      <c r="C59" s="8">
+        <v>0</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B60" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="C58" s="8">
-[...7 lines deleted...]
-      <c r="B59" s="7" t="s">
+      <c r="C60" s="8">
+        <v>0</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B61" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C59" s="8">
-[...7 lines deleted...]
-      <c r="B60" s="7">
+      <c r="C61" s="8">
+        <v>0</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B62" s="7">
         <v>44378</v>
       </c>
-      <c r="C60" s="8">
-[...7 lines deleted...]
-      <c r="B61" s="7">
+      <c r="C62" s="8">
+        <v>0</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B63" s="7">
         <v>44348</v>
       </c>
-      <c r="C61" s="8">
-[...7 lines deleted...]
-      <c r="B62" s="7" t="s">
+      <c r="C63" s="8">
+        <v>0</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B64" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="C62" s="8">
+      <c r="C64" s="8">
         <v>2404074</v>
       </c>
-      <c r="D62" s="9">
+      <c r="D64" s="9">
         <v>59.502338018921215</v>
       </c>
     </row>
-    <row r="63" spans="2:4" ht="15">
-      <c r="B63" s="7" t="s">
+    <row r="65" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B65" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="C63" s="8">
+      <c r="C65" s="8">
         <v>329294</v>
       </c>
-      <c r="D63" s="9">
+      <c r="D65" s="9">
         <v>62.422595899409046</v>
       </c>
     </row>
-    <row r="64" spans="2:4" ht="15">
-      <c r="B64" s="7">
+    <row r="66" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B66" s="7">
         <v>44256</v>
       </c>
-      <c r="C64" s="8">
+      <c r="C66" s="8">
         <v>334010</v>
       </c>
-      <c r="D64" s="9">
+      <c r="D66" s="9">
         <v>59.878299999999996</v>
       </c>
     </row>
-    <row r="65" spans="2:4" ht="15">
-      <c r="B65" s="7" t="s">
+    <row r="67" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B67" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C65" s="8">
-[...7 lines deleted...]
-      <c r="B66" s="10">
+      <c r="C67" s="8">
+        <v>0</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B68" s="10">
         <v>44197</v>
       </c>
-      <c r="C66" s="11">
-[...11 lines deleted...]
-    <row r="68" spans="2:4"/>
+      <c r="C68" s="11">
+        <v>0</v>
+      </c>
+      <c r="D68" s="12" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B69" s="13"/>
+      <c r="C69" s="14"/>
+      <c r="D69" s="13"/>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:F4"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>