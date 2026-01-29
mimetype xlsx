--- v0 (2025-10-22)
+++ v1 (2026-01-29)
@@ -1,98 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0098A0ED-C53D-4462-8A95-76D7A934A518}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C7B2AA3A-6CC3-4D1A-9412-7BC74ED5AAFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-80" yWindow="-80" windowWidth="19360" windowHeight="10360" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Proventos" sheetId="3" r:id="rId1"/>
     <sheet name="Proceeds" sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G55" i="4" l="1"/>
+  <c r="G61" i="4" l="1"/>
+  <c r="F61" i="4"/>
+  <c r="G61" i="3"/>
+  <c r="F61" i="3"/>
+  <c r="G55" i="4"/>
   <c r="F55" i="4"/>
   <c r="G55" i="3"/>
   <c r="F55" i="3"/>
   <c r="G49" i="4"/>
   <c r="F49" i="4"/>
   <c r="G49" i="3"/>
   <c r="F49" i="3"/>
   <c r="G43" i="3" l="1"/>
   <c r="G43" i="4"/>
   <c r="F43" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="49">
   <si>
     <t>EXERCÍCIO SOCIAL RELATIVO</t>
   </si>
   <si>
     <t>TIPO DE PROVENTO</t>
   </si>
   <si>
     <t>DATA DA DELIBERAÇÃO</t>
   </si>
   <si>
     <t>DATA DO PAGAMENTO</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Dividendos</t>
   </si>
   <si>
     <t>JCP</t>
   </si>
   <si>
     <t>VALOR TOTAL DISTRIBUÍDO (R$ MIL)</t>
   </si>
   <si>
@@ -189,50 +193,56 @@
     <t>12/17/2024</t>
   </si>
   <si>
     <t>03/31/2025</t>
   </si>
   <si>
     <t>04/15/2025</t>
   </si>
   <si>
     <t>04/30/2025</t>
   </si>
   <si>
     <t>05/15/2025</t>
   </si>
   <si>
     <t>06/25/2025</t>
   </si>
   <si>
     <t>07/15/2025</t>
   </si>
   <si>
     <t>09/29/2025</t>
   </si>
   <si>
     <t>09/15/2025</t>
+  </si>
+  <si>
+    <t>12/16/2025</t>
+  </si>
+  <si>
+    <t>12/30/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="#,##0.00000"/>
     <numFmt numFmtId="165" formatCode="m/d/yyyy;@"/>
     <numFmt numFmtId="166" formatCode="0.00000"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
     <numFmt numFmtId="168" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -514,69 +524,69 @@
     </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentagem" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF4D61FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -839,54 +849,54 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="B2:P61"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="2" topLeftCell="B48" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="2" topLeftCell="B39" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="C59" sqref="C59"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.7265625" style="1"/>
     <col min="2" max="2" width="14.453125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.54296875" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" ht="39" x14ac:dyDescent="0.3">
       <c r="B2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="4" t="s">
@@ -967,72 +977,72 @@
     </row>
     <row r="6" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B6" s="21">
         <v>2009</v>
       </c>
       <c r="C6" s="21" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="22">
         <v>40298</v>
       </c>
       <c r="E6" s="22">
         <v>40344</v>
       </c>
       <c r="F6" s="24">
         <v>2697.4</v>
       </c>
       <c r="G6" s="25">
         <v>5.6399999999999999E-2</v>
       </c>
       <c r="H6" s="23">
         <v>0.151</v>
       </c>
     </row>
     <row r="7" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="59">
+      <c r="B7" s="57">
         <v>2010</v>
       </c>
       <c r="C7" s="21" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="22">
         <v>40659</v>
       </c>
       <c r="E7" s="22">
         <v>40689</v>
       </c>
       <c r="F7" s="24">
         <v>8026.4</v>
       </c>
       <c r="G7" s="21">
         <v>0.16894999999999999</v>
       </c>
       <c r="H7" s="23"/>
     </row>
     <row r="8" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="57"/>
+      <c r="B8" s="58"/>
       <c r="C8" s="26" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="27">
         <v>40533</v>
       </c>
       <c r="E8" s="27">
         <v>40557</v>
       </c>
       <c r="F8" s="28">
         <v>7759.6</v>
       </c>
       <c r="G8" s="26">
         <v>0.16333</v>
       </c>
       <c r="H8" s="26"/>
     </row>
     <row r="9" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B9" s="60"/>
       <c r="C9" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="61"/>
       <c r="E9" s="61"/>
       <c r="F9" s="29">
@@ -1139,129 +1149,129 @@
     </row>
     <row r="14" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B14" s="21">
         <v>2015</v>
       </c>
       <c r="C14" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D14" s="22">
         <v>42366</v>
       </c>
       <c r="E14" s="22">
         <v>42515</v>
       </c>
       <c r="F14" s="24">
         <v>7000</v>
       </c>
       <c r="G14" s="21">
         <v>0.16971</v>
       </c>
       <c r="H14" s="23">
         <v>0.36799999999999999</v>
       </c>
     </row>
     <row r="15" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="59">
+      <c r="B15" s="57">
         <v>2016</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="22">
         <v>42717</v>
       </c>
       <c r="E15" s="22">
         <v>42765</v>
       </c>
       <c r="F15" s="24">
         <v>12800</v>
       </c>
       <c r="G15" s="21">
         <v>0.31018000000000001</v>
       </c>
       <c r="H15" s="23"/>
     </row>
     <row r="16" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="57"/>
+      <c r="B16" s="58"/>
       <c r="C16" s="26" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="27">
         <v>42850</v>
       </c>
       <c r="E16" s="27">
         <v>42886</v>
       </c>
       <c r="F16" s="28">
         <v>1162.8</v>
       </c>
       <c r="G16" s="26">
         <v>2.818E-2</v>
       </c>
       <c r="H16" s="26"/>
     </row>
     <row r="17" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B17" s="60"/>
       <c r="C17" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="61"/>
       <c r="E17" s="61"/>
       <c r="F17" s="29">
         <v>13962.8</v>
       </c>
       <c r="G17" s="30">
         <v>0.33835999999999999</v>
       </c>
       <c r="H17" s="31">
         <v>0.4</v>
       </c>
     </row>
     <row r="18" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B18" s="59">
+      <c r="B18" s="57">
         <v>2017</v>
       </c>
       <c r="C18" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="22">
         <v>43074</v>
       </c>
       <c r="E18" s="22">
         <v>43097</v>
       </c>
       <c r="F18" s="24">
         <v>13791</v>
       </c>
       <c r="G18" s="21">
         <v>0.33395999999999998</v>
       </c>
       <c r="H18" s="23"/>
     </row>
     <row r="19" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B19" s="57"/>
+      <c r="B19" s="58"/>
       <c r="C19" s="26" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="27">
         <v>43208</v>
       </c>
       <c r="E19" s="27">
         <v>43257</v>
       </c>
       <c r="F19" s="28">
         <v>4298.49</v>
       </c>
       <c r="G19" s="26">
         <v>0.10416</v>
       </c>
       <c r="H19" s="26"/>
     </row>
     <row r="20" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B20" s="60"/>
       <c r="C20" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="61"/>
       <c r="E20" s="61"/>
       <c r="F20" s="29">
@@ -1276,192 +1286,192 @@
     </row>
     <row r="21" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B21" s="21">
         <v>2018</v>
       </c>
       <c r="C21" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="22">
         <v>43438</v>
       </c>
       <c r="E21" s="22">
         <v>43511</v>
       </c>
       <c r="F21" s="24">
         <v>10117</v>
       </c>
       <c r="G21" s="21">
         <v>0.24618999999999999</v>
       </c>
       <c r="H21" s="23">
         <v>0.308</v>
       </c>
     </row>
     <row r="22" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="59">
+      <c r="B22" s="57">
         <v>2019</v>
       </c>
       <c r="C22" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="22">
         <v>43634</v>
       </c>
       <c r="E22" s="22">
         <v>43836</v>
       </c>
       <c r="F22" s="24">
         <v>4300</v>
       </c>
       <c r="G22" s="21">
         <v>0.10464</v>
       </c>
       <c r="H22" s="23"/>
     </row>
     <row r="23" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B23" s="57"/>
+      <c r="B23" s="58"/>
       <c r="C23" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="22">
         <v>43718</v>
       </c>
       <c r="E23" s="22">
         <v>43836</v>
       </c>
       <c r="F23" s="24">
         <v>2250</v>
       </c>
       <c r="G23" s="21">
         <v>5.4739999999999997E-2</v>
       </c>
       <c r="H23" s="23"/>
     </row>
     <row r="24" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B24" s="57"/>
+      <c r="B24" s="58"/>
       <c r="C24" s="26" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="27">
         <v>43802</v>
       </c>
       <c r="E24" s="27">
         <v>43836</v>
       </c>
       <c r="F24" s="28">
         <v>4000</v>
       </c>
       <c r="G24" s="26">
         <v>9.7309999999999994E-2</v>
       </c>
       <c r="H24" s="26"/>
     </row>
     <row r="25" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B25" s="60"/>
       <c r="C25" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="61"/>
       <c r="E25" s="61"/>
       <c r="F25" s="29">
         <v>10550</v>
       </c>
       <c r="G25" s="30">
         <v>0.25668999999999997</v>
       </c>
       <c r="H25" s="31">
         <v>0.39300000000000002</v>
       </c>
     </row>
     <row r="26" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B26" s="59">
+      <c r="B26" s="57">
         <v>2020</v>
       </c>
       <c r="C26" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="22">
         <v>43900</v>
       </c>
       <c r="E26" s="22">
         <v>44210</v>
       </c>
       <c r="F26" s="24">
         <v>2250</v>
       </c>
       <c r="G26" s="21">
         <v>5.4730000000000001E-2</v>
       </c>
       <c r="H26" s="23"/>
     </row>
     <row r="27" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B27" s="57"/>
+      <c r="B27" s="58"/>
       <c r="C27" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="22">
         <v>44005</v>
       </c>
       <c r="E27" s="22">
         <v>44210</v>
       </c>
       <c r="F27" s="24">
         <v>2650</v>
       </c>
       <c r="G27" s="21">
         <v>6.447E-2</v>
       </c>
       <c r="H27" s="23"/>
     </row>
     <row r="28" spans="2:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B28" s="57"/>
+      <c r="B28" s="58"/>
       <c r="C28" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D28" s="22">
         <v>44098</v>
       </c>
       <c r="E28" s="22">
         <v>44210</v>
       </c>
       <c r="F28" s="24">
         <v>3000</v>
       </c>
       <c r="G28" s="21">
         <v>7.2980000000000003E-2</v>
       </c>
       <c r="H28" s="23"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
     </row>
     <row r="29" spans="2:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B29" s="57"/>
+      <c r="B29" s="58"/>
       <c r="C29" s="26" t="s">
         <v>6</v>
       </c>
       <c r="D29" s="27">
         <v>44166</v>
       </c>
       <c r="E29" s="27">
         <v>44210</v>
       </c>
       <c r="F29" s="28">
         <v>4600</v>
       </c>
       <c r="G29" s="26">
         <v>0.11189</v>
       </c>
       <c r="H29" s="23"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
     </row>
     <row r="30" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B30" s="14"/>
@@ -1478,620 +1488,660 @@
         <v>6000</v>
       </c>
       <c r="G30" s="26">
         <v>0.14595</v>
       </c>
       <c r="H30" s="26"/>
     </row>
     <row r="31" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B31" s="14"/>
       <c r="C31" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="61"/>
       <c r="E31" s="61"/>
       <c r="F31" s="29">
         <v>18500</v>
       </c>
       <c r="G31" s="30">
         <v>0.45001999999999998</v>
       </c>
       <c r="H31" s="31">
         <v>0.39500000000000002</v>
       </c>
     </row>
     <row r="32" spans="2:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="59">
+      <c r="B32" s="57">
         <v>2021</v>
       </c>
       <c r="C32" s="11" t="s">
         <v>6</v>
       </c>
       <c r="D32" s="12">
         <v>44257</v>
       </c>
       <c r="E32" s="12">
         <v>44575</v>
       </c>
       <c r="F32" s="13">
         <v>2800</v>
       </c>
       <c r="G32" s="11">
         <v>6.8110000000000004E-2</v>
       </c>
       <c r="H32" s="23"/>
     </row>
     <row r="33" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B33" s="57"/>
+      <c r="B33" s="58"/>
       <c r="C33" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D33" s="22">
         <v>44369</v>
       </c>
       <c r="E33" s="22">
         <v>44575</v>
       </c>
       <c r="F33" s="24">
         <v>3000</v>
       </c>
       <c r="G33" s="21">
         <v>7.2969999999999993E-2</v>
       </c>
       <c r="H33" s="23"/>
     </row>
     <row r="34" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="57"/>
+      <c r="B34" s="58"/>
       <c r="C34" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="33">
         <v>44460</v>
       </c>
       <c r="E34" s="33">
         <v>44575</v>
       </c>
       <c r="F34" s="34">
         <v>4200</v>
       </c>
       <c r="G34" s="32">
         <v>0.10198</v>
       </c>
       <c r="H34" s="23"/>
     </row>
     <row r="35" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B35" s="57"/>
+      <c r="B35" s="58"/>
       <c r="C35" s="21" t="s">
         <v>6</v>
       </c>
       <c r="D35" s="22">
         <v>44544</v>
       </c>
       <c r="E35" s="22">
         <v>44575</v>
       </c>
       <c r="F35" s="24">
         <v>4000</v>
       </c>
       <c r="G35" s="21">
         <v>9.7229999999999997E-2</v>
       </c>
       <c r="H35" s="23"/>
     </row>
     <row r="36" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="57"/>
+      <c r="B36" s="58"/>
       <c r="C36" s="26" t="s">
         <v>5</v>
       </c>
       <c r="D36" s="27">
         <v>44670</v>
       </c>
       <c r="E36" s="27">
         <v>44684</v>
       </c>
       <c r="F36" s="28">
         <v>16200</v>
       </c>
       <c r="G36" s="26">
         <v>0.39378000000000002</v>
       </c>
       <c r="H36" s="26"/>
     </row>
     <row r="37" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="58"/>
-      <c r="C37" s="62" t="s">
+      <c r="B37" s="59"/>
+      <c r="C37" s="56" t="s">
         <v>9</v>
       </c>
-      <c r="D37" s="62"/>
-      <c r="E37" s="62"/>
+      <c r="D37" s="56"/>
+      <c r="E37" s="56"/>
       <c r="F37" s="35">
         <v>30200</v>
       </c>
       <c r="G37" s="36">
         <v>0.73409000000000002</v>
       </c>
       <c r="H37" s="31">
         <v>0.499</v>
       </c>
     </row>
     <row r="38" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B38" s="56">
+      <c r="B38" s="62">
         <v>2022</v>
       </c>
       <c r="C38" s="37" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="38">
         <v>44628</v>
       </c>
       <c r="E38" s="38">
         <v>44942</v>
       </c>
       <c r="F38" s="39">
         <v>4000</v>
       </c>
       <c r="G38" s="37">
         <v>9.7220000000000001E-2</v>
       </c>
       <c r="H38" s="37"/>
     </row>
     <row r="39" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B39" s="57"/>
+      <c r="B39" s="58"/>
       <c r="C39" s="37" t="s">
         <v>6</v>
       </c>
       <c r="D39" s="38">
         <v>44727</v>
       </c>
       <c r="E39" s="38">
         <v>44942</v>
       </c>
       <c r="F39" s="39">
         <v>5200</v>
       </c>
       <c r="G39" s="37">
         <v>0.12637999999999999</v>
       </c>
       <c r="H39" s="37"/>
     </row>
     <row r="40" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B40" s="57"/>
+      <c r="B40" s="58"/>
       <c r="C40" s="37" t="s">
         <v>6</v>
       </c>
       <c r="D40" s="38">
         <v>44831</v>
       </c>
       <c r="E40" s="38">
         <v>44942</v>
       </c>
       <c r="F40" s="39">
         <v>6500</v>
       </c>
       <c r="G40" s="37">
         <v>0.15765000000000001</v>
       </c>
       <c r="H40" s="37"/>
     </row>
     <row r="41" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B41" s="57"/>
+      <c r="B41" s="58"/>
       <c r="C41" s="37" t="s">
         <v>6</v>
       </c>
       <c r="D41" s="38">
         <v>44922</v>
       </c>
       <c r="E41" s="38">
         <v>44942</v>
       </c>
       <c r="F41" s="39">
         <v>6500</v>
       </c>
       <c r="G41" s="37">
         <v>0.15765000000000001</v>
       </c>
       <c r="H41" s="37"/>
     </row>
     <row r="42" spans="2:8" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B42" s="57"/>
+      <c r="B42" s="58"/>
       <c r="C42" s="21" t="s">
         <v>5</v>
       </c>
       <c r="D42" s="22">
         <v>45041</v>
       </c>
       <c r="E42" s="22">
         <v>45063</v>
       </c>
       <c r="F42" s="24">
         <v>14586</v>
       </c>
       <c r="G42" s="25">
         <v>0.35374640400000001</v>
       </c>
       <c r="H42" s="23"/>
     </row>
     <row r="43" spans="2:8" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B43" s="58"/>
+      <c r="B43" s="59"/>
       <c r="C43" s="21"/>
       <c r="D43" s="40" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="40"/>
       <c r="F43" s="41">
         <f>SUM(F38:F42)</f>
         <v>36786</v>
       </c>
       <c r="G43" s="42">
         <f>SUM(G38:G42)</f>
         <v>0.89264640399999995</v>
       </c>
       <c r="H43" s="20">
         <v>0.5</v>
       </c>
     </row>
     <row r="44" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B44" s="56">
+      <c r="B44" s="62">
         <v>2023</v>
       </c>
       <c r="C44" s="11" t="s">
         <v>6</v>
       </c>
       <c r="D44" s="12">
         <v>45002</v>
       </c>
       <c r="E44" s="12">
         <v>45031</v>
       </c>
       <c r="F44" s="13">
         <v>6000</v>
       </c>
       <c r="G44" s="11">
         <v>0.14551</v>
       </c>
       <c r="H44" s="5"/>
     </row>
     <row r="45" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B45" s="57"/>
+      <c r="B45" s="58"/>
       <c r="C45" s="14" t="s">
         <v>6</v>
       </c>
       <c r="D45" s="15">
         <v>45097</v>
       </c>
       <c r="E45" s="15">
         <v>45124</v>
       </c>
       <c r="F45" s="16">
         <v>6500</v>
       </c>
       <c r="G45" s="14">
         <v>0.15762999999999999</v>
       </c>
     </row>
     <row r="46" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B46" s="57"/>
+      <c r="B46" s="58"/>
       <c r="C46" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="9">
         <v>45190</v>
       </c>
       <c r="E46" s="9">
         <v>45205</v>
       </c>
       <c r="F46" s="10">
         <v>7000</v>
       </c>
       <c r="G46" s="8">
         <v>0.16966999999999999</v>
       </c>
       <c r="H46" s="7"/>
     </row>
     <row r="47" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B47" s="57"/>
+      <c r="B47" s="58"/>
       <c r="C47" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D47" s="9">
         <v>45272</v>
       </c>
       <c r="E47" s="9">
         <v>45288</v>
       </c>
       <c r="F47" s="10">
         <v>7400</v>
       </c>
       <c r="G47" s="8">
         <v>0.17935999999999999</v>
       </c>
       <c r="H47" s="7"/>
     </row>
     <row r="48" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B48" s="57"/>
+      <c r="B48" s="58"/>
       <c r="C48" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D48" s="9">
         <v>45411</v>
       </c>
       <c r="E48" s="9">
         <v>45421</v>
       </c>
       <c r="F48" s="10">
         <v>17312</v>
       </c>
       <c r="G48" s="8">
         <v>0.41960999999999998</v>
       </c>
       <c r="H48" s="7"/>
     </row>
     <row r="49" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B49" s="57"/>
+      <c r="B49" s="58"/>
       <c r="C49" s="8"/>
       <c r="D49" s="17" t="s">
         <v>9</v>
       </c>
       <c r="E49" s="17"/>
       <c r="F49" s="18">
         <f>SUM(F44:F48)</f>
         <v>44212</v>
       </c>
       <c r="G49" s="19">
         <f>SUM(G44:G48)</f>
         <v>1.07178</v>
       </c>
       <c r="H49" s="20">
         <v>0.5</v>
       </c>
     </row>
     <row r="50" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B50" s="56">
+      <c r="B50" s="62">
         <v>2024</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D50" s="9">
         <v>45370</v>
       </c>
       <c r="E50" s="9">
         <v>45386</v>
       </c>
       <c r="F50" s="10">
         <v>6500</v>
       </c>
       <c r="G50" s="8">
         <v>0.15755</v>
       </c>
       <c r="H50" s="7"/>
     </row>
     <row r="51" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B51" s="57"/>
+      <c r="B51" s="58"/>
       <c r="C51" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D51" s="9">
         <v>45468</v>
       </c>
       <c r="E51" s="9">
         <v>45484</v>
       </c>
       <c r="F51" s="10">
         <v>6500</v>
       </c>
       <c r="G51" s="8">
         <v>0.15747</v>
       </c>
       <c r="H51" s="7"/>
     </row>
     <row r="52" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B52" s="57"/>
+      <c r="B52" s="58"/>
       <c r="C52" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D52" s="9">
         <v>45559</v>
       </c>
       <c r="E52" s="9">
         <v>45574</v>
       </c>
       <c r="F52" s="10">
         <v>7100</v>
       </c>
       <c r="G52" s="8">
         <v>0.17199</v>
       </c>
       <c r="H52" s="7"/>
     </row>
     <row r="53" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B53" s="57"/>
+      <c r="B53" s="58"/>
       <c r="C53" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D53" s="9">
         <v>45643</v>
       </c>
       <c r="E53" s="9">
         <v>45663</v>
       </c>
       <c r="F53" s="10">
         <v>7400</v>
       </c>
       <c r="G53" s="8">
         <v>0.17924999999999999</v>
       </c>
       <c r="H53" s="7"/>
     </row>
     <row r="54" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="57"/>
+      <c r="B54" s="58"/>
       <c r="C54" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D54" s="9">
         <v>45777</v>
       </c>
       <c r="E54" s="9">
         <v>45792</v>
       </c>
       <c r="F54" s="10">
         <v>18089</v>
       </c>
       <c r="G54" s="8">
         <v>0.43819000000000002</v>
       </c>
       <c r="H54" s="7"/>
     </row>
     <row r="55" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B55" s="57"/>
+      <c r="B55" s="58"/>
       <c r="C55" s="17"/>
       <c r="D55" s="17" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="17"/>
       <c r="F55" s="18">
         <f>SUM(F50:F54)</f>
         <v>45589</v>
       </c>
       <c r="G55" s="19">
         <f>SUM(G50:G54)</f>
         <v>1.1044499999999999</v>
       </c>
       <c r="H55" s="20">
         <v>0.5</v>
       </c>
     </row>
     <row r="56" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B56" s="56">
+      <c r="B56" s="62">
         <v>2025</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D56" s="9">
         <v>45747</v>
       </c>
       <c r="E56" s="9">
         <v>45762</v>
       </c>
       <c r="F56" s="10">
         <v>6900</v>
       </c>
       <c r="G56" s="8">
         <v>0.16714000000000001</v>
       </c>
       <c r="H56" s="7"/>
     </row>
     <row r="57" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B57" s="57"/>
+      <c r="B57" s="58"/>
       <c r="C57" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D57" s="9">
         <v>45833</v>
       </c>
       <c r="E57" s="9">
         <v>45853</v>
       </c>
       <c r="F57" s="10">
         <v>7100</v>
       </c>
       <c r="G57" s="8">
         <v>0.17172999999999999</v>
       </c>
       <c r="H57" s="7"/>
     </row>
     <row r="58" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B58" s="57"/>
+      <c r="B58" s="58"/>
       <c r="C58" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D58" s="9">
         <v>45929</v>
       </c>
       <c r="E58" s="9">
         <v>45945</v>
       </c>
       <c r="F58" s="10">
         <v>7100</v>
       </c>
       <c r="G58" s="8">
         <v>0.17171</v>
       </c>
       <c r="H58" s="7"/>
     </row>
-    <row r="59" spans="2:8" ht="14.5" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="B60" s="57"/>
+    <row r="59" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="B59" s="58"/>
+      <c r="C59" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="D59" s="9">
+        <v>46007</v>
+      </c>
+      <c r="E59" s="9">
+        <v>46021</v>
+      </c>
+      <c r="F59" s="10">
+        <v>26000</v>
+      </c>
+      <c r="G59" s="8">
+        <v>0.62878999999999996</v>
+      </c>
+      <c r="H59" s="7"/>
+    </row>
+    <row r="60" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="58"/>
+      <c r="C60" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="D60" s="9">
+        <v>46007</v>
+      </c>
+      <c r="E60" s="9">
+        <v>46021</v>
+      </c>
+      <c r="F60" s="10">
+        <v>50000</v>
+      </c>
+      <c r="G60" s="8">
+        <v>1.20922</v>
+      </c>
+      <c r="H60" s="7"/>
     </row>
     <row r="61" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B61" s="57"/>
+      <c r="B61" s="58"/>
+      <c r="C61" s="17"/>
+      <c r="D61" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" s="17"/>
+      <c r="F61" s="18">
+        <f>SUM(F56:F60)</f>
+        <v>97100</v>
+      </c>
+      <c r="G61" s="19">
+        <f>SUM(G56:G60)</f>
+        <v>2.3485899999999997</v>
+      </c>
+      <c r="H61" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="B56:B61"/>
+    <mergeCell ref="B50:B55"/>
+    <mergeCell ref="B44:B49"/>
+    <mergeCell ref="B38:B43"/>
+    <mergeCell ref="B7:B9"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="B15:B17"/>
+    <mergeCell ref="C17:E17"/>
+    <mergeCell ref="B18:B20"/>
+    <mergeCell ref="C20:E20"/>
     <mergeCell ref="C37:E37"/>
     <mergeCell ref="B32:B37"/>
     <mergeCell ref="B22:B25"/>
     <mergeCell ref="C25:E25"/>
     <mergeCell ref="B26:B29"/>
     <mergeCell ref="C31:E31"/>
-    <mergeCell ref="C9:E9"/>
-[...8 lines deleted...]
-    <mergeCell ref="B7:B9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="F43:G43" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B2:H61"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="B51" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="C58" sqref="C58"/>
+      <selection pane="bottomRight" activeCell="H61" sqref="H61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.7265625" style="1"/>
     <col min="2" max="2" width="14.453125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.54296875" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.26953125" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.81640625" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.26953125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" ht="39" x14ac:dyDescent="0.3">
       <c r="B2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E2" s="4" t="s">
@@ -2172,72 +2222,72 @@
     </row>
     <row r="6" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B6" s="21">
         <v>2009</v>
       </c>
       <c r="C6" s="21" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="44">
         <v>40298</v>
       </c>
       <c r="E6" s="44">
         <v>40344</v>
       </c>
       <c r="F6" s="24">
         <v>2697.4</v>
       </c>
       <c r="G6" s="21">
         <v>5.6399999999999999E-2</v>
       </c>
       <c r="H6" s="23">
         <v>0.151</v>
       </c>
     </row>
     <row r="7" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="59">
+      <c r="B7" s="57">
         <v>2010</v>
       </c>
       <c r="C7" s="21" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="44">
         <v>40659</v>
       </c>
       <c r="E7" s="44">
         <v>40689</v>
       </c>
       <c r="F7" s="24">
         <v>8026.4</v>
       </c>
       <c r="G7" s="21">
         <v>0.16894999999999999</v>
       </c>
       <c r="H7" s="23"/>
     </row>
     <row r="8" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="57"/>
+      <c r="B8" s="58"/>
       <c r="C8" s="26" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="45">
         <v>40533</v>
       </c>
       <c r="E8" s="45">
         <v>40557</v>
       </c>
       <c r="F8" s="28">
         <v>7759.6</v>
       </c>
       <c r="G8" s="26">
         <v>0.16333</v>
       </c>
       <c r="H8" s="26"/>
     </row>
     <row r="9" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B9" s="60"/>
       <c r="C9" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="61"/>
       <c r="E9" s="61"/>
       <c r="F9" s="29">
@@ -2344,129 +2394,129 @@
     </row>
     <row r="14" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B14" s="21">
         <v>2015</v>
       </c>
       <c r="C14" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="44">
         <v>42366</v>
       </c>
       <c r="E14" s="44">
         <v>42515</v>
       </c>
       <c r="F14" s="24">
         <v>7000</v>
       </c>
       <c r="G14" s="21">
         <v>0.16971</v>
       </c>
       <c r="H14" s="23">
         <v>0.36799999999999999</v>
       </c>
     </row>
     <row r="15" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="59">
+      <c r="B15" s="57">
         <v>2016</v>
       </c>
       <c r="C15" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="44">
         <v>42717</v>
       </c>
       <c r="E15" s="44">
         <v>42765</v>
       </c>
       <c r="F15" s="24">
         <v>12800</v>
       </c>
       <c r="G15" s="21">
         <v>0.31018000000000001</v>
       </c>
       <c r="H15" s="23"/>
     </row>
     <row r="16" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B16" s="57"/>
+      <c r="B16" s="58"/>
       <c r="C16" s="26" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="45">
         <v>42850</v>
       </c>
       <c r="E16" s="45">
         <v>42886</v>
       </c>
       <c r="F16" s="28">
         <v>1162.8</v>
       </c>
       <c r="G16" s="26">
         <v>2.818E-2</v>
       </c>
       <c r="H16" s="26"/>
     </row>
     <row r="17" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B17" s="60"/>
       <c r="C17" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="61"/>
       <c r="E17" s="61"/>
       <c r="F17" s="29">
         <v>13962.8</v>
       </c>
       <c r="G17" s="30">
         <v>0.33835999999999999</v>
       </c>
       <c r="H17" s="31">
         <v>0.4</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B18" s="59">
+      <c r="B18" s="57">
         <v>2017</v>
       </c>
       <c r="C18" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D18" s="44">
         <v>43074</v>
       </c>
       <c r="E18" s="44">
         <v>43097</v>
       </c>
       <c r="F18" s="24">
         <v>13791</v>
       </c>
       <c r="G18" s="21">
         <v>0.33395999999999998</v>
       </c>
       <c r="H18" s="23"/>
     </row>
     <row r="19" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B19" s="57"/>
+      <c r="B19" s="58"/>
       <c r="C19" s="26" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="45">
         <v>43208</v>
       </c>
       <c r="E19" s="45">
         <v>43257</v>
       </c>
       <c r="F19" s="28">
         <v>4298.49</v>
       </c>
       <c r="G19" s="26">
         <v>0.10416</v>
       </c>
       <c r="H19" s="26"/>
     </row>
     <row r="20" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B20" s="60"/>
       <c r="C20" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="61"/>
       <c r="E20" s="61"/>
       <c r="F20" s="29">
@@ -2481,186 +2531,186 @@
     </row>
     <row r="21" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B21" s="21">
         <v>2018</v>
       </c>
       <c r="C21" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D21" s="44">
         <v>43438</v>
       </c>
       <c r="E21" s="44">
         <v>43511</v>
       </c>
       <c r="F21" s="24">
         <v>10117</v>
       </c>
       <c r="G21" s="21">
         <v>0.24618999999999999</v>
       </c>
       <c r="H21" s="23">
         <v>0.308</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="59">
+      <c r="B22" s="57">
         <v>2019</v>
       </c>
       <c r="C22" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="44">
         <v>43634</v>
       </c>
       <c r="E22" s="44">
         <v>43836</v>
       </c>
       <c r="F22" s="24">
         <v>4300</v>
       </c>
       <c r="G22" s="21">
         <v>0.10464</v>
       </c>
       <c r="H22" s="23"/>
     </row>
     <row r="23" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B23" s="57"/>
+      <c r="B23" s="58"/>
       <c r="C23" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="44">
         <v>43718</v>
       </c>
       <c r="E23" s="44">
         <v>43836</v>
       </c>
       <c r="F23" s="24">
         <v>2250</v>
       </c>
       <c r="G23" s="21">
         <v>5.4739999999999997E-2</v>
       </c>
       <c r="H23" s="23"/>
     </row>
     <row r="24" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B24" s="57"/>
+      <c r="B24" s="58"/>
       <c r="C24" s="26" t="s">
         <v>17</v>
       </c>
       <c r="D24" s="45">
         <v>43802</v>
       </c>
       <c r="E24" s="45">
         <v>43836</v>
       </c>
       <c r="F24" s="28">
         <v>4000</v>
       </c>
       <c r="G24" s="26">
         <v>9.7309999999999994E-2</v>
       </c>
       <c r="H24" s="26"/>
     </row>
     <row r="25" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B25" s="60"/>
       <c r="C25" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="61"/>
       <c r="E25" s="61"/>
       <c r="F25" s="29">
         <v>10550</v>
       </c>
       <c r="G25" s="30">
         <v>0.25668999999999997</v>
       </c>
       <c r="H25" s="31">
         <v>0.39300000000000002</v>
       </c>
     </row>
     <row r="26" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B26" s="59">
+      <c r="B26" s="57">
         <v>2020</v>
       </c>
       <c r="C26" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="44">
         <v>43900</v>
       </c>
       <c r="E26" s="44">
         <v>44210</v>
       </c>
       <c r="F26" s="24">
         <v>2250</v>
       </c>
       <c r="G26" s="21">
         <v>5.4730000000000001E-2</v>
       </c>
       <c r="H26" s="23"/>
     </row>
     <row r="27" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B27" s="57"/>
+      <c r="B27" s="58"/>
       <c r="C27" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D27" s="44">
         <v>44005</v>
       </c>
       <c r="E27" s="44">
         <v>44210</v>
       </c>
       <c r="F27" s="24">
         <v>2650</v>
       </c>
       <c r="G27" s="21">
         <v>6.447E-2</v>
       </c>
       <c r="H27" s="23"/>
     </row>
     <row r="28" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B28" s="57"/>
+      <c r="B28" s="58"/>
       <c r="C28" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D28" s="44">
         <v>44098</v>
       </c>
       <c r="E28" s="44">
         <v>44210</v>
       </c>
       <c r="F28" s="24">
         <v>3000</v>
       </c>
       <c r="G28" s="21">
         <v>7.2980000000000003E-2</v>
       </c>
       <c r="H28" s="23"/>
     </row>
     <row r="29" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B29" s="57"/>
+      <c r="B29" s="58"/>
       <c r="C29" s="26" t="s">
         <v>17</v>
       </c>
       <c r="D29" s="45">
         <v>44166</v>
       </c>
       <c r="E29" s="45">
         <v>44210</v>
       </c>
       <c r="F29" s="28">
         <v>4600</v>
       </c>
       <c r="G29" s="26">
         <v>0.11189</v>
       </c>
       <c r="H29" s="23"/>
     </row>
     <row r="30" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B30" s="14"/>
       <c r="C30" s="26" t="s">
         <v>16</v>
       </c>
       <c r="D30" s="27" t="s">
         <v>18</v>
       </c>
@@ -2671,601 +2721,641 @@
         <v>6000</v>
       </c>
       <c r="G30" s="26">
         <v>0.14595</v>
       </c>
       <c r="H30" s="26"/>
     </row>
     <row r="31" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B31" s="14"/>
       <c r="C31" s="61" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="61"/>
       <c r="E31" s="61"/>
       <c r="F31" s="29">
         <v>18500</v>
       </c>
       <c r="G31" s="30">
         <v>0.45001999999999998</v>
       </c>
       <c r="H31" s="31">
         <v>0.39500000000000002</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="59">
+      <c r="B32" s="57">
         <v>2021</v>
       </c>
       <c r="C32" s="11" t="s">
         <v>17</v>
       </c>
       <c r="D32" s="46">
         <v>44257</v>
       </c>
       <c r="E32" s="46">
         <v>44575</v>
       </c>
       <c r="F32" s="13">
         <v>2800</v>
       </c>
       <c r="G32" s="11">
         <v>6.8110000000000004E-2</v>
       </c>
       <c r="H32" s="23"/>
     </row>
     <row r="33" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B33" s="57"/>
+      <c r="B33" s="58"/>
       <c r="C33" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D33" s="44">
         <v>44369</v>
       </c>
       <c r="E33" s="44">
         <v>44575</v>
       </c>
       <c r="F33" s="24">
         <v>3000</v>
       </c>
       <c r="G33" s="21">
         <v>7.2969999999999993E-2</v>
       </c>
       <c r="H33" s="23"/>
     </row>
     <row r="34" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="57"/>
+      <c r="B34" s="58"/>
       <c r="C34" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D34" s="44">
         <v>44460</v>
       </c>
       <c r="E34" s="44">
         <v>44575</v>
       </c>
       <c r="F34" s="24">
         <v>4200</v>
       </c>
       <c r="G34" s="21">
         <v>0.10198</v>
       </c>
       <c r="H34" s="23"/>
     </row>
     <row r="35" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B35" s="57"/>
+      <c r="B35" s="58"/>
       <c r="C35" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D35" s="44">
         <v>44544</v>
       </c>
       <c r="E35" s="44">
         <v>44575</v>
       </c>
       <c r="F35" s="24">
         <v>4000</v>
       </c>
       <c r="G35" s="21">
         <v>9.7229999999999997E-2</v>
       </c>
       <c r="H35" s="23"/>
     </row>
     <row r="36" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="57"/>
+      <c r="B36" s="58"/>
       <c r="C36" s="26" t="s">
         <v>16</v>
       </c>
       <c r="D36" s="47">
         <v>44670</v>
       </c>
       <c r="E36" s="47">
         <v>44684</v>
       </c>
       <c r="F36" s="34">
         <v>16200</v>
       </c>
       <c r="G36" s="26">
         <v>0.39378000000000002</v>
       </c>
       <c r="H36" s="26"/>
     </row>
     <row r="37" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="58"/>
-      <c r="C37" s="62" t="s">
+      <c r="B37" s="59"/>
+      <c r="C37" s="56" t="s">
         <v>9</v>
       </c>
-      <c r="D37" s="62"/>
-      <c r="E37" s="62"/>
+      <c r="D37" s="56"/>
+      <c r="E37" s="56"/>
       <c r="F37" s="35">
         <v>30200</v>
       </c>
       <c r="G37" s="36">
         <v>0.73409000000000002</v>
       </c>
       <c r="H37" s="31">
         <v>0.499</v>
       </c>
     </row>
     <row r="38" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B38" s="56">
+      <c r="B38" s="62">
         <v>2022</v>
       </c>
       <c r="C38" s="21" t="s">
         <v>17</v>
       </c>
       <c r="D38" s="44">
         <v>44776</v>
       </c>
       <c r="E38" s="44" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="24">
         <v>4000</v>
       </c>
       <c r="G38" s="21">
         <v>9.7220000000000001E-2</v>
       </c>
       <c r="H38" s="44"/>
     </row>
     <row r="39" spans="2:8" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B39" s="57"/>
+      <c r="B39" s="58"/>
       <c r="C39" s="11" t="s">
         <v>17</v>
       </c>
       <c r="D39" s="46" t="s">
         <v>23</v>
       </c>
       <c r="E39" s="46" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="13">
         <v>5200</v>
       </c>
       <c r="G39" s="11">
         <v>0.12637999999999999</v>
       </c>
       <c r="H39" s="46"/>
     </row>
     <row r="40" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B40" s="57"/>
+      <c r="B40" s="58"/>
       <c r="C40" s="37" t="s">
         <v>17</v>
       </c>
       <c r="D40" s="38" t="s">
         <v>24</v>
       </c>
       <c r="E40" s="38" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="39">
         <v>6500</v>
       </c>
       <c r="G40" s="37">
         <v>0.15765000000000001</v>
       </c>
       <c r="H40" s="46"/>
     </row>
     <row r="41" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B41" s="57"/>
+      <c r="B41" s="58"/>
       <c r="C41" s="37" t="s">
         <v>17</v>
       </c>
       <c r="D41" s="38" t="s">
         <v>25</v>
       </c>
       <c r="E41" s="38" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="39">
         <v>6500</v>
       </c>
       <c r="G41" s="37">
         <v>0.15765000000000001</v>
       </c>
       <c r="H41" s="37"/>
     </row>
     <row r="42" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B42" s="57"/>
+      <c r="B42" s="58"/>
       <c r="C42" s="26" t="s">
         <v>16</v>
       </c>
       <c r="D42" s="47" t="s">
         <v>28</v>
       </c>
       <c r="E42" s="47" t="s">
         <v>29</v>
       </c>
       <c r="F42" s="34">
         <v>14586</v>
       </c>
       <c r="G42" s="48">
         <v>0.35374640400000001</v>
       </c>
       <c r="H42" s="49"/>
     </row>
     <row r="43" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B43" s="57"/>
+      <c r="B43" s="58"/>
       <c r="C43" s="50"/>
       <c r="D43" s="51" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="51"/>
       <c r="F43" s="52">
         <v>36786</v>
       </c>
       <c r="G43" s="53">
         <f>SUM(G38:G42)</f>
         <v>0.89264640399999995</v>
       </c>
       <c r="H43" s="20">
         <v>0.5</v>
       </c>
     </row>
     <row r="44" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B44" s="56">
+      <c r="B44" s="62">
         <v>2023</v>
       </c>
       <c r="C44" s="50" t="s">
         <v>17</v>
       </c>
       <c r="D44" s="54" t="s">
         <v>26</v>
       </c>
       <c r="E44" s="54" t="s">
         <v>27</v>
       </c>
       <c r="F44" s="55">
         <v>6000</v>
       </c>
       <c r="G44" s="50">
         <v>0.14551</v>
       </c>
       <c r="H44" s="6"/>
     </row>
     <row r="45" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B45" s="57"/>
+      <c r="B45" s="58"/>
       <c r="C45" s="14" t="s">
         <v>17</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>31</v>
       </c>
       <c r="F45" s="16">
         <v>6500</v>
       </c>
       <c r="G45" s="14">
         <v>0.15762999999999999</v>
       </c>
     </row>
     <row r="46" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B46" s="57"/>
+      <c r="B46" s="58"/>
       <c r="C46" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E46" s="9">
         <v>45087</v>
       </c>
       <c r="F46" s="10">
         <v>7000</v>
       </c>
       <c r="G46" s="8">
         <v>0.16966999999999999</v>
       </c>
       <c r="H46" s="7"/>
     </row>
     <row r="47" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B47" s="57"/>
+      <c r="B47" s="58"/>
       <c r="C47" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D47" s="9">
         <v>45272</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F47" s="10">
         <v>7400</v>
       </c>
       <c r="G47" s="8">
         <v>0.17935999999999999</v>
       </c>
       <c r="H47" s="7"/>
     </row>
     <row r="48" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B48" s="57"/>
+      <c r="B48" s="58"/>
       <c r="C48" s="8" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E48" s="9">
         <v>45540</v>
       </c>
       <c r="F48" s="10">
         <v>17312</v>
       </c>
       <c r="G48" s="8">
         <v>0.41960999999999998</v>
       </c>
       <c r="H48" s="7"/>
     </row>
     <row r="49" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B49" s="57"/>
+      <c r="B49" s="58"/>
       <c r="C49" s="8"/>
       <c r="D49" s="17" t="s">
         <v>9</v>
       </c>
       <c r="E49" s="17"/>
       <c r="F49" s="18">
         <f>SUM(F44:F48)</f>
         <v>44212</v>
       </c>
       <c r="G49" s="19">
         <f>SUM(G44:G48)</f>
         <v>1.07178</v>
       </c>
       <c r="H49" s="20">
         <v>0.5</v>
       </c>
     </row>
     <row r="50" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B50" s="56">
+      <c r="B50" s="62">
         <v>2024</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E50" s="9">
         <v>45386</v>
       </c>
       <c r="F50" s="10">
         <v>6500</v>
       </c>
       <c r="G50" s="8">
         <v>0.15755</v>
       </c>
       <c r="H50" s="7"/>
     </row>
     <row r="51" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B51" s="57"/>
+      <c r="B51" s="58"/>
       <c r="C51" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E51" s="9">
         <v>45603</v>
       </c>
       <c r="F51" s="10">
         <v>6500</v>
       </c>
       <c r="G51" s="8">
         <v>0.15747</v>
       </c>
       <c r="H51" s="7"/>
     </row>
     <row r="52" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B52" s="57"/>
+      <c r="B52" s="58"/>
       <c r="C52" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E52" s="9">
         <v>45545</v>
       </c>
       <c r="F52" s="10">
         <v>7100</v>
       </c>
       <c r="G52" s="8">
         <v>0.17199</v>
       </c>
       <c r="H52" s="7"/>
     </row>
     <row r="53" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B53" s="57"/>
+      <c r="B53" s="58"/>
       <c r="C53" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>38</v>
       </c>
       <c r="E53" s="9">
         <v>45809</v>
       </c>
       <c r="F53" s="10">
         <v>7400</v>
       </c>
       <c r="G53" s="8">
         <v>0.17924999999999999</v>
       </c>
       <c r="H53" s="7"/>
     </row>
     <row r="54" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="57"/>
+      <c r="B54" s="58"/>
       <c r="C54" s="8" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F54" s="10">
         <v>18089</v>
       </c>
       <c r="G54" s="8">
         <v>0.43819000000000002</v>
       </c>
       <c r="H54" s="7"/>
     </row>
     <row r="55" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B55" s="57"/>
+      <c r="B55" s="58"/>
       <c r="C55" s="8"/>
       <c r="D55" s="17" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="17"/>
       <c r="F55" s="18">
         <f>SUM(F50:F54)</f>
         <v>45589</v>
       </c>
       <c r="G55" s="19">
         <f>SUM(G50:G54)</f>
         <v>1.1044499999999999</v>
       </c>
       <c r="H55" s="20">
         <v>0.5</v>
       </c>
     </row>
     <row r="56" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B56" s="56">
+      <c r="B56" s="62">
         <v>2025</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>40</v>
       </c>
       <c r="F56" s="10">
         <v>6900</v>
       </c>
       <c r="G56" s="8">
         <v>0.16714000000000001</v>
       </c>
       <c r="H56" s="7"/>
     </row>
     <row r="57" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B57" s="57"/>
+      <c r="B57" s="58"/>
       <c r="C57" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>44</v>
       </c>
       <c r="F57" s="10">
         <v>7100</v>
       </c>
       <c r="G57" s="8">
         <v>0.17172999999999999</v>
       </c>
       <c r="H57" s="7"/>
     </row>
     <row r="58" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B58" s="57"/>
+      <c r="B58" s="58"/>
       <c r="C58" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>45</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F58" s="10">
         <v>7100</v>
       </c>
       <c r="G58" s="8">
         <v>0.17171</v>
       </c>
       <c r="H58" s="7"/>
     </row>
-    <row r="59" spans="2:8" ht="14.5" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="B60" s="57"/>
+    <row r="59" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="B59" s="58"/>
+      <c r="C59" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E59" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F59" s="10">
+        <v>26000</v>
+      </c>
+      <c r="G59" s="8">
+        <v>0.62878999999999996</v>
+      </c>
+      <c r="H59" s="7"/>
+    </row>
+    <row r="60" spans="2:8" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="58"/>
+      <c r="C60" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F60" s="10">
+        <v>50000</v>
+      </c>
+      <c r="G60" s="8">
+        <v>1.20922</v>
+      </c>
+      <c r="H60" s="7"/>
     </row>
     <row r="61" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B61" s="57"/>
+      <c r="B61" s="58"/>
+      <c r="C61" s="17"/>
+      <c r="D61" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" s="17"/>
+      <c r="F61" s="18">
+        <f>SUM(F56:F60)</f>
+        <v>97100</v>
+      </c>
+      <c r="G61" s="19">
+        <f>SUM(G56:G60)</f>
+        <v>2.3485899999999997</v>
+      </c>
+      <c r="H61" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="B7:B9"/>
-[...4 lines deleted...]
-    <mergeCell ref="C20:E20"/>
     <mergeCell ref="B56:B61"/>
     <mergeCell ref="B22:B25"/>
     <mergeCell ref="C25:E25"/>
     <mergeCell ref="B26:B29"/>
     <mergeCell ref="C31:E31"/>
     <mergeCell ref="B50:B55"/>
     <mergeCell ref="B38:B43"/>
     <mergeCell ref="B44:B49"/>
     <mergeCell ref="C37:E37"/>
     <mergeCell ref="B32:B37"/>
+    <mergeCell ref="B7:B9"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="B15:B17"/>
+    <mergeCell ref="C17:E17"/>
+    <mergeCell ref="B18:B20"/>
+    <mergeCell ref="C20:E20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="G43 F49" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>