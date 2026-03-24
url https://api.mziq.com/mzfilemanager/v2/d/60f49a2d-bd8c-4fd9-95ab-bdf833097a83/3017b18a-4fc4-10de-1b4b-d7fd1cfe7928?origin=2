--- v0 (2025-11-09)
+++ v1 (2026-03-24)
@@ -6,1060 +6,1192 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/slicerCaches/slicerCache1.xml" ContentType="application/vnd.ms-excel.slicerCache+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/slicers/slicer1.xml" ContentType="application/vnd.ms-excel.slicer+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="EstaPastaDeTrabalho" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://energisa.sharepoint.com/sites/EnergisaRI/Documentos Compartilhados/General/Site/Endividamento-Gestão Dívidas/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="14_{B569980A-30F3-433D-B953-D9B18E9ED9C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CD5FE746-8A3D-40CF-B4AC-F1B48A2ACBFA}"/>
+  <xr:revisionPtr revIDLastSave="220" documentId="14_{B569980A-30F3-433D-B953-D9B18E9ED9C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C547E562-46A9-47E5-8CF3-0EB02F618B44}"/>
   <bookViews>
     <workbookView xWindow="20370" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6BDA3B26-4CA7-481C-A892-22D8723C8DE7}"/>
   </bookViews>
   <sheets>
-    <sheet name="2T25" sheetId="1" r:id="rId1"/>
+    <sheet name="4T25" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="SegmentaçãodeDados_Cia.">#N/A</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{46BE6895-7355-4a93-B00E-2C351335B9C9}">
       <x15:slicerCaches xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
         <x14:slicerCache r:id="rId2"/>
       </x15:slicerCaches>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="861" uniqueCount="316">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1023" uniqueCount="360">
   <si>
     <t>Cia.</t>
   </si>
   <si>
     <t>Operações</t>
   </si>
   <si>
     <t>Emissão</t>
   </si>
   <si>
     <t>Nº de Titulos Emitidos / circulação</t>
   </si>
   <si>
     <t>Rendimentos ( % a.a)</t>
   </si>
   <si>
     <t>Encargos Swap Ponta Passiva (% a.a.)</t>
   </si>
   <si>
     <t>Vencimento</t>
   </si>
   <si>
     <t>Amortização do principal</t>
   </si>
   <si>
     <t>Taxa efetiva de juros ( % a.a.)</t>
   </si>
   <si>
     <t xml:space="preserve"> (Taxa efetiva de SWAP) ( % a.a)(4)</t>
   </si>
   <si>
     <t>Garantias (1)</t>
   </si>
   <si>
     <t>Covenants</t>
   </si>
   <si>
     <t>ESA</t>
   </si>
   <si>
     <t>Debêntures 9ª Emissão 3ª Série</t>
   </si>
   <si>
-    <t>2472 / 2472</t>
-[...1 lines deleted...]
-  <si>
     <t>IPCA + 5.11%</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Final</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Debêntures 11ª Emissão</t>
   </si>
   <si>
-    <t>500000 / 500000</t>
-[...1 lines deleted...]
-  <si>
     <t>IPCA + 4.62%</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Debêntures 13ª Emissão</t>
   </si>
   <si>
-    <t>576396 / 576396</t>
-[...1 lines deleted...]
-  <si>
     <t>CDI + 2.30%</t>
   </si>
   <si>
     <t>Anual a partir de ago/23</t>
   </si>
   <si>
     <t>Debêntures 14ª Emissão 1ª Série</t>
   </si>
   <si>
-    <t>55000 / 55000</t>
-[...1 lines deleted...]
-  <si>
     <t>IPCA + 4.23%</t>
   </si>
   <si>
     <t>Debêntures 14ª Emissão 2ª Série</t>
   </si>
   <si>
-    <t>425000 / 425000</t>
-[...1 lines deleted...]
-  <si>
     <t>IPCA + 4.47%</t>
   </si>
   <si>
-    <t>CDI - 1,54</t>
-[...1 lines deleted...]
-  <si>
     <t>Anual a partir de out/28</t>
   </si>
   <si>
     <t>Debêntures 15ª Emissão 1ª Série</t>
   </si>
   <si>
-    <t>330000 / 330000</t>
-[...1 lines deleted...]
-  <si>
     <t>IPCA + 6.09%</t>
   </si>
   <si>
     <t>Anual a partir de out/29</t>
   </si>
   <si>
     <t>Debêntures 15ª Emissão 2ª Série</t>
   </si>
   <si>
-    <t>700000 / 700000</t>
-[...1 lines deleted...]
-  <si>
     <t>CDI + 1.64%</t>
   </si>
   <si>
-    <t>Debêntures 15ª Emissão 3ª Série</t>
-[...4 lines deleted...]
-  <si>
     <t>CDI + 1.80%</t>
   </si>
   <si>
     <t>Debêntures 16ª Emissão 1ª Série</t>
   </si>
   <si>
     <t>309.383 / 309.383</t>
   </si>
   <si>
     <t>IPCA + 6.16%</t>
   </si>
   <si>
     <t>Anual a partir de abr/27</t>
   </si>
   <si>
     <t>Debêntures 16ª Emissão 2ª Série</t>
   </si>
   <si>
     <t>190.617 / 190.617</t>
   </si>
   <si>
     <t>IPCA + 6.28%</t>
   </si>
   <si>
     <t>Anual a partir de abr/30</t>
   </si>
   <si>
-    <t>Debêntures 16ª Emissão 3ª Série</t>
-[...1 lines deleted...]
-  <si>
     <t>250.000 / 250.000</t>
   </si>
   <si>
     <t>CDI + 1.50%</t>
   </si>
   <si>
+    <t>550.000 / 550.000</t>
+  </si>
+  <si>
+    <t>200.000 / 200.000</t>
+  </si>
+  <si>
+    <t>CDI + 1.65%</t>
+  </si>
+  <si>
+    <t>CDI + 1.60%</t>
+  </si>
+  <si>
+    <t>400.000 / 400.000</t>
+  </si>
+  <si>
+    <t>CDI + 2.10%</t>
+  </si>
+  <si>
+    <t>Debêntures 19ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>184.299 / 184.299</t>
+  </si>
+  <si>
+    <t>IPCA + 6.17%</t>
+  </si>
+  <si>
+    <t>Debêntures 19ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>1.152.701 / 1.152.701</t>
+  </si>
+  <si>
+    <t>IPCA + 6.45%</t>
+  </si>
+  <si>
+    <t>CDI + 0,90  / CDI 0,88  / CDI + 0,891</t>
+  </si>
+  <si>
+    <t>CDI + 1.45%</t>
+  </si>
+  <si>
+    <t>Debêntures 20ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>646.556 / 646.556</t>
+  </si>
+  <si>
+    <t>Debêntures 20ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>793.444 / 793.444</t>
+  </si>
+  <si>
+    <t>IPCA + 6.40%</t>
+  </si>
+  <si>
+    <t>CDI + 0,44</t>
+  </si>
+  <si>
+    <t>Debêntures 21ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>876.564 / 876-564</t>
+  </si>
+  <si>
+    <t>CDI + 0.80%</t>
+  </si>
+  <si>
+    <t>Debêntures 22ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>IPCA + 6.44%</t>
+  </si>
+  <si>
+    <t>Debêntures 23ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>579.459 / 579.459</t>
+  </si>
+  <si>
+    <t>Debêntures 23ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>320.541 / 320.541</t>
+  </si>
+  <si>
+    <t>CDI + 0.95%</t>
+  </si>
+  <si>
+    <t>Marcação à Mercado de Dívida</t>
+  </si>
+  <si>
+    <t>(Debêntures 18ª Emissão 1ª Série) (2)</t>
+  </si>
+  <si>
+    <t>ESE</t>
+  </si>
+  <si>
+    <t>Debêntures 6ª Emissão</t>
+  </si>
+  <si>
+    <t>IPCA + 5.08%</t>
+  </si>
+  <si>
+    <t>Anual a partir de set/23</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>68.000 / 68.000</t>
+  </si>
+  <si>
+    <t>IPCA + 5.74%</t>
+  </si>
+  <si>
+    <t>Total ESE</t>
+  </si>
+  <si>
+    <t>EPB</t>
+  </si>
+  <si>
+    <t>Debêntures 5ª Emissão</t>
+  </si>
+  <si>
+    <t>Debêntures 6ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>CDI + 0.83%</t>
+  </si>
+  <si>
+    <t>Debêntures 8ª Emissão</t>
+  </si>
+  <si>
+    <t>63.000 / 63.000</t>
+  </si>
+  <si>
+    <t>IPCA + 6.01%</t>
+  </si>
+  <si>
+    <t>Semestral a partir de jan/29</t>
+  </si>
+  <si>
+    <t>Debêntures 13ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>125.747 / 125.747</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0,15% </t>
+  </si>
+  <si>
+    <t>Debêntures 13ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>174.253 / 174.253</t>
+  </si>
+  <si>
+    <t>Semestral a partir de abr/37</t>
+  </si>
+  <si>
+    <t>Debêntures 14ª Emissão</t>
+  </si>
+  <si>
+    <t>36.764 / 36.764</t>
+  </si>
+  <si>
+    <t>100.000 / 100.000</t>
+  </si>
+  <si>
+    <t>Total EPB</t>
+  </si>
+  <si>
+    <t>REDE</t>
+  </si>
+  <si>
+    <t>Debêntures 4ª Emissão</t>
+  </si>
+  <si>
+    <t>Total REDE ENERGIA</t>
+  </si>
+  <si>
+    <t>EMS</t>
+  </si>
+  <si>
+    <t>Debêntures 16ª Emissão</t>
+  </si>
+  <si>
+    <t>320.000 / 320.000</t>
+  </si>
+  <si>
+    <t>Debêntures 17ª Emissão</t>
+  </si>
+  <si>
+    <t>150.000 / 150.000</t>
+  </si>
+  <si>
+    <t>Anual a partir de out/26</t>
+  </si>
+  <si>
+    <t>Debêntures 23ª Emissão</t>
+  </si>
+  <si>
+    <t>250.455 / 250.455</t>
+  </si>
+  <si>
+    <t>Debêntures 24ª Emissão</t>
+  </si>
+  <si>
+    <t>270.000 / 270.000</t>
+  </si>
+  <si>
+    <t>Debêntures 25ª Emissão</t>
+  </si>
+  <si>
+    <t>Debêntures 26ª Emissão</t>
+  </si>
+  <si>
+    <t>410.000 / 410.000</t>
+  </si>
+  <si>
+    <t>PRÉ + 13.70%</t>
+  </si>
+  <si>
+    <t>Total EMS</t>
+  </si>
+  <si>
+    <t>EMT</t>
+  </si>
+  <si>
+    <t>Debêntures 9ª Emissão</t>
+  </si>
+  <si>
+    <t>CDI + 1.05%</t>
+  </si>
+  <si>
+    <t>Anual a partir de jun/27</t>
+  </si>
+  <si>
+    <t>Debêntures 12ª Emissão</t>
+  </si>
+  <si>
+    <t>CDI + 0,705%</t>
+  </si>
+  <si>
+    <t>164.437 / 164.437</t>
+  </si>
+  <si>
+    <t>CDI + 0,717%</t>
+  </si>
+  <si>
+    <t>95.563 / 95.563</t>
+  </si>
+  <si>
+    <t>CDI + 0,880%</t>
+  </si>
+  <si>
+    <t>IPCA + 6.11%</t>
+  </si>
+  <si>
+    <t>CDI + 0,7275%</t>
+  </si>
+  <si>
+    <t>Anual a partir de fev/30</t>
+  </si>
+  <si>
+    <t>Debêntures 18ª Emissão</t>
+  </si>
+  <si>
+    <t>460.000 / 460.000</t>
+  </si>
+  <si>
+    <t>CDI + 0.75%</t>
+  </si>
+  <si>
+    <t>Debêntures 20ª Emissão</t>
+  </si>
+  <si>
+    <t>116.404 / 116.404</t>
+  </si>
+  <si>
+    <t>718.000 / 718.000</t>
+  </si>
+  <si>
+    <t>262.000 / 262.000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.03%</t>
+  </si>
+  <si>
+    <t>Debêntures 23ª Emissão Série Única</t>
+  </si>
+  <si>
+    <t>800.000 / 800.000</t>
+  </si>
+  <si>
+    <t>Debêntures 24ª Emissão Série Única</t>
+  </si>
+  <si>
+    <t>360.000 / 360.000</t>
+  </si>
+  <si>
+    <t>Total EMT</t>
+  </si>
+  <si>
+    <t>EMR</t>
+  </si>
+  <si>
+    <t>Debêntures 10ª Emissão</t>
+  </si>
+  <si>
+    <t>60.000 / 60.000</t>
+  </si>
+  <si>
+    <t>Anual a partir de ago/26</t>
+  </si>
+  <si>
+    <t>Debêntures 1ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>CDI + 1.15%</t>
+  </si>
+  <si>
+    <t>Debêntures 18ª Emissão Única</t>
+  </si>
+  <si>
+    <t>190.000 / 190.000</t>
+  </si>
+  <si>
+    <t>Total EMR</t>
+  </si>
+  <si>
+    <t>ETO</t>
+  </si>
+  <si>
+    <t>Anual a partir de out/23</t>
+  </si>
+  <si>
+    <t>Debêntures 5ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>CDI + 1.40%</t>
+  </si>
+  <si>
+    <t>Debêntures 12ª Emissão Série Única</t>
+  </si>
+  <si>
+    <t>CDI + 1.00%</t>
+  </si>
+  <si>
+    <t>Anual a partir de abr/38</t>
+  </si>
+  <si>
+    <t>Debêntures 13ª Emissão Série Única</t>
+  </si>
+  <si>
+    <t>IPCA + 7.30%</t>
+  </si>
+  <si>
+    <t>Anual a partir de abr/39</t>
+  </si>
+  <si>
+    <t>Total ETO</t>
+  </si>
+  <si>
+    <t>ESS</t>
+  </si>
+  <si>
+    <t>Debêntures 7ª Emissão</t>
+  </si>
+  <si>
+    <t>81.000 / 81.000</t>
+  </si>
+  <si>
+    <t>IPCA + 6.10%</t>
+  </si>
+  <si>
+    <t>CDI + 0,814%</t>
+  </si>
+  <si>
+    <t>Anual a partir de jan/30</t>
+  </si>
+  <si>
+    <t>120.000 / 120.000</t>
+  </si>
+  <si>
+    <t>165.000 / 165.000</t>
+  </si>
+  <si>
+    <t>Anual a partir de ago/27</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Total ESS</t>
+  </si>
+  <si>
+    <t>ETE</t>
+  </si>
+  <si>
+    <t>Debêntures 1ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>IPCA + 4.92%</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>IPCA + 5.14%</t>
+  </si>
+  <si>
+    <t>105,15% CDI</t>
+  </si>
+  <si>
+    <t>Anual a partir de dez/26</t>
+  </si>
+  <si>
+    <t>Debêntures 1ª Emissão 3ª Série</t>
+  </si>
+  <si>
+    <t>IPCA + 4.98%</t>
+  </si>
+  <si>
+    <t>Debêntures 2ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>57.400 / 57.400</t>
+  </si>
+  <si>
+    <t>Debêntures 2ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>CDI - 1,54%</t>
+  </si>
+  <si>
+    <t>Total ETE</t>
+  </si>
+  <si>
+    <t>ERO</t>
+  </si>
+  <si>
+    <t>280.000 / 280.000</t>
+  </si>
+  <si>
+    <t>CDI + 0.85%</t>
+  </si>
+  <si>
+    <t>Debêntures 12ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>Debêntures 12ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>51.500 / 51.500</t>
+  </si>
+  <si>
+    <t>CDI + 1.10%</t>
+  </si>
+  <si>
+    <t>Anual a partir de dez/30</t>
+  </si>
+  <si>
+    <t>290.000 / 290.000</t>
+  </si>
+  <si>
+    <t>Anual a partir de dez/31</t>
+  </si>
+  <si>
+    <t>Total ERO</t>
+  </si>
+  <si>
+    <t>EAC</t>
+  </si>
+  <si>
+    <t>140.000 / 140.000</t>
+  </si>
+  <si>
+    <t>Total EAC</t>
+  </si>
+  <si>
+    <t>ALSOL</t>
+  </si>
+  <si>
+    <t>CDI + 2.35%</t>
+  </si>
+  <si>
+    <t>Total ALSOL</t>
+  </si>
+  <si>
+    <t>LTTE</t>
+  </si>
+  <si>
+    <t>IPCA + 5.09%</t>
+  </si>
+  <si>
+    <t>Anual a partir de out/22</t>
+  </si>
+  <si>
+    <t>Total LTTE</t>
+  </si>
+  <si>
+    <t>LXTE</t>
+  </si>
+  <si>
+    <t>602.447.753 / 602.447.753</t>
+  </si>
+  <si>
+    <t>TJLP + 1.00%</t>
+  </si>
+  <si>
+    <t>R + S + B</t>
+  </si>
+  <si>
+    <t>ICSD</t>
+  </si>
+  <si>
+    <t>IPCA + 5.83%</t>
+  </si>
+  <si>
+    <t>Anual a partir de abr/23</t>
+  </si>
+  <si>
+    <t>LMTE</t>
+  </si>
+  <si>
+    <t>569.568.025 / 569.568.025</t>
+  </si>
+  <si>
+    <t>Semestral a partir de out/22</t>
+  </si>
+  <si>
+    <t>Total LMTE</t>
+  </si>
+  <si>
+    <t>CONSOL</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>Total em moeda nacional</t>
+  </si>
+  <si>
+    <t>CONSOLIDADO</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                      -   </t>
+  </si>
+  <si>
+    <t>250.000 / 66.197</t>
+  </si>
+  <si>
+    <t>200.000 / 100.000</t>
+  </si>
+  <si>
+    <t>1.130.000 / 67.954</t>
+  </si>
+  <si>
+    <t>400.000 / 133.774</t>
+  </si>
+  <si>
+    <t>CDI + 0,65%</t>
+  </si>
+  <si>
+    <t>500.000 / 110.747</t>
+  </si>
+  <si>
+    <t xml:space="preserve">730.000 / 730.000 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0,04% </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - </t>
+  </si>
+  <si>
+    <t>3.649.661 / 3.649.661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(-) Custos de captação </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Total ESA INDIVIDUAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Total ESA</t>
+  </si>
+  <si>
+    <t>Debêntures 15ª Emissão 3ª Série (6)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debêntures 11ª Emissão </t>
+  </si>
+  <si>
+    <t>350.000 / 350.000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.15%</t>
+  </si>
+  <si>
+    <t>240.000 / 240.000</t>
+  </si>
+  <si>
+    <t>IPCA + 6.95%</t>
+  </si>
+  <si>
+    <t>Anual a partir de set/38</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> nov / 35</t>
+  </si>
+  <si>
+    <t>CDI + 0,835%</t>
+  </si>
+  <si>
+    <t>Debêntures 19ª Emissão</t>
+  </si>
+  <si>
+    <t>Debêntures 21ª Emissão</t>
+  </si>
+  <si>
+    <t>CDI + 0,72%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 0,16% </t>
+  </si>
+  <si>
+    <t>Debêntures 27ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>540.000 / 540.000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.05%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 031% </t>
+  </si>
+  <si>
+    <t>Debêntures 27ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>CDI - 0,16%</t>
+  </si>
+  <si>
+    <t>Anual a partir de set/40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debêntures 9ª Emissão </t>
+  </si>
+  <si>
+    <t>Debêntures 10ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>Debêntures 22ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>Debêntures 22ª Emissão 3ª Série</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 0,67% </t>
+  </si>
+  <si>
+    <t>Debêntures 25ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t>IPCA + 7.10%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 0,22% </t>
+  </si>
+  <si>
+    <t>Debêntures 25ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>450.000 / 450.000</t>
+  </si>
+  <si>
+    <t>Debêntures 11ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0,078% </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0,055% </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debêntures 9ª Emissão  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">348.500 / 348.500 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debêntures 2ª Emissão </t>
+  </si>
+  <si>
+    <t>Debêntures 1ª Emissão (7)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Total LXTE </t>
+  </si>
+  <si>
+    <t>TJLP + 6.00%</t>
+  </si>
+  <si>
+    <t>(-) Custos de captação (déb. Espelho)</t>
+  </si>
+  <si>
+    <t>(-) Custos de captação (déb. Não espelho)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total dos (-) Custos de captação </t>
+  </si>
+  <si>
+    <t>Endividamento | 4T25</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>2.472 / 2.472</t>
+  </si>
+  <si>
+    <t>500.000 / 500.000</t>
+  </si>
+  <si>
+    <t>576.396 / 576.396</t>
+  </si>
+  <si>
+    <t>55.000 / 55.000</t>
+  </si>
+  <si>
+    <t>425.000 / 425.000</t>
+  </si>
+  <si>
+    <t>330.000 / 330.000</t>
+  </si>
+  <si>
+    <t>700.000 / 700.000</t>
+  </si>
+  <si>
+    <t>300.000 / 82.665</t>
+  </si>
+  <si>
+    <t>550.000 / 18404</t>
+  </si>
+  <si>
+    <t>Debêntures 16ª Emissão 3ª Série(6)</t>
+  </si>
+  <si>
+    <t>Debêntures 17ª Emissão 1ª Série(6)</t>
+  </si>
+  <si>
+    <t>Debêntures 17ª Emissão 2ª Série(6)</t>
+  </si>
+  <si>
+    <t>Debêntures 18ª Emissão 1ª Série(6)</t>
+  </si>
+  <si>
+    <t>Debêntures 18ª Emissão 2ª Série(6)</t>
+  </si>
+  <si>
+    <t>Debêntures 19ª Emissão 3ª Série(6)</t>
+  </si>
+  <si>
+    <t>65.000 / 65.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                      -   </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CDI + 0,509% </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CDI - 0,15%  </t>
+  </si>
+  <si>
+    <t>135.000 / 135.000</t>
+  </si>
+  <si>
+    <t>48.000 / 48.000</t>
+  </si>
+  <si>
+    <t>146.933 / 146.933</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CDI + 0,755% </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CDI  + 0,15%  </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CDI + 0,44%  </t>
+  </si>
+  <si>
     <t>Debêntures 17ª Emissão 1ª Série</t>
   </si>
   <si>
-    <t>550.000 / 550.000</t>
+    <t>297.000 / 297.000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.23%</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CDI - 0,25%  </t>
   </si>
   <si>
     <t>Debêntures 17ª Emissão 2ª Série</t>
   </si>
   <si>
-    <t>200.000 / 200.000</t>
-[...665 lines deleted...]
-    <t>ALSOL</t>
+    <t>198.000 / 198.000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CDI - 0,19%  </t>
+  </si>
+  <si>
+    <t>Semestral a partir de out/38</t>
+  </si>
+  <si>
+    <t>370.000 / 300.000</t>
+  </si>
+  <si>
+    <t>155.000 / 155.000</t>
+  </si>
+  <si>
+    <t>139.471 / 139.471</t>
+  </si>
+  <si>
+    <t>385.000 / 385.000</t>
+  </si>
+  <si>
+    <t>32.500 / 32.500</t>
+  </si>
+  <si>
+    <t>381.354 / 381.354</t>
+  </si>
+  <si>
+    <t>60.100 / 60.100</t>
+  </si>
+  <si>
+    <t>69.900 / 69.900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI  - 1,54% </t>
+  </si>
+  <si>
+    <t>Debêntures 26ª Emissão 1ª Série</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 0,25% </t>
+  </si>
+  <si>
+    <t>Debêntures 26ª Emissão 2ª Série</t>
+  </si>
+  <si>
+    <t>132.000 / 132.000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 0,19% </t>
+  </si>
+  <si>
+    <t>Anual a partir de out/38</t>
+  </si>
+  <si>
+    <t>50.000 / 50.000</t>
+  </si>
+  <si>
+    <t>36.000 / 36.000</t>
+  </si>
+  <si>
+    <t>26.300 / 26.300</t>
+  </si>
+  <si>
+    <t>159.000 / 159.000</t>
+  </si>
+  <si>
+    <t>106.000 / 106.000</t>
+  </si>
+  <si>
+    <t>162.404 / 162.404</t>
+  </si>
+  <si>
+    <t>70.000 / 70.000</t>
+  </si>
+  <si>
+    <t>144.000 / 144.000</t>
+  </si>
+  <si>
+    <t>96.000 / 96.000</t>
+  </si>
+  <si>
+    <t>75.500 / 75.500</t>
+  </si>
+  <si>
+    <t>51.462 / 51.462</t>
+  </si>
+  <si>
+    <t>123.038 / 123.038</t>
+  </si>
+  <si>
+    <t>82.600 / 82.600</t>
+  </si>
+  <si>
+    <t>264.000 / 264.000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.29%</t>
+  </si>
+  <si>
+    <t>CDI - 0,20</t>
+  </si>
+  <si>
+    <t>176.000 / 176.000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.17%</t>
+  </si>
+  <si>
+    <t>130.000 / 130.000</t>
   </si>
   <si>
     <t>Debêntures 2ª Emissão</t>
   </si>
   <si>
-    <t>130000 / 130000</t>
-[...86 lines deleted...]
-    <t xml:space="preserve">(1) R = Recebíveis, A = Aval Energisa S/A. e SG = Sem Garantia, S =Seguro
+    <t xml:space="preserve"> Sub Total LXTE </t>
+  </si>
+  <si>
+    <t>(Debêntures 2ª Emissão)</t>
+  </si>
+  <si>
+    <t>(1)	R = Recebíveis, A = Aval Energisa S/A. F = Fiança e SG = Sem Garantia, S =Seguro;
 B= CRSD equivalente aos últimos 6 meses de serviço da dívida. Penhor de 100% das ações das concessionárias e dos direitos emergentes da concessão, incluindo as Contas-Reservas.
-(2 )Eliminado para fins do consolidação.
-[...7 lines deleted...]
-    <t>31/12/2024</t>
+(2)	Eliminado para fins do consolidação;
+(3)	As taxas efetivas de juros representam as variações ocorridas no exercício findo em 2025;
+(4)	Condições de covenants</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0_ ;\(#,##0\)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Trebuchet MS"/>
@@ -1102,84 +1234,72 @@
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF009FC2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="32">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FFFFFFFF"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thick">
         <color theme="0"/>
       </top>
       <bottom style="thick">
@@ -1211,213 +1331,107 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top style="thick">
         <color theme="0"/>
       </top>
       <bottom style="thick">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right style="medium">
         <color theme="0"/>
       </right>
-      <top style="medium">
-[...11 lines deleted...]
-      </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFD9D9D9"/>
-      </bottom>
-[...13 lines deleted...]
-        <color rgb="FF009FC2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thick">
         <color rgb="FF009FC2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thick">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="0"/>
       </bottom>
-      <diagonal/>
-[...63 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FFFFFFFF"/>
       </left>
       <right style="thick">
         <color rgb="FFFFFFFF"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1426,509 +1440,346 @@
       <top/>
       <bottom style="medium">
         <color rgb="FF009FC2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top style="medium">
         <color rgb="FFD9D9D9"/>
       </top>
       <bottom style="medium">
         <color rgb="FF009FC2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
-      <right style="medium">
-[...61 lines deleted...]
-      <left/>
       <right/>
       <top/>
-      <bottom style="double">
-[...21 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="126">
+  <cellXfs count="100">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" indent="1"/>
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" indent="1"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="2" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="2"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="19">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Trebuchet MS"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -2863,71 +2714,71 @@
         </xdr:sp>
       </mc:Fallback>
     </mc:AlternateContent>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/slicerCaches/slicerCache1.xml><?xml version="1.0" encoding="utf-8"?>
 <slicerCacheDefinition xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x xr10" name="SegmentaçãodeDados_Cia." xr10:uid="{614A43FC-C2C0-4337-BDEA-5C3C9CA39291}" sourceName="Cia.">
   <extLst>
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{2F2917AC-EB37-4324-AD4E-5DD8C200BD13}">
       <x15:tableSlicerCache tableId="1" column="1"/>
     </x:ext>
   </extLst>
 </slicerCacheDefinition>
 </file>
 
 <file path=xl/slicers/slicer1.xml><?xml version="1.0" encoding="utf-8"?>
 <slicers xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x xr10">
   <slicer name="Cia." xr10:uid="{5234727F-0F59-43D3-8C21-84ADA4580EA1}" cache="SegmentaçãodeDados_Cia." caption="Empresas" columnCount="10" style="SlicerStyleDark1 2" rowHeight="324000"/>
 </slicers>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C0EE339E-1BF4-410D-BF63-AE7210463851}" name="Tabela1" displayName="Tabela1" ref="A3:N153" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
-  <autoFilter ref="A3:N153" xr:uid="{C0EE339E-1BF4-410D-BF63-AE7210463851}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C0EE339E-1BF4-410D-BF63-AE7210463851}" name="Tabela1" displayName="Tabela1" ref="A3:N173" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
+  <autoFilter ref="A3:N173" xr:uid="{C0EE339E-1BF4-410D-BF63-AE7210463851}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
     <filterColumn colId="9" hiddenButton="1"/>
     <filterColumn colId="10" hiddenButton="1"/>
     <filterColumn colId="11" hiddenButton="1"/>
     <filterColumn colId="12" hiddenButton="1"/>
     <filterColumn colId="13" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="14">
     <tableColumn id="1" xr3:uid="{D24F453A-39C7-41D8-BB4F-6C9DCEA6746A}" name="Cia." dataDxfId="13"/>
     <tableColumn id="2" xr3:uid="{25BCFBCE-207B-4CA2-B50A-AFD8FCE9E56D}" name="Operações" dataDxfId="12"/>
-    <tableColumn id="3" xr3:uid="{DBDD32B9-6C0B-45F8-896B-740D28577533}" name="30/06/2025" dataDxfId="11"/>
+    <tableColumn id="3" xr3:uid="{DBDD32B9-6C0B-45F8-896B-740D28577533}" name="31/12/2025" dataDxfId="11"/>
     <tableColumn id="4" xr3:uid="{A3BB50C2-E216-4299-8637-17AF606969F4}" name="31/12/2024" dataDxfId="10"/>
     <tableColumn id="5" xr3:uid="{619225F5-2F23-448A-980C-000147BB8514}" name="Emissão" dataDxfId="9"/>
     <tableColumn id="6" xr3:uid="{7DFBC487-3D99-471B-8741-09A40532D0DB}" name="Nº de Titulos Emitidos / circulação" dataDxfId="8"/>
     <tableColumn id="7" xr3:uid="{D7715DA4-C757-47CE-9461-AE42915FF398}" name="Rendimentos ( % a.a)" dataDxfId="7"/>
     <tableColumn id="16" xr3:uid="{E7C0B16C-FFF1-4F0C-A7D7-970654CB06D1}" name="Encargos Swap Ponta Passiva (% a.a.)" dataDxfId="6"/>
     <tableColumn id="8" xr3:uid="{06E2E521-FBF5-4A37-B764-35320CE5149F}" name="Vencimento" dataDxfId="5"/>
     <tableColumn id="9" xr3:uid="{6068B68F-4ADC-44D5-8064-7F8ABCC83843}" name="Amortização do principal" dataDxfId="4"/>
     <tableColumn id="10" xr3:uid="{83EB3F23-71F4-4EE0-AFD6-01A47FAD4AA1}" name="Taxa efetiva de juros ( % a.a.)" dataDxfId="3"/>
     <tableColumn id="14" xr3:uid="{458D30DA-64B8-4101-978B-36F350CF8948}" name=" (Taxa efetiva de SWAP) ( % a.a)(4)" dataDxfId="2"/>
     <tableColumn id="11" xr3:uid="{CFF2D264-1455-496A-8F48-6D2344723D7E}" name="Garantias (1)" dataDxfId="1"/>
     <tableColumn id="12" xr3:uid="{D1CF2835-25E2-4483-B04D-522A6E582EFC}" name="Covenants" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3202,5546 +3053,6368 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/slicer" Target="../slicers/slicer1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7AAC3D9E-1119-4347-9042-B9A6036F1BD5}">
   <sheetPr codeName="Planilha1"/>
-  <dimension ref="A1:O278"/>
+  <dimension ref="A1:O298"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="B59" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="D12" sqref="D12"/>
+      <selection pane="bottomRight" activeCell="B179" sqref="B179"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.28515625" style="5" customWidth="1"/>
-    <col min="2" max="2" width="57.42578125" style="48" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="13" width="14.85546875" style="23" customWidth="1"/>
+    <col min="2" max="2" width="57.42578125" style="34" customWidth="1"/>
+    <col min="3" max="3" width="16.7109375" style="21" customWidth="1"/>
+    <col min="4" max="4" width="17" style="21" customWidth="1"/>
+    <col min="5" max="5" width="12.5703125" style="16" customWidth="1"/>
+    <col min="6" max="6" width="33.5703125" style="16" customWidth="1"/>
+    <col min="7" max="8" width="17.42578125" style="25" customWidth="1"/>
+    <col min="9" max="9" width="14.5703125" style="16" customWidth="1"/>
+    <col min="10" max="10" width="25.28515625" style="16" customWidth="1"/>
+    <col min="11" max="12" width="21.7109375" style="16" customWidth="1"/>
+    <col min="13" max="13" width="14.85546875" style="16" customWidth="1"/>
     <col min="14" max="14" width="14.85546875" style="2" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="39" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="49" t="s">
-        <v>0</v>
+      <c r="B1" s="35" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="2" spans="1:14" s="1" customFormat="1" ht="83.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="3"/>
-      <c r="B2" s="40"/>
-[...1 lines deleted...]
-      <c r="D2" s="26"/>
+      <c r="B2" s="28"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
-      <c r="G2" s="30"/>
-      <c r="H2" s="30"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="23"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
     </row>
     <row r="3" spans="1:14" s="1" customFormat="1" ht="45.75" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="24" t="s">
+      <c r="A3" s="17" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="41" t="s">
+      <c r="C3" s="9" t="s">
+        <v>287</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>228</v>
+      </c>
+      <c r="E3" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="9" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="10" t="s">
+      <c r="F3" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="10" t="s">
+      <c r="G3" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="29" t="s">
+      <c r="H3" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="29" t="s">
+      <c r="I3" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="I3" s="10" t="s">
+      <c r="J3" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="J3" s="10" t="s">
+      <c r="K3" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="K3" s="10" t="s">
+      <c r="L3" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="L3" s="10" t="s">
+      <c r="M3" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="M3" s="10" t="s">
+      <c r="N3" s="36" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-      <c r="D4" s="27"/>
+        <v>12</v>
+      </c>
+      <c r="B4" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="20"/>
+      <c r="D4" s="20"/>
       <c r="E4" s="11"/>
       <c r="F4" s="11"/>
-      <c r="G4" s="31"/>
-      <c r="H4" s="31"/>
+      <c r="G4" s="24"/>
+      <c r="H4" s="24"/>
       <c r="I4" s="11"/>
       <c r="J4" s="11"/>
       <c r="K4" s="11"/>
       <c r="L4" s="11"/>
       <c r="M4" s="11"/>
       <c r="N4" s="11"/>
     </row>
     <row r="5" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="51" t="s">
-[...5 lines deleted...]
-      <c r="D5" s="57">
+      <c r="C5" s="73">
+        <v>32847</v>
+      </c>
+      <c r="D5" s="73">
         <v>31469</v>
       </c>
       <c r="E5" s="12">
         <v>43023</v>
       </c>
       <c r="F5" s="13" t="s">
-        <v>15</v>
+        <v>288</v>
       </c>
       <c r="G5" s="13" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>17</v>
+        <v>238</v>
       </c>
       <c r="I5" s="14">
         <v>46661</v>
       </c>
       <c r="J5" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K5" s="15">
-        <v>5.5300000000000002E-2</v>
+        <v>9.3700000000000006E-2</v>
       </c>
       <c r="L5" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="M5" s="15" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="N5" s="13">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D6" s="57">
+        <v>12</v>
+      </c>
+      <c r="B6" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="73">
+        <v>734175</v>
+      </c>
+      <c r="D6" s="73">
         <v>703649</v>
       </c>
       <c r="E6" s="12">
         <v>43570</v>
       </c>
       <c r="F6" s="13" t="s">
-        <v>21</v>
+        <v>289</v>
       </c>
       <c r="G6" s="13" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>17</v>
+        <v>238</v>
       </c>
       <c r="I6" s="14">
         <v>46113</v>
       </c>
       <c r="J6" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K6" s="15">
-        <v>5.2999999999999999E-2</v>
+        <v>8.8800000000000004E-2</v>
       </c>
       <c r="L6" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M6" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N6" s="13">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D7" s="57">
+        <v>12</v>
+      </c>
+      <c r="B7" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="73">
         <v>11076</v>
       </c>
       <c r="E7" s="12">
         <v>44068</v>
       </c>
       <c r="F7" s="13" t="s">
-        <v>25</v>
+        <v>290</v>
       </c>
       <c r="G7" s="13" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>17</v>
+        <v>238</v>
       </c>
       <c r="I7" s="14">
         <v>45870</v>
       </c>
       <c r="J7" s="14" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="K7" s="15">
-        <v>7.5600000000000001E-2</v>
+        <v>0.16619999999999999</v>
       </c>
       <c r="L7" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M7" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N7" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D8" s="57">
+        <v>12</v>
+      </c>
+      <c r="B8" s="37" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="73">
+        <v>75753</v>
+      </c>
+      <c r="D8" s="73">
         <v>72579</v>
       </c>
       <c r="E8" s="12">
         <v>44119</v>
       </c>
       <c r="F8" s="13" t="s">
-        <v>29</v>
+        <v>291</v>
       </c>
       <c r="G8" s="13" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>17</v>
+        <v>238</v>
       </c>
       <c r="I8" s="14">
         <v>46661</v>
       </c>
       <c r="J8" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K8" s="15">
-        <v>5.0999999999999997E-2</v>
+        <v>8.4900000000000003E-2</v>
       </c>
       <c r="L8" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M8" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N8" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D9" s="57">
+        <v>12</v>
+      </c>
+      <c r="B9" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="73">
+        <v>585656</v>
+      </c>
+      <c r="D9" s="73">
         <v>561107</v>
       </c>
       <c r="E9" s="12">
         <v>44119</v>
       </c>
       <c r="F9" s="13" t="s">
-        <v>32</v>
+        <v>292</v>
       </c>
       <c r="G9" s="13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>34</v>
+        <v>190</v>
       </c>
       <c r="I9" s="14">
         <v>11232</v>
       </c>
       <c r="J9" s="14" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="K9" s="15">
-        <v>5.2200000000000003E-2</v>
+        <v>8.7300000000000003E-2</v>
       </c>
       <c r="L9" s="15">
-        <v>5.6500000000000002E-2</v>
+        <v>0.1278</v>
       </c>
       <c r="M9" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N9" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D10" s="57">
+        <v>12</v>
+      </c>
+      <c r="B10" s="37" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="73">
+        <v>412594</v>
+      </c>
+      <c r="D10" s="73">
         <v>395275</v>
       </c>
       <c r="E10" s="12">
         <v>44484</v>
       </c>
       <c r="F10" s="13" t="s">
-        <v>37</v>
+        <v>293</v>
       </c>
       <c r="G10" s="13" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I10" s="14">
         <v>11597</v>
       </c>
       <c r="J10" s="14" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="K10" s="15">
-        <v>6.0100000000000001E-2</v>
+        <v>0.10349999999999999</v>
       </c>
       <c r="L10" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M10" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N10" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D11" s="57">
+        <v>12</v>
+      </c>
+      <c r="B11" s="37" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="73">
+        <v>57104</v>
+      </c>
+      <c r="D11" s="73">
         <v>56687</v>
       </c>
       <c r="E11" s="12">
         <v>44484</v>
       </c>
       <c r="F11" s="13" t="s">
-        <v>41</v>
+        <v>294</v>
       </c>
       <c r="G11" s="13" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I11" s="14">
         <v>46296</v>
       </c>
       <c r="J11" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K11" s="15">
-        <v>7.2400000000000006E-2</v>
+        <v>0.15959999999999999</v>
       </c>
       <c r="L11" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M11" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N11" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D12" s="57">
+        <v>12</v>
+      </c>
+      <c r="B12" s="37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C12" s="73">
+        <v>85435</v>
+      </c>
+      <c r="D12" s="73">
         <v>307784</v>
       </c>
       <c r="E12" s="12">
         <v>44484</v>
       </c>
       <c r="F12" s="13" t="s">
-        <v>44</v>
+        <v>295</v>
       </c>
       <c r="G12" s="13" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I12" s="14">
         <v>47027</v>
       </c>
       <c r="J12" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K12" s="15">
-        <v>7.3200000000000001E-2</v>
+        <v>0.16120000000000001</v>
       </c>
       <c r="L12" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M12" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N12" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D13" s="57">
+        <v>12</v>
+      </c>
+      <c r="B13" s="37" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="73">
+        <v>363332</v>
+      </c>
+      <c r="D13" s="73">
         <v>348081</v>
       </c>
       <c r="E13" s="12">
         <v>44666</v>
       </c>
       <c r="F13" s="13" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G13" s="13" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I13" s="14">
         <v>47209</v>
       </c>
       <c r="J13" s="14" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="K13" s="15">
-        <v>6.0400000000000002E-2</v>
+        <v>0.1042</v>
       </c>
       <c r="L13" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M13" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N13" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D14" s="57">
+        <v>12</v>
+      </c>
+      <c r="B14" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="73">
+        <v>223910</v>
+      </c>
+      <c r="D14" s="73">
         <v>214509</v>
       </c>
       <c r="E14" s="12">
         <v>44666</v>
       </c>
       <c r="F14" s="13" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="G14" s="13" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I14" s="14">
         <v>11780</v>
       </c>
       <c r="J14" s="14" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="K14" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>0.10539999999999999</v>
       </c>
       <c r="L14" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M14" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N14" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D15" s="57">
+        <v>12</v>
+      </c>
+      <c r="B15" s="37" t="s">
+        <v>297</v>
+      </c>
+      <c r="C15" s="73">
+        <v>68373</v>
+      </c>
+      <c r="D15" s="73">
         <v>256331</v>
       </c>
       <c r="E15" s="12">
         <v>44666</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>55</v>
+        <v>230</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I15" s="14">
         <v>46478</v>
       </c>
       <c r="J15" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K15" s="15">
-        <v>7.17E-2</v>
+        <v>0.15820000000000001</v>
       </c>
       <c r="L15" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M15" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N15" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D16" s="57">
+        <v>12</v>
+      </c>
+      <c r="B16" s="37" t="s">
+        <v>298</v>
+      </c>
+      <c r="C16" s="73">
+        <v>18974</v>
+      </c>
+      <c r="D16" s="73">
         <v>562890</v>
       </c>
       <c r="E16" s="12">
         <v>44854</v>
       </c>
       <c r="F16" s="13" t="s">
-        <v>58</v>
+        <v>296</v>
       </c>
       <c r="G16" s="13" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I16" s="14">
         <v>46661</v>
       </c>
       <c r="J16" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K16" s="15">
-        <v>7.17E-2</v>
+        <v>0.15820000000000001</v>
       </c>
       <c r="L16" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M16" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N16" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D17" s="57">
+        <v>12</v>
+      </c>
+      <c r="B17" s="37" t="s">
+        <v>299</v>
+      </c>
+      <c r="C17" s="73">
+        <v>103128</v>
+      </c>
+      <c r="D17" s="73">
         <v>204745</v>
       </c>
       <c r="E17" s="12">
         <v>44854</v>
       </c>
       <c r="F17" s="13" t="s">
-        <v>60</v>
+        <v>231</v>
       </c>
       <c r="G17" s="13" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I17" s="14">
         <v>47392</v>
       </c>
       <c r="J17" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K17" s="15">
-        <v>7.2400000000000006E-2</v>
+        <v>0.15970000000000001</v>
       </c>
       <c r="L17" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M17" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N17" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D18" s="57">
+        <v>12</v>
+      </c>
+      <c r="B18" s="37" t="s">
+        <v>300</v>
+      </c>
+      <c r="C18" s="73">
+        <v>95287</v>
+      </c>
+      <c r="D18" s="73">
         <v>1364298</v>
       </c>
       <c r="E18" s="12">
         <v>45097</v>
       </c>
       <c r="F18" s="13" t="s">
-        <v>63</v>
+        <v>232</v>
       </c>
       <c r="G18" s="13" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I18" s="14">
         <v>46174</v>
       </c>
       <c r="J18" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K18" s="15">
-        <v>7.22E-2</v>
+        <v>0.15920000000000001</v>
       </c>
       <c r="L18" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M18" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N18" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D19" s="57">
+        <v>12</v>
+      </c>
+      <c r="B19" s="37" t="s">
+        <v>301</v>
+      </c>
+      <c r="C19" s="73">
+        <v>134284</v>
+      </c>
+      <c r="D19" s="73">
         <v>401292</v>
       </c>
       <c r="E19" s="12">
         <v>45097</v>
       </c>
       <c r="F19" s="13" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="G19" s="13" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I19" s="14">
         <v>46905</v>
       </c>
       <c r="J19" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K19" s="15">
-        <v>7.46E-2</v>
+        <v>0.16420000000000001</v>
       </c>
       <c r="L19" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M19" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N19" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D20" s="57">
+        <v>12</v>
+      </c>
+      <c r="B20" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="73">
+        <v>206726</v>
+      </c>
+      <c r="D20" s="73">
         <v>198001</v>
       </c>
       <c r="E20" s="12">
         <v>45184</v>
       </c>
       <c r="F20" s="13" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="G20" s="13" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>71</v>
+        <v>234</v>
       </c>
       <c r="I20" s="14">
         <v>11202</v>
       </c>
       <c r="J20" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K20" s="15">
-        <v>6.0499999999999998E-2</v>
+        <v>0.1043</v>
       </c>
       <c r="L20" s="15">
-        <v>6.7400000000000002E-2</v>
+        <v>0.1497</v>
       </c>
       <c r="M20" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N20" s="13">
         <v>2</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:14" s="1" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D21" s="57">
+        <v>12</v>
+      </c>
+      <c r="B21" s="37" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="73">
+        <v>1294005</v>
+      </c>
+      <c r="D21" s="73">
         <v>1239364</v>
       </c>
       <c r="E21" s="12">
         <v>45184</v>
       </c>
       <c r="F21" s="13" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="G21" s="13" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="I21" s="14">
         <v>12298</v>
       </c>
       <c r="J21" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K21" s="15">
-        <v>6.1899999999999997E-2</v>
+        <v>0.1071</v>
       </c>
       <c r="L21" s="15">
-        <v>6.8699999999999997E-2</v>
+        <v>0.1522</v>
       </c>
       <c r="M21" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N21" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D22" s="57">
+        <v>12</v>
+      </c>
+      <c r="B22" s="37" t="s">
+        <v>302</v>
+      </c>
+      <c r="C22" s="73">
+        <v>115916</v>
+      </c>
+      <c r="D22" s="73">
         <v>517557</v>
       </c>
       <c r="E22" s="12">
         <v>45184</v>
       </c>
       <c r="F22" s="13" t="s">
-        <v>77</v>
+        <v>235</v>
       </c>
       <c r="G22" s="13" t="s">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I22" s="14">
         <v>46997</v>
       </c>
       <c r="J22" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K22" s="15">
-        <v>7.1400000000000005E-2</v>
+        <v>0.15770000000000001</v>
       </c>
       <c r="L22" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M22" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N22" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D23" s="57">
+        <v>12</v>
+      </c>
+      <c r="B23" s="37" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" s="73">
+        <v>702210</v>
+      </c>
+      <c r="D23" s="73">
         <v>672733</v>
       </c>
       <c r="E23" s="12">
         <v>45397</v>
       </c>
       <c r="F23" s="13" t="s">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="G23" s="13" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="H23" s="13" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="I23" s="14">
         <v>11414</v>
       </c>
       <c r="J23" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K23" s="15">
-        <v>6.0400000000000002E-2</v>
+        <v>0.1042</v>
       </c>
       <c r="L23" s="15">
-        <v>6.4899999999999999E-2</v>
+        <v>0.1447</v>
       </c>
       <c r="M23" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N23" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D24" s="57">
+        <v>12</v>
+      </c>
+      <c r="B24" s="37" t="s">
+        <v>61</v>
+      </c>
+      <c r="C24" s="73">
+        <v>862163</v>
+      </c>
+      <c r="D24" s="73">
         <v>825963</v>
       </c>
       <c r="E24" s="12">
         <v>45397</v>
       </c>
       <c r="F24" s="13" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="G24" s="13" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="H24" s="13" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="I24" s="14">
         <v>14336</v>
       </c>
       <c r="J24" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K24" s="15">
-        <v>6.1600000000000002E-2</v>
+        <v>0.1066</v>
       </c>
       <c r="L24" s="15">
-        <v>6.6400000000000001E-2</v>
+        <v>0.14760000000000001</v>
       </c>
       <c r="M24" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N24" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D25" s="57">
+        <v>12</v>
+      </c>
+      <c r="B25" s="37" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" s="73">
+        <v>919470</v>
+      </c>
+      <c r="D25" s="73">
         <v>906810</v>
       </c>
       <c r="E25" s="12">
         <v>45539</v>
       </c>
       <c r="F25" s="13" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="G25" s="13" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="H25" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I25" s="14">
         <v>47362</v>
       </c>
       <c r="J25" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K25" s="15">
-        <v>6.8199999999999997E-2</v>
+        <v>0.1512</v>
       </c>
       <c r="L25" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="M25" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N25" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D26" s="57">
+        <v>12</v>
+      </c>
+      <c r="B26" s="37" t="s">
+        <v>68</v>
+      </c>
+      <c r="C26" s="73">
+        <v>785488</v>
+      </c>
+      <c r="D26" s="73">
         <v>748977</v>
       </c>
       <c r="E26" s="12">
         <v>45550</v>
       </c>
       <c r="F26" s="13" t="s">
-        <v>90</v>
+        <v>236</v>
       </c>
       <c r="G26" s="13" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="H26" s="13" t="s">
-        <v>92</v>
+        <v>237</v>
       </c>
       <c r="I26" s="14">
         <v>12663</v>
       </c>
       <c r="J26" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K26" s="15">
-        <v>6.1800000000000001E-2</v>
+        <v>0.107</v>
       </c>
       <c r="L26" s="15">
-        <v>6.4399999999999999E-2</v>
+        <v>0.14360000000000001</v>
       </c>
       <c r="M26" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N26" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3" t="s">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>12</v>
+      </c>
+      <c r="B27" s="37" t="s">
+        <v>70</v>
+      </c>
+      <c r="C27" s="73">
+        <v>610663</v>
+      </c>
+      <c r="D27" s="73" t="s">
+        <v>15</v>
       </c>
       <c r="E27" s="12">
         <v>45713</v>
       </c>
       <c r="F27" s="13" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="G27" s="13" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I27" s="14">
         <v>10990</v>
       </c>
       <c r="J27" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K27" s="15">
-        <v>6.8199999999999997E-2</v>
+        <v>0.1512</v>
       </c>
       <c r="L27" s="15" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="M27" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N27" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3" t="s">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>12</v>
+      </c>
+      <c r="B28" s="37" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" s="73">
+        <v>337982</v>
+      </c>
+      <c r="D28" s="73" t="s">
+        <v>15</v>
       </c>
       <c r="E28" s="12">
         <v>45713</v>
       </c>
       <c r="F28" s="13" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="G28" s="13" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I28" s="14">
         <v>11720</v>
       </c>
       <c r="J28" s="14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K28" s="15">
-        <v>6.8900000000000003E-2</v>
+        <v>0.1527</v>
       </c>
       <c r="L28" s="15" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="M28" s="15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="N28" s="13">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>17</v>
+        <v>12</v>
+      </c>
+      <c r="B29" s="37" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" s="73">
+        <v>3805519</v>
+      </c>
+      <c r="D29" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="12">
+        <v>45915</v>
       </c>
       <c r="F29" s="13" t="s">
-        <v>17</v>
+        <v>239</v>
       </c>
       <c r="G29" s="13" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-      <c r="N29" s="13"/>
+        <v>136</v>
+      </c>
+      <c r="H29" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="I29" s="14">
+        <v>11933</v>
+      </c>
+      <c r="J29" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="K29" s="15">
+        <v>0.1507</v>
+      </c>
+      <c r="L29" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M29" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="N29" s="13">
+        <v>2</v>
+      </c>
     </row>
     <row r="30" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3" t="s">
-        <v>13</v>
-[...12 lines deleted...]
-      <c r="G30" s="13"/>
+        <v>12</v>
+      </c>
+      <c r="B30" s="37" t="s">
+        <v>240</v>
+      </c>
+      <c r="C30" s="73">
+        <v>-93422</v>
+      </c>
+      <c r="D30" s="73">
+        <v>-42154</v>
+      </c>
+      <c r="E30" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="F30" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" s="13" t="s">
+        <v>15</v>
+      </c>
       <c r="H30" s="13"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="15"/>
       <c r="L30" s="15"/>
       <c r="M30" s="15"/>
       <c r="N30" s="13"/>
     </row>
     <row r="31" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="78" t="s">
-[...9 lines deleted...]
-        <v>10088240</v>
+      <c r="A31" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B31" s="37" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" s="73">
+        <v>-253239</v>
+      </c>
+      <c r="D31" s="73">
+        <v>-470783</v>
       </c>
       <c r="E31" s="12"/>
       <c r="F31" s="13"/>
       <c r="G31" s="13"/>
       <c r="H31" s="13"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="13"/>
     </row>
-    <row r="32" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3" t="s">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>-796656</v>
+        <v>12</v>
+      </c>
+      <c r="B32" s="43" t="s">
+        <v>241</v>
+      </c>
+      <c r="C32" s="74">
+        <v>12284333</v>
+      </c>
+      <c r="D32" s="74">
+        <v>10088240</v>
       </c>
       <c r="E32" s="12"/>
       <c r="F32" s="13"/>
       <c r="G32" s="13"/>
       <c r="H32" s="13"/>
       <c r="I32" s="14"/>
       <c r="J32" s="14"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="13"/>
     </row>
-    <row r="33" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="E33" s="12"/>
+    <row r="33" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B33" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="C33" s="75" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" s="75">
+        <v>-796656</v>
+      </c>
+      <c r="E33" s="54"/>
       <c r="F33" s="13"/>
       <c r="G33" s="13"/>
       <c r="H33" s="13"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="15"/>
       <c r="L33" s="15"/>
       <c r="M33" s="15"/>
       <c r="N33" s="13"/>
     </row>
-    <row r="34" spans="1:15" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...27 lines deleted...]
-      <c r="D35" s="57">
+    <row r="34" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="40" t="s">
+        <v>12</v>
+      </c>
+      <c r="B34" s="43" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" s="74">
+        <v>12284333</v>
+      </c>
+      <c r="D34" s="74">
+        <v>9291584</v>
+      </c>
+      <c r="E34" s="12"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+      <c r="H34" s="13"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="15"/>
+      <c r="L34" s="15"/>
+      <c r="M34" s="15"/>
+      <c r="N34" s="13"/>
+    </row>
+    <row r="35" spans="1:15" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="26" t="s">
+        <v>77</v>
+      </c>
+      <c r="B35" s="32"/>
+      <c r="C35" s="76"/>
+      <c r="D35" s="76"/>
+      <c r="E35" s="27"/>
+      <c r="F35" s="27"/>
+      <c r="G35" s="27"/>
+      <c r="H35" s="27"/>
+      <c r="I35" s="27"/>
+      <c r="J35" s="27"/>
+      <c r="K35" s="27"/>
+      <c r="L35" s="27"/>
+      <c r="M35" s="27"/>
+      <c r="N35" s="27"/>
+    </row>
+    <row r="36" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B36" s="47" t="s">
+        <v>78</v>
+      </c>
+      <c r="C36" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" s="73">
         <v>30594</v>
       </c>
-      <c r="E35" s="97">
+      <c r="E36" s="48">
         <v>43358</v>
       </c>
-      <c r="F35" s="98" t="s">
-[...8 lines deleted...]
-      <c r="I35" s="99">
+      <c r="F36" s="49" t="s">
+        <v>303</v>
+      </c>
+      <c r="G36" s="49" t="s">
+        <v>79</v>
+      </c>
+      <c r="H36" s="49" t="s">
+        <v>304</v>
+      </c>
+      <c r="I36" s="50">
         <v>45901</v>
       </c>
-      <c r="J35" s="98" t="s">
-[...11 lines deleted...]
-      <c r="N35" s="98">
+      <c r="J36" s="49" t="s">
+        <v>80</v>
+      </c>
+      <c r="K36" s="51">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="L36" s="51" t="s">
+        <v>15</v>
+      </c>
+      <c r="M36" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N36" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D36" s="57">
+    <row r="37" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="47" t="s">
+        <v>244</v>
+      </c>
+      <c r="C37" s="75">
+        <v>83846</v>
+      </c>
+      <c r="D37" s="75">
         <v>80327</v>
       </c>
-      <c r="E36" s="97">
+      <c r="E37" s="48">
         <v>44576</v>
       </c>
-      <c r="F36" s="98" t="s">
-[...8 lines deleted...]
-      <c r="I36" s="99">
+      <c r="F37" s="49" t="s">
+        <v>82</v>
+      </c>
+      <c r="G37" s="49" t="s">
+        <v>83</v>
+      </c>
+      <c r="H37" s="49" t="s">
+        <v>305</v>
+      </c>
+      <c r="I37" s="50">
         <v>46569</v>
       </c>
-      <c r="J36" s="98" t="s">
+      <c r="J37" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="K37" s="51">
+        <v>0.1</v>
+      </c>
+      <c r="L37" s="51">
+        <v>0.14829999999999999</v>
+      </c>
+      <c r="M37" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N37" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B38" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" s="75">
+        <v>359941</v>
+      </c>
+      <c r="D38" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="48">
+        <v>45915</v>
+      </c>
+      <c r="F38" s="49" t="s">
+        <v>245</v>
+      </c>
+      <c r="G38" s="49" t="s">
+        <v>246</v>
+      </c>
+      <c r="H38" s="49" t="s">
+        <v>306</v>
+      </c>
+      <c r="I38" s="50">
+        <v>13028</v>
+      </c>
+      <c r="J38" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="K38" s="51">
+        <v>0.11409999999999999</v>
+      </c>
+      <c r="L38" s="51">
+        <v>0.14169999999999999</v>
+      </c>
+      <c r="M38" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N38" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B39" s="47" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39" s="75">
+        <v>246679</v>
+      </c>
+      <c r="D39" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="48">
+        <v>45915</v>
+      </c>
+      <c r="F39" s="49" t="s">
+        <v>247</v>
+      </c>
+      <c r="G39" s="49" t="s">
+        <v>248</v>
+      </c>
+      <c r="H39" s="49" t="s">
+        <v>306</v>
+      </c>
+      <c r="I39" s="50">
+        <v>14855</v>
+      </c>
+      <c r="J39" s="49" t="s">
+        <v>249</v>
+      </c>
+      <c r="K39" s="51">
+        <v>0.11210000000000001</v>
+      </c>
+      <c r="L39" s="51">
+        <v>0.14169999999999999</v>
+      </c>
+      <c r="M39" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N39" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B40" s="47" t="s">
+        <v>240</v>
+      </c>
+      <c r="C40" s="75">
+        <v>-22739</v>
+      </c>
+      <c r="D40" s="49">
+        <v>-950</v>
+      </c>
+      <c r="E40" s="49"/>
+      <c r="F40" s="49"/>
+      <c r="G40" s="49"/>
+      <c r="H40" s="49"/>
+      <c r="I40" s="49"/>
+      <c r="J40" s="49"/>
+      <c r="K40" s="49"/>
+      <c r="L40" s="49"/>
+      <c r="M40" s="49"/>
+      <c r="N40" s="49"/>
+    </row>
+    <row r="41" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="40" t="s">
+        <v>77</v>
+      </c>
+      <c r="B41" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="C41" s="74">
+        <v>667727</v>
+      </c>
+      <c r="D41" s="74">
+        <v>109971</v>
+      </c>
+      <c r="E41" s="62"/>
+      <c r="F41" s="62"/>
+      <c r="G41" s="62"/>
+      <c r="H41" s="62"/>
+      <c r="I41" s="62"/>
+      <c r="J41" s="62"/>
+      <c r="K41" s="62"/>
+      <c r="L41" s="62"/>
+      <c r="M41" s="62"/>
+      <c r="N41" s="62"/>
+    </row>
+    <row r="42" spans="1:15" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" s="32"/>
+      <c r="C42" s="76"/>
+      <c r="D42" s="76"/>
+      <c r="E42" s="27"/>
+      <c r="F42" s="27"/>
+      <c r="G42" s="27"/>
+      <c r="H42" s="27"/>
+      <c r="I42" s="27"/>
+      <c r="J42" s="27"/>
+      <c r="K42" s="27"/>
+      <c r="L42" s="27"/>
+      <c r="M42" s="27"/>
+      <c r="N42" s="27"/>
+    </row>
+    <row r="43" spans="1:15" s="1" customFormat="1" ht="17.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B43" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="C43" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" s="73">
+        <v>63542</v>
+      </c>
+      <c r="E43" s="12">
+        <v>43358</v>
+      </c>
+      <c r="F43" s="49" t="s">
+        <v>307</v>
+      </c>
+      <c r="G43" s="49" t="s">
+        <v>79</v>
+      </c>
+      <c r="H43" s="49" t="s">
+        <v>304</v>
+      </c>
+      <c r="I43" s="50">
+        <v>45901</v>
+      </c>
+      <c r="J43" s="49" t="s">
+        <v>80</v>
+      </c>
+      <c r="K43" s="51">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="L43" s="51" t="s">
+        <v>229</v>
+      </c>
+      <c r="M43" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N43" s="49">
+        <v>1</v>
+      </c>
+      <c r="O43" s="44"/>
+    </row>
+    <row r="44" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B44" s="37" t="s">
+        <v>87</v>
+      </c>
+      <c r="C44" s="73">
+        <v>48394</v>
+      </c>
+      <c r="D44" s="73">
+        <v>48326</v>
+      </c>
+      <c r="E44" s="12">
+        <v>43626</v>
+      </c>
+      <c r="F44" s="49" t="s">
+        <v>308</v>
+      </c>
+      <c r="G44" s="49" t="s">
+        <v>88</v>
+      </c>
+      <c r="H44" s="49" t="s">
+        <v>304</v>
+      </c>
+      <c r="I44" s="50">
+        <v>46174</v>
+      </c>
+      <c r="J44" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="K44" s="51">
+        <v>0.1515</v>
+      </c>
+      <c r="L44" s="51" t="s">
+        <v>229</v>
+      </c>
+      <c r="M44" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N44" s="49">
+        <v>1</v>
+      </c>
+      <c r="O44" s="44"/>
+    </row>
+    <row r="45" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B45" s="37" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" s="73">
+        <v>13278</v>
+      </c>
+      <c r="E45" s="12">
+        <v>44068</v>
+      </c>
+      <c r="F45" s="49" t="s">
+        <v>309</v>
+      </c>
+      <c r="G45" s="49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45" s="49" t="s">
+        <v>304</v>
+      </c>
+      <c r="I45" s="50">
+        <v>45870</v>
+      </c>
+      <c r="J45" s="49" t="s">
+        <v>80</v>
+      </c>
+      <c r="K45" s="51">
+        <v>0.16619999999999999</v>
+      </c>
+      <c r="L45" s="51" t="s">
+        <v>229</v>
+      </c>
+      <c r="M45" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N45" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B46" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="K36" s="100">
-[...8 lines deleted...]
-      <c r="N36" s="98">
+      <c r="C46" s="73">
+        <v>77776</v>
+      </c>
+      <c r="D46" s="73">
+        <v>74512</v>
+      </c>
+      <c r="E46" s="12">
+        <v>44576</v>
+      </c>
+      <c r="F46" s="49" t="s">
+        <v>90</v>
+      </c>
+      <c r="G46" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="H46" s="49" t="s">
+        <v>310</v>
+      </c>
+      <c r="I46" s="50">
+        <v>10959</v>
+      </c>
+      <c r="J46" s="49" t="s">
+        <v>92</v>
+      </c>
+      <c r="K46" s="51">
+        <v>0.1027</v>
+      </c>
+      <c r="L46" s="51">
+        <v>0.15079999999999999</v>
+      </c>
+      <c r="M46" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N46" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="37" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...253 lines deleted...]
-      <c r="D44" s="57">
+    <row r="47" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B47" s="37" t="s">
+        <v>93</v>
+      </c>
+      <c r="C47" s="73">
+        <v>136571</v>
+      </c>
+      <c r="D47" s="73">
         <v>130838</v>
       </c>
-      <c r="E44" s="12">
+      <c r="E47" s="12">
         <v>45397</v>
       </c>
-      <c r="F44" s="53" t="s">
-[...8 lines deleted...]
-      <c r="I44" s="94">
+      <c r="F47" s="49" t="s">
+        <v>94</v>
+      </c>
+      <c r="G47" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="H47" s="49" t="s">
+        <v>311</v>
+      </c>
+      <c r="I47" s="50">
         <v>11414</v>
       </c>
-      <c r="J44" s="53" t="s">
-[...143 lines deleted...]
-      <c r="N47" s="98">
+      <c r="J47" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="K47" s="51">
+        <v>0.1042</v>
+      </c>
+      <c r="L47" s="51">
+        <v>0.1447</v>
+      </c>
+      <c r="M47" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N47" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="4" t="s">
-        <v>113</v>
-[...16 lines deleted...]
-      <c r="G48" s="98" t="s">
+        <v>85</v>
+      </c>
+      <c r="B48" s="37" t="s">
+        <v>96</v>
+      </c>
+      <c r="C48" s="73">
+        <v>189345</v>
+      </c>
+      <c r="D48" s="73">
+        <v>181395</v>
+      </c>
+      <c r="E48" s="12">
+        <v>45397</v>
+      </c>
+      <c r="F48" s="49" t="s">
         <v>97</v>
       </c>
-      <c r="H48" s="98" t="s">
-[...17 lines deleted...]
-      <c r="N48" s="98">
+      <c r="G48" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="H48" s="49" t="s">
+        <v>312</v>
+      </c>
+      <c r="I48" s="50">
+        <v>14336</v>
+      </c>
+      <c r="J48" s="49" t="s">
+        <v>98</v>
+      </c>
+      <c r="K48" s="51">
+        <v>0.1066</v>
+      </c>
+      <c r="L48" s="51">
+        <v>0.14760000000000001</v>
+      </c>
+      <c r="M48" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N48" s="49">
         <v>2</v>
       </c>
-      <c r="O48"/>
     </row>
     <row r="49" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B49" s="37" t="s">
+        <v>99</v>
+      </c>
+      <c r="C49" s="73">
+        <v>38564</v>
+      </c>
+      <c r="D49" s="73">
+        <v>38033</v>
+      </c>
+      <c r="E49" s="12">
+        <v>45539</v>
+      </c>
+      <c r="F49" s="39" t="s">
+        <v>100</v>
+      </c>
+      <c r="G49" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="H49" s="39" t="s">
+        <v>238</v>
+      </c>
+      <c r="I49" s="60">
+        <v>47362</v>
+      </c>
+      <c r="J49" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="K49" s="61">
+        <v>0.1512</v>
+      </c>
+      <c r="L49" s="61" t="s">
+        <v>229</v>
+      </c>
+      <c r="M49" s="39" t="s">
+        <v>81</v>
+      </c>
+      <c r="N49" s="39">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15" s="1" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B50" s="37" t="s">
+        <v>35</v>
+      </c>
+      <c r="C50" s="73">
+        <v>103982</v>
+      </c>
+      <c r="D50" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="12">
+        <v>45741</v>
+      </c>
+      <c r="F50" s="49" t="s">
+        <v>101</v>
+      </c>
+      <c r="G50" s="49" t="s">
+        <v>67</v>
+      </c>
+      <c r="H50" s="49" t="s">
+        <v>238</v>
+      </c>
+      <c r="I50" s="50">
+        <v>11018</v>
+      </c>
+      <c r="J50" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="K50" s="51">
+        <v>0.1512</v>
+      </c>
+      <c r="L50" s="51" t="s">
+        <v>229</v>
+      </c>
+      <c r="M50" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N50" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" s="1" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B51" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="C51" s="73">
+        <v>104023</v>
+      </c>
+      <c r="D51" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="12">
+        <v>45741</v>
+      </c>
+      <c r="F51" s="49" t="s">
+        <v>101</v>
+      </c>
+      <c r="G51" s="49" t="s">
+        <v>74</v>
+      </c>
+      <c r="H51" s="49" t="s">
+        <v>238</v>
+      </c>
+      <c r="I51" s="50">
+        <v>11749</v>
+      </c>
+      <c r="J51" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="K51" s="51">
+        <v>0.1527</v>
+      </c>
+      <c r="L51" s="51" t="s">
+        <v>229</v>
+      </c>
+      <c r="M51" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N51" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" s="1" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B52" s="37" t="s">
+        <v>313</v>
+      </c>
+      <c r="C52" s="73">
+        <v>300966</v>
+      </c>
+      <c r="D52" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="12">
+        <v>45945</v>
+      </c>
+      <c r="F52" s="49" t="s">
+        <v>314</v>
+      </c>
+      <c r="G52" s="49" t="s">
+        <v>315</v>
+      </c>
+      <c r="H52" s="49" t="s">
+        <v>316</v>
+      </c>
+      <c r="I52" s="50">
+        <v>13058</v>
+      </c>
+      <c r="J52" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="K52" s="51">
+        <v>0.1149</v>
+      </c>
+      <c r="L52" s="51">
+        <v>0.14069999999999999</v>
+      </c>
+      <c r="M52" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N52" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B53" s="47" t="s">
+        <v>317</v>
+      </c>
+      <c r="C53" s="73">
+        <v>200612</v>
+      </c>
+      <c r="D53" s="73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="48">
+        <v>45945</v>
+      </c>
+      <c r="F53" s="49" t="s">
+        <v>318</v>
+      </c>
+      <c r="G53" s="49" t="s">
+        <v>319</v>
+      </c>
+      <c r="H53" s="49" t="s">
+        <v>320</v>
+      </c>
+      <c r="I53" s="50">
+        <v>14885</v>
+      </c>
+      <c r="J53" s="49" t="s">
+        <v>321</v>
+      </c>
+      <c r="K53" s="51">
+        <v>0.1137</v>
+      </c>
+      <c r="L53" s="51">
+        <v>0.14130000000000001</v>
+      </c>
+      <c r="M53" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="N53" s="49">
+        <v>2</v>
+      </c>
+      <c r="O53"/>
+    </row>
+    <row r="54" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B54" s="47" t="s">
+        <v>240</v>
+      </c>
+      <c r="C54" s="92">
+        <v>-31177</v>
+      </c>
+      <c r="D54" s="92">
+        <v>-1694</v>
+      </c>
+      <c r="E54" s="62"/>
+      <c r="F54" s="62"/>
+      <c r="G54" s="62"/>
+      <c r="H54" s="49"/>
+      <c r="I54" s="62"/>
+      <c r="J54" s="62"/>
+      <c r="K54" s="62"/>
+      <c r="L54" s="62"/>
+      <c r="M54" s="62"/>
+      <c r="N54" s="62"/>
+      <c r="O54"/>
+    </row>
+    <row r="55" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="40" t="s">
+        <v>85</v>
+      </c>
+      <c r="B55" s="52" t="s">
+        <v>102</v>
+      </c>
+      <c r="C55" s="77">
+        <v>1169056</v>
+      </c>
+      <c r="D55" s="77">
+        <v>548230</v>
+      </c>
+      <c r="E55" s="62"/>
+      <c r="F55" s="62"/>
+      <c r="G55" s="62"/>
+      <c r="H55" s="62"/>
+      <c r="I55" s="62"/>
+      <c r="J55" s="63"/>
+      <c r="K55" s="63"/>
+      <c r="L55" s="63"/>
+      <c r="M55" s="63"/>
+      <c r="N55" s="63"/>
+      <c r="O55"/>
+    </row>
+    <row r="56" spans="1:15" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="B56" s="32"/>
+      <c r="C56" s="78"/>
+      <c r="D56" s="78"/>
+      <c r="E56" s="56"/>
+      <c r="F56" s="27"/>
+      <c r="G56" s="27"/>
+      <c r="H56" s="27"/>
+      <c r="I56" s="27"/>
+      <c r="J56" s="27"/>
+      <c r="K56" s="27"/>
+      <c r="L56" s="27"/>
+      <c r="M56" s="27"/>
+      <c r="N56" s="27"/>
+    </row>
+    <row r="57" spans="1:15" s="1" customFormat="1" ht="21.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B57" s="47" t="s">
+        <v>104</v>
+      </c>
+      <c r="C57" s="75">
+        <v>100279</v>
+      </c>
+      <c r="D57" s="75">
+        <v>89964</v>
+      </c>
+      <c r="E57" s="48">
+        <v>40169</v>
+      </c>
+      <c r="F57" s="49" t="s">
+        <v>322</v>
+      </c>
+      <c r="G57" s="51">
+        <v>0.01</v>
+      </c>
+      <c r="H57" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="I57" s="50" t="s">
+        <v>250</v>
+      </c>
+      <c r="J57" s="49" t="s">
+        <v>16</v>
+      </c>
+      <c r="K57" s="51">
+        <v>7.4999999999999997E-3</v>
+      </c>
+      <c r="L57" s="51">
+        <v>2.5000000000000001E-3</v>
+      </c>
+      <c r="M57" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="N57" s="49" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="40" t="s">
+        <v>103</v>
+      </c>
+      <c r="B58" s="52" t="s">
+        <v>105</v>
+      </c>
+      <c r="C58" s="77">
+        <v>100279</v>
+      </c>
+      <c r="D58" s="77">
+        <v>89964</v>
+      </c>
+      <c r="E58" s="63"/>
+      <c r="F58" s="63"/>
+      <c r="G58" s="63"/>
+      <c r="H58" s="63"/>
+      <c r="I58" s="63"/>
+      <c r="J58" s="63"/>
+      <c r="K58" s="63"/>
+      <c r="L58" s="63"/>
+      <c r="M58" s="63"/>
+      <c r="N58" s="63"/>
+    </row>
+    <row r="59" spans="1:15" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B59" s="32"/>
+      <c r="C59" s="76"/>
+      <c r="D59" s="76"/>
+      <c r="E59" s="27"/>
+      <c r="F59" s="27"/>
+      <c r="G59" s="27"/>
+      <c r="H59" s="27"/>
+      <c r="I59" s="27"/>
+      <c r="J59" s="27"/>
+      <c r="K59" s="27"/>
+      <c r="L59" s="27"/>
+      <c r="M59" s="27"/>
+      <c r="N59" s="27"/>
+    </row>
+    <row r="60" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B60" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="C60" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" s="79">
+        <v>72956</v>
+      </c>
+      <c r="E60" s="12">
+        <v>43358</v>
+      </c>
+      <c r="F60" s="13" t="s">
+        <v>323</v>
+      </c>
+      <c r="G60" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="H60" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I60" s="14">
+        <v>45901</v>
+      </c>
+      <c r="J60" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K60" s="15">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="L60" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M60" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N60" s="13">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B61" s="30" t="s">
+        <v>99</v>
+      </c>
+      <c r="C61" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D61" s="79">
+        <v>6807</v>
+      </c>
+      <c r="E61" s="12">
+        <v>44068</v>
+      </c>
+      <c r="F61" s="13" t="s">
+        <v>324</v>
+      </c>
+      <c r="G61" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I61" s="14">
+        <v>45870</v>
+      </c>
+      <c r="J61" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" s="15">
+        <v>0.16619999999999999</v>
+      </c>
+      <c r="L61" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M61" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N61" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B62" s="30" t="s">
+        <v>107</v>
+      </c>
+      <c r="C62" s="79">
+        <v>400091</v>
+      </c>
+      <c r="D62" s="79">
+        <v>383297</v>
+      </c>
+      <c r="E62" s="12">
+        <v>44484</v>
+      </c>
+      <c r="F62" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="G62" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="H62" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="I62" s="14">
+        <v>11597</v>
+      </c>
+      <c r="J62" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="K62" s="15">
+        <v>0.10349999999999999</v>
+      </c>
+      <c r="L62" s="15">
+        <v>0.1517</v>
+      </c>
+      <c r="M62" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N62" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B63" s="30" t="s">
+        <v>109</v>
+      </c>
+      <c r="C63" s="79">
+        <v>158622</v>
+      </c>
+      <c r="D63" s="79">
+        <v>156541</v>
+      </c>
+      <c r="E63" s="12">
+        <v>44795</v>
+      </c>
+      <c r="F63" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="G63" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="H63" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I63" s="14">
+        <v>46600</v>
+      </c>
+      <c r="J63" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K63" s="15">
+        <v>0.15920000000000001</v>
+      </c>
+      <c r="L63" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M63" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N63" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B64" s="30" t="s">
+        <v>252</v>
+      </c>
+      <c r="C64" s="79">
+        <v>348564</v>
+      </c>
+      <c r="D64" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="12">
+        <v>45111</v>
+      </c>
+      <c r="F64" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G64" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="H64" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I64" s="14">
+        <v>46204</v>
+      </c>
+      <c r="J64" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K64" s="15">
+        <v>0.15920000000000001</v>
+      </c>
+      <c r="L64" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M64" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N64" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B65" s="30" t="s">
+        <v>253</v>
+      </c>
+      <c r="C65" s="79">
+        <v>444631</v>
+      </c>
+      <c r="D65" s="79">
+        <v>425967</v>
+      </c>
+      <c r="E65" s="12">
+        <v>45329</v>
+      </c>
+      <c r="F65" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G65" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="H65" s="13" t="s">
+        <v>254</v>
+      </c>
+      <c r="I65" s="14">
+        <v>11355</v>
+      </c>
+      <c r="J65" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K65" s="15">
+        <v>0.1037</v>
+      </c>
+      <c r="L65" s="15">
+        <v>0.15040000000000001</v>
+      </c>
+      <c r="M65" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N65" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B66" s="30" t="s">
+        <v>112</v>
+      </c>
+      <c r="C66" s="79">
+        <v>262714</v>
+      </c>
+      <c r="D66" s="79">
+        <v>259097</v>
+      </c>
+      <c r="E66" s="12">
+        <v>45539</v>
+      </c>
+      <c r="F66" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="B49" s="96" t="s">
-[...24 lines deleted...]
-      <c r="B50" s="102" t="s">
+      <c r="G66" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="H66" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I66" s="14">
+        <v>47362</v>
+      </c>
+      <c r="J66" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K66" s="15">
+        <v>0.1512</v>
+      </c>
+      <c r="L66" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M66" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N66" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B67" s="30" t="s">
+        <v>114</v>
+      </c>
+      <c r="C67" s="79">
+        <v>290523</v>
+      </c>
+      <c r="D67" s="79">
+        <v>277019</v>
+      </c>
+      <c r="E67" s="12">
+        <v>45550</v>
+      </c>
+      <c r="F67" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="G67" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H67" s="13" t="s">
+        <v>237</v>
+      </c>
+      <c r="I67" s="14">
+        <v>12663</v>
+      </c>
+      <c r="J67" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K67" s="15">
+        <v>0.107</v>
+      </c>
+      <c r="L67" s="15">
+        <v>0.14360000000000001</v>
+      </c>
+      <c r="M67" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N67" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B68" s="30" t="s">
+        <v>116</v>
+      </c>
+      <c r="C68" s="79">
+        <v>191222</v>
+      </c>
+      <c r="D68" s="79">
+        <v>190556</v>
+      </c>
+      <c r="E68" s="12">
+        <v>45641</v>
+      </c>
+      <c r="F68" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="G68" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="H68" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I68" s="14">
+        <v>47453</v>
+      </c>
+      <c r="J68" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K68" s="15">
+        <v>0.1512</v>
+      </c>
+      <c r="L68" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M68" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N68" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B69" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="C69" s="79">
+        <v>416315</v>
+      </c>
+      <c r="D69" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="12">
+        <v>45792</v>
+      </c>
+      <c r="F69" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="G69" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="H69" s="13" t="s">
+        <v>255</v>
+      </c>
+      <c r="I69" s="14">
+        <v>11810</v>
+      </c>
+      <c r="J69" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K69" s="15">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="L69" s="15">
+        <v>0.1416</v>
+      </c>
+      <c r="M69" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N69" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B70" s="30" t="s">
+        <v>256</v>
+      </c>
+      <c r="C70" s="79">
+        <v>555177</v>
+      </c>
+      <c r="D70" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="12">
+        <v>45915</v>
+      </c>
+      <c r="F70" s="13" t="s">
+        <v>257</v>
+      </c>
+      <c r="G70" s="13" t="s">
+        <v>258</v>
+      </c>
+      <c r="H70" s="13" t="s">
+        <v>259</v>
+      </c>
+      <c r="I70" s="14">
+        <v>13028</v>
+      </c>
+      <c r="J70" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K70" s="15">
+        <v>0.11310000000000001</v>
+      </c>
+      <c r="L70" s="15">
+        <v>0.1401</v>
+      </c>
+      <c r="M70" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N70" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B71" s="30" t="s">
+        <v>260</v>
+      </c>
+      <c r="C71" s="79">
+        <v>370018</v>
+      </c>
+      <c r="D71" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="12">
+        <v>45915</v>
+      </c>
+      <c r="F71" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="G71" s="13" t="s">
+        <v>248</v>
+      </c>
+      <c r="H71" s="13" t="s">
+        <v>261</v>
+      </c>
+      <c r="I71" s="14">
+        <v>14855</v>
+      </c>
+      <c r="J71" s="13" t="s">
+        <v>262</v>
+      </c>
+      <c r="K71" s="15">
+        <v>0.11210000000000001</v>
+      </c>
+      <c r="L71" s="15">
+        <v>0.1416</v>
+      </c>
+      <c r="M71" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N71" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="72" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B72" s="30" t="s">
+        <v>240</v>
+      </c>
+      <c r="C72" s="79">
+        <v>-69960</v>
+      </c>
+      <c r="D72" s="79">
+        <v>-7673</v>
+      </c>
+      <c r="E72" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="F72" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" s="13"/>
+      <c r="I72" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="J72" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="K72" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="L72" s="13"/>
+      <c r="M72" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="N72" s="13"/>
+    </row>
+    <row r="73" spans="1:14" s="41" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="40" t="s">
+        <v>106</v>
+      </c>
+      <c r="B73" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="C73" s="80">
+        <v>3367917</v>
+      </c>
+      <c r="D73" s="80">
+        <v>1764567</v>
+      </c>
+      <c r="E73" s="13"/>
+      <c r="F73" s="13"/>
+      <c r="G73" s="13"/>
+      <c r="H73" s="13"/>
+      <c r="I73" s="13"/>
+      <c r="J73" s="13"/>
+      <c r="K73" s="13"/>
+      <c r="L73" s="13"/>
+      <c r="M73" s="13"/>
+      <c r="N73" s="13"/>
+    </row>
+    <row r="74" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="B74" s="32"/>
+      <c r="C74" s="76"/>
+      <c r="D74" s="76"/>
+      <c r="E74" s="27"/>
+      <c r="F74" s="27"/>
+      <c r="G74" s="27"/>
+      <c r="H74" s="27"/>
+      <c r="I74" s="27"/>
+      <c r="J74" s="27"/>
+      <c r="K74" s="27"/>
+      <c r="L74" s="27"/>
+      <c r="M74" s="27"/>
+      <c r="N74" s="27"/>
+    </row>
+    <row r="75" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B75" s="33" t="s">
+        <v>263</v>
+      </c>
+      <c r="C75" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D75" s="81">
+        <v>181212</v>
+      </c>
+      <c r="E75" s="82">
+        <v>43358</v>
+      </c>
+      <c r="F75" s="65" t="s">
+        <v>325</v>
+      </c>
+      <c r="G75" s="65" t="s">
+        <v>79</v>
+      </c>
+      <c r="H75" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I75" s="64">
+        <v>45901</v>
+      </c>
+      <c r="J75" s="65" t="s">
+        <v>80</v>
+      </c>
+      <c r="K75" s="66">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="L75" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M75" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N75" s="65">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B76" s="33" t="s">
+        <v>264</v>
+      </c>
+      <c r="C76" s="81">
+        <v>32771</v>
+      </c>
+      <c r="D76" s="81">
+        <v>32724</v>
+      </c>
+      <c r="E76" s="82">
+        <v>43626</v>
+      </c>
+      <c r="F76" s="65" t="s">
+        <v>326</v>
+      </c>
+      <c r="G76" s="65" t="s">
+        <v>123</v>
+      </c>
+      <c r="H76" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I76" s="64">
+        <v>47270</v>
+      </c>
+      <c r="J76" s="65" t="s">
+        <v>124</v>
+      </c>
+      <c r="K76" s="66">
+        <v>0.1537</v>
+      </c>
+      <c r="L76" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M76" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N76" s="65">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B77" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="C77" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D77" s="81">
+        <v>12623</v>
+      </c>
+      <c r="E77" s="82">
+        <v>44068</v>
+      </c>
+      <c r="F77" s="65" t="s">
+        <v>327</v>
+      </c>
+      <c r="G77" s="65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I77" s="64">
+        <v>45870</v>
+      </c>
+      <c r="J77" s="65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" s="66">
+        <v>0.16619999999999999</v>
+      </c>
+      <c r="L77" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M77" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N77" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B78" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C78" s="81">
+        <v>82778</v>
+      </c>
+      <c r="D78" s="81">
+        <v>79309</v>
+      </c>
+      <c r="E78" s="82">
+        <v>44119</v>
+      </c>
+      <c r="F78" s="65" t="s">
+        <v>328</v>
+      </c>
+      <c r="G78" s="65" t="s">
+        <v>25</v>
+      </c>
+      <c r="H78" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I78" s="64">
+        <v>46661</v>
+      </c>
+      <c r="J78" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K78" s="66">
+        <v>8.4900000000000003E-2</v>
+      </c>
+      <c r="L78" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M78" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N78" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B79" s="33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C79" s="81">
+        <v>96323</v>
+      </c>
+      <c r="D79" s="81">
+        <v>92286</v>
+      </c>
+      <c r="E79" s="82">
+        <v>44119</v>
+      </c>
+      <c r="F79" s="65" t="s">
+        <v>329</v>
+      </c>
+      <c r="G79" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="H79" s="65" t="s">
+        <v>330</v>
+      </c>
+      <c r="I79" s="64">
+        <v>11232</v>
+      </c>
+      <c r="J79" s="65" t="s">
+        <v>28</v>
+      </c>
+      <c r="K79" s="66">
+        <v>8.7300000000000003E-2</v>
+      </c>
+      <c r="L79" s="66">
+        <v>0.1278</v>
+      </c>
+      <c r="M79" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N79" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B80" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="C80" s="81">
+        <v>437600</v>
+      </c>
+      <c r="D80" s="81">
+        <v>419231</v>
+      </c>
+      <c r="E80" s="82">
+        <v>44484</v>
+      </c>
+      <c r="F80" s="65" t="s">
+        <v>245</v>
+      </c>
+      <c r="G80" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="H80" s="65" t="s">
+        <v>126</v>
+      </c>
+      <c r="I80" s="64">
+        <v>11597</v>
+      </c>
+      <c r="J80" s="65" t="s">
+        <v>31</v>
+      </c>
+      <c r="K80" s="66">
+        <v>0.10349999999999999</v>
+      </c>
+      <c r="L80" s="66">
+        <v>0.1512</v>
+      </c>
+      <c r="M80" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N80" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B81" s="33" t="s">
+        <v>29</v>
+      </c>
+      <c r="C81" s="81">
+        <v>193111</v>
+      </c>
+      <c r="D81" s="81">
+        <v>185005</v>
+      </c>
+      <c r="E81" s="82">
+        <v>44666</v>
+      </c>
+      <c r="F81" s="65" t="s">
+        <v>127</v>
+      </c>
+      <c r="G81" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="H81" s="65" t="s">
+        <v>128</v>
+      </c>
+      <c r="I81" s="64">
+        <v>47209</v>
+      </c>
+      <c r="J81" s="65" t="s">
+        <v>38</v>
+      </c>
+      <c r="K81" s="66">
+        <v>0.1042</v>
+      </c>
+      <c r="L81" s="66">
+        <v>0.15040000000000001</v>
+      </c>
+      <c r="M81" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N81" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B82" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="C82" s="81">
+        <v>112254</v>
+      </c>
+      <c r="D82" s="81">
+        <v>107541</v>
+      </c>
+      <c r="E82" s="82">
+        <v>44666</v>
+      </c>
+      <c r="F82" s="65" t="s">
+        <v>129</v>
+      </c>
+      <c r="G82" s="65" t="s">
+        <v>41</v>
+      </c>
+      <c r="H82" s="65" t="s">
+        <v>130</v>
+      </c>
+      <c r="I82" s="64">
+        <v>11780</v>
+      </c>
+      <c r="J82" s="65" t="s">
+        <v>42</v>
+      </c>
+      <c r="K82" s="66">
+        <v>0.10539999999999999</v>
+      </c>
+      <c r="L82" s="66">
+        <v>0.152</v>
+      </c>
+      <c r="M82" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N82" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B83" s="33" t="s">
+        <v>109</v>
+      </c>
+      <c r="C83" s="81">
+        <v>444631</v>
+      </c>
+      <c r="D83" s="81">
+        <v>425967</v>
+      </c>
+      <c r="E83" s="82">
+        <v>45329</v>
+      </c>
+      <c r="F83" s="65" t="s">
+        <v>49</v>
+      </c>
+      <c r="G83" s="65" t="s">
+        <v>131</v>
+      </c>
+      <c r="H83" s="65" t="s">
+        <v>132</v>
+      </c>
+      <c r="I83" s="64">
+        <v>11355</v>
+      </c>
+      <c r="J83" s="65" t="s">
+        <v>133</v>
+      </c>
+      <c r="K83" s="66">
+        <v>0.1037</v>
+      </c>
+      <c r="L83" s="66">
+        <v>0.15049999999999999</v>
+      </c>
+      <c r="M83" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N83" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B84" s="33" t="s">
+        <v>134</v>
+      </c>
+      <c r="C84" s="81">
+        <v>474380</v>
+      </c>
+      <c r="D84" s="81">
+        <v>470927</v>
+      </c>
+      <c r="E84" s="82">
+        <v>45397</v>
+      </c>
+      <c r="F84" s="65" t="s">
         <v>135</v>
       </c>
-      <c r="C50" s="103">
-[...18 lines deleted...]
-      <c r="A51" s="35" t="s">
+      <c r="G84" s="65" t="s">
         <v>136</v>
       </c>
-      <c r="B51" s="44"/>
-[...14 lines deleted...]
-      <c r="A52" s="4" t="s">
+      <c r="H84" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I84" s="64">
+        <v>47209</v>
+      </c>
+      <c r="J84" s="65" t="s">
+        <v>42</v>
+      </c>
+      <c r="K84" s="66">
+        <v>0.1507</v>
+      </c>
+      <c r="L84" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M84" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N84" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B85" s="33" t="s">
+        <v>137</v>
+      </c>
+      <c r="C85" s="81">
+        <v>122102</v>
+      </c>
+      <c r="D85" s="81">
+        <v>120421</v>
+      </c>
+      <c r="E85" s="82">
+        <v>45539</v>
+      </c>
+      <c r="F85" s="65" t="s">
+        <v>138</v>
+      </c>
+      <c r="G85" s="65" t="s">
+        <v>67</v>
+      </c>
+      <c r="H85" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I85" s="64">
+        <v>47362</v>
+      </c>
+      <c r="J85" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K85" s="66">
+        <v>0.1512</v>
+      </c>
+      <c r="L85" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M85" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N85" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B86" s="33" t="s">
+        <v>265</v>
+      </c>
+      <c r="C86" s="81">
+        <v>722618</v>
+      </c>
+      <c r="D86" s="81">
+        <v>720801</v>
+      </c>
+      <c r="E86" s="82">
+        <v>45641</v>
+      </c>
+      <c r="F86" s="65" t="s">
+        <v>139</v>
+      </c>
+      <c r="G86" s="65" t="s">
+        <v>67</v>
+      </c>
+      <c r="H86" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I86" s="64">
+        <v>47453</v>
+      </c>
+      <c r="J86" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K86" s="66">
+        <v>0.1512</v>
+      </c>
+      <c r="L86" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M86" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N86" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B87" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="C87" s="81">
+        <v>263702</v>
+      </c>
+      <c r="D87" s="81">
+        <v>263034</v>
+      </c>
+      <c r="E87" s="82">
+        <v>45641</v>
+      </c>
+      <c r="F87" s="65" t="s">
+        <v>140</v>
+      </c>
+      <c r="G87" s="65" t="s">
+        <v>74</v>
+      </c>
+      <c r="H87" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I87" s="64">
+        <v>11658</v>
+      </c>
+      <c r="J87" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K87" s="66">
+        <v>0.1527</v>
+      </c>
+      <c r="L87" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M87" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N87" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="88" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B88" s="33" t="s">
+        <v>266</v>
+      </c>
+      <c r="C88" s="81">
+        <v>209633</v>
+      </c>
+      <c r="D88" s="81">
+        <v>200729</v>
+      </c>
+      <c r="E88" s="82">
+        <v>45641</v>
+      </c>
+      <c r="F88" s="65" t="s">
+        <v>46</v>
+      </c>
+      <c r="G88" s="65" t="s">
+        <v>141</v>
+      </c>
+      <c r="H88" s="65" t="s">
+        <v>267</v>
+      </c>
+      <c r="I88" s="64">
+        <v>12754</v>
+      </c>
+      <c r="J88" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K88" s="66">
+        <v>0.1129</v>
+      </c>
+      <c r="L88" s="66">
+        <v>0.13650000000000001</v>
+      </c>
+      <c r="M88" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N88" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B89" s="33" t="s">
+        <v>142</v>
+      </c>
+      <c r="C89" s="81">
+        <v>831745</v>
+      </c>
+      <c r="D89" s="81" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="82">
+        <v>45741</v>
+      </c>
+      <c r="F89" s="65" t="s">
+        <v>143</v>
+      </c>
+      <c r="G89" s="65" t="s">
         <v>136</v>
       </c>
-      <c r="B52" s="96" t="s">
-[...94 lines deleted...]
-      <c r="E55" s="18">
+      <c r="H89" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I89" s="64">
+        <v>11018</v>
+      </c>
+      <c r="J89" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K89" s="66">
+        <v>0.1507</v>
+      </c>
+      <c r="L89" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M89" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N89" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B90" s="33" t="s">
+        <v>144</v>
+      </c>
+      <c r="C90" s="81">
+        <v>365545</v>
+      </c>
+      <c r="D90" s="81" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="82">
+        <v>45792</v>
+      </c>
+      <c r="F90" s="65" t="s">
+        <v>145</v>
+      </c>
+      <c r="G90" s="65" t="s">
+        <v>119</v>
+      </c>
+      <c r="H90" s="65" t="s">
+        <v>261</v>
+      </c>
+      <c r="I90" s="64">
+        <v>11810</v>
+      </c>
+      <c r="J90" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K90" s="66">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="L90" s="66">
+        <v>0.1416</v>
+      </c>
+      <c r="M90" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N90" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B91" s="33" t="s">
+        <v>268</v>
+      </c>
+      <c r="C91" s="81">
+        <v>565540</v>
+      </c>
+      <c r="D91" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="82">
+        <v>45915</v>
+      </c>
+      <c r="F91" s="65" t="s">
+        <v>45</v>
+      </c>
+      <c r="G91" s="65" t="s">
+        <v>269</v>
+      </c>
+      <c r="H91" s="65" t="s">
+        <v>270</v>
+      </c>
+      <c r="I91" s="64">
+        <v>13028</v>
+      </c>
+      <c r="J91" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K91" s="66">
+        <v>0.11360000000000001</v>
+      </c>
+      <c r="L91" s="66">
+        <v>0.14099999999999999</v>
+      </c>
+      <c r="M91" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N91" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="92" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B92" s="33" t="s">
+        <v>271</v>
+      </c>
+      <c r="C92" s="81">
+        <v>462523</v>
+      </c>
+      <c r="D92" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="82">
+        <v>45915</v>
+      </c>
+      <c r="F92" s="65" t="s">
+        <v>272</v>
+      </c>
+      <c r="G92" s="65" t="s">
+        <v>248</v>
+      </c>
+      <c r="H92" s="65" t="s">
+        <v>255</v>
+      </c>
+      <c r="I92" s="64">
+        <v>14855</v>
+      </c>
+      <c r="J92" s="65" t="s">
+        <v>249</v>
+      </c>
+      <c r="K92" s="66">
+        <v>0.11210000000000001</v>
+      </c>
+      <c r="L92" s="66">
+        <v>0.1416</v>
+      </c>
+      <c r="M92" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N92" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="93" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B93" s="33" t="s">
+        <v>331</v>
+      </c>
+      <c r="C93" s="81">
+        <v>200644</v>
+      </c>
+      <c r="D93" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="82">
+        <v>45945</v>
+      </c>
+      <c r="F93" s="65" t="s">
+        <v>318</v>
+      </c>
+      <c r="G93" s="65" t="s">
+        <v>315</v>
+      </c>
+      <c r="H93" s="65" t="s">
+        <v>332</v>
+      </c>
+      <c r="I93" s="64">
+        <v>13058</v>
+      </c>
+      <c r="J93" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K93" s="66">
+        <v>0.1149</v>
+      </c>
+      <c r="L93" s="66">
+        <v>0.14069999999999999</v>
+      </c>
+      <c r="M93" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N93" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="94" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B94" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="C94" s="81">
+        <v>133741</v>
+      </c>
+      <c r="D94" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="82">
+        <v>45945</v>
+      </c>
+      <c r="F94" s="65" t="s">
+        <v>334</v>
+      </c>
+      <c r="G94" s="65" t="s">
+        <v>319</v>
+      </c>
+      <c r="H94" s="65" t="s">
+        <v>335</v>
+      </c>
+      <c r="I94" s="64">
+        <v>14885</v>
+      </c>
+      <c r="J94" s="65" t="s">
+        <v>336</v>
+      </c>
+      <c r="K94" s="66">
+        <v>0.1137</v>
+      </c>
+      <c r="L94" s="66">
+        <v>0.14130000000000001</v>
+      </c>
+      <c r="M94" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N94" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="95" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B95" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C95" s="81">
+        <v>-94778</v>
+      </c>
+      <c r="D95" s="81">
+        <v>-8698</v>
+      </c>
+      <c r="E95" s="65"/>
+      <c r="F95" s="65"/>
+      <c r="G95" s="65"/>
+      <c r="H95" s="65"/>
+      <c r="I95" s="65"/>
+      <c r="J95" s="65"/>
+      <c r="K95" s="65"/>
+      <c r="L95" s="65"/>
+      <c r="M95" s="65"/>
+      <c r="N95" s="65"/>
+    </row>
+    <row r="96" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="93" t="s">
+        <v>121</v>
+      </c>
+      <c r="B96" s="55" t="s">
+        <v>146</v>
+      </c>
+      <c r="C96" s="83">
+        <v>5656863</v>
+      </c>
+      <c r="D96" s="83">
+        <v>3303112</v>
+      </c>
+      <c r="E96" s="65"/>
+      <c r="F96" s="65"/>
+      <c r="G96" s="65"/>
+      <c r="H96" s="65"/>
+      <c r="I96" s="65"/>
+      <c r="J96" s="65"/>
+      <c r="K96" s="65"/>
+      <c r="L96" s="65"/>
+      <c r="M96" s="65"/>
+      <c r="N96" s="65"/>
+    </row>
+    <row r="97" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="26" t="s">
+        <v>147</v>
+      </c>
+      <c r="B97" s="32"/>
+      <c r="C97" s="78"/>
+      <c r="D97" s="78"/>
+      <c r="E97" s="27"/>
+      <c r="F97" s="27"/>
+      <c r="G97" s="27"/>
+      <c r="H97" s="27"/>
+      <c r="I97" s="27"/>
+      <c r="J97" s="27"/>
+      <c r="K97" s="27"/>
+      <c r="L97" s="27"/>
+      <c r="M97" s="27"/>
+      <c r="N97" s="27"/>
+    </row>
+    <row r="98" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B98" s="38" t="s">
+        <v>148</v>
+      </c>
+      <c r="C98" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D98" s="84">
+        <v>23534</v>
+      </c>
+      <c r="E98" s="85">
         <v>43358</v>
       </c>
-      <c r="F55" s="19" t="s">
-[...8 lines deleted...]
-      <c r="I55" s="20">
+      <c r="F98" s="68" t="s">
+        <v>337</v>
+      </c>
+      <c r="G98" s="68" t="s">
+        <v>79</v>
+      </c>
+      <c r="H98" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I98" s="67">
         <v>45901</v>
       </c>
-      <c r="J55" s="19" t="s">
-[...11 lines deleted...]
-      <c r="N55" s="19">
+      <c r="J98" s="68" t="s">
+        <v>80</v>
+      </c>
+      <c r="K98" s="69">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="L98" s="68" t="s">
+        <v>229</v>
+      </c>
+      <c r="M98" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N98" s="68">
         <v>1</v>
-      </c>
-[...1704 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="99" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A99" s="4" t="s">
-        <v>218</v>
-[...21 lines deleted...]
-    <row r="100" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>147</v>
+      </c>
+      <c r="B99" s="38" t="s">
+        <v>273</v>
+      </c>
+      <c r="C99" s="84">
+        <v>36296</v>
+      </c>
+      <c r="D99" s="84">
+        <v>36244</v>
+      </c>
+      <c r="E99" s="85">
+        <v>43626</v>
+      </c>
+      <c r="F99" s="68" t="s">
+        <v>338</v>
+      </c>
+      <c r="G99" s="68" t="s">
+        <v>88</v>
+      </c>
+      <c r="H99" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I99" s="67">
+        <v>46174</v>
+      </c>
+      <c r="J99" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="K99" s="69">
+        <v>0.1515</v>
+      </c>
+      <c r="L99" s="68" t="s">
+        <v>229</v>
+      </c>
+      <c r="M99" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N99" s="68">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="4" t="s">
-        <v>218</v>
-[...39 lines deleted...]
-    <row r="102" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>147</v>
+      </c>
+      <c r="B100" s="38" t="s">
+        <v>99</v>
+      </c>
+      <c r="C100" s="84">
+        <v>63449</v>
+      </c>
+      <c r="D100" s="84">
+        <v>62617</v>
+      </c>
+      <c r="E100" s="85">
+        <v>44795</v>
+      </c>
+      <c r="F100" s="68" t="s">
+        <v>149</v>
+      </c>
+      <c r="G100" s="68" t="s">
+        <v>48</v>
+      </c>
+      <c r="H100" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I100" s="67">
+        <v>46600</v>
+      </c>
+      <c r="J100" s="68" t="s">
+        <v>150</v>
+      </c>
+      <c r="K100" s="69">
+        <v>0.15920000000000001</v>
+      </c>
+      <c r="L100" s="68" t="s">
+        <v>229</v>
+      </c>
+      <c r="M100" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N100" s="68">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="101" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B101" s="38" t="s">
+        <v>151</v>
+      </c>
+      <c r="C101" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D101" s="84">
+        <v>27464</v>
+      </c>
+      <c r="E101" s="85">
+        <v>43876</v>
+      </c>
+      <c r="F101" s="68" t="s">
+        <v>339</v>
+      </c>
+      <c r="G101" s="68" t="s">
+        <v>152</v>
+      </c>
+      <c r="H101" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I101" s="67">
+        <v>45689</v>
+      </c>
+      <c r="J101" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="K101" s="69">
+        <v>0.1547</v>
+      </c>
+      <c r="L101" s="68" t="s">
+        <v>229</v>
+      </c>
+      <c r="M101" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N101" s="68">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A102" s="4" t="s">
-        <v>232</v>
-[...38 lines deleted...]
-        <v>1</v>
+        <v>147</v>
+      </c>
+      <c r="B102" s="38" t="s">
+        <v>153</v>
+      </c>
+      <c r="C102" s="84">
+        <v>191222</v>
+      </c>
+      <c r="D102" s="84">
+        <v>190556</v>
+      </c>
+      <c r="E102" s="85">
+        <v>45641</v>
+      </c>
+      <c r="F102" s="68" t="s">
+        <v>154</v>
+      </c>
+      <c r="G102" s="68" t="s">
+        <v>67</v>
+      </c>
+      <c r="H102" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I102" s="67">
+        <v>47453</v>
+      </c>
+      <c r="J102" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="K102" s="69">
+        <v>0.1512</v>
+      </c>
+      <c r="L102" s="68" t="s">
+        <v>229</v>
+      </c>
+      <c r="M102" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N102" s="68">
+        <v>2</v>
       </c>
     </row>
     <row r="103" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A103" s="4" t="s">
-        <v>232</v>
-[...38 lines deleted...]
-        <v>1</v>
+        <v>147</v>
+      </c>
+      <c r="B103" s="38" t="s">
+        <v>51</v>
+      </c>
+      <c r="C103" s="84">
+        <v>161123</v>
+      </c>
+      <c r="D103" s="84" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="85">
+        <v>45945</v>
+      </c>
+      <c r="F103" s="68" t="s">
+        <v>340</v>
+      </c>
+      <c r="G103" s="68" t="s">
+        <v>315</v>
+      </c>
+      <c r="H103" s="68" t="s">
+        <v>332</v>
+      </c>
+      <c r="I103" s="67">
+        <v>13058</v>
+      </c>
+      <c r="J103" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="K103" s="69">
+        <v>0.1149</v>
+      </c>
+      <c r="L103" s="69">
+        <v>0.14069999999999999</v>
+      </c>
+      <c r="M103" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N103" s="68" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="104" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A104" s="4" t="s">
-        <v>232</v>
-[...37 lines deleted...]
-      <c r="N104" s="119">
+        <v>147</v>
+      </c>
+      <c r="B104" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C104" s="84">
+        <v>107398</v>
+      </c>
+      <c r="D104" s="84" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="85">
+        <v>45945</v>
+      </c>
+      <c r="F104" s="68" t="s">
+        <v>341</v>
+      </c>
+      <c r="G104" s="68" t="s">
+        <v>319</v>
+      </c>
+      <c r="H104" s="68" t="s">
+        <v>335</v>
+      </c>
+      <c r="I104" s="67">
+        <v>14885</v>
+      </c>
+      <c r="J104" s="68" t="s">
+        <v>336</v>
+      </c>
+      <c r="K104" s="69">
+        <v>0.1137</v>
+      </c>
+      <c r="L104" s="69">
+        <v>0.14130000000000001</v>
+      </c>
+      <c r="M104" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N104" s="68">
         <v>2</v>
       </c>
     </row>
     <row r="105" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A105" s="4" t="s">
-        <v>232</v>
-[...13 lines deleted...]
-      <c r="F105" s="19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B105" s="38" t="s">
         <v>240</v>
       </c>
-      <c r="G105" s="19" t="s">
-[...17 lines deleted...]
-      <c r="M105" s="19" t="s">
+      <c r="C105" s="84">
+        <v>-10812</v>
+      </c>
+      <c r="D105" s="84">
+        <v>-248</v>
+      </c>
+      <c r="E105" s="85"/>
+      <c r="F105" s="68"/>
+      <c r="G105" s="68"/>
+      <c r="H105" s="68"/>
+      <c r="I105" s="67"/>
+      <c r="J105" s="68"/>
+      <c r="K105" s="69"/>
+      <c r="L105" s="68"/>
+      <c r="M105" s="68"/>
+      <c r="N105" s="68"/>
+    </row>
+    <row r="106" spans="1:14" s="41" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="40" t="s">
+        <v>147</v>
+      </c>
+      <c r="B106" s="58" t="s">
+        <v>155</v>
+      </c>
+      <c r="C106" s="86">
+        <v>548676</v>
+      </c>
+      <c r="D106" s="86">
+        <v>340167</v>
+      </c>
+      <c r="E106" s="95"/>
+      <c r="F106" s="96"/>
+      <c r="G106" s="96"/>
+      <c r="H106" s="96"/>
+      <c r="I106" s="97"/>
+      <c r="J106" s="96"/>
+      <c r="K106" s="98"/>
+      <c r="L106" s="96"/>
+      <c r="M106" s="96"/>
+      <c r="N106" s="96"/>
+    </row>
+    <row r="107" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="26" t="s">
+        <v>156</v>
+      </c>
+      <c r="B107" s="32"/>
+      <c r="C107" s="76"/>
+      <c r="D107" s="76"/>
+      <c r="E107" s="27"/>
+      <c r="F107" s="27"/>
+      <c r="G107" s="27"/>
+      <c r="H107" s="27"/>
+      <c r="I107" s="27"/>
+      <c r="J107" s="27"/>
+      <c r="K107" s="27"/>
+      <c r="L107" s="27"/>
+      <c r="M107" s="27"/>
+      <c r="N107" s="27"/>
+    </row>
+    <row r="108" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B108" s="38" t="s">
+        <v>104</v>
+      </c>
+      <c r="C108" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D108" s="84">
+        <v>112963</v>
+      </c>
+      <c r="E108" s="85">
+        <v>43358</v>
+      </c>
+      <c r="F108" s="68" t="s">
+        <v>247</v>
+      </c>
+      <c r="G108" s="68" t="s">
+        <v>79</v>
+      </c>
+      <c r="H108" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I108" s="67">
+        <v>45901</v>
+      </c>
+      <c r="J108" s="68" t="s">
+        <v>157</v>
+      </c>
+      <c r="K108" s="69">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="L108" s="69" t="s">
+        <v>229</v>
+      </c>
+      <c r="M108" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N108" s="68">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="109" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B109" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="C109" s="84">
+        <v>163766</v>
+      </c>
+      <c r="D109" s="84">
+        <v>163534</v>
+      </c>
+      <c r="E109" s="85">
+        <v>43626</v>
+      </c>
+      <c r="F109" s="68" t="s">
+        <v>342</v>
+      </c>
+      <c r="G109" s="68" t="s">
+        <v>152</v>
+      </c>
+      <c r="H109" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I109" s="67">
+        <v>46174</v>
+      </c>
+      <c r="J109" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="K109" s="69">
+        <v>0.1547</v>
+      </c>
+      <c r="L109" s="69" t="s">
+        <v>229</v>
+      </c>
+      <c r="M109" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N109" s="68">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B110" s="38" t="s">
+        <v>122</v>
+      </c>
+      <c r="C110" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D110" s="84">
+        <v>209043</v>
+      </c>
+      <c r="E110" s="85">
+        <v>44972</v>
+      </c>
+      <c r="F110" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="G110" s="68" t="s">
+        <v>159</v>
+      </c>
+      <c r="H110" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I110" s="67">
+        <v>45689</v>
+      </c>
+      <c r="J110" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="K110" s="69">
+        <v>0.15720000000000001</v>
+      </c>
+      <c r="L110" s="69" t="s">
+        <v>229</v>
+      </c>
+      <c r="M110" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N110" s="68">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="111" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B111" s="38" t="s">
+        <v>160</v>
+      </c>
+      <c r="C111" s="84">
+        <v>337471</v>
+      </c>
+      <c r="D111" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="85">
+        <v>45713</v>
+      </c>
+      <c r="F111" s="68" t="s">
         <v>108</v>
       </c>
-      <c r="N105" s="19">
+      <c r="G111" s="68" t="s">
+        <v>161</v>
+      </c>
+      <c r="H111" s="68" t="s">
+        <v>304</v>
+      </c>
+      <c r="I111" s="67">
+        <v>10990</v>
+      </c>
+      <c r="J111" s="68" t="s">
+        <v>162</v>
+      </c>
+      <c r="K111" s="69">
+        <v>0.1532</v>
+      </c>
+      <c r="L111" s="69" t="s">
+        <v>229</v>
+      </c>
+      <c r="M111" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N111" s="68">
         <v>2</v>
-      </c>
-[...196 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A112" s="4" t="s">
-        <v>246</v>
-[...38 lines deleted...]
-        <v>1</v>
+        <v>156</v>
+      </c>
+      <c r="B112" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="C112" s="84">
+        <v>408707</v>
+      </c>
+      <c r="D112" s="68" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="85">
+        <v>45792</v>
+      </c>
+      <c r="F112" s="68" t="s">
+        <v>49</v>
+      </c>
+      <c r="G112" s="68" t="s">
+        <v>164</v>
+      </c>
+      <c r="H112" s="68" t="s">
+        <v>274</v>
+      </c>
+      <c r="I112" s="67">
+        <v>12905</v>
+      </c>
+      <c r="J112" s="68" t="s">
+        <v>165</v>
+      </c>
+      <c r="K112" s="69">
+        <v>0.11559999999999999</v>
+      </c>
+      <c r="L112" s="69">
+        <v>0.14399999999999999</v>
+      </c>
+      <c r="M112" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="N112" s="68">
+        <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A113" s="4" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="B113" s="46" t="s">
+        <v>156</v>
+      </c>
+      <c r="B113" s="38" t="s">
+        <v>240</v>
+      </c>
+      <c r="C113" s="84">
+        <v>-12878</v>
+      </c>
+      <c r="D113" s="68">
+        <v>-603</v>
+      </c>
+      <c r="E113" s="68"/>
+      <c r="F113" s="68"/>
+      <c r="G113" s="68"/>
+      <c r="H113" s="68"/>
+      <c r="I113" s="68"/>
+      <c r="J113" s="68"/>
+      <c r="K113" s="68"/>
+      <c r="L113" s="68"/>
+      <c r="M113" s="68"/>
+      <c r="N113" s="68"/>
+    </row>
+    <row r="114" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="40" t="s">
+        <v>156</v>
+      </c>
+      <c r="B114" s="58" t="s">
+        <v>166</v>
+      </c>
+      <c r="C114" s="86">
+        <v>897066</v>
+      </c>
+      <c r="D114" s="86">
+        <v>484937</v>
+      </c>
+      <c r="E114" s="68"/>
+      <c r="F114" s="68"/>
+      <c r="G114" s="68"/>
+      <c r="H114" s="68"/>
+      <c r="I114" s="68"/>
+      <c r="J114" s="68"/>
+      <c r="K114" s="68"/>
+      <c r="L114" s="68"/>
+      <c r="M114" s="68"/>
+      <c r="N114" s="68"/>
+    </row>
+    <row r="115" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B115" s="32"/>
+      <c r="C115" s="76"/>
+      <c r="D115" s="76"/>
+      <c r="E115" s="27"/>
+      <c r="F115" s="27"/>
+      <c r="G115" s="27"/>
+      <c r="H115" s="27"/>
+      <c r="I115" s="27"/>
+      <c r="J115" s="27"/>
+      <c r="K115" s="27"/>
+      <c r="L115" s="27"/>
+      <c r="M115" s="27"/>
+      <c r="N115" s="27"/>
+    </row>
+    <row r="116" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B116" s="30" t="s">
+        <v>104</v>
+      </c>
+      <c r="C116" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D116" s="79">
+        <v>32948</v>
+      </c>
+      <c r="E116" s="12">
+        <v>43358</v>
+      </c>
+      <c r="F116" s="13" t="s">
+        <v>343</v>
+      </c>
+      <c r="G116" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="H116" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I116" s="14">
+        <v>45901</v>
+      </c>
+      <c r="J116" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K116" s="15">
+        <v>9.3399999999999997E-2</v>
+      </c>
+      <c r="L116" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M116" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N116" s="13">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B117" s="30" t="s">
+        <v>86</v>
+      </c>
+      <c r="C117" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D117" s="79">
+        <v>62654</v>
+      </c>
+      <c r="E117" s="12">
+        <v>43876</v>
+      </c>
+      <c r="F117" s="13" t="s">
+        <v>149</v>
+      </c>
+      <c r="G117" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="H117" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I117" s="14">
+        <v>45689</v>
+      </c>
+      <c r="J117" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K117" s="15">
+        <v>0.1547</v>
+      </c>
+      <c r="L117" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M117" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N117" s="13">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="118" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B118" s="30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C118" s="79">
+        <v>100037</v>
+      </c>
+      <c r="D118" s="79">
+        <v>95838</v>
+      </c>
+      <c r="E118" s="12">
+        <v>44576</v>
+      </c>
+      <c r="F118" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="G118" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="H118" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="I118" s="14">
+        <v>11689</v>
+      </c>
+      <c r="J118" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="K118" s="15">
+        <v>0.1036</v>
+      </c>
+      <c r="L118" s="15">
+        <v>0.15129999999999999</v>
+      </c>
+      <c r="M118" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N118" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="119" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B119" s="30" t="s">
+        <v>89</v>
+      </c>
+      <c r="C119" s="79">
+        <v>126897</v>
+      </c>
+      <c r="D119" s="79">
+        <v>125233</v>
+      </c>
+      <c r="E119" s="12">
+        <v>44795</v>
+      </c>
+      <c r="F119" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="G119" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="H119" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I119" s="14">
+        <v>46600</v>
+      </c>
+      <c r="J119" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="K119" s="15">
+        <v>0.15920000000000001</v>
+      </c>
+      <c r="L119" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M119" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N119" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="120" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B120" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="C120" s="79">
+        <v>173076</v>
+      </c>
+      <c r="D120" s="79">
+        <v>170693</v>
+      </c>
+      <c r="E120" s="12">
+        <v>45539</v>
+      </c>
+      <c r="F120" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="G120" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="H120" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="I120" s="14">
+        <v>47362</v>
+      </c>
+      <c r="J120" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="K120" s="15">
+        <v>0.1512</v>
+      </c>
+      <c r="L120" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="M120" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N120" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="121" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B121" s="30" t="s">
+        <v>99</v>
+      </c>
+      <c r="C121" s="79">
+        <v>204354</v>
+      </c>
+      <c r="D121" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="12">
+        <v>45792</v>
+      </c>
+      <c r="F121" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G121" s="13" t="s">
+        <v>164</v>
+      </c>
+      <c r="H121" s="13" t="s">
+        <v>275</v>
+      </c>
+      <c r="I121" s="14">
+        <v>12905</v>
+      </c>
+      <c r="J121" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K121" s="15">
+        <v>0.11559999999999999</v>
+      </c>
+      <c r="L121" s="15">
+        <v>0.14380000000000001</v>
+      </c>
+      <c r="M121" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N121" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="122" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B122" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="C122" s="79">
+        <v>145923</v>
+      </c>
+      <c r="D122" s="79" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="12">
+        <v>45945</v>
+      </c>
+      <c r="F122" s="13" t="s">
+        <v>344</v>
+      </c>
+      <c r="G122" s="13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H122" s="13" t="s">
+        <v>332</v>
+      </c>
+      <c r="I122" s="14">
+        <v>13058</v>
+      </c>
+      <c r="J122" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K122" s="15">
+        <v>0.1149</v>
+      </c>
+      <c r="L122" s="15">
+        <v>0.14069999999999999</v>
+      </c>
+      <c r="M122" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N122" s="13" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="123" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B123" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="C123" s="79">
+        <v>97266</v>
+      </c>
+      <c r="D123" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="12">
+        <v>45945</v>
+      </c>
+      <c r="F123" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="G123" s="13" t="s">
+        <v>319</v>
+      </c>
+      <c r="H123" s="13" t="s">
+        <v>335</v>
+      </c>
+      <c r="I123" s="14">
+        <v>14885</v>
+      </c>
+      <c r="J123" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="K123" s="15">
+        <v>0.1137</v>
+      </c>
+      <c r="L123" s="15">
+        <v>0.14130000000000001</v>
+      </c>
+      <c r="M123" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N123" s="13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="124" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B124" s="30" t="s">
+        <v>240</v>
+      </c>
+      <c r="C124" s="79">
+        <v>-17641</v>
+      </c>
+      <c r="D124" s="13">
+        <v>-129</v>
+      </c>
+      <c r="E124" s="13"/>
+      <c r="F124" s="13"/>
+      <c r="G124" s="13"/>
+      <c r="H124" s="13"/>
+      <c r="I124" s="13"/>
+      <c r="J124" s="13"/>
+      <c r="K124" s="13"/>
+      <c r="L124" s="13"/>
+      <c r="M124" s="13"/>
+      <c r="N124" s="13"/>
+    </row>
+    <row r="125" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="40" t="s">
+        <v>167</v>
+      </c>
+      <c r="B125" s="31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C125" s="80">
+        <v>829912</v>
+      </c>
+      <c r="D125" s="80">
+        <v>487237</v>
+      </c>
+      <c r="E125" s="13"/>
+      <c r="F125" s="13"/>
+      <c r="G125" s="13"/>
+      <c r="H125" s="13"/>
+      <c r="I125" s="13"/>
+      <c r="J125" s="13"/>
+      <c r="K125" s="13"/>
+      <c r="L125" s="13"/>
+      <c r="M125" s="13"/>
+      <c r="N125" s="13"/>
+    </row>
+    <row r="126" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B126" s="32"/>
+      <c r="C126" s="78"/>
+      <c r="D126" s="78"/>
+      <c r="E126" s="27"/>
+      <c r="F126" s="27"/>
+      <c r="G126" s="27"/>
+      <c r="H126" s="27"/>
+      <c r="I126" s="27"/>
+      <c r="J126" s="27"/>
+      <c r="K126" s="27"/>
+      <c r="L126" s="27"/>
+      <c r="M126" s="27"/>
+      <c r="N126" s="27"/>
+    </row>
+    <row r="127" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B127" s="57" t="s">
+        <v>179</v>
+      </c>
+      <c r="C127" s="87" t="s">
+        <v>15</v>
+      </c>
+      <c r="D127" s="87">
+        <v>105062</v>
+      </c>
+      <c r="E127" s="88">
+        <v>43449</v>
+      </c>
+      <c r="F127" s="71" t="s">
+        <v>346</v>
+      </c>
+      <c r="G127" s="71" t="s">
+        <v>180</v>
+      </c>
+      <c r="H127" s="71" t="s">
+        <v>304</v>
+      </c>
+      <c r="I127" s="70">
+        <v>45992</v>
+      </c>
+      <c r="J127" s="71" t="s">
+        <v>16</v>
+      </c>
+      <c r="K127" s="72">
+        <v>9.1800000000000007E-2</v>
+      </c>
+      <c r="L127" s="72" t="s">
+        <v>229</v>
+      </c>
+      <c r="M127" s="71" t="s">
+        <v>181</v>
+      </c>
+      <c r="N127" s="71">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B128" s="57" t="s">
+        <v>151</v>
+      </c>
+      <c r="C128" s="87">
+        <v>74753</v>
+      </c>
+      <c r="D128" s="87">
+        <v>71618</v>
+      </c>
+      <c r="E128" s="88">
+        <v>43449</v>
+      </c>
+      <c r="F128" s="71" t="s">
+        <v>347</v>
+      </c>
+      <c r="G128" s="71" t="s">
+        <v>182</v>
+      </c>
+      <c r="H128" s="71" t="s">
+        <v>183</v>
+      </c>
+      <c r="I128" s="70">
+        <v>47088</v>
+      </c>
+      <c r="J128" s="71" t="s">
+        <v>184</v>
+      </c>
+      <c r="K128" s="72">
+        <v>9.4E-2</v>
+      </c>
+      <c r="L128" s="72">
+        <v>0.15060000000000001</v>
+      </c>
+      <c r="M128" s="71" t="s">
+        <v>181</v>
+      </c>
+      <c r="N128" s="71">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B129" s="57" t="s">
+        <v>185</v>
+      </c>
+      <c r="C129" s="87" t="s">
+        <v>15</v>
+      </c>
+      <c r="D129" s="87">
+        <v>171217</v>
+      </c>
+      <c r="E129" s="88">
+        <v>43449</v>
+      </c>
+      <c r="F129" s="71" t="s">
+        <v>348</v>
+      </c>
+      <c r="G129" s="71" t="s">
+        <v>186</v>
+      </c>
+      <c r="H129" s="71" t="s">
+        <v>304</v>
+      </c>
+      <c r="I129" s="70">
+        <v>45992</v>
+      </c>
+      <c r="J129" s="71" t="s">
+        <v>16</v>
+      </c>
+      <c r="K129" s="72">
+        <v>9.2399999999999996E-2</v>
+      </c>
+      <c r="L129" s="72" t="s">
+        <v>229</v>
+      </c>
+      <c r="M129" s="71" t="s">
+        <v>181</v>
+      </c>
+      <c r="N129" s="71">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="130" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B130" s="57" t="s">
+        <v>187</v>
+      </c>
+      <c r="C130" s="87">
+        <v>79059</v>
+      </c>
+      <c r="D130" s="87">
+        <v>75746</v>
+      </c>
+      <c r="E130" s="88">
+        <v>44119</v>
+      </c>
+      <c r="F130" s="71" t="s">
+        <v>188</v>
+      </c>
+      <c r="G130" s="71" t="s">
+        <v>25</v>
+      </c>
+      <c r="H130" s="71" t="s">
+        <v>304</v>
+      </c>
+      <c r="I130" s="70">
+        <v>46661</v>
+      </c>
+      <c r="J130" s="71" t="s">
+        <v>16</v>
+      </c>
+      <c r="K130" s="72">
+        <v>8.4900000000000003E-2</v>
+      </c>
+      <c r="L130" s="71" t="s">
+        <v>229</v>
+      </c>
+      <c r="M130" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="N130" s="71">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="131" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B131" s="57" t="s">
+        <v>189</v>
+      </c>
+      <c r="C131" s="87">
+        <v>113824</v>
+      </c>
+      <c r="D131" s="87">
+        <v>109053</v>
+      </c>
+      <c r="E131" s="88">
+        <v>44119</v>
+      </c>
+      <c r="F131" s="71" t="s">
+        <v>349</v>
+      </c>
+      <c r="G131" s="71" t="s">
+        <v>27</v>
+      </c>
+      <c r="H131" s="71" t="s">
+        <v>190</v>
+      </c>
+      <c r="I131" s="70">
+        <v>11232</v>
+      </c>
+      <c r="J131" s="71" t="s">
+        <v>28</v>
+      </c>
+      <c r="K131" s="72">
+        <v>8.7300000000000003E-2</v>
+      </c>
+      <c r="L131" s="72">
+        <v>0.1278</v>
+      </c>
+      <c r="M131" s="71" t="s">
+        <v>81</v>
+      </c>
+      <c r="N131" s="71">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="132" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B132" s="57" t="s">
+        <v>240</v>
+      </c>
+      <c r="C132" s="87">
+        <v>-1774</v>
+      </c>
+      <c r="D132" s="87">
+        <v>-2697</v>
+      </c>
+      <c r="E132" s="71"/>
+      <c r="F132" s="71"/>
+      <c r="G132" s="71"/>
+      <c r="H132" s="71"/>
+      <c r="I132" s="71"/>
+      <c r="J132" s="71"/>
+      <c r="K132" s="71"/>
+      <c r="L132" s="71"/>
+      <c r="M132" s="71"/>
+      <c r="N132" s="71"/>
+    </row>
+    <row r="133" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="40" t="s">
+        <v>178</v>
+      </c>
+      <c r="B133" s="59" t="s">
+        <v>191</v>
+      </c>
+      <c r="C133" s="89">
+        <v>265862</v>
+      </c>
+      <c r="D133" s="89">
+        <v>529999</v>
+      </c>
+      <c r="E133" s="71"/>
+      <c r="F133" s="71"/>
+      <c r="G133" s="71"/>
+      <c r="H133" s="71"/>
+      <c r="I133" s="71"/>
+      <c r="J133" s="71"/>
+      <c r="K133" s="71"/>
+      <c r="L133" s="71"/>
+      <c r="M133" s="71"/>
+      <c r="N133" s="71"/>
+    </row>
+    <row r="134" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="26" t="s">
+        <v>192</v>
+      </c>
+      <c r="B134" s="32"/>
+      <c r="C134" s="76"/>
+      <c r="D134" s="76"/>
+      <c r="E134" s="27"/>
+      <c r="F134" s="27"/>
+      <c r="G134" s="27"/>
+      <c r="H134" s="27"/>
+      <c r="I134" s="27"/>
+      <c r="J134" s="27"/>
+      <c r="K134" s="27"/>
+      <c r="L134" s="27"/>
+      <c r="M134" s="27"/>
+      <c r="N134" s="27"/>
+    </row>
+    <row r="135" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B135" s="33" t="s">
+        <v>276</v>
+      </c>
+      <c r="C135" s="81">
+        <v>288813</v>
+      </c>
+      <c r="D135" s="81">
+        <v>286710</v>
+      </c>
+      <c r="E135" s="82">
+        <v>45397</v>
+      </c>
+      <c r="F135" s="65" t="s">
+        <v>193</v>
+      </c>
+      <c r="G135" s="65" t="s">
+        <v>194</v>
+      </c>
+      <c r="H135" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I135" s="64">
+        <v>47209</v>
+      </c>
+      <c r="J135" s="65" t="s">
+        <v>31</v>
+      </c>
+      <c r="K135" s="66">
+        <v>0.1517</v>
+      </c>
+      <c r="L135" s="66" t="s">
+        <v>229</v>
+      </c>
+      <c r="M135" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N135" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="136" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B136" s="33" t="s">
+        <v>195</v>
+      </c>
+      <c r="C136" s="81">
+        <v>350764</v>
+      </c>
+      <c r="D136" s="81">
+        <v>349359</v>
+      </c>
+      <c r="E136" s="82">
+        <v>45641</v>
+      </c>
+      <c r="F136" s="65" t="s">
+        <v>277</v>
+      </c>
+      <c r="G136" s="65" t="s">
+        <v>74</v>
+      </c>
+      <c r="H136" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I136" s="64">
+        <v>47453</v>
+      </c>
+      <c r="J136" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K136" s="66">
+        <v>0.1527</v>
+      </c>
+      <c r="L136" s="66" t="s">
+        <v>229</v>
+      </c>
+      <c r="M136" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N136" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="137" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B137" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C137" s="81">
+        <v>51838</v>
+      </c>
+      <c r="D137" s="81">
+        <v>51629</v>
+      </c>
+      <c r="E137" s="82">
+        <v>45641</v>
+      </c>
+      <c r="F137" s="65" t="s">
+        <v>197</v>
+      </c>
+      <c r="G137" s="65" t="s">
+        <v>198</v>
+      </c>
+      <c r="H137" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I137" s="64">
+        <v>11658</v>
+      </c>
+      <c r="J137" s="65" t="s">
+        <v>199</v>
+      </c>
+      <c r="K137" s="66">
+        <v>0.1542</v>
+      </c>
+      <c r="L137" s="66" t="s">
+        <v>229</v>
+      </c>
+      <c r="M137" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N137" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="138" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B138" s="33" t="s">
+        <v>21</v>
+      </c>
+      <c r="C138" s="81">
+        <v>294467</v>
+      </c>
+      <c r="D138" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="82">
+        <v>45792</v>
+      </c>
+      <c r="F138" s="65" t="s">
+        <v>200</v>
+      </c>
+      <c r="G138" s="65" t="s">
+        <v>119</v>
+      </c>
+      <c r="H138" s="65" t="s">
         <v>255</v>
       </c>
-      <c r="C113" s="62">
-[...76 lines deleted...]
-      <c r="N114" s="19">
+      <c r="I138" s="64">
+        <v>11810</v>
+      </c>
+      <c r="J138" s="65" t="s">
+        <v>201</v>
+      </c>
+      <c r="K138" s="66">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="L138" s="66">
+        <v>0.1416</v>
+      </c>
+      <c r="M138" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N138" s="65">
         <v>2</v>
       </c>
     </row>
-    <row r="115" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-      <c r="N115" s="19">
+    <row r="139" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B139" s="33" t="s">
+        <v>24</v>
+      </c>
+      <c r="C139" s="81">
+        <v>267545</v>
+      </c>
+      <c r="D139" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="82">
+        <v>45945</v>
+      </c>
+      <c r="F139" s="65" t="s">
+        <v>350</v>
+      </c>
+      <c r="G139" s="65" t="s">
+        <v>351</v>
+      </c>
+      <c r="H139" s="65" t="s">
+        <v>352</v>
+      </c>
+      <c r="I139" s="64">
+        <v>13058</v>
+      </c>
+      <c r="J139" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K139" s="66">
+        <v>0.11550000000000001</v>
+      </c>
+      <c r="L139" s="66">
+        <v>0.14119999999999999</v>
+      </c>
+      <c r="M139" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N139" s="65">
         <v>2</v>
       </c>
     </row>
-    <row r="116" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...105 lines deleted...]
-      <c r="N119" s="19">
+    <row r="140" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B140" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="C140" s="81">
+        <v>178335</v>
+      </c>
+      <c r="D140" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="82">
+        <v>45945</v>
+      </c>
+      <c r="F140" s="65" t="s">
+        <v>353</v>
+      </c>
+      <c r="G140" s="65" t="s">
+        <v>354</v>
+      </c>
+      <c r="H140" s="65" t="s">
+        <v>255</v>
+      </c>
+      <c r="I140" s="64">
+        <v>14885</v>
+      </c>
+      <c r="J140" s="65" t="s">
+        <v>336</v>
+      </c>
+      <c r="K140" s="66">
+        <v>0.1143</v>
+      </c>
+      <c r="L140" s="66">
+        <v>0.1416</v>
+      </c>
+      <c r="M140" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N140" s="65">
         <v>2</v>
       </c>
     </row>
-    <row r="120" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="E120" s="18">
+    <row r="141" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B141" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C141" s="81">
+        <v>-26427</v>
+      </c>
+      <c r="D141" s="65">
+        <v>-811</v>
+      </c>
+      <c r="E141" s="65"/>
+      <c r="F141" s="65"/>
+      <c r="G141" s="65"/>
+      <c r="H141" s="65"/>
+      <c r="I141" s="65"/>
+      <c r="J141" s="65"/>
+      <c r="K141" s="65"/>
+      <c r="L141" s="65"/>
+      <c r="M141" s="65"/>
+      <c r="N141" s="65"/>
+    </row>
+    <row r="142" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="B142" s="55" t="s">
+        <v>202</v>
+      </c>
+      <c r="C142" s="83">
+        <v>1405335</v>
+      </c>
+      <c r="D142" s="83">
+        <v>686887</v>
+      </c>
+      <c r="E142" s="65"/>
+      <c r="F142" s="65"/>
+      <c r="G142" s="65"/>
+      <c r="H142" s="65"/>
+      <c r="I142" s="65"/>
+      <c r="J142" s="65"/>
+      <c r="K142" s="65"/>
+      <c r="L142" s="65"/>
+      <c r="M142" s="65"/>
+      <c r="N142" s="65"/>
+    </row>
+    <row r="143" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="26" t="s">
+        <v>203</v>
+      </c>
+      <c r="B143" s="32"/>
+      <c r="C143" s="78"/>
+      <c r="D143" s="78"/>
+      <c r="E143" s="27"/>
+      <c r="F143" s="27"/>
+      <c r="G143" s="27"/>
+      <c r="H143" s="27"/>
+      <c r="I143" s="27"/>
+      <c r="J143" s="27"/>
+      <c r="K143" s="27"/>
+      <c r="L143" s="27"/>
+      <c r="M143" s="27"/>
+      <c r="N143" s="27"/>
+    </row>
+    <row r="144" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="B144" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="C144" s="81">
+        <v>140910</v>
+      </c>
+      <c r="D144" s="81">
+        <v>140553</v>
+      </c>
+      <c r="E144" s="82">
         <v>45641</v>
       </c>
-      <c r="F120" s="19" t="s">
-[...8 lines deleted...]
-      <c r="I120" s="20">
+      <c r="F144" s="65" t="s">
+        <v>204</v>
+      </c>
+      <c r="G144" s="65" t="s">
+        <v>74</v>
+      </c>
+      <c r="H144" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I144" s="64">
         <v>47453</v>
       </c>
-      <c r="J120" s="19" t="s">
-[...11 lines deleted...]
-      <c r="N120" s="19">
+      <c r="J144" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K144" s="66">
+        <v>3.2199999999999999E-2</v>
+      </c>
+      <c r="L144" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M144" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N144" s="65">
         <v>2</v>
       </c>
     </row>
-    <row r="121" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...136 lines deleted...]
-      <c r="A125" s="35" t="s">
+    <row r="145" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="B145" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C145" s="65">
+        <v>-547</v>
+      </c>
+      <c r="D145" s="65">
+        <v>-464</v>
+      </c>
+      <c r="E145" s="65"/>
+      <c r="F145" s="65"/>
+      <c r="G145" s="65"/>
+      <c r="H145" s="65"/>
+      <c r="I145" s="65"/>
+      <c r="J145" s="65"/>
+      <c r="K145" s="65"/>
+      <c r="L145" s="65"/>
+      <c r="M145" s="65"/>
+      <c r="N145" s="65"/>
+    </row>
+    <row r="146" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="40" t="s">
+        <v>203</v>
+      </c>
+      <c r="B146" s="55" t="s">
+        <v>205</v>
+      </c>
+      <c r="C146" s="83">
+        <v>140363</v>
+      </c>
+      <c r="D146" s="83">
+        <v>140089</v>
+      </c>
+      <c r="E146" s="65"/>
+      <c r="F146" s="65"/>
+      <c r="G146" s="65"/>
+      <c r="H146" s="65"/>
+      <c r="I146" s="65"/>
+      <c r="J146" s="65"/>
+      <c r="K146" s="65"/>
+      <c r="L146" s="65"/>
+      <c r="M146" s="65"/>
+      <c r="N146" s="65"/>
+    </row>
+    <row r="147" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="26" t="s">
+        <v>206</v>
+      </c>
+      <c r="B147" s="32"/>
+      <c r="C147" s="78"/>
+      <c r="D147" s="78"/>
+      <c r="E147" s="27"/>
+      <c r="F147" s="27"/>
+      <c r="G147" s="27"/>
+      <c r="H147" s="27"/>
+      <c r="I147" s="27"/>
+      <c r="J147" s="27"/>
+      <c r="K147" s="27"/>
+      <c r="L147" s="27"/>
+      <c r="M147" s="27"/>
+      <c r="N147" s="27"/>
+    </row>
+    <row r="148" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="B148" s="33" t="s">
         <v>278</v>
       </c>
-      <c r="B125" s="44"/>
-[...133 lines deleted...]
-      <c r="D130" s="62">
+      <c r="C148" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D148" s="81">
         <v>134910</v>
       </c>
-      <c r="E130" s="18">
+      <c r="E148" s="82">
         <v>44270</v>
       </c>
-      <c r="F130" s="19" t="s">
-[...8 lines deleted...]
-      <c r="I130" s="20">
+      <c r="F148" s="65" t="s">
+        <v>355</v>
+      </c>
+      <c r="G148" s="65" t="s">
+        <v>207</v>
+      </c>
+      <c r="H148" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I148" s="64">
         <v>45717</v>
       </c>
-      <c r="J130" s="19" t="s">
-[...501 lines deleted...]
-      <c r="N148" s="17"/>
+      <c r="J148" s="65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K148" s="66">
+        <v>0.16669999999999999</v>
+      </c>
+      <c r="L148" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M148" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N148" s="65" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="149" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A149" s="4" t="s">
-        <v>306</v>
-[...7 lines deleted...]
-      <c r="D149" s="62">
+        <v>206</v>
+      </c>
+      <c r="B149" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C149" s="65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D149" s="65">
+        <v>-49</v>
+      </c>
+      <c r="E149" s="65"/>
+      <c r="F149" s="65"/>
+      <c r="G149" s="65"/>
+      <c r="H149" s="65"/>
+      <c r="I149" s="65"/>
+      <c r="J149" s="65"/>
+      <c r="K149" s="65"/>
+      <c r="L149" s="65"/>
+      <c r="M149" s="65"/>
+      <c r="N149" s="65"/>
+    </row>
+    <row r="150" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="40" t="s">
+        <v>206</v>
+      </c>
+      <c r="B150" s="55" t="s">
+        <v>208</v>
+      </c>
+      <c r="C150" s="90" t="s">
+        <v>15</v>
+      </c>
+      <c r="D150" s="83">
+        <v>134861</v>
+      </c>
+      <c r="E150" s="90"/>
+      <c r="F150" s="65"/>
+      <c r="G150" s="65"/>
+      <c r="H150" s="65"/>
+      <c r="I150" s="65"/>
+      <c r="J150" s="65"/>
+      <c r="K150" s="65"/>
+      <c r="L150" s="65"/>
+      <c r="M150" s="65"/>
+      <c r="N150" s="65"/>
+    </row>
+    <row r="151" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="26" t="s">
+        <v>209</v>
+      </c>
+      <c r="B151" s="32"/>
+      <c r="C151" s="78"/>
+      <c r="D151" s="78"/>
+      <c r="E151" s="27"/>
+      <c r="F151" s="27"/>
+      <c r="G151" s="27"/>
+      <c r="H151" s="27"/>
+      <c r="I151" s="27"/>
+      <c r="J151" s="27"/>
+      <c r="K151" s="27"/>
+      <c r="L151" s="27"/>
+      <c r="M151" s="27"/>
+      <c r="N151" s="27"/>
+    </row>
+    <row r="152" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="B152" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="C152" s="81">
+        <v>483072</v>
+      </c>
+      <c r="D152" s="81">
+        <v>489540</v>
+      </c>
+      <c r="E152" s="82">
+        <v>44119</v>
+      </c>
+      <c r="F152" s="65" t="s">
+        <v>118</v>
+      </c>
+      <c r="G152" s="65" t="s">
+        <v>210</v>
+      </c>
+      <c r="H152" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I152" s="64">
+        <v>14154</v>
+      </c>
+      <c r="J152" s="65" t="s">
+        <v>211</v>
+      </c>
+      <c r="K152" s="66">
+        <v>9.35E-2</v>
+      </c>
+      <c r="L152" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M152" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N152" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="153" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="B153" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C153" s="81">
+        <v>-22394</v>
+      </c>
+      <c r="D153" s="81">
+        <v>-24139</v>
+      </c>
+      <c r="E153" s="65"/>
+      <c r="F153" s="65"/>
+      <c r="G153" s="65"/>
+      <c r="H153" s="65"/>
+      <c r="I153" s="65"/>
+      <c r="J153" s="65"/>
+      <c r="K153" s="65"/>
+      <c r="L153" s="65"/>
+      <c r="M153" s="65"/>
+      <c r="N153" s="65"/>
+    </row>
+    <row r="154" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="40" t="s">
+        <v>209</v>
+      </c>
+      <c r="B154" s="55" t="s">
+        <v>212</v>
+      </c>
+      <c r="C154" s="83">
+        <v>460678</v>
+      </c>
+      <c r="D154" s="83">
+        <v>465401</v>
+      </c>
+      <c r="E154" s="65"/>
+      <c r="F154" s="65"/>
+      <c r="G154" s="65"/>
+      <c r="H154" s="65"/>
+      <c r="I154" s="65"/>
+      <c r="J154" s="65"/>
+      <c r="K154" s="65"/>
+      <c r="L154" s="65"/>
+      <c r="M154" s="65"/>
+      <c r="N154" s="65"/>
+    </row>
+    <row r="155" spans="1:14" s="1" customFormat="1" ht="27.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="26" t="s">
+        <v>213</v>
+      </c>
+      <c r="B155" s="32"/>
+      <c r="C155" s="78"/>
+      <c r="D155" s="78"/>
+      <c r="E155" s="27"/>
+      <c r="F155" s="27"/>
+      <c r="G155" s="27"/>
+      <c r="H155" s="27"/>
+      <c r="I155" s="27"/>
+      <c r="J155" s="27"/>
+      <c r="K155" s="27"/>
+      <c r="L155" s="27"/>
+      <c r="M155" s="27"/>
+      <c r="N155" s="27"/>
+    </row>
+    <row r="156" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="B156" s="33" t="s">
+        <v>279</v>
+      </c>
+      <c r="C156" s="81">
+        <v>422701</v>
+      </c>
+      <c r="D156" s="81">
+        <v>466274</v>
+      </c>
+      <c r="E156" s="82">
+        <v>40935</v>
+      </c>
+      <c r="F156" s="65" t="s">
+        <v>214</v>
+      </c>
+      <c r="G156" s="65" t="s">
+        <v>215</v>
+      </c>
+      <c r="H156" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I156" s="64">
+        <v>11232</v>
+      </c>
+      <c r="J156" s="65" t="s">
+        <v>222</v>
+      </c>
+      <c r="K156" s="66">
+        <v>9.6699999999999994E-2</v>
+      </c>
+      <c r="L156" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M156" s="65" t="s">
+        <v>216</v>
+      </c>
+      <c r="N156" s="65" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="157" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="B157" s="33" t="s">
+        <v>356</v>
+      </c>
+      <c r="C157" s="81">
+        <v>160277</v>
+      </c>
+      <c r="D157" s="81">
+        <v>159432</v>
+      </c>
+      <c r="E157" s="82">
+        <v>44270</v>
+      </c>
+      <c r="F157" s="65" t="s">
+        <v>173</v>
+      </c>
+      <c r="G157" s="65" t="s">
+        <v>218</v>
+      </c>
+      <c r="H157" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I157" s="64">
+        <v>13424</v>
+      </c>
+      <c r="J157" s="65" t="s">
+        <v>219</v>
+      </c>
+      <c r="K157" s="66">
+        <v>0.1009</v>
+      </c>
+      <c r="L157" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M157" s="65" t="s">
+        <v>280</v>
+      </c>
+      <c r="N157" s="65">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="158" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="B158" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C158" s="81">
+        <v>-8722</v>
+      </c>
+      <c r="D158" s="81">
+        <v>-10122</v>
+      </c>
+      <c r="E158" s="82"/>
+      <c r="F158" s="65"/>
+      <c r="G158" s="65"/>
+      <c r="H158" s="65"/>
+      <c r="I158" s="64"/>
+      <c r="J158" s="65"/>
+      <c r="K158" s="66"/>
+      <c r="L158" s="65"/>
+      <c r="M158" s="65"/>
+      <c r="N158" s="65"/>
+    </row>
+    <row r="159" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="B159" s="33" t="s">
+        <v>357</v>
+      </c>
+      <c r="C159" s="81">
+        <v>574256</v>
+      </c>
+      <c r="D159" s="81">
+        <v>615584</v>
+      </c>
+      <c r="E159" s="82"/>
+      <c r="F159" s="65"/>
+      <c r="G159" s="65"/>
+      <c r="H159" s="65"/>
+      <c r="I159" s="64"/>
+      <c r="J159" s="65"/>
+      <c r="K159" s="66"/>
+      <c r="L159" s="65"/>
+      <c r="M159" s="65"/>
+      <c r="N159" s="65"/>
+    </row>
+    <row r="160" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="B160" s="33" t="s">
+        <v>358</v>
+      </c>
+      <c r="C160" s="81" t="s">
+        <v>15</v>
+      </c>
+      <c r="D160" s="81" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="82"/>
+      <c r="F160" s="65"/>
+      <c r="G160" s="65"/>
+      <c r="H160" s="65"/>
+      <c r="I160" s="64"/>
+      <c r="J160" s="65"/>
+      <c r="K160" s="66"/>
+      <c r="L160" s="65"/>
+      <c r="M160" s="65"/>
+      <c r="N160" s="65"/>
+    </row>
+    <row r="161" spans="1:14" s="7" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B161" s="55" t="s">
+        <v>281</v>
+      </c>
+      <c r="C161" s="83">
+        <v>574256</v>
+      </c>
+      <c r="D161" s="83">
+        <v>615584</v>
+      </c>
+      <c r="E161" s="65"/>
+      <c r="F161" s="65"/>
+      <c r="G161" s="65"/>
+      <c r="H161" s="65"/>
+      <c r="I161" s="65"/>
+      <c r="J161" s="65"/>
+      <c r="K161" s="65"/>
+      <c r="L161" s="65"/>
+      <c r="M161" s="65"/>
+      <c r="N161" s="65"/>
+    </row>
+    <row r="162" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="26" t="s">
+        <v>220</v>
+      </c>
+      <c r="B162" s="32"/>
+      <c r="C162" s="78"/>
+      <c r="D162" s="78"/>
+      <c r="E162" s="27"/>
+      <c r="F162" s="27"/>
+      <c r="G162" s="27"/>
+      <c r="H162" s="27"/>
+      <c r="I162" s="27"/>
+      <c r="J162" s="27"/>
+      <c r="K162" s="27"/>
+      <c r="L162" s="27"/>
+      <c r="M162" s="27"/>
+      <c r="N162" s="27"/>
+    </row>
+    <row r="163" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B163" s="33" t="s">
+        <v>279</v>
+      </c>
+      <c r="C163" s="81">
+        <v>397693</v>
+      </c>
+      <c r="D163" s="81">
+        <v>438687</v>
+      </c>
+      <c r="E163" s="82">
+        <v>40935</v>
+      </c>
+      <c r="F163" s="65" t="s">
+        <v>221</v>
+      </c>
+      <c r="G163" s="65" t="s">
+        <v>282</v>
+      </c>
+      <c r="H163" s="65" t="s">
+        <v>304</v>
+      </c>
+      <c r="I163" s="64">
+        <v>11232</v>
+      </c>
+      <c r="J163" s="65" t="s">
+        <v>222</v>
+      </c>
+      <c r="K163" s="66">
+        <v>9.6699999999999994E-2</v>
+      </c>
+      <c r="L163" s="65" t="s">
+        <v>229</v>
+      </c>
+      <c r="M163" s="65" t="s">
+        <v>20</v>
+      </c>
+      <c r="N163" s="65" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="164" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="B164" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C164" s="81">
+        <v>-4751</v>
+      </c>
+      <c r="D164" s="81">
+        <v>-5733</v>
+      </c>
+      <c r="E164" s="65"/>
+      <c r="F164" s="65"/>
+      <c r="G164" s="65"/>
+      <c r="H164" s="65"/>
+      <c r="I164" s="65"/>
+      <c r="J164" s="65"/>
+      <c r="K164" s="65"/>
+      <c r="L164" s="65"/>
+      <c r="M164" s="65"/>
+      <c r="N164" s="65"/>
+    </row>
+    <row r="165" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="40" t="s">
+        <v>220</v>
+      </c>
+      <c r="B165" s="55" t="s">
+        <v>223</v>
+      </c>
+      <c r="C165" s="83">
+        <v>392942</v>
+      </c>
+      <c r="D165" s="83">
+        <v>432954</v>
+      </c>
+      <c r="E165" s="65"/>
+      <c r="F165" s="65"/>
+      <c r="G165" s="65"/>
+      <c r="H165" s="65"/>
+      <c r="I165" s="65"/>
+      <c r="J165" s="65"/>
+      <c r="K165" s="65"/>
+      <c r="L165" s="65"/>
+      <c r="M165" s="65"/>
+      <c r="N165" s="65"/>
+    </row>
+    <row r="166" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="26" t="s">
+        <v>224</v>
+      </c>
+      <c r="B166" s="32"/>
+      <c r="C166" s="78"/>
+      <c r="D166" s="78"/>
+      <c r="E166" s="27"/>
+      <c r="F166" s="27"/>
+      <c r="G166" s="27"/>
+      <c r="H166" s="27"/>
+      <c r="I166" s="27"/>
+      <c r="J166" s="27"/>
+      <c r="K166" s="27"/>
+      <c r="L166" s="27"/>
+      <c r="M166" s="27"/>
+      <c r="N166" s="27"/>
+    </row>
+    <row r="167" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B167" s="33" t="s">
+        <v>225</v>
+      </c>
+      <c r="C167" s="81">
+        <v>29432526</v>
+      </c>
+      <c r="D167" s="81">
+        <v>20002491</v>
+      </c>
+      <c r="E167" s="65"/>
+      <c r="F167" s="65"/>
+      <c r="G167" s="65"/>
+      <c r="H167" s="65"/>
+      <c r="I167" s="65"/>
+      <c r="J167" s="65"/>
+      <c r="K167" s="65"/>
+      <c r="L167" s="65"/>
+      <c r="M167" s="65"/>
+      <c r="N167" s="65"/>
+    </row>
+    <row r="168" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B168" s="33" t="s">
+        <v>283</v>
+      </c>
+      <c r="C168" s="81">
+        <v>-121422</v>
+      </c>
+      <c r="D168" s="81">
+        <v>-200558</v>
+      </c>
+      <c r="E168" s="65"/>
+      <c r="F168" s="65"/>
+      <c r="G168" s="65"/>
+      <c r="H168" s="65"/>
+      <c r="I168" s="65"/>
+      <c r="J168" s="65"/>
+      <c r="K168" s="65"/>
+      <c r="L168" s="65"/>
+      <c r="M168" s="65"/>
+      <c r="N168" s="65"/>
+    </row>
+    <row r="169" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B169" s="33" t="s">
+        <v>284</v>
+      </c>
+      <c r="C169" s="81">
+        <v>-418022</v>
+      </c>
+      <c r="D169" s="81">
         <v>-106164</v>
       </c>
-      <c r="E149" s="53"/>
-[...20 lines deleted...]
-      <c r="D150" s="76">
+      <c r="E169" s="65"/>
+      <c r="F169" s="65"/>
+      <c r="G169" s="65"/>
+      <c r="H169" s="65"/>
+      <c r="I169" s="65"/>
+      <c r="J169" s="65"/>
+      <c r="K169" s="65"/>
+      <c r="L169" s="65"/>
+      <c r="M169" s="65"/>
+      <c r="N169" s="65"/>
+    </row>
+    <row r="170" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B170" s="33" t="s">
+        <v>285</v>
+      </c>
+      <c r="C170" s="81">
+        <v>-539444</v>
+      </c>
+      <c r="D170" s="81">
         <v>-306722</v>
       </c>
-      <c r="E150" s="53"/>
-[...20 lines deleted...]
-      <c r="D151" s="62">
+      <c r="E170" s="65"/>
+      <c r="F170" s="65"/>
+      <c r="G170" s="65"/>
+      <c r="H170" s="65"/>
+      <c r="I170" s="65"/>
+      <c r="J170" s="65"/>
+      <c r="K170" s="65"/>
+      <c r="L170" s="65"/>
+      <c r="M170" s="65"/>
+      <c r="N170" s="65"/>
+    </row>
+    <row r="171" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B171" s="33" t="s">
+        <v>75</v>
+      </c>
+      <c r="C171" s="81">
+        <v>-365333</v>
+      </c>
+      <c r="D171" s="81">
         <v>-900755</v>
       </c>
-      <c r="E151" s="53"/>
-[...20 lines deleted...]
-      <c r="D152" s="77">
+      <c r="E171" s="65"/>
+      <c r="F171" s="65"/>
+      <c r="G171" s="65"/>
+      <c r="H171" s="65"/>
+      <c r="I171" s="65"/>
+      <c r="J171" s="65"/>
+      <c r="K171" s="65"/>
+      <c r="L171" s="65"/>
+      <c r="M171" s="65"/>
+      <c r="N171" s="65"/>
+    </row>
+    <row r="172" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A172" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B172" s="33" t="s">
+        <v>226</v>
+      </c>
+      <c r="C172" s="81">
+        <v>28527749</v>
+      </c>
+      <c r="D172" s="81">
         <v>18795014</v>
       </c>
-      <c r="E152" s="53"/>
-[...20 lines deleted...]
-      <c r="D153" s="115">
+      <c r="E172" s="65"/>
+      <c r="F172" s="65"/>
+      <c r="G172" s="65"/>
+      <c r="H172" s="65"/>
+      <c r="I172" s="65"/>
+      <c r="J172" s="65"/>
+      <c r="K172" s="65"/>
+      <c r="L172" s="65"/>
+      <c r="M172" s="65"/>
+      <c r="N172" s="65"/>
+    </row>
+    <row r="173" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="94" t="s">
+        <v>224</v>
+      </c>
+      <c r="B173" s="45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C173" s="91">
+        <v>28527749</v>
+      </c>
+      <c r="D173" s="91">
         <v>18795014</v>
       </c>
-      <c r="E153" s="91"/>
-[...51 lines deleted...]
-    <row r="176" x14ac:dyDescent="0.3"/>
+      <c r="E173" s="46"/>
+      <c r="F173" s="46"/>
+      <c r="G173" s="46"/>
+      <c r="H173" s="46"/>
+      <c r="I173" s="46"/>
+      <c r="J173" s="46"/>
+      <c r="K173" s="46"/>
+      <c r="L173" s="46"/>
+      <c r="M173" s="46"/>
+      <c r="N173" s="46"/>
+    </row>
+    <row r="174" spans="1:14" ht="81" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="99" t="s">
+        <v>359</v>
+      </c>
+      <c r="B174" s="99"/>
+      <c r="C174" s="99"/>
+      <c r="D174" s="99"/>
+      <c r="E174" s="99"/>
+      <c r="F174" s="99"/>
+      <c r="G174" s="99"/>
+      <c r="H174" s="99"/>
+      <c r="I174" s="99"/>
+      <c r="J174" s="99"/>
+      <c r="K174" s="99"/>
+      <c r="L174" s="99"/>
+      <c r="M174" s="99"/>
+      <c r="N174" s="99"/>
+    </row>
+    <row r="175" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A175" s="42"/>
+    </row>
+    <row r="176" spans="1:14" x14ac:dyDescent="0.3"/>
     <row r="177" x14ac:dyDescent="0.3"/>
     <row r="178" x14ac:dyDescent="0.3"/>
     <row r="179" x14ac:dyDescent="0.3"/>
     <row r="180" x14ac:dyDescent="0.3"/>
     <row r="181" x14ac:dyDescent="0.3"/>
     <row r="182" x14ac:dyDescent="0.3"/>
     <row r="183" x14ac:dyDescent="0.3"/>
     <row r="184" x14ac:dyDescent="0.3"/>
     <row r="185" x14ac:dyDescent="0.3"/>
     <row r="186" x14ac:dyDescent="0.3"/>
     <row r="187" x14ac:dyDescent="0.3"/>
     <row r="188" x14ac:dyDescent="0.3"/>
     <row r="189" x14ac:dyDescent="0.3"/>
     <row r="190" x14ac:dyDescent="0.3"/>
     <row r="191" x14ac:dyDescent="0.3"/>
     <row r="192" x14ac:dyDescent="0.3"/>
     <row r="193" x14ac:dyDescent="0.3"/>
     <row r="194" x14ac:dyDescent="0.3"/>
     <row r="195" x14ac:dyDescent="0.3"/>
     <row r="196" x14ac:dyDescent="0.3"/>
     <row r="197" x14ac:dyDescent="0.3"/>
     <row r="198" x14ac:dyDescent="0.3"/>
     <row r="199" x14ac:dyDescent="0.3"/>
     <row r="200" x14ac:dyDescent="0.3"/>
     <row r="201" x14ac:dyDescent="0.3"/>
@@ -8800,86 +9473,115 @@
     <row r="254" x14ac:dyDescent="0.3"/>
     <row r="255" x14ac:dyDescent="0.3"/>
     <row r="256" x14ac:dyDescent="0.3"/>
     <row r="257" x14ac:dyDescent="0.3"/>
     <row r="258" x14ac:dyDescent="0.3"/>
     <row r="259" x14ac:dyDescent="0.3"/>
     <row r="260" x14ac:dyDescent="0.3"/>
     <row r="261" x14ac:dyDescent="0.3"/>
     <row r="262" x14ac:dyDescent="0.3"/>
     <row r="263" x14ac:dyDescent="0.3"/>
     <row r="264" x14ac:dyDescent="0.3"/>
     <row r="265" x14ac:dyDescent="0.3"/>
     <row r="266" x14ac:dyDescent="0.3"/>
     <row r="267" x14ac:dyDescent="0.3"/>
     <row r="268" x14ac:dyDescent="0.3"/>
     <row r="269" x14ac:dyDescent="0.3"/>
     <row r="270" x14ac:dyDescent="0.3"/>
     <row r="271" x14ac:dyDescent="0.3"/>
     <row r="272" x14ac:dyDescent="0.3"/>
     <row r="273" x14ac:dyDescent="0.3"/>
     <row r="274" x14ac:dyDescent="0.3"/>
     <row r="275" x14ac:dyDescent="0.3"/>
     <row r="276" x14ac:dyDescent="0.3"/>
     <row r="277" x14ac:dyDescent="0.3"/>
     <row r="278" x14ac:dyDescent="0.3"/>
+    <row r="279" x14ac:dyDescent="0.3"/>
+    <row r="280" x14ac:dyDescent="0.3"/>
+    <row r="281" x14ac:dyDescent="0.3"/>
+    <row r="282" x14ac:dyDescent="0.3"/>
+    <row r="283" x14ac:dyDescent="0.3"/>
+    <row r="284" x14ac:dyDescent="0.3"/>
+    <row r="285" x14ac:dyDescent="0.3"/>
+    <row r="286" x14ac:dyDescent="0.3"/>
+    <row r="287" x14ac:dyDescent="0.3"/>
+    <row r="288" x14ac:dyDescent="0.3"/>
+    <row r="289" x14ac:dyDescent="0.3"/>
+    <row r="290" x14ac:dyDescent="0.3"/>
+    <row r="291" x14ac:dyDescent="0.3"/>
+    <row r="292" x14ac:dyDescent="0.3"/>
+    <row r="293" x14ac:dyDescent="0.3"/>
+    <row r="294" x14ac:dyDescent="0.3"/>
+    <row r="295" x14ac:dyDescent="0.3"/>
+    <row r="296" x14ac:dyDescent="0.3"/>
+    <row r="297" x14ac:dyDescent="0.3"/>
+    <row r="298" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A154:N154"/>
+    <mergeCell ref="A174:N174"/>
   </mergeCells>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{3A4CF648-6AED-40f4-86FF-DC5316D8AED3}">
       <x14:slicerList xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
         <x14:slicer r:id="rId4"/>
       </x14:slicerList>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010038B53EC70B19154F847114FD6A4D5328" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="758d98cfd65a0cb8ee68429253ef5543">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ea1888-58bd-418c-b43c-58c28926d54d" xmlns:ns3="5f332ce5-39e8-4732-8d0b-090ccb72a6d7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4c6541eb0d5db45f6a71d8a7af6210cd" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010038B53EC70B19154F847114FD6A4D5328" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="7974012868a5006965c3247647575ec5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ea1888-58bd-418c-b43c-58c28926d54d" xmlns:ns3="5f332ce5-39e8-4732-8d0b-090ccb72a6d7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="eec5e44d65124334b241dbbdc5da778f" ns2:_="" ns3:_="">
     <xsd:import namespace="a0ea1888-58bd-418c-b43c-58c28926d54d"/>
     <xsd:import namespace="5f332ce5-39e8-4732-8d0b-090ccb72a6d7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -9094,126 +9796,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ea1888-58bd-418c-b43c-58c28926d54d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5f332ce5-39e8-4732-8d0b-090ccb72a6d7" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC8C072-C2AF-4A23-BC67-7EE561B2D365}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84CF56F7-644F-4960-9365-02F01D0F1F78}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F535DA82-7525-4F7F-8228-B5050B5CE315}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0ea1888-58bd-418c-b43c-58c28926d54d"/>
     <ds:schemaRef ds:uri="5f332ce5-39e8-4732-8d0b-090ccb72a6d7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C91E2E4-794E-460C-8636-4321E685F55A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a0ea1888-58bd-418c-b43c-58c28926d54d"/>
     <ds:schemaRef ds:uri="5f332ce5-39e8-4732-8d0b-090ccb72a6d7"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2T25</vt:lpstr>
+      <vt:lpstr>4T25</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Simone de Oliveira Amaral Santos</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>