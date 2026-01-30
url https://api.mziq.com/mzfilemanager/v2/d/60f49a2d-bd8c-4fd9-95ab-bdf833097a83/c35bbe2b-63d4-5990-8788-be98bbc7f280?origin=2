--- v0 (2025-10-10)
+++ v1 (2026-01-30)
@@ -6,100 +6,97 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/slicerCaches/slicerCache1.xml" ContentType="application/vnd.ms-excel.slicerCache+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/slicers/slicer1.xml" ContentType="application/vnd.ms-excel.slicer+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://energisa.sharepoint.com/sites/EnergisaRI/Documentos Compartilhados/General/Site/Endividamento-Gestão Dívidas/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="361" documentId="8_{411B5D70-4672-45F5-8A8D-B0B2F585D60E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{890FB90C-5EE6-48D5-A473-CC2B880BB73A}"/>
+  <xr:revisionPtr revIDLastSave="484" documentId="8_{411B5D70-4672-45F5-8A8D-B0B2F585D60E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B02D11AE-BEB7-4D33-8953-9F7585B2E355}"/>
   <bookViews>
     <workbookView xWindow="20370" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6BDA3B26-4CA7-481C-A892-22D8723C8DE7}"/>
   </bookViews>
   <sheets>
-    <sheet name="2Q25" sheetId="1" r:id="rId1"/>
+    <sheet name="3Q25" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="SegmentaçãodeDados_Cia.">#N/A</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{46BE6895-7355-4a93-B00E-2C351335B9C9}">
       <x15:slicerCaches xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
         <x14:slicerCache r:id="rId2"/>
       </x15:slicerCaches>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1154" uniqueCount="448">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1263" uniqueCount="493">
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Operations</t>
   </si>
   <si>
     <t>Issuance</t>
   </si>
   <si>
     <t>Number of Issued / 
 Outstanding Bonds</t>
   </si>
   <si>
     <t>Yields (% p.a.)</t>
   </si>
   <si>
     <t>Swap Charges – Liability Leg (% p.a.)</t>
   </si>
   <si>
     <t>Maturity</t>
   </si>
   <si>
     <t>Principal 
 Amortization</t>
@@ -164,1298 +161,1435 @@
   <si>
     <t>EAC</t>
   </si>
   <si>
     <t>CONSOL</t>
   </si>
   <si>
     <t>10/15/2017</t>
   </si>
   <si>
     <t>2472 / 2472</t>
   </si>
   <si>
     <t>IPCA + 5.11%</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Oct/27</t>
   </si>
   <si>
     <t>Final</t>
   </si>
   <si>
-    <t>5.53%</t>
-[...1 lines deleted...]
-  <si>
     <t>R</t>
   </si>
   <si>
     <t>04/15/2019</t>
   </si>
   <si>
     <t>500000 / 500000</t>
   </si>
   <si>
     <t>IPCA + 4.62%</t>
   </si>
   <si>
     <t>Apr/26</t>
   </si>
   <si>
-    <t>5.30%</t>
-[...1 lines deleted...]
-  <si>
     <t>SG</t>
   </si>
   <si>
     <t>08/25/2020</t>
   </si>
   <si>
     <t>576396 / 576396</t>
   </si>
   <si>
     <t>CDI + 2.30%</t>
   </si>
   <si>
     <t>Aug/25</t>
   </si>
   <si>
     <t>Annual from Aug/23</t>
   </si>
   <si>
     <t>7.56%</t>
   </si>
   <si>
     <t>10/15/2020</t>
   </si>
   <si>
     <t>55000 / 55000</t>
   </si>
   <si>
     <t>IPCA + 4.23%</t>
   </si>
   <si>
-    <t>5.10%</t>
-[...1 lines deleted...]
-  <si>
     <t>425000 / 425000</t>
   </si>
   <si>
     <t>IPCA + 4.47%</t>
   </si>
   <si>
-    <t>CDI - 1.54</t>
-[...1 lines deleted...]
-  <si>
     <t>Oct/30</t>
   </si>
   <si>
     <t>Annual from Oct/28</t>
   </si>
   <si>
-    <t>5.22%</t>
-[...4 lines deleted...]
-  <si>
     <t>10/15/2021</t>
   </si>
   <si>
     <t>330000 / 330000</t>
   </si>
   <si>
     <t>IPCA + 6.09%</t>
   </si>
   <si>
     <t>Oct/31</t>
   </si>
   <si>
     <t>Annual from Oct/29</t>
   </si>
   <si>
-    <t>6.01%</t>
-[...1 lines deleted...]
-  <si>
     <t>700000 / 700000</t>
   </si>
   <si>
     <t>CDI + 1.64%</t>
   </si>
   <si>
     <t>Oct/26</t>
   </si>
   <si>
-    <t>7.24%</t>
-[...4 lines deleted...]
-  <si>
     <t>CDI + 1.80%</t>
   </si>
   <si>
     <t>Oct/28</t>
   </si>
   <si>
-    <t>7.32%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 9th Issuance Series 3</t>
   </si>
   <si>
     <t>Debentures 11th Issuance</t>
   </si>
   <si>
     <t>Debentures 13th Issuance</t>
   </si>
   <si>
     <t>Debentures 14th Issuance / Series 1</t>
   </si>
   <si>
     <t>Debentures 14th Issuance / Series 2</t>
   </si>
   <si>
     <t>Debentures 15th Issuance Series 1</t>
   </si>
   <si>
     <t>Debentures 15th Issuance Series 2</t>
   </si>
   <si>
-    <t>Debentures 15th Issuance Series 3</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 16th Issuance Series 1</t>
   </si>
   <si>
     <t>04/15/2022</t>
   </si>
   <si>
     <t>309,383 / 309,383</t>
   </si>
   <si>
     <t>IPCA + 6.16%</t>
   </si>
   <si>
     <t>Apr/29</t>
   </si>
   <si>
     <t>Annual from Apr/27</t>
   </si>
   <si>
-    <t>6.04%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 16th Issuance Series 2</t>
   </si>
   <si>
     <t>190,617 / 190,617</t>
   </si>
   <si>
     <t>IPCA + 6.28%</t>
   </si>
   <si>
     <t>Apr/32</t>
   </si>
   <si>
     <t>Annual from Apr/30</t>
   </si>
   <si>
-    <t>6.10%</t>
-[...4 lines deleted...]
-  <si>
     <t>250,000 / 250,000</t>
   </si>
   <si>
     <t>CDI + 1.50%</t>
   </si>
   <si>
     <t>Apr/27</t>
   </si>
   <si>
-    <t>7.17%</t>
-[...4 lines deleted...]
-  <si>
     <t>10/20/2022</t>
   </si>
   <si>
     <t>550,000 / 550,000</t>
   </si>
   <si>
-    <t>Debentures 17th Issuance Series 2</t>
-[...1 lines deleted...]
-  <si>
     <t>200,000 / 200,000</t>
   </si>
   <si>
     <t>CDI + 1.65%</t>
   </si>
   <si>
     <t>Oct/29</t>
   </si>
   <si>
-    <t>Debentures 18th Issuance Series 1</t>
-[...7 lines deleted...]
-  <si>
     <t>06/20/2023</t>
   </si>
   <si>
-    <t>1,130,000 / 1,130,000</t>
-[...1 lines deleted...]
-  <si>
     <t>CDI + 1.60%</t>
   </si>
   <si>
-    <t>7.22%</t>
-[...4 lines deleted...]
-  <si>
     <t>400,000 / 400,000</t>
   </si>
   <si>
     <t>CDI + 2.10%</t>
   </si>
   <si>
-    <t>7.46%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 19th Issuance Series 1</t>
   </si>
   <si>
     <t>09/15/2023</t>
   </si>
   <si>
     <t>184,299 / 184,299</t>
   </si>
   <si>
     <t>IPCA + 6.17%</t>
   </si>
   <si>
-    <t>CDI + 0.65</t>
-[...1 lines deleted...]
-  <si>
     <t>Sep/30</t>
   </si>
   <si>
-    <t>6.05%</t>
-[...1 lines deleted...]
-  <si>
     <t>6.74%</t>
   </si>
   <si>
     <t>Debentures 19th Issuance Series 2</t>
   </si>
   <si>
-    <t>1,278,385</t>
-[...4 lines deleted...]
-  <si>
     <t>1,152,701 / 1,152,701</t>
   </si>
   <si>
     <t>IPCA + 6.45%</t>
   </si>
   <si>
-    <t>CDI + 0.90 / CDI 0.88 / CDI + 0.891</t>
-[...1 lines deleted...]
-  <si>
     <t>Sep/33</t>
   </si>
   <si>
     <t>6.19%</t>
   </si>
   <si>
-    <t>6.87%</t>
-[...7 lines deleted...]
-  <si>
     <t>CDI + 1.45%</t>
   </si>
   <si>
     <t>Sep/28</t>
   </si>
   <si>
-    <t>7.14%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 20th Issuance Series 1</t>
   </si>
   <si>
     <t>04/15/2024</t>
   </si>
   <si>
     <t>646,556 / 646,556</t>
   </si>
   <si>
-    <t>CDI + 0.15</t>
-[...1 lines deleted...]
-  <si>
     <t>Apr/31</t>
   </si>
   <si>
-    <t>6.49%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 20th Issuance Series 2</t>
   </si>
   <si>
     <t>793,444 / 793,444</t>
   </si>
   <si>
     <t>IPCA + 6.40%</t>
   </si>
   <si>
     <t>CDI + 0.44</t>
   </si>
   <si>
     <t>Apr/39</t>
   </si>
   <si>
-    <t>6.16%</t>
-[...4 lines deleted...]
-  <si>
     <t>Debentures 21st Issuance Series 2</t>
   </si>
   <si>
     <t>876564 / 876-564</t>
   </si>
   <si>
     <t>CDI + 0.80%</t>
   </si>
   <si>
     <t>Sep/29</t>
   </si>
   <si>
     <t>6.82%</t>
   </si>
   <si>
     <t>Debentures 22nd Issuance Series 2</t>
   </si>
   <si>
     <t>09/15/2024</t>
   </si>
   <si>
-    <t>730,000 / 730,000</t>
-[...1 lines deleted...]
-  <si>
     <t>IPCA + 6.44%</t>
   </si>
   <si>
-    <t>CDI + 0.04</t>
-[...1 lines deleted...]
-  <si>
     <t>Sep/34</t>
   </si>
   <si>
-    <t>6.18%</t>
-[...4 lines deleted...]
-  <si>
     <t>Debentures 23rd Issuance Series 1</t>
   </si>
   <si>
     <t>02/25/2025</t>
   </si>
   <si>
     <t>579,459 / 579,459</t>
   </si>
   <si>
     <t>Feb/30</t>
   </si>
   <si>
     <t>Debentures 23rd Issuance Series 2</t>
   </si>
   <si>
     <t>320,541 / 320,541</t>
   </si>
   <si>
     <t>CDI + 0.95%</t>
   </si>
   <si>
     <t>Feb/32</t>
   </si>
   <si>
-    <t>6.89%</t>
-[...4 lines deleted...]
-  <si>
     <t>Mark-to-market of debt</t>
   </si>
   <si>
-    <t>Total INDIVIDUAL ESA</t>
-[...4 lines deleted...]
-  <si>
     <t>10,088,240</t>
   </si>
   <si>
     <t>(Debentures 18th Issuance Series 1) (2)</t>
   </si>
   <si>
-    <t>Total ESA</t>
-[...4 lines deleted...]
-  <si>
     <t>9,291,584</t>
   </si>
   <si>
     <t>Debentures 6th issuance</t>
   </si>
   <si>
     <t>09/15/2018</t>
   </si>
   <si>
     <t>65000 / 65000</t>
   </si>
   <si>
     <t>IPCA + 5.08%</t>
   </si>
   <si>
     <t>Sep/25</t>
   </si>
   <si>
     <t>Annual from Sep/23</t>
   </si>
   <si>
-    <t>5.52%</t>
-[...1 lines deleted...]
-  <si>
     <t>A</t>
   </si>
   <si>
     <t>01/15/2022</t>
   </si>
   <si>
     <t>68,000 / 68,000</t>
   </si>
   <si>
     <t>IPCA + 5.74%</t>
   </si>
   <si>
-    <t>CDI + 0.509%</t>
-[...7 lines deleted...]
-  <si>
     <t>Total ESE</t>
   </si>
   <si>
     <t>Debentures 5th Issuance</t>
   </si>
   <si>
     <t>135000 / 135000</t>
   </si>
   <si>
     <t>Debentures 6th Issuance Series 2</t>
   </si>
   <si>
     <t>48000 / 48000</t>
   </si>
   <si>
     <t>CDI + 0.83%</t>
   </si>
   <si>
-    <t>6.83%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 8th Issuance</t>
   </si>
   <si>
     <t>146933 / 146933</t>
   </si>
   <si>
     <t>63,000 / 63,000</t>
   </si>
   <si>
     <t>IPCA + 6.01%</t>
   </si>
   <si>
     <t>CDI + 0.755%</t>
   </si>
   <si>
     <t>Semiannual from Jan/29</t>
   </si>
   <si>
-    <t>5.97%</t>
-[...4 lines deleted...]
-  <si>
     <t>Debentures 13th Issuance / Series 1</t>
   </si>
   <si>
     <t>125,747 / 125,747</t>
   </si>
   <si>
     <t xml:space="preserve">CDI + 0.15% </t>
   </si>
   <si>
     <t>Debentures 13th Issuance / Series 2</t>
   </si>
   <si>
     <t>174,253 / 174,253</t>
   </si>
   <si>
-    <t>CDI + 0.44%</t>
-[...1 lines deleted...]
-  <si>
     <t>Semiannual as from Apr/37</t>
   </si>
   <si>
     <t>Debentures 14th Issuance</t>
   </si>
   <si>
     <t>36,764 / 36,764</t>
   </si>
   <si>
     <t>03/25/2025</t>
   </si>
   <si>
     <t>100,000 / 100,000</t>
   </si>
   <si>
     <t>Total EPB</t>
   </si>
   <si>
     <t>Debentures 4th Issuance</t>
   </si>
   <si>
     <t>12/22/2009</t>
   </si>
   <si>
     <t>370,000 / 0</t>
   </si>
   <si>
     <t>1.00%</t>
   </si>
   <si>
-    <t>0.50%</t>
-[...1 lines deleted...]
-  <si>
     <t>Total REDE ENERGIA</t>
   </si>
   <si>
     <t>155000 / 155000</t>
   </si>
   <si>
     <t>139471 / 139471</t>
   </si>
   <si>
     <t>Debentures 16th Issuance</t>
   </si>
   <si>
     <t>320,000 / 320,000</t>
   </si>
   <si>
     <t>CDI + 0.85%</t>
   </si>
   <si>
     <t>6.84%</t>
   </si>
   <si>
     <t>Debentures 17th Issuance</t>
   </si>
   <si>
     <t>08/22/2022</t>
   </si>
   <si>
     <t>150,000 / 150,000</t>
   </si>
   <si>
     <t>Aug/27</t>
   </si>
   <si>
     <t>Annual from Oct/26</t>
   </si>
   <si>
     <t>Debentures 21st issuance</t>
   </si>
   <si>
     <t>IPCA + 6.11%</t>
   </si>
   <si>
-    <t>CDI+0.72%</t>
-[...1 lines deleted...]
-  <si>
     <t>Feb/31</t>
   </si>
   <si>
-    <t>6.02%</t>
-[...4 lines deleted...]
-  <si>
     <t>Debentures 23rd issuance</t>
   </si>
   <si>
     <t>250,455 / 250,455</t>
   </si>
   <si>
     <t>Debentures 24th issuance</t>
   </si>
   <si>
     <t>270,000 / 270,000</t>
   </si>
   <si>
-    <t>CDI+0.04%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 25th issuance</t>
   </si>
   <si>
     <t>12/15/2024</t>
   </si>
   <si>
     <t>190,000 / 190.0000</t>
   </si>
   <si>
     <t>Dec/29</t>
   </si>
   <si>
     <t>Debentures 26th issuance</t>
   </si>
   <si>
     <t>05/15/2025</t>
   </si>
   <si>
     <t>410,000 / 410,000</t>
   </si>
   <si>
     <t>FIXED + 13.70%</t>
   </si>
   <si>
-    <t>CDI+0.16%</t>
-[...1 lines deleted...]
-  <si>
     <t>May/32</t>
   </si>
   <si>
-    <t>6.63%</t>
-[...4 lines deleted...]
-  <si>
     <t>Total EMS</t>
   </si>
   <si>
-    <t>2,191,551</t>
-[...1 lines deleted...]
-  <si>
     <t>1,764,567</t>
   </si>
   <si>
     <t>Debentures 9th Issuance</t>
   </si>
   <si>
     <t>385000 / 385000</t>
   </si>
   <si>
-    <t xml:space="preserve">- </t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 10th Issuance Series 2</t>
   </si>
   <si>
     <t>32500 / 32500</t>
   </si>
   <si>
     <t>CDI + 1.05%</t>
   </si>
   <si>
     <t>Annual from Jun/27</t>
   </si>
   <si>
-    <t>6.94%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 12th Issuance</t>
   </si>
   <si>
     <t>381354 / 381354</t>
   </si>
   <si>
-    <t>Debentures 13th Issuance Series 1</t>
-[...1 lines deleted...]
-  <si>
     <t>60100 / 60100</t>
   </si>
   <si>
-    <t>Debentures 13th Issuance Series 2</t>
-[...1 lines deleted...]
-  <si>
     <t>69900 / 69900</t>
   </si>
   <si>
-    <t>CDI + 1.754%</t>
-[...1 lines deleted...]
-  <si>
     <t>350000 / 350000</t>
   </si>
   <si>
     <t>CDI + 0.705%</t>
   </si>
   <si>
-    <t>6.77%</t>
-[...1 lines deleted...]
-  <si>
     <t>164,437 / 164,437</t>
   </si>
   <si>
     <t>CDI + 0.717%</t>
   </si>
   <si>
     <t>95,563 / 95,563</t>
   </si>
   <si>
     <t>CDI + 0.880%</t>
   </si>
   <si>
     <t>6.86%</t>
   </si>
   <si>
     <t>CDI + 0.7275%</t>
   </si>
   <si>
     <t>Annual from Feb/30</t>
   </si>
   <si>
     <t>Debentures 18th Issuance</t>
   </si>
   <si>
     <t>460,000 / 460,000</t>
   </si>
   <si>
     <t>CDI + 0.75%</t>
   </si>
   <si>
-    <t>6.79%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 20th issuance</t>
   </si>
   <si>
     <t>116,404 / 116,404</t>
   </si>
   <si>
     <t>Debentures 22nd Issuance Series 1</t>
   </si>
   <si>
     <t>718,000 / 718,000</t>
   </si>
   <si>
     <t>262,000 / 262,000</t>
   </si>
   <si>
     <t>Dec/31</t>
   </si>
   <si>
     <t>Debentures 22nd Issuance Series 3</t>
   </si>
   <si>
     <t>IPCA + 7.03%</t>
   </si>
   <si>
-    <t>CDI + 0.067%</t>
-[...1 lines deleted...]
-  <si>
     <t>Dec/34</t>
   </si>
   <si>
-    <t>6.46%</t>
-[...4 lines deleted...]
-  <si>
     <t>Debentures 23rd Issuance Single Tranche</t>
   </si>
   <si>
     <t>800,000 / 800,000</t>
   </si>
   <si>
     <t>Debentures 24th Issuance Single Tranche</t>
   </si>
   <si>
     <t>360,000 / 360,000</t>
   </si>
   <si>
-    <t>CDI + 0.016%</t>
-[...1 lines deleted...]
-  <si>
     <t>Total EMT</t>
   </si>
   <si>
-    <t>4,554,624</t>
-[...1 lines deleted...]
-  <si>
     <t>3,303,112</t>
   </si>
   <si>
     <t>Debentures 10th Issuance</t>
   </si>
   <si>
     <t>50000 / 50000</t>
   </si>
   <si>
     <t>Debentures 11th Issuance Series 2</t>
   </si>
   <si>
     <t>36000 / 36000</t>
   </si>
   <si>
     <t>60,000 / 60,000</t>
   </si>
   <si>
     <t>Annual from Aug/26</t>
   </si>
   <si>
     <t>Debentures 1st Issuance Series 2</t>
   </si>
   <si>
     <t>02/15/2020</t>
   </si>
   <si>
     <t>26300 / 26300</t>
   </si>
   <si>
     <t>CDI + 1.15%</t>
   </si>
   <si>
     <t>Feb/25</t>
   </si>
   <si>
-    <t>6.99%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 18th Single Issuance</t>
   </si>
   <si>
     <t>190,000 / 190,000</t>
   </si>
   <si>
     <t>Total EMR</t>
   </si>
   <si>
     <t>240000 / 240000</t>
   </si>
   <si>
     <t>Annual from Oct/23</t>
   </si>
   <si>
     <t>Debentures 5th Issuance Series 2</t>
   </si>
   <si>
     <t>162404 / 162404</t>
   </si>
   <si>
     <t>02/15/2023</t>
   </si>
   <si>
     <t>CDI + 1.40%</t>
   </si>
   <si>
-    <t>7.12%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 12th Issuance Single Tranche</t>
   </si>
   <si>
     <t>CDI + 1.00%</t>
   </si>
   <si>
     <t>Annual from Apr/38</t>
   </si>
   <si>
-    <t>6.92%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 13th Issuance Single Tranche</t>
   </si>
   <si>
     <t>IPCA + 7.30%</t>
   </si>
   <si>
-    <t>CDI+0.078%</t>
-[...1 lines deleted...]
-  <si>
     <t>May/35</t>
   </si>
   <si>
     <t>Annual from Apr/39</t>
   </si>
   <si>
-    <t>6.60%</t>
-[...1 lines deleted...]
-  <si>
     <t>Total ETO</t>
   </si>
   <si>
-    <t>1,016,537</t>
-[...1 lines deleted...]
-  <si>
     <t>70000 / 70000</t>
   </si>
   <si>
     <t>60000 / 60000</t>
   </si>
   <si>
     <t>Debentures 7th issuance</t>
   </si>
   <si>
     <t>81,000 / 81,000</t>
   </si>
   <si>
     <t>IPCA + 6.10%</t>
   </si>
   <si>
     <t>CDI + 0.814%</t>
   </si>
   <si>
     <t>Annual from Jan/30</t>
   </si>
   <si>
     <t>120,000 / 120,000</t>
   </si>
   <si>
     <t>165,000 / 165,000</t>
   </si>
   <si>
     <t>Annual from Aug/27</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
-    <t>CDI+0.055%</t>
-[...4 lines deleted...]
-  <si>
     <t>Total ESS</t>
   </si>
   <si>
     <t>Debentures 1st Issuance Series 1</t>
   </si>
   <si>
     <t>12/15/2018</t>
   </si>
   <si>
     <t>75500 / 75500</t>
   </si>
   <si>
     <t>IPCA + 4.92%</t>
   </si>
   <si>
     <t>Dec/25</t>
   </si>
   <si>
-    <t>5.44%</t>
-[...1 lines deleted...]
-  <si>
     <t>F</t>
   </si>
   <si>
     <t>51462 / 51462</t>
   </si>
   <si>
     <t>IPCA + 5.14%</t>
   </si>
   <si>
     <t>105.15% CDI</t>
   </si>
   <si>
     <t>Dec/28</t>
   </si>
   <si>
     <t>Annual from Dec/26</t>
   </si>
   <si>
-    <t>5.55%</t>
-[...4 lines deleted...]
-  <si>
     <t>Debentures 1st Issuance Series 3</t>
   </si>
   <si>
     <t>123038 / 123038</t>
   </si>
   <si>
     <t>IPCA + 4.98%</t>
   </si>
   <si>
-    <t>5.47%</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 2nd Issuance Series 1</t>
   </si>
   <si>
     <t>57,400 / 57,400</t>
   </si>
   <si>
     <t>Debentures 2nd Issuance / Series 2</t>
   </si>
   <si>
     <t>82600 / 82600</t>
   </si>
   <si>
     <t>CDI - 1.54%</t>
   </si>
   <si>
     <t>Total ETE</t>
   </si>
   <si>
     <t>280,000 / 280,000</t>
   </si>
   <si>
     <t>Debentures 12th Issuance Series 1</t>
   </si>
   <si>
-    <t>348,500 / 348,500</t>
-[...1 lines deleted...]
-  <si>
     <t>Debentures 12th Issuance Series 2</t>
   </si>
   <si>
     <t>51,500 / 51,500</t>
   </si>
   <si>
     <t>CDI + 1.10%</t>
   </si>
   <si>
     <t>Annual from Dec/30</t>
   </si>
   <si>
-    <t>6.97%</t>
-[...1 lines deleted...]
-  <si>
     <t>290,000 / 290,000</t>
   </si>
   <si>
-    <t>CDI-0.16%</t>
-[...1 lines deleted...]
-  <si>
     <t>Annual from Dec/31</t>
   </si>
   <si>
     <t>Total ERO</t>
   </si>
   <si>
-    <t>Debentures 2nd issuance</t>
-[...1 lines deleted...]
-  <si>
     <t>03/15/2021</t>
   </si>
   <si>
     <t>130000 / 130000</t>
   </si>
   <si>
     <t>CDI + 2.35%</t>
   </si>
   <si>
-    <t>7.59%</t>
-[...1 lines deleted...]
-  <si>
     <t>Total ALSOL</t>
   </si>
   <si>
     <t>IPCA + 5.09%</t>
   </si>
   <si>
     <t>Oct/38</t>
   </si>
   <si>
     <t>Annual from Oct/22</t>
   </si>
   <si>
     <t>Total LTTE</t>
   </si>
   <si>
-    <t>Debentures 1st Issuance</t>
-[...1 lines deleted...]
-  <si>
     <t>01/27/2012</t>
   </si>
   <si>
     <t>602,447,753 / 602,447,753</t>
   </si>
   <si>
     <t>TJLP + 1.00%</t>
   </si>
   <si>
-    <t>Semiannual as from Apr/15</t>
-[...4 lines deleted...]
-  <si>
     <t>R + S + B</t>
   </si>
   <si>
     <t>ICSD</t>
   </si>
   <si>
-    <t>03/29/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>IPCA + 5.83%</t>
   </si>
   <si>
     <t>Oct/36</t>
   </si>
   <si>
     <t>Annual from Apr/23</t>
   </si>
   <si>
-    <t>5.88%</t>
-[...4 lines deleted...]
-  <si>
     <t>569,568,025 / 569,568,025</t>
   </si>
   <si>
     <t>Semiannual as from Oct/22</t>
   </si>
   <si>
     <t>Total LMTE</t>
   </si>
   <si>
-    <t xml:space="preserve">Debentures 3rd issuance </t>
-[...4 lines deleted...]
-  <si>
     <t>140,000 / 140,000</t>
   </si>
   <si>
     <t>Total EAC</t>
   </si>
   <si>
-    <t>06/30/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>12/31/2024</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>24,289,093</t>
-[...1 lines deleted...]
-  <si>
     <t>20,002,491</t>
   </si>
   <si>
     <t>(-) Funding costs (Mirror debentures)</t>
   </si>
   <si>
     <t>(-) Funding costs (Non-mirror debentures)</t>
   </si>
   <si>
-    <t>Total (-) Funding costs</t>
-[...1 lines deleted...]
-  <si>
     <t>Total local currency</t>
   </si>
   <si>
-    <t>23,405,318</t>
-[...1 lines deleted...]
-  <si>
     <t>18,795,014</t>
   </si>
   <si>
     <t>CONSOLIDATED</t>
   </si>
   <si>
-    <t>jun/26</t>
-[...5 lines deleted...]
-    <t>(1)	R = Receivables, A = Energisa S/A Aval and SG = Unsecured, S = Surety
+    <t>Debt  | 3Q25</t>
+  </si>
+  <si>
+    <t>09/30/2025</t>
+  </si>
+  <si>
+    <t>6.48%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                      -   </t>
+  </si>
+  <si>
+    <t>12.08%</t>
+  </si>
+  <si>
+    <t>6.37%</t>
+  </si>
+  <si>
+    <t>0.092</t>
+  </si>
+  <si>
+    <t>11.59%</t>
+  </si>
+  <si>
+    <t>Debentures 15th Issuance Series 3 (6)</t>
+  </si>
+  <si>
+    <t>300000 / 82665</t>
+  </si>
+  <si>
+    <t>11.71%</t>
+  </si>
+  <si>
+    <t>7.61%</t>
+  </si>
+  <si>
+    <t>7.70%</t>
+  </si>
+  <si>
+    <t>Debentures 16th Issuance Series 3 (6)</t>
+  </si>
+  <si>
+    <t>250,000 / 66,197</t>
+  </si>
+  <si>
+    <t>11.48%</t>
+  </si>
+  <si>
+    <t>Debentures 17th Issuance Series 1 (6)</t>
+  </si>
+  <si>
+    <t>550,000 / 18,404</t>
+  </si>
+  <si>
+    <t>Debentures 17th Issuance Series 2 (6)</t>
+  </si>
+  <si>
+    <t>200,000 / 100,000</t>
+  </si>
+  <si>
+    <t>Debentures 18th Issuance Series 1 (6)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       1,364,298 </t>
+  </si>
+  <si>
+    <t>1,130,000 / 67,954</t>
+  </si>
+  <si>
+    <t>11.56%</t>
+  </si>
+  <si>
+    <t>Debentures 18th Issuance Series 2 (6)</t>
+  </si>
+  <si>
+    <t>400,000 / 133,774</t>
+  </si>
+  <si>
+    <t>11.93%</t>
+  </si>
+  <si>
+    <t>CDI + 0.65%</t>
+  </si>
+  <si>
+    <t>7.62%</t>
+  </si>
+  <si>
+    <t>10.85%</t>
+  </si>
+  <si>
+    <t>1,262,234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       1,239,364 </t>
+  </si>
+  <si>
+    <t>CDI + 0.90  / CDI 0.88  / CDI + 0.891</t>
+  </si>
+  <si>
+    <t>7.83%</t>
+  </si>
+  <si>
+    <t>11.03%</t>
+  </si>
+  <si>
+    <t>Debentures 19th Issuance Series 3 (6)</t>
+  </si>
+  <si>
+    <t>500,000 / 110,747</t>
+  </si>
+  <si>
+    <t>11.45%</t>
+  </si>
+  <si>
+    <t>10.47%</t>
+  </si>
+  <si>
+    <t>7.80%</t>
+  </si>
+  <si>
+    <t>10.69%</t>
+  </si>
+  <si>
+    <t>10.96%</t>
+  </si>
+  <si>
+    <t>0.00%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">730,000 / 730,000 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0.04% </t>
+  </si>
+  <si>
+    <t>7.82%</t>
+  </si>
+  <si>
+    <t>10.39%</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - </t>
+  </si>
+  <si>
+    <t>11.07%</t>
+  </si>
+  <si>
+    <t>Debentures 24th Issuance Series 2</t>
+  </si>
+  <si>
+    <t>3,666,658</t>
+  </si>
+  <si>
+    <t>09/15/2025</t>
+  </si>
+  <si>
+    <t>3,649,661 / 3,649,661</t>
+  </si>
+  <si>
+    <t>Sep/32</t>
+  </si>
+  <si>
+    <t>10.92%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(-) Funding costs </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Total INDIVIDUAL ESA</t>
+  </si>
+  <si>
+    <t>11,961,172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                        - </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Total ESA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debentures 11th Issuance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0.509% </t>
+  </si>
+  <si>
+    <t>7.30%</t>
+  </si>
+  <si>
+    <t>10.74%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            - </t>
+  </si>
+  <si>
+    <t>350,000 / 350,000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.15%</t>
+  </si>
+  <si>
+    <t>Sep/35</t>
+  </si>
+  <si>
+    <t>8.35%</t>
+  </si>
+  <si>
+    <t>10.25%</t>
+  </si>
+  <si>
+    <t>240,000 / 240,000</t>
+  </si>
+  <si>
+    <t>IPCA + 6.95%</t>
+  </si>
+  <si>
+    <t>Sep/40</t>
+  </si>
+  <si>
+    <t>Annual from Sep/38</t>
+  </si>
+  <si>
+    <t>8.20%</t>
+  </si>
+  <si>
+    <t>10.98%</t>
+  </si>
+  <si>
+    <t>7.51%</t>
+  </si>
+  <si>
+    <t>10.93%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0.44% </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nov / 35</t>
+  </si>
+  <si>
+    <t>0.75%</t>
+  </si>
+  <si>
+    <t>0.25%</t>
+  </si>
+  <si>
+    <t>CDI + 0.835%</t>
+  </si>
+  <si>
+    <t>11.00%</t>
+  </si>
+  <si>
+    <t>Debentures 19th Issuance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">          - </t>
+  </si>
+  <si>
+    <t>CDI + 0.72%</t>
+  </si>
+  <si>
+    <t>7.58%</t>
+  </si>
+  <si>
+    <t>10.90%</t>
+  </si>
+  <si>
+    <t>4.46%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 0.16% </t>
+  </si>
+  <si>
+    <t>10.11%</t>
+  </si>
+  <si>
+    <t>10.24%</t>
+  </si>
+  <si>
+    <t>Debentures 27th Issuance Series 1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                      - </t>
+  </si>
+  <si>
+    <t>540,000 / 540,000</t>
+  </si>
+  <si>
+    <t>IPCA + 7.05%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 031% </t>
+  </si>
+  <si>
+    <t>8.27%</t>
+  </si>
+  <si>
+    <t>10.13%</t>
+  </si>
+  <si>
+    <t>Debentures 27th Issuance Series 2</t>
+  </si>
+  <si>
+    <t>CDI - 0.16%</t>
+  </si>
+  <si>
+    <t>Annual from Sep/40</t>
+  </si>
+  <si>
+    <t>3,318,156</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debentures 9th Issuance </t>
+  </si>
+  <si>
+    <t>0.00</t>
+  </si>
+  <si>
+    <t>11.15%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 1.54% </t>
+  </si>
+  <si>
+    <t>9.00%</t>
+  </si>
+  <si>
+    <t>11.02%</t>
+  </si>
+  <si>
+    <t>10.91%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 0.67% </t>
+  </si>
+  <si>
+    <t>8.26%</t>
+  </si>
+  <si>
+    <t>9.86%</t>
+  </si>
+  <si>
+    <t>00/01/00</t>
+  </si>
+  <si>
+    <t>Debentures 25th Issuance Series 1</t>
+  </si>
+  <si>
+    <t>IPCA + 7.10%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI - 0.22% </t>
+  </si>
+  <si>
+    <t>8.31%</t>
+  </si>
+  <si>
+    <t>10.19%</t>
+  </si>
+  <si>
+    <t>Debentures 25th Issuance Series 2</t>
+  </si>
+  <si>
+    <t>450,000 / 450,000</t>
+  </si>
+  <si>
+    <t>5,335,099</t>
+  </si>
+  <si>
+    <t>11.22%</t>
+  </si>
+  <si>
+    <t>11.41%</t>
+  </si>
+  <si>
+    <t>11.11%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0.078% </t>
+  </si>
+  <si>
+    <t>8.46%</t>
+  </si>
+  <si>
+    <t>10.42%</t>
+  </si>
+  <si>
+    <t>7.57%</t>
+  </si>
+  <si>
+    <t>10.97%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDI + 0.055% </t>
+  </si>
+  <si>
+    <t>10.40%</t>
+  </si>
+  <si>
+    <t>6.70%</t>
+  </si>
+  <si>
+    <t>10.89%</t>
+  </si>
+  <si>
+    <t>9.20%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debentures 9th Issuance  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">348,500 / 348,500 </t>
+  </si>
+  <si>
+    <t>11.18%</t>
+  </si>
+  <si>
+    <t>1,011,271</t>
+  </si>
+  <si>
+    <t>3.22%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Debentures 2nd issuance </t>
+  </si>
+  <si>
+    <t>12.12%</t>
+  </si>
+  <si>
+    <t>Debentures 1st Issuance (7)</t>
+  </si>
+  <si>
+    <t>7.08%</t>
+  </si>
+  <si>
+    <t>7.37%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Subtotal LXTE </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Total LXTE </t>
+  </si>
+  <si>
+    <t>TJLP + 6.00%</t>
+  </si>
+  <si>
+    <t>27,744,400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total (-) Funding costs </t>
+  </si>
+  <si>
+    <t>26,684,756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(1) R = Receivables, A = Endorsement of Energisa S/A. F = Aval and SG = Unsecured, S = Surety
 B= CRSD equivalent to the last 6 months of the debt service. Pledge over 100% of the concession operators’ shares and rights emerging from the concession, including Reserve Accounts.
-(2)	Eliminated for consolidation purposes.
-[...1 lines deleted...]
-(4)	Covenant terms.</t>
+(2) Eliminated for consolidation purposes.
+(3) The effective interest rates represent the changes in the period ended September 30, 2025.
+(4) Covenant terms: </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.000;\(#,##0.000\)"/>
-    <numFmt numFmtId="165" formatCode="#,##0;\(#,##0\)"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -1482,85 +1616,83 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF009FC2"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF009FC2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="34">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FFFFFFFF"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thick">
         <color theme="0"/>
       </top>
       <bottom style="thick">
@@ -1584,63 +1716,50 @@
         <color theme="0"/>
       </left>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFD9D9D9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top/>
@@ -1649,672 +1768,275 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FFFFFFFF"/>
       </left>
       <right style="thick">
         <color rgb="FFFFFFFF"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...130 lines deleted...]
-      <left/>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFD9D9D9"/>
-      </bottom>
-[...11 lines deleted...]
-        <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="medium">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFD9D9D9"/>
       </bottom>
-      <diagonal/>
-[...20 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="0"/>
       </right>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color theme="0"/>
       </right>
-      <top/>
-[...22 lines deleted...]
-        <color theme="4" tint="0.39997558519241921"/>
+      <top style="medium">
+        <color rgb="FFD9D9D9"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="129">
+  <cellXfs count="60">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...136 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...48 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="2" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="8" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...53 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="4" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="2" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="19">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Trebuchet MS"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -3208,71 +2930,71 @@
         </xdr:sp>
       </mc:Fallback>
     </mc:AlternateContent>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/slicerCaches/slicerCache1.xml><?xml version="1.0" encoding="utf-8"?>
 <slicerCacheDefinition xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x xr10" name="SegmentaçãodeDados_Cia." xr10:uid="{614A43FC-C2C0-4337-BDEA-5C3C9CA39291}" sourceName="Company">
   <extLst>
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{2F2917AC-EB37-4324-AD4E-5DD8C200BD13}">
       <x15:tableSlicerCache tableId="1" column="1"/>
     </x:ext>
   </extLst>
 </slicerCacheDefinition>
 </file>
 
 <file path=xl/slicers/slicer1.xml><?xml version="1.0" encoding="utf-8"?>
 <slicers xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x xr10">
   <slicer name="Cia." xr10:uid="{5234727F-0F59-43D3-8C21-84ADA4580EA1}" cache="SegmentaçãodeDados_Cia." caption="Empresas" columnCount="10" style="SlicerStyleDark1 2" rowHeight="324000"/>
 </slicers>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C0EE339E-1BF4-410D-BF63-AE7210463851}" name="Tabela1" displayName="Tabela1" ref="A3:N153" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
-  <autoFilter ref="A3:N153" xr:uid="{C0EE339E-1BF4-410D-BF63-AE7210463851}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{C0EE339E-1BF4-410D-BF63-AE7210463851}" name="Tabela1" displayName="Tabela1" ref="A3:N162" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
+  <autoFilter ref="A3:N162" xr:uid="{C0EE339E-1BF4-410D-BF63-AE7210463851}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
     <filterColumn colId="8" hiddenButton="1"/>
     <filterColumn colId="9" hiddenButton="1"/>
     <filterColumn colId="10" hiddenButton="1"/>
     <filterColumn colId="11" hiddenButton="1"/>
     <filterColumn colId="12" hiddenButton="1"/>
     <filterColumn colId="13" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="14">
     <tableColumn id="1" xr3:uid="{D24F453A-39C7-41D8-BB4F-6C9DCEA6746A}" name="Company" dataDxfId="13"/>
     <tableColumn id="2" xr3:uid="{25BCFBCE-207B-4CA2-B50A-AFD8FCE9E56D}" name="Operations" dataDxfId="12"/>
-    <tableColumn id="3" xr3:uid="{DBDD32B9-6C0B-45F8-896B-740D28577533}" name="06/30/2025" dataDxfId="11"/>
+    <tableColumn id="3" xr3:uid="{DBDD32B9-6C0B-45F8-896B-740D28577533}" name="09/30/2025" dataDxfId="11"/>
     <tableColumn id="4" xr3:uid="{A3BB50C2-E216-4299-8637-17AF606969F4}" name="12/31/2024" dataDxfId="10"/>
     <tableColumn id="5" xr3:uid="{619225F5-2F23-448A-980C-000147BB8514}" name="Issuance" dataDxfId="9"/>
     <tableColumn id="6" xr3:uid="{7DFBC487-3D99-471B-8741-09A40532D0DB}" name="Number of Issued / _x000a_Outstanding Bonds" dataDxfId="8"/>
     <tableColumn id="7" xr3:uid="{D7715DA4-C757-47CE-9461-AE42915FF398}" name="Yields (% p.a.)" dataDxfId="7"/>
     <tableColumn id="16" xr3:uid="{E7C0B16C-FFF1-4F0C-A7D7-970654CB06D1}" name="Swap Charges – Liability Leg (% p.a.)" dataDxfId="6"/>
     <tableColumn id="8" xr3:uid="{06E2E521-FBF5-4A37-B764-35320CE5149F}" name="Maturity" dataDxfId="5"/>
     <tableColumn id="9" xr3:uid="{6068B68F-4ADC-44D5-8064-7F8ABCC83843}" name="Principal _x000a_Amortization" dataDxfId="4"/>
     <tableColumn id="10" xr3:uid="{83EB3F23-71F4-4EE0-AFD6-01A47FAD4AA1}" name="Effective Interest Rate (% p.a.)" dataDxfId="3"/>
     <tableColumn id="14" xr3:uid="{458D30DA-64B8-4101-978B-36F350CF8948}" name="(Effective SWAP Rate) (% p.a.)(4)" dataDxfId="2"/>
     <tableColumn id="11" xr3:uid="{CFF2D264-1455-496A-8F48-6D2344723D7E}" name="Collateral (1)" dataDxfId="1"/>
     <tableColumn id="12" xr3:uid="{D1CF2835-25E2-4483-B04D-522A6E582EFC}" name="Covenants" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3546,5541 +3268,5909 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/slicer" Target="../slicers/slicer1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7AAC3D9E-1119-4347-9042-B9A6036F1BD5}">
-  <dimension ref="A1:O227"/>
+  <dimension ref="A1:O236"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A146" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="J126" sqref="J126"/>
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D79" sqref="D79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.28515625" style="5" customWidth="1"/>
-    <col min="2" max="2" width="57.42578125" style="72" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="13" max="13" width="14.85546875" style="11" customWidth="1"/>
+    <col min="2" max="2" width="57.42578125" style="26" customWidth="1"/>
+    <col min="3" max="3" width="16.7109375" style="30" customWidth="1"/>
+    <col min="4" max="4" width="17" style="30" customWidth="1"/>
+    <col min="5" max="5" width="12.5703125" style="27" customWidth="1"/>
+    <col min="6" max="6" width="26.42578125" style="8" customWidth="1"/>
+    <col min="7" max="7" width="17.42578125" style="11" customWidth="1"/>
+    <col min="8" max="8" width="22.7109375" style="11" customWidth="1"/>
+    <col min="9" max="9" width="14.5703125" style="33" customWidth="1"/>
+    <col min="10" max="10" width="25.28515625" style="8" customWidth="1"/>
+    <col min="11" max="12" width="21.7109375" style="8" customWidth="1"/>
+    <col min="13" max="13" width="14.85546875" style="8" customWidth="1"/>
     <col min="14" max="14" width="14.85546875" style="2" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="48.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="62" t="s">
-        <v>0</v>
+      <c r="B1" s="22" t="s">
+        <v>339</v>
       </c>
     </row>
     <row r="2" spans="1:14" s="1" customFormat="1" ht="83.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="3"/>
-      <c r="B2" s="63"/>
-[...2 lines deleted...]
-      <c r="E2" s="74"/>
+      <c r="B2" s="23"/>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="28"/>
       <c r="F2" s="7"/>
-      <c r="G2" s="13"/>
-[...1 lines deleted...]
-      <c r="I2" s="105"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="34"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
       <c r="M2" s="7"/>
     </row>
-    <row r="3" spans="1:14" s="20" customFormat="1" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="21" t="s">
+    <row r="3" spans="1:14" s="15" customFormat="1" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="64" t="s">
+      <c r="C3" s="32" t="s">
+        <v>340</v>
+      </c>
+      <c r="D3" s="32" t="s">
+        <v>331</v>
+      </c>
+      <c r="E3" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="85" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="75" t="s">
+      <c r="F3" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="12" t="s">
+      <c r="G3" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="12" t="s">
+      <c r="H3" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="12" t="s">
+      <c r="I3" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="I3" s="106" t="s">
+      <c r="J3" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="J3" s="12" t="s">
+      <c r="K3" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="K3" s="12" t="s">
+      <c r="L3" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="L3" s="12" t="s">
+      <c r="M3" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="M3" s="12" t="s">
+      <c r="N3" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="N3" s="19" t="s">
+    </row>
+    <row r="4" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="19" t="s">
         <v>12</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="N4" s="48"/>
+      <c r="B4" s="18"/>
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="18"/>
+      <c r="H4" s="18"/>
+      <c r="I4" s="36"/>
+      <c r="J4" s="18"/>
+      <c r="K4" s="18"/>
+      <c r="L4" s="18"/>
+      <c r="M4" s="18"/>
+      <c r="N4" s="18"/>
     </row>
     <row r="5" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D5" s="87">
+        <v>12</v>
+      </c>
+      <c r="B5" s="39" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" s="49">
+        <v>33.779000000000003</v>
+      </c>
+      <c r="D5" s="49">
         <v>31.469000000000001</v>
       </c>
-      <c r="E5" s="76" t="s">
+      <c r="E5" s="49" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="49" t="s">
         <v>30</v>
       </c>
-      <c r="F5" s="47" t="s">
+      <c r="G5" s="49" t="s">
         <v>31</v>
       </c>
-      <c r="G5" s="47" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="47" t="s">
+      <c r="H5" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="49" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="108" t="s">
+      <c r="J5" s="49" t="s">
         <v>34</v>
       </c>
-      <c r="J5" s="47" t="s">
+      <c r="K5" s="49" t="s">
+        <v>180</v>
+      </c>
+      <c r="L5" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M5" s="49" t="s">
         <v>35</v>
       </c>
-      <c r="K5" s="47" t="s">
-[...8 lines deleted...]
-      <c r="N5" s="51">
+      <c r="N5" s="49">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D6" s="87">
+        <v>12</v>
+      </c>
+      <c r="B6" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" s="49">
+        <v>719.30600000000004</v>
+      </c>
+      <c r="D6" s="49">
         <v>703.649</v>
       </c>
-      <c r="E6" s="76" t="s">
+      <c r="E6" s="49" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" s="49" t="s">
         <v>38</v>
       </c>
-      <c r="F6" s="47" t="s">
+      <c r="H6" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="49" t="s">
         <v>39</v>
       </c>
-      <c r="G6" s="47" t="s">
+      <c r="J6" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" s="49" t="s">
+        <v>341</v>
+      </c>
+      <c r="L6" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M6" s="49" t="s">
         <v>40</v>
       </c>
-      <c r="H6" s="47" t="s">
-[...17 lines deleted...]
-      <c r="N6" s="51">
+      <c r="N6" s="49">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D7" s="87">
+        <v>12</v>
+      </c>
+      <c r="B7" s="39" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" s="49" t="s">
+        <v>342</v>
+      </c>
+      <c r="D7" s="49">
         <v>11.076000000000001</v>
       </c>
-      <c r="E7" s="76" t="s">
+      <c r="E7" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" s="49" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I7" s="49" t="s">
         <v>44</v>
       </c>
-      <c r="F7" s="47" t="s">
+      <c r="J7" s="49" t="s">
         <v>45</v>
       </c>
-      <c r="G7" s="47" t="s">
-[...20 lines deleted...]
-      <c r="N7" s="51">
+      <c r="K7" s="49" t="s">
+        <v>343</v>
+      </c>
+      <c r="L7" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M7" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D8" s="87">
+        <v>12</v>
+      </c>
+      <c r="B8" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" s="49">
+        <v>75.858000000000004</v>
+      </c>
+      <c r="D8" s="49">
         <v>72.578999999999994</v>
       </c>
-      <c r="E8" s="76" t="s">
-[...8 lines deleted...]
-      <c r="H8" s="47" t="s">
+      <c r="E8" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" s="49" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" s="49" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I8" s="49" t="s">
         <v>33</v>
       </c>
-      <c r="I8" s="108" t="s">
+      <c r="J8" s="49" t="s">
         <v>34</v>
       </c>
-      <c r="J8" s="47" t="s">
-[...11 lines deleted...]
-      <c r="N8" s="51">
+      <c r="K8" s="49" t="s">
+        <v>104</v>
+      </c>
+      <c r="L8" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M8" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D9" s="87">
+        <v>12</v>
+      </c>
+      <c r="B9" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" s="49">
+        <v>586.80799999999999</v>
+      </c>
+      <c r="D9" s="49">
         <v>561.10699999999997</v>
       </c>
-      <c r="E9" s="76" t="s">
+      <c r="E9" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" s="49" t="s">
         <v>50</v>
       </c>
-      <c r="F9" s="47" t="s">
-[...23 lines deleted...]
-      <c r="N9" s="51">
+      <c r="G9" s="49" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" s="49" t="s">
+        <v>299</v>
+      </c>
+      <c r="I9" s="49" t="s">
+        <v>52</v>
+      </c>
+      <c r="J9" s="49" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" s="49" t="s">
+        <v>344</v>
+      </c>
+      <c r="L9" s="49" t="s">
+        <v>345</v>
+      </c>
+      <c r="M9" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D10" s="87">
+        <v>12</v>
+      </c>
+      <c r="B10" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" s="49">
+        <v>414.99200000000002</v>
+      </c>
+      <c r="D10" s="49">
         <v>395.27499999999998</v>
       </c>
-      <c r="E10" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N10" s="51">
+      <c r="E10" s="49" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" s="49" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I10" s="49" t="s">
+        <v>57</v>
+      </c>
+      <c r="J10" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" s="49" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M10" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N10" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D11" s="87">
+        <v>12</v>
+      </c>
+      <c r="B11" s="39" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" s="49">
+        <v>59.326000000000001</v>
+      </c>
+      <c r="D11" s="49">
         <v>56.686999999999998</v>
       </c>
-      <c r="E11" s="76" t="s">
+      <c r="E11" s="49" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" s="49" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" s="49" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I11" s="49" t="s">
         <v>61</v>
       </c>
-      <c r="F11" s="47" t="s">
-[...23 lines deleted...]
-      <c r="N11" s="51">
+      <c r="J11" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" s="49" t="s">
+        <v>346</v>
+      </c>
+      <c r="L11" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M11" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N11" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D12" s="87">
+        <v>12</v>
+      </c>
+      <c r="B12" s="39" t="s">
+        <v>347</v>
+      </c>
+      <c r="C12" s="49">
+        <v>88.793999999999997</v>
+      </c>
+      <c r="D12" s="49">
         <v>307.78399999999999</v>
       </c>
-      <c r="E12" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N12" s="51">
+      <c r="E12" s="49" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="49" t="s">
+        <v>348</v>
+      </c>
+      <c r="G12" s="49" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I12" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="J12" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" s="49" t="s">
+        <v>349</v>
+      </c>
+      <c r="L12" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M12" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N12" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D13" s="87">
+        <v>12</v>
+      </c>
+      <c r="B13" s="39" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" s="49">
+        <v>365.50400000000002</v>
+      </c>
+      <c r="D13" s="49">
         <v>348.08100000000002</v>
       </c>
-      <c r="E13" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N13" s="51">
+      <c r="E13" s="49" t="s">
+        <v>72</v>
+      </c>
+      <c r="F13" s="49" t="s">
+        <v>73</v>
+      </c>
+      <c r="G13" s="49" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I13" s="49" t="s">
+        <v>75</v>
+      </c>
+      <c r="J13" s="49" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" s="49" t="s">
+        <v>350</v>
+      </c>
+      <c r="L13" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M13" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N13" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D14" s="87">
+        <v>12</v>
+      </c>
+      <c r="B14" s="39" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" s="49">
+        <v>225.31100000000001</v>
+      </c>
+      <c r="D14" s="49">
         <v>214.50899999999999</v>
       </c>
-      <c r="E14" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N14" s="51">
+      <c r="E14" s="49" t="s">
+        <v>72</v>
+      </c>
+      <c r="F14" s="49" t="s">
+        <v>78</v>
+      </c>
+      <c r="G14" s="49" t="s">
+        <v>79</v>
+      </c>
+      <c r="H14" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I14" s="49" t="s">
+        <v>80</v>
+      </c>
+      <c r="J14" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="K14" s="49" t="s">
+        <v>351</v>
+      </c>
+      <c r="L14" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M14" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N14" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D15" s="87">
+        <v>12</v>
+      </c>
+      <c r="B15" s="39" t="s">
+        <v>352</v>
+      </c>
+      <c r="C15" s="49">
+        <v>71.009</v>
+      </c>
+      <c r="D15" s="49">
         <v>256.33100000000002</v>
       </c>
-      <c r="E15" s="76" t="s">
+      <c r="E15" s="49" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" s="49" t="s">
+        <v>353</v>
+      </c>
+      <c r="G15" s="49" t="s">
+        <v>83</v>
+      </c>
+      <c r="H15" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I15" s="49" t="s">
         <v>84</v>
       </c>
-      <c r="F15" s="47" t="s">
-[...23 lines deleted...]
-      <c r="N15" s="51">
+      <c r="J15" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" s="49" t="s">
+        <v>354</v>
+      </c>
+      <c r="L15" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M15" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N15" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D16" s="87">
+        <v>12</v>
+      </c>
+      <c r="B16" s="39" t="s">
+        <v>355</v>
+      </c>
+      <c r="C16" s="49">
+        <v>19.707000000000001</v>
+      </c>
+      <c r="D16" s="49">
         <v>562.89</v>
       </c>
-      <c r="E16" s="76" t="s">
-[...8 lines deleted...]
-      <c r="H16" s="47" t="s">
+      <c r="E16" s="49" t="s">
+        <v>85</v>
+      </c>
+      <c r="F16" s="49" t="s">
+        <v>356</v>
+      </c>
+      <c r="G16" s="49" t="s">
+        <v>83</v>
+      </c>
+      <c r="H16" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I16" s="49" t="s">
         <v>33</v>
       </c>
-      <c r="I16" s="120" t="s">
+      <c r="J16" s="49" t="s">
         <v>34</v>
       </c>
-      <c r="J16" s="47" t="s">
-[...11 lines deleted...]
-      <c r="N16" s="51">
+      <c r="K16" s="49" t="s">
+        <v>354</v>
+      </c>
+      <c r="L16" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M16" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N16" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D17" s="87">
+        <v>12</v>
+      </c>
+      <c r="B17" s="39" t="s">
+        <v>357</v>
+      </c>
+      <c r="C17" s="49">
+        <v>107.152</v>
+      </c>
+      <c r="D17" s="49">
         <v>204.745</v>
       </c>
-      <c r="E17" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N17" s="51">
+      <c r="E17" s="49" t="s">
+        <v>85</v>
+      </c>
+      <c r="F17" s="49" t="s">
+        <v>358</v>
+      </c>
+      <c r="G17" s="49" t="s">
+        <v>88</v>
+      </c>
+      <c r="H17" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I17" s="49" t="s">
+        <v>89</v>
+      </c>
+      <c r="J17" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" s="49" t="s">
+        <v>346</v>
+      </c>
+      <c r="L17" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M17" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N17" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
-        <v>13</v>
-[...37 lines deleted...]
-      <c r="N18" s="51">
+        <v>12</v>
+      </c>
+      <c r="B18" s="39" t="s">
+        <v>359</v>
+      </c>
+      <c r="C18" s="49">
+        <v>91.614000000000004</v>
+      </c>
+      <c r="D18" s="49" t="s">
+        <v>360</v>
+      </c>
+      <c r="E18" s="49" t="s">
+        <v>90</v>
+      </c>
+      <c r="F18" s="49" t="s">
+        <v>361</v>
+      </c>
+      <c r="G18" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="H18" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I18" s="50">
+        <v>46174</v>
+      </c>
+      <c r="J18" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" s="49" t="s">
+        <v>362</v>
+      </c>
+      <c r="L18" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M18" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N18" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D19" s="87">
+        <v>12</v>
+      </c>
+      <c r="B19" s="39" t="s">
+        <v>363</v>
+      </c>
+      <c r="C19" s="49">
+        <v>140.018</v>
+      </c>
+      <c r="D19" s="49">
         <v>401.29199999999997</v>
       </c>
-      <c r="E19" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N19" s="51">
+      <c r="E19" s="49" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" s="49" t="s">
+        <v>364</v>
+      </c>
+      <c r="G19" s="49" t="s">
+        <v>93</v>
+      </c>
+      <c r="H19" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="50">
+        <v>46905</v>
+      </c>
+      <c r="J19" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" s="49" t="s">
+        <v>365</v>
+      </c>
+      <c r="L19" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M19" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N19" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D20" s="87">
+        <v>12</v>
+      </c>
+      <c r="B20" s="39" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="49">
+        <v>201.78800000000001</v>
+      </c>
+      <c r="D20" s="49">
         <v>198.001</v>
       </c>
-      <c r="E20" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N20" s="51">
+      <c r="E20" s="49" t="s">
+        <v>95</v>
+      </c>
+      <c r="F20" s="49" t="s">
+        <v>96</v>
+      </c>
+      <c r="G20" s="49" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20" s="49" t="s">
+        <v>366</v>
+      </c>
+      <c r="I20" s="49" t="s">
+        <v>98</v>
+      </c>
+      <c r="J20" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" s="49" t="s">
+        <v>367</v>
+      </c>
+      <c r="L20" s="49" t="s">
+        <v>368</v>
+      </c>
+      <c r="M20" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N20" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:14" s="1" customFormat="1" ht="30.75" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
-        <v>13</v>
-[...37 lines deleted...]
-      <c r="N21" s="51">
+        <v>12</v>
+      </c>
+      <c r="B21" s="39" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" s="49" t="s">
+        <v>369</v>
+      </c>
+      <c r="D21" s="49" t="s">
+        <v>370</v>
+      </c>
+      <c r="E21" s="49" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" s="49" t="s">
+        <v>101</v>
+      </c>
+      <c r="G21" s="49" t="s">
+        <v>102</v>
+      </c>
+      <c r="H21" s="49" t="s">
+        <v>371</v>
+      </c>
+      <c r="I21" s="49" t="s">
+        <v>103</v>
+      </c>
+      <c r="J21" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="49" t="s">
+        <v>372</v>
+      </c>
+      <c r="L21" s="49" t="s">
+        <v>373</v>
+      </c>
+      <c r="M21" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N21" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D22" s="87">
+        <v>12</v>
+      </c>
+      <c r="B22" s="39" t="s">
+        <v>374</v>
+      </c>
+      <c r="C22" s="49">
+        <v>111.491</v>
+      </c>
+      <c r="D22" s="49">
         <v>517.55700000000002</v>
       </c>
-      <c r="E22" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N22" s="51">
+      <c r="E22" s="49" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" s="49" t="s">
+        <v>375</v>
+      </c>
+      <c r="G22" s="49" t="s">
+        <v>105</v>
+      </c>
+      <c r="H22" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I22" s="49" t="s">
+        <v>106</v>
+      </c>
+      <c r="J22" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="49" t="s">
+        <v>376</v>
+      </c>
+      <c r="L22" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M22" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N22" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D23" s="87">
+        <v>12</v>
+      </c>
+      <c r="B23" s="39" t="s">
+        <v>107</v>
+      </c>
+      <c r="C23" s="49">
+        <v>706.40899999999999</v>
+      </c>
+      <c r="D23" s="49">
         <v>672.73299999999995</v>
       </c>
-      <c r="E23" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N23" s="51">
+      <c r="E23" s="49" t="s">
+        <v>108</v>
+      </c>
+      <c r="F23" s="49" t="s">
+        <v>109</v>
+      </c>
+      <c r="G23" s="49" t="s">
+        <v>74</v>
+      </c>
+      <c r="H23" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="I23" s="49" t="s">
+        <v>110</v>
+      </c>
+      <c r="J23" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" s="49" t="s">
+        <v>350</v>
+      </c>
+      <c r="L23" s="49" t="s">
+        <v>377</v>
+      </c>
+      <c r="M23" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N23" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D24" s="87">
+        <v>12</v>
+      </c>
+      <c r="B24" s="39" t="s">
+        <v>111</v>
+      </c>
+      <c r="C24" s="49">
+        <v>867.82100000000003</v>
+      </c>
+      <c r="D24" s="49">
         <v>825.96299999999997</v>
       </c>
-      <c r="E24" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N24" s="51">
+      <c r="E24" s="49" t="s">
+        <v>108</v>
+      </c>
+      <c r="F24" s="49" t="s">
+        <v>112</v>
+      </c>
+      <c r="G24" s="49" t="s">
+        <v>113</v>
+      </c>
+      <c r="H24" s="49" t="s">
+        <v>114</v>
+      </c>
+      <c r="I24" s="49" t="s">
+        <v>115</v>
+      </c>
+      <c r="J24" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" s="49" t="s">
+        <v>378</v>
+      </c>
+      <c r="L24" s="49" t="s">
+        <v>379</v>
+      </c>
+      <c r="M24" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N24" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D25" s="87">
+        <v>12</v>
+      </c>
+      <c r="B25" s="39" t="s">
+        <v>116</v>
+      </c>
+      <c r="C25" s="49">
+        <v>885.80799999999999</v>
+      </c>
+      <c r="D25" s="49">
         <v>906.81</v>
       </c>
-      <c r="E25" s="76">
+      <c r="E25" s="51">
         <v>45391</v>
       </c>
-      <c r="F25" s="47" t="s">
-[...23 lines deleted...]
-      <c r="N25" s="51">
+      <c r="F25" s="49" t="s">
+        <v>117</v>
+      </c>
+      <c r="G25" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H25" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I25" s="49" t="s">
+        <v>119</v>
+      </c>
+      <c r="J25" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L25" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M25" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N25" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="D26" s="87">
+        <v>12</v>
+      </c>
+      <c r="B26" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="C26" s="49">
+        <v>766.23199999999997</v>
+      </c>
+      <c r="D26" s="49">
         <v>748.97699999999998</v>
       </c>
-      <c r="E26" s="76" t="s">
-[...26 lines deleted...]
-      <c r="N26" s="51">
+      <c r="E26" s="49" t="s">
+        <v>122</v>
+      </c>
+      <c r="F26" s="49" t="s">
+        <v>382</v>
+      </c>
+      <c r="G26" s="49" t="s">
+        <v>123</v>
+      </c>
+      <c r="H26" s="49" t="s">
+        <v>383</v>
+      </c>
+      <c r="I26" s="49" t="s">
+        <v>124</v>
+      </c>
+      <c r="J26" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" s="49" t="s">
+        <v>384</v>
+      </c>
+      <c r="L26" s="49" t="s">
+        <v>385</v>
+      </c>
+      <c r="M26" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N26" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
-        <v>13</v>
-[...37 lines deleted...]
-      <c r="N27" s="51">
+        <v>12</v>
+      </c>
+      <c r="B27" s="39" t="s">
+        <v>125</v>
+      </c>
+      <c r="C27" s="49">
+        <v>588.30600000000004</v>
+      </c>
+      <c r="D27" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E27" s="49" t="s">
+        <v>126</v>
+      </c>
+      <c r="F27" s="49" t="s">
+        <v>127</v>
+      </c>
+      <c r="G27" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H27" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I27" s="49" t="s">
+        <v>128</v>
+      </c>
+      <c r="J27" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L27" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M27" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N27" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
-        <v>13</v>
-[...37 lines deleted...]
-      <c r="N28" s="51">
+        <v>12</v>
+      </c>
+      <c r="B28" s="39" t="s">
+        <v>129</v>
+      </c>
+      <c r="C28" s="49">
+        <v>325.48500000000001</v>
+      </c>
+      <c r="D28" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E28" s="49" t="s">
+        <v>126</v>
+      </c>
+      <c r="F28" s="49" t="s">
+        <v>130</v>
+      </c>
+      <c r="G28" s="49" t="s">
+        <v>131</v>
+      </c>
+      <c r="H28" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I28" s="49" t="s">
+        <v>132</v>
+      </c>
+      <c r="J28" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" s="49" t="s">
+        <v>387</v>
+      </c>
+      <c r="L28" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M28" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N28" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
-        <v>13</v>
-[...25 lines deleted...]
-      <c r="N29" s="51"/>
+        <v>12</v>
+      </c>
+      <c r="B29" s="39" t="s">
+        <v>388</v>
+      </c>
+      <c r="C29" s="49" t="s">
+        <v>389</v>
+      </c>
+      <c r="D29" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E29" s="49" t="s">
+        <v>390</v>
+      </c>
+      <c r="F29" s="49" t="s">
+        <v>391</v>
+      </c>
+      <c r="G29" s="49" t="s">
+        <v>225</v>
+      </c>
+      <c r="H29" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I29" s="49" t="s">
+        <v>392</v>
+      </c>
+      <c r="J29" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" s="49" t="s">
+        <v>393</v>
+      </c>
+      <c r="L29" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M29" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N29" s="49">
+        <v>2</v>
+      </c>
     </row>
     <row r="30" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
-        <v>13</v>
-[...19 lines deleted...]
-      <c r="N30" s="51"/>
+        <v>12</v>
+      </c>
+      <c r="B30" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C30" s="49">
+        <v>-98.209000000000003</v>
+      </c>
+      <c r="D30" s="49">
+        <v>-42.154000000000003</v>
+      </c>
+      <c r="E30" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="F30" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="G30" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="H30" s="49"/>
+      <c r="I30" s="49"/>
+      <c r="J30" s="49"/>
+      <c r="K30" s="49"/>
+      <c r="L30" s="49"/>
+      <c r="M30" s="49"/>
+      <c r="N30" s="49"/>
     </row>
     <row r="31" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
-        <v>13</v>
-[...19 lines deleted...]
-      <c r="N31" s="51"/>
+        <v>12</v>
+      </c>
+      <c r="B31" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" s="49">
+        <v>-322.029</v>
+      </c>
+      <c r="D31" s="49">
+        <v>-470.78300000000002</v>
+      </c>
+      <c r="E31" s="49"/>
+      <c r="F31" s="49"/>
+      <c r="G31" s="49"/>
+      <c r="H31" s="49"/>
+      <c r="I31" s="49"/>
+      <c r="J31" s="49"/>
+      <c r="K31" s="49"/>
+      <c r="L31" s="49"/>
+      <c r="M31" s="49"/>
+      <c r="N31" s="49"/>
     </row>
     <row r="32" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
-        <v>13</v>
-[...19 lines deleted...]
-      <c r="N32" s="51"/>
+        <v>12</v>
+      </c>
+      <c r="B32" s="25" t="s">
+        <v>395</v>
+      </c>
+      <c r="C32" s="52" t="s">
+        <v>396</v>
+      </c>
+      <c r="D32" s="52" t="s">
+        <v>134</v>
+      </c>
+      <c r="E32" s="49"/>
+      <c r="F32" s="49"/>
+      <c r="G32" s="49"/>
+      <c r="H32" s="49"/>
+      <c r="I32" s="49"/>
+      <c r="J32" s="49"/>
+      <c r="K32" s="49"/>
+      <c r="L32" s="49"/>
+      <c r="M32" s="49"/>
+      <c r="N32" s="49"/>
     </row>
     <row r="33" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B33" s="43" t="s">
+        <v>135</v>
+      </c>
+      <c r="C33" s="53" t="s">
+        <v>397</v>
+      </c>
+      <c r="D33" s="54">
+        <v>-796.65599999999995</v>
+      </c>
+      <c r="E33" s="21"/>
+      <c r="F33" s="21"/>
+      <c r="G33" s="21"/>
+      <c r="H33" s="17"/>
+      <c r="I33" s="55"/>
+      <c r="J33" s="21"/>
+      <c r="K33" s="21"/>
+      <c r="L33" s="17"/>
+      <c r="M33" s="21"/>
+      <c r="N33" s="21"/>
+    </row>
+    <row r="34" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B34" s="25" t="s">
+        <v>398</v>
+      </c>
+      <c r="C34" s="52" t="s">
+        <v>396</v>
+      </c>
+      <c r="D34" s="52" t="s">
+        <v>136</v>
+      </c>
+      <c r="E34" s="49"/>
+      <c r="F34" s="49"/>
+      <c r="G34" s="49"/>
+      <c r="H34" s="49"/>
+      <c r="I34" s="49"/>
+      <c r="J34" s="49"/>
+      <c r="K34" s="49"/>
+      <c r="L34" s="49"/>
+      <c r="M34" s="49"/>
+      <c r="N34" s="49"/>
+    </row>
+    <row r="35" spans="1:15" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="B33" s="66" t="s">
-[...47 lines deleted...]
-      <c r="D35" s="127">
+      <c r="B35" s="40"/>
+      <c r="C35" s="40"/>
+      <c r="D35" s="40"/>
+      <c r="E35" s="40"/>
+      <c r="F35" s="40"/>
+      <c r="G35" s="40"/>
+      <c r="H35" s="40"/>
+      <c r="I35" s="41"/>
+      <c r="J35" s="40"/>
+      <c r="K35" s="40"/>
+      <c r="L35" s="40"/>
+      <c r="M35" s="40"/>
+      <c r="N35" s="40"/>
+    </row>
+    <row r="36" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B36" s="39" t="s">
+        <v>137</v>
+      </c>
+      <c r="C36" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D36" s="49">
         <v>30.594000000000001</v>
       </c>
-      <c r="E35" t="s">
-[...26 lines deleted...]
-      <c r="N35">
+      <c r="E36" s="49" t="s">
+        <v>138</v>
+      </c>
+      <c r="F36" s="49" t="s">
+        <v>139</v>
+      </c>
+      <c r="G36" s="49" t="s">
+        <v>140</v>
+      </c>
+      <c r="H36" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I36" s="49" t="s">
+        <v>141</v>
+      </c>
+      <c r="J36" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="K36" s="49" t="s">
+        <v>120</v>
+      </c>
+      <c r="L36" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M36" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N36" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D36" s="90">
+    <row r="37" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B37" s="39" t="s">
+        <v>399</v>
+      </c>
+      <c r="C37" s="49">
+        <v>81.927000000000007</v>
+      </c>
+      <c r="D37" s="49">
         <v>80.326999999999998</v>
       </c>
-      <c r="E36" t="s">
-[...11 lines deleted...]
-      <c r="I36" s="103">
+      <c r="E37" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="F37" s="49" t="s">
+        <v>145</v>
+      </c>
+      <c r="G37" s="49" t="s">
+        <v>146</v>
+      </c>
+      <c r="H37" s="49" t="s">
+        <v>400</v>
+      </c>
+      <c r="I37" s="50">
         <v>46569</v>
       </c>
-      <c r="J36" t="s">
-[...11 lines deleted...]
-      <c r="N36">
+      <c r="J37" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K37" s="49" t="s">
+        <v>401</v>
+      </c>
+      <c r="L37" s="49" t="s">
+        <v>402</v>
+      </c>
+      <c r="M37" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N37" s="49">
         <v>2</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="N37"/>
     </row>
     <row r="38" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B38" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="C38" s="49">
+        <v>350.70699999999999</v>
+      </c>
+      <c r="D38" s="49" t="s">
+        <v>403</v>
+      </c>
+      <c r="E38" s="49" t="s">
+        <v>390</v>
+      </c>
+      <c r="F38" s="49" t="s">
+        <v>404</v>
+      </c>
+      <c r="G38" s="49" t="s">
+        <v>405</v>
+      </c>
+      <c r="H38" s="49" t="s">
+        <v>400</v>
+      </c>
+      <c r="I38" s="49" t="s">
+        <v>406</v>
+      </c>
+      <c r="J38" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K38" s="49" t="s">
+        <v>407</v>
+      </c>
+      <c r="L38" s="49" t="s">
+        <v>408</v>
+      </c>
+      <c r="M38" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N38" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B39" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="C39" s="49">
+        <v>240.46799999999999</v>
+      </c>
+      <c r="D39" s="49" t="s">
+        <v>403</v>
+      </c>
+      <c r="E39" s="49" t="s">
+        <v>390</v>
+      </c>
+      <c r="F39" s="49" t="s">
+        <v>409</v>
+      </c>
+      <c r="G39" s="49" t="s">
+        <v>410</v>
+      </c>
+      <c r="H39" s="49" t="s">
+        <v>400</v>
+      </c>
+      <c r="I39" s="49" t="s">
+        <v>411</v>
+      </c>
+      <c r="J39" s="49" t="s">
+        <v>412</v>
+      </c>
+      <c r="K39" s="49" t="s">
+        <v>413</v>
+      </c>
+      <c r="L39" s="49" t="s">
+        <v>408</v>
+      </c>
+      <c r="M39" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N39" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B40" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C40" s="49">
+        <v>-23.263000000000002</v>
+      </c>
+      <c r="D40" s="49">
+        <v>-950</v>
+      </c>
+      <c r="E40" s="49"/>
+      <c r="F40" s="49"/>
+      <c r="G40" s="49"/>
+      <c r="H40" s="49"/>
+      <c r="I40" s="49"/>
+      <c r="J40" s="49"/>
+      <c r="K40" s="49"/>
+      <c r="L40" s="49"/>
+      <c r="M40" s="49"/>
+      <c r="N40" s="49"/>
+    </row>
+    <row r="41" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B41" s="25" t="s">
+        <v>147</v>
+      </c>
+      <c r="C41" s="52">
+        <v>649.83900000000006</v>
+      </c>
+      <c r="D41" s="52">
+        <v>109.971</v>
+      </c>
+      <c r="E41" s="49"/>
+      <c r="F41" s="49"/>
+      <c r="G41" s="49"/>
+      <c r="H41" s="49"/>
+      <c r="I41" s="49"/>
+      <c r="J41" s="49"/>
+      <c r="K41" s="49"/>
+      <c r="L41" s="49"/>
+      <c r="M41" s="49"/>
+      <c r="N41" s="49"/>
+    </row>
+    <row r="42" spans="1:15" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="B38" s="56" t="s">
-[...48 lines deleted...]
-      <c r="D40" s="92">
+      <c r="B42" s="20"/>
+      <c r="C42" s="20"/>
+      <c r="D42" s="20"/>
+      <c r="E42" s="20"/>
+      <c r="F42" s="20"/>
+      <c r="G42" s="20"/>
+      <c r="H42" s="20"/>
+      <c r="I42" s="37"/>
+      <c r="J42" s="20"/>
+      <c r="K42" s="20"/>
+      <c r="L42" s="20"/>
+      <c r="M42" s="20"/>
+      <c r="N42" s="20"/>
+      <c r="O42" s="1"/>
+    </row>
+    <row r="43" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B43" s="39" t="s">
+        <v>148</v>
+      </c>
+      <c r="C43" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D43" s="49">
         <v>63.542000000000002</v>
       </c>
-      <c r="E40" s="23" t="s">
-[...26 lines deleted...]
-      <c r="N40" s="23">
+      <c r="E43" s="49" t="s">
+        <v>138</v>
+      </c>
+      <c r="F43" s="49" t="s">
+        <v>149</v>
+      </c>
+      <c r="G43" s="49" t="s">
+        <v>140</v>
+      </c>
+      <c r="H43" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I43" s="49" t="s">
+        <v>141</v>
+      </c>
+      <c r="J43" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="K43" s="49" t="s">
+        <v>120</v>
+      </c>
+      <c r="L43" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M43" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N43" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="41" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D41" s="92">
+    <row r="44" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B44" s="39" t="s">
+        <v>150</v>
+      </c>
+      <c r="C44" s="49">
+        <v>50.262999999999998</v>
+      </c>
+      <c r="D44" s="49">
         <v>48.326000000000001</v>
       </c>
-      <c r="E41" s="27">
+      <c r="E44" s="51">
         <v>43744</v>
       </c>
-      <c r="F41" s="23" t="s">
-[...23 lines deleted...]
-      <c r="N41" s="23">
+      <c r="F44" s="49" t="s">
+        <v>151</v>
+      </c>
+      <c r="G44" s="49" t="s">
+        <v>152</v>
+      </c>
+      <c r="H44" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I44" s="50">
+        <v>46174</v>
+      </c>
+      <c r="J44" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K44" s="49" t="s">
+        <v>414</v>
+      </c>
+      <c r="L44" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M44" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N44" s="49">
         <v>1</v>
-      </c>
-[...130 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B45" s="39" t="s">
+        <v>153</v>
+      </c>
+      <c r="C45" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D45" s="49">
+        <v>13.278</v>
+      </c>
+      <c r="E45" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="F45" s="49" t="s">
+        <v>154</v>
+      </c>
+      <c r="G45" s="49" t="s">
+        <v>43</v>
+      </c>
+      <c r="H45" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I45" s="49" t="s">
+        <v>44</v>
+      </c>
+      <c r="J45" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="K45" s="49" t="s">
+        <v>343</v>
+      </c>
+      <c r="L45" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M45" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N45" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B46" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="C46" s="49">
+        <v>75.947000000000003</v>
+      </c>
+      <c r="D46" s="49">
+        <v>74.512</v>
+      </c>
+      <c r="E46" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="F46" s="49" t="s">
+        <v>155</v>
+      </c>
+      <c r="G46" s="49" t="s">
+        <v>156</v>
+      </c>
+      <c r="H46" s="49" t="s">
+        <v>157</v>
+      </c>
+      <c r="I46" s="50">
+        <v>10959</v>
+      </c>
+      <c r="J46" s="49" t="s">
+        <v>158</v>
+      </c>
+      <c r="K46" s="49" t="s">
+        <v>415</v>
+      </c>
+      <c r="L46" s="49" t="s">
+        <v>416</v>
+      </c>
+      <c r="M46" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N46" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B47" s="39" t="s">
+        <v>159</v>
+      </c>
+      <c r="C47" s="49">
+        <v>137.38800000000001</v>
+      </c>
+      <c r="D47" s="49">
+        <v>130.83799999999999</v>
+      </c>
+      <c r="E47" s="49" t="s">
+        <v>108</v>
+      </c>
+      <c r="F47" s="49" t="s">
+        <v>160</v>
+      </c>
+      <c r="G47" s="49" t="s">
+        <v>74</v>
+      </c>
+      <c r="H47" s="49" t="s">
+        <v>161</v>
+      </c>
+      <c r="I47" s="49" t="s">
+        <v>110</v>
+      </c>
+      <c r="J47" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K47" s="49" t="s">
+        <v>350</v>
+      </c>
+      <c r="L47" s="49" t="s">
+        <v>377</v>
+      </c>
+      <c r="M47" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N47" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B48" s="39" t="s">
+        <v>162</v>
+      </c>
+      <c r="C48" s="49">
+        <v>190.58699999999999</v>
+      </c>
+      <c r="D48" s="49">
+        <v>181.39500000000001</v>
+      </c>
+      <c r="E48" s="49" t="s">
+        <v>108</v>
+      </c>
+      <c r="F48" s="49" t="s">
+        <v>163</v>
+      </c>
+      <c r="G48" s="49" t="s">
+        <v>113</v>
+      </c>
+      <c r="H48" s="49" t="s">
+        <v>417</v>
+      </c>
+      <c r="I48" s="49" t="s">
+        <v>115</v>
+      </c>
+      <c r="J48" s="49" t="s">
+        <v>164</v>
+      </c>
+      <c r="K48" s="49" t="s">
+        <v>378</v>
+      </c>
+      <c r="L48" s="49" t="s">
+        <v>379</v>
+      </c>
+      <c r="M48" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N48" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B49" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C49" s="49">
+        <v>37.152000000000001</v>
+      </c>
+      <c r="D49" s="49">
+        <v>38.033000000000001</v>
+      </c>
+      <c r="E49" s="51">
+        <v>45391</v>
+      </c>
+      <c r="F49" s="49" t="s">
+        <v>166</v>
+      </c>
+      <c r="G49" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H49" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I49" s="49" t="s">
+        <v>119</v>
+      </c>
+      <c r="J49" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K49" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L49" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M49" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N49" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B50" s="39" t="s">
+        <v>71</v>
+      </c>
+      <c r="C50" s="49">
+        <v>100.175</v>
+      </c>
+      <c r="D50" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E50" s="49" t="s">
+        <v>167</v>
+      </c>
+      <c r="F50" s="49" t="s">
+        <v>168</v>
+      </c>
+      <c r="G50" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H50" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I50" s="50">
+        <v>11018</v>
+      </c>
+      <c r="J50" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K50" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L50" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M50" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N50" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B51" s="39" t="s">
+        <v>77</v>
+      </c>
+      <c r="C51" s="49">
+        <v>100.17700000000001</v>
+      </c>
+      <c r="D51" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E51" s="49" t="s">
+        <v>167</v>
+      </c>
+      <c r="F51" s="49" t="s">
+        <v>168</v>
+      </c>
+      <c r="G51" s="49" t="s">
+        <v>131</v>
+      </c>
+      <c r="H51" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I51" s="50">
+        <v>11749</v>
+      </c>
+      <c r="J51" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K51" s="49" t="s">
+        <v>387</v>
+      </c>
+      <c r="L51" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M51" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N51" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B52" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C52" s="49">
+        <v>-12.574999999999999</v>
+      </c>
+      <c r="D52" s="49">
+        <v>-1.694</v>
+      </c>
+      <c r="E52" s="49"/>
+      <c r="F52" s="49"/>
+      <c r="G52" s="49"/>
+      <c r="H52" s="49"/>
+      <c r="I52" s="49"/>
+      <c r="J52" s="49"/>
+      <c r="K52" s="49"/>
+      <c r="L52" s="49"/>
+      <c r="M52" s="49"/>
+      <c r="N52" s="49"/>
+    </row>
+    <row r="53" spans="1:14" s="13" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B53" s="25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C53" s="52">
+        <v>679.11400000000003</v>
+      </c>
+      <c r="D53" s="52">
+        <v>548.23</v>
+      </c>
+      <c r="E53" s="49"/>
+      <c r="F53" s="49"/>
+      <c r="G53" s="49"/>
+      <c r="H53" s="49"/>
+      <c r="I53" s="49"/>
+      <c r="J53" s="49"/>
+      <c r="K53" s="49"/>
+      <c r="L53" s="49"/>
+      <c r="M53" s="49"/>
+      <c r="N53" s="49"/>
+    </row>
+    <row r="54" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="B45" s="68" t="s">
-[...8 lines deleted...]
-      <c r="E45" s="23" t="s">
+      <c r="B54" s="20"/>
+      <c r="C54" s="20"/>
+      <c r="D54" s="20"/>
+      <c r="E54" s="20"/>
+      <c r="F54" s="20"/>
+      <c r="G54" s="20"/>
+      <c r="H54" s="20"/>
+      <c r="I54" s="37"/>
+      <c r="J54" s="20"/>
+      <c r="K54" s="20"/>
+      <c r="L54" s="20"/>
+      <c r="M54" s="20"/>
+      <c r="N54" s="20"/>
+    </row>
+    <row r="55" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B55" s="39" t="s">
+        <v>170</v>
+      </c>
+      <c r="C55" s="49">
+        <v>96.855999999999995</v>
+      </c>
+      <c r="D55" s="49">
+        <v>89.963999999999999</v>
+      </c>
+      <c r="E55" s="49" t="s">
+        <v>171</v>
+      </c>
+      <c r="F55" s="49" t="s">
+        <v>172</v>
+      </c>
+      <c r="G55" s="49" t="s">
+        <v>173</v>
+      </c>
+      <c r="H55" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I55" s="49" t="s">
+        <v>418</v>
+      </c>
+      <c r="J55" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K55" s="49" t="s">
+        <v>419</v>
+      </c>
+      <c r="L55" s="49" t="s">
+        <v>420</v>
+      </c>
+      <c r="M55" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="N55" s="49" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B56" s="25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C56" s="52">
+        <v>96.855999999999995</v>
+      </c>
+      <c r="D56" s="52">
+        <v>89.963999999999999</v>
+      </c>
+      <c r="E56" s="49"/>
+      <c r="F56" s="49"/>
+      <c r="G56" s="49"/>
+      <c r="H56" s="49"/>
+      <c r="I56" s="49"/>
+      <c r="J56" s="49"/>
+      <c r="K56" s="49"/>
+      <c r="L56" s="49"/>
+      <c r="M56" s="49"/>
+      <c r="N56" s="49"/>
+    </row>
+    <row r="57" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B57" s="20"/>
+      <c r="C57" s="20"/>
+      <c r="D57" s="20"/>
+      <c r="E57" s="20"/>
+      <c r="F57" s="20"/>
+      <c r="G57" s="20"/>
+      <c r="H57" s="20"/>
+      <c r="I57" s="37"/>
+      <c r="J57" s="20"/>
+      <c r="K57" s="20"/>
+      <c r="L57" s="20"/>
+      <c r="M57" s="20"/>
+      <c r="N57" s="20"/>
+    </row>
+    <row r="58" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B58" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="C58" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D58" s="49">
+        <v>72.956000000000003</v>
+      </c>
+      <c r="E58" s="49" t="s">
+        <v>138</v>
+      </c>
+      <c r="F58" s="49" t="s">
+        <v>175</v>
+      </c>
+      <c r="G58" s="49" t="s">
+        <v>140</v>
+      </c>
+      <c r="H58" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I58" s="49" t="s">
+        <v>141</v>
+      </c>
+      <c r="J58" s="49" t="s">
         <v>142</v>
       </c>
-      <c r="F45" s="23" t="s">
-[...163 lines deleted...]
-      <c r="B49" s="29" t="s">
+      <c r="K58" s="49" t="s">
+        <v>120</v>
+      </c>
+      <c r="L58" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M58" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N58" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B59" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C59" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D59" s="49">
+        <v>6.8070000000000004</v>
+      </c>
+      <c r="E59" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="F59" s="49" t="s">
         <v>176</v>
       </c>
-      <c r="C49" s="92">
-[...201 lines deleted...]
-      <c r="E56" s="79" t="s">
+      <c r="G59" s="49" t="s">
+        <v>43</v>
+      </c>
+      <c r="H59" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I59" s="49" t="s">
         <v>44</v>
       </c>
-      <c r="F56" s="8" t="s">
-[...155 lines deleted...]
-      <c r="N59" s="41">
+      <c r="J59" s="49" t="s">
+        <v>45</v>
+      </c>
+      <c r="K59" s="49" t="s">
+        <v>343</v>
+      </c>
+      <c r="L59" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M59" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N59" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="4" t="s">
-        <v>17</v>
-[...37 lines deleted...]
-      <c r="N60" s="35">
+        <v>16</v>
+      </c>
+      <c r="B60" s="39" t="s">
+        <v>177</v>
+      </c>
+      <c r="C60" s="49">
+        <v>402.416</v>
+      </c>
+      <c r="D60" s="49">
+        <v>383.29700000000003</v>
+      </c>
+      <c r="E60" s="49" t="s">
+        <v>54</v>
+      </c>
+      <c r="F60" s="49" t="s">
+        <v>178</v>
+      </c>
+      <c r="G60" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="H60" s="49" t="s">
+        <v>421</v>
+      </c>
+      <c r="I60" s="49" t="s">
+        <v>57</v>
+      </c>
+      <c r="J60" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="K60" s="49" t="s">
+        <v>46</v>
+      </c>
+      <c r="L60" s="49" t="s">
+        <v>422</v>
+      </c>
+      <c r="M60" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N60" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" s="4" t="s">
-        <v>17</v>
-[...37 lines deleted...]
-      <c r="N61" s="10">
+        <v>16</v>
+      </c>
+      <c r="B61" s="39" t="s">
+        <v>181</v>
+      </c>
+      <c r="C61" s="49">
+        <v>152.50800000000001</v>
+      </c>
+      <c r="D61" s="49">
+        <v>156.541</v>
+      </c>
+      <c r="E61" s="49" t="s">
+        <v>182</v>
+      </c>
+      <c r="F61" s="49" t="s">
+        <v>183</v>
+      </c>
+      <c r="G61" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="H61" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I61" s="49" t="s">
+        <v>184</v>
+      </c>
+      <c r="J61" s="49" t="s">
+        <v>185</v>
+      </c>
+      <c r="K61" s="49" t="s">
+        <v>362</v>
+      </c>
+      <c r="L61" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M61" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N61" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="4" t="s">
-        <v>17</v>
-[...37 lines deleted...]
-      <c r="N62" s="10">
+        <v>16</v>
+      </c>
+      <c r="B62" s="39" t="s">
+        <v>423</v>
+      </c>
+      <c r="C62" s="49">
+        <v>335.12900000000002</v>
+      </c>
+      <c r="D62" s="49" t="s">
+        <v>424</v>
+      </c>
+      <c r="E62" s="51">
+        <v>45023</v>
+      </c>
+      <c r="F62" s="49" t="s">
+        <v>82</v>
+      </c>
+      <c r="G62" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="H62" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I62" s="50">
+        <v>46204</v>
+      </c>
+      <c r="J62" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K62" s="49" t="s">
+        <v>362</v>
+      </c>
+      <c r="L62" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M62" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N62" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="63" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="4" t="s">
-        <v>17</v>
-[...37 lines deleted...]
-      <c r="N63" s="8">
+        <v>16</v>
+      </c>
+      <c r="B63" s="39" t="s">
+        <v>186</v>
+      </c>
+      <c r="C63" s="49">
+        <v>434.07100000000003</v>
+      </c>
+      <c r="D63" s="49">
+        <v>425.96699999999998</v>
+      </c>
+      <c r="E63" s="51">
+        <v>45475</v>
+      </c>
+      <c r="F63" s="49" t="s">
+        <v>92</v>
+      </c>
+      <c r="G63" s="49" t="s">
+        <v>187</v>
+      </c>
+      <c r="H63" s="49" t="s">
+        <v>425</v>
+      </c>
+      <c r="I63" s="49" t="s">
+        <v>188</v>
+      </c>
+      <c r="J63" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K63" s="49" t="s">
+        <v>426</v>
+      </c>
+      <c r="L63" s="49" t="s">
+        <v>427</v>
+      </c>
+      <c r="M63" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N63" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="64" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="4" t="s">
-        <v>17</v>
-[...33 lines deleted...]
-      <c r="N64" s="36"/>
+        <v>16</v>
+      </c>
+      <c r="B64" s="39" t="s">
+        <v>189</v>
+      </c>
+      <c r="C64" s="49">
+        <v>253.096</v>
+      </c>
+      <c r="D64" s="49">
+        <v>259.09699999999998</v>
+      </c>
+      <c r="E64" s="51">
+        <v>45391</v>
+      </c>
+      <c r="F64" s="49" t="s">
+        <v>190</v>
+      </c>
+      <c r="G64" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H64" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I64" s="49" t="s">
+        <v>119</v>
+      </c>
+      <c r="J64" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K64" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L64" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M64" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N64" s="49">
+        <v>2</v>
+      </c>
     </row>
     <row r="65" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B65" s="39" t="s">
+        <v>191</v>
+      </c>
+      <c r="C65" s="49">
+        <v>283.40100000000001</v>
+      </c>
+      <c r="D65" s="49">
+        <v>277.01900000000001</v>
+      </c>
+      <c r="E65" s="49" t="s">
+        <v>122</v>
+      </c>
+      <c r="F65" s="49" t="s">
+        <v>192</v>
+      </c>
+      <c r="G65" s="49" t="s">
+        <v>123</v>
+      </c>
+      <c r="H65" s="49" t="s">
+        <v>383</v>
+      </c>
+      <c r="I65" s="49" t="s">
+        <v>124</v>
+      </c>
+      <c r="J65" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K65" s="49" t="s">
+        <v>428</v>
+      </c>
+      <c r="L65" s="49" t="s">
+        <v>385</v>
+      </c>
+      <c r="M65" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N65" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B66" s="39" t="s">
+        <v>193</v>
+      </c>
+      <c r="C66" s="49">
+        <v>198.48400000000001</v>
+      </c>
+      <c r="D66" s="49">
+        <v>190.55600000000001</v>
+      </c>
+      <c r="E66" s="49" t="s">
+        <v>194</v>
+      </c>
+      <c r="F66" s="49" t="s">
+        <v>195</v>
+      </c>
+      <c r="G66" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H66" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I66" s="49" t="s">
+        <v>196</v>
+      </c>
+      <c r="J66" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K66" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L66" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M66" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N66" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B67" s="39" t="s">
+        <v>197</v>
+      </c>
+      <c r="C67" s="49">
+        <v>429.238</v>
+      </c>
+      <c r="D67" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E67" s="49" t="s">
+        <v>198</v>
+      </c>
+      <c r="F67" s="49" t="s">
+        <v>199</v>
+      </c>
+      <c r="G67" s="49" t="s">
+        <v>200</v>
+      </c>
+      <c r="H67" s="49" t="s">
+        <v>429</v>
+      </c>
+      <c r="I67" s="49" t="s">
+        <v>201</v>
+      </c>
+      <c r="J67" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K67" s="49" t="s">
+        <v>430</v>
+      </c>
+      <c r="L67" s="49" t="s">
+        <v>431</v>
+      </c>
+      <c r="M67" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N67" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B68" s="39" t="s">
+        <v>432</v>
+      </c>
+      <c r="C68" s="49">
+        <v>541.07100000000003</v>
+      </c>
+      <c r="D68" s="49" t="s">
+        <v>433</v>
+      </c>
+      <c r="E68" s="49" t="s">
+        <v>390</v>
+      </c>
+      <c r="F68" s="49" t="s">
+        <v>434</v>
+      </c>
+      <c r="G68" s="49" t="s">
+        <v>435</v>
+      </c>
+      <c r="H68" s="49" t="s">
+        <v>436</v>
+      </c>
+      <c r="I68" s="49" t="s">
+        <v>406</v>
+      </c>
+      <c r="J68" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K68" s="49" t="s">
+        <v>437</v>
+      </c>
+      <c r="L68" s="49" t="s">
+        <v>438</v>
+      </c>
+      <c r="M68" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N68" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B69" s="39" t="s">
+        <v>439</v>
+      </c>
+      <c r="C69" s="49">
+        <v>360.702</v>
+      </c>
+      <c r="D69" s="49" t="s">
+        <v>433</v>
+      </c>
+      <c r="E69" s="49" t="s">
+        <v>390</v>
+      </c>
+      <c r="F69" s="49" t="s">
+        <v>238</v>
+      </c>
+      <c r="G69" s="49" t="s">
+        <v>410</v>
+      </c>
+      <c r="H69" s="49" t="s">
+        <v>440</v>
+      </c>
+      <c r="I69" s="49" t="s">
+        <v>411</v>
+      </c>
+      <c r="J69" s="49" t="s">
+        <v>441</v>
+      </c>
+      <c r="K69" s="49" t="s">
+        <v>413</v>
+      </c>
+      <c r="L69" s="49" t="s">
+        <v>431</v>
+      </c>
+      <c r="M69" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N69" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B70" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C70" s="49">
+        <v>-71.959999999999994</v>
+      </c>
+      <c r="D70" s="49">
+        <v>-7.673</v>
+      </c>
+      <c r="E70" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="F70" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="G70" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="H70" s="49"/>
+      <c r="I70" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="J70" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="K70" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="L70" s="49"/>
+      <c r="M70" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="N70" s="49"/>
+    </row>
+    <row r="71" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B71" s="25" t="s">
+        <v>202</v>
+      </c>
+      <c r="C71" s="52" t="s">
+        <v>442</v>
+      </c>
+      <c r="D71" s="52" t="s">
+        <v>203</v>
+      </c>
+      <c r="E71" s="49"/>
+      <c r="F71" s="49"/>
+      <c r="G71" s="49"/>
+      <c r="H71" s="49"/>
+      <c r="I71" s="49"/>
+      <c r="J71" s="49"/>
+      <c r="K71" s="49"/>
+      <c r="L71" s="49"/>
+      <c r="M71" s="49"/>
+      <c r="N71" s="49"/>
+    </row>
+    <row r="72" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="B65" s="70" t="s">
-[...47 lines deleted...]
-      <c r="D67" s="92">
+      <c r="B72" s="20"/>
+      <c r="C72" s="20"/>
+      <c r="D72" s="20"/>
+      <c r="E72" s="20"/>
+      <c r="F72" s="20"/>
+      <c r="G72" s="20"/>
+      <c r="H72" s="20"/>
+      <c r="I72" s="37"/>
+      <c r="J72" s="20"/>
+      <c r="K72" s="20"/>
+      <c r="L72" s="20"/>
+      <c r="M72" s="20"/>
+      <c r="N72" s="20"/>
+    </row>
+    <row r="73" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B73" s="39" t="s">
+        <v>443</v>
+      </c>
+      <c r="C73" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D73" s="49">
         <v>181.21199999999999</v>
       </c>
-      <c r="E67" s="23" t="s">
-[...5 lines deleted...]
-      <c r="G67" s="23" t="s">
+      <c r="E73" s="49" t="s">
+        <v>138</v>
+      </c>
+      <c r="F73" s="49" t="s">
+        <v>205</v>
+      </c>
+      <c r="G73" s="49" t="s">
+        <v>140</v>
+      </c>
+      <c r="H73" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I73" s="49" t="s">
+        <v>141</v>
+      </c>
+      <c r="J73" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="K73" s="49" t="s">
+        <v>120</v>
+      </c>
+      <c r="L73" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M73" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N73" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B74" s="42" t="s">
+        <v>206</v>
+      </c>
+      <c r="C74" s="56">
+        <v>34.055999999999997</v>
+      </c>
+      <c r="D74" s="57">
+        <v>32.723999999999997</v>
+      </c>
+      <c r="E74" s="58">
+        <v>43744</v>
+      </c>
+      <c r="F74" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="G74" s="21" t="s">
+        <v>208</v>
+      </c>
+      <c r="H74" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="I74" s="59">
+        <v>47270</v>
+      </c>
+      <c r="J74" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="K74" s="21" t="s">
+        <v>445</v>
+      </c>
+      <c r="L74" s="17" t="s">
+        <v>444</v>
+      </c>
+      <c r="M74" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="N74" s="21">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B75" s="39" t="s">
+        <v>210</v>
+      </c>
+      <c r="C75" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D75" s="49">
+        <v>12.622999999999999</v>
+      </c>
+      <c r="E75" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="F75" s="49" t="s">
+        <v>211</v>
+      </c>
+      <c r="G75" s="49" t="s">
+        <v>43</v>
+      </c>
+      <c r="H75" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I75" s="49" t="s">
+        <v>44</v>
+      </c>
+      <c r="J75" s="49" t="s">
+        <v>45</v>
+      </c>
+      <c r="K75" s="49" t="s">
+        <v>343</v>
+      </c>
+      <c r="L75" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M75" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N75" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B76" s="39" t="s">
+        <v>159</v>
+      </c>
+      <c r="C76" s="49">
+        <v>82.891999999999996</v>
+      </c>
+      <c r="D76" s="49">
+        <v>79.308999999999997</v>
+      </c>
+      <c r="E76" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F76" s="49" t="s">
+        <v>212</v>
+      </c>
+      <c r="G76" s="49" t="s">
+        <v>49</v>
+      </c>
+      <c r="H76" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I76" s="49" t="s">
+        <v>33</v>
+      </c>
+      <c r="J76" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K76" s="49" t="s">
+        <v>104</v>
+      </c>
+      <c r="L76" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M76" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N76" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B77" s="42" t="s">
+        <v>162</v>
+      </c>
+      <c r="C77" s="56">
+        <v>96.513000000000005</v>
+      </c>
+      <c r="D77" s="57">
+        <v>92.286000000000001</v>
+      </c>
+      <c r="E77" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="F77" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="G77" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="H77" s="17" t="s">
+        <v>446</v>
+      </c>
+      <c r="I77" s="55" t="s">
+        <v>52</v>
+      </c>
+      <c r="J77" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="K77" s="21" t="s">
+        <v>344</v>
+      </c>
+      <c r="L77" s="17" t="s">
+        <v>447</v>
+      </c>
+      <c r="M77" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="N77" s="21">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B78" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C78" s="49">
+        <v>440.14299999999997</v>
+      </c>
+      <c r="D78" s="49">
+        <v>419.23099999999999</v>
+      </c>
+      <c r="E78" s="49" t="s">
+        <v>54</v>
+      </c>
+      <c r="F78" s="49" t="s">
+        <v>214</v>
+      </c>
+      <c r="G78" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="H78" s="49" t="s">
+        <v>215</v>
+      </c>
+      <c r="I78" s="49" t="s">
+        <v>57</v>
+      </c>
+      <c r="J78" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="K78" s="49" t="s">
+        <v>46</v>
+      </c>
+      <c r="L78" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="M78" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N78" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B79" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C79" s="49">
+        <v>194.26499999999999</v>
+      </c>
+      <c r="D79" s="49">
+        <v>185.005</v>
+      </c>
+      <c r="E79" s="49" t="s">
+        <v>72</v>
+      </c>
+      <c r="F79" s="49" t="s">
+        <v>216</v>
+      </c>
+      <c r="G79" s="49" t="s">
+        <v>74</v>
+      </c>
+      <c r="H79" s="49" t="s">
+        <v>217</v>
+      </c>
+      <c r="I79" s="49" t="s">
+        <v>75</v>
+      </c>
+      <c r="J79" s="49" t="s">
+        <v>76</v>
+      </c>
+      <c r="K79" s="49" t="s">
+        <v>350</v>
+      </c>
+      <c r="L79" s="49" t="s">
+        <v>427</v>
+      </c>
+      <c r="M79" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N79" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B80" s="39" t="s">
+        <v>70</v>
+      </c>
+      <c r="C80" s="49">
+        <v>112.95699999999999</v>
+      </c>
+      <c r="D80" s="49">
+        <v>107.541</v>
+      </c>
+      <c r="E80" s="49" t="s">
+        <v>72</v>
+      </c>
+      <c r="F80" s="49" t="s">
+        <v>218</v>
+      </c>
+      <c r="G80" s="49" t="s">
+        <v>79</v>
+      </c>
+      <c r="H80" s="49" t="s">
+        <v>219</v>
+      </c>
+      <c r="I80" s="49" t="s">
+        <v>80</v>
+      </c>
+      <c r="J80" s="49" t="s">
+        <v>81</v>
+      </c>
+      <c r="K80" s="49" t="s">
+        <v>351</v>
+      </c>
+      <c r="L80" s="49" t="s">
+        <v>448</v>
+      </c>
+      <c r="M80" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N80" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B81" s="39" t="s">
+        <v>181</v>
+      </c>
+      <c r="C81" s="49">
+        <v>434.07100000000003</v>
+      </c>
+      <c r="D81" s="49">
+        <v>425.96699999999998</v>
+      </c>
+      <c r="E81" s="51">
+        <v>45475</v>
+      </c>
+      <c r="F81" s="49" t="s">
+        <v>92</v>
+      </c>
+      <c r="G81" s="49" t="s">
+        <v>187</v>
+      </c>
+      <c r="H81" s="49" t="s">
+        <v>221</v>
+      </c>
+      <c r="I81" s="49" t="s">
         <v>188</v>
       </c>
-      <c r="H67" s="23" t="s">
-[...105 lines deleted...]
-      <c r="N69" s="23">
+      <c r="J81" s="49" t="s">
+        <v>222</v>
+      </c>
+      <c r="K81" s="49" t="s">
+        <v>426</v>
+      </c>
+      <c r="L81" s="49" t="s">
+        <v>449</v>
+      </c>
+      <c r="M81" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N81" s="49">
         <v>2</v>
       </c>
     </row>
-    <row r="70" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-[...179 lines deleted...]
-      <c r="B74" s="29" t="s">
+    <row r="82" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B82" s="39" t="s">
+        <v>223</v>
+      </c>
+      <c r="C82" s="49">
+        <v>491.75299999999999</v>
+      </c>
+      <c r="D82" s="49">
+        <v>470.92700000000002</v>
+      </c>
+      <c r="E82" s="49" t="s">
+        <v>108</v>
+      </c>
+      <c r="F82" s="49" t="s">
+        <v>224</v>
+      </c>
+      <c r="G82" s="49" t="s">
+        <v>225</v>
+      </c>
+      <c r="H82" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I82" s="49" t="s">
+        <v>75</v>
+      </c>
+      <c r="J82" s="49" t="s">
         <v>81</v>
       </c>
-      <c r="C74" s="92">
-[...384 lines deleted...]
-      <c r="N82" s="23">
+      <c r="K82" s="49" t="s">
+        <v>393</v>
+      </c>
+      <c r="L82" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M82" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N82" s="49">
         <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B83" s="39" t="s">
+        <v>226</v>
+      </c>
+      <c r="C83" s="49">
+        <v>117.63200000000001</v>
+      </c>
+      <c r="D83" s="49">
+        <v>120.42100000000001</v>
+      </c>
+      <c r="E83" s="51">
+        <v>45391</v>
+      </c>
+      <c r="F83" s="49" t="s">
+        <v>227</v>
+      </c>
+      <c r="G83" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H83" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I83" s="49" t="s">
+        <v>119</v>
+      </c>
+      <c r="J83" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K83" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L83" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M83" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N83" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B84" s="39" t="s">
+        <v>228</v>
+      </c>
+      <c r="C84" s="49">
+        <v>750.05899999999997</v>
+      </c>
+      <c r="D84" s="49">
+        <v>720.80100000000004</v>
+      </c>
+      <c r="E84" s="49" t="s">
+        <v>194</v>
+      </c>
+      <c r="F84" s="49" t="s">
+        <v>229</v>
+      </c>
+      <c r="G84" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H84" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I84" s="49" t="s">
+        <v>196</v>
+      </c>
+      <c r="J84" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K84" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L84" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M84" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N84" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B85" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="C85" s="49">
+        <v>273.82</v>
+      </c>
+      <c r="D85" s="49">
+        <v>263.03399999999999</v>
+      </c>
+      <c r="E85" s="49" t="s">
+        <v>194</v>
+      </c>
+      <c r="F85" s="49" t="s">
+        <v>230</v>
+      </c>
+      <c r="G85" s="49" t="s">
+        <v>131</v>
+      </c>
+      <c r="H85" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I85" s="49" t="s">
+        <v>231</v>
+      </c>
+      <c r="J85" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K85" s="49" t="s">
+        <v>387</v>
+      </c>
+      <c r="L85" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M85" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N85" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B86" s="39" t="s">
+        <v>232</v>
+      </c>
+      <c r="C86" s="49">
+        <v>211.375</v>
+      </c>
+      <c r="D86" s="49">
+        <v>200.72900000000001</v>
+      </c>
+      <c r="E86" s="49" t="s">
+        <v>194</v>
+      </c>
+      <c r="F86" s="49" t="s">
+        <v>87</v>
+      </c>
+      <c r="G86" s="49" t="s">
+        <v>233</v>
+      </c>
+      <c r="H86" s="49" t="s">
+        <v>450</v>
+      </c>
+      <c r="I86" s="49" t="s">
+        <v>234</v>
+      </c>
+      <c r="J86" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K86" s="49" t="s">
+        <v>451</v>
+      </c>
+      <c r="L86" s="49" t="s">
+        <v>452</v>
+      </c>
+      <c r="M86" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N86" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B87" s="39" t="s">
+        <v>235</v>
+      </c>
+      <c r="C87" s="49">
+        <v>801.39499999999998</v>
+      </c>
+      <c r="D87" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E87" s="49" t="s">
+        <v>167</v>
+      </c>
+      <c r="F87" s="49" t="s">
+        <v>236</v>
+      </c>
+      <c r="G87" s="49" t="s">
+        <v>225</v>
+      </c>
+      <c r="H87" s="49" t="s">
+        <v>453</v>
+      </c>
+      <c r="I87" s="50">
+        <v>11018</v>
+      </c>
+      <c r="J87" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K87" s="49" t="s">
+        <v>393</v>
+      </c>
+      <c r="L87" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M87" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N87" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="88" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B88" s="39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C88" s="49">
+        <v>376.892</v>
+      </c>
+      <c r="D88" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E88" s="49" t="s">
+        <v>198</v>
+      </c>
+      <c r="F88" s="49" t="s">
+        <v>238</v>
+      </c>
+      <c r="G88" s="49" t="s">
+        <v>200</v>
+      </c>
+      <c r="H88" s="49" t="s">
+        <v>440</v>
+      </c>
+      <c r="I88" s="49" t="s">
+        <v>201</v>
+      </c>
+      <c r="J88" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K88" s="49" t="s">
+        <v>430</v>
+      </c>
+      <c r="L88" s="49" t="s">
+        <v>431</v>
+      </c>
+      <c r="M88" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N88" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B89" s="39" t="s">
+        <v>454</v>
+      </c>
+      <c r="C89" s="49">
+        <v>551.101</v>
+      </c>
+      <c r="D89" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E89" s="49" t="s">
+        <v>390</v>
+      </c>
+      <c r="F89" s="49" t="s">
+        <v>86</v>
+      </c>
+      <c r="G89" s="49" t="s">
+        <v>455</v>
+      </c>
+      <c r="H89" s="49" t="s">
+        <v>456</v>
+      </c>
+      <c r="I89" s="49" t="s">
+        <v>406</v>
+      </c>
+      <c r="J89" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K89" s="49" t="s">
+        <v>457</v>
+      </c>
+      <c r="L89" s="49" t="s">
+        <v>458</v>
+      </c>
+      <c r="M89" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N89" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B90" s="39" t="s">
+        <v>459</v>
+      </c>
+      <c r="C90" s="49">
+        <v>450.87700000000001</v>
+      </c>
+      <c r="D90" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E90" s="49" t="s">
+        <v>390</v>
+      </c>
+      <c r="F90" s="49" t="s">
+        <v>460</v>
+      </c>
+      <c r="G90" s="49" t="s">
+        <v>410</v>
+      </c>
+      <c r="H90" s="49" t="s">
+        <v>429</v>
+      </c>
+      <c r="I90" s="49" t="s">
+        <v>411</v>
+      </c>
+      <c r="J90" s="49" t="s">
+        <v>412</v>
+      </c>
+      <c r="K90" s="49" t="s">
+        <v>413</v>
+      </c>
+      <c r="L90" s="49" t="s">
+        <v>431</v>
+      </c>
+      <c r="M90" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N90" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B91" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C91" s="49">
+        <v>-84.701999999999998</v>
+      </c>
+      <c r="D91" s="49">
+        <v>-8.6980000000000004</v>
+      </c>
+      <c r="E91" s="49"/>
+      <c r="F91" s="49"/>
+      <c r="G91" s="49"/>
+      <c r="H91" s="49"/>
+      <c r="I91" s="49"/>
+      <c r="J91" s="49"/>
+      <c r="K91" s="49"/>
+      <c r="L91" s="49"/>
+      <c r="M91" s="49"/>
+      <c r="N91" s="49"/>
+    </row>
+    <row r="92" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="B92" s="25" t="s">
+        <v>239</v>
+      </c>
+      <c r="C92" s="52" t="s">
+        <v>461</v>
+      </c>
+      <c r="D92" s="52" t="s">
+        <v>240</v>
+      </c>
+      <c r="E92" s="49"/>
+      <c r="F92" s="49"/>
+      <c r="G92" s="49"/>
+      <c r="H92" s="49"/>
+      <c r="I92" s="49"/>
+      <c r="J92" s="49"/>
+      <c r="K92" s="49"/>
+      <c r="L92" s="49"/>
+      <c r="M92" s="49"/>
+      <c r="N92" s="49"/>
+    </row>
+    <row r="93" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="B83" s="68" t="s">
-[...20 lines deleted...]
-      <c r="A84" s="33" t="s">
+      <c r="B93" s="20"/>
+      <c r="C93" s="20"/>
+      <c r="D93" s="20"/>
+      <c r="E93" s="20"/>
+      <c r="F93" s="20"/>
+      <c r="G93" s="20"/>
+      <c r="H93" s="20"/>
+      <c r="I93" s="37"/>
+      <c r="J93" s="20"/>
+      <c r="K93" s="20"/>
+      <c r="L93" s="20"/>
+      <c r="M93" s="20"/>
+      <c r="N93" s="20"/>
+    </row>
+    <row r="94" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="B84" s="25" t="s">
-[...20 lines deleted...]
-      <c r="A85" s="49" t="s">
+      <c r="B94" s="39" t="s">
+        <v>241</v>
+      </c>
+      <c r="C94" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D94" s="49">
+        <v>23.533999999999999</v>
+      </c>
+      <c r="E94" s="49" t="s">
+        <v>138</v>
+      </c>
+      <c r="F94" s="49" t="s">
+        <v>242</v>
+      </c>
+      <c r="G94" s="49" t="s">
+        <v>140</v>
+      </c>
+      <c r="H94" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I94" s="49" t="s">
+        <v>141</v>
+      </c>
+      <c r="J94" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="K94" s="49" t="s">
+        <v>120</v>
+      </c>
+      <c r="L94" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M94" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N94" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B95" s="39" t="s">
+        <v>243</v>
+      </c>
+      <c r="C95" s="49">
+        <v>37.697000000000003</v>
+      </c>
+      <c r="D95" s="49">
+        <v>36.244</v>
+      </c>
+      <c r="E95" s="51">
+        <v>43744</v>
+      </c>
+      <c r="F95" s="49" t="s">
+        <v>244</v>
+      </c>
+      <c r="G95" s="49" t="s">
+        <v>152</v>
+      </c>
+      <c r="H95" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I95" s="50">
+        <v>46174</v>
+      </c>
+      <c r="J95" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K95" s="49" t="s">
+        <v>414</v>
+      </c>
+      <c r="L95" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M95" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N95" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="96" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B96" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C96" s="49">
+        <v>61.003</v>
+      </c>
+      <c r="D96" s="49">
+        <v>62.616999999999997</v>
+      </c>
+      <c r="E96" s="49" t="s">
+        <v>182</v>
+      </c>
+      <c r="F96" s="49" t="s">
+        <v>245</v>
+      </c>
+      <c r="G96" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="H96" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I96" s="49" t="s">
+        <v>184</v>
+      </c>
+      <c r="J96" s="49" t="s">
+        <v>246</v>
+      </c>
+      <c r="K96" s="49" t="s">
+        <v>362</v>
+      </c>
+      <c r="L96" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M96" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N96" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="97" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B97" s="39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C97" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D97" s="49">
+        <v>27.463999999999999</v>
+      </c>
+      <c r="E97" s="49" t="s">
+        <v>248</v>
+      </c>
+      <c r="F97" s="49" t="s">
+        <v>249</v>
+      </c>
+      <c r="G97" s="49" t="s">
+        <v>250</v>
+      </c>
+      <c r="H97" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I97" s="49" t="s">
+        <v>251</v>
+      </c>
+      <c r="J97" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K97" s="49" t="s">
+        <v>462</v>
+      </c>
+      <c r="L97" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M97" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N97" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B98" s="39" t="s">
+        <v>252</v>
+      </c>
+      <c r="C98" s="49">
+        <v>198.48400000000001</v>
+      </c>
+      <c r="D98" s="49">
+        <v>190.55600000000001</v>
+      </c>
+      <c r="E98" s="49" t="s">
+        <v>194</v>
+      </c>
+      <c r="F98" s="49" t="s">
+        <v>253</v>
+      </c>
+      <c r="G98" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H98" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I98" s="49" t="s">
+        <v>196</v>
+      </c>
+      <c r="J98" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K98" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L98" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M98" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N98" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="99" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B99" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C99" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D99" s="49">
+        <v>-248</v>
+      </c>
+      <c r="E99" s="49"/>
+      <c r="F99" s="49"/>
+      <c r="G99" s="49"/>
+      <c r="H99" s="49"/>
+      <c r="I99" s="49"/>
+      <c r="J99" s="49"/>
+      <c r="K99" s="49"/>
+      <c r="L99" s="49"/>
+      <c r="M99" s="49"/>
+      <c r="N99" s="49"/>
+    </row>
+    <row r="100" spans="1:14" s="13" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B100" s="25" t="s">
+        <v>254</v>
+      </c>
+      <c r="C100" s="52">
+        <v>297.18400000000003</v>
+      </c>
+      <c r="D100" s="52">
+        <v>340.16699999999997</v>
+      </c>
+      <c r="E100" s="49"/>
+      <c r="F100" s="49"/>
+      <c r="G100" s="49"/>
+      <c r="H100" s="49"/>
+      <c r="I100" s="49"/>
+      <c r="J100" s="49"/>
+      <c r="K100" s="49"/>
+      <c r="L100" s="49"/>
+      <c r="M100" s="49"/>
+      <c r="N100" s="49"/>
+    </row>
+    <row r="101" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="B85" s="67"/>
-[...14 lines deleted...]
-      <c r="A86" s="4" t="s">
+      <c r="B101" s="20"/>
+      <c r="C101" s="20"/>
+      <c r="D101" s="20"/>
+      <c r="E101" s="20"/>
+      <c r="F101" s="20"/>
+      <c r="G101" s="20"/>
+      <c r="H101" s="20"/>
+      <c r="I101" s="37"/>
+      <c r="J101" s="20"/>
+      <c r="K101" s="20"/>
+      <c r="L101" s="20"/>
+      <c r="M101" s="20"/>
+      <c r="N101" s="20"/>
+    </row>
+    <row r="102" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="B86" s="29" t="s">
-[...35 lines deleted...]
-      <c r="N86" s="23">
+      <c r="B102" s="39" t="s">
+        <v>170</v>
+      </c>
+      <c r="C102" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D102" s="49">
+        <v>112.96299999999999</v>
+      </c>
+      <c r="E102" s="49" t="s">
+        <v>138</v>
+      </c>
+      <c r="F102" s="49" t="s">
+        <v>255</v>
+      </c>
+      <c r="G102" s="49" t="s">
+        <v>140</v>
+      </c>
+      <c r="H102" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I102" s="49" t="s">
+        <v>141</v>
+      </c>
+      <c r="J102" s="49" t="s">
+        <v>256</v>
+      </c>
+      <c r="K102" s="49" t="s">
+        <v>120</v>
+      </c>
+      <c r="L102" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M102" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N102" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="87" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A87" s="4" t="s">
+    <row r="103" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="B87" s="29" t="s">
-[...8 lines deleted...]
-      <c r="E87" s="27">
+      <c r="B103" s="39" t="s">
+        <v>257</v>
+      </c>
+      <c r="C103" s="49">
+        <v>170.23</v>
+      </c>
+      <c r="D103" s="49">
+        <v>163.53399999999999</v>
+      </c>
+      <c r="E103" s="51">
         <v>43744</v>
       </c>
-      <c r="F87" s="23" t="s">
-[...2 lines deleted...]
-      <c r="G87" s="23" t="s">
+      <c r="F103" s="49" t="s">
+        <v>258</v>
+      </c>
+      <c r="G103" s="49" t="s">
+        <v>250</v>
+      </c>
+      <c r="H103" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I103" s="50">
+        <v>46174</v>
+      </c>
+      <c r="J103" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K103" s="49" t="s">
+        <v>462</v>
+      </c>
+      <c r="L103" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M103" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N103" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B104" s="39" t="s">
         <v>204</v>
       </c>
-      <c r="H87" s="23" t="s">
-[...17 lines deleted...]
-      <c r="N87" s="23">
+      <c r="C104" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D104" s="49">
+        <v>209.04300000000001</v>
+      </c>
+      <c r="E104" s="49" t="s">
+        <v>259</v>
+      </c>
+      <c r="F104" s="49" t="s">
+        <v>87</v>
+      </c>
+      <c r="G104" s="49" t="s">
+        <v>260</v>
+      </c>
+      <c r="H104" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I104" s="49" t="s">
+        <v>251</v>
+      </c>
+      <c r="J104" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K104" s="49" t="s">
+        <v>463</v>
+      </c>
+      <c r="L104" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M104" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N104" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="105" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A105" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B105" s="39" t="s">
+        <v>261</v>
+      </c>
+      <c r="C105" s="49">
+        <v>324.952</v>
+      </c>
+      <c r="D105" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E105" s="49" t="s">
+        <v>126</v>
+      </c>
+      <c r="F105" s="49" t="s">
+        <v>178</v>
+      </c>
+      <c r="G105" s="49" t="s">
+        <v>262</v>
+      </c>
+      <c r="H105" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I105" s="49" t="s">
+        <v>128</v>
+      </c>
+      <c r="J105" s="49" t="s">
+        <v>263</v>
+      </c>
+      <c r="K105" s="49" t="s">
+        <v>464</v>
+      </c>
+      <c r="L105" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M105" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N105" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="106" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B106" s="39" t="s">
+        <v>264</v>
+      </c>
+      <c r="C106" s="49">
+        <v>410.98599999999999</v>
+      </c>
+      <c r="D106" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E106" s="49" t="s">
+        <v>198</v>
+      </c>
+      <c r="F106" s="49" t="s">
+        <v>92</v>
+      </c>
+      <c r="G106" s="49" t="s">
+        <v>265</v>
+      </c>
+      <c r="H106" s="49" t="s">
+        <v>465</v>
+      </c>
+      <c r="I106" s="49" t="s">
+        <v>266</v>
+      </c>
+      <c r="J106" s="49" t="s">
+        <v>267</v>
+      </c>
+      <c r="K106" s="49" t="s">
+        <v>466</v>
+      </c>
+      <c r="L106" s="49" t="s">
+        <v>467</v>
+      </c>
+      <c r="M106" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N106" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="107" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B107" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C107" s="49">
+        <v>-13.038</v>
+      </c>
+      <c r="D107" s="49">
+        <v>-603</v>
+      </c>
+      <c r="E107" s="49"/>
+      <c r="F107" s="49"/>
+      <c r="G107" s="49"/>
+      <c r="H107" s="49"/>
+      <c r="I107" s="49"/>
+      <c r="J107" s="49"/>
+      <c r="K107" s="49"/>
+      <c r="L107" s="49"/>
+      <c r="M107" s="49"/>
+      <c r="N107" s="49"/>
+    </row>
+    <row r="108" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B108" s="25" t="s">
+        <v>268</v>
+      </c>
+      <c r="C108" s="52">
+        <v>893.13</v>
+      </c>
+      <c r="D108" s="52">
+        <v>484.93700000000001</v>
+      </c>
+      <c r="E108" s="49"/>
+      <c r="F108" s="49"/>
+      <c r="G108" s="49"/>
+      <c r="H108" s="49"/>
+      <c r="I108" s="49"/>
+      <c r="J108" s="49"/>
+      <c r="K108" s="49"/>
+      <c r="L108" s="49"/>
+      <c r="M108" s="49"/>
+      <c r="N108" s="49"/>
+    </row>
+    <row r="109" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B109" s="20"/>
+      <c r="C109" s="20"/>
+      <c r="D109" s="20"/>
+      <c r="E109" s="20"/>
+      <c r="F109" s="20"/>
+      <c r="G109" s="20"/>
+      <c r="H109" s="20"/>
+      <c r="I109" s="37"/>
+      <c r="J109" s="20"/>
+      <c r="K109" s="20"/>
+      <c r="L109" s="20"/>
+      <c r="M109" s="20"/>
+      <c r="N109" s="20"/>
+    </row>
+    <row r="110" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B110" s="39" t="s">
+        <v>170</v>
+      </c>
+      <c r="C110" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D110" s="49">
+        <v>32.948</v>
+      </c>
+      <c r="E110" s="49" t="s">
+        <v>138</v>
+      </c>
+      <c r="F110" s="49" t="s">
+        <v>269</v>
+      </c>
+      <c r="G110" s="49" t="s">
+        <v>140</v>
+      </c>
+      <c r="H110" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I110" s="49" t="s">
+        <v>141</v>
+      </c>
+      <c r="J110" s="49" t="s">
+        <v>142</v>
+      </c>
+      <c r="K110" s="49" t="s">
+        <v>120</v>
+      </c>
+      <c r="L110" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M110" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N110" s="49">
         <v>1</v>
       </c>
     </row>
-    <row r="88" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
-[...39 lines deleted...]
-      <c r="N88" s="23">
+    <row r="111" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B111" s="39" t="s">
+        <v>148</v>
+      </c>
+      <c r="C111" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D111" s="49">
+        <v>62.654000000000003</v>
+      </c>
+      <c r="E111" s="49" t="s">
+        <v>248</v>
+      </c>
+      <c r="F111" s="49" t="s">
+        <v>270</v>
+      </c>
+      <c r="G111" s="49" t="s">
+        <v>250</v>
+      </c>
+      <c r="H111" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I111" s="49" t="s">
+        <v>251</v>
+      </c>
+      <c r="J111" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K111" s="49" t="s">
+        <v>462</v>
+      </c>
+      <c r="L111" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M111" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N111" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B112" s="39" t="s">
+        <v>271</v>
+      </c>
+      <c r="C112" s="49">
+        <v>97.662999999999997</v>
+      </c>
+      <c r="D112" s="49">
+        <v>95.837999999999994</v>
+      </c>
+      <c r="E112" s="49" t="s">
+        <v>144</v>
+      </c>
+      <c r="F112" s="49" t="s">
+        <v>272</v>
+      </c>
+      <c r="G112" s="49" t="s">
+        <v>273</v>
+      </c>
+      <c r="H112" s="49" t="s">
+        <v>274</v>
+      </c>
+      <c r="I112" s="50">
+        <v>11689</v>
+      </c>
+      <c r="J112" s="49" t="s">
+        <v>275</v>
+      </c>
+      <c r="K112" s="49" t="s">
+        <v>468</v>
+      </c>
+      <c r="L112" s="49" t="s">
+        <v>469</v>
+      </c>
+      <c r="M112" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N112" s="49">
         <v>2</v>
-      </c>
-[...856 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A113" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B113" s="39" t="s">
+        <v>153</v>
+      </c>
+      <c r="C113" s="49">
+        <v>122.006</v>
+      </c>
+      <c r="D113" s="49">
+        <v>125.233</v>
+      </c>
+      <c r="E113" s="49" t="s">
+        <v>182</v>
+      </c>
+      <c r="F113" s="49" t="s">
+        <v>276</v>
+      </c>
+      <c r="G113" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="H113" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I113" s="49" t="s">
+        <v>184</v>
+      </c>
+      <c r="J113" s="49" t="s">
+        <v>246</v>
+      </c>
+      <c r="K113" s="49" t="s">
+        <v>362</v>
+      </c>
+      <c r="L113" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M113" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N113" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="114" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B114" s="39" t="s">
+        <v>210</v>
+      </c>
+      <c r="C114" s="49">
+        <v>166.74</v>
+      </c>
+      <c r="D114" s="49">
+        <v>170.69300000000001</v>
+      </c>
+      <c r="E114" s="51">
+        <v>45391</v>
+      </c>
+      <c r="F114" s="49" t="s">
+        <v>277</v>
+      </c>
+      <c r="G114" s="49" t="s">
+        <v>118</v>
+      </c>
+      <c r="H114" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I114" s="49" t="s">
+        <v>119</v>
+      </c>
+      <c r="J114" s="49" t="s">
+        <v>278</v>
+      </c>
+      <c r="K114" s="49" t="s">
+        <v>380</v>
+      </c>
+      <c r="L114" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M114" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N114" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="115" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B115" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C115" s="49">
+        <v>205.49299999999999</v>
+      </c>
+      <c r="D115" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E115" s="49" t="s">
+        <v>198</v>
+      </c>
+      <c r="F115" s="49" t="s">
+        <v>87</v>
+      </c>
+      <c r="G115" s="49" t="s">
+        <v>265</v>
+      </c>
+      <c r="H115" s="49" t="s">
+        <v>470</v>
+      </c>
+      <c r="I115" s="49" t="s">
+        <v>266</v>
+      </c>
+      <c r="J115" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K115" s="49" t="s">
+        <v>466</v>
+      </c>
+      <c r="L115" s="49" t="s">
+        <v>471</v>
+      </c>
+      <c r="M115" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N115" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B116" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C116" s="49">
+        <v>-8.6460000000000008</v>
+      </c>
+      <c r="D116" s="49">
+        <v>-129</v>
+      </c>
+      <c r="E116" s="49"/>
+      <c r="F116" s="49"/>
+      <c r="G116" s="49"/>
+      <c r="H116" s="49"/>
+      <c r="I116" s="49"/>
+      <c r="J116" s="49"/>
+      <c r="K116" s="49"/>
+      <c r="L116" s="49"/>
+      <c r="M116" s="49"/>
+      <c r="N116" s="49"/>
+    </row>
+    <row r="117" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B117" s="25" t="s">
+        <v>280</v>
+      </c>
+      <c r="C117" s="52">
+        <v>583.25599999999997</v>
+      </c>
+      <c r="D117" s="52">
+        <v>487.23700000000002</v>
+      </c>
+      <c r="E117" s="49"/>
+      <c r="F117" s="49"/>
+      <c r="G117" s="49"/>
+      <c r="H117" s="49"/>
+      <c r="I117" s="49"/>
+      <c r="J117" s="49"/>
+      <c r="K117" s="49"/>
+      <c r="L117" s="49"/>
+      <c r="M117" s="49"/>
+      <c r="N117" s="49"/>
+    </row>
+    <row r="118" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="B118" s="20"/>
+      <c r="C118" s="20"/>
+      <c r="D118" s="20"/>
+      <c r="E118" s="20"/>
+      <c r="F118" s="20"/>
+      <c r="G118" s="20"/>
+      <c r="H118" s="20"/>
+      <c r="I118" s="37"/>
+      <c r="J118" s="20"/>
+      <c r="K118" s="20"/>
+      <c r="L118" s="20"/>
+      <c r="M118" s="20"/>
+      <c r="N118" s="20"/>
+    </row>
+    <row r="119" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B119" s="39" t="s">
+        <v>281</v>
+      </c>
+      <c r="C119" s="49">
+        <v>110.015</v>
+      </c>
+      <c r="D119" s="49">
+        <v>105.062</v>
+      </c>
+      <c r="E119" s="49" t="s">
+        <v>282</v>
+      </c>
+      <c r="F119" s="49" t="s">
+        <v>283</v>
+      </c>
+      <c r="G119" s="49" t="s">
+        <v>284</v>
+      </c>
+      <c r="H119" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I119" s="49" t="s">
+        <v>285</v>
+      </c>
+      <c r="J119" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K119" s="49" t="s">
+        <v>472</v>
+      </c>
+      <c r="L119" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M119" s="49" t="s">
+        <v>286</v>
+      </c>
+      <c r="N119" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="120" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B120" s="39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C120" s="49">
+        <v>75.034000000000006</v>
+      </c>
+      <c r="D120" s="49">
+        <v>71.617999999999995</v>
+      </c>
+      <c r="E120" s="49" t="s">
+        <v>282</v>
+      </c>
+      <c r="F120" s="49" t="s">
+        <v>287</v>
+      </c>
+      <c r="G120" s="49" t="s">
+        <v>288</v>
+      </c>
+      <c r="H120" s="49" t="s">
+        <v>289</v>
+      </c>
+      <c r="I120" s="49" t="s">
+        <v>290</v>
+      </c>
+      <c r="J120" s="49" t="s">
+        <v>291</v>
+      </c>
+      <c r="K120" s="49" t="s">
+        <v>220</v>
+      </c>
+      <c r="L120" s="49" t="s">
+        <v>473</v>
+      </c>
+      <c r="M120" s="49" t="s">
+        <v>286</v>
+      </c>
+      <c r="N120" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B121" s="39" t="s">
+        <v>292</v>
+      </c>
+      <c r="C121" s="49">
+        <v>183.613</v>
+      </c>
+      <c r="D121" s="49">
+        <v>171.21700000000001</v>
+      </c>
+      <c r="E121" s="49" t="s">
+        <v>282</v>
+      </c>
+      <c r="F121" s="49" t="s">
+        <v>293</v>
+      </c>
+      <c r="G121" s="49" t="s">
+        <v>294</v>
+      </c>
+      <c r="H121" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I121" s="49" t="s">
+        <v>285</v>
+      </c>
+      <c r="J121" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K121" s="49" t="s">
+        <v>99</v>
+      </c>
+      <c r="L121" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M121" s="49" t="s">
+        <v>286</v>
+      </c>
+      <c r="N121" s="49">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B122" s="39" t="s">
+        <v>295</v>
+      </c>
+      <c r="C122" s="49">
+        <v>79.168000000000006</v>
+      </c>
+      <c r="D122" s="49">
+        <v>75.745999999999995</v>
+      </c>
+      <c r="E122" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F122" s="49" t="s">
+        <v>296</v>
+      </c>
+      <c r="G122" s="49" t="s">
+        <v>49</v>
+      </c>
+      <c r="H122" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I122" s="49" t="s">
+        <v>33</v>
+      </c>
+      <c r="J122" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K122" s="49" t="s">
+        <v>104</v>
+      </c>
+      <c r="L122" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M122" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N122" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="123" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B123" s="39" t="s">
+        <v>297</v>
+      </c>
+      <c r="C123" s="49">
+        <v>114.048</v>
+      </c>
+      <c r="D123" s="49">
+        <v>109.053</v>
+      </c>
+      <c r="E123" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F123" s="49" t="s">
+        <v>298</v>
+      </c>
+      <c r="G123" s="49" t="s">
+        <v>51</v>
+      </c>
+      <c r="H123" s="49" t="s">
+        <v>299</v>
+      </c>
+      <c r="I123" s="49" t="s">
+        <v>52</v>
+      </c>
+      <c r="J123" s="49" t="s">
+        <v>53</v>
+      </c>
+      <c r="K123" s="49" t="s">
+        <v>344</v>
+      </c>
+      <c r="L123" s="49" t="s">
+        <v>474</v>
+      </c>
+      <c r="M123" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N123" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="124" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B124" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C124" s="49">
+        <v>-2.004</v>
+      </c>
+      <c r="D124" s="49">
+        <v>-2.6970000000000001</v>
+      </c>
+      <c r="E124" s="49"/>
+      <c r="F124" s="49"/>
+      <c r="G124" s="49"/>
+      <c r="H124" s="49"/>
+      <c r="I124" s="49"/>
+      <c r="J124" s="49"/>
+      <c r="K124" s="49"/>
+      <c r="L124" s="49"/>
+      <c r="M124" s="49"/>
+      <c r="N124" s="49"/>
+    </row>
+    <row r="125" spans="1:14" s="13" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B125" s="25" t="s">
+        <v>300</v>
+      </c>
+      <c r="C125" s="52">
+        <v>559.87400000000002</v>
+      </c>
+      <c r="D125" s="52">
+        <v>529.99900000000002</v>
+      </c>
+      <c r="E125" s="49"/>
+      <c r="F125" s="49"/>
+      <c r="G125" s="49"/>
+      <c r="H125" s="49"/>
+      <c r="I125" s="49"/>
+      <c r="J125" s="49"/>
+      <c r="K125" s="49"/>
+      <c r="L125" s="49"/>
+      <c r="M125" s="49"/>
+      <c r="N125" s="49"/>
+    </row>
+    <row r="126" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="B113" s="68" t="s">
-[...11 lines deleted...]
-      <c r="F113" s="23" t="s">
+      <c r="B126" s="20"/>
+      <c r="C126" s="20"/>
+      <c r="D126" s="20"/>
+      <c r="E126" s="20"/>
+      <c r="F126" s="20"/>
+      <c r="G126" s="20"/>
+      <c r="H126" s="20"/>
+      <c r="I126" s="37"/>
+      <c r="J126" s="20"/>
+      <c r="K126" s="20"/>
+      <c r="L126" s="20"/>
+      <c r="M126" s="20"/>
+      <c r="N126" s="20"/>
+    </row>
+    <row r="127" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B127" s="39" t="s">
+        <v>475</v>
+      </c>
+      <c r="C127" s="49">
+        <v>299.46499999999997</v>
+      </c>
+      <c r="D127" s="49">
+        <v>286.70999999999998</v>
+      </c>
+      <c r="E127" s="49" t="s">
+        <v>108</v>
+      </c>
+      <c r="F127" s="49" t="s">
+        <v>301</v>
+      </c>
+      <c r="G127" s="49" t="s">
+        <v>179</v>
+      </c>
+      <c r="H127" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I127" s="49" t="s">
+        <v>75</v>
+      </c>
+      <c r="J127" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="K127" s="49" t="s">
+        <v>422</v>
+      </c>
+      <c r="L127" s="49" t="s">
         <v>381</v>
       </c>
-      <c r="G113" s="23" t="s">
-[...64 lines deleted...]
-      <c r="N114" s="23">
+      <c r="M127" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N127" s="49">
         <v>2</v>
       </c>
-    </row>
-[...418 lines deleted...]
-      <c r="N127" s="23"/>
     </row>
     <row r="128" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A128" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B128" s="39" t="s">
+        <v>302</v>
+      </c>
+      <c r="C128" s="49">
+        <v>364.22199999999998</v>
+      </c>
+      <c r="D128" s="49">
+        <v>349.35899999999998</v>
+      </c>
+      <c r="E128" s="49" t="s">
+        <v>194</v>
+      </c>
+      <c r="F128" s="49" t="s">
+        <v>476</v>
+      </c>
+      <c r="G128" s="49" t="s">
+        <v>131</v>
+      </c>
+      <c r="H128" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I128" s="49" t="s">
+        <v>196</v>
+      </c>
+      <c r="J128" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K128" s="49" t="s">
+        <v>387</v>
+      </c>
+      <c r="L128" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M128" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N128" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="129" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B129" s="39" t="s">
+        <v>303</v>
+      </c>
+      <c r="C129" s="49">
+        <v>53.847000000000001</v>
+      </c>
+      <c r="D129" s="49">
+        <v>51.628999999999998</v>
+      </c>
+      <c r="E129" s="49" t="s">
+        <v>194</v>
+      </c>
+      <c r="F129" s="49" t="s">
+        <v>304</v>
+      </c>
+      <c r="G129" s="49" t="s">
+        <v>305</v>
+      </c>
+      <c r="H129" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I129" s="49" t="s">
+        <v>231</v>
+      </c>
+      <c r="J129" s="49" t="s">
+        <v>306</v>
+      </c>
+      <c r="K129" s="49" t="s">
+        <v>477</v>
+      </c>
+      <c r="L129" s="49" t="s">
+        <v>381</v>
+      </c>
+      <c r="M129" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N129" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="130" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B130" s="39" t="s">
+        <v>66</v>
+      </c>
+      <c r="C130" s="49">
+        <v>303.60700000000003</v>
+      </c>
+      <c r="D130" s="49" t="s">
+        <v>386</v>
+      </c>
+      <c r="E130" s="49" t="s">
+        <v>198</v>
+      </c>
+      <c r="F130" s="49" t="s">
+        <v>307</v>
+      </c>
+      <c r="G130" s="49" t="s">
+        <v>200</v>
+      </c>
+      <c r="H130" s="49" t="s">
+        <v>429</v>
+      </c>
+      <c r="I130" s="49" t="s">
+        <v>201</v>
+      </c>
+      <c r="J130" s="49" t="s">
+        <v>308</v>
+      </c>
+      <c r="K130" s="49" t="s">
+        <v>430</v>
+      </c>
+      <c r="L130" s="49" t="s">
+        <v>431</v>
+      </c>
+      <c r="M130" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N130" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="131" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B131" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C131" s="49">
+        <v>-9.8699999999999992</v>
+      </c>
+      <c r="D131" s="49">
+        <v>-811</v>
+      </c>
+      <c r="E131" s="49"/>
+      <c r="F131" s="49"/>
+      <c r="G131" s="49"/>
+      <c r="H131" s="49"/>
+      <c r="I131" s="49"/>
+      <c r="J131" s="49"/>
+      <c r="K131" s="49"/>
+      <c r="L131" s="49"/>
+      <c r="M131" s="49"/>
+      <c r="N131" s="49"/>
+    </row>
+    <row r="132" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B132" s="25" t="s">
+        <v>309</v>
+      </c>
+      <c r="C132" s="52" t="s">
+        <v>478</v>
+      </c>
+      <c r="D132" s="52">
+        <v>686.88699999999994</v>
+      </c>
+      <c r="E132" s="49"/>
+      <c r="F132" s="49"/>
+      <c r="G132" s="49"/>
+      <c r="H132" s="49"/>
+      <c r="I132" s="49"/>
+      <c r="J132" s="49"/>
+      <c r="K132" s="49"/>
+      <c r="L132" s="49"/>
+      <c r="M132" s="49"/>
+      <c r="N132" s="49"/>
+    </row>
+    <row r="133" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B133" s="20"/>
+      <c r="C133" s="20"/>
+      <c r="D133" s="20"/>
+      <c r="E133" s="20"/>
+      <c r="F133" s="20"/>
+      <c r="G133" s="20"/>
+      <c r="H133" s="20"/>
+      <c r="I133" s="37"/>
+      <c r="J133" s="20"/>
+      <c r="K133" s="20"/>
+      <c r="L133" s="20"/>
+      <c r="M133" s="20"/>
+      <c r="N133" s="20"/>
+    </row>
+    <row r="134" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B134" s="39" t="s">
+        <v>137</v>
+      </c>
+      <c r="C134" s="49">
+        <v>146.316</v>
+      </c>
+      <c r="D134" s="49">
+        <v>140.553</v>
+      </c>
+      <c r="E134" s="49" t="s">
+        <v>194</v>
+      </c>
+      <c r="F134" s="49" t="s">
+        <v>329</v>
+      </c>
+      <c r="G134" s="49" t="s">
+        <v>131</v>
+      </c>
+      <c r="H134" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I134" s="49" t="s">
+        <v>196</v>
+      </c>
+      <c r="J134" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K134" s="49" t="s">
+        <v>479</v>
+      </c>
+      <c r="L134" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M134" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N134" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="135" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B135" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C135" s="49">
+        <v>-470</v>
+      </c>
+      <c r="D135" s="49">
+        <v>-464</v>
+      </c>
+      <c r="E135" s="49"/>
+      <c r="F135" s="49"/>
+      <c r="G135" s="49"/>
+      <c r="H135" s="49"/>
+      <c r="I135" s="49"/>
+      <c r="J135" s="49"/>
+      <c r="K135" s="49"/>
+      <c r="L135" s="49"/>
+      <c r="M135" s="49"/>
+      <c r="N135" s="49"/>
+    </row>
+    <row r="136" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B136" s="25" t="s">
+        <v>330</v>
+      </c>
+      <c r="C136" s="52">
+        <v>145.846</v>
+      </c>
+      <c r="D136" s="52">
+        <v>140.089</v>
+      </c>
+      <c r="E136" s="49"/>
+      <c r="F136" s="49"/>
+      <c r="G136" s="49"/>
+      <c r="H136" s="49"/>
+      <c r="I136" s="49"/>
+      <c r="J136" s="49"/>
+      <c r="K136" s="49"/>
+      <c r="L136" s="49"/>
+      <c r="M136" s="49"/>
+      <c r="N136" s="49"/>
+    </row>
+    <row r="137" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B137" s="20"/>
+      <c r="C137" s="20"/>
+      <c r="D137" s="20"/>
+      <c r="E137" s="20"/>
+      <c r="F137" s="20"/>
+      <c r="G137" s="20"/>
+      <c r="H137" s="20"/>
+      <c r="I137" s="37"/>
+      <c r="J137" s="20"/>
+      <c r="K137" s="20"/>
+      <c r="L137" s="20"/>
+      <c r="M137" s="20"/>
+      <c r="N137" s="20"/>
+    </row>
+    <row r="138" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B138" s="39" t="s">
+        <v>480</v>
+      </c>
+      <c r="C138" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D138" s="49">
+        <v>134.91</v>
+      </c>
+      <c r="E138" s="49" t="s">
+        <v>310</v>
+      </c>
+      <c r="F138" s="49" t="s">
+        <v>311</v>
+      </c>
+      <c r="G138" s="49" t="s">
+        <v>312</v>
+      </c>
+      <c r="H138" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I138" s="50">
+        <v>45717</v>
+      </c>
+      <c r="J138" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K138" s="49" t="s">
+        <v>481</v>
+      </c>
+      <c r="L138" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M138" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N138" s="49" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="139" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B139" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C139" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D139" s="49">
+        <v>-49</v>
+      </c>
+      <c r="E139" s="49"/>
+      <c r="F139" s="49"/>
+      <c r="G139" s="49"/>
+      <c r="H139" s="49"/>
+      <c r="I139" s="49"/>
+      <c r="J139" s="49"/>
+      <c r="K139" s="49"/>
+      <c r="L139" s="49"/>
+      <c r="M139" s="49"/>
+      <c r="N139" s="49"/>
+    </row>
+    <row r="140" spans="1:14" s="13" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="B140" s="25" t="s">
+        <v>313</v>
+      </c>
+      <c r="C140" s="52" t="s">
+        <v>342</v>
+      </c>
+      <c r="D140" s="52">
+        <v>134.86099999999999</v>
+      </c>
+      <c r="E140" s="49"/>
+      <c r="F140" s="49"/>
+      <c r="G140" s="49"/>
+      <c r="H140" s="49"/>
+      <c r="I140" s="49"/>
+      <c r="J140" s="49"/>
+      <c r="K140" s="49"/>
+      <c r="L140" s="49"/>
+      <c r="M140" s="49"/>
+      <c r="N140" s="49"/>
+    </row>
+    <row r="141" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B141" s="20"/>
+      <c r="C141" s="20"/>
+      <c r="D141" s="20"/>
+      <c r="E141" s="20"/>
+      <c r="F141" s="20"/>
+      <c r="G141" s="20"/>
+      <c r="H141" s="20"/>
+      <c r="I141" s="37"/>
+      <c r="J141" s="20"/>
+      <c r="K141" s="20"/>
+      <c r="L141" s="20"/>
+      <c r="M141" s="20"/>
+      <c r="N141" s="20"/>
+    </row>
+    <row r="142" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B142" s="39" t="s">
+        <v>148</v>
+      </c>
+      <c r="C142" s="49">
+        <v>525.40700000000004</v>
+      </c>
+      <c r="D142" s="49">
+        <v>489.54</v>
+      </c>
+      <c r="E142" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F142" s="49" t="s">
+        <v>199</v>
+      </c>
+      <c r="G142" s="49" t="s">
+        <v>314</v>
+      </c>
+      <c r="H142" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I142" s="49" t="s">
+        <v>315</v>
+      </c>
+      <c r="J142" s="49" t="s">
+        <v>316</v>
+      </c>
+      <c r="K142" s="49" t="s">
+        <v>120</v>
+      </c>
+      <c r="L142" s="49" t="s">
+        <v>444</v>
+      </c>
+      <c r="M142" s="49" t="s">
+        <v>143</v>
+      </c>
+      <c r="N142" s="49">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="143" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B143" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C143" s="49">
+        <v>-22.831</v>
+      </c>
+      <c r="D143" s="49">
+        <v>-24.138999999999999</v>
+      </c>
+      <c r="E143" s="49"/>
+      <c r="F143" s="49"/>
+      <c r="G143" s="49"/>
+      <c r="H143" s="49"/>
+      <c r="I143" s="49"/>
+      <c r="J143" s="49"/>
+      <c r="K143" s="49"/>
+      <c r="L143" s="49"/>
+      <c r="M143" s="49"/>
+      <c r="N143" s="49"/>
+    </row>
+    <row r="144" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B144" s="25" t="s">
+        <v>317</v>
+      </c>
+      <c r="C144" s="52">
+        <v>502.57600000000002</v>
+      </c>
+      <c r="D144" s="52">
+        <v>465.40100000000001</v>
+      </c>
+      <c r="E144" s="49"/>
+      <c r="F144" s="49"/>
+      <c r="G144" s="49"/>
+      <c r="H144" s="49"/>
+      <c r="I144" s="49"/>
+      <c r="J144" s="49"/>
+      <c r="K144" s="49"/>
+      <c r="L144" s="49"/>
+      <c r="M144" s="49"/>
+      <c r="N144" s="49"/>
+    </row>
+    <row r="145" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B145" s="20"/>
+      <c r="C145" s="20"/>
+      <c r="D145" s="20"/>
+      <c r="E145" s="20"/>
+      <c r="F145" s="20"/>
+      <c r="G145" s="20"/>
+      <c r="H145" s="20"/>
+      <c r="I145" s="37"/>
+      <c r="J145" s="20"/>
+      <c r="K145" s="20"/>
+      <c r="L145" s="20"/>
+      <c r="M145" s="20"/>
+      <c r="N145" s="20"/>
+    </row>
+    <row r="146" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B146" s="39" t="s">
+        <v>482</v>
+      </c>
+      <c r="C146" s="49">
+        <v>455.91399999999999</v>
+      </c>
+      <c r="D146" s="49">
+        <v>466.274</v>
+      </c>
+      <c r="E146" s="49" t="s">
+        <v>318</v>
+      </c>
+      <c r="F146" s="49" t="s">
+        <v>319</v>
+      </c>
+      <c r="G146" s="49" t="s">
+        <v>320</v>
+      </c>
+      <c r="H146" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I146" s="49" t="s">
+        <v>52</v>
+      </c>
+      <c r="J146" s="49" t="s">
+        <v>327</v>
+      </c>
+      <c r="K146" s="49" t="s">
+        <v>483</v>
+      </c>
+      <c r="L146" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M146" s="49" t="s">
+        <v>321</v>
+      </c>
+      <c r="N146" s="49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="147" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B147" s="42" t="s">
+        <v>480</v>
+      </c>
+      <c r="C147" s="56">
+        <v>156.57400000000001</v>
+      </c>
+      <c r="D147" s="57">
+        <v>159.43199999999999</v>
+      </c>
+      <c r="E147" s="21" t="s">
+        <v>310</v>
+      </c>
+      <c r="F147" s="21" t="s">
+        <v>276</v>
+      </c>
+      <c r="G147" s="21" t="s">
+        <v>323</v>
+      </c>
+      <c r="H147" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="I147" s="55" t="s">
+        <v>324</v>
+      </c>
+      <c r="J147" s="21" t="s">
+        <v>325</v>
+      </c>
+      <c r="K147" s="21" t="s">
+        <v>484</v>
+      </c>
+      <c r="L147" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="M147" s="21" t="s">
+        <v>485</v>
+      </c>
+      <c r="N147" s="21">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="148" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B148" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C148" s="49" t="s">
+        <v>397</v>
+      </c>
+      <c r="D148" s="49">
+        <v>-10.122</v>
+      </c>
+      <c r="E148" s="49"/>
+      <c r="F148" s="49"/>
+      <c r="G148" s="49"/>
+      <c r="H148" s="49"/>
+      <c r="I148" s="49"/>
+      <c r="J148" s="49"/>
+      <c r="K148" s="49"/>
+      <c r="L148" s="49"/>
+      <c r="M148" s="49"/>
+      <c r="N148" s="49"/>
+    </row>
+    <row r="149" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B149" s="39" t="s">
+        <v>486</v>
+      </c>
+      <c r="C149" s="49">
+        <v>612.48800000000006</v>
+      </c>
+      <c r="D149" s="49">
+        <v>615.58399999999995</v>
+      </c>
+      <c r="E149" s="49"/>
+      <c r="F149" s="49"/>
+      <c r="G149" s="49"/>
+      <c r="H149" s="49"/>
+      <c r="I149" s="49"/>
+      <c r="J149" s="49"/>
+      <c r="K149" s="49"/>
+      <c r="L149" s="49"/>
+      <c r="M149" s="49"/>
+      <c r="N149" s="49"/>
+    </row>
+    <row r="150" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B150" s="25" t="s">
+        <v>487</v>
+      </c>
+      <c r="C150" s="52">
+        <v>612.48800000000006</v>
+      </c>
+      <c r="D150" s="52">
+        <v>615.58399999999995</v>
+      </c>
+      <c r="E150" s="49"/>
+      <c r="F150" s="49"/>
+      <c r="G150" s="49"/>
+      <c r="H150" s="49"/>
+      <c r="I150" s="49"/>
+      <c r="J150" s="49"/>
+      <c r="K150" s="49"/>
+      <c r="L150" s="49"/>
+      <c r="M150" s="49"/>
+      <c r="N150" s="49"/>
+    </row>
+    <row r="151" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B151" s="20"/>
+      <c r="C151" s="20"/>
+      <c r="D151" s="20"/>
+      <c r="E151" s="20"/>
+      <c r="F151" s="20"/>
+      <c r="G151" s="20"/>
+      <c r="H151" s="20"/>
+      <c r="I151" s="37"/>
+      <c r="J151" s="20"/>
+      <c r="K151" s="20"/>
+      <c r="L151" s="20"/>
+      <c r="M151" s="20"/>
+      <c r="N151" s="20"/>
+    </row>
+    <row r="152" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B152" s="39" t="s">
+        <v>482</v>
+      </c>
+      <c r="C152" s="49">
+        <v>428.94200000000001</v>
+      </c>
+      <c r="D152" s="49">
+        <v>438.68700000000001</v>
+      </c>
+      <c r="E152" s="49" t="s">
+        <v>318</v>
+      </c>
+      <c r="F152" s="49" t="s">
+        <v>326</v>
+      </c>
+      <c r="G152" s="49" t="s">
+        <v>488</v>
+      </c>
+      <c r="H152" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="I152" s="49" t="s">
+        <v>52</v>
+      </c>
+      <c r="J152" s="49" t="s">
+        <v>327</v>
+      </c>
+      <c r="K152" s="49" t="s">
+        <v>483</v>
+      </c>
+      <c r="L152" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="M152" s="49" t="s">
+        <v>40</v>
+      </c>
+      <c r="N152" s="49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="153" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B153" s="39" t="s">
+        <v>394</v>
+      </c>
+      <c r="C153" s="49">
+        <v>-4.9960000000000004</v>
+      </c>
+      <c r="D153" s="49">
+        <v>-5.7329999999999997</v>
+      </c>
+      <c r="E153" s="49"/>
+      <c r="F153" s="49"/>
+      <c r="G153" s="49"/>
+      <c r="H153" s="49"/>
+      <c r="I153" s="49"/>
+      <c r="J153" s="49"/>
+      <c r="K153" s="49"/>
+      <c r="L153" s="49"/>
+      <c r="M153" s="49"/>
+      <c r="N153" s="49"/>
+    </row>
+    <row r="154" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B154" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="C154" s="52">
+        <v>423.94600000000003</v>
+      </c>
+      <c r="D154" s="52">
+        <v>432.95400000000001</v>
+      </c>
+      <c r="E154" s="49"/>
+      <c r="F154" s="49"/>
+      <c r="G154" s="49"/>
+      <c r="H154" s="49"/>
+      <c r="I154" s="49"/>
+      <c r="J154" s="49"/>
+      <c r="K154" s="49"/>
+      <c r="L154" s="49"/>
+      <c r="M154" s="49"/>
+      <c r="N154" s="49"/>
+    </row>
+    <row r="155" spans="1:14" s="6" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="B128" s="25" t="s">
-[...555 lines deleted...]
-      <c r="D148" s="98">
+      <c r="B155" s="20"/>
+      <c r="C155" s="20"/>
+      <c r="D155" s="20"/>
+      <c r="E155" s="20"/>
+      <c r="F155" s="20"/>
+      <c r="G155" s="20"/>
+      <c r="H155" s="20"/>
+      <c r="I155" s="37"/>
+      <c r="J155" s="20"/>
+      <c r="K155" s="20"/>
+      <c r="L155" s="20"/>
+      <c r="M155" s="20"/>
+      <c r="N155" s="20"/>
+    </row>
+    <row r="156" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B156" s="39" t="s">
+        <v>332</v>
+      </c>
+      <c r="C156" s="49" t="s">
+        <v>489</v>
+      </c>
+      <c r="D156" s="49" t="s">
+        <v>333</v>
+      </c>
+      <c r="E156" s="49"/>
+      <c r="F156" s="49"/>
+      <c r="G156" s="49"/>
+      <c r="H156" s="49"/>
+      <c r="I156" s="49"/>
+      <c r="J156" s="49"/>
+      <c r="K156" s="49"/>
+      <c r="L156" s="49"/>
+      <c r="M156" s="49"/>
+      <c r="N156" s="49"/>
+    </row>
+    <row r="157" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A157" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B157" s="39" t="s">
+        <v>334</v>
+      </c>
+      <c r="C157" s="49">
+        <v>-135.85</v>
+      </c>
+      <c r="D157" s="49">
         <v>-200.55799999999999</v>
       </c>
-      <c r="E148" s="53"/>
-[...20 lines deleted...]
-      <c r="D149" s="98">
+      <c r="E157" s="49"/>
+      <c r="F157" s="49"/>
+      <c r="G157" s="49"/>
+      <c r="H157" s="49"/>
+      <c r="I157" s="49"/>
+      <c r="J157" s="49"/>
+      <c r="K157" s="49"/>
+      <c r="L157" s="49"/>
+      <c r="M157" s="49"/>
+      <c r="N157" s="49"/>
+    </row>
+    <row r="158" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A158" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B158" s="39" t="s">
+        <v>335</v>
+      </c>
+      <c r="C158" s="49">
+        <v>-352.56400000000002</v>
+      </c>
+      <c r="D158" s="49">
         <v>-106.164</v>
       </c>
-      <c r="E149" s="53"/>
-[...20 lines deleted...]
-      <c r="D150" s="94">
+      <c r="E158" s="49"/>
+      <c r="F158" s="49"/>
+      <c r="G158" s="49"/>
+      <c r="H158" s="49"/>
+      <c r="I158" s="49"/>
+      <c r="J158" s="49"/>
+      <c r="K158" s="49"/>
+      <c r="L158" s="49"/>
+      <c r="M158" s="49"/>
+      <c r="N158" s="49"/>
+    </row>
+    <row r="159" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B159" s="39" t="s">
+        <v>490</v>
+      </c>
+      <c r="C159" s="49">
+        <v>-488.41399999999999</v>
+      </c>
+      <c r="D159" s="49">
         <v>-306.72199999999998</v>
       </c>
-      <c r="E150" s="53"/>
-[...20 lines deleted...]
-      <c r="D151" s="98">
+      <c r="E159" s="49"/>
+      <c r="F159" s="49"/>
+      <c r="G159" s="49"/>
+      <c r="H159" s="49"/>
+      <c r="I159" s="49"/>
+      <c r="J159" s="49"/>
+      <c r="K159" s="49"/>
+      <c r="L159" s="49"/>
+      <c r="M159" s="49"/>
+      <c r="N159" s="49"/>
+    </row>
+    <row r="160" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B160" s="39" t="s">
+        <v>133</v>
+      </c>
+      <c r="C160" s="49">
+        <v>-571.23</v>
+      </c>
+      <c r="D160" s="49">
         <v>-900.755</v>
       </c>
-      <c r="E151" s="53"/>
-[...99 lines deleted...]
-    <row r="176" x14ac:dyDescent="0.3"/>
+      <c r="E160" s="49"/>
+      <c r="F160" s="49"/>
+      <c r="G160" s="49"/>
+      <c r="H160" s="49"/>
+      <c r="I160" s="49"/>
+      <c r="J160" s="49"/>
+      <c r="K160" s="49"/>
+      <c r="L160" s="49"/>
+      <c r="M160" s="49"/>
+      <c r="N160" s="49"/>
+    </row>
+    <row r="161" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B161" s="39" t="s">
+        <v>336</v>
+      </c>
+      <c r="C161" s="49" t="s">
+        <v>491</v>
+      </c>
+      <c r="D161" s="49" t="s">
+        <v>337</v>
+      </c>
+      <c r="E161" s="49"/>
+      <c r="F161" s="49"/>
+      <c r="G161" s="49"/>
+      <c r="H161" s="49"/>
+      <c r="I161" s="49"/>
+      <c r="J161" s="49"/>
+      <c r="K161" s="49"/>
+      <c r="L161" s="49"/>
+      <c r="M161" s="49"/>
+      <c r="N161" s="49"/>
+    </row>
+    <row r="162" spans="1:14" s="1" customFormat="1" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="B162" s="48" t="s">
+        <v>338</v>
+      </c>
+      <c r="C162" s="52" t="s">
+        <v>491</v>
+      </c>
+      <c r="D162" s="52" t="s">
+        <v>337</v>
+      </c>
+      <c r="E162" s="49"/>
+      <c r="F162" s="49"/>
+      <c r="G162" s="49"/>
+      <c r="H162" s="49"/>
+      <c r="I162" s="49"/>
+      <c r="J162" s="49"/>
+      <c r="K162" s="49"/>
+      <c r="L162" s="49"/>
+      <c r="M162" s="49"/>
+      <c r="N162" s="49"/>
+    </row>
+    <row r="163" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A163" s="46"/>
+      <c r="B163" s="45"/>
+    </row>
+    <row r="164" spans="1:14" ht="170.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="38" t="s">
+        <v>492</v>
+      </c>
+      <c r="B164" s="38"/>
+      <c r="C164" s="38"/>
+      <c r="D164" s="38"/>
+      <c r="E164" s="38"/>
+      <c r="F164" s="38"/>
+      <c r="G164" s="38"/>
+      <c r="H164" s="38"/>
+      <c r="I164" s="38"/>
+      <c r="J164" s="38"/>
+      <c r="K164" s="38"/>
+      <c r="L164" s="38"/>
+      <c r="M164" s="38"/>
+      <c r="N164" s="38"/>
+    </row>
+    <row r="165" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="166" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="167" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="168" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="169" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="170" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="171" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="172" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="173" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="174" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="175" spans="1:14" x14ac:dyDescent="0.3"/>
+    <row r="176" spans="1:14" x14ac:dyDescent="0.3"/>
     <row r="177" x14ac:dyDescent="0.3"/>
     <row r="178" x14ac:dyDescent="0.3"/>
     <row r="179" x14ac:dyDescent="0.3"/>
     <row r="180" x14ac:dyDescent="0.3"/>
     <row r="181" x14ac:dyDescent="0.3"/>
     <row r="182" x14ac:dyDescent="0.3"/>
     <row r="183" x14ac:dyDescent="0.3"/>
     <row r="184" x14ac:dyDescent="0.3"/>
     <row r="185" x14ac:dyDescent="0.3"/>
     <row r="186" x14ac:dyDescent="0.3"/>
     <row r="187" x14ac:dyDescent="0.3"/>
     <row r="188" x14ac:dyDescent="0.3"/>
     <row r="189" x14ac:dyDescent="0.3"/>
     <row r="190" x14ac:dyDescent="0.3"/>
     <row r="191" x14ac:dyDescent="0.3"/>
     <row r="192" x14ac:dyDescent="0.3"/>
     <row r="193" x14ac:dyDescent="0.3"/>
     <row r="194" x14ac:dyDescent="0.3"/>
     <row r="195" x14ac:dyDescent="0.3"/>
     <row r="196" x14ac:dyDescent="0.3"/>
     <row r="197" x14ac:dyDescent="0.3"/>
     <row r="198" x14ac:dyDescent="0.3"/>
     <row r="199" x14ac:dyDescent="0.3"/>
     <row r="200" x14ac:dyDescent="0.3"/>
     <row r="201" x14ac:dyDescent="0.3"/>
@@ -9088,86 +9178,104 @@
     <row r="203" x14ac:dyDescent="0.3"/>
     <row r="204" x14ac:dyDescent="0.3"/>
     <row r="205" x14ac:dyDescent="0.3"/>
     <row r="206" x14ac:dyDescent="0.3"/>
     <row r="207" x14ac:dyDescent="0.3"/>
     <row r="208" x14ac:dyDescent="0.3"/>
     <row r="209" x14ac:dyDescent="0.3"/>
     <row r="210" x14ac:dyDescent="0.3"/>
     <row r="211" x14ac:dyDescent="0.3"/>
     <row r="212" x14ac:dyDescent="0.3"/>
     <row r="213" x14ac:dyDescent="0.3"/>
     <row r="214" x14ac:dyDescent="0.3"/>
     <row r="215" x14ac:dyDescent="0.3"/>
     <row r="216" x14ac:dyDescent="0.3"/>
     <row r="217" x14ac:dyDescent="0.3"/>
     <row r="218" x14ac:dyDescent="0.3"/>
     <row r="219" x14ac:dyDescent="0.3"/>
     <row r="220" x14ac:dyDescent="0.3"/>
     <row r="221" x14ac:dyDescent="0.3"/>
     <row r="222" x14ac:dyDescent="0.3"/>
     <row r="223" x14ac:dyDescent="0.3"/>
     <row r="224" x14ac:dyDescent="0.3"/>
     <row r="225" x14ac:dyDescent="0.3"/>
     <row r="226" x14ac:dyDescent="0.3"/>
     <row r="227" x14ac:dyDescent="0.3"/>
+    <row r="228" x14ac:dyDescent="0.3"/>
+    <row r="229" x14ac:dyDescent="0.3"/>
+    <row r="230" x14ac:dyDescent="0.3"/>
+    <row r="231" x14ac:dyDescent="0.3"/>
+    <row r="232" x14ac:dyDescent="0.3"/>
+    <row r="233" x14ac:dyDescent="0.3"/>
+    <row r="234" x14ac:dyDescent="0.3"/>
+    <row r="235" x14ac:dyDescent="0.3"/>
+    <row r="236" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A155:N155"/>
+    <mergeCell ref="A164:N164"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{3A4CF648-6AED-40f4-86FF-DC5316D8AED3}">
       <x14:slicerList xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
         <x14:slicer r:id="rId4"/>
       </x14:slicerList>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010038B53EC70B19154F847114FD6A4D5328" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="758d98cfd65a0cb8ee68429253ef5543">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ea1888-58bd-418c-b43c-58c28926d54d" xmlns:ns3="5f332ce5-39e8-4732-8d0b-090ccb72a6d7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4c6541eb0d5db45f6a71d8a7af6210cd" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010038B53EC70B19154F847114FD6A4D5328" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="f50e698387cdeddedfb616c75574b678">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ea1888-58bd-418c-b43c-58c28926d54d" xmlns:ns3="5f332ce5-39e8-4732-8d0b-090ccb72a6d7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e1a21f19b95685ebd18897e82798815" ns2:_="" ns3:_="">
     <xsd:import namespace="a0ea1888-58bd-418c-b43c-58c28926d54d"/>
     <xsd:import namespace="5f332ce5-39e8-4732-8d0b-090ccb72a6d7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -9382,126 +9490,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ea1888-58bd-418c-b43c-58c28926d54d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5f332ce5-39e8-4732-8d0b-090ccb72a6d7" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{185F45F2-4066-4295-8BFE-E5D38EC6F8D5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EC8C072-C2AF-4A23-BC67-7EE561B2D365}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F4EA2B1-BD5C-4197-B174-142F28B6F9C8}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C91E2E4-794E-460C-8636-4321E685F55A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a0ea1888-58bd-418c-b43c-58c28926d54d"/>
     <ds:schemaRef ds:uri="5f332ce5-39e8-4732-8d0b-090ccb72a6d7"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2Q25</vt:lpstr>
+      <vt:lpstr>3Q25</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Simone de Oliveira Amaral Santos</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>