--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -13,97 +13,136 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\RI\Resultados\2025\3T25\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\RI\Resultados\2025\4T25\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D135C11D-06E8-4762-AA45-BE20988C695A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D243CEBC-510D-466B-AE13-5CB4E57C0270}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{EBB7599E-C62A-48CE-BF0B-B3CC1F6ADEBB}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="1" r:id="rId1"/>
     <sheet name="Balance Sheet" sheetId="2" r:id="rId2"/>
     <sheet name="P&amp;L" sheetId="3" r:id="rId3"/>
     <sheet name="Operating Data" sheetId="4" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
     <externalReference r:id="rId7"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="Z55" i="2" l="1"/>
+  <c r="AJ21" i="3" l="1"/>
+  <c r="AJ10" i="3"/>
+  <c r="AJ5" i="3" l="1"/>
+  <c r="AJ29" i="3"/>
+  <c r="AJ25" i="3"/>
+  <c r="AJ24" i="3"/>
+  <c r="AJ14" i="3"/>
+  <c r="AJ12" i="3"/>
+  <c r="AJ4" i="3"/>
+  <c r="AI26" i="3" l="1"/>
+  <c r="AJ26" i="3"/>
+  <c r="AI22" i="3"/>
+  <c r="AJ22" i="3"/>
+  <c r="AH18" i="3"/>
+  <c r="AH19" i="3" s="1"/>
+  <c r="AI15" i="3"/>
+  <c r="AJ15" i="3"/>
+  <c r="AI13" i="3"/>
+  <c r="AJ13" i="3"/>
+  <c r="AI11" i="3"/>
+  <c r="AJ11" i="3"/>
+  <c r="AI6" i="3"/>
+  <c r="AI7" i="3" s="1"/>
+  <c r="AJ6" i="3"/>
+  <c r="AJ18" i="3" s="1"/>
+  <c r="AJ19" i="3" s="1"/>
+  <c r="AA55" i="2"/>
+  <c r="AA48" i="2"/>
+  <c r="AA41" i="2"/>
+  <c r="AA24" i="2"/>
+  <c r="AA14" i="2"/>
+  <c r="Z55" i="2"/>
   <c r="Z48" i="2"/>
   <c r="Z41" i="2"/>
   <c r="Z24" i="2"/>
   <c r="Z14" i="2"/>
   <c r="AH22" i="3"/>
   <c r="AH13" i="3"/>
   <c r="AH6" i="3"/>
   <c r="AH26" i="3"/>
   <c r="AH15" i="3"/>
   <c r="AH11" i="3"/>
   <c r="AG15" i="3"/>
   <c r="AG13" i="3"/>
   <c r="AG11" i="3"/>
-  <c r="Z56" i="2" l="1"/>
+  <c r="AJ28" i="3" l="1"/>
+  <c r="AJ31" i="3" s="1"/>
+  <c r="AJ7" i="3"/>
+  <c r="AI28" i="3"/>
+  <c r="AI31" i="3" s="1"/>
+  <c r="AI18" i="3"/>
+  <c r="AI19" i="3" s="1"/>
+  <c r="AA56" i="2"/>
+  <c r="AA25" i="2"/>
+  <c r="Z56" i="2"/>
   <c r="Z25" i="2"/>
   <c r="AH7" i="3"/>
-  <c r="AH19" i="3"/>
   <c r="AH28" i="3"/>
   <c r="AH31" i="3" s="1"/>
   <c r="AG26" i="3"/>
   <c r="AG22" i="3"/>
   <c r="AG6" i="3"/>
   <c r="AG28" i="3" s="1"/>
   <c r="AG31" i="3" s="1"/>
   <c r="Y55" i="2"/>
   <c r="Y48" i="2"/>
   <c r="Y41" i="2"/>
   <c r="Y24" i="2"/>
   <c r="Y14" i="2"/>
   <c r="AF18" i="3"/>
   <c r="AF4" i="4"/>
   <c r="Y56" i="2" l="1"/>
   <c r="Y25" i="2"/>
   <c r="AG7" i="3"/>
   <c r="AG18" i="3"/>
   <c r="AG19" i="3" s="1"/>
   <c r="AF26" i="3"/>
   <c r="AF22" i="3"/>
   <c r="AF19" i="3"/>
   <c r="AF15" i="3"/>
   <c r="AF13" i="3"/>
   <c r="AF11" i="3"/>
@@ -535,51 +574,51 @@
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Lara Boralli Razza</author>
   </authors>
   <commentList>
     <comment ref="B4" authorId="0" shapeId="0" xr:uid="{ED3581AD-28B9-4441-AA7F-5078D2618442}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t>Considerando, para todos os períodos, a operação de marketplace-out como descontinuada</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="108">
   <si>
     <t>SPREADSHEETS AND FUNDAMENTALS</t>
   </si>
   <si>
     <t>BALANCE SHEET</t>
   </si>
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t>Current Assets</t>
   </si>
   <si>
     <t>Cash and cash equivalents</t>
   </si>
   <si>
     <t>Financial investments</t>
   </si>
   <si>
     <t>Derivative financial instruments</t>
   </si>
   <si>
     <t>Accounts receivable</t>
   </si>
   <si>
@@ -856,50 +895,53 @@
     <t>3Q24</t>
   </si>
   <si>
     <t>Profit Contribution 2 (PC2)</t>
   </si>
   <si>
     <t>Adjusted EBITDA Margin</t>
   </si>
   <si>
     <t>PC2 Margin</t>
   </si>
   <si>
     <t>4Q24</t>
   </si>
   <si>
     <t>Online Consolidated</t>
   </si>
   <si>
     <t>1Q25</t>
   </si>
   <si>
     <t>2Q25</t>
   </si>
   <si>
     <t>3Q25</t>
+  </si>
+  <si>
+    <t>4Q25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -989,51 +1031,51 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="1" tint="0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
@@ -1064,51 +1106,50 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentagem" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1216,51 +1257,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="pt-BR" sz="6600">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:rPr>
-            <a:t>3Q25</a:t>
+            <a:t>4Q25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/RI/Resultados/2021/4T21/Bases%20Resultado/Pe&#231;as%20Cont&#225;beis_WW_DFP_dez21_FINAL.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///W:\RI\Resultados\2025\1T25\Bases%20Resultados\Dados_Operacionais_1T25.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/RI/Resultados/2025/1T25/Bases%20Resultados/Dados_Operacionais_1T25.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/RI/Resultados/2021/4T21/Bases%20Resultado/Dados_Operacionais_4T21.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
@@ -1681,65 +1722,64 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B579D760-21F6-4A26-BF59-F49BDDBB76BA}">
   <dimension ref="B13"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="13" spans="2:2" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B13" s="1" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2C21F61-7164-44B5-8E57-D4018BA31C54}">
   <dimension ref="B2:AB59"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="T3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="W3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.140625" style="4" customWidth="1"/>
     <col min="2" max="2" width="43.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="10" width="9.140625" style="4"/>
     <col min="11" max="11" width="9.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="14" width="9.140625" style="4"/>
-    <col min="15" max="26" width="9.7109375" style="4" customWidth="1"/>
-    <col min="27" max="27" width="9.140625" style="4"/>
+    <col min="15" max="27" width="9.7109375" style="4" customWidth="1"/>
     <col min="29" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:27" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="7">
         <v>2017</v>
       </c>
       <c r="D2" s="7">
         <v>2018</v>
       </c>
       <c r="E2" s="7">
         <v>2019</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>68</v>
       </c>
       <c r="G2" s="7">
         <v>2020</v>
       </c>
       <c r="H2" s="8" t="s">
         <v>72</v>
       </c>
@@ -1775,50 +1815,53 @@
       </c>
       <c r="S2" s="8" t="s">
         <v>92</v>
       </c>
       <c r="T2" s="8" t="s">
         <v>93</v>
       </c>
       <c r="U2" s="8" t="s">
         <v>94</v>
       </c>
       <c r="V2" s="8" t="s">
         <v>98</v>
       </c>
       <c r="W2" s="8" t="s">
         <v>102</v>
       </c>
       <c r="X2" s="8" t="s">
         <v>104</v>
       </c>
       <c r="Y2" s="8" t="s">
         <v>105</v>
       </c>
       <c r="Z2" s="8" t="s">
         <v>106</v>
       </c>
+      <c r="AA2" s="8" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="3" spans="2:27" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3"/>
     </row>
     <row r="4" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B5" s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="9">
         <v>1228</v>
       </c>
       <c r="D6" s="9">
         <v>4310</v>
       </c>
       <c r="E6" s="9">
@@ -1865,50 +1908,53 @@
       </c>
       <c r="S6" s="9">
         <v>139348</v>
       </c>
       <c r="T6" s="9">
         <v>131916</v>
       </c>
       <c r="U6" s="9">
         <v>129261</v>
       </c>
       <c r="V6" s="9">
         <v>125541</v>
       </c>
       <c r="W6" s="9">
         <v>126936</v>
       </c>
       <c r="X6" s="9">
         <v>110497</v>
       </c>
       <c r="Y6" s="9">
         <v>107106</v>
       </c>
       <c r="Z6" s="9">
         <v>101943</v>
       </c>
+      <c r="AA6" s="9">
+        <v>121348</v>
+      </c>
     </row>
     <row r="7" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B7" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="9">
         <v>0</v>
       </c>
       <c r="D7" s="9">
         <v>0</v>
       </c>
       <c r="E7" s="9">
         <v>68</v>
       </c>
       <c r="F7" s="9">
         <v>68</v>
       </c>
       <c r="G7" s="9">
         <v>1899</v>
       </c>
       <c r="H7" s="9">
         <v>1899</v>
       </c>
       <c r="I7" s="9">
         <v>2401</v>
@@ -1942,50 +1988,53 @@
       </c>
       <c r="S7" s="9">
         <v>0</v>
       </c>
       <c r="T7" s="9">
         <v>0</v>
       </c>
       <c r="U7" s="9">
         <v>0</v>
       </c>
       <c r="V7" s="9">
         <v>0</v>
       </c>
       <c r="W7" s="9">
         <v>0</v>
       </c>
       <c r="X7" s="9">
         <v>0</v>
       </c>
       <c r="Y7" s="9">
         <v>0</v>
       </c>
       <c r="Z7" s="9">
         <v>0</v>
       </c>
+      <c r="AA7" s="9">
+        <v>0</v>
+      </c>
     </row>
     <row r="8" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="9">
         <v>0</v>
       </c>
       <c r="D8" s="9">
         <v>0</v>
       </c>
       <c r="E8" s="9">
         <v>32</v>
       </c>
       <c r="F8" s="9">
         <v>2195</v>
       </c>
       <c r="G8" s="9">
         <v>369</v>
       </c>
       <c r="H8" s="9">
         <v>0</v>
       </c>
       <c r="I8" s="9">
         <v>0</v>
@@ -2019,50 +2068,53 @@
       </c>
       <c r="S8" s="9">
         <v>0</v>
       </c>
       <c r="T8" s="9">
         <v>0</v>
       </c>
       <c r="U8" s="9">
         <v>0</v>
       </c>
       <c r="V8" s="9">
         <v>0</v>
       </c>
       <c r="W8" s="9">
         <v>0</v>
       </c>
       <c r="X8" s="9">
         <v>0</v>
       </c>
       <c r="Y8" s="9">
         <v>0</v>
       </c>
       <c r="Z8" s="9">
         <v>0</v>
       </c>
+      <c r="AA8" s="9">
+        <v>0</v>
+      </c>
     </row>
     <row r="9" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B9" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="9">
         <v>5339</v>
       </c>
       <c r="D9" s="9">
         <v>6266</v>
       </c>
       <c r="E9" s="9">
         <v>7745</v>
       </c>
       <c r="F9" s="9">
         <v>5034</v>
       </c>
       <c r="G9" s="9">
         <v>8872</v>
       </c>
       <c r="H9" s="9">
         <v>29034</v>
       </c>
       <c r="I9" s="9">
         <v>35006</v>
@@ -2097,51 +2149,53 @@
       </c>
       <c r="S9" s="9">
         <v>44328</v>
       </c>
       <c r="T9" s="9">
         <v>39494</v>
       </c>
       <c r="U9" s="9">
         <v>37294</v>
       </c>
       <c r="V9" s="9">
         <v>35904</v>
       </c>
       <c r="W9" s="9">
         <v>32916</v>
       </c>
       <c r="X9" s="9">
         <v>32548</v>
       </c>
       <c r="Y9" s="9">
         <v>31853</v>
       </c>
       <c r="Z9" s="9">
         <v>33561</v>
       </c>
-      <c r="AA9" s="9"/>
+      <c r="AA9" s="9">
+        <v>26815</v>
+      </c>
     </row>
     <row r="10" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B10" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="9">
         <v>7023</v>
       </c>
       <c r="D10" s="9">
         <v>8904</v>
       </c>
       <c r="E10" s="9">
         <v>8822</v>
       </c>
       <c r="F10" s="9">
         <v>1528</v>
       </c>
       <c r="G10" s="9">
         <v>20147</v>
       </c>
       <c r="H10" s="9">
         <v>23265</v>
       </c>
       <c r="I10" s="9">
         <v>33806</v>
@@ -2175,51 +2229,53 @@
       </c>
       <c r="S10" s="9">
         <v>22879</v>
       </c>
       <c r="T10" s="9">
         <v>20320</v>
       </c>
       <c r="U10" s="9">
         <v>17425</v>
       </c>
       <c r="V10" s="9">
         <v>18334</v>
       </c>
       <c r="W10" s="9">
         <v>16955</v>
       </c>
       <c r="X10" s="9">
         <v>17663</v>
       </c>
       <c r="Y10" s="9">
         <v>22721</v>
       </c>
       <c r="Z10" s="9">
         <v>25871</v>
       </c>
-      <c r="AA10" s="9"/>
+      <c r="AA10" s="9">
+        <v>21944</v>
+      </c>
     </row>
     <row r="11" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B11" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="9">
         <v>47</v>
       </c>
       <c r="D11" s="9">
         <v>47</v>
       </c>
       <c r="E11" s="9">
         <v>47</v>
       </c>
       <c r="F11" s="9">
         <v>11609</v>
       </c>
       <c r="G11" s="9">
         <v>91</v>
       </c>
       <c r="H11" s="9">
         <v>91</v>
       </c>
       <c r="I11" s="9">
         <v>2803</v>
@@ -2253,51 +2309,53 @@
       </c>
       <c r="S11" s="9">
         <v>3096</v>
       </c>
       <c r="T11" s="9">
         <v>468</v>
       </c>
       <c r="U11" s="9">
         <v>310</v>
       </c>
       <c r="V11" s="9">
         <v>5547</v>
       </c>
       <c r="W11" s="9">
         <v>9475</v>
       </c>
       <c r="X11" s="9">
         <v>10782</v>
       </c>
       <c r="Y11" s="9">
         <v>6972</v>
       </c>
       <c r="Z11" s="9">
         <v>16478</v>
       </c>
-      <c r="AA11" s="9"/>
+      <c r="AA11" s="9">
+        <v>12946.509309999999</v>
+      </c>
     </row>
     <row r="12" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="9">
         <v>5125</v>
       </c>
       <c r="D12" s="9">
         <v>0</v>
       </c>
       <c r="E12" s="9">
         <v>0</v>
       </c>
       <c r="F12" s="9">
         <v>47</v>
       </c>
       <c r="G12" s="9">
         <v>0</v>
       </c>
       <c r="H12" s="4">
         <v>0</v>
       </c>
       <c r="I12" s="4">
         <v>0</v>
@@ -2331,50 +2389,53 @@
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="4">
         <v>0</v>
       </c>
       <c r="U12" s="4">
         <v>0</v>
       </c>
       <c r="V12" s="4">
         <v>0</v>
       </c>
       <c r="W12" s="4">
         <v>0</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="4">
         <v>0</v>
       </c>
+      <c r="AA12" s="4">
+        <v>0</v>
+      </c>
     </row>
     <row r="13" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B13" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="9">
         <v>483</v>
       </c>
       <c r="D13" s="9">
         <v>999</v>
       </c>
       <c r="E13" s="9">
         <v>781</v>
       </c>
       <c r="F13" s="9">
         <v>476</v>
       </c>
       <c r="G13" s="9">
         <v>1510</v>
       </c>
       <c r="H13" s="9">
         <v>2541</v>
       </c>
       <c r="I13" s="9">
         <v>4194</v>
@@ -2408,50 +2469,53 @@
       </c>
       <c r="S13" s="9">
         <v>1371</v>
       </c>
       <c r="T13" s="9">
         <v>1528</v>
       </c>
       <c r="U13" s="9">
         <v>926</v>
       </c>
       <c r="V13" s="9">
         <v>1266</v>
       </c>
       <c r="W13" s="9">
         <v>1498</v>
       </c>
       <c r="X13" s="9">
         <v>1578</v>
       </c>
       <c r="Y13" s="9">
         <v>1397</v>
       </c>
       <c r="Z13" s="9">
         <v>1905</v>
       </c>
+      <c r="AA13" s="9">
+        <v>1320</v>
+      </c>
     </row>
     <row r="14" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="10">
         <f t="shared" ref="C14:O14" si="0">SUM(C6:C13)</f>
         <v>19245</v>
       </c>
       <c r="D14" s="10">
         <f t="shared" si="0"/>
         <v>20526</v>
       </c>
       <c r="E14" s="10">
         <f t="shared" si="0"/>
         <v>21831</v>
       </c>
       <c r="F14" s="10">
         <f t="shared" si="0"/>
         <v>32557</v>
       </c>
       <c r="G14" s="10">
         <f t="shared" si="0"/>
         <v>62819</v>
       </c>
@@ -2466,150 +2530,156 @@
       <c r="J14" s="10">
         <f t="shared" si="0"/>
         <v>405167</v>
       </c>
       <c r="K14" s="10">
         <f t="shared" si="0"/>
         <v>354571</v>
       </c>
       <c r="L14" s="10">
         <f t="shared" si="0"/>
         <v>319264</v>
       </c>
       <c r="M14" s="10">
         <f t="shared" si="0"/>
         <v>302124</v>
       </c>
       <c r="N14" s="10">
         <f t="shared" si="0"/>
         <v>276525</v>
       </c>
       <c r="O14" s="10">
         <f t="shared" si="0"/>
         <v>265397</v>
       </c>
       <c r="P14" s="10">
-        <f t="shared" ref="P14:Z14" si="1">SUM(P6:P13)</f>
+        <f t="shared" ref="P14:AA14" si="1">SUM(P6:P13)</f>
         <v>242552</v>
       </c>
       <c r="Q14" s="10">
         <f t="shared" si="1"/>
         <v>240486</v>
       </c>
       <c r="R14" s="10">
         <f t="shared" si="1"/>
         <v>228117</v>
       </c>
       <c r="S14" s="10">
         <f t="shared" si="1"/>
         <v>211022</v>
       </c>
       <c r="T14" s="10">
         <f t="shared" si="1"/>
         <v>193726</v>
       </c>
       <c r="U14" s="10">
         <f t="shared" si="1"/>
         <v>185216</v>
       </c>
       <c r="V14" s="10">
         <f t="shared" si="1"/>
         <v>186592</v>
       </c>
       <c r="W14" s="10">
         <f t="shared" si="1"/>
         <v>187780</v>
       </c>
       <c r="X14" s="10">
         <f t="shared" si="1"/>
         <v>173068</v>
       </c>
       <c r="Y14" s="10">
         <f t="shared" si="1"/>
         <v>170049</v>
       </c>
       <c r="Z14" s="10">
         <f t="shared" si="1"/>
         <v>179758</v>
+      </c>
+      <c r="AA14" s="10">
+        <f t="shared" si="1"/>
+        <v>184373.50930999999</v>
       </c>
     </row>
     <row r="15" spans="2:27" x14ac:dyDescent="0.25">
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
       <c r="N15" s="9"/>
       <c r="O15" s="9"/>
       <c r="P15" s="9"/>
       <c r="Q15" s="9"/>
       <c r="R15" s="9"/>
       <c r="S15" s="9"/>
       <c r="T15" s="9"/>
       <c r="U15" s="9"/>
       <c r="V15" s="9"/>
       <c r="W15" s="9"/>
       <c r="X15" s="9"/>
       <c r="Y15" s="9"/>
       <c r="Z15" s="9"/>
+      <c r="AA15" s="9"/>
     </row>
     <row r="16" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B16" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
       <c r="N16" s="10"/>
       <c r="O16" s="10"/>
       <c r="P16" s="10"/>
       <c r="Q16" s="10"/>
       <c r="R16" s="10"/>
       <c r="S16" s="10"/>
       <c r="T16" s="10"/>
       <c r="U16" s="10"/>
       <c r="V16" s="10"/>
       <c r="W16" s="10"/>
       <c r="X16" s="10"/>
       <c r="Y16" s="10"/>
       <c r="Z16" s="10"/>
-    </row>
-    <row r="17" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA16" s="10"/>
+    </row>
+    <row r="17" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="9">
         <v>1382</v>
       </c>
       <c r="D17" s="9">
         <v>1388</v>
       </c>
       <c r="E17" s="9">
         <v>1592</v>
       </c>
       <c r="F17" s="9">
         <v>1624</v>
       </c>
       <c r="G17" s="9">
         <v>2246</v>
       </c>
       <c r="H17" s="9">
         <v>6437</v>
       </c>
       <c r="I17" s="9">
         <v>8655</v>
       </c>
       <c r="J17" s="9">
@@ -2641,52 +2711,55 @@
       </c>
       <c r="S17" s="9">
         <v>31301</v>
       </c>
       <c r="T17" s="9">
         <v>32465</v>
       </c>
       <c r="U17" s="9">
         <v>30620</v>
       </c>
       <c r="V17" s="9">
         <v>31298</v>
       </c>
       <c r="W17" s="9">
         <v>30954</v>
       </c>
       <c r="X17" s="9">
         <v>31677</v>
       </c>
       <c r="Y17" s="9">
         <v>32475</v>
       </c>
       <c r="Z17" s="9">
         <v>33475</v>
       </c>
-    </row>
-    <row r="18" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA17" s="9">
+        <v>33866</v>
+      </c>
+    </row>
+    <row r="18" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B18" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="9">
         <v>0</v>
       </c>
       <c r="D18" s="9">
         <v>0</v>
       </c>
       <c r="E18" s="9">
         <v>0</v>
       </c>
       <c r="F18" s="9">
         <v>0</v>
       </c>
       <c r="G18" s="9">
         <v>0</v>
       </c>
       <c r="H18" s="9">
         <v>0</v>
       </c>
       <c r="I18" s="9">
         <v>0</v>
       </c>
       <c r="J18" s="9">
@@ -2718,52 +2791,55 @@
       </c>
       <c r="S18" s="9">
         <v>2649</v>
       </c>
       <c r="T18" s="9">
         <v>2578</v>
       </c>
       <c r="U18" s="9">
         <v>2503</v>
       </c>
       <c r="V18" s="9">
         <v>2503</v>
       </c>
       <c r="W18" s="9">
         <v>2503</v>
       </c>
       <c r="X18" s="9">
         <v>2503</v>
       </c>
       <c r="Y18" s="9">
         <v>2399</v>
       </c>
       <c r="Z18" s="9">
         <v>2399</v>
       </c>
-    </row>
-    <row r="19" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA18" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B19" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C19" s="9">
         <v>0</v>
       </c>
       <c r="D19" s="9">
         <v>0</v>
       </c>
       <c r="E19" s="9">
         <v>0</v>
       </c>
       <c r="F19" s="9">
         <v>0</v>
       </c>
       <c r="G19" s="9">
         <v>0</v>
       </c>
       <c r="H19" s="9">
         <v>0</v>
       </c>
       <c r="I19" s="9">
         <v>11328</v>
       </c>
       <c r="J19" s="9">
@@ -2795,52 +2871,55 @@
       </c>
       <c r="S19" s="9">
         <v>2863</v>
       </c>
       <c r="T19" s="9">
         <v>3736</v>
       </c>
       <c r="U19" s="9">
         <v>3964</v>
       </c>
       <c r="V19" s="9">
         <v>3964</v>
       </c>
       <c r="W19" s="9">
         <v>3964</v>
       </c>
       <c r="X19" s="9">
         <v>3964</v>
       </c>
       <c r="Y19" s="9">
         <v>3964</v>
       </c>
       <c r="Z19" s="9">
         <v>0</v>
       </c>
-    </row>
-    <row r="20" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA19" s="9">
+        <v>2242.4906900000001</v>
+      </c>
+    </row>
+    <row r="20" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="9">
         <v>0</v>
       </c>
       <c r="D20" s="9">
         <v>0</v>
       </c>
       <c r="E20" s="9">
         <v>0</v>
       </c>
       <c r="F20" s="9">
         <v>0</v>
       </c>
       <c r="G20" s="9">
         <f>[1]BP!$E$23</f>
         <v>19998</v>
       </c>
       <c r="H20" s="9">
         <v>38917</v>
       </c>
       <c r="I20" s="9">
         <v>35615</v>
       </c>
@@ -2873,52 +2952,55 @@
       </c>
       <c r="S20" s="9">
         <v>54889</v>
       </c>
       <c r="T20" s="9">
         <v>55680</v>
       </c>
       <c r="U20" s="9">
         <v>56386</v>
       </c>
       <c r="V20" s="9">
         <v>55528</v>
       </c>
       <c r="W20" s="9">
         <v>55528</v>
       </c>
       <c r="X20" s="9">
         <v>55138</v>
       </c>
       <c r="Y20" s="9">
         <v>55115</v>
       </c>
       <c r="Z20" s="9">
         <v>55876</v>
       </c>
-    </row>
-    <row r="21" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA20" s="9">
+        <v>55949</v>
+      </c>
+    </row>
+    <row r="21" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="9">
         <v>0</v>
       </c>
       <c r="D21" s="9">
         <v>0</v>
       </c>
       <c r="E21" s="9">
         <v>2866</v>
       </c>
       <c r="F21" s="9">
         <v>2668</v>
       </c>
       <c r="G21" s="9">
         <v>2133</v>
       </c>
       <c r="H21" s="9">
         <v>23478</v>
       </c>
       <c r="I21" s="9">
         <v>27075</v>
       </c>
       <c r="J21" s="9">
@@ -2950,52 +3032,55 @@
       </c>
       <c r="S21" s="9">
         <v>12925</v>
       </c>
       <c r="T21" s="9">
         <v>12933</v>
       </c>
       <c r="U21" s="9">
         <v>11217</v>
       </c>
       <c r="V21" s="9">
         <v>9561</v>
       </c>
       <c r="W21" s="9">
         <v>8848</v>
       </c>
       <c r="X21" s="9">
         <v>9162</v>
       </c>
       <c r="Y21" s="9">
         <v>7463</v>
       </c>
       <c r="Z21" s="9">
         <v>6657</v>
       </c>
-    </row>
-    <row r="22" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA21" s="9">
+        <v>9844</v>
+      </c>
+    </row>
+    <row r="22" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B22" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C22" s="9">
         <v>2119</v>
       </c>
       <c r="D22" s="9">
         <v>2288</v>
       </c>
       <c r="E22" s="9">
         <v>2886</v>
       </c>
       <c r="F22" s="9">
         <v>3397</v>
       </c>
       <c r="G22" s="9">
         <v>6114</v>
       </c>
       <c r="H22" s="9">
         <v>7266</v>
       </c>
       <c r="I22" s="9">
         <v>14318</v>
       </c>
       <c r="J22" s="9">
@@ -3027,52 +3112,55 @@
       </c>
       <c r="S22" s="9">
         <v>19994</v>
       </c>
       <c r="T22" s="9">
         <v>16835</v>
       </c>
       <c r="U22" s="9">
         <v>14721</v>
       </c>
       <c r="V22" s="9">
         <v>13082</v>
       </c>
       <c r="W22" s="9">
         <v>11797</v>
       </c>
       <c r="X22" s="9">
         <v>10877</v>
       </c>
       <c r="Y22" s="9">
         <v>10126</v>
       </c>
       <c r="Z22" s="9">
         <v>9640</v>
       </c>
-    </row>
-    <row r="23" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA22" s="9">
+        <v>8725</v>
+      </c>
+    </row>
+    <row r="23" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C23" s="9">
         <v>205</v>
       </c>
       <c r="D23" s="9">
         <v>918</v>
       </c>
       <c r="E23" s="9">
         <v>1505</v>
       </c>
       <c r="F23" s="9">
         <v>2106</v>
       </c>
       <c r="G23" s="9">
         <v>4567</v>
       </c>
       <c r="H23" s="9">
         <v>5771</v>
       </c>
       <c r="I23" s="9">
         <v>6622</v>
       </c>
       <c r="J23" s="9">
@@ -3104,52 +3192,55 @@
       </c>
       <c r="S23" s="9">
         <v>15567</v>
       </c>
       <c r="T23" s="9">
         <v>15129</v>
       </c>
       <c r="U23" s="9">
         <v>14677</v>
       </c>
       <c r="V23" s="9">
         <v>14162</v>
       </c>
       <c r="W23" s="9">
         <v>13654</v>
       </c>
       <c r="X23" s="9">
         <v>13220</v>
       </c>
       <c r="Y23" s="9">
         <v>12791</v>
       </c>
       <c r="Z23" s="9">
         <v>12417</v>
       </c>
-    </row>
-    <row r="24" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA23" s="9">
+        <v>12039</v>
+      </c>
+    </row>
+    <row r="24" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="10">
         <f t="shared" ref="C24:H24" si="2">SUM(C17:C23)</f>
         <v>3706</v>
       </c>
       <c r="D24" s="10">
         <f t="shared" si="2"/>
         <v>4594</v>
       </c>
       <c r="E24" s="10">
         <f t="shared" si="2"/>
         <v>8849</v>
       </c>
       <c r="F24" s="10">
         <f t="shared" si="2"/>
         <v>9795</v>
       </c>
       <c r="G24" s="10">
         <f t="shared" si="2"/>
         <v>35058</v>
       </c>
       <c r="H24" s="10">
         <f t="shared" si="2"/>
@@ -3205,263 +3296,275 @@
       </c>
       <c r="U24" s="10">
         <f t="shared" ref="U24:V24" si="6">SUM(U17:U23)</f>
         <v>134088</v>
       </c>
       <c r="V24" s="10">
         <f t="shared" si="6"/>
         <v>130098</v>
       </c>
       <c r="W24" s="10">
         <f t="shared" ref="W24:X24" si="7">SUM(W17:W23)</f>
         <v>127248</v>
       </c>
       <c r="X24" s="10">
         <f t="shared" si="7"/>
         <v>126541</v>
       </c>
       <c r="Y24" s="10">
         <f t="shared" ref="Y24:Z24" si="8">SUM(Y17:Y23)</f>
         <v>124333</v>
       </c>
       <c r="Z24" s="10">
         <f t="shared" si="8"/>
         <v>120464</v>
       </c>
-    </row>
-    <row r="25" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA24" s="10">
+        <f t="shared" ref="AA24" si="9">SUM(AA17:AA23)</f>
+        <v>122665.49069000001</v>
+      </c>
+    </row>
+    <row r="25" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B25" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C25" s="11">
-        <f t="shared" ref="C25:H25" si="9">C24+C14</f>
+        <f t="shared" ref="C25:H25" si="10">C24+C14</f>
         <v>22951</v>
       </c>
       <c r="D25" s="11">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>25120</v>
       </c>
       <c r="E25" s="11">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>30680</v>
       </c>
       <c r="F25" s="11">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>42352</v>
       </c>
       <c r="G25" s="11">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>97877</v>
       </c>
       <c r="H25" s="11">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>530999</v>
       </c>
       <c r="I25" s="11">
-        <f t="shared" ref="I25:P25" si="10">I24+I14</f>
+        <f t="shared" ref="I25:P25" si="11">I24+I14</f>
         <v>534313</v>
       </c>
       <c r="J25" s="11">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>527684</v>
       </c>
       <c r="K25" s="11">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>492842</v>
       </c>
       <c r="L25" s="11">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>466134</v>
       </c>
       <c r="M25" s="11">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>447305</v>
       </c>
       <c r="N25" s="11">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>425416</v>
       </c>
       <c r="O25" s="11">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>422041</v>
       </c>
       <c r="P25" s="11">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>395782</v>
       </c>
       <c r="Q25" s="11">
-        <f t="shared" ref="Q25:R25" si="11">Q24+Q14</f>
+        <f t="shared" ref="Q25:R25" si="12">Q24+Q14</f>
         <v>391094</v>
       </c>
       <c r="R25" s="11">
-        <f t="shared" si="11"/>
+        <f t="shared" si="12"/>
         <v>365345</v>
       </c>
       <c r="S25" s="11">
-        <f t="shared" ref="S25:T25" si="12">S24+S14</f>
+        <f t="shared" ref="S25:T25" si="13">S24+S14</f>
         <v>351210</v>
       </c>
       <c r="T25" s="11">
-        <f t="shared" si="12"/>
+        <f t="shared" si="13"/>
         <v>333082</v>
       </c>
       <c r="U25" s="11">
-        <f t="shared" ref="U25:V25" si="13">U24+U14</f>
+        <f t="shared" ref="U25:V25" si="14">U24+U14</f>
         <v>319304</v>
       </c>
       <c r="V25" s="11">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>316690</v>
       </c>
       <c r="W25" s="11">
-        <f t="shared" ref="W25:X25" si="14">W24+W14</f>
+        <f t="shared" ref="W25:X25" si="15">W24+W14</f>
         <v>315028</v>
       </c>
       <c r="X25" s="11">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>299609</v>
       </c>
       <c r="Y25" s="11">
-        <f t="shared" ref="Y25:Z25" si="15">Y24+Y14</f>
+        <f t="shared" ref="Y25:Z25" si="16">Y24+Y14</f>
         <v>294382</v>
       </c>
       <c r="Z25" s="11">
-        <f t="shared" si="15"/>
+        <f t="shared" si="16"/>
         <v>300222</v>
       </c>
-    </row>
-    <row r="26" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA25" s="11">
+        <f t="shared" ref="AA25" si="17">AA24+AA14</f>
+        <v>307039</v>
+      </c>
+    </row>
+    <row r="26" spans="2:27" x14ac:dyDescent="0.25">
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="9"/>
       <c r="L26" s="9"/>
       <c r="M26" s="9"/>
       <c r="N26" s="9"/>
       <c r="O26" s="9"/>
       <c r="P26" s="9"/>
       <c r="Q26" s="9"/>
       <c r="R26" s="9"/>
       <c r="S26" s="9"/>
       <c r="T26" s="9"/>
       <c r="U26" s="9"/>
       <c r="V26" s="9"/>
       <c r="W26" s="9"/>
       <c r="X26" s="9"/>
       <c r="Y26" s="9"/>
       <c r="Z26" s="9"/>
-    </row>
-    <row r="27" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA26" s="9"/>
+    </row>
+    <row r="27" spans="2:27" x14ac:dyDescent="0.25">
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
       <c r="L27" s="9"/>
       <c r="M27" s="9"/>
       <c r="N27" s="9"/>
       <c r="O27" s="9"/>
       <c r="P27" s="9"/>
       <c r="Q27" s="9"/>
       <c r="R27" s="9"/>
       <c r="S27" s="9"/>
       <c r="T27" s="9"/>
       <c r="U27" s="9"/>
       <c r="V27" s="9"/>
       <c r="W27" s="9"/>
       <c r="X27" s="9"/>
       <c r="Y27" s="9"/>
       <c r="Z27" s="9"/>
-    </row>
-    <row r="28" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA27" s="9"/>
+    </row>
+    <row r="28" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="10"/>
       <c r="F28" s="10"/>
       <c r="G28" s="10"/>
       <c r="H28" s="10"/>
       <c r="I28" s="10"/>
       <c r="J28" s="10"/>
       <c r="K28" s="10"/>
       <c r="L28" s="10"/>
       <c r="M28" s="10"/>
       <c r="N28" s="10"/>
       <c r="O28" s="10"/>
       <c r="P28" s="10"/>
       <c r="Q28" s="10"/>
       <c r="R28" s="10"/>
       <c r="S28" s="10"/>
       <c r="T28" s="10"/>
       <c r="U28" s="10"/>
       <c r="V28" s="10"/>
       <c r="W28" s="10"/>
       <c r="X28" s="10"/>
       <c r="Y28" s="10"/>
       <c r="Z28" s="10"/>
-    </row>
-    <row r="29" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA28" s="10"/>
+    </row>
+    <row r="29" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="10"/>
       <c r="H29" s="10"/>
       <c r="I29" s="10"/>
       <c r="J29" s="10"/>
       <c r="K29" s="10"/>
       <c r="L29" s="10"/>
       <c r="M29" s="10"/>
       <c r="N29" s="10"/>
       <c r="O29" s="10"/>
       <c r="P29" s="10"/>
       <c r="Q29" s="10"/>
       <c r="R29" s="10"/>
       <c r="S29" s="10"/>
       <c r="T29" s="10"/>
       <c r="U29" s="10"/>
       <c r="V29" s="10"/>
       <c r="W29" s="10"/>
       <c r="X29" s="10"/>
       <c r="Y29" s="10"/>
       <c r="Z29" s="10"/>
-    </row>
-    <row r="30" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA29" s="10"/>
+    </row>
+    <row r="30" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B30" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C30" s="4">
         <v>0</v>
       </c>
       <c r="D30" s="4">
         <v>0</v>
       </c>
       <c r="E30" s="4">
         <v>0</v>
       </c>
       <c r="F30" s="4">
         <v>0</v>
       </c>
       <c r="G30" s="4">
         <v>0</v>
       </c>
       <c r="H30" s="4">
         <v>0</v>
       </c>
       <c r="I30" s="4">
         <v>0</v>
       </c>
       <c r="J30" s="4">
@@ -3493,52 +3596,55 @@
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="4">
         <v>0</v>
       </c>
       <c r="U30" s="9">
         <v>2270</v>
       </c>
       <c r="V30" s="9">
         <v>1746</v>
       </c>
       <c r="W30" s="9">
         <v>1849</v>
       </c>
       <c r="X30" s="9">
         <v>1630</v>
       </c>
       <c r="Y30" s="9">
         <v>2095</v>
       </c>
       <c r="Z30" s="9">
         <v>1472</v>
       </c>
-    </row>
-    <row r="31" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA30" s="9">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="31" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B31" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C31" s="9">
         <v>15114</v>
       </c>
       <c r="D31" s="9">
         <v>11755</v>
       </c>
       <c r="E31" s="9">
         <v>8375</v>
       </c>
       <c r="F31" s="9">
         <v>10939</v>
       </c>
       <c r="G31" s="9">
         <v>39583</v>
       </c>
       <c r="H31" s="9">
         <v>34347</v>
       </c>
       <c r="I31" s="9">
         <v>43505</v>
       </c>
       <c r="J31" s="9">
@@ -3570,52 +3676,55 @@
       </c>
       <c r="S31" s="9">
         <v>39349</v>
       </c>
       <c r="T31" s="9">
         <v>32309</v>
       </c>
       <c r="U31" s="9">
         <v>27648</v>
       </c>
       <c r="V31" s="9">
         <v>31394</v>
       </c>
       <c r="W31" s="9">
         <v>36459</v>
       </c>
       <c r="X31" s="9">
         <v>28989</v>
       </c>
       <c r="Y31" s="9">
         <v>31153</v>
       </c>
       <c r="Z31" s="9">
         <v>34944</v>
       </c>
-    </row>
-    <row r="32" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA31" s="9">
+        <v>38591</v>
+      </c>
+    </row>
+    <row r="32" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B32" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C32" s="9">
         <v>2105</v>
       </c>
       <c r="D32" s="9">
         <v>2926</v>
       </c>
       <c r="E32" s="9">
         <v>4256</v>
       </c>
       <c r="F32" s="9">
         <v>4376</v>
       </c>
       <c r="G32" s="9">
         <v>6497</v>
       </c>
       <c r="H32" s="9">
         <v>6066</v>
       </c>
       <c r="I32" s="9">
         <v>9690</v>
       </c>
       <c r="J32" s="9">
@@ -3647,52 +3756,55 @@
       </c>
       <c r="S32" s="9">
         <v>9400</v>
       </c>
       <c r="T32" s="9">
         <v>6736</v>
       </c>
       <c r="U32" s="9">
         <v>6898</v>
       </c>
       <c r="V32" s="9">
         <v>7307</v>
       </c>
       <c r="W32" s="9">
         <v>6576</v>
       </c>
       <c r="X32" s="9">
         <v>7513</v>
       </c>
       <c r="Y32" s="9">
         <v>5967</v>
       </c>
       <c r="Z32" s="9">
         <v>6594</v>
       </c>
-    </row>
-    <row r="33" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA32" s="9">
+        <v>5549</v>
+      </c>
+    </row>
+    <row r="33" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B33" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C33" s="9">
         <v>0</v>
       </c>
       <c r="D33" s="9">
         <v>0</v>
       </c>
       <c r="E33" s="9">
         <v>5200</v>
       </c>
       <c r="F33" s="9">
         <v>13090</v>
       </c>
       <c r="G33" s="9">
         <v>7190</v>
       </c>
       <c r="H33" s="9">
         <v>5692</v>
       </c>
       <c r="I33" s="9">
         <v>5357</v>
       </c>
       <c r="J33" s="9">
@@ -3724,52 +3836,55 @@
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="4">
         <v>0</v>
       </c>
       <c r="U33" s="4">
         <v>0</v>
       </c>
       <c r="V33" s="4">
         <v>0</v>
       </c>
       <c r="W33" s="4">
         <v>0</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="4">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA33" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B34" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C34" s="9">
         <v>0</v>
       </c>
       <c r="D34" s="9">
         <v>0</v>
       </c>
       <c r="E34" s="9">
         <v>2195</v>
       </c>
       <c r="F34" s="9">
         <v>3040</v>
       </c>
       <c r="G34" s="9">
         <v>1416</v>
       </c>
       <c r="H34" s="9">
         <v>3467</v>
       </c>
       <c r="I34" s="9">
         <v>852</v>
       </c>
       <c r="J34" s="9">
@@ -3801,52 +3916,55 @@
       </c>
       <c r="S34" s="9">
         <v>9202</v>
       </c>
       <c r="T34" s="9">
         <v>9904</v>
       </c>
       <c r="U34" s="9">
         <v>10122</v>
       </c>
       <c r="V34" s="9">
         <v>7937</v>
       </c>
       <c r="W34" s="9">
         <v>8435</v>
       </c>
       <c r="X34" s="9">
         <v>6473</v>
       </c>
       <c r="Y34" s="9">
         <v>4044</v>
       </c>
       <c r="Z34" s="9">
         <v>3549</v>
       </c>
-    </row>
-    <row r="35" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA34" s="9">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="35" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B35" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C35" s="9">
         <v>11544</v>
       </c>
       <c r="D35" s="9">
         <v>12254</v>
       </c>
       <c r="E35" s="9">
         <v>11827</v>
       </c>
       <c r="F35" s="9">
         <v>15083</v>
       </c>
       <c r="G35" s="9">
         <v>24020</v>
       </c>
       <c r="H35" s="9">
         <v>27395</v>
       </c>
       <c r="I35" s="9">
         <v>27862</v>
       </c>
       <c r="J35" s="9">
@@ -3878,52 +3996,55 @@
       </c>
       <c r="S35" s="9">
         <v>12250</v>
       </c>
       <c r="T35" s="9">
         <v>15018</v>
       </c>
       <c r="U35" s="9">
         <v>13483</v>
       </c>
       <c r="V35" s="9">
         <v>12876</v>
       </c>
       <c r="W35" s="9">
         <v>13255</v>
       </c>
       <c r="X35" s="9">
         <v>13384</v>
       </c>
       <c r="Y35" s="9">
         <v>12416</v>
       </c>
       <c r="Z35" s="9">
         <v>12952</v>
       </c>
-    </row>
-    <row r="36" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA35" s="9">
+        <v>14756</v>
+      </c>
+    </row>
+    <row r="36" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B36" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="9">
         <v>0</v>
       </c>
       <c r="D36" s="9">
         <v>0</v>
       </c>
       <c r="E36" s="9">
         <v>0</v>
       </c>
       <c r="F36" s="9">
         <v>0</v>
       </c>
       <c r="G36" s="9">
         <v>0</v>
       </c>
       <c r="H36" s="9">
         <v>16417</v>
       </c>
       <c r="I36" s="9">
         <v>2003</v>
       </c>
       <c r="J36" s="9">
@@ -3955,52 +4076,55 @@
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="4">
         <v>0</v>
       </c>
       <c r="U36" s="4">
         <v>0</v>
       </c>
       <c r="V36" s="4">
         <v>0</v>
       </c>
       <c r="W36" s="4">
         <v>0</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="4">
         <v>0</v>
       </c>
-    </row>
-    <row r="37" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA36" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B37" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="9">
         <v>1869</v>
       </c>
       <c r="D37" s="9">
         <v>1370</v>
       </c>
       <c r="E37" s="9">
         <v>2351</v>
       </c>
       <c r="F37" s="9">
         <v>260</v>
       </c>
       <c r="G37" s="9">
         <v>3143</v>
       </c>
       <c r="H37" s="9">
         <v>3739</v>
       </c>
       <c r="I37" s="9">
         <v>2319</v>
       </c>
       <c r="J37" s="9">
@@ -4032,52 +4156,55 @@
       </c>
       <c r="S37" s="9">
         <v>3662</v>
       </c>
       <c r="T37" s="9">
         <v>3357</v>
       </c>
       <c r="U37" s="9">
         <v>2720</v>
       </c>
       <c r="V37" s="9">
         <v>2118</v>
       </c>
       <c r="W37" s="9">
         <v>1525</v>
       </c>
       <c r="X37" s="9">
         <v>1429</v>
       </c>
       <c r="Y37" s="9">
         <v>957</v>
       </c>
       <c r="Z37" s="9">
         <v>1031</v>
       </c>
-    </row>
-    <row r="38" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA37" s="9">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="38" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B38" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="9">
         <v>451</v>
       </c>
       <c r="D38" s="9">
         <v>678</v>
       </c>
       <c r="E38" s="9">
         <v>0</v>
       </c>
       <c r="F38" s="9">
         <v>1170</v>
       </c>
       <c r="G38" s="9">
         <v>0</v>
       </c>
       <c r="H38" s="4">
         <v>0</v>
       </c>
       <c r="I38" s="4">
         <v>0</v>
       </c>
       <c r="J38" s="4">
@@ -4109,52 +4236,55 @@
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="4">
         <v>0</v>
       </c>
       <c r="U38" s="4">
         <v>0</v>
       </c>
       <c r="V38" s="4">
         <v>0</v>
       </c>
       <c r="W38" s="4">
         <v>0</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="4">
         <v>0</v>
       </c>
-    </row>
-    <row r="39" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA38" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C39" s="9">
         <v>0</v>
       </c>
       <c r="D39" s="9">
         <v>0</v>
       </c>
       <c r="E39" s="9">
         <v>0</v>
       </c>
       <c r="F39" s="9">
         <v>0</v>
       </c>
       <c r="G39" s="9">
         <v>8</v>
       </c>
       <c r="H39" s="9">
         <v>8</v>
       </c>
       <c r="I39" s="9">
         <v>8</v>
       </c>
       <c r="J39" s="9">
@@ -4186,52 +4316,55 @@
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="4">
         <v>0</v>
       </c>
       <c r="U39" s="4">
         <v>0</v>
       </c>
       <c r="V39" s="4">
         <v>0</v>
       </c>
       <c r="W39" s="4">
         <v>0</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="4">
         <v>0</v>
       </c>
-    </row>
-    <row r="40" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA39" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B40" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="9">
         <v>0</v>
       </c>
       <c r="D40" s="9">
         <v>0</v>
       </c>
       <c r="E40" s="9">
         <v>0</v>
       </c>
       <c r="F40" s="9">
         <v>0</v>
       </c>
       <c r="G40" s="9">
         <v>0</v>
       </c>
       <c r="H40" s="9">
         <v>0</v>
       </c>
       <c r="I40" s="9">
         <v>0</v>
       </c>
       <c r="J40" s="9">
@@ -4263,208 +4396,217 @@
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="4">
         <v>0</v>
       </c>
       <c r="U40" s="4">
         <v>0</v>
       </c>
       <c r="V40" s="4">
         <v>0</v>
       </c>
       <c r="W40" s="4">
         <v>71</v>
       </c>
       <c r="X40" s="4">
         <v>70</v>
       </c>
       <c r="Y40" s="4">
         <v>71</v>
       </c>
       <c r="Z40" s="9">
         <v>73</v>
       </c>
-    </row>
-    <row r="41" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA40" s="9">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="41" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B41" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C41" s="10">
         <f>SUM(C30:C40)</f>
         <v>31083</v>
       </c>
       <c r="D41" s="10">
-        <f t="shared" ref="D41:Z41" si="16">SUM(D30:D40)</f>
+        <f t="shared" ref="D41:AA41" si="18">SUM(D30:D40)</f>
         <v>28983</v>
       </c>
       <c r="E41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>34204</v>
       </c>
       <c r="F41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>47958</v>
       </c>
       <c r="G41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>81857</v>
       </c>
       <c r="H41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>97131</v>
       </c>
       <c r="I41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>91596</v>
       </c>
       <c r="J41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>90349</v>
       </c>
       <c r="K41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>93540</v>
       </c>
       <c r="L41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>53434</v>
       </c>
       <c r="M41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>49734</v>
       </c>
       <c r="N41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>40822</v>
       </c>
       <c r="O41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>79225</v>
       </c>
       <c r="P41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>69079</v>
       </c>
       <c r="Q41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>76043</v>
       </c>
       <c r="R41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>72277</v>
       </c>
       <c r="S41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>73863</v>
       </c>
       <c r="T41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>67324</v>
       </c>
       <c r="U41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>63141</v>
       </c>
       <c r="V41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>63378</v>
       </c>
       <c r="W41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>68170</v>
       </c>
       <c r="X41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>59488</v>
       </c>
       <c r="Y41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>56703</v>
       </c>
       <c r="Z41" s="10">
-        <f t="shared" si="16"/>
+        <f t="shared" si="18"/>
         <v>60615</v>
       </c>
-    </row>
-    <row r="42" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA41" s="10">
+        <f t="shared" si="18"/>
+        <v>67888</v>
+      </c>
+    </row>
+    <row r="42" spans="2:27" x14ac:dyDescent="0.25">
       <c r="C42" s="9"/>
       <c r="D42" s="9"/>
       <c r="E42" s="9"/>
       <c r="F42" s="9"/>
       <c r="G42" s="9"/>
       <c r="H42" s="9"/>
       <c r="I42" s="9"/>
       <c r="J42" s="9"/>
       <c r="K42" s="9"/>
       <c r="L42" s="9"/>
       <c r="M42" s="9"/>
       <c r="N42" s="9"/>
       <c r="O42" s="9"/>
       <c r="P42" s="9"/>
       <c r="Q42" s="9"/>
       <c r="R42" s="9"/>
       <c r="S42" s="9"/>
       <c r="T42" s="9"/>
       <c r="U42" s="9"/>
       <c r="V42" s="9"/>
       <c r="W42" s="9"/>
       <c r="X42" s="9"/>
       <c r="Y42" s="9"/>
       <c r="Z42" s="9"/>
-    </row>
-    <row r="43" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA42" s="9"/>
+    </row>
+    <row r="43" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B43" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C43" s="10"/>
       <c r="D43" s="10"/>
       <c r="E43" s="10"/>
       <c r="F43" s="10"/>
       <c r="G43" s="10"/>
       <c r="H43" s="10"/>
       <c r="I43" s="10"/>
       <c r="J43" s="10"/>
       <c r="K43" s="10"/>
       <c r="L43" s="10"/>
       <c r="M43" s="10"/>
       <c r="N43" s="10"/>
       <c r="O43" s="10"/>
       <c r="P43" s="10"/>
       <c r="Q43" s="10"/>
       <c r="R43" s="10"/>
       <c r="S43" s="10"/>
       <c r="T43" s="10"/>
       <c r="U43" s="10"/>
       <c r="V43" s="10"/>
       <c r="W43" s="10"/>
       <c r="X43" s="10"/>
       <c r="Y43" s="10"/>
       <c r="Z43" s="10"/>
-    </row>
-    <row r="44" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA43" s="10"/>
+    </row>
+    <row r="44" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B44" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C44" s="9">
         <v>0</v>
       </c>
       <c r="D44" s="9">
         <v>0</v>
       </c>
       <c r="E44" s="9">
         <v>0</v>
       </c>
       <c r="F44" s="9">
         <v>1018</v>
       </c>
       <c r="G44" s="9">
         <v>3635</v>
       </c>
       <c r="H44" s="9">
         <v>1183</v>
       </c>
       <c r="I44" s="9">
         <v>255</v>
       </c>
       <c r="J44" s="9">
@@ -4496,52 +4638,55 @@
       </c>
       <c r="S44" s="9">
         <v>0</v>
       </c>
       <c r="T44" s="9">
         <v>0</v>
       </c>
       <c r="U44" s="9">
         <v>0</v>
       </c>
       <c r="V44" s="9">
         <v>0</v>
       </c>
       <c r="W44" s="9">
         <v>0</v>
       </c>
       <c r="X44" s="9">
         <v>0</v>
       </c>
       <c r="Y44" s="9">
         <v>0</v>
       </c>
       <c r="Z44" s="9">
         <v>0</v>
       </c>
-    </row>
-    <row r="45" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA44" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B45" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C45" s="9">
         <v>0</v>
       </c>
       <c r="D45" s="9">
         <v>0</v>
       </c>
       <c r="E45" s="9">
         <v>845</v>
       </c>
       <c r="F45" s="9">
         <v>0</v>
       </c>
       <c r="G45" s="9">
         <v>918</v>
       </c>
       <c r="H45" s="9">
         <v>20378</v>
       </c>
       <c r="I45" s="9">
         <v>26778</v>
       </c>
       <c r="J45" s="9">
@@ -4573,52 +4718,55 @@
       </c>
       <c r="S45" s="9">
         <v>6565</v>
       </c>
       <c r="T45" s="9">
         <v>5655</v>
       </c>
       <c r="U45" s="9">
         <v>3506</v>
       </c>
       <c r="V45" s="9">
         <v>3791</v>
       </c>
       <c r="W45" s="9">
         <v>2012</v>
       </c>
       <c r="X45" s="9">
         <v>3717</v>
       </c>
       <c r="Y45" s="9">
         <v>3717</v>
       </c>
       <c r="Z45" s="9">
         <v>3778</v>
       </c>
-    </row>
-    <row r="46" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA45" s="9">
+        <v>6494</v>
+      </c>
+    </row>
+    <row r="46" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B46" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C46" s="9">
         <v>576</v>
       </c>
       <c r="D46" s="9">
         <v>1978</v>
       </c>
       <c r="E46" s="9">
         <v>2787</v>
       </c>
       <c r="F46" s="9">
         <v>3048</v>
       </c>
       <c r="G46" s="9">
         <v>5010</v>
       </c>
       <c r="H46" s="9">
         <v>6667</v>
       </c>
       <c r="I46" s="9">
         <v>8692</v>
       </c>
       <c r="J46" s="9">
@@ -4650,52 +4798,55 @@
       </c>
       <c r="S46" s="9">
         <v>10528</v>
       </c>
       <c r="T46" s="9">
         <v>14263</v>
       </c>
       <c r="U46" s="9">
         <v>14998</v>
       </c>
       <c r="V46" s="9">
         <v>12297</v>
       </c>
       <c r="W46" s="9">
         <v>9548</v>
       </c>
       <c r="X46" s="9">
         <v>9738</v>
       </c>
       <c r="Y46" s="9">
         <v>10029</v>
       </c>
       <c r="Z46" s="9">
         <v>10009</v>
       </c>
-    </row>
-    <row r="47" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA46" s="9">
+        <v>7229</v>
+      </c>
+    </row>
+    <row r="47" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="9">
         <v>1195</v>
       </c>
       <c r="D47" s="9">
         <v>1230</v>
       </c>
       <c r="E47" s="9">
         <v>1389</v>
       </c>
       <c r="F47" s="9">
         <v>1428</v>
       </c>
       <c r="G47" s="9">
         <v>2109</v>
       </c>
       <c r="H47" s="9">
         <v>2369</v>
       </c>
       <c r="I47" s="9">
         <v>2669</v>
       </c>
       <c r="J47" s="9">
@@ -4727,208 +4878,217 @@
       </c>
       <c r="S47" s="9">
         <v>4850</v>
       </c>
       <c r="T47" s="9">
         <v>4940</v>
       </c>
       <c r="U47" s="9">
         <v>5021</v>
       </c>
       <c r="V47" s="9">
         <v>5104</v>
       </c>
       <c r="W47" s="9">
         <v>5095</v>
       </c>
       <c r="X47" s="9">
         <v>5097</v>
       </c>
       <c r="Y47" s="9">
         <v>5091</v>
       </c>
       <c r="Z47" s="9">
         <v>5091</v>
       </c>
-    </row>
-    <row r="48" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA47" s="9">
+        <v>5091</v>
+      </c>
+    </row>
+    <row r="48" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C48" s="10">
-        <f t="shared" ref="C48:Z48" si="17">SUM(C44:C47)</f>
+        <f t="shared" ref="C48:AA48" si="19">SUM(C44:C47)</f>
         <v>1771</v>
       </c>
       <c r="D48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>3208</v>
       </c>
       <c r="E48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>5021</v>
       </c>
       <c r="F48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>5494</v>
       </c>
       <c r="G48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>11672</v>
       </c>
       <c r="H48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>30597</v>
       </c>
       <c r="I48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>38394</v>
       </c>
       <c r="J48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>40708</v>
       </c>
       <c r="K48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>37493</v>
       </c>
       <c r="L48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>39160</v>
       </c>
       <c r="M48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>35349</v>
       </c>
       <c r="N48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>33204</v>
       </c>
       <c r="O48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>34202</v>
       </c>
       <c r="P48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>31200</v>
       </c>
       <c r="Q48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>28320</v>
       </c>
       <c r="R48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>20643</v>
       </c>
       <c r="S48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>21943</v>
       </c>
       <c r="T48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>24858</v>
       </c>
       <c r="U48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>23525</v>
       </c>
       <c r="V48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>21192</v>
       </c>
       <c r="W48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>16655</v>
       </c>
       <c r="X48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>18552</v>
       </c>
       <c r="Y48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>18837</v>
       </c>
       <c r="Z48" s="10">
-        <f t="shared" si="17"/>
+        <f t="shared" si="19"/>
         <v>18878</v>
       </c>
-    </row>
-    <row r="49" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA48" s="10">
+        <f t="shared" si="19"/>
+        <v>18814</v>
+      </c>
+    </row>
+    <row r="49" spans="2:27" x14ac:dyDescent="0.25">
       <c r="C49" s="9"/>
       <c r="D49" s="9"/>
       <c r="E49" s="9"/>
       <c r="F49" s="9"/>
       <c r="G49" s="9"/>
       <c r="H49" s="9"/>
       <c r="I49" s="9"/>
       <c r="J49" s="9"/>
       <c r="K49" s="9"/>
       <c r="L49" s="9"/>
       <c r="M49" s="9"/>
       <c r="N49" s="9"/>
       <c r="O49" s="9"/>
       <c r="P49" s="9"/>
       <c r="Q49" s="9"/>
       <c r="R49" s="9"/>
       <c r="S49" s="9"/>
       <c r="T49" s="9"/>
       <c r="U49" s="9"/>
       <c r="V49" s="9"/>
       <c r="W49" s="9"/>
       <c r="X49" s="9"/>
       <c r="Y49" s="9"/>
       <c r="Z49" s="9"/>
-    </row>
-    <row r="50" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA49" s="9"/>
+    </row>
+    <row r="50" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="10"/>
       <c r="E50" s="10"/>
       <c r="F50" s="10"/>
       <c r="G50" s="10"/>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="10"/>
       <c r="K50" s="10"/>
       <c r="L50" s="10"/>
       <c r="M50" s="10"/>
       <c r="N50" s="10"/>
       <c r="O50" s="10"/>
       <c r="P50" s="10"/>
       <c r="Q50" s="10"/>
       <c r="R50" s="10"/>
       <c r="S50" s="10"/>
       <c r="T50" s="10"/>
       <c r="U50" s="10"/>
       <c r="V50" s="10"/>
       <c r="W50" s="10"/>
       <c r="X50" s="10"/>
       <c r="Y50" s="10"/>
       <c r="Z50" s="10"/>
-    </row>
-    <row r="51" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA50" s="10"/>
+    </row>
+    <row r="51" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B51" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C51" s="9">
         <v>39819</v>
       </c>
       <c r="D51" s="9">
         <v>39819</v>
       </c>
       <c r="E51" s="9">
         <v>39819</v>
       </c>
       <c r="F51" s="9">
         <v>39819</v>
       </c>
       <c r="G51" s="9">
         <v>40224</v>
       </c>
       <c r="H51" s="9">
         <v>470567</v>
       </c>
       <c r="I51" s="9">
         <v>470746</v>
       </c>
       <c r="J51" s="9">
@@ -4960,52 +5120,55 @@
       </c>
       <c r="S51" s="9">
         <v>471166</v>
       </c>
       <c r="T51" s="9">
         <v>471230</v>
       </c>
       <c r="U51" s="9">
         <v>471284</v>
       </c>
       <c r="V51" s="9">
         <v>471375</v>
       </c>
       <c r="W51" s="9">
         <v>471375</v>
       </c>
       <c r="X51" s="9">
         <v>471375</v>
       </c>
       <c r="Y51" s="33">
         <v>471375</v>
       </c>
       <c r="Z51" s="33">
         <v>471375</v>
       </c>
-    </row>
-    <row r="52" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA51" s="33">
+        <v>471375</v>
+      </c>
+    </row>
+    <row r="52" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B52" s="4" t="s">
         <v>74</v>
       </c>
       <c r="C52" s="9"/>
       <c r="D52" s="9"/>
       <c r="E52" s="9"/>
       <c r="F52" s="9">
         <v>0</v>
       </c>
       <c r="G52" s="9">
         <v>0</v>
       </c>
       <c r="H52" s="9">
         <v>-20258</v>
       </c>
       <c r="I52" s="9">
         <v>-20258</v>
       </c>
       <c r="J52" s="9">
         <v>-19835</v>
       </c>
       <c r="K52" s="9">
         <v>-19835</v>
       </c>
       <c r="L52" s="9">
@@ -5031,52 +5194,55 @@
       </c>
       <c r="S52" s="9">
         <v>-19835</v>
       </c>
       <c r="T52" s="9">
         <v>-19835</v>
       </c>
       <c r="U52" s="9">
         <v>-19835</v>
       </c>
       <c r="V52" s="9">
         <v>-19835</v>
       </c>
       <c r="W52" s="9">
         <v>-19835</v>
       </c>
       <c r="X52" s="9">
         <v>-19835</v>
       </c>
       <c r="Y52" s="9">
         <v>-19835</v>
       </c>
       <c r="Z52" s="9">
         <v>-19835</v>
       </c>
-    </row>
-    <row r="53" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA52" s="9">
+        <v>-19835</v>
+      </c>
+    </row>
+    <row r="53" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="9">
         <v>0</v>
       </c>
       <c r="D53" s="9">
         <v>0</v>
       </c>
       <c r="E53" s="9">
         <v>0</v>
       </c>
       <c r="F53" s="9">
         <v>0</v>
       </c>
       <c r="G53" s="9">
         <v>787</v>
       </c>
       <c r="H53" s="9">
         <v>6302</v>
       </c>
       <c r="I53" s="9">
         <v>6578</v>
       </c>
       <c r="J53" s="9">
@@ -5108,52 +5274,55 @@
       </c>
       <c r="S53" s="9">
         <v>9404</v>
       </c>
       <c r="T53" s="9">
         <v>9431</v>
       </c>
       <c r="U53" s="9">
         <v>9455</v>
       </c>
       <c r="V53" s="9">
         <v>9521</v>
       </c>
       <c r="W53" s="9">
         <v>9554</v>
       </c>
       <c r="X53" s="9">
         <v>9575</v>
       </c>
       <c r="Y53" s="9">
         <v>9587</v>
       </c>
       <c r="Z53" s="9">
         <v>9594</v>
       </c>
-    </row>
-    <row r="54" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA53" s="9">
+        <v>9601</v>
+      </c>
+    </row>
+    <row r="54" spans="2:27" x14ac:dyDescent="0.25">
       <c r="B54" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C54" s="9">
         <v>-49722</v>
       </c>
       <c r="D54" s="9">
         <v>-46890</v>
       </c>
       <c r="E54" s="9">
         <v>-48364</v>
       </c>
       <c r="F54" s="9">
         <v>-50917</v>
       </c>
       <c r="G54" s="9">
         <v>-36663</v>
       </c>
       <c r="H54" s="9">
         <v>-53340</v>
       </c>
       <c r="I54" s="9">
         <v>-52743</v>
       </c>
       <c r="J54" s="9">
@@ -5185,318 +5354,332 @@
       </c>
       <c r="S54" s="9">
         <v>-205331</v>
       </c>
       <c r="T54" s="9">
         <v>-219926</v>
       </c>
       <c r="U54" s="9">
         <v>-228266</v>
       </c>
       <c r="V54" s="9">
         <v>-228941</v>
       </c>
       <c r="W54" s="9">
         <v>-230891</v>
       </c>
       <c r="X54" s="9">
         <v>-239546</v>
       </c>
       <c r="Y54" s="9">
         <v>-242285</v>
       </c>
       <c r="Z54" s="9">
         <v>-240405</v>
       </c>
-    </row>
-    <row r="55" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA54" s="9">
+        <v>-240804</v>
+      </c>
+    </row>
+    <row r="55" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B55" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C55" s="10">
-        <f t="shared" ref="C55:H55" si="18">SUM(C51:C54)</f>
+        <f t="shared" ref="C55:H55" si="20">SUM(C51:C54)</f>
         <v>-9903</v>
       </c>
       <c r="D55" s="10">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>-7071</v>
       </c>
       <c r="E55" s="10">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>-8545</v>
       </c>
       <c r="F55" s="10">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>-11098</v>
       </c>
       <c r="G55" s="10">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>4348</v>
       </c>
       <c r="H55" s="10">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>403271</v>
       </c>
       <c r="I55" s="10">
-        <f t="shared" ref="I55:P55" si="19">SUM(I51:I54)</f>
+        <f t="shared" ref="I55:P55" si="21">SUM(I51:I54)</f>
         <v>404323</v>
       </c>
       <c r="J55" s="10">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>396627</v>
       </c>
       <c r="K55" s="10">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>361809</v>
       </c>
       <c r="L55" s="10">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>373540</v>
       </c>
       <c r="M55" s="10">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>362222</v>
       </c>
       <c r="N55" s="10">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>351390</v>
       </c>
       <c r="O55" s="10">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>308614</v>
       </c>
       <c r="P55" s="10">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>295503</v>
       </c>
       <c r="Q55" s="10">
-        <f t="shared" ref="Q55:R55" si="20">SUM(Q51:Q54)</f>
+        <f t="shared" ref="Q55:R55" si="22">SUM(Q51:Q54)</f>
         <v>286731</v>
       </c>
       <c r="R55" s="10">
-        <f t="shared" si="20"/>
+        <f t="shared" si="22"/>
         <v>272425</v>
       </c>
       <c r="S55" s="10">
-        <f t="shared" ref="S55:T55" si="21">SUM(S51:S54)</f>
+        <f t="shared" ref="S55:T55" si="23">SUM(S51:S54)</f>
         <v>255404</v>
       </c>
       <c r="T55" s="10">
-        <f t="shared" si="21"/>
+        <f t="shared" si="23"/>
         <v>240900</v>
       </c>
       <c r="U55" s="10">
-        <f t="shared" ref="U55:V55" si="22">SUM(U51:U54)</f>
+        <f t="shared" ref="U55:V55" si="24">SUM(U51:U54)</f>
         <v>232638</v>
       </c>
       <c r="V55" s="10">
-        <f t="shared" si="22"/>
+        <f t="shared" si="24"/>
         <v>232120</v>
       </c>
       <c r="W55" s="10">
-        <f t="shared" ref="W55:X55" si="23">SUM(W51:W54)</f>
+        <f t="shared" ref="W55:X55" si="25">SUM(W51:W54)</f>
         <v>230203</v>
       </c>
       <c r="X55" s="10">
-        <f t="shared" si="23"/>
+        <f t="shared" si="25"/>
         <v>221569</v>
       </c>
       <c r="Y55" s="10">
-        <f t="shared" ref="Y55:Z55" si="24">SUM(Y51:Y54)</f>
+        <f t="shared" ref="Y55:Z55" si="26">SUM(Y51:Y54)</f>
         <v>218842</v>
       </c>
       <c r="Z55" s="10">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>220729</v>
       </c>
-    </row>
-    <row r="56" spans="2:26" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AA55" s="10">
+        <f t="shared" ref="AA55" si="27">SUM(AA51:AA54)</f>
+        <v>220337</v>
+      </c>
+    </row>
+    <row r="56" spans="2:27" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B56" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C56" s="11">
-        <f t="shared" ref="C56:H56" si="25">C55+C48+C41</f>
+        <f t="shared" ref="C56:H56" si="28">C55+C48+C41</f>
         <v>22951</v>
       </c>
       <c r="D56" s="11">
-        <f t="shared" si="25"/>
+        <f t="shared" si="28"/>
         <v>25120</v>
       </c>
       <c r="E56" s="11">
-        <f t="shared" si="25"/>
+        <f t="shared" si="28"/>
         <v>30680</v>
       </c>
       <c r="F56" s="11">
-        <f t="shared" si="25"/>
+        <f t="shared" si="28"/>
         <v>42354</v>
       </c>
       <c r="G56" s="11">
-        <f t="shared" si="25"/>
+        <f t="shared" si="28"/>
         <v>97877</v>
       </c>
       <c r="H56" s="11">
-        <f t="shared" si="25"/>
+        <f t="shared" si="28"/>
         <v>530999</v>
       </c>
       <c r="I56" s="11">
-        <f t="shared" ref="I56:P56" si="26">I55+I48+I41</f>
+        <f t="shared" ref="I56:P56" si="29">I55+I48+I41</f>
         <v>534313</v>
       </c>
       <c r="J56" s="11">
-        <f t="shared" si="26"/>
+        <f t="shared" si="29"/>
         <v>527684</v>
       </c>
       <c r="K56" s="11">
-        <f t="shared" si="26"/>
+        <f t="shared" si="29"/>
         <v>492842</v>
       </c>
       <c r="L56" s="11">
-        <f t="shared" si="26"/>
+        <f t="shared" si="29"/>
         <v>466134</v>
       </c>
       <c r="M56" s="11">
-        <f t="shared" si="26"/>
+        <f t="shared" si="29"/>
         <v>447305</v>
       </c>
       <c r="N56" s="11">
-        <f t="shared" si="26"/>
+        <f t="shared" si="29"/>
         <v>425416</v>
       </c>
       <c r="O56" s="11">
-        <f t="shared" si="26"/>
+        <f t="shared" si="29"/>
         <v>422041</v>
       </c>
       <c r="P56" s="11">
-        <f t="shared" si="26"/>
+        <f t="shared" si="29"/>
         <v>395782</v>
       </c>
       <c r="Q56" s="11">
-        <f t="shared" ref="Q56:R56" si="27">Q55+Q48+Q41</f>
+        <f t="shared" ref="Q56:R56" si="30">Q55+Q48+Q41</f>
         <v>391094</v>
       </c>
       <c r="R56" s="11">
-        <f t="shared" si="27"/>
+        <f t="shared" si="30"/>
         <v>365345</v>
       </c>
       <c r="S56" s="11">
-        <f t="shared" ref="S56:T56" si="28">S55+S48+S41</f>
+        <f t="shared" ref="S56:T56" si="31">S55+S48+S41</f>
         <v>351210</v>
       </c>
       <c r="T56" s="11">
-        <f t="shared" si="28"/>
+        <f t="shared" si="31"/>
         <v>333082</v>
       </c>
       <c r="U56" s="11">
-        <f t="shared" ref="U56:V56" si="29">U55+U48+U41</f>
+        <f t="shared" ref="U56:V56" si="32">U55+U48+U41</f>
         <v>319304</v>
       </c>
       <c r="V56" s="11">
-        <f t="shared" si="29"/>
+        <f t="shared" si="32"/>
         <v>316690</v>
       </c>
       <c r="W56" s="11">
-        <f t="shared" ref="W56:X56" si="30">W55+W48+W41</f>
+        <f t="shared" ref="W56:X56" si="33">W55+W48+W41</f>
         <v>315028</v>
       </c>
       <c r="X56" s="11">
-        <f t="shared" si="30"/>
+        <f t="shared" si="33"/>
         <v>299609</v>
       </c>
       <c r="Y56" s="11">
-        <f t="shared" ref="Y56:Z56" si="31">Y55+Y48+Y41</f>
+        <f t="shared" ref="Y56:Z56" si="34">Y55+Y48+Y41</f>
         <v>294382</v>
       </c>
       <c r="Z56" s="11">
-        <f t="shared" si="31"/>
+        <f t="shared" si="34"/>
         <v>300222</v>
       </c>
-    </row>
-    <row r="59" spans="2:26" x14ac:dyDescent="0.25">
+      <c r="AA56" s="11">
+        <f t="shared" ref="AA56" si="35">AA55+AA48+AA41</f>
+        <v>307039</v>
+      </c>
+    </row>
+    <row r="59" spans="2:27" x14ac:dyDescent="0.25">
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="9"/>
       <c r="F59" s="9"/>
       <c r="G59" s="9"/>
       <c r="H59" s="9"/>
       <c r="I59" s="9"/>
       <c r="J59" s="9"/>
       <c r="K59" s="9"/>
       <c r="L59" s="9"/>
       <c r="M59" s="9"/>
       <c r="N59" s="9"/>
       <c r="O59" s="9"/>
       <c r="P59" s="9"/>
       <c r="Q59" s="9"/>
       <c r="R59" s="9"/>
       <c r="S59" s="9"/>
       <c r="T59" s="9"/>
       <c r="U59" s="9"/>
       <c r="V59" s="9"/>
       <c r="W59" s="9"/>
       <c r="X59" s="9"/>
       <c r="Y59" s="9"/>
       <c r="Z59" s="9"/>
+      <c r="AA59" s="9"/>
     </row>
   </sheetData>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D019D78-2E4F-4BB0-96C1-F6750E2B0AC5}">
-  <dimension ref="B2:AI31"/>
+  <dimension ref="B2:AJ31"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="P3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="AF3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="AJ24" sqref="AJ24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.85546875" customWidth="1"/>
     <col min="2" max="2" width="44.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="9.140625" style="12"/>
     <col min="5" max="6" width="9.140625" style="12" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="7" max="7" width="9.140625" style="12" collapsed="1"/>
     <col min="8" max="10" width="9.140625" style="12" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="11" max="11" width="9.140625" style="12" collapsed="1"/>
     <col min="12" max="14" width="9.28515625" style="12" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="15" max="15" width="9.28515625" style="29" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="16" max="16" width="9.28515625" style="12" customWidth="1" collapsed="1"/>
     <col min="17" max="20" width="9.28515625" style="12" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="21" max="21" width="9.28515625" style="12" customWidth="1" collapsed="1"/>
     <col min="22" max="25" width="9.28515625" style="12" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="26" max="26" width="9.28515625" style="12" customWidth="1" collapsed="1"/>
     <col min="27" max="30" width="9.28515625" style="12" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
-    <col min="31" max="34" width="9.28515625" style="12" customWidth="1" collapsed="1"/>
+    <col min="31" max="31" width="9.28515625" style="12" customWidth="1" collapsed="1"/>
+    <col min="32" max="35" width="9.28515625" style="12" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="36" max="36" width="9.28515625" style="12" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:35" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:36" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="7" t="s">
         <v>39</v>
       </c>
       <c r="C2" s="8">
         <v>2017</v>
       </c>
       <c r="D2" s="8">
         <v>2018</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>80</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>67</v>
       </c>
       <c r="G2" s="8">
         <v>2019</v>
       </c>
       <c r="H2" s="8" t="s">
         <v>68</v>
       </c>
       <c r="I2" s="8" t="s">
         <v>69</v>
       </c>
       <c r="J2" s="8" t="s">
@@ -5552,53 +5735,59 @@
       </c>
       <c r="AA2" s="8" t="s">
         <v>93</v>
       </c>
       <c r="AB2" s="8" t="s">
         <v>94</v>
       </c>
       <c r="AC2" s="8" t="s">
         <v>98</v>
       </c>
       <c r="AD2" s="8" t="s">
         <v>102</v>
       </c>
       <c r="AE2" s="8">
         <v>2024</v>
       </c>
       <c r="AF2" s="8" t="s">
         <v>104</v>
       </c>
       <c r="AG2" s="8" t="s">
         <v>105</v>
       </c>
       <c r="AH2" s="8" t="s">
         <v>106</v>
       </c>
-    </row>
-[...1 lines deleted...]
-    <row r="4" spans="2:35" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI2" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="AJ2" s="8">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="3" spans="2:36" ht="5.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C4" s="13">
         <v>114456</v>
       </c>
       <c r="D4" s="13">
         <v>118878</v>
       </c>
       <c r="E4" s="13">
         <v>33725</v>
       </c>
       <c r="F4" s="13">
         <v>37746</v>
       </c>
       <c r="G4" s="13">
         <v>130906</v>
       </c>
       <c r="H4" s="13">
         <v>33052</v>
       </c>
       <c r="I4" s="13">
         <v>52874.2</v>
       </c>
       <c r="J4" s="13">
@@ -5654,52 +5843,59 @@
       </c>
       <c r="AA4" s="13">
         <v>39979.227480000001</v>
       </c>
       <c r="AB4" s="13">
         <v>40170</v>
       </c>
       <c r="AC4" s="13">
         <v>44016</v>
       </c>
       <c r="AD4" s="13">
         <v>41507.065999999992</v>
       </c>
       <c r="AE4" s="13">
         <v>167739.06599999999</v>
       </c>
       <c r="AF4" s="13">
         <v>33369.365740000001</v>
       </c>
       <c r="AG4" s="13">
         <v>34657</v>
       </c>
       <c r="AH4" s="13">
         <v>36998</v>
       </c>
-    </row>
-    <row r="5" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AI4" s="13">
+        <v>45937.634259999992</v>
+      </c>
+      <c r="AJ4" s="13">
+        <f>SUM(AF4:AI4)</f>
+        <v>150962</v>
+      </c>
+    </row>
+    <row r="5" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="14">
         <v>-64691</v>
       </c>
       <c r="D5" s="14">
         <v>-66303</v>
       </c>
       <c r="E5" s="14">
         <v>-18883</v>
       </c>
       <c r="F5" s="14">
         <v>-19638</v>
       </c>
       <c r="G5" s="14">
         <v>-70689</v>
       </c>
       <c r="H5" s="14">
         <v>-17537</v>
       </c>
       <c r="I5" s="14">
         <v>-27918.6</v>
       </c>
       <c r="J5" s="14">
@@ -5755,52 +5951,59 @@
       </c>
       <c r="AA5" s="14">
         <v>-24348</v>
       </c>
       <c r="AB5" s="14">
         <v>-23667</v>
       </c>
       <c r="AC5" s="14">
         <v>-25494</v>
       </c>
       <c r="AD5" s="14">
         <v>-27164</v>
       </c>
       <c r="AE5" s="14">
         <v>-100673</v>
       </c>
       <c r="AF5" s="14">
         <v>-19785</v>
       </c>
       <c r="AG5" s="14">
         <v>-20287</v>
       </c>
       <c r="AH5" s="14">
         <v>-22124</v>
       </c>
-    </row>
-    <row r="6" spans="2:35" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI5" s="14">
+        <v>-29101</v>
+      </c>
+      <c r="AJ5" s="14">
+        <f>SUM(AF5:AI5)</f>
+        <v>-91297</v>
+      </c>
+    </row>
+    <row r="6" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="13">
         <f t="shared" ref="C6:M6" si="0">SUM(C4:C5)</f>
         <v>49765</v>
       </c>
       <c r="D6" s="13">
         <f t="shared" si="0"/>
         <v>52575</v>
       </c>
       <c r="E6" s="13">
         <f>SUM(E4:E5)</f>
         <v>14842</v>
       </c>
       <c r="F6" s="13">
         <f t="shared" si="0"/>
         <v>18108</v>
       </c>
       <c r="G6" s="13">
         <f t="shared" si="0"/>
         <v>60217</v>
       </c>
       <c r="H6" s="13">
         <f t="shared" si="0"/>
@@ -5884,55 +6087,63 @@
       <c r="AB6" s="13">
         <f t="shared" si="4"/>
         <v>16503</v>
       </c>
       <c r="AC6" s="13">
         <f t="shared" ref="AC6:AE6" si="5">SUM(AC4:AC5)</f>
         <v>18522</v>
       </c>
       <c r="AD6" s="13">
         <f t="shared" si="5"/>
         <v>14343.065999999992</v>
       </c>
       <c r="AE6" s="13">
         <f t="shared" si="5"/>
         <v>67066.065999999992</v>
       </c>
       <c r="AF6" s="13">
         <f t="shared" ref="AF6:AG6" si="6">SUM(AF4:AF5)</f>
         <v>13584.365740000001</v>
       </c>
       <c r="AG6" s="13">
         <f t="shared" si="6"/>
         <v>14370</v>
       </c>
       <c r="AH6" s="13">
-        <f t="shared" ref="AH6" si="7">SUM(AH4:AH5)</f>
+        <f t="shared" ref="AH6:AJ6" si="7">SUM(AH4:AH5)</f>
         <v>14874</v>
       </c>
-    </row>
-    <row r="7" spans="2:35" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI6" s="13">
+        <f t="shared" si="7"/>
+        <v>16836.634259999992</v>
+      </c>
+      <c r="AJ6" s="13">
+        <f t="shared" si="7"/>
+        <v>59665</v>
+      </c>
+    </row>
+    <row r="7" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B7" s="20" t="s">
         <v>59</v>
       </c>
       <c r="C7" s="21">
         <f>C6/C4</f>
         <v>0.43479590410288671</v>
       </c>
       <c r="D7" s="21">
         <f t="shared" ref="D7:M7" si="8">D6/D4</f>
         <v>0.44226013223641042</v>
       </c>
       <c r="E7" s="21">
         <f>E6/E4</f>
         <v>0.44008895478131949</v>
       </c>
       <c r="F7" s="21">
         <f t="shared" si="8"/>
         <v>0.4797329518359561</v>
       </c>
       <c r="G7" s="21">
         <f t="shared" si="8"/>
         <v>0.46000183337662137</v>
       </c>
       <c r="H7" s="21">
         <f t="shared" si="8"/>
@@ -6017,90 +6228,99 @@
       <c r="AB7" s="21">
         <f t="shared" si="12"/>
         <v>0.41082897684839431</v>
       </c>
       <c r="AC7" s="21">
         <f t="shared" ref="AC7:AE7" si="13">AC6/AC4</f>
         <v>0.42080152671755727</v>
       </c>
       <c r="AD7" s="21">
         <f t="shared" si="13"/>
         <v>0.34555721187327465</v>
       </c>
       <c r="AE7" s="21">
         <f t="shared" si="13"/>
         <v>0.39982377152380233</v>
       </c>
       <c r="AF7" s="21">
         <f t="shared" ref="AF7:AG7" si="14">AF6/AF4</f>
         <v>0.40709091823451604</v>
       </c>
       <c r="AG7" s="21">
         <f t="shared" si="14"/>
         <v>0.4146348501024324</v>
       </c>
       <c r="AH7" s="21">
-        <f t="shared" ref="AH7" si="15">AH6/AH4</f>
+        <f t="shared" ref="AH7:AJ7" si="15">AH6/AH4</f>
         <v>0.40202173090437321</v>
       </c>
-      <c r="AI7" s="34"/>
-[...1 lines deleted...]
-    <row r="8" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AI7" s="21">
+        <f t="shared" si="15"/>
+        <v>0.36651069501549022</v>
+      </c>
+      <c r="AJ7" s="21">
+        <f t="shared" si="15"/>
+        <v>0.39523191266676383</v>
+      </c>
+    </row>
+    <row r="8" spans="2:36" x14ac:dyDescent="0.25">
       <c r="C8" s="14"/>
       <c r="D8" s="14"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="26"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14"/>
       <c r="X8" s="14"/>
       <c r="Y8" s="14"/>
       <c r="Z8" s="14"/>
       <c r="AA8" s="14"/>
       <c r="AB8" s="14"/>
       <c r="AC8" s="14"/>
       <c r="AD8" s="14"/>
       <c r="AE8" s="14"/>
       <c r="AF8" s="14"/>
       <c r="AG8" s="14"/>
       <c r="AH8" s="14"/>
-    </row>
-    <row r="9" spans="2:35" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI8" s="14"/>
+      <c r="AJ8" s="14"/>
+    </row>
+    <row r="9" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B9" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C9" s="13">
         <v>-42977</v>
       </c>
       <c r="D9" s="13">
         <v>-45182</v>
       </c>
       <c r="E9" s="13">
         <v>-16553</v>
       </c>
       <c r="F9" s="13">
         <v>-16856</v>
       </c>
       <c r="G9" s="13">
         <v>-58335</v>
       </c>
       <c r="H9" s="13">
         <v>-16639</v>
       </c>
       <c r="I9" s="13">
         <v>-22741</v>
       </c>
       <c r="J9" s="13">
@@ -6156,52 +6376,58 @@
       </c>
       <c r="AA9" s="13">
         <v>-35830.227480000001</v>
       </c>
       <c r="AB9" s="13">
         <v>-27914</v>
       </c>
       <c r="AC9" s="13">
         <v>-21479.61698000033</v>
       </c>
       <c r="AD9" s="13">
         <v>-19685.065999999999</v>
       </c>
       <c r="AE9" s="13">
         <v>-106976.32629</v>
       </c>
       <c r="AF9" s="13">
         <v>-25387</v>
       </c>
       <c r="AG9" s="13">
         <v>-21723</v>
       </c>
       <c r="AH9" s="13">
         <v>-19507</v>
       </c>
-    </row>
-    <row r="10" spans="2:35" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI9" s="13">
+        <v>-23223.762341262554</v>
+      </c>
+      <c r="AJ9" s="13">
+        <v>-89839</v>
+      </c>
+    </row>
+    <row r="10" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B10" s="5" t="s">
         <v>96</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="13"/>
       <c r="G10" s="13"/>
       <c r="H10" s="13"/>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="13"/>
       <c r="L10" s="13"/>
       <c r="M10" s="13"/>
       <c r="N10" s="13"/>
       <c r="O10" s="25"/>
       <c r="P10" s="13"/>
       <c r="Q10" s="13"/>
       <c r="R10" s="13"/>
       <c r="S10" s="13"/>
       <c r="T10" s="13"/>
       <c r="V10" s="14">
         <v>-13233.785520000029</v>
       </c>
       <c r="W10" s="14">
@@ -6210,136 +6436,151 @@
       <c r="X10" s="14">
         <v>-14732.74330000004</v>
       </c>
       <c r="Y10" s="14">
         <v>-15589.475710000008</v>
       </c>
       <c r="Z10" s="14">
         <v>-57415.045200000088</v>
       </c>
       <c r="AA10" s="14">
         <v>-13214.477130000059</v>
       </c>
       <c r="AB10" s="14">
         <v>-11268.105380000077</v>
       </c>
       <c r="AC10" s="14">
         <v>-10701.407700000336</v>
       </c>
       <c r="AD10" s="14">
         <v>-10500.631280000223</v>
       </c>
       <c r="AE10" s="14">
         <v>-45684.621490000703</v>
       </c>
       <c r="AF10" s="14">
-        <v>-8962.1509599999554</v>
+        <v>-8644.0189599999539</v>
       </c>
       <c r="AG10" s="14">
-        <v>-8251.0734599999323</v>
+        <v>-7446.0525899999329</v>
       </c>
       <c r="AH10" s="14">
-        <v>-8050.9320599999692</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:35" s="2" customFormat="1" x14ac:dyDescent="0.25">
+        <v>-8479.6061799999461</v>
+      </c>
+      <c r="AI10" s="14">
+        <v>-9440.4044799999701</v>
+      </c>
+      <c r="AJ10" s="14">
+        <f>SUM(AF10:AI10)</f>
+        <v>-34010.082209999804</v>
+      </c>
+    </row>
+    <row r="11" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B11" s="17" t="s">
         <v>97</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="25"/>
       <c r="P11" s="13"/>
       <c r="Q11" s="13"/>
       <c r="R11" s="13"/>
       <c r="S11" s="13"/>
       <c r="T11" s="13"/>
       <c r="U11" s="13"/>
       <c r="V11" s="19">
         <f>V10/V4</f>
         <v>-0.2977564522443476</v>
       </c>
       <c r="W11" s="19">
-        <f t="shared" ref="W11:AH11" si="16">W10/W4</f>
+        <f t="shared" ref="W11:AJ11" si="16">W10/W4</f>
         <v>-0.30297620772577255</v>
       </c>
       <c r="X11" s="19">
         <f t="shared" si="16"/>
         <v>-0.28878671985259607</v>
       </c>
       <c r="Y11" s="19">
         <f t="shared" si="16"/>
         <v>-0.28157397432779013</v>
       </c>
       <c r="Z11" s="19">
         <f t="shared" si="16"/>
         <v>-0.29208526078802993</v>
       </c>
       <c r="AA11" s="19">
         <f t="shared" si="16"/>
         <v>-0.33053357863432281</v>
       </c>
       <c r="AB11" s="19">
         <f t="shared" si="16"/>
         <v>-0.2805104650236514</v>
       </c>
       <c r="AC11" s="19">
         <f t="shared" si="16"/>
         <v>-0.2431254021265071</v>
       </c>
       <c r="AD11" s="19">
         <f t="shared" si="16"/>
         <v>-0.25298418539147588</v>
       </c>
       <c r="AE11" s="19">
         <f t="shared" si="16"/>
         <v>-0.2723552871696609</v>
       </c>
       <c r="AF11" s="19">
         <f t="shared" si="16"/>
-        <v>-0.26857420754800221</v>
+        <v>-0.25904055316335639</v>
       </c>
       <c r="AG11" s="19">
         <f t="shared" si="16"/>
-        <v>-0.23807812159159569</v>
+        <v>-0.21484988862278712</v>
       </c>
       <c r="AH11" s="19">
         <f t="shared" si="16"/>
-        <v>-0.21760452078490647</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:35" x14ac:dyDescent="0.25">
+        <v>-0.22919093410454475</v>
+      </c>
+      <c r="AI11" s="19">
+        <f t="shared" si="16"/>
+        <v>-0.20550480302422025</v>
+      </c>
+      <c r="AJ11" s="19">
+        <f t="shared" si="16"/>
+        <v>-0.22528902776857623</v>
+      </c>
+    </row>
+    <row r="12" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="14"/>
       <c r="E12" s="14">
         <v>-6156.3568600000035</v>
       </c>
       <c r="F12" s="14">
         <v>8130.0000000000009</v>
       </c>
       <c r="G12" s="14">
         <v>-25188</v>
       </c>
       <c r="H12" s="14">
         <v>-8114.4570000000003</v>
       </c>
       <c r="I12" s="14">
         <v>-8358</v>
       </c>
       <c r="J12" s="14">
         <v>-13310</v>
       </c>
       <c r="K12" s="14">
         <v>-40050.164203883192</v>
@@ -6383,67 +6624,74 @@
       <c r="X12" s="14">
         <v>-24158.854233333372</v>
       </c>
       <c r="Y12" s="14">
         <v>-20186.361030000007</v>
       </c>
       <c r="Z12" s="14">
         <v>-82141.717127500015</v>
       </c>
       <c r="AA12" s="14">
         <v>-20471.694840000015</v>
       </c>
       <c r="AB12" s="14">
         <v>-14031.94609999999</v>
       </c>
       <c r="AC12" s="14">
         <v>-6886.9920499999917</v>
       </c>
       <c r="AD12" s="14">
         <v>-8848.6226599995825</v>
       </c>
       <c r="AE12" s="14">
         <v>-50239.255649999584</v>
       </c>
       <c r="AF12" s="14">
-        <v>-15301.716030000154</v>
+        <v>-15153.114698800046</v>
       </c>
       <c r="AG12" s="14">
-        <v>-12085.27317000002</v>
+        <v>-12968.273810000068</v>
       </c>
       <c r="AH12" s="14">
-        <v>-8977.1363500000298</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:35" x14ac:dyDescent="0.25">
+        <v>-8026.0263500000256</v>
+      </c>
+      <c r="AI12" s="14">
+        <v>-9858.2732512625826</v>
+      </c>
+      <c r="AJ12" s="14">
+        <f>SUM(AF12:AI12)</f>
+        <v>-46005.688110062722</v>
+      </c>
+    </row>
+    <row r="13" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B13" s="17" t="s">
         <v>60</v>
       </c>
       <c r="C13" s="18"/>
       <c r="D13" s="18"/>
       <c r="E13" s="19">
-        <f t="shared" ref="E13:AH13" si="17">E12/E4</f>
+        <f t="shared" ref="E13:AJ13" si="17">E12/E4</f>
         <v>-0.18254579273535962</v>
       </c>
       <c r="F13" s="19">
         <f t="shared" si="17"/>
         <v>0.21538706088062315</v>
       </c>
       <c r="G13" s="19">
         <f t="shared" si="17"/>
         <v>-0.19241287641513757</v>
       </c>
       <c r="H13" s="19">
         <f t="shared" si="17"/>
         <v>-0.2455057787728428</v>
       </c>
       <c r="I13" s="19">
         <f t="shared" si="17"/>
         <v>-0.15807331363878793</v>
       </c>
       <c r="J13" s="19">
         <f t="shared" si="17"/>
         <v>-0.17199048948157336</v>
       </c>
       <c r="K13" s="19">
         <f t="shared" si="17"/>
         <v>-0.1633007584132499</v>
@@ -6508,62 +6756,70 @@
         <f t="shared" si="17"/>
         <v>-0.41787626893242247</v>
       </c>
       <c r="AA13" s="19">
         <f t="shared" si="17"/>
         <v>-0.51205828952650922</v>
       </c>
       <c r="AB13" s="19">
         <f t="shared" si="17"/>
         <v>-0.34931406771222279</v>
       </c>
       <c r="AC13" s="19">
         <f t="shared" si="17"/>
         <v>-0.1564656499909122</v>
       </c>
       <c r="AD13" s="19">
         <f t="shared" si="17"/>
         <v>-0.21318352542672095</v>
       </c>
       <c r="AE13" s="19">
         <f t="shared" si="17"/>
         <v>-0.29950837838813044</v>
       </c>
       <c r="AF13" s="19">
         <f t="shared" si="17"/>
-        <v>-0.45855579483364056</v>
+        <v>-0.45410256871127586</v>
       </c>
       <c r="AG13" s="19">
         <f t="shared" si="17"/>
-        <v>-0.34871088582393228</v>
+        <v>-0.37418916265112584</v>
       </c>
       <c r="AH13" s="19">
         <f t="shared" si="17"/>
-        <v>-0.24263842234715471</v>
-[...2 lines deleted...]
-    <row r="14" spans="2:35" x14ac:dyDescent="0.25">
+        <v>-0.2169313571003845</v>
+      </c>
+      <c r="AI13" s="19">
+        <f t="shared" si="17"/>
+        <v>-0.21460123948626222</v>
+      </c>
+      <c r="AJ13" s="19">
+        <f t="shared" si="17"/>
+        <v>-0.30475012327647172</v>
+      </c>
+    </row>
+    <row r="14" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B14" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
       <c r="E14" s="14">
         <v>-852.62720999999988</v>
       </c>
       <c r="F14" s="14">
         <v>753.2</v>
       </c>
       <c r="G14" s="14">
         <v>-3501.2190000000001</v>
       </c>
       <c r="H14" s="14">
         <v>-1135.143</v>
       </c>
       <c r="I14" s="14">
         <v>-1826.7</v>
       </c>
       <c r="J14" s="14">
         <v>-5014</v>
       </c>
       <c r="K14" s="14">
         <v>-11125.415756116799</v>
@@ -6607,67 +6863,74 @@
       <c r="X14" s="14">
         <v>-2524.4840900000004</v>
       </c>
       <c r="Y14" s="14">
         <v>-2974.0391499999996</v>
       </c>
       <c r="Z14" s="14">
         <v>-10624.709349999997</v>
       </c>
       <c r="AA14" s="14">
         <v>-2634.6632300000006</v>
       </c>
       <c r="AB14" s="14">
         <v>-2971.5298700000003</v>
       </c>
       <c r="AC14" s="14">
         <v>-3464.2172300000016</v>
       </c>
       <c r="AD14" s="14">
         <v>-4030.6108300000014</v>
       </c>
       <c r="AE14" s="14">
         <v>-13101.021160000004</v>
       </c>
       <c r="AF14" s="14">
-        <v>-2538.4272400000004</v>
+        <v>-2686.9722400000001</v>
       </c>
       <c r="AG14" s="14">
-        <v>-2039.63319</v>
+        <v>-2253.28719</v>
       </c>
       <c r="AH14" s="14">
-        <v>-2665.6492499999999</v>
-[...2 lines deleted...]
-    <row r="15" spans="2:35" x14ac:dyDescent="0.25">
+        <v>-2624.7352500000002</v>
+      </c>
+      <c r="AI14" s="14">
+        <v>-3957.0846100000003</v>
+      </c>
+      <c r="AJ14" s="14">
+        <f>SUM(AF14:AI14)</f>
+        <v>-11522.07929</v>
+      </c>
+    </row>
+    <row r="15" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B15" s="17" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="18"/>
       <c r="D15" s="18"/>
       <c r="E15" s="19">
-        <f t="shared" ref="E15:AH15" si="18">E14/E4</f>
+        <f t="shared" ref="E15:AJ15" si="18">E14/E4</f>
         <v>-2.5281755670867306E-2</v>
       </c>
       <c r="F15" s="19">
         <f t="shared" si="18"/>
         <v>1.9954432257722674E-2</v>
       </c>
       <c r="G15" s="19">
         <f t="shared" si="18"/>
         <v>-2.674605442072938E-2</v>
       </c>
       <c r="H15" s="19">
         <f t="shared" si="18"/>
         <v>-3.434415466537577E-2</v>
       </c>
       <c r="I15" s="19">
         <f t="shared" si="18"/>
         <v>-3.4548040443165097E-2</v>
       </c>
       <c r="J15" s="19">
         <f t="shared" si="18"/>
         <v>-6.4790406781413137E-2</v>
       </c>
       <c r="K15" s="19">
         <f t="shared" si="18"/>
         <v>-4.5362831008329323E-2</v>
@@ -6732,62 +6995,70 @@
         <f t="shared" si="18"/>
         <v>-5.4050658507393538E-2</v>
       </c>
       <c r="AA15" s="19">
         <f t="shared" si="18"/>
         <v>-6.5900803894172702E-2</v>
       </c>
       <c r="AB15" s="19">
         <f t="shared" si="18"/>
         <v>-7.3973857854120001E-2</v>
       </c>
       <c r="AC15" s="19">
         <f t="shared" si="18"/>
         <v>-7.8703590285350816E-2</v>
       </c>
       <c r="AD15" s="19">
         <f t="shared" si="18"/>
         <v>-9.7106618665843594E-2</v>
       </c>
       <c r="AE15" s="19">
         <f t="shared" si="18"/>
         <v>-7.8103577612623667E-2</v>
       </c>
       <c r="AF15" s="19">
         <f t="shared" si="18"/>
-        <v>-7.6070587010204305E-2</v>
+        <v>-8.0522125021366978E-2</v>
       </c>
       <c r="AG15" s="19">
         <f t="shared" si="18"/>
-        <v>-5.8851983437689354E-2</v>
+        <v>-6.5016798626540098E-2</v>
       </c>
       <c r="AH15" s="19">
         <f t="shared" si="18"/>
-        <v>-7.2048468836153304E-2</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:35" x14ac:dyDescent="0.25">
+        <v>-7.094262527704201E-2</v>
+      </c>
+      <c r="AI15" s="19">
+        <f t="shared" si="18"/>
+        <v>-8.6140365600969049E-2</v>
+      </c>
+      <c r="AJ15" s="19">
+        <f t="shared" si="18"/>
+        <v>-7.6324368317854815E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B16" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C16" s="18"/>
       <c r="D16" s="18"/>
       <c r="E16" s="18">
         <v>-10</v>
       </c>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
       <c r="J16" s="19"/>
       <c r="K16" s="19"/>
       <c r="L16" s="19"/>
       <c r="M16" s="14"/>
       <c r="N16" s="14"/>
       <c r="O16" s="26"/>
       <c r="P16" s="14"/>
       <c r="Q16" s="14"/>
       <c r="R16" s="14"/>
       <c r="S16" s="14"/>
       <c r="T16" s="14"/>
       <c r="U16" s="14"/>
       <c r="V16" s="14">
@@ -6799,95 +7070,103 @@
       <c r="X16" s="14">
         <v>664</v>
       </c>
       <c r="Y16" s="14">
         <v>1006</v>
       </c>
       <c r="Z16" s="14">
         <v>-540</v>
       </c>
       <c r="AA16" s="14">
         <v>-242</v>
       </c>
       <c r="AB16" s="14">
         <v>-978</v>
       </c>
       <c r="AC16" s="14">
         <v>-427</v>
       </c>
       <c r="AD16" s="14">
         <v>3695</v>
       </c>
       <c r="AE16" s="14">
         <v>2048</v>
       </c>
       <c r="AF16" s="14">
-        <v>1415</v>
+        <v>1097</v>
       </c>
       <c r="AG16" s="14">
-        <v>653</v>
+        <v>945</v>
       </c>
       <c r="AH16" s="14">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:34" x14ac:dyDescent="0.25">
+        <v>2041</v>
+      </c>
+      <c r="AI16" s="14">
+        <v>-377</v>
+      </c>
+      <c r="AJ16" s="14">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="17" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B17" s="5"/>
       <c r="C17" s="18"/>
       <c r="D17" s="18"/>
       <c r="E17" s="18"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
       <c r="I17" s="19"/>
       <c r="J17" s="19"/>
       <c r="K17" s="19"/>
       <c r="L17" s="19"/>
       <c r="M17" s="14"/>
       <c r="N17" s="14"/>
       <c r="O17" s="26"/>
       <c r="P17" s="14"/>
       <c r="Q17" s="14"/>
       <c r="R17" s="14"/>
       <c r="S17" s="14"/>
       <c r="T17" s="14"/>
       <c r="U17" s="14"/>
       <c r="V17" s="14"/>
       <c r="W17" s="14"/>
       <c r="X17" s="14"/>
       <c r="Y17" s="14"/>
       <c r="Z17" s="14"/>
       <c r="AA17" s="14"/>
       <c r="AB17" s="14"/>
       <c r="AC17" s="14"/>
       <c r="AD17" s="14"/>
       <c r="AE17" s="14"/>
       <c r="AF17" s="14"/>
       <c r="AG17" s="14"/>
       <c r="AH17" s="14"/>
-    </row>
-    <row r="18" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI17" s="14"/>
+      <c r="AJ17" s="14"/>
+    </row>
+    <row r="18" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B18" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="18"/>
       <c r="E18" s="18"/>
       <c r="F18" s="19"/>
       <c r="G18" s="19"/>
       <c r="H18" s="19"/>
       <c r="I18" s="19"/>
       <c r="J18" s="19"/>
       <c r="K18" s="19"/>
       <c r="L18" s="19"/>
       <c r="M18" s="14"/>
       <c r="N18" s="14"/>
       <c r="O18" s="26"/>
       <c r="P18" s="14"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="14"/>
       <c r="S18" s="14"/>
       <c r="T18" s="14"/>
       <c r="U18" s="14"/>
       <c r="V18" s="13">
         <f>V6+V10</f>
         <v>6303.2144799999714</v>
@@ -6908,61 +7187,70 @@
         <f t="shared" si="19"/>
         <v>20636.425799999903</v>
       </c>
       <c r="AA18" s="13">
         <f t="shared" si="19"/>
         <v>2416.750349999942</v>
       </c>
       <c r="AB18" s="13">
         <f t="shared" si="19"/>
         <v>5234.8946199999227</v>
       </c>
       <c r="AC18" s="13">
         <f t="shared" si="19"/>
         <v>7820.5922999996637</v>
       </c>
       <c r="AD18" s="13">
         <f t="shared" ref="AD18:AF18" si="20">AD6+AD10</f>
         <v>3842.4347199997683</v>
       </c>
       <c r="AE18" s="13">
         <f t="shared" si="20"/>
         <v>21381.444509999288</v>
       </c>
       <c r="AF18" s="13">
         <f t="shared" si="20"/>
-        <v>4622.2147800000457</v>
+        <v>4940.3467800000471</v>
       </c>
       <c r="AG18" s="13">
-        <f t="shared" ref="AG18" si="21">AG6+AG10</f>
-        <v>6118.9265400000677</v>
+        <f t="shared" ref="AG18:AJ18" si="21">AG6+AG10</f>
+        <v>6923.9474100000671</v>
       </c>
       <c r="AH18" s="13">
-        <v>6823.0679400000308</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:34" x14ac:dyDescent="0.25">
+        <f t="shared" si="21"/>
+        <v>6394.3938200000539</v>
+      </c>
+      <c r="AI18" s="13">
+        <f t="shared" si="21"/>
+        <v>7396.2297800000215</v>
+      </c>
+      <c r="AJ18" s="13">
+        <f t="shared" si="21"/>
+        <v>25654.917790000196</v>
+      </c>
+    </row>
+    <row r="19" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B19" s="20" t="s">
         <v>101</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
       <c r="I19" s="19"/>
       <c r="J19" s="19"/>
       <c r="K19" s="19"/>
       <c r="L19" s="19"/>
       <c r="M19" s="19"/>
       <c r="N19" s="19"/>
       <c r="O19" s="19"/>
       <c r="P19" s="19"/>
       <c r="Q19" s="19"/>
       <c r="R19" s="19"/>
       <c r="S19" s="19"/>
       <c r="T19" s="19"/>
       <c r="U19" s="19"/>
       <c r="V19" s="21">
         <f>V18/V4</f>
         <v>0.14182055304308633</v>
@@ -6983,96 +7271,106 @@
         <f t="shared" si="22"/>
         <v>0.10498286277628485</v>
       </c>
       <c r="AA19" s="21">
         <f t="shared" si="22"/>
         <v>6.0450151299420302E-2</v>
       </c>
       <c r="AB19" s="21">
         <f t="shared" si="22"/>
         <v>0.13031851182474291</v>
       </c>
       <c r="AC19" s="21">
         <f t="shared" si="22"/>
         <v>0.17767612459105014</v>
       </c>
       <c r="AD19" s="21">
         <f t="shared" ref="AD19:AF19" si="23">AD18/AD4</f>
         <v>9.2573026481798756E-2</v>
       </c>
       <c r="AE19" s="21">
         <f t="shared" si="23"/>
         <v>0.12746848435414138</v>
       </c>
       <c r="AF19" s="21">
         <f t="shared" si="23"/>
-        <v>0.13851671068651381</v>
+        <v>0.14805036507115962</v>
       </c>
       <c r="AG19" s="21">
-        <f t="shared" ref="AG19:AH19" si="24">AG18/AG4</f>
-        <v>0.1765567285108367</v>
+        <f t="shared" ref="AG19" si="24">AG18/AG4</f>
+        <v>0.19978496147964531</v>
       </c>
       <c r="AH19" s="21">
-        <f t="shared" si="24"/>
-[...3 lines deleted...]
-    <row r="20" spans="2:34" x14ac:dyDescent="0.25">
+        <f t="shared" ref="AH19:AJ19" si="25">AH18/AH4</f>
+        <v>0.17283079679982846</v>
+      </c>
+      <c r="AI19" s="21">
+        <f t="shared" si="25"/>
+        <v>0.16100589199126997</v>
+      </c>
+      <c r="AJ19" s="21">
+        <f t="shared" si="25"/>
+        <v>0.1699428848981876</v>
+      </c>
+    </row>
+    <row r="20" spans="2:36" x14ac:dyDescent="0.25">
       <c r="C20" s="14"/>
       <c r="D20" s="14"/>
       <c r="E20" s="14"/>
       <c r="F20" s="14"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="26"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
       <c r="Y20" s="14"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="14"/>
       <c r="AB20" s="14"/>
       <c r="AC20" s="14"/>
       <c r="AD20" s="14"/>
       <c r="AE20" s="14"/>
       <c r="AF20" s="14"/>
       <c r="AG20" s="14"/>
       <c r="AH20" s="14"/>
-    </row>
-    <row r="21" spans="2:34" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI20" s="14"/>
+      <c r="AJ20" s="14"/>
+    </row>
+    <row r="21" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="13">
         <v>7617</v>
       </c>
       <c r="D21" s="13">
         <v>7940</v>
       </c>
       <c r="E21" s="13">
         <v>-259</v>
       </c>
       <c r="F21" s="13">
         <v>1336</v>
       </c>
       <c r="G21" s="13">
         <v>4738</v>
       </c>
       <c r="H21" s="25">
         <v>-138</v>
       </c>
       <c r="I21" s="25">
         <v>2958.6</v>
       </c>
       <c r="J21" s="25">
@@ -7120,227 +7418,244 @@
       <c r="X21" s="25">
         <v>-9544.8592700000008</v>
       </c>
       <c r="Y21" s="25">
         <v>-13959.6268</v>
       </c>
       <c r="Z21" s="25">
         <v>-42447.611089999999</v>
       </c>
       <c r="AA21" s="25">
         <v>-10590.77599</v>
       </c>
       <c r="AB21" s="25">
         <v>-5985.0320799999981</v>
       </c>
       <c r="AC21" s="25">
         <v>-2033</v>
       </c>
       <c r="AD21" s="25">
         <v>-4282.861404299445</v>
       </c>
       <c r="AE21" s="25">
         <v>-22890.669474299444</v>
       </c>
       <c r="AF21" s="25">
-        <v>-8174.6891800000003</v>
+        <v>-8194</v>
       </c>
       <c r="AG21" s="25">
-        <v>-2970.0446153887419</v>
+        <v>-2981</v>
       </c>
       <c r="AH21" s="25">
         <v>-949</v>
       </c>
-    </row>
-    <row r="22" spans="2:34" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI21" s="25">
+        <v>-3215</v>
+      </c>
+      <c r="AJ21" s="25">
+        <f>SUM(AF21:AI21)</f>
+        <v>-15339</v>
+      </c>
+    </row>
+    <row r="22" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B22" s="20" t="s">
         <v>100</v>
       </c>
       <c r="C22" s="21">
         <f>C21/C4</f>
         <v>6.6549591109247228E-2</v>
       </c>
       <c r="D22" s="21">
-        <f t="shared" ref="D22:AH22" si="25">D21/D4</f>
+        <f t="shared" ref="D22:AJ22" si="26">D21/D4</f>
         <v>6.6791164050539212E-2</v>
       </c>
       <c r="E22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-7.6797627872498145E-3</v>
       </c>
       <c r="F22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>3.5394478885179888E-2</v>
       </c>
       <c r="G22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>3.6193910133989274E-2</v>
       </c>
       <c r="H22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-4.1752390173060636E-3</v>
       </c>
       <c r="I22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>5.595545653645824E-2</v>
       </c>
       <c r="J22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-4.0148343412415362E-2</v>
       </c>
       <c r="K22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>3.0527534719107536E-2</v>
       </c>
       <c r="L22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-7.7131211545414177E-2</v>
       </c>
       <c r="M22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-4.1186588661240461E-2</v>
       </c>
       <c r="N22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.13668027624245238</v>
       </c>
       <c r="O22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.45050307507917148</v>
       </c>
       <c r="P22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.1833706898618363</v>
       </c>
       <c r="Q22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.18758127192543558</v>
       </c>
       <c r="R22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.22853435074438561</v>
       </c>
       <c r="S22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.15942450372371927</v>
       </c>
       <c r="T22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.36015518865076968</v>
       </c>
       <c r="U22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.23758965729473774</v>
       </c>
       <c r="V22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.24084742940713241</v>
       </c>
       <c r="W22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.1801375342675382</v>
       </c>
       <c r="X22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.18709540673514194</v>
       </c>
       <c r="Y22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.25213597117235764</v>
       </c>
       <c r="Z22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.21594203247359811</v>
       </c>
       <c r="AA22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.26490696938299119</v>
       </c>
       <c r="AB22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.14899258352003977</v>
       </c>
       <c r="AC22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-4.6187749909123957E-2</v>
       </c>
       <c r="AD22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.10318391100684991</v>
       </c>
       <c r="AE22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-0.13646594094126793</v>
       </c>
       <c r="AF22" s="21">
-        <f t="shared" si="25"/>
-        <v>-0.24497586330209944</v>
+        <f t="shared" si="26"/>
+        <v>-0.24555456234452239</v>
       </c>
       <c r="AG22" s="21">
-        <f t="shared" si="25"/>
-        <v>-8.5698260535786192E-2</v>
+        <f t="shared" si="26"/>
+        <v>-8.6014369391464923E-2</v>
       </c>
       <c r="AH22" s="21">
-        <f t="shared" si="25"/>
+        <f t="shared" si="26"/>
         <v>-2.5650035137034434E-2</v>
       </c>
-    </row>
-    <row r="23" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI22" s="21">
+        <f t="shared" si="26"/>
+        <v>-6.998619001151847E-2</v>
+      </c>
+      <c r="AJ22" s="21">
+        <f t="shared" si="26"/>
+        <v>-0.10160835177064427</v>
+      </c>
+    </row>
+    <row r="23" spans="2:36" x14ac:dyDescent="0.25">
       <c r="C23" s="16"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="26"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="26"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>
       <c r="U23" s="14"/>
       <c r="V23" s="14"/>
       <c r="W23" s="14"/>
       <c r="X23" s="14"/>
       <c r="Y23" s="14"/>
       <c r="Z23" s="14"/>
       <c r="AA23" s="14"/>
       <c r="AB23" s="14"/>
       <c r="AC23" s="14"/>
       <c r="AD23" s="14"/>
       <c r="AE23" s="14"/>
       <c r="AF23" s="14"/>
       <c r="AG23" s="14"/>
       <c r="AH23" s="14"/>
-    </row>
-    <row r="24" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI23" s="14"/>
+      <c r="AJ23" s="14"/>
+    </row>
+    <row r="24" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B24" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="14">
         <v>544</v>
       </c>
       <c r="D24" s="14">
         <v>443</v>
       </c>
       <c r="E24" s="14">
         <v>120</v>
       </c>
       <c r="F24" s="14">
         <v>209</v>
       </c>
       <c r="G24" s="14">
         <v>622</v>
       </c>
       <c r="H24" s="14">
         <v>2329</v>
       </c>
       <c r="I24" s="14">
         <v>1134</v>
       </c>
       <c r="J24" s="14">
@@ -7396,52 +7711,59 @@
       </c>
       <c r="AA24" s="14">
         <v>5384</v>
       </c>
       <c r="AB24" s="14">
         <v>4045</v>
       </c>
       <c r="AC24" s="14">
         <v>4279</v>
       </c>
       <c r="AD24" s="14">
         <v>4031</v>
       </c>
       <c r="AE24" s="14">
         <v>17739</v>
       </c>
       <c r="AF24" s="14">
         <v>4275</v>
       </c>
       <c r="AG24" s="14">
         <v>5026</v>
       </c>
       <c r="AH24" s="14">
         <v>6452</v>
       </c>
-    </row>
-    <row r="25" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI24" s="14">
+        <v>6616</v>
+      </c>
+      <c r="AJ24" s="14">
+        <f>SUM(AF24:AI24)</f>
+        <v>22369</v>
+      </c>
+    </row>
+    <row r="25" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B25" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C25" s="14">
         <v>-4156</v>
       </c>
       <c r="D25" s="14">
         <v>-3304</v>
       </c>
       <c r="E25" s="14">
         <v>-950</v>
       </c>
       <c r="F25" s="14">
         <v>-1017</v>
       </c>
       <c r="G25" s="14">
         <v>-3720</v>
       </c>
       <c r="H25" s="14">
         <v>-3524</v>
       </c>
       <c r="I25" s="14">
         <v>-3020</v>
       </c>
       <c r="J25" s="14">
@@ -7497,352 +7819,377 @@
       </c>
       <c r="AA25" s="14">
         <v>-571</v>
       </c>
       <c r="AB25" s="14">
         <v>-1679</v>
       </c>
       <c r="AC25" s="14">
         <v>-1139</v>
       </c>
       <c r="AD25" s="14">
         <v>-639</v>
       </c>
       <c r="AE25" s="14">
         <v>-4029</v>
       </c>
       <c r="AF25" s="14">
         <v>-738</v>
       </c>
       <c r="AG25" s="14">
         <v>-387</v>
       </c>
       <c r="AH25" s="14">
         <v>-702</v>
       </c>
-    </row>
-    <row r="26" spans="2:34" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI25" s="14">
+        <v>-700</v>
+      </c>
+      <c r="AJ25" s="14">
+        <f>SUM(AF25:AI25)</f>
+        <v>-2527</v>
+      </c>
+    </row>
+    <row r="26" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B26" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="13">
-        <f t="shared" ref="C26:X26" si="26">SUM(C24:C25)</f>
+        <f t="shared" ref="C26:X26" si="27">SUM(C24:C25)</f>
         <v>-3612</v>
       </c>
       <c r="D26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-2861</v>
       </c>
       <c r="E26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-830</v>
       </c>
       <c r="F26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-808</v>
       </c>
       <c r="G26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-3098</v>
       </c>
       <c r="H26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-1195</v>
       </c>
       <c r="I26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-1886</v>
       </c>
       <c r="J26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-1697</v>
       </c>
       <c r="K26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-6227</v>
       </c>
       <c r="L26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>-157.65000000000009</v>
       </c>
       <c r="M26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>3792.5619999999999</v>
       </c>
       <c r="N26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>2492</v>
       </c>
       <c r="O26" s="25">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>3245.0879999999997</v>
       </c>
       <c r="P26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>9372</v>
       </c>
       <c r="Q26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>2472</v>
       </c>
       <c r="R26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>5664</v>
       </c>
       <c r="S26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>4253</v>
       </c>
       <c r="T26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>6561</v>
       </c>
       <c r="U26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>18950</v>
       </c>
       <c r="V26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>3012</v>
       </c>
       <c r="W26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>5756</v>
       </c>
       <c r="X26" s="13">
-        <f t="shared" si="26"/>
+        <f t="shared" si="27"/>
         <v>4759</v>
       </c>
       <c r="Y26" s="13">
-        <f t="shared" ref="Y26:Z26" si="27">SUM(Y24:Y25)</f>
+        <f t="shared" ref="Y26:Z26" si="28">SUM(Y24:Y25)</f>
         <v>2808</v>
       </c>
       <c r="Z26" s="13">
-        <f t="shared" si="27"/>
+        <f t="shared" si="28"/>
         <v>16335</v>
       </c>
       <c r="AA26" s="13">
-        <f t="shared" ref="AA26:AB26" si="28">SUM(AA24:AA25)</f>
+        <f t="shared" ref="AA26:AB26" si="29">SUM(AA24:AA25)</f>
         <v>4813</v>
       </c>
       <c r="AB26" s="13">
-        <f t="shared" si="28"/>
+        <f t="shared" si="29"/>
         <v>2366</v>
       </c>
       <c r="AC26" s="13">
-        <f t="shared" ref="AC26:AE26" si="29">SUM(AC24:AC25)</f>
+        <f t="shared" ref="AC26:AE26" si="30">SUM(AC24:AC25)</f>
         <v>3140</v>
       </c>
       <c r="AD26" s="13">
-        <f t="shared" si="29"/>
+        <f t="shared" si="30"/>
         <v>3392</v>
       </c>
       <c r="AE26" s="13">
-        <f t="shared" si="29"/>
+        <f t="shared" si="30"/>
         <v>13710</v>
       </c>
       <c r="AF26" s="13">
-        <f t="shared" ref="AF26:AG26" si="30">SUM(AF24:AF25)</f>
+        <f t="shared" ref="AF26:AG26" si="31">SUM(AF24:AF25)</f>
         <v>3537</v>
       </c>
       <c r="AG26" s="13">
-        <f t="shared" si="30"/>
+        <f t="shared" si="31"/>
         <v>4639</v>
       </c>
       <c r="AH26" s="13">
-        <f t="shared" ref="AH26" si="31">SUM(AH24:AH25)</f>
+        <f t="shared" ref="AH26:AJ26" si="32">SUM(AH24:AH25)</f>
         <v>5750</v>
       </c>
-    </row>
-    <row r="27" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI26" s="13">
+        <f t="shared" si="32"/>
+        <v>5916</v>
+      </c>
+      <c r="AJ26" s="13">
+        <f t="shared" si="32"/>
+        <v>19842</v>
+      </c>
+    </row>
+    <row r="27" spans="2:36" x14ac:dyDescent="0.25">
       <c r="C27" s="14"/>
       <c r="D27" s="14"/>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="14"/>
       <c r="L27" s="14"/>
       <c r="M27" s="14"/>
       <c r="N27" s="14"/>
       <c r="O27" s="26"/>
       <c r="P27" s="14"/>
       <c r="Q27" s="14"/>
       <c r="R27" s="14"/>
       <c r="S27" s="14"/>
       <c r="T27" s="14"/>
       <c r="U27" s="14"/>
       <c r="V27" s="14"/>
       <c r="W27" s="14"/>
       <c r="X27" s="14"/>
       <c r="Y27" s="14"/>
       <c r="Z27" s="14"/>
       <c r="AA27" s="14"/>
       <c r="AB27" s="14"/>
       <c r="AC27" s="14"/>
       <c r="AD27" s="14"/>
       <c r="AE27" s="14"/>
       <c r="AF27" s="14"/>
       <c r="AG27" s="14"/>
       <c r="AH27" s="14"/>
-    </row>
-    <row r="28" spans="2:34" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI27" s="14"/>
+      <c r="AJ27" s="14"/>
+    </row>
+    <row r="28" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B28" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="13">
-        <f t="shared" ref="C28:AA28" si="32">SUM(C6,C9,C26)</f>
+        <f t="shared" ref="C28:AA28" si="33">SUM(C6,C9,C26)</f>
         <v>3176</v>
       </c>
       <c r="D28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>4532</v>
       </c>
       <c r="E28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-2541</v>
       </c>
       <c r="F28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>444</v>
       </c>
       <c r="G28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-1216</v>
       </c>
       <c r="H28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-2319</v>
       </c>
       <c r="I28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>328.59999999999854</v>
       </c>
       <c r="J28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-9244</v>
       </c>
       <c r="K28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-6165</v>
       </c>
       <c r="L28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-25159.15</v>
       </c>
       <c r="M28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>3896.4620000000014</v>
       </c>
       <c r="N28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-13485</v>
       </c>
       <c r="O28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-38304.821190000002</v>
       </c>
       <c r="P28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-73052.243060000008</v>
       </c>
       <c r="Q28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-14734</v>
       </c>
       <c r="R28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-13313</v>
       </c>
       <c r="S28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-12696</v>
       </c>
       <c r="T28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-24573.371899999998</v>
       </c>
       <c r="U28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-65317</v>
       </c>
       <c r="V28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-13479</v>
       </c>
       <c r="W28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-9079</v>
       </c>
       <c r="X28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-14644</v>
       </c>
       <c r="Y28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-17550.000000000015</v>
       </c>
       <c r="Z28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-54752.000000000029</v>
       </c>
       <c r="AA28" s="13">
-        <f t="shared" si="32"/>
+        <f t="shared" si="33"/>
         <v>-15386</v>
       </c>
       <c r="AB28" s="13">
         <f>SUM(AB6,AB9,AB26)</f>
         <v>-9045</v>
       </c>
       <c r="AC28" s="13">
         <f>SUM(AC6,AC9,AC26)</f>
         <v>182.38301999967007</v>
       </c>
       <c r="AD28" s="13">
-        <f t="shared" ref="AD28:AE28" si="33">SUM(AD6,AD9,AD26)</f>
+        <f t="shared" ref="AD28:AE28" si="34">SUM(AD6,AD9,AD26)</f>
         <v>-1950.0000000000073</v>
       </c>
       <c r="AE28" s="13">
-        <f t="shared" si="33"/>
+        <f t="shared" si="34"/>
         <v>-26200.260290000006</v>
       </c>
       <c r="AF28" s="13">
-        <f t="shared" ref="AF28:AG28" si="34">SUM(AF6,AF9,AF26)</f>
+        <f t="shared" ref="AF28:AG28" si="35">SUM(AF6,AF9,AF26)</f>
         <v>-8265.6342599999989</v>
       </c>
       <c r="AG28" s="13">
-        <f t="shared" si="34"/>
+        <f t="shared" si="35"/>
         <v>-2714</v>
       </c>
       <c r="AH28" s="13">
-        <f t="shared" ref="AH28" si="35">SUM(AH6,AH9,AH26)</f>
+        <f t="shared" ref="AH28:AJ28" si="36">SUM(AH6,AH9,AH26)</f>
         <v>1117</v>
       </c>
-    </row>
-    <row r="29" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI28" s="13">
+        <f t="shared" si="36"/>
+        <v>-471.12808126256277</v>
+      </c>
+      <c r="AJ28" s="13">
+        <f t="shared" si="36"/>
+        <v>-10332</v>
+      </c>
+    </row>
+    <row r="29" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B29" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="14">
         <v>-794</v>
       </c>
       <c r="D29" s="14">
         <v>-1700</v>
       </c>
       <c r="E29" s="14">
         <v>-28</v>
       </c>
       <c r="F29" s="14">
         <v>-900</v>
       </c>
       <c r="G29" s="14">
         <v>-258</v>
       </c>
       <c r="H29" s="14">
         <v>-234</v>
       </c>
       <c r="I29" s="14">
         <v>15503</v>
       </c>
       <c r="J29" s="14">
@@ -7898,255 +8245,277 @@
       </c>
       <c r="AA29" s="14">
         <v>791</v>
       </c>
       <c r="AB29" s="14">
         <v>706</v>
       </c>
       <c r="AC29" s="14">
         <v>-857</v>
       </c>
       <c r="AD29" s="14">
         <v>0</v>
       </c>
       <c r="AE29" s="14">
         <v>640</v>
       </c>
       <c r="AF29" s="14">
         <v>-390</v>
       </c>
       <c r="AG29" s="14">
         <v>-23</v>
       </c>
       <c r="AH29" s="14">
         <v>761</v>
       </c>
-    </row>
-    <row r="30" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI29" s="14">
+        <v>72</v>
+      </c>
+      <c r="AJ29" s="14">
+        <f>SUM(AF29:AI29)</f>
+        <v>420</v>
+      </c>
+    </row>
+    <row r="30" spans="2:36" x14ac:dyDescent="0.25">
       <c r="C30" s="14"/>
       <c r="D30" s="14"/>
       <c r="E30" s="14"/>
       <c r="F30" s="14"/>
       <c r="G30" s="14"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="14"/>
       <c r="L30" s="14"/>
       <c r="M30" s="14"/>
       <c r="N30" s="14"/>
       <c r="O30" s="26"/>
       <c r="P30" s="14"/>
       <c r="Q30" s="14"/>
       <c r="R30" s="14"/>
       <c r="S30" s="14"/>
       <c r="T30" s="14"/>
       <c r="U30" s="14"/>
       <c r="V30" s="14"/>
       <c r="W30" s="14"/>
       <c r="X30" s="14"/>
       <c r="Y30" s="14"/>
       <c r="Z30" s="14"/>
       <c r="AA30" s="14"/>
       <c r="AB30" s="14"/>
       <c r="AC30" s="14"/>
       <c r="AD30" s="14"/>
       <c r="AE30" s="14"/>
       <c r="AF30" s="14"/>
       <c r="AG30" s="14"/>
       <c r="AH30" s="14"/>
-    </row>
-    <row r="31" spans="2:34" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="AI30" s="14"/>
+      <c r="AJ30" s="14"/>
+    </row>
+    <row r="31" spans="2:36" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="15">
-        <f t="shared" ref="C31:AF31" si="36">SUM(C28:C29)</f>
+        <f t="shared" ref="C31:AF31" si="37">SUM(C28:C29)</f>
         <v>2382</v>
       </c>
       <c r="D31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>2832</v>
       </c>
       <c r="E31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-2569</v>
       </c>
       <c r="F31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-456</v>
       </c>
       <c r="G31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-1474</v>
       </c>
       <c r="H31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-2553</v>
       </c>
       <c r="I31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>15831.599999999999</v>
       </c>
       <c r="J31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-5357</v>
       </c>
       <c r="K31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>11701</v>
       </c>
       <c r="L31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-16677.150000000001</v>
       </c>
       <c r="M31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>596.46200000000135</v>
       </c>
       <c r="N31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-9318</v>
       </c>
       <c r="O31" s="32">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-35260.821190000002</v>
       </c>
       <c r="P31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-60659.243060000008</v>
       </c>
       <c r="Q31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-9918</v>
       </c>
       <c r="R31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-8734</v>
       </c>
       <c r="S31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-11045</v>
       </c>
       <c r="T31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-24573.371899999998</v>
       </c>
       <c r="U31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-54271</v>
       </c>
       <c r="V31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-13479</v>
       </c>
       <c r="W31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-9079</v>
       </c>
       <c r="X31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-14644</v>
       </c>
       <c r="Y31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-16535.000000000015</v>
       </c>
       <c r="Z31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-53737.000000000029</v>
       </c>
       <c r="AA31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-14595</v>
       </c>
       <c r="AB31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-8339</v>
       </c>
       <c r="AC31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-674.61698000032993</v>
       </c>
       <c r="AD31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-1950.0000000000073</v>
       </c>
       <c r="AE31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-25560.260290000006</v>
       </c>
       <c r="AF31" s="15">
-        <f t="shared" si="36"/>
+        <f t="shared" si="37"/>
         <v>-8655.6342599999989</v>
       </c>
       <c r="AG31" s="15">
-        <f t="shared" ref="AG31:AH31" si="37">SUM(AG28:AG29)</f>
+        <f t="shared" ref="AG31:AJ31" si="38">SUM(AG28:AG29)</f>
         <v>-2737</v>
       </c>
       <c r="AH31" s="15">
-        <f t="shared" si="37"/>
+        <f t="shared" si="38"/>
         <v>1878</v>
+      </c>
+      <c r="AI31" s="15">
+        <f t="shared" si="38"/>
+        <v>-399.12808126256277</v>
+      </c>
+      <c r="AJ31" s="15">
+        <f t="shared" si="38"/>
+        <v>-9912</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="AJ4:AJ8 AJ24:AJ32 AJ10 AJ21" formulaRange="1"/>
+    <ignoredError sqref="AJ11:AJ15 AJ17:AJ20" formula="1" formulaRange="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B20B69B1-699A-42DA-8AA5-F92AE8CDD204}">
-  <dimension ref="B2:AH23"/>
+  <dimension ref="B2:AJ23"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="P3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
     <col min="2" max="2" width="38.140625" style="4" customWidth="1"/>
     <col min="5" max="5" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="6" max="6" width="9.140625" collapsed="1"/>
     <col min="7" max="10" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="11" max="11" width="9.140625" collapsed="1"/>
     <col min="12" max="15" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="16" max="16" width="9.140625" collapsed="1"/>
     <col min="17" max="20" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="21" max="21" width="9.140625" collapsed="1"/>
     <col min="22" max="25" width="0" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="26" max="26" width="9.140625" collapsed="1"/>
-    <col min="27" max="30" width="0" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="27" max="30" width="9.140625" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="31" max="31" width="9.140625" collapsed="1"/>
+    <col min="32" max="35" width="9.140625" outlineLevel="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:34" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="7" t="s">
         <v>53</v>
       </c>
       <c r="C2" s="8">
         <v>2017</v>
       </c>
       <c r="D2" s="8">
         <v>2018</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>67</v>
       </c>
       <c r="F2" s="8">
         <v>2019</v>
       </c>
       <c r="G2" s="8" t="s">
         <v>68</v>
       </c>
       <c r="H2" s="8" t="s">
         <v>69</v>
       </c>
       <c r="I2" s="8" t="s">
         <v>70</v>
       </c>
       <c r="J2" s="8" t="s">
@@ -8202,53 +8571,59 @@
       </c>
       <c r="AA2" s="8" t="s">
         <v>93</v>
       </c>
       <c r="AB2" s="8" t="s">
         <v>94</v>
       </c>
       <c r="AC2" s="8" t="s">
         <v>98</v>
       </c>
       <c r="AD2" s="8" t="s">
         <v>102</v>
       </c>
       <c r="AE2" s="8">
         <v>2024</v>
       </c>
       <c r="AF2" s="8" t="s">
         <v>104</v>
       </c>
       <c r="AG2" s="8" t="s">
         <v>105</v>
       </c>
       <c r="AH2" s="8" t="s">
         <v>106</v>
       </c>
-    </row>
-[...1 lines deleted...]
-    <row r="4" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI2" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="AJ2" s="8">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="3" spans="2:36" ht="5.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C4" s="13">
         <v>150717.64094999997</v>
       </c>
       <c r="D4" s="13">
         <v>167218.99069000004</v>
       </c>
       <c r="E4" s="13">
         <v>51127.531449999988</v>
       </c>
       <c r="F4" s="13">
         <v>183209.70141000001</v>
       </c>
       <c r="G4" s="13">
         <v>47799.8943</v>
       </c>
       <c r="H4" s="13">
         <v>93028.78118999998</v>
       </c>
       <c r="I4" s="13">
         <v>109102.47979000001</v>
       </c>
       <c r="J4" s="13">
@@ -8305,52 +8680,58 @@
       <c r="AA4" s="13">
         <v>61792.066210000005</v>
       </c>
       <c r="AB4" s="13">
         <v>58764.70998</v>
       </c>
       <c r="AC4" s="13">
         <v>62423.160580000003</v>
       </c>
       <c r="AD4" s="13">
         <v>67900.296000000002</v>
       </c>
       <c r="AE4" s="13">
         <v>250880.23277</v>
       </c>
       <c r="AF4" s="13">
         <f>'[2]Operating Data'!$AI$4</f>
         <v>51220.993459999998</v>
       </c>
       <c r="AG4" s="13">
         <v>52214.549690000007</v>
       </c>
       <c r="AH4" s="13">
         <v>56267.357940000002</v>
       </c>
-    </row>
-    <row r="5" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI4" s="13">
+        <v>70582.777930000011</v>
+      </c>
+      <c r="AJ4" s="13">
+        <v>230285.67902000001</v>
+      </c>
+    </row>
+    <row r="5" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B5" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C5" s="16">
         <v>8.7999999999999995E-2</v>
       </c>
       <c r="D5" s="16">
         <v>0.15</v>
       </c>
       <c r="E5" s="16">
         <v>0.19</v>
       </c>
       <c r="F5" s="24">
         <v>0.16500000000000001</v>
       </c>
       <c r="G5" s="24">
         <v>0.18050021215387352</v>
       </c>
       <c r="H5" s="24">
         <v>0.16274844750838691</v>
       </c>
       <c r="I5" s="24">
         <v>0.15869675264565902</v>
       </c>
       <c r="J5" s="24">
@@ -8406,52 +8787,58 @@
       </c>
       <c r="AA5" s="16">
         <v>0.20808149908113524</v>
       </c>
       <c r="AB5" s="16">
         <v>0.20498168913196532</v>
       </c>
       <c r="AC5" s="16">
         <v>0.18912053943282861</v>
       </c>
       <c r="AD5" s="16">
         <v>0.219</v>
       </c>
       <c r="AE5" s="16">
         <v>0.20300000000000001</v>
       </c>
       <c r="AF5" s="16">
         <v>0.22353350343160544</v>
       </c>
       <c r="AG5" s="16">
         <v>0.22492494878232006</v>
       </c>
       <c r="AH5" s="16">
         <v>0.30623718850233261</v>
       </c>
-    </row>
-    <row r="6" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI5" s="16">
+        <v>0.24867394272590734</v>
+      </c>
+      <c r="AJ5" s="16">
+        <v>0.25173863893049064</v>
+      </c>
+    </row>
+    <row r="6" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B6" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C6" s="16">
         <v>3.2000000000000001E-2</v>
       </c>
       <c r="D6" s="16">
         <v>5.6000000000000001E-2</v>
       </c>
       <c r="E6" s="16">
         <v>0.105</v>
       </c>
       <c r="F6" s="16">
         <v>9.7000000000000003E-2</v>
       </c>
       <c r="G6" s="16">
         <v>0.182</v>
       </c>
       <c r="H6" s="16">
         <v>0.11799999999999999</v>
       </c>
       <c r="I6" s="16">
         <v>0.114</v>
       </c>
       <c r="J6" s="16">
@@ -8505,176 +8892,188 @@
       <c r="Z6" s="16">
         <v>0.19800000000000001</v>
       </c>
       <c r="AA6" s="16" t="s">
         <v>58</v>
       </c>
       <c r="AB6" s="16" t="s">
         <v>58</v>
       </c>
       <c r="AC6" s="16" t="s">
         <v>58</v>
       </c>
       <c r="AD6" s="16" t="s">
         <v>58</v>
       </c>
       <c r="AE6" s="16" t="s">
         <v>58</v>
       </c>
       <c r="AF6" s="16" t="s">
         <v>58</v>
       </c>
       <c r="AG6" s="16" t="s">
         <v>58</v>
       </c>
       <c r="AH6" s="16"/>
-    </row>
-    <row r="7" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI6" s="16"/>
+      <c r="AJ6" s="16"/>
+    </row>
+    <row r="7" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B7" s="5"/>
       <c r="C7" s="16"/>
       <c r="D7" s="16"/>
       <c r="E7" s="16"/>
       <c r="F7" s="16"/>
       <c r="G7" s="16"/>
       <c r="H7" s="16"/>
       <c r="I7" s="16"/>
       <c r="J7" s="16"/>
       <c r="K7" s="16"/>
       <c r="L7" s="16"/>
       <c r="M7" s="16"/>
       <c r="N7" s="16"/>
       <c r="O7" s="16"/>
       <c r="P7" s="16"/>
       <c r="Q7" s="16"/>
       <c r="R7" s="16"/>
       <c r="S7" s="16"/>
       <c r="T7" s="16"/>
       <c r="U7" s="16"/>
       <c r="V7" s="16"/>
       <c r="W7" s="16"/>
       <c r="X7" s="16"/>
       <c r="Y7" s="16"/>
       <c r="Z7" s="16"/>
       <c r="AA7" s="16"/>
       <c r="AB7" s="16"/>
       <c r="AC7" s="16"/>
       <c r="AD7" s="16"/>
       <c r="AE7" s="16"/>
       <c r="AF7" s="16"/>
       <c r="AG7" s="16"/>
       <c r="AH7" s="16"/>
-    </row>
-    <row r="8" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI7" s="16"/>
+      <c r="AJ7" s="16"/>
+    </row>
+    <row r="8" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B8" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
       <c r="S8" s="16"/>
       <c r="T8" s="16"/>
       <c r="U8" s="16"/>
       <c r="V8" s="16"/>
       <c r="W8" s="16"/>
       <c r="X8" s="16"/>
       <c r="Y8" s="16"/>
       <c r="Z8" s="16"/>
       <c r="AA8" s="16"/>
       <c r="AB8" s="16"/>
       <c r="AC8" s="16"/>
       <c r="AD8" s="16"/>
       <c r="AE8" s="16"/>
       <c r="AF8" s="16"/>
       <c r="AG8" s="16"/>
       <c r="AH8" s="16"/>
-    </row>
-    <row r="9" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI8" s="16"/>
+      <c r="AJ8" s="16"/>
+    </row>
+    <row r="9" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="16"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="16"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="16"/>
       <c r="J9" s="16"/>
       <c r="K9" s="16"/>
       <c r="L9" s="16"/>
       <c r="M9" s="16"/>
       <c r="N9" s="16"/>
       <c r="O9" s="16"/>
       <c r="P9" s="16"/>
       <c r="Q9" s="16"/>
       <c r="R9" s="16"/>
       <c r="S9" s="16"/>
       <c r="T9" s="16"/>
       <c r="U9" s="16"/>
       <c r="V9" s="16"/>
       <c r="W9" s="16"/>
       <c r="X9" s="16"/>
       <c r="Y9" s="16"/>
       <c r="Z9" s="16"/>
       <c r="AA9" s="16"/>
       <c r="AB9" s="16"/>
       <c r="AC9" s="16"/>
       <c r="AD9" s="23">
         <v>613.31316169513468</v>
       </c>
       <c r="AE9" s="23">
         <v>497.04872370571542</v>
       </c>
       <c r="AF9" s="23">
         <v>701.63819999999998</v>
       </c>
       <c r="AG9" s="23">
         <v>779.70799999999997</v>
       </c>
       <c r="AH9" s="23">
         <v>864.76030000000003</v>
       </c>
-    </row>
-    <row r="11" spans="2:34" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AI9" s="23">
+        <v>836.6259</v>
+      </c>
+      <c r="AJ9" s="23">
+        <v>796.78650000000005</v>
+      </c>
+    </row>
+    <row r="11" spans="2:36" hidden="1" x14ac:dyDescent="0.25">
       <c r="B11" s="3" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="12" spans="2:34" hidden="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:36" hidden="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>65</v>
       </c>
       <c r="C12" s="23">
         <v>367.61570526464641</v>
       </c>
       <c r="D12" s="23">
         <v>360.14754190649791</v>
       </c>
       <c r="E12" s="23">
         <v>383.8</v>
       </c>
       <c r="F12" s="23">
         <v>377.9</v>
       </c>
       <c r="G12" s="23">
         <v>336</v>
       </c>
       <c r="H12" s="23">
         <v>326.7</v>
       </c>
       <c r="I12" s="23">
         <v>351.8</v>
       </c>
       <c r="J12" s="23">
@@ -8731,124 +9130,130 @@
       <c r="Z12" s="23">
         <v>355.45</v>
       </c>
       <c r="AA12" s="23">
         <v>339.41</v>
       </c>
       <c r="AB12" s="23">
         <v>386.15</v>
       </c>
       <c r="AC12" s="23">
         <v>402.41</v>
       </c>
       <c r="AD12" s="23" t="s">
         <v>58</v>
       </c>
       <c r="AE12" s="23" t="s">
         <v>58</v>
       </c>
       <c r="AF12" s="23" t="s">
         <v>58</v>
       </c>
       <c r="AG12" s="23" t="s">
         <v>58</v>
       </c>
       <c r="AH12" s="23"/>
-    </row>
-    <row r="13" spans="2:34" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AI12" s="23"/>
+      <c r="AJ12" s="23"/>
+    </row>
+    <row r="13" spans="2:36" hidden="1" x14ac:dyDescent="0.25">
       <c r="B13"/>
       <c r="C13" s="14"/>
       <c r="D13" s="14"/>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
       <c r="G13" s="14"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="14"/>
       <c r="L13" s="14"/>
       <c r="M13" s="14"/>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
       <c r="P13" s="14"/>
       <c r="Q13" s="14"/>
       <c r="R13" s="14"/>
       <c r="S13" s="14"/>
       <c r="T13" s="14"/>
       <c r="U13" s="14"/>
       <c r="V13" s="14"/>
       <c r="W13" s="14"/>
       <c r="X13" s="14"/>
       <c r="Y13" s="14"/>
       <c r="Z13" s="14"/>
       <c r="AA13" s="14"/>
       <c r="AB13" s="14"/>
       <c r="AC13" s="14"/>
       <c r="AD13" s="14"/>
       <c r="AE13" s="14"/>
       <c r="AF13" s="14"/>
       <c r="AG13" s="14"/>
       <c r="AH13" s="14"/>
-    </row>
-    <row r="14" spans="2:34" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AI13" s="14"/>
+      <c r="AJ13" s="14"/>
+    </row>
+    <row r="14" spans="2:36" hidden="1" x14ac:dyDescent="0.25">
       <c r="B14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="14"/>
       <c r="M14" s="14"/>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
       <c r="P14" s="14"/>
       <c r="Q14" s="14"/>
       <c r="R14" s="14"/>
       <c r="S14" s="14"/>
       <c r="T14" s="14"/>
       <c r="U14" s="14"/>
       <c r="V14" s="14"/>
       <c r="W14" s="14"/>
       <c r="X14" s="14"/>
       <c r="Y14" s="14"/>
       <c r="Z14" s="14"/>
       <c r="AA14" s="14"/>
       <c r="AB14" s="14"/>
       <c r="AC14" s="14"/>
       <c r="AD14" s="14"/>
       <c r="AE14" s="14"/>
       <c r="AF14" s="14"/>
       <c r="AG14" s="14"/>
       <c r="AH14" s="14"/>
-    </row>
-    <row r="15" spans="2:34" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AI14" s="14"/>
+      <c r="AJ14" s="14"/>
+    </row>
+    <row r="15" spans="2:36" hidden="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C15" s="14" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="14" t="s">
         <v>58</v>
       </c>
       <c r="E15" s="14" t="s">
         <v>58</v>
       </c>
       <c r="F15" s="14" t="s">
         <v>58</v>
       </c>
       <c r="G15" s="14">
         <v>300</v>
       </c>
       <c r="H15" s="14">
         <v>7973</v>
       </c>
       <c r="I15" s="14">
         <v>12225</v>
       </c>
       <c r="J15" s="14">
@@ -8902,52 +9307,54 @@
       <c r="Z15" s="14">
         <v>102066.435</v>
       </c>
       <c r="AA15" s="14">
         <v>26453.001929999999</v>
       </c>
       <c r="AB15" s="14">
         <v>23659.254840000001</v>
       </c>
       <c r="AC15" s="14">
         <v>28900.406999999999</v>
       </c>
       <c r="AD15" s="14" t="s">
         <v>58</v>
       </c>
       <c r="AE15" s="14" t="s">
         <v>58</v>
       </c>
       <c r="AF15" s="14" t="s">
         <v>58</v>
       </c>
       <c r="AG15" s="14" t="s">
         <v>58</v>
       </c>
       <c r="AH15" s="14"/>
-    </row>
-    <row r="16" spans="2:34" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AI15" s="14"/>
+      <c r="AJ15" s="14"/>
+    </row>
+    <row r="16" spans="2:36" hidden="1" x14ac:dyDescent="0.25">
       <c r="B16" s="5" t="s">
         <v>65</v>
       </c>
       <c r="C16" s="23" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="23" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="23" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="23" t="s">
         <v>58</v>
       </c>
       <c r="G16" s="23">
         <v>522.6</v>
       </c>
       <c r="H16" s="23">
         <v>592.6</v>
       </c>
       <c r="I16" s="23">
         <v>586.5</v>
       </c>
       <c r="J16" s="23">
@@ -9004,62 +9411,64 @@
       <c r="Z16" s="23">
         <v>674.08</v>
       </c>
       <c r="AA16" s="23">
         <v>575.42999999999995</v>
       </c>
       <c r="AB16" s="23">
         <v>668.21</v>
       </c>
       <c r="AC16" s="23">
         <v>764.53</v>
       </c>
       <c r="AD16" s="14" t="s">
         <v>58</v>
       </c>
       <c r="AE16" s="14" t="s">
         <v>58</v>
       </c>
       <c r="AF16" s="14" t="s">
         <v>58</v>
       </c>
       <c r="AG16" s="14" t="s">
         <v>58</v>
       </c>
       <c r="AH16" s="14"/>
-    </row>
-    <row r="17" spans="2:34" hidden="1" x14ac:dyDescent="0.25">
+      <c r="AI16" s="14"/>
+      <c r="AJ16" s="14"/>
+    </row>
+    <row r="17" spans="2:36" hidden="1" x14ac:dyDescent="0.25">
       <c r="B17" s="22"/>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="23"/>
       <c r="I17" s="23"/>
     </row>
-    <row r="18" spans="2:34" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B18" s="5" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="23">
         <v>129.989</v>
       </c>
       <c r="D18" s="23">
         <v>143.149</v>
       </c>
       <c r="E18" s="23">
         <v>155.58099999999999</v>
       </c>
       <c r="F18" s="23">
         <v>155.58099999999999</v>
       </c>
       <c r="G18" s="23">
         <v>170.17208787882612</v>
       </c>
       <c r="H18" s="23">
         <v>212.93351701200041</v>
       </c>
       <c r="I18" s="23">
         <v>262.9455733719908</v>
       </c>
       <c r="J18" s="23">
@@ -9115,57 +9524,63 @@
       </c>
       <c r="AA18" s="23">
         <v>228.755</v>
       </c>
       <c r="AB18" s="23">
         <v>222.36</v>
       </c>
       <c r="AC18" s="23">
         <v>213.38</v>
       </c>
       <c r="AD18" s="23">
         <v>198.14</v>
       </c>
       <c r="AE18" s="23">
         <v>198.14</v>
       </c>
       <c r="AF18" s="23">
         <v>183.55799999999999</v>
       </c>
       <c r="AG18" s="23">
         <v>174.048</v>
       </c>
       <c r="AH18" s="23">
         <v>162.07499999999999</v>
       </c>
-    </row>
-    <row r="20" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI18" s="23">
+        <v>158.52099999999999</v>
+      </c>
+      <c r="AJ18" s="23">
+        <v>158.52099999999999</v>
+      </c>
+    </row>
+    <row r="20" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B20" s="3" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="21" spans="2:34" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B21" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C21" s="14">
         <v>1</v>
       </c>
       <c r="D21" s="14">
         <v>1</v>
       </c>
       <c r="E21" s="14">
         <v>1</v>
       </c>
       <c r="F21" s="14">
         <v>1</v>
       </c>
       <c r="G21" s="14">
         <v>1</v>
       </c>
       <c r="H21" s="14">
         <v>1</v>
       </c>
       <c r="I21" s="14">
         <v>1</v>
       </c>
       <c r="J21" s="14">
@@ -9221,52 +9636,58 @@
       </c>
       <c r="AA21" s="14">
         <v>3</v>
       </c>
       <c r="AB21" s="14">
         <v>3</v>
       </c>
       <c r="AC21" s="14">
         <v>3</v>
       </c>
       <c r="AD21" s="14">
         <v>3</v>
       </c>
       <c r="AE21" s="14">
         <v>3</v>
       </c>
       <c r="AF21" s="14">
         <v>3</v>
       </c>
       <c r="AG21" s="14">
         <v>3</v>
       </c>
       <c r="AH21" s="14">
         <v>3</v>
       </c>
-    </row>
-    <row r="22" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI21" s="14">
+        <v>3</v>
+      </c>
+      <c r="AJ21" s="14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B22" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C22" s="14">
         <v>350</v>
       </c>
       <c r="D22" s="14">
         <v>350</v>
       </c>
       <c r="E22" s="14">
         <v>350</v>
       </c>
       <c r="F22" s="14">
         <v>350</v>
       </c>
       <c r="G22" s="14">
         <v>350</v>
       </c>
       <c r="H22" s="14">
         <v>350</v>
       </c>
       <c r="I22" s="14">
         <v>350</v>
       </c>
       <c r="J22" s="14">
@@ -9322,72 +9743,80 @@
       </c>
       <c r="AA22" s="14">
         <v>1357</v>
       </c>
       <c r="AB22" s="14">
         <v>1357</v>
       </c>
       <c r="AC22" s="14">
         <v>1357</v>
       </c>
       <c r="AD22" s="14">
         <v>1357</v>
       </c>
       <c r="AE22" s="14">
         <v>1357</v>
       </c>
       <c r="AF22" s="14">
         <v>1357</v>
       </c>
       <c r="AG22" s="14">
         <v>1357</v>
       </c>
       <c r="AH22" s="14">
         <v>1357</v>
       </c>
-    </row>
-    <row r="23" spans="2:34" x14ac:dyDescent="0.25">
+      <c r="AI22" s="14">
+        <v>1357</v>
+      </c>
+      <c r="AJ22" s="14">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="23" spans="2:36" x14ac:dyDescent="0.25">
       <c r="O23" s="27"/>
       <c r="P23" s="27"/>
       <c r="Q23" s="27"/>
       <c r="R23" s="27"/>
       <c r="S23" s="27"/>
       <c r="T23" s="27"/>
       <c r="U23" s="27"/>
       <c r="V23" s="27"/>
       <c r="W23" s="27"/>
       <c r="X23" s="27"/>
       <c r="Y23" s="27"/>
       <c r="Z23" s="27"/>
       <c r="AA23" s="27"/>
       <c r="AB23" s="27"/>
       <c r="AC23" s="27"/>
       <c r="AD23" s="27"/>
       <c r="AE23" s="27"/>
       <c r="AF23" s="27"/>
       <c r="AG23" s="27"/>
       <c r="AH23" s="27"/>
+      <c r="AI23" s="27"/>
+      <c r="AJ23" s="27"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">