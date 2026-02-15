--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -5,143 +5,144 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\marte\FS_CAMIL\43_ESCRITORIO_CENTRAL\RELACOES_INVESTIDORES\Relacoes Investidores\Resultados\2025\2T25\Para Arquivar\Site\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\marte\FS_CAMIL\43_ESCRITORIO_CENTRAL\RELACOES_INVESTIDORES\Relacoes Investidores\Resultados\2025\3T25\Para Arquivar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E002BFE4-2D40-4188-8604-39C200DD8E62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FC032113-868D-491A-B096-BF854636AB3B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23148" yWindow="-3600" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Control" sheetId="5" r:id="rId1"/>
     <sheet name="Quarter" sheetId="1" r:id="rId2"/>
     <sheet name="Year" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="330"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B29" i="5" l="1"/>
+  <c r="BY6" i="1" l="1"/>
   <c r="B66" i="4"/>
   <c r="B65" i="4"/>
   <c r="B64" i="4"/>
   <c r="B58" i="4"/>
   <c r="B57" i="4"/>
   <c r="B56" i="4"/>
   <c r="B50" i="4"/>
   <c r="B49" i="4"/>
   <c r="B47" i="4"/>
   <c r="B45" i="4"/>
   <c r="B44" i="4"/>
   <c r="B43" i="4"/>
   <c r="B42" i="4"/>
   <c r="B41" i="4"/>
   <c r="B40" i="4"/>
   <c r="B39" i="4"/>
   <c r="B38" i="4"/>
   <c r="B37" i="4"/>
   <c r="B36" i="4"/>
   <c r="B33" i="4"/>
   <c r="B32" i="4"/>
   <c r="B31" i="4"/>
   <c r="B30" i="4"/>
   <c r="B29" i="4"/>
   <c r="B28" i="4"/>
   <c r="B27" i="4"/>
   <c r="B26" i="4"/>
   <c r="B25" i="4"/>
   <c r="B24" i="4"/>
   <c r="B23" i="4"/>
   <c r="B21" i="4"/>
   <c r="B20" i="4"/>
   <c r="B19" i="4"/>
   <c r="B18" i="4"/>
   <c r="B17" i="4"/>
   <c r="B16" i="4"/>
   <c r="B15" i="4"/>
   <c r="B14" i="4"/>
   <c r="B13" i="4"/>
   <c r="B12" i="4"/>
   <c r="B10" i="4"/>
   <c r="B6" i="4"/>
   <c r="B5" i="4"/>
   <c r="B3" i="4"/>
   <c r="B2" i="4"/>
-  <c r="B70" i="1"/>
+  <c r="B72" i="1"/>
+  <c r="B68" i="1"/>
+  <c r="B67" i="1"/>
   <c r="B66" i="1"/>
-  <c r="B65" i="1"/>
-[...1 lines deleted...]
-  <c r="B62" i="1"/>
+  <c r="B63" i="1"/>
+  <c r="B59" i="1"/>
   <c r="B58" i="1"/>
   <c r="B57" i="1"/>
-  <c r="B56" i="1"/>
   <c r="B54" i="1"/>
   <c r="B50" i="1"/>
   <c r="B49" i="1"/>
   <c r="B47" i="1"/>
   <c r="B45" i="1"/>
   <c r="B44" i="1"/>
   <c r="B43" i="1"/>
   <c r="B42" i="1"/>
   <c r="B41" i="1"/>
   <c r="B40" i="1"/>
   <c r="B39" i="1"/>
   <c r="B38" i="1"/>
   <c r="B37" i="1"/>
   <c r="B36" i="1"/>
   <c r="B35" i="1"/>
   <c r="B33" i="1"/>
   <c r="B32" i="1"/>
   <c r="B31" i="1"/>
   <c r="B30" i="1"/>
   <c r="B29" i="1"/>
   <c r="B28" i="1"/>
   <c r="B27" i="1"/>
   <c r="B26" i="1"/>
   <c r="B25" i="1"/>
   <c r="B24" i="1"/>
@@ -231,51 +232,51 @@
   <c r="C6" i="1"/>
   <c r="B6" i="1"/>
   <c r="B5" i="1"/>
   <c r="B3" i="1"/>
   <c r="B2" i="1"/>
   <c r="B28" i="5"/>
   <c r="B22" i="5"/>
   <c r="B19" i="5"/>
   <c r="B14" i="5"/>
   <c r="B13" i="5"/>
   <c r="B11" i="5"/>
   <c r="B10" i="5"/>
   <c r="B9" i="5"/>
   <c r="D8" i="5"/>
   <c r="B8" i="5"/>
   <c r="B7" i="5"/>
   <c r="B6" i="5"/>
   <c r="B5" i="5"/>
   <c r="B4" i="5"/>
   <c r="H3" i="5"/>
   <c r="B2" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="16">
   <si>
     <t>Volume (k ton)</t>
   </si>
   <si>
     <t>2T08</t>
   </si>
   <si>
     <t>3T08</t>
   </si>
   <si>
     <t>Camil Alimentos S.A.</t>
   </si>
   <si>
     <t>R$</t>
   </si>
   <si>
     <t>Preço Líquido (R$/kg)</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
@@ -293,50 +294,56 @@
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Relações com Investidores Camil/IR</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 Ph.: +55 11 3039-9200
 E-mail: ri@camil.com.br</t>
     </r>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
+  </si>
+  <si>
+    <t>Paraguai</t>
+  </si>
+  <si>
+    <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="10">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.000_);\(#,##0.000\)"/>
     <numFmt numFmtId="166" formatCode="[$-409]d\-mmm\-yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0.0_);\(#,##0.0\)"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="169" formatCode="[$-416]mmm\-yy;@"/>
     <numFmt numFmtId="170" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="#,##0_);\(#,##0\)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -731,51 +738,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF5B9BD5"/>
       </top>
       <bottom style="thin">
         <color rgb="FF5B9BD5"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="21" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="22" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="80">
+  <cellXfs count="79">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="37" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="167" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -880,53 +887,50 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="18" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="19" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="171" fontId="11" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="43" fontId="11" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="172" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="168" fontId="20" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -980,130 +984,130 @@
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>3715</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>81644</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>710298</xdr:colOff>
+      <xdr:colOff>716648</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>172176</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="17618" t="30484" r="17651" b="31063"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8698679" y="81644"/>
           <a:ext cx="701503" cy="244928"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>75</xdr:col>
+      <xdr:col>76</xdr:col>
       <xdr:colOff>59381</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>74930</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="821863" cy="280707"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Imagem 1">
+        <xdr:cNvPr id="3" name="Imagem 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22AAB623-2D70-48C4-8021-3F538118B290}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E490848A-9631-498F-8EA6-D819E1671486}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="17618" t="30484" r="17651" b="31063"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="76462581" y="74930"/>
+          <a:off x="76767381" y="74930"/>
           <a:ext cx="821863" cy="280707"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>324944</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>82577</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="797592" cy="280707"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Imagem 2">
@@ -1402,51 +1406,53 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="4"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:J33"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.7265625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2.26953125" style="10" customWidth="1"/>
     <col min="2" max="2" width="34" style="1" customWidth="1"/>
     <col min="3" max="3" width="3.7265625" style="1" customWidth="1"/>
     <col min="4" max="4" width="34" style="1" customWidth="1"/>
     <col min="5" max="5" width="3.453125" style="1" customWidth="1"/>
     <col min="6" max="6" width="2" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.7265625" style="1" customWidth="1"/>
     <col min="8" max="8" width="26.453125" style="1" customWidth="1"/>
     <col min="9" max="9" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="11.7265625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="str">
         <f>IF(Control!$D$5=1,"Control Panel","Painel de Controle")</f>
         <v>Painel de Controle</v>
       </c>
       <c r="C2" s="29"/>
       <c r="D2" s="29"/>
       <c r="E2" s="29"/>
       <c r="F2" s="29"/>
@@ -1539,146 +1545,146 @@
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
     </row>
     <row r="9" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B9" s="35" t="str">
         <f>IF(Control!$D$5=1,"Last Date of Full Year Financials","Data de Últimos Demonstr. Anuais")</f>
         <v>Data de Últimos Demonstr. Anuais</v>
       </c>
       <c r="C9" s="52"/>
       <c r="D9" s="39">
         <v>45716</v>
       </c>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
     </row>
     <row r="10" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B10" s="35" t="str">
         <f>IF(Control!$D$5=1,"Last Date of YTD Financials","Data de Últimos Demonstr. Trim.")</f>
         <v>Data de Últimos Demonstr. Trim.</v>
       </c>
       <c r="C10" s="36"/>
       <c r="D10" s="39">
-        <v>45900</v>
+        <v>45991</v>
       </c>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
     </row>
     <row r="11" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B11" s="40" t="str">
         <f>IF(Control!$D$5=1,"Last update on","Última atualização em")</f>
         <v>Última atualização em</v>
       </c>
       <c r="C11" s="41"/>
       <c r="D11" s="42">
-        <v>45939</v>
+        <v>46036</v>
       </c>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
     </row>
     <row r="12" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="43"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
     </row>
     <row r="13" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B13" s="32" t="str">
         <f>IF(Control!$D$5=1,"Information about the operational data","Informações sobre os dados operacionais")</f>
         <v>Informações sobre os dados operacionais</v>
       </c>
       <c r="C13" s="33"/>
       <c r="D13" s="34"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
     </row>
     <row r="14" spans="1:10" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B14" s="71" t="str">
+      <c r="B14" s="70" t="str">
         <f>IF(Control!$D$5=1,"Certain percentages and other amounts included in this document have been rounded. Thus, it may differ from those presented in the financial statements.","Certas porcentagens e outros valores incluídos neste documento foram arredondados. Dessa forma, podem diferir daqueles apresentados nas demonstrações de resultados.")</f>
         <v>Certas porcentagens e outros valores incluídos neste documento foram arredondados. Dessa forma, podem diferir daqueles apresentados nas demonstrações de resultados.</v>
       </c>
-      <c r="C14" s="72"/>
-      <c r="D14" s="73"/>
+      <c r="C14" s="71"/>
+      <c r="D14" s="72"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
     </row>
     <row r="15" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="B15" s="74"/>
-[...1 lines deleted...]
-      <c r="D15" s="76"/>
+      <c r="B15" s="73"/>
+      <c r="C15" s="74"/>
+      <c r="D15" s="75"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
     </row>
     <row r="16" spans="1:10" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="8"/>
-      <c r="B16" s="74"/>
-[...1 lines deleted...]
-      <c r="D16" s="76"/>
+      <c r="B16" s="73"/>
+      <c r="C16" s="74"/>
+      <c r="D16" s="75"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
     </row>
     <row r="17" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A17" s="8"/>
-      <c r="B17" s="74"/>
-[...1 lines deleted...]
-      <c r="D17" s="76"/>
+      <c r="B17" s="73"/>
+      <c r="C17" s="74"/>
+      <c r="D17" s="75"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
     </row>
     <row r="18" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A18" s="8"/>
-      <c r="B18" s="74"/>
-[...1 lines deleted...]
-      <c r="D18" s="76"/>
+      <c r="B18" s="73"/>
+      <c r="C18" s="74"/>
+      <c r="D18" s="75"/>
       <c r="E18" s="8"/>
       <c r="F18" s="8"/>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
     </row>
     <row r="19" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A19" s="8"/>
       <c r="B19" s="53" t="str">
         <f>IF(Control!$D$5=1,"Unaudited data.","Dados não auditados.")</f>
         <v>Dados não auditados.</v>
       </c>
       <c r="C19" s="54"/>
       <c r="D19" s="55"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
     </row>
     <row r="20" spans="1:10" s="10" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="8"/>
       <c r="B20" s="56"/>
       <c r="C20" s="57"/>
       <c r="D20" s="58"/>
@@ -1693,219 +1699,219 @@
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
       <c r="I21" s="8"/>
     </row>
     <row r="22" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A22" s="8"/>
       <c r="B22" s="44" t="str">
         <f>IF(Control!$D$5=1,"Contacts","Contatos")</f>
         <v>Contatos</v>
       </c>
       <c r="C22" s="45"/>
       <c r="D22" s="45"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
     </row>
     <row r="23" spans="1:10" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="8"/>
-      <c r="B23" s="71" t="s">
+      <c r="B23" s="70" t="s">
         <v>11</v>
       </c>
-      <c r="C23" s="72"/>
-      <c r="D23" s="73"/>
+      <c r="C23" s="71"/>
+      <c r="D23" s="72"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
     </row>
     <row r="24" spans="1:10" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="8"/>
-      <c r="B24" s="74"/>
-[...1 lines deleted...]
-      <c r="D24" s="76"/>
+      <c r="B24" s="73"/>
+      <c r="C24" s="74"/>
+      <c r="D24" s="75"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
     </row>
     <row r="25" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A25" s="8"/>
-      <c r="B25" s="74"/>
-[...1 lines deleted...]
-      <c r="D25" s="76"/>
+      <c r="B25" s="73"/>
+      <c r="C25" s="74"/>
+      <c r="D25" s="75"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
     </row>
     <row r="26" spans="1:10" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="8"/>
-      <c r="B26" s="77"/>
-[...1 lines deleted...]
-      <c r="D26" s="79"/>
+      <c r="B26" s="76"/>
+      <c r="C26" s="77"/>
+      <c r="D26" s="78"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
     </row>
     <row r="27" spans="1:10" s="10" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="8"/>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
       <c r="I27" s="8"/>
     </row>
     <row r="28" spans="1:10" s="10" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="8"/>
       <c r="B28" s="44" t="str">
         <f>IF(Control!$D$5=1,"Recent Developments","Últimas Atualizações")</f>
         <v>Últimas Atualizações</v>
       </c>
       <c r="C28" s="45"/>
       <c r="D28" s="45"/>
       <c r="E28" s="8"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
     </row>
     <row r="29" spans="1:10" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="8"/>
-      <c r="B29" s="71" t="str">
-[...4 lines deleted...]
-      <c r="D29" s="73"/>
+      <c r="B29" s="70" t="str">
+        <f>IF(Control!$D$5=1,"3Q25 update: only high turnover, high growth and international consolidated data","Atualização 3T25: alto giro, alto valor e internacional consolidado")</f>
+        <v>Atualização 3T25: alto giro, alto valor e internacional consolidado</v>
+      </c>
+      <c r="C29" s="71"/>
+      <c r="D29" s="72"/>
       <c r="E29" s="8"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
     </row>
     <row r="30" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A30" s="8"/>
-      <c r="B30" s="74"/>
-[...1 lines deleted...]
-      <c r="D30" s="76"/>
+      <c r="B30" s="73"/>
+      <c r="C30" s="74"/>
+      <c r="D30" s="75"/>
       <c r="E30" s="8"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
     </row>
     <row r="31" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A31" s="8"/>
-      <c r="B31" s="74"/>
-[...1 lines deleted...]
-      <c r="D31" s="76"/>
+      <c r="B31" s="73"/>
+      <c r="C31" s="74"/>
+      <c r="D31" s="75"/>
       <c r="E31" s="8"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
     </row>
     <row r="32" spans="1:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="B32" s="77"/>
-[...1 lines deleted...]
-      <c r="D32" s="79"/>
+      <c r="B32" s="76"/>
+      <c r="C32" s="77"/>
+      <c r="D32" s="78"/>
       <c r="E32" s="8"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
     </row>
     <row r="33" spans="2:10" s="10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="8"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B23:D26"/>
     <mergeCell ref="B14:D18"/>
     <mergeCell ref="B29:D32"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BX92"/>
+  <dimension ref="A1:BY94"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="2" ySplit="7" topLeftCell="BQ8" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane xSplit="2" ySplit="7" topLeftCell="BT8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="BY67" sqref="BY67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.453125" style="8" customWidth="1"/>
     <col min="2" max="2" width="55" style="10" bestFit="1" customWidth="1"/>
     <col min="3" max="42" width="14.1796875" style="13" customWidth="1"/>
     <col min="43" max="44" width="14.1796875" style="13" bestFit="1" customWidth="1"/>
-    <col min="45" max="76" width="14.1796875" style="13" customWidth="1"/>
-    <col min="77" max="16384" width="11.7265625" style="13"/>
+    <col min="45" max="77" width="14.1796875" style="13" customWidth="1"/>
+    <col min="78" max="16384" width="11.7265625" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:76" s="2" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:77" s="2" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
     </row>
-    <row r="2" spans="1:76" s="2" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:77" s="2" customFormat="1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="str">
         <f>IF(Control!$D$5=1,"Historical Operational Data","Resultados Operacionais Históricos")</f>
         <v>Resultados Operacionais Históricos</v>
       </c>
       <c r="C2" s="17"/>
       <c r="D2" s="17"/>
       <c r="E2" s="17"/>
       <c r="F2" s="17"/>
       <c r="G2" s="17"/>
       <c r="H2" s="17"/>
       <c r="I2" s="17"/>
       <c r="J2" s="17"/>
       <c r="K2" s="4"/>
       <c r="L2" s="4"/>
       <c r="M2" s="4"/>
       <c r="N2" s="4"/>
       <c r="O2" s="4"/>
       <c r="P2" s="4"/>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4"/>
       <c r="U2" s="4"/>
       <c r="V2" s="4"/>
@@ -1941,67 +1947,68 @@
       <c r="AZ2" s="4"/>
       <c r="BA2" s="4"/>
       <c r="BB2" s="4"/>
       <c r="BC2" s="4"/>
       <c r="BD2" s="4"/>
       <c r="BE2" s="4"/>
       <c r="BF2" s="4"/>
       <c r="BG2" s="4"/>
       <c r="BH2" s="4"/>
       <c r="BI2" s="4"/>
       <c r="BJ2" s="4"/>
       <c r="BK2" s="4"/>
       <c r="BL2" s="4"/>
       <c r="BM2" s="4"/>
       <c r="BN2" s="4"/>
       <c r="BO2" s="4"/>
       <c r="BP2" s="4"/>
       <c r="BQ2" s="4"/>
       <c r="BR2" s="4"/>
       <c r="BS2" s="4"/>
       <c r="BT2" s="4"/>
       <c r="BU2" s="4"/>
       <c r="BV2" s="4"/>
       <c r="BW2" s="4"/>
       <c r="BX2" s="4"/>
+      <c r="BY2" s="4"/>
     </row>
-    <row r="3" spans="1:76" s="2" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:77" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="5" t="str">
         <f>IF(Control!$D$5=1,"Consolidated Financials","Consolidado")</f>
         <v>Consolidado</v>
       </c>
       <c r="C3" s="18"/>
       <c r="D3" s="18"/>
       <c r="E3" s="18"/>
       <c r="F3" s="18"/>
       <c r="G3" s="18"/>
       <c r="H3" s="18"/>
       <c r="I3" s="18"/>
       <c r="J3" s="18"/>
     </row>
-    <row r="4" spans="1:76" s="2" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:77" s="2" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
       <c r="V4" s="6"/>
       <c r="W4" s="6"/>
       <c r="X4" s="6"/>
       <c r="Y4" s="6"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="6"/>
@@ -2026,52 +2033,53 @@
       <c r="AZ4" s="6"/>
       <c r="BA4" s="6"/>
       <c r="BB4" s="6"/>
       <c r="BC4" s="6"/>
       <c r="BD4" s="6"/>
       <c r="BE4" s="6"/>
       <c r="BF4" s="6"/>
       <c r="BG4" s="6"/>
       <c r="BH4" s="6"/>
       <c r="BI4" s="6"/>
       <c r="BJ4" s="6"/>
       <c r="BK4" s="6"/>
       <c r="BL4" s="6"/>
       <c r="BM4" s="6"/>
       <c r="BN4" s="6"/>
       <c r="BO4" s="6"/>
       <c r="BP4" s="6"/>
       <c r="BQ4" s="6"/>
       <c r="BR4" s="6"/>
       <c r="BS4" s="6"/>
       <c r="BT4" s="6"/>
       <c r="BU4" s="6"/>
       <c r="BV4" s="6"/>
       <c r="BW4" s="6"/>
       <c r="BX4" s="6"/>
+      <c r="BY4" s="6"/>
     </row>
-    <row r="5" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A5" s="25"/>
       <c r="B5" s="7" t="str">
         <f>IF(Control!$D$5=1,"OPERATIONAL DATA","DADOS OPERACIONAIS")</f>
         <v>DADOS OPERACIONAIS</v>
       </c>
       <c r="C5" s="19"/>
       <c r="D5" s="19"/>
       <c r="E5" s="19"/>
       <c r="F5" s="16"/>
       <c r="G5" s="16"/>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
       <c r="J5" s="16"/>
       <c r="K5" s="16"/>
       <c r="L5" s="16"/>
       <c r="M5" s="16"/>
       <c r="N5" s="16"/>
       <c r="O5" s="16"/>
       <c r="P5" s="16"/>
       <c r="Q5" s="16"/>
       <c r="R5" s="16"/>
       <c r="S5" s="16"/>
       <c r="T5" s="16"/>
       <c r="U5" s="16"/>
       <c r="V5" s="16"/>
@@ -2107,52 +2115,53 @@
       <c r="AZ5" s="16"/>
       <c r="BA5" s="16"/>
       <c r="BB5" s="16"/>
       <c r="BC5" s="16"/>
       <c r="BD5" s="16"/>
       <c r="BE5" s="16"/>
       <c r="BF5" s="16"/>
       <c r="BG5" s="16"/>
       <c r="BH5" s="16"/>
       <c r="BI5" s="16"/>
       <c r="BJ5" s="16"/>
       <c r="BK5" s="16"/>
       <c r="BL5" s="16"/>
       <c r="BM5" s="16"/>
       <c r="BN5" s="16"/>
       <c r="BO5" s="16"/>
       <c r="BP5" s="16"/>
       <c r="BQ5" s="16"/>
       <c r="BR5" s="16"/>
       <c r="BS5" s="16"/>
       <c r="BT5" s="16"/>
       <c r="BU5" s="16"/>
       <c r="BV5" s="16"/>
       <c r="BW5" s="16"/>
       <c r="BX5" s="16"/>
+      <c r="BY5" s="16"/>
     </row>
-    <row r="6" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A6" s="25"/>
       <c r="B6" s="7" t="str">
         <f>IF(Control!$D$5=1,"Closing Date","Data Fechamento")</f>
         <v>Data Fechamento</v>
       </c>
       <c r="C6" s="16" t="str">
         <f>IF(Control!$D$5=1,"1Q07","1T07")</f>
         <v>1T07</v>
       </c>
       <c r="D6" s="16" t="str">
         <f>IF(Control!$D$5=1,"2Q07","2T07")</f>
         <v>2T07</v>
       </c>
       <c r="E6" s="16" t="str">
         <f>IF(Control!$D$5=1,"3Q07","3T07")</f>
         <v>3T07</v>
       </c>
       <c r="F6" s="16" t="str">
         <f>IF(Control!$D$5=1,"4Q07","4T07")</f>
         <v>4T07</v>
       </c>
       <c r="G6" s="16" t="str">
         <f>IF(Control!$D$5=1,"1Q08","1T08")</f>
         <v>1T08</v>
       </c>
@@ -2408,52 +2417,56 @@
       </c>
       <c r="BS6" s="16" t="str">
         <f>IF(Control!$D$5=1,"1Q24","1T24")</f>
         <v>1T24</v>
       </c>
       <c r="BT6" s="16" t="str">
         <f>IF(Control!$D$5=1,"2Q24","2T24")</f>
         <v>2T24</v>
       </c>
       <c r="BU6" s="16" t="str">
         <f>IF(Control!$D$5=1,"3Q24","3T24")</f>
         <v>3T24</v>
       </c>
       <c r="BV6" s="16" t="str">
         <f>IF(Control!$D$5=1,"4Q24","4T24")</f>
         <v>4T24</v>
       </c>
       <c r="BW6" s="16" t="str">
         <f>IF(Control!$D$5=1,"1Q25","1T25")</f>
         <v>1T25</v>
       </c>
       <c r="BX6" s="16" t="str">
         <f>IF(Control!$D$5=1,"2Q25","2T25")</f>
         <v>2T25</v>
       </c>
+      <c r="BY6" s="16" t="str">
+        <f>IF(Control!$D$5=1,"3Q25","3T25")</f>
+        <v>3T25</v>
+      </c>
     </row>
-    <row r="7" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A7" s="25"/>
       <c r="B7" s="7"/>
       <c r="C7" s="24">
         <v>39233</v>
       </c>
       <c r="D7" s="24">
         <v>39325</v>
       </c>
       <c r="E7" s="24">
         <v>39416</v>
       </c>
       <c r="F7" s="24">
         <v>39506</v>
       </c>
       <c r="G7" s="24">
         <v>39599</v>
       </c>
       <c r="H7" s="24">
         <v>39691</v>
       </c>
       <c r="I7" s="24">
         <v>39782</v>
       </c>
       <c r="J7" s="24">
         <v>39872</v>
@@ -2634,52 +2647,55 @@
       </c>
       <c r="BQ7" s="24">
         <v>45260</v>
       </c>
       <c r="BR7" s="24">
         <v>45323</v>
       </c>
       <c r="BS7" s="24">
         <v>45442</v>
       </c>
       <c r="BT7" s="24">
         <v>45505</v>
       </c>
       <c r="BU7" s="24">
         <v>45626</v>
       </c>
       <c r="BV7" s="24">
         <v>45716</v>
       </c>
       <c r="BW7" s="24">
         <v>45807</v>
       </c>
       <c r="BX7" s="24">
         <v>45900</v>
       </c>
+      <c r="BY7" s="24">
+        <v>45962</v>
+      </c>
     </row>
-    <row r="8" spans="1:76" ht="6.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:77" ht="6.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="8"/>
       <c r="C8" s="21"/>
       <c r="D8" s="21"/>
       <c r="E8" s="21"/>
       <c r="F8" s="21"/>
       <c r="G8" s="21"/>
       <c r="H8" s="21"/>
       <c r="I8" s="21"/>
       <c r="J8" s="21"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
       <c r="N8" s="9"/>
       <c r="O8" s="9"/>
       <c r="P8" s="9"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="9"/>
       <c r="S8" s="9"/>
       <c r="T8" s="9"/>
       <c r="U8" s="9"/>
       <c r="V8" s="9"/>
       <c r="W8" s="9"/>
       <c r="X8" s="9"/>
       <c r="Y8" s="9"/>
       <c r="Z8" s="9"/>
@@ -2711,52 +2727,53 @@
       <c r="AZ8" s="22"/>
       <c r="BA8" s="22"/>
       <c r="BB8" s="22"/>
       <c r="BC8" s="22"/>
       <c r="BD8" s="22"/>
       <c r="BE8" s="22"/>
       <c r="BF8" s="22"/>
       <c r="BG8" s="22"/>
       <c r="BH8" s="22"/>
       <c r="BI8" s="22"/>
       <c r="BJ8" s="22"/>
       <c r="BK8" s="22"/>
       <c r="BL8" s="22"/>
       <c r="BM8" s="22"/>
       <c r="BN8" s="22"/>
       <c r="BO8" s="22"/>
       <c r="BP8" s="22"/>
       <c r="BQ8" s="22"/>
       <c r="BR8" s="22"/>
       <c r="BS8" s="22"/>
       <c r="BT8" s="22"/>
       <c r="BU8" s="22"/>
       <c r="BV8" s="22"/>
       <c r="BW8" s="22"/>
       <c r="BX8" s="22"/>
+      <c r="BY8" s="22"/>
     </row>
-    <row r="9" spans="1:76" ht="6.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:77" ht="6.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="8"/>
       <c r="C9" s="21"/>
       <c r="D9" s="21"/>
       <c r="E9" s="21"/>
       <c r="F9" s="21"/>
       <c r="G9" s="21"/>
       <c r="H9" s="21"/>
       <c r="I9" s="21"/>
       <c r="J9" s="21"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
       <c r="M9" s="9"/>
       <c r="N9" s="9"/>
       <c r="O9" s="9"/>
       <c r="P9" s="9"/>
       <c r="Q9" s="9"/>
       <c r="R9" s="9"/>
       <c r="S9" s="9"/>
       <c r="T9" s="9"/>
       <c r="U9" s="9"/>
       <c r="V9" s="9"/>
       <c r="W9" s="9"/>
       <c r="X9" s="9"/>
       <c r="Y9" s="9"/>
       <c r="Z9" s="9"/>
@@ -2788,52 +2805,53 @@
       <c r="AZ9" s="22"/>
       <c r="BA9" s="22"/>
       <c r="BB9" s="22"/>
       <c r="BC9" s="22"/>
       <c r="BD9" s="22"/>
       <c r="BE9" s="22"/>
       <c r="BF9" s="22"/>
       <c r="BG9" s="22"/>
       <c r="BH9" s="22"/>
       <c r="BI9" s="22"/>
       <c r="BJ9" s="22"/>
       <c r="BK9" s="22"/>
       <c r="BL9" s="22"/>
       <c r="BM9" s="22"/>
       <c r="BN9" s="22"/>
       <c r="BO9" s="22"/>
       <c r="BP9" s="22"/>
       <c r="BQ9" s="22"/>
       <c r="BR9" s="22"/>
       <c r="BS9" s="22"/>
       <c r="BT9" s="22"/>
       <c r="BU9" s="22"/>
       <c r="BV9" s="22"/>
       <c r="BW9" s="22"/>
       <c r="BX9" s="22"/>
+      <c r="BY9" s="22"/>
     </row>
-    <row r="10" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A10" s="25"/>
       <c r="B10" s="50" t="str">
         <f>IF(Control!$D$5=1,"Brazil","Brasil")</f>
         <v>Brasil</v>
       </c>
       <c r="C10" s="51"/>
       <c r="D10" s="51"/>
       <c r="E10" s="51"/>
       <c r="F10" s="51"/>
       <c r="G10" s="51"/>
       <c r="H10" s="51"/>
       <c r="I10" s="51"/>
       <c r="J10" s="51"/>
       <c r="K10" s="51"/>
       <c r="L10" s="51"/>
       <c r="M10" s="51"/>
       <c r="N10" s="51"/>
       <c r="O10" s="51"/>
       <c r="P10" s="51"/>
       <c r="Q10" s="51"/>
       <c r="R10" s="51"/>
       <c r="S10" s="51"/>
       <c r="T10" s="51"/>
       <c r="U10" s="51"/>
       <c r="V10" s="51"/>
@@ -2869,52 +2887,53 @@
       <c r="AZ10" s="51"/>
       <c r="BA10" s="51"/>
       <c r="BB10" s="51"/>
       <c r="BC10" s="51"/>
       <c r="BD10" s="51"/>
       <c r="BE10" s="51"/>
       <c r="BF10" s="51"/>
       <c r="BG10" s="51"/>
       <c r="BH10" s="51"/>
       <c r="BI10" s="51"/>
       <c r="BJ10" s="51"/>
       <c r="BK10" s="51"/>
       <c r="BL10" s="51"/>
       <c r="BM10" s="51"/>
       <c r="BN10" s="51"/>
       <c r="BO10" s="51"/>
       <c r="BP10" s="51"/>
       <c r="BQ10" s="51"/>
       <c r="BR10" s="51"/>
       <c r="BS10" s="51"/>
       <c r="BT10" s="51"/>
       <c r="BU10" s="51"/>
       <c r="BV10" s="51"/>
       <c r="BW10" s="51"/>
       <c r="BX10" s="51"/>
+      <c r="BY10" s="51"/>
     </row>
-    <row r="11" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A11" s="11"/>
       <c r="B11" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="47"/>
       <c r="D11" s="47"/>
       <c r="E11" s="47"/>
       <c r="F11" s="47"/>
       <c r="G11" s="47"/>
       <c r="H11" s="47"/>
       <c r="I11" s="47"/>
       <c r="J11" s="47"/>
       <c r="K11" s="47"/>
       <c r="L11" s="47"/>
       <c r="M11" s="47"/>
       <c r="N11" s="47"/>
       <c r="O11" s="47"/>
       <c r="P11" s="47"/>
       <c r="Q11" s="47"/>
       <c r="R11" s="47"/>
       <c r="S11" s="47"/>
       <c r="T11" s="47"/>
       <c r="U11" s="47"/>
       <c r="V11" s="47"/>
       <c r="W11" s="47"/>
@@ -2949,52 +2968,53 @@
       <c r="AZ11" s="47"/>
       <c r="BA11" s="47"/>
       <c r="BB11" s="47"/>
       <c r="BC11" s="47"/>
       <c r="BD11" s="47"/>
       <c r="BE11" s="47"/>
       <c r="BF11" s="47"/>
       <c r="BG11" s="47"/>
       <c r="BH11" s="47"/>
       <c r="BI11" s="47"/>
       <c r="BJ11" s="47"/>
       <c r="BK11" s="47"/>
       <c r="BL11" s="47"/>
       <c r="BM11" s="47"/>
       <c r="BN11" s="47"/>
       <c r="BO11" s="47"/>
       <c r="BP11" s="47"/>
       <c r="BQ11" s="47"/>
       <c r="BR11" s="47"/>
       <c r="BS11" s="47"/>
       <c r="BT11" s="47"/>
       <c r="BU11" s="47"/>
       <c r="BV11" s="47"/>
       <c r="BW11" s="47"/>
       <c r="BX11" s="47"/>
+      <c r="BY11" s="47"/>
     </row>
-    <row r="12" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A12" s="11"/>
       <c r="B12" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Turnover","Alto Giro")</f>
         <v>Alto Giro</v>
       </c>
       <c r="C12" s="15">
         <v>116080.7</v>
       </c>
       <c r="D12" s="15">
         <v>119725.59</v>
       </c>
       <c r="E12" s="15">
         <v>113440.67</v>
       </c>
       <c r="F12" s="15">
         <v>107540.51</v>
       </c>
       <c r="G12" s="15">
         <v>124229.66</v>
       </c>
       <c r="H12" s="15">
         <v>105000.67</v>
       </c>
       <c r="I12" s="15">
         <v>108158.7</v>
@@ -3178,52 +3198,55 @@
       </c>
       <c r="BQ12" s="15">
         <v>359691</v>
       </c>
       <c r="BR12" s="15">
         <v>264213</v>
       </c>
       <c r="BS12" s="15">
         <v>338781</v>
       </c>
       <c r="BT12" s="15">
         <v>357556</v>
       </c>
       <c r="BU12" s="15">
         <v>338336</v>
       </c>
       <c r="BV12" s="15">
         <v>266849</v>
       </c>
       <c r="BW12" s="15">
         <v>292593</v>
       </c>
       <c r="BX12" s="15">
         <v>352138.10999999993</v>
       </c>
+      <c r="BY12" s="15">
+        <v>310752.34000000008</v>
+      </c>
     </row>
-    <row r="13" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A13" s="11"/>
       <c r="B13" s="14" t="str">
         <f>IF(Control!$D$5=1,"Grains","Grãos")</f>
         <v>Grãos</v>
       </c>
       <c r="C13" s="15">
         <v>116080.7</v>
       </c>
       <c r="D13" s="15">
         <v>119725.59</v>
       </c>
       <c r="E13" s="15">
         <v>113440.67</v>
       </c>
       <c r="F13" s="15">
         <v>107540.51</v>
       </c>
       <c r="G13" s="15">
         <v>124229.66</v>
       </c>
       <c r="H13" s="15">
         <v>105000.67</v>
       </c>
       <c r="I13" s="15">
         <v>108158.7</v>
@@ -3407,54 +3430,57 @@
       </c>
       <c r="BQ13" s="15">
         <v>0</v>
       </c>
       <c r="BR13" s="15">
         <v>0</v>
       </c>
       <c r="BS13" s="15">
         <v>0</v>
       </c>
       <c r="BT13" s="15">
         <v>0</v>
       </c>
       <c r="BU13" s="15">
         <v>0</v>
       </c>
       <c r="BV13" s="15">
         <v>0</v>
       </c>
       <c r="BW13" s="15">
         <v>0</v>
       </c>
       <c r="BX13" s="15">
         <v>0</v>
       </c>
+      <c r="BY13" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A14" s="11"/>
-      <c r="B14" s="68" t="str">
+      <c r="B14" s="67" t="str">
         <f>IF(Control!$D$5=1,"Rice","Arroz")</f>
         <v>Arroz</v>
       </c>
       <c r="C14" s="15">
         <v>100708.81</v>
       </c>
       <c r="D14" s="15">
         <v>104914.95</v>
       </c>
       <c r="E14" s="15">
         <v>99022.28</v>
       </c>
       <c r="F14" s="15">
         <v>95786.94</v>
       </c>
       <c r="G14" s="15">
         <v>110047.8</v>
       </c>
       <c r="H14" s="15">
         <v>92773.08</v>
       </c>
       <c r="I14" s="15">
         <v>95959.78</v>
       </c>
       <c r="J14" s="15">
@@ -3636,54 +3662,57 @@
       </c>
       <c r="BQ14" s="15">
         <v>0</v>
       </c>
       <c r="BR14" s="15">
         <v>0</v>
       </c>
       <c r="BS14" s="15">
         <v>0</v>
       </c>
       <c r="BT14" s="15">
         <v>0</v>
       </c>
       <c r="BU14" s="15">
         <v>0</v>
       </c>
       <c r="BV14" s="15">
         <v>0</v>
       </c>
       <c r="BW14" s="15">
         <v>0</v>
       </c>
       <c r="BX14" s="15">
         <v>0</v>
       </c>
+      <c r="BY14" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A15" s="11"/>
-      <c r="B15" s="68" t="str">
+      <c r="B15" s="67" t="str">
         <f>IF(Control!$D$5=1,"Beans","Feijão")</f>
         <v>Feijão</v>
       </c>
       <c r="C15" s="15">
         <v>15371.89</v>
       </c>
       <c r="D15" s="15">
         <v>14810.64</v>
       </c>
       <c r="E15" s="15">
         <v>14418.39</v>
       </c>
       <c r="F15" s="15">
         <v>11753.57</v>
       </c>
       <c r="G15" s="15">
         <v>14181.86</v>
       </c>
       <c r="H15" s="15">
         <v>12227.59</v>
       </c>
       <c r="I15" s="15">
         <v>12198.92</v>
       </c>
       <c r="J15" s="15">
@@ -3865,52 +3894,55 @@
       </c>
       <c r="BQ15" s="15">
         <v>0</v>
       </c>
       <c r="BR15" s="15">
         <v>0</v>
       </c>
       <c r="BS15" s="15">
         <v>0</v>
       </c>
       <c r="BT15" s="15">
         <v>0</v>
       </c>
       <c r="BU15" s="15">
         <v>0</v>
       </c>
       <c r="BV15" s="15">
         <v>0</v>
       </c>
       <c r="BW15" s="15">
         <v>0</v>
       </c>
       <c r="BX15" s="15">
         <v>0</v>
       </c>
+      <c r="BY15" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A16" s="11"/>
       <c r="B16" s="14" t="str">
         <f>IF(Control!$D$5=1,"Sugar","Açúcar")</f>
         <v>Açúcar</v>
       </c>
       <c r="C16" s="15">
         <v>0</v>
       </c>
       <c r="D16" s="15">
         <v>0</v>
       </c>
       <c r="E16" s="15">
         <v>0</v>
       </c>
       <c r="F16" s="15">
         <v>0</v>
       </c>
       <c r="G16" s="15">
         <v>0</v>
       </c>
       <c r="H16" s="15">
         <v>0</v>
       </c>
       <c r="I16" s="15">
         <v>0</v>
@@ -4094,52 +4126,55 @@
       </c>
       <c r="BQ16" s="15">
         <v>0</v>
       </c>
       <c r="BR16" s="15">
         <v>0</v>
       </c>
       <c r="BS16" s="15">
         <v>0</v>
       </c>
       <c r="BT16" s="15">
         <v>0</v>
       </c>
       <c r="BU16" s="15">
         <v>0</v>
       </c>
       <c r="BV16" s="15">
         <v>0</v>
       </c>
       <c r="BW16" s="15">
         <v>0</v>
       </c>
       <c r="BX16" s="15">
         <v>0</v>
       </c>
+      <c r="BY16" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="11"/>
       <c r="B17" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Growth","Alto Valor")</f>
         <v>Alto Valor</v>
       </c>
       <c r="C17" s="15">
         <v>0</v>
       </c>
       <c r="D17" s="15">
         <v>0</v>
       </c>
       <c r="E17" s="15">
         <v>0</v>
       </c>
       <c r="F17" s="15">
         <v>0</v>
       </c>
       <c r="G17" s="15">
         <v>0</v>
       </c>
       <c r="H17" s="15">
         <v>0</v>
       </c>
       <c r="I17" s="15">
         <v>0</v>
@@ -4293,82 +4328,85 @@
       </c>
       <c r="BG17" s="15">
         <v>9241.5499999999993</v>
       </c>
       <c r="BH17" s="15">
         <v>7966.19</v>
       </c>
       <c r="BI17" s="15">
         <v>14498.14</v>
       </c>
       <c r="BJ17" s="15">
         <v>26950.49</v>
       </c>
       <c r="BK17" s="15">
         <v>33672.230000000003</v>
       </c>
       <c r="BL17" s="15">
         <v>33715.360000000001</v>
       </c>
       <c r="BM17" s="15">
         <v>32776.589999999997</v>
       </c>
       <c r="BN17" s="15">
         <v>39666.58</v>
       </c>
-      <c r="BO17" s="70">
+      <c r="BO17" s="69">
         <v>46211</v>
       </c>
-      <c r="BP17" s="70">
+      <c r="BP17" s="69">
         <v>44361.9</v>
       </c>
-      <c r="BQ17" s="70">
+      <c r="BQ17" s="69">
         <v>40920</v>
       </c>
-      <c r="BR17" s="70">
+      <c r="BR17" s="69">
         <v>42982</v>
       </c>
-      <c r="BS17" s="70">
+      <c r="BS17" s="69">
         <v>48882</v>
       </c>
-      <c r="BT17" s="70">
+      <c r="BT17" s="69">
         <v>48129</v>
       </c>
-      <c r="BU17" s="70">
+      <c r="BU17" s="69">
         <v>45546</v>
       </c>
-      <c r="BV17" s="70">
+      <c r="BV17" s="69">
         <v>50569</v>
       </c>
-      <c r="BW17" s="70">
+      <c r="BW17" s="69">
         <v>47096</v>
       </c>
-      <c r="BX17" s="70">
+      <c r="BX17" s="69">
         <v>45222.349999999875</v>
       </c>
+      <c r="BY17" s="69">
+        <v>55883.182838663684</v>
+      </c>
     </row>
-    <row r="18" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A18" s="11"/>
       <c r="B18" s="14" t="str">
         <f>IF(Control!$D$5=1,"Fish","Pescados")</f>
         <v>Pescados</v>
       </c>
       <c r="C18" s="15">
         <v>0</v>
       </c>
       <c r="D18" s="15">
         <v>0</v>
       </c>
       <c r="E18" s="15">
         <v>0</v>
       </c>
       <c r="F18" s="15">
         <v>0</v>
       </c>
       <c r="G18" s="15">
         <v>0</v>
       </c>
       <c r="H18" s="15">
         <v>0</v>
       </c>
       <c r="I18" s="15">
         <v>0</v>
@@ -4552,52 +4590,55 @@
       </c>
       <c r="BQ18" s="15">
         <v>0</v>
       </c>
       <c r="BR18" s="15">
         <v>0</v>
       </c>
       <c r="BS18" s="15">
         <v>0</v>
       </c>
       <c r="BT18" s="15">
         <v>0</v>
       </c>
       <c r="BU18" s="15">
         <v>0</v>
       </c>
       <c r="BV18" s="15">
         <v>0</v>
       </c>
       <c r="BW18" s="15">
         <v>0</v>
       </c>
       <c r="BX18" s="15">
         <v>0</v>
       </c>
+      <c r="BY18" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A19" s="11"/>
       <c r="B19" s="14" t="str">
         <f>IF(Control!$D$5=1,"Pasta","Massas")</f>
         <v>Massas</v>
       </c>
       <c r="C19" s="15">
         <v>0</v>
       </c>
       <c r="D19" s="15">
         <v>0</v>
       </c>
       <c r="E19" s="15">
         <v>0</v>
       </c>
       <c r="F19" s="15">
         <v>0</v>
       </c>
       <c r="G19" s="15">
         <v>0</v>
       </c>
       <c r="H19" s="15">
         <v>0</v>
       </c>
       <c r="I19" s="15">
         <v>0</v>
@@ -4781,52 +4822,55 @@
       </c>
       <c r="BQ19" s="15">
         <v>0</v>
       </c>
       <c r="BR19" s="15">
         <v>0</v>
       </c>
       <c r="BS19" s="15">
         <v>0</v>
       </c>
       <c r="BT19" s="15">
         <v>0</v>
       </c>
       <c r="BU19" s="15">
         <v>0</v>
       </c>
       <c r="BV19" s="15">
         <v>0</v>
       </c>
       <c r="BW19" s="15">
         <v>0</v>
       </c>
       <c r="BX19" s="15">
         <v>0</v>
       </c>
+      <c r="BY19" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A20" s="11"/>
       <c r="B20" s="14" t="str">
         <f>IF(Control!$D$5=1,"Coffee","Café")</f>
         <v>Café</v>
       </c>
       <c r="C20" s="15">
         <v>0</v>
       </c>
       <c r="D20" s="15">
         <v>0</v>
       </c>
       <c r="E20" s="15">
         <v>0</v>
       </c>
       <c r="F20" s="15">
         <v>0</v>
       </c>
       <c r="G20" s="15">
         <v>0</v>
       </c>
       <c r="H20" s="15">
         <v>0</v>
       </c>
       <c r="I20" s="15">
         <v>0</v>
@@ -5010,52 +5054,55 @@
       </c>
       <c r="BQ20" s="15">
         <v>0</v>
       </c>
       <c r="BR20" s="15">
         <v>0</v>
       </c>
       <c r="BS20" s="15">
         <v>0</v>
       </c>
       <c r="BT20" s="15">
         <v>0</v>
       </c>
       <c r="BU20" s="15">
         <v>0</v>
       </c>
       <c r="BV20" s="15">
         <v>0</v>
       </c>
       <c r="BW20" s="15">
         <v>0</v>
       </c>
       <c r="BX20" s="15">
         <v>0</v>
       </c>
+      <c r="BY20" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A21" s="11"/>
       <c r="B21" s="14" t="str">
         <f>IF(Control!$D$5=1,"Biscuits &amp; Cookies","Biscoitos")</f>
         <v>Biscoitos</v>
       </c>
       <c r="C21" s="15">
         <v>0</v>
       </c>
       <c r="D21" s="15">
         <v>0</v>
       </c>
       <c r="E21" s="15">
         <v>0</v>
       </c>
       <c r="F21" s="15">
         <v>0</v>
       </c>
       <c r="G21" s="15">
         <v>0</v>
       </c>
       <c r="H21" s="15">
         <v>0</v>
       </c>
       <c r="I21" s="15">
         <v>0</v>
@@ -5239,52 +5286,55 @@
       </c>
       <c r="BQ21" s="15">
         <v>0</v>
       </c>
       <c r="BR21" s="15">
         <v>0</v>
       </c>
       <c r="BS21" s="15">
         <v>0</v>
       </c>
       <c r="BT21" s="15">
         <v>0</v>
       </c>
       <c r="BU21" s="15">
         <v>0</v>
       </c>
       <c r="BV21" s="15">
         <v>0</v>
       </c>
       <c r="BW21" s="15">
         <v>0</v>
       </c>
       <c r="BX21" s="15">
         <v>0</v>
       </c>
+      <c r="BY21" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A22" s="11"/>
       <c r="B22" s="12"/>
       <c r="C22" s="15"/>
       <c r="D22" s="15"/>
       <c r="E22" s="15"/>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15"/>
       <c r="L22" s="15"/>
       <c r="M22" s="15"/>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22" s="15"/>
       <c r="S22" s="15"/>
       <c r="T22" s="15"/>
       <c r="U22" s="15"/>
       <c r="V22" s="15"/>
       <c r="W22" s="15"/>
       <c r="X22" s="15"/>
       <c r="Y22" s="15"/>
@@ -5317,52 +5367,53 @@
       <c r="AZ22" s="15"/>
       <c r="BA22" s="15"/>
       <c r="BB22" s="15"/>
       <c r="BC22" s="15"/>
       <c r="BD22" s="15"/>
       <c r="BE22" s="15"/>
       <c r="BF22" s="15"/>
       <c r="BG22" s="15"/>
       <c r="BH22" s="15"/>
       <c r="BI22" s="15"/>
       <c r="BJ22" s="15"/>
       <c r="BK22" s="15"/>
       <c r="BL22" s="15"/>
       <c r="BM22" s="15"/>
       <c r="BN22" s="15"/>
       <c r="BO22" s="15"/>
       <c r="BP22" s="15"/>
       <c r="BQ22" s="15"/>
       <c r="BR22" s="15"/>
       <c r="BS22" s="15"/>
       <c r="BT22" s="15"/>
       <c r="BU22" s="15"/>
       <c r="BV22" s="15"/>
       <c r="BW22" s="15"/>
       <c r="BX22" s="15"/>
+      <c r="BY22" s="15"/>
     </row>
-    <row r="23" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A23" s="25"/>
       <c r="B23" s="46" t="str">
         <f>IF(Control!$D$5=1,"Gross Price (R$/kg)","Preço Bruto (R$/kg)")</f>
         <v>Preço Bruto (R$/kg)</v>
       </c>
       <c r="C23" s="49"/>
       <c r="D23" s="49"/>
       <c r="E23" s="49"/>
       <c r="F23" s="49"/>
       <c r="G23" s="49"/>
       <c r="H23" s="49"/>
       <c r="I23" s="49"/>
       <c r="J23" s="49"/>
       <c r="K23" s="49"/>
       <c r="L23" s="49"/>
       <c r="M23" s="49"/>
       <c r="N23" s="49"/>
       <c r="O23" s="49"/>
       <c r="P23" s="49"/>
       <c r="Q23" s="49"/>
       <c r="R23" s="49"/>
       <c r="S23" s="49"/>
       <c r="T23" s="49"/>
       <c r="U23" s="49"/>
       <c r="V23" s="49"/>
@@ -5398,52 +5449,53 @@
       <c r="AZ23" s="49"/>
       <c r="BA23" s="49"/>
       <c r="BB23" s="49"/>
       <c r="BC23" s="49"/>
       <c r="BD23" s="49"/>
       <c r="BE23" s="49"/>
       <c r="BF23" s="49"/>
       <c r="BG23" s="49"/>
       <c r="BH23" s="49"/>
       <c r="BI23" s="49"/>
       <c r="BJ23" s="49"/>
       <c r="BK23" s="49"/>
       <c r="BL23" s="49"/>
       <c r="BM23" s="49"/>
       <c r="BN23" s="49"/>
       <c r="BO23" s="49"/>
       <c r="BP23" s="49"/>
       <c r="BQ23" s="49"/>
       <c r="BR23" s="49"/>
       <c r="BS23" s="49"/>
       <c r="BT23" s="49"/>
       <c r="BU23" s="49"/>
       <c r="BV23" s="49"/>
       <c r="BW23" s="49"/>
       <c r="BX23" s="49"/>
+      <c r="BY23" s="49"/>
     </row>
-    <row r="24" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="11"/>
       <c r="B24" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Turnover","Alto Giro")</f>
         <v>Alto Giro</v>
       </c>
       <c r="C24" s="26">
         <v>1.39</v>
       </c>
       <c r="D24" s="26">
         <v>1.44</v>
       </c>
       <c r="E24" s="26">
         <v>1.6</v>
       </c>
       <c r="F24" s="26">
         <v>1.72</v>
       </c>
       <c r="G24" s="26">
         <v>1.85</v>
       </c>
       <c r="H24" s="26">
         <v>2.12</v>
       </c>
       <c r="I24" s="26">
         <v>2.06</v>
@@ -5627,52 +5679,55 @@
       </c>
       <c r="BQ24" s="26">
         <v>4.8499999999999996</v>
       </c>
       <c r="BR24" s="26">
         <v>5.78</v>
       </c>
       <c r="BS24" s="26">
         <v>5.18</v>
       </c>
       <c r="BT24" s="26">
         <v>5.2</v>
       </c>
       <c r="BU24" s="26">
         <v>4.96</v>
       </c>
       <c r="BV24" s="26">
         <v>5.23</v>
       </c>
       <c r="BW24" s="26">
         <v>4.62</v>
       </c>
       <c r="BX24" s="26">
         <v>4.0853568090322971</v>
       </c>
+      <c r="BY24" s="26">
+        <v>4.0551840852846972</v>
+      </c>
     </row>
-    <row r="25" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A25" s="11"/>
       <c r="B25" s="14" t="str">
         <f>IF(Control!$D$5=1,"Grains","Grãos")</f>
         <v>Grãos</v>
       </c>
       <c r="C25" s="26">
         <v>1.39</v>
       </c>
       <c r="D25" s="26">
         <v>1.44</v>
       </c>
       <c r="E25" s="26">
         <v>1.6</v>
       </c>
       <c r="F25" s="26">
         <v>1.72</v>
       </c>
       <c r="G25" s="26">
         <v>1.85</v>
       </c>
       <c r="H25" s="26">
         <v>2.12</v>
       </c>
       <c r="I25" s="26">
         <v>2.06</v>
@@ -5856,54 +5911,57 @@
       </c>
       <c r="BQ25" s="15">
         <v>0</v>
       </c>
       <c r="BR25" s="15">
         <v>0</v>
       </c>
       <c r="BS25" s="15">
         <v>0</v>
       </c>
       <c r="BT25" s="15">
         <v>0</v>
       </c>
       <c r="BU25" s="15">
         <v>0</v>
       </c>
       <c r="BV25" s="15">
         <v>0</v>
       </c>
       <c r="BW25" s="15">
         <v>0</v>
       </c>
       <c r="BX25" s="15">
         <v>0</v>
       </c>
+      <c r="BY25" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="26" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A26" s="11"/>
-      <c r="B26" s="68" t="str">
+      <c r="B26" s="67" t="str">
         <f>IF(Control!$D$5=1,"Rice","Arroz")</f>
         <v>Arroz</v>
       </c>
       <c r="C26" s="26">
         <v>1.32</v>
       </c>
       <c r="D26" s="26">
         <v>1.34</v>
       </c>
       <c r="E26" s="26">
         <v>1.39</v>
       </c>
       <c r="F26" s="26">
         <v>1.39</v>
       </c>
       <c r="G26" s="26">
         <v>1.62</v>
       </c>
       <c r="H26" s="26">
         <v>1.86</v>
       </c>
       <c r="I26" s="26">
         <v>1.86</v>
       </c>
       <c r="J26" s="26">
@@ -6085,54 +6143,57 @@
       </c>
       <c r="BQ26" s="15">
         <v>0</v>
       </c>
       <c r="BR26" s="15">
         <v>0</v>
       </c>
       <c r="BS26" s="15">
         <v>0</v>
       </c>
       <c r="BT26" s="15">
         <v>0</v>
       </c>
       <c r="BU26" s="15">
         <v>0</v>
       </c>
       <c r="BV26" s="15">
         <v>0</v>
       </c>
       <c r="BW26" s="15">
         <v>0</v>
       </c>
       <c r="BX26" s="15">
         <v>0</v>
       </c>
+      <c r="BY26" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="11"/>
-      <c r="B27" s="68" t="str">
+      <c r="B27" s="67" t="str">
         <f>IF(Control!$D$5=1,"Beans","Feijão")</f>
         <v>Feijão</v>
       </c>
       <c r="C27" s="26">
         <v>1.82</v>
       </c>
       <c r="D27" s="26">
         <v>2.12</v>
       </c>
       <c r="E27" s="26">
         <v>3.05</v>
       </c>
       <c r="F27" s="26">
         <v>4.42</v>
       </c>
       <c r="G27" s="26">
         <v>3.65</v>
       </c>
       <c r="H27" s="26">
         <v>4.13</v>
       </c>
       <c r="I27" s="26">
         <v>3.66</v>
       </c>
       <c r="J27" s="26">
@@ -6314,52 +6375,55 @@
       </c>
       <c r="BQ27" s="15">
         <v>0</v>
       </c>
       <c r="BR27" s="15">
         <v>0</v>
       </c>
       <c r="BS27" s="15">
         <v>0</v>
       </c>
       <c r="BT27" s="15">
         <v>0</v>
       </c>
       <c r="BU27" s="15">
         <v>0</v>
       </c>
       <c r="BV27" s="15">
         <v>0</v>
       </c>
       <c r="BW27" s="15">
         <v>0</v>
       </c>
       <c r="BX27" s="15">
         <v>0</v>
       </c>
+      <c r="BY27" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="28" spans="1:76" s="23" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:77" s="23" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="11"/>
       <c r="B28" s="14" t="str">
         <f>IF(Control!$D$5=1,"Sugar","Açúcar")</f>
         <v>Açúcar</v>
       </c>
       <c r="C28" s="26">
         <v>0</v>
       </c>
       <c r="D28" s="15">
         <v>0</v>
       </c>
       <c r="E28" s="15">
         <v>0</v>
       </c>
       <c r="F28" s="15">
         <v>0</v>
       </c>
       <c r="G28" s="15">
         <v>0</v>
       </c>
       <c r="H28" s="15">
         <v>0</v>
       </c>
       <c r="I28" s="15">
         <v>0</v>
@@ -6543,52 +6607,55 @@
       </c>
       <c r="BQ28" s="15">
         <v>0</v>
       </c>
       <c r="BR28" s="15">
         <v>0</v>
       </c>
       <c r="BS28" s="15">
         <v>0</v>
       </c>
       <c r="BT28" s="15">
         <v>0</v>
       </c>
       <c r="BU28" s="15">
         <v>0</v>
       </c>
       <c r="BV28" s="15">
         <v>0</v>
       </c>
       <c r="BW28" s="15">
         <v>0</v>
       </c>
       <c r="BX28" s="15">
         <v>0</v>
       </c>
+      <c r="BY28" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A29" s="11"/>
       <c r="B29" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Growth","Alto Valor")</f>
         <v>Alto Valor</v>
       </c>
       <c r="C29" s="26">
         <v>0</v>
       </c>
       <c r="D29" s="26">
         <v>0</v>
       </c>
       <c r="E29" s="26">
         <v>0</v>
       </c>
       <c r="F29" s="26">
         <v>0</v>
       </c>
       <c r="G29" s="26">
         <v>0</v>
       </c>
       <c r="H29" s="26">
         <v>0</v>
       </c>
       <c r="I29" s="26">
         <v>0</v>
@@ -6772,52 +6839,55 @@
       </c>
       <c r="BQ29" s="26">
         <v>15.77</v>
       </c>
       <c r="BR29" s="26">
         <v>18.940000000000001</v>
       </c>
       <c r="BS29" s="26">
         <v>14.75</v>
       </c>
       <c r="BT29" s="26">
         <v>15.89</v>
       </c>
       <c r="BU29" s="26">
         <v>15.09</v>
       </c>
       <c r="BV29" s="26">
         <v>22.09</v>
       </c>
       <c r="BW29" s="26">
         <v>17.21</v>
       </c>
       <c r="BX29" s="26">
         <v>19.088967521811718</v>
       </c>
+      <c r="BY29" s="26">
+        <v>20.146704980108154</v>
+      </c>
     </row>
-    <row r="30" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A30" s="11"/>
       <c r="B30" s="14" t="str">
         <f>IF(Control!$D$5=1,"Fish","Pescados")</f>
         <v>Pescados</v>
       </c>
       <c r="C30" s="26">
         <v>0</v>
       </c>
       <c r="D30" s="15">
         <v>0</v>
       </c>
       <c r="E30" s="15">
         <v>0</v>
       </c>
       <c r="F30" s="15">
         <v>0</v>
       </c>
       <c r="G30" s="15">
         <v>0</v>
       </c>
       <c r="H30" s="15">
         <v>0</v>
       </c>
       <c r="I30" s="15">
         <v>0</v>
@@ -7001,52 +7071,55 @@
       </c>
       <c r="BQ30" s="15">
         <v>0</v>
       </c>
       <c r="BR30" s="15">
         <v>0</v>
       </c>
       <c r="BS30" s="15">
         <v>0</v>
       </c>
       <c r="BT30" s="15">
         <v>0</v>
       </c>
       <c r="BU30" s="15">
         <v>0</v>
       </c>
       <c r="BV30" s="15">
         <v>0</v>
       </c>
       <c r="BW30" s="15">
         <v>0</v>
       </c>
       <c r="BX30" s="15">
         <v>0</v>
       </c>
+      <c r="BY30" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A31" s="11"/>
       <c r="B31" s="14" t="str">
         <f>IF(Control!$D$5=1,"Pasta","Massas")</f>
         <v>Massas</v>
       </c>
       <c r="C31" s="26">
         <v>0</v>
       </c>
       <c r="D31" s="15">
         <v>0</v>
       </c>
       <c r="E31" s="15">
         <v>0</v>
       </c>
       <c r="F31" s="15">
         <v>0</v>
       </c>
       <c r="G31" s="15">
         <v>0</v>
       </c>
       <c r="H31" s="15">
         <v>0</v>
       </c>
       <c r="I31" s="15">
         <v>0</v>
@@ -7230,52 +7303,55 @@
       </c>
       <c r="BQ31" s="15">
         <v>0</v>
       </c>
       <c r="BR31" s="15">
         <v>0</v>
       </c>
       <c r="BS31" s="15">
         <v>0</v>
       </c>
       <c r="BT31" s="15">
         <v>0</v>
       </c>
       <c r="BU31" s="15">
         <v>0</v>
       </c>
       <c r="BV31" s="15">
         <v>0</v>
       </c>
       <c r="BW31" s="15">
         <v>0</v>
       </c>
       <c r="BX31" s="15">
         <v>0</v>
       </c>
+      <c r="BY31" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="11"/>
       <c r="B32" s="14" t="str">
         <f>IF(Control!$D$5=1,"Coffee","Café")</f>
         <v>Café</v>
       </c>
       <c r="C32" s="26">
         <v>0</v>
       </c>
       <c r="D32" s="15">
         <v>0</v>
       </c>
       <c r="E32" s="15">
         <v>0</v>
       </c>
       <c r="F32" s="15">
         <v>0</v>
       </c>
       <c r="G32" s="15">
         <v>0</v>
       </c>
       <c r="H32" s="15">
         <v>0</v>
       </c>
       <c r="I32" s="15">
         <v>0</v>
@@ -7459,52 +7535,55 @@
       </c>
       <c r="BQ32" s="15">
         <v>0</v>
       </c>
       <c r="BR32" s="15">
         <v>0</v>
       </c>
       <c r="BS32" s="15">
         <v>0</v>
       </c>
       <c r="BT32" s="15">
         <v>0</v>
       </c>
       <c r="BU32" s="15">
         <v>0</v>
       </c>
       <c r="BV32" s="15">
         <v>0</v>
       </c>
       <c r="BW32" s="15">
         <v>0</v>
       </c>
       <c r="BX32" s="15">
         <v>0</v>
       </c>
+      <c r="BY32" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A33" s="11"/>
       <c r="B33" s="14" t="str">
         <f>IF(Control!$D$5=1,"Biscuits &amp; Cookies","Biscoitos")</f>
         <v>Biscoitos</v>
       </c>
       <c r="C33" s="26">
         <v>0</v>
       </c>
       <c r="D33" s="15">
         <v>0</v>
       </c>
       <c r="E33" s="15">
         <v>0</v>
       </c>
       <c r="F33" s="15">
         <v>0</v>
       </c>
       <c r="G33" s="15">
         <v>0</v>
       </c>
       <c r="H33" s="15">
         <v>0</v>
       </c>
       <c r="I33" s="15">
         <v>0</v>
@@ -7688,52 +7767,55 @@
       </c>
       <c r="BQ33" s="15">
         <v>0</v>
       </c>
       <c r="BR33" s="15">
         <v>0</v>
       </c>
       <c r="BS33" s="15">
         <v>0</v>
       </c>
       <c r="BT33" s="15">
         <v>0</v>
       </c>
       <c r="BU33" s="15">
         <v>0</v>
       </c>
       <c r="BV33" s="15">
         <v>0</v>
       </c>
       <c r="BW33" s="15">
         <v>0</v>
       </c>
       <c r="BX33" s="15">
         <v>0</v>
       </c>
+      <c r="BY33" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="35" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A35" s="25"/>
       <c r="B35" s="46" t="str">
         <f>IF(Control!$D$5=1,"Net Price (R$/kg)","Preço Líquido (R$/kg)")</f>
         <v>Preço Líquido (R$/kg)</v>
       </c>
       <c r="C35" s="49"/>
       <c r="D35" s="49"/>
       <c r="E35" s="49"/>
       <c r="F35" s="49"/>
       <c r="G35" s="49"/>
       <c r="H35" s="49"/>
       <c r="I35" s="49"/>
       <c r="J35" s="49"/>
       <c r="K35" s="49"/>
       <c r="L35" s="49"/>
       <c r="M35" s="49"/>
       <c r="N35" s="49"/>
       <c r="O35" s="49"/>
       <c r="P35" s="49"/>
       <c r="Q35" s="49"/>
       <c r="R35" s="49"/>
       <c r="S35" s="49"/>
       <c r="T35" s="49"/>
       <c r="U35" s="49"/>
       <c r="V35" s="49"/>
@@ -7769,52 +7851,53 @@
       <c r="AZ35" s="49"/>
       <c r="BA35" s="49"/>
       <c r="BB35" s="49"/>
       <c r="BC35" s="49"/>
       <c r="BD35" s="49"/>
       <c r="BE35" s="49"/>
       <c r="BF35" s="49"/>
       <c r="BG35" s="49"/>
       <c r="BH35" s="49"/>
       <c r="BI35" s="49"/>
       <c r="BJ35" s="49"/>
       <c r="BK35" s="49"/>
       <c r="BL35" s="49"/>
       <c r="BM35" s="49"/>
       <c r="BN35" s="49"/>
       <c r="BO35" s="49"/>
       <c r="BP35" s="49"/>
       <c r="BQ35" s="49"/>
       <c r="BR35" s="49"/>
       <c r="BS35" s="49"/>
       <c r="BT35" s="49"/>
       <c r="BU35" s="49"/>
       <c r="BV35" s="49"/>
       <c r="BW35" s="49"/>
       <c r="BX35" s="49"/>
+      <c r="BY35" s="49"/>
     </row>
-    <row r="36" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A36" s="11"/>
       <c r="B36" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Turnover","Alto Giro")</f>
         <v>Alto Giro</v>
       </c>
       <c r="C36" s="26">
         <v>0</v>
       </c>
       <c r="D36" s="26">
         <v>0</v>
       </c>
       <c r="E36" s="26">
         <v>0</v>
       </c>
       <c r="F36" s="26">
         <v>0</v>
       </c>
       <c r="G36" s="26">
         <v>0</v>
       </c>
       <c r="H36" s="26">
         <v>0</v>
       </c>
       <c r="I36" s="26">
         <v>0</v>
@@ -7998,52 +8081,55 @@
       </c>
       <c r="BQ36" s="26">
         <v>4.26</v>
       </c>
       <c r="BR36" s="26">
         <v>5.04</v>
       </c>
       <c r="BS36" s="26">
         <v>4.53</v>
       </c>
       <c r="BT36" s="26">
         <v>4.9000000000000004</v>
       </c>
       <c r="BU36" s="26">
         <v>4.26</v>
       </c>
       <c r="BV36" s="26">
         <v>4.483301829873823</v>
       </c>
       <c r="BW36" s="26">
         <v>3.96</v>
       </c>
       <c r="BX36" s="26">
         <v>3.5378337969073925</v>
       </c>
+      <c r="BY36" s="26">
+        <v>3.4548896072101365</v>
+      </c>
     </row>
-    <row r="37" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A37" s="11"/>
       <c r="B37" s="14" t="str">
         <f>IF(Control!$D$5=1,"Grains","Grãos")</f>
         <v>Grãos</v>
       </c>
       <c r="C37" s="26">
         <v>0</v>
       </c>
       <c r="D37" s="26">
         <v>0</v>
       </c>
       <c r="E37" s="26">
         <v>0</v>
       </c>
       <c r="F37" s="26">
         <v>0</v>
       </c>
       <c r="G37" s="26">
         <v>0</v>
       </c>
       <c r="H37" s="26">
         <v>0</v>
       </c>
       <c r="I37" s="26">
         <v>0</v>
@@ -8227,54 +8313,57 @@
       </c>
       <c r="BQ37" s="15">
         <v>0</v>
       </c>
       <c r="BR37" s="15">
         <v>0</v>
       </c>
       <c r="BS37" s="15">
         <v>0</v>
       </c>
       <c r="BT37" s="15">
         <v>0</v>
       </c>
       <c r="BU37" s="15">
         <v>0</v>
       </c>
       <c r="BV37" s="15">
         <v>0</v>
       </c>
       <c r="BW37" s="15">
         <v>0</v>
       </c>
       <c r="BX37" s="15">
         <v>0</v>
       </c>
+      <c r="BY37" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A38" s="11"/>
-      <c r="B38" s="68" t="str">
+      <c r="B38" s="67" t="str">
         <f>IF(Control!$D$5=1,"Rice","Arroz")</f>
         <v>Arroz</v>
       </c>
       <c r="C38" s="26">
         <v>0</v>
       </c>
       <c r="D38" s="26">
         <v>0</v>
       </c>
       <c r="E38" s="26">
         <v>0</v>
       </c>
       <c r="F38" s="26">
         <v>0</v>
       </c>
       <c r="G38" s="26">
         <v>0</v>
       </c>
       <c r="H38" s="26">
         <v>0</v>
       </c>
       <c r="I38" s="26">
         <v>0</v>
       </c>
       <c r="J38" s="26">
@@ -8456,54 +8545,57 @@
       </c>
       <c r="BQ38" s="15">
         <v>0</v>
       </c>
       <c r="BR38" s="15">
         <v>0</v>
       </c>
       <c r="BS38" s="15">
         <v>0</v>
       </c>
       <c r="BT38" s="15">
         <v>0</v>
       </c>
       <c r="BU38" s="15">
         <v>0</v>
       </c>
       <c r="BV38" s="15">
         <v>0</v>
       </c>
       <c r="BW38" s="15">
         <v>0</v>
       </c>
       <c r="BX38" s="15">
         <v>0</v>
       </c>
+      <c r="BY38" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="39" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A39" s="11"/>
-      <c r="B39" s="68" t="str">
+      <c r="B39" s="67" t="str">
         <f>IF(Control!$D$5=1,"Beans","Feijão")</f>
         <v>Feijão</v>
       </c>
       <c r="C39" s="26">
         <v>0</v>
       </c>
       <c r="D39" s="26">
         <v>0</v>
       </c>
       <c r="E39" s="26">
         <v>0</v>
       </c>
       <c r="F39" s="26">
         <v>0</v>
       </c>
       <c r="G39" s="26">
         <v>0</v>
       </c>
       <c r="H39" s="26">
         <v>0</v>
       </c>
       <c r="I39" s="26">
         <v>0</v>
       </c>
       <c r="J39" s="26">
@@ -8685,52 +8777,55 @@
       </c>
       <c r="BQ39" s="15">
         <v>0</v>
       </c>
       <c r="BR39" s="15">
         <v>0</v>
       </c>
       <c r="BS39" s="15">
         <v>0</v>
       </c>
       <c r="BT39" s="15">
         <v>0</v>
       </c>
       <c r="BU39" s="15">
         <v>0</v>
       </c>
       <c r="BV39" s="15">
         <v>0</v>
       </c>
       <c r="BW39" s="15">
         <v>0</v>
       </c>
       <c r="BX39" s="15">
         <v>0</v>
       </c>
+      <c r="BY39" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="40" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11"/>
       <c r="B40" s="14" t="str">
         <f>IF(Control!$D$5=1,"Sugar","Açúcar")</f>
         <v>Açúcar</v>
       </c>
       <c r="C40" s="26">
         <v>0</v>
       </c>
       <c r="D40" s="26">
         <v>0</v>
       </c>
       <c r="E40" s="26">
         <v>0</v>
       </c>
       <c r="F40" s="26">
         <v>0</v>
       </c>
       <c r="G40" s="26">
         <v>0</v>
       </c>
       <c r="H40" s="26">
         <v>0</v>
       </c>
       <c r="I40" s="26">
         <v>0</v>
@@ -8914,52 +9009,55 @@
       </c>
       <c r="BQ40" s="15">
         <v>0</v>
       </c>
       <c r="BR40" s="15">
         <v>0</v>
       </c>
       <c r="BS40" s="15">
         <v>0</v>
       </c>
       <c r="BT40" s="15">
         <v>0</v>
       </c>
       <c r="BU40" s="15">
         <v>0</v>
       </c>
       <c r="BV40" s="15">
         <v>0</v>
       </c>
       <c r="BW40" s="15">
         <v>0</v>
       </c>
       <c r="BX40" s="15">
         <v>0</v>
       </c>
+      <c r="BY40" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A41" s="11"/>
       <c r="B41" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Growth","Alto Valor")</f>
         <v>Alto Valor</v>
       </c>
       <c r="C41" s="26">
         <v>0</v>
       </c>
       <c r="D41" s="26">
         <v>0</v>
       </c>
       <c r="E41" s="26">
         <v>0</v>
       </c>
       <c r="F41" s="26">
         <v>0</v>
       </c>
       <c r="G41" s="26">
         <v>0</v>
       </c>
       <c r="H41" s="26">
         <v>0</v>
       </c>
       <c r="I41" s="26">
         <v>0</v>
@@ -9143,52 +9241,55 @@
       </c>
       <c r="BQ41" s="26">
         <v>12.66</v>
       </c>
       <c r="BR41" s="26">
         <v>15.09</v>
       </c>
       <c r="BS41" s="26">
         <v>11.81</v>
       </c>
       <c r="BT41" s="26">
         <v>13.06</v>
       </c>
       <c r="BU41" s="26">
         <v>12.64</v>
       </c>
       <c r="BV41" s="26">
         <v>18.396602068460915</v>
       </c>
       <c r="BW41" s="26">
         <v>13.96</v>
       </c>
       <c r="BX41" s="26">
         <v>15.624085128702996</v>
       </c>
+      <c r="BY41" s="26">
+        <v>16.51763975765116</v>
+      </c>
     </row>
-    <row r="42" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A42" s="11"/>
       <c r="B42" s="14" t="str">
         <f>IF(Control!$D$5=1,"Fish","Pescados")</f>
         <v>Pescados</v>
       </c>
       <c r="C42" s="26">
         <v>0</v>
       </c>
       <c r="D42" s="26">
         <v>0</v>
       </c>
       <c r="E42" s="26">
         <v>0</v>
       </c>
       <c r="F42" s="26">
         <v>0</v>
       </c>
       <c r="G42" s="26">
         <v>0</v>
       </c>
       <c r="H42" s="26">
         <v>0</v>
       </c>
       <c r="I42" s="26">
         <v>0</v>
@@ -9372,52 +9473,55 @@
       </c>
       <c r="BQ42" s="15">
         <v>0</v>
       </c>
       <c r="BR42" s="15">
         <v>0</v>
       </c>
       <c r="BS42" s="15">
         <v>0</v>
       </c>
       <c r="BT42" s="15">
         <v>0</v>
       </c>
       <c r="BU42" s="15">
         <v>0</v>
       </c>
       <c r="BV42" s="15">
         <v>0</v>
       </c>
       <c r="BW42" s="15">
         <v>0</v>
       </c>
       <c r="BX42" s="15">
         <v>0</v>
       </c>
+      <c r="BY42" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A43" s="11"/>
       <c r="B43" s="14" t="str">
         <f>IF(Control!$D$5=1,"Pasta","Massas")</f>
         <v>Massas</v>
       </c>
       <c r="C43" s="26">
         <v>0</v>
       </c>
       <c r="D43" s="26">
         <v>0</v>
       </c>
       <c r="E43" s="26">
         <v>0</v>
       </c>
       <c r="F43" s="26">
         <v>0</v>
       </c>
       <c r="G43" s="26">
         <v>0</v>
       </c>
       <c r="H43" s="26">
         <v>0</v>
       </c>
       <c r="I43" s="26">
         <v>0</v>
@@ -9601,52 +9705,55 @@
       </c>
       <c r="BQ43" s="15">
         <v>0</v>
       </c>
       <c r="BR43" s="15">
         <v>0</v>
       </c>
       <c r="BS43" s="15">
         <v>0</v>
       </c>
       <c r="BT43" s="15">
         <v>0</v>
       </c>
       <c r="BU43" s="15">
         <v>0</v>
       </c>
       <c r="BV43" s="15">
         <v>0</v>
       </c>
       <c r="BW43" s="15">
         <v>0</v>
       </c>
       <c r="BX43" s="15">
         <v>0</v>
       </c>
+      <c r="BY43" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A44" s="11"/>
       <c r="B44" s="14" t="str">
         <f>IF(Control!$D$5=1,"Coffee","Café")</f>
         <v>Café</v>
       </c>
       <c r="C44" s="26">
         <v>0</v>
       </c>
       <c r="D44" s="26">
         <v>0</v>
       </c>
       <c r="E44" s="26">
         <v>0</v>
       </c>
       <c r="F44" s="26">
         <v>0</v>
       </c>
       <c r="G44" s="26">
         <v>0</v>
       </c>
       <c r="H44" s="26">
         <v>0</v>
       </c>
       <c r="I44" s="26">
         <v>0</v>
@@ -9830,52 +9937,55 @@
       </c>
       <c r="BQ44" s="15">
         <v>0</v>
       </c>
       <c r="BR44" s="15">
         <v>0</v>
       </c>
       <c r="BS44" s="15">
         <v>0</v>
       </c>
       <c r="BT44" s="15">
         <v>0</v>
       </c>
       <c r="BU44" s="15">
         <v>0</v>
       </c>
       <c r="BV44" s="15">
         <v>0</v>
       </c>
       <c r="BW44" s="15">
         <v>0</v>
       </c>
       <c r="BX44" s="15">
         <v>0</v>
       </c>
+      <c r="BY44" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A45" s="11"/>
       <c r="B45" s="14" t="str">
         <f>IF(Control!$D$5=1,"Biscuits &amp; Cookies","Biscoitos")</f>
         <v>Biscoitos</v>
       </c>
       <c r="C45" s="26">
         <v>0</v>
       </c>
       <c r="D45" s="26">
         <v>0</v>
       </c>
       <c r="E45" s="26">
         <v>0</v>
       </c>
       <c r="F45" s="26">
         <v>0</v>
       </c>
       <c r="G45" s="26">
         <v>0</v>
       </c>
       <c r="H45" s="26">
         <v>0</v>
       </c>
       <c r="I45" s="26">
         <v>0</v>
@@ -10059,52 +10169,55 @@
       </c>
       <c r="BQ45" s="15">
         <v>0</v>
       </c>
       <c r="BR45" s="15">
         <v>0</v>
       </c>
       <c r="BS45" s="15">
         <v>0</v>
       </c>
       <c r="BT45" s="15">
         <v>0</v>
       </c>
       <c r="BU45" s="15">
         <v>0</v>
       </c>
       <c r="BV45" s="15">
         <v>0</v>
       </c>
       <c r="BW45" s="15">
         <v>0</v>
       </c>
       <c r="BX45" s="15">
         <v>0</v>
       </c>
+      <c r="BY45" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="47" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A47" s="25"/>
       <c r="B47" s="50" t="str">
         <f>IF(Control!$D$5=1,"International","Internacional")</f>
         <v>Internacional</v>
       </c>
       <c r="C47" s="51"/>
       <c r="D47" s="51"/>
       <c r="E47" s="51"/>
       <c r="F47" s="51"/>
       <c r="G47" s="51"/>
       <c r="H47" s="51"/>
       <c r="I47" s="51"/>
       <c r="J47" s="51"/>
       <c r="K47" s="51"/>
       <c r="L47" s="51"/>
       <c r="M47" s="51"/>
       <c r="N47" s="51"/>
       <c r="O47" s="51"/>
       <c r="P47" s="51"/>
       <c r="Q47" s="51"/>
       <c r="R47" s="51"/>
       <c r="S47" s="51"/>
       <c r="T47" s="51"/>
       <c r="U47" s="51"/>
       <c r="V47" s="51"/>
@@ -10140,52 +10253,53 @@
       <c r="AZ47" s="51"/>
       <c r="BA47" s="51"/>
       <c r="BB47" s="51"/>
       <c r="BC47" s="51"/>
       <c r="BD47" s="51"/>
       <c r="BE47" s="51"/>
       <c r="BF47" s="51"/>
       <c r="BG47" s="51"/>
       <c r="BH47" s="51"/>
       <c r="BI47" s="51"/>
       <c r="BJ47" s="51"/>
       <c r="BK47" s="51"/>
       <c r="BL47" s="51"/>
       <c r="BM47" s="51"/>
       <c r="BN47" s="51"/>
       <c r="BO47" s="51"/>
       <c r="BP47" s="51"/>
       <c r="BQ47" s="51"/>
       <c r="BR47" s="51"/>
       <c r="BS47" s="51"/>
       <c r="BT47" s="51"/>
       <c r="BU47" s="51"/>
       <c r="BV47" s="51"/>
       <c r="BW47" s="51"/>
       <c r="BX47" s="51"/>
+      <c r="BY47" s="51"/>
     </row>
-    <row r="48" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A48" s="11"/>
       <c r="B48" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C48" s="47"/>
       <c r="D48" s="47"/>
       <c r="E48" s="47"/>
       <c r="F48" s="47"/>
       <c r="G48" s="47"/>
       <c r="H48" s="47"/>
       <c r="I48" s="47"/>
       <c r="J48" s="47"/>
       <c r="K48" s="47"/>
       <c r="L48" s="47"/>
       <c r="M48" s="47"/>
       <c r="N48" s="47"/>
       <c r="O48" s="47"/>
       <c r="P48" s="47"/>
       <c r="Q48" s="47"/>
       <c r="R48" s="47"/>
       <c r="S48" s="47"/>
       <c r="T48" s="47"/>
       <c r="U48" s="47"/>
       <c r="V48" s="47"/>
       <c r="W48" s="47"/>
@@ -10220,52 +10334,53 @@
       <c r="AZ48" s="47"/>
       <c r="BA48" s="47"/>
       <c r="BB48" s="47"/>
       <c r="BC48" s="47"/>
       <c r="BD48" s="47"/>
       <c r="BE48" s="47"/>
       <c r="BF48" s="47"/>
       <c r="BG48" s="47"/>
       <c r="BH48" s="47"/>
       <c r="BI48" s="47"/>
       <c r="BJ48" s="47"/>
       <c r="BK48" s="47"/>
       <c r="BL48" s="47"/>
       <c r="BM48" s="47"/>
       <c r="BN48" s="47"/>
       <c r="BO48" s="47"/>
       <c r="BP48" s="47"/>
       <c r="BQ48" s="47"/>
       <c r="BR48" s="47"/>
       <c r="BS48" s="47"/>
       <c r="BT48" s="47"/>
       <c r="BU48" s="47"/>
       <c r="BV48" s="47"/>
       <c r="BW48" s="47"/>
       <c r="BX48" s="47"/>
+      <c r="BY48" s="47"/>
     </row>
-    <row r="49" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A49" s="11"/>
       <c r="B49" s="12" t="str">
         <f>IF(Control!$D$5=1,"International","Internacional")</f>
         <v>Internacional</v>
       </c>
       <c r="C49" s="15">
         <v>0</v>
       </c>
       <c r="D49" s="15">
         <v>0</v>
       </c>
       <c r="E49" s="15">
         <v>0</v>
       </c>
       <c r="F49" s="15">
         <v>0</v>
       </c>
       <c r="G49" s="15">
         <v>0</v>
       </c>
       <c r="H49" s="15">
         <v>0</v>
       </c>
       <c r="I49" s="15">
         <v>0</v>
@@ -10449,52 +10564,55 @@
       </c>
       <c r="BQ49" s="15">
         <v>179103</v>
       </c>
       <c r="BR49" s="15">
         <v>127790</v>
       </c>
       <c r="BS49" s="15">
         <v>135057</v>
       </c>
       <c r="BT49" s="15">
         <v>187923</v>
       </c>
       <c r="BU49" s="15">
         <v>156391</v>
       </c>
       <c r="BV49" s="15">
         <v>140682</v>
       </c>
       <c r="BW49" s="15">
         <v>168032</v>
       </c>
       <c r="BX49" s="15">
         <v>236798</v>
       </c>
+      <c r="BY49" s="15">
+        <v>249361</v>
+      </c>
     </row>
-    <row r="50" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A50" s="11"/>
       <c r="B50" s="14" t="str">
         <f>IF(Control!$D$5=1,"Uruguay","Uruguai")</f>
         <v>Uruguai</v>
       </c>
       <c r="C50" s="15">
         <v>0</v>
       </c>
       <c r="D50" s="15">
         <v>0</v>
       </c>
       <c r="E50" s="15">
         <v>0</v>
       </c>
       <c r="F50" s="15">
         <v>0</v>
       </c>
       <c r="G50" s="15">
         <v>0</v>
       </c>
       <c r="H50" s="15">
         <v>0</v>
       </c>
       <c r="I50" s="15">
         <v>0</v>
@@ -10678,52 +10796,55 @@
       </c>
       <c r="BQ50" s="15">
         <v>0</v>
       </c>
       <c r="BR50" s="15">
         <v>0</v>
       </c>
       <c r="BS50" s="15">
         <v>0</v>
       </c>
       <c r="BT50" s="15">
         <v>0</v>
       </c>
       <c r="BU50" s="15">
         <v>0</v>
       </c>
       <c r="BV50" s="15">
         <v>0</v>
       </c>
       <c r="BW50" s="15">
         <v>0</v>
       </c>
       <c r="BX50" s="15">
         <v>0</v>
       </c>
+      <c r="BY50" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="51" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A51" s="11"/>
       <c r="B51" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C51" s="15">
         <v>0</v>
       </c>
       <c r="D51" s="15">
         <v>0</v>
       </c>
       <c r="E51" s="15">
         <v>0</v>
       </c>
       <c r="F51" s="15">
         <v>0</v>
       </c>
       <c r="G51" s="15">
         <v>0</v>
       </c>
       <c r="H51" s="15">
         <v>0</v>
       </c>
       <c r="I51" s="15">
         <v>0</v>
       </c>
@@ -10906,52 +11027,55 @@
       </c>
       <c r="BQ51" s="15">
         <v>0</v>
       </c>
       <c r="BR51" s="15">
         <v>0</v>
       </c>
       <c r="BS51" s="15">
         <v>0</v>
       </c>
       <c r="BT51" s="15">
         <v>0</v>
       </c>
       <c r="BU51" s="15">
         <v>0</v>
       </c>
       <c r="BV51" s="15">
         <v>0</v>
       </c>
       <c r="BW51" s="15">
         <v>0</v>
       </c>
       <c r="BX51" s="15">
         <v>0</v>
       </c>
+      <c r="BY51" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="52" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A52" s="11"/>
       <c r="B52" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C52" s="15">
         <v>0</v>
       </c>
       <c r="D52" s="15">
         <v>0</v>
       </c>
       <c r="E52" s="15">
         <v>0</v>
       </c>
       <c r="F52" s="15">
         <v>0</v>
       </c>
       <c r="G52" s="15">
         <v>0</v>
       </c>
       <c r="H52" s="15">
         <v>0</v>
       </c>
       <c r="I52" s="15">
         <v>0</v>
       </c>
@@ -11134,52 +11258,55 @@
       </c>
       <c r="BQ52" s="15">
         <v>0</v>
       </c>
       <c r="BR52" s="15">
         <v>0</v>
       </c>
       <c r="BS52" s="15">
         <v>0</v>
       </c>
       <c r="BT52" s="15">
         <v>0</v>
       </c>
       <c r="BU52" s="15">
         <v>0</v>
       </c>
       <c r="BV52" s="15">
         <v>0</v>
       </c>
       <c r="BW52" s="15">
         <v>0</v>
       </c>
       <c r="BX52" s="15">
         <v>0</v>
       </c>
+      <c r="BY52" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="53" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A53" s="11"/>
       <c r="B53" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="15">
         <v>0</v>
       </c>
       <c r="D53" s="15">
         <v>0</v>
       </c>
       <c r="E53" s="15">
         <v>0</v>
       </c>
       <c r="F53" s="15">
         <v>0</v>
       </c>
       <c r="G53" s="15">
         <v>0</v>
       </c>
       <c r="H53" s="15">
         <v>0</v>
       </c>
       <c r="I53" s="15">
         <v>0</v>
       </c>
@@ -11362,52 +11489,55 @@
       </c>
       <c r="BQ53" s="15">
         <v>0</v>
       </c>
       <c r="BR53" s="15">
         <v>0</v>
       </c>
       <c r="BS53" s="15">
         <v>0</v>
       </c>
       <c r="BT53" s="15">
         <v>0</v>
       </c>
       <c r="BU53" s="15">
         <v>0</v>
       </c>
       <c r="BV53" s="15">
         <v>0</v>
       </c>
       <c r="BW53" s="15">
         <v>0</v>
       </c>
       <c r="BX53" s="15">
         <v>0</v>
       </c>
+      <c r="BY53" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="54" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A54" s="11"/>
       <c r="B54" s="14" t="str">
         <f>IF(Control!$D$5=1,"Ecuador","Equador")</f>
         <v>Equador</v>
       </c>
       <c r="C54" s="15">
         <v>0</v>
       </c>
       <c r="D54" s="15">
         <v>0</v>
       </c>
       <c r="E54" s="15">
         <v>0</v>
       </c>
       <c r="F54" s="15">
         <v>0</v>
       </c>
       <c r="G54" s="15">
         <v>0</v>
       </c>
       <c r="H54" s="15">
         <v>0</v>
       </c>
       <c r="I54" s="15">
         <v>0</v>
@@ -11591,900 +11721,914 @@
       </c>
       <c r="BQ54" s="15">
         <v>0</v>
       </c>
       <c r="BR54" s="15">
         <v>0</v>
       </c>
       <c r="BS54" s="15">
         <v>0</v>
       </c>
       <c r="BT54" s="15">
         <v>0</v>
       </c>
       <c r="BU54" s="15">
         <v>0</v>
       </c>
       <c r="BV54" s="15">
         <v>0</v>
       </c>
       <c r="BW54" s="15">
         <v>0</v>
       </c>
       <c r="BX54" s="15">
         <v>0</v>
       </c>
+      <c r="BY54" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="55" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A55" s="11"/>
-      <c r="B55" s="14"/>
-[...73 lines deleted...]
-      <c r="BX55" s="15"/>
+      <c r="B55" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="J55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="K55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="L55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="M55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="N55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="O55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="P55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="R55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="S55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="T55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="U55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="V55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="W55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="X55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="Y55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="Z55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AA55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AB55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AC55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AE55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AG55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AH55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AI55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AJ55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AK55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AL55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AM55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AN55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AO55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AP55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AQ55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AR55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AS55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AT55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AU55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AV55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AW55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AX55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AY55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="AZ55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BA55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BB55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BC55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BD55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BE55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BF55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BG55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BH55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BI55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BJ55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BK55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BL55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BM55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BN55" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="BO55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX55" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY55" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B56" s="46" t="str">
+    <row r="56" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="11"/>
+      <c r="B56" s="14"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="15"/>
+      <c r="E56" s="15"/>
+      <c r="F56" s="15"/>
+      <c r="G56" s="15"/>
+      <c r="H56" s="15"/>
+      <c r="I56" s="15"/>
+      <c r="J56" s="15"/>
+      <c r="K56" s="15"/>
+      <c r="L56" s="15"/>
+      <c r="M56" s="15"/>
+      <c r="N56" s="15"/>
+      <c r="O56" s="15"/>
+      <c r="P56" s="15"/>
+      <c r="Q56" s="15"/>
+      <c r="R56" s="15"/>
+      <c r="S56" s="15"/>
+      <c r="T56" s="15"/>
+      <c r="U56" s="15"/>
+      <c r="V56" s="15"/>
+      <c r="W56" s="15"/>
+      <c r="X56" s="15"/>
+      <c r="Y56" s="15"/>
+      <c r="Z56" s="15"/>
+      <c r="AA56" s="15"/>
+      <c r="AB56" s="15"/>
+      <c r="AC56" s="15"/>
+      <c r="AD56" s="15"/>
+      <c r="AE56" s="15"/>
+      <c r="AF56" s="15"/>
+      <c r="AG56" s="15"/>
+      <c r="AH56" s="15"/>
+      <c r="AI56" s="15"/>
+      <c r="AJ56" s="15"/>
+      <c r="AK56" s="15"/>
+      <c r="AL56" s="15"/>
+      <c r="AM56" s="15"/>
+      <c r="AN56" s="15"/>
+      <c r="AO56" s="15"/>
+      <c r="AP56" s="15"/>
+      <c r="AQ56" s="15"/>
+      <c r="AR56" s="26"/>
+      <c r="AS56" s="15"/>
+      <c r="AT56" s="15"/>
+      <c r="AU56" s="15"/>
+      <c r="AV56" s="15"/>
+      <c r="AW56" s="15"/>
+      <c r="AX56" s="15"/>
+      <c r="AY56" s="15"/>
+      <c r="AZ56" s="15"/>
+      <c r="BA56" s="15"/>
+      <c r="BB56" s="15"/>
+      <c r="BC56" s="15"/>
+      <c r="BD56" s="15"/>
+      <c r="BE56" s="15"/>
+      <c r="BF56" s="15"/>
+      <c r="BG56" s="15"/>
+      <c r="BH56" s="15"/>
+      <c r="BI56" s="15"/>
+      <c r="BJ56" s="15"/>
+      <c r="BK56" s="15"/>
+      <c r="BL56" s="15"/>
+      <c r="BM56" s="15"/>
+      <c r="BN56" s="15"/>
+      <c r="BO56" s="15"/>
+      <c r="BP56" s="15"/>
+      <c r="BQ56" s="15"/>
+      <c r="BR56" s="15"/>
+      <c r="BS56" s="15"/>
+      <c r="BT56" s="15"/>
+      <c r="BU56" s="15"/>
+      <c r="BV56" s="15"/>
+      <c r="BW56" s="15"/>
+      <c r="BX56" s="15"/>
+      <c r="BY56" s="15"/>
+    </row>
+    <row r="57" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="25"/>
+      <c r="B57" s="46" t="str">
         <f>IF(Control!$D$5=1,"Gross Price (R$/kg)","Preço Bruto (R$/kg)")</f>
         <v>Preço Bruto (R$/kg)</v>
       </c>
-      <c r="C56" s="47"/>
-[...72 lines deleted...]
-      <c r="BX56" s="47"/>
+      <c r="C57" s="47"/>
+      <c r="D57" s="47"/>
+      <c r="E57" s="47"/>
+      <c r="F57" s="47"/>
+      <c r="G57" s="47"/>
+      <c r="H57" s="47"/>
+      <c r="I57" s="47"/>
+      <c r="J57" s="47"/>
+      <c r="K57" s="47"/>
+      <c r="L57" s="47"/>
+      <c r="M57" s="47"/>
+      <c r="N57" s="47"/>
+      <c r="O57" s="47"/>
+      <c r="P57" s="47"/>
+      <c r="Q57" s="47"/>
+      <c r="R57" s="47"/>
+      <c r="S57" s="47"/>
+      <c r="T57" s="47"/>
+      <c r="U57" s="47"/>
+      <c r="V57" s="47"/>
+      <c r="W57" s="47"/>
+      <c r="X57" s="47"/>
+      <c r="Y57" s="47"/>
+      <c r="Z57" s="47"/>
+      <c r="AA57" s="47"/>
+      <c r="AB57" s="47"/>
+      <c r="AC57" s="47"/>
+      <c r="AD57" s="47"/>
+      <c r="AE57" s="47"/>
+      <c r="AF57" s="47"/>
+      <c r="AG57" s="47"/>
+      <c r="AH57" s="47"/>
+      <c r="AI57" s="47"/>
+      <c r="AJ57" s="47"/>
+      <c r="AK57" s="47"/>
+      <c r="AL57" s="47"/>
+      <c r="AM57" s="47"/>
+      <c r="AN57" s="47"/>
+      <c r="AO57" s="47"/>
+      <c r="AP57" s="47"/>
+      <c r="AQ57" s="47"/>
+      <c r="AR57" s="47"/>
+      <c r="AS57" s="47"/>
+      <c r="AT57" s="47"/>
+      <c r="AU57" s="47"/>
+      <c r="AV57" s="47"/>
+      <c r="AW57" s="47"/>
+      <c r="AX57" s="47"/>
+      <c r="AY57" s="47"/>
+      <c r="AZ57" s="47"/>
+      <c r="BA57" s="47"/>
+      <c r="BB57" s="47"/>
+      <c r="BC57" s="47"/>
+      <c r="BD57" s="47"/>
+      <c r="BE57" s="47"/>
+      <c r="BF57" s="47"/>
+      <c r="BG57" s="47"/>
+      <c r="BH57" s="47"/>
+      <c r="BI57" s="47"/>
+      <c r="BJ57" s="47"/>
+      <c r="BK57" s="47"/>
+      <c r="BL57" s="47"/>
+      <c r="BM57" s="47"/>
+      <c r="BN57" s="47"/>
+      <c r="BO57" s="47"/>
+      <c r="BP57" s="47"/>
+      <c r="BQ57" s="47"/>
+      <c r="BR57" s="47"/>
+      <c r="BS57" s="47"/>
+      <c r="BT57" s="47"/>
+      <c r="BU57" s="47"/>
+      <c r="BV57" s="47"/>
+      <c r="BW57" s="47"/>
+      <c r="BX57" s="47"/>
+      <c r="BY57" s="47"/>
     </row>
-    <row r="57" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B57" s="12" t="str">
+    <row r="58" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="11"/>
+      <c r="B58" s="12" t="str">
         <f>IF(Control!$D$5=1,"International","Internacional")</f>
         <v>Internacional</v>
       </c>
-      <c r="C57" s="15">
-[...83 lines deleted...]
-      <c r="AE57" s="26">
+      <c r="C58" s="15">
+        <v>0</v>
+      </c>
+      <c r="D58" s="15">
+        <v>0</v>
+      </c>
+      <c r="E58" s="15">
+        <v>0</v>
+      </c>
+      <c r="F58" s="15">
+        <v>0</v>
+      </c>
+      <c r="G58" s="15">
+        <v>0</v>
+      </c>
+      <c r="H58" s="15">
+        <v>0</v>
+      </c>
+      <c r="I58" s="15">
+        <v>0</v>
+      </c>
+      <c r="J58" s="15">
+        <v>0</v>
+      </c>
+      <c r="K58" s="15">
+        <v>0</v>
+      </c>
+      <c r="L58" s="15">
+        <v>0</v>
+      </c>
+      <c r="M58" s="15">
+        <v>0</v>
+      </c>
+      <c r="N58" s="15">
+        <v>0</v>
+      </c>
+      <c r="O58" s="15">
+        <v>0</v>
+      </c>
+      <c r="P58" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="15">
+        <v>0</v>
+      </c>
+      <c r="R58" s="15">
+        <v>0</v>
+      </c>
+      <c r="S58" s="15">
+        <v>0</v>
+      </c>
+      <c r="T58" s="15">
+        <v>0</v>
+      </c>
+      <c r="U58" s="15">
+        <v>0</v>
+      </c>
+      <c r="V58" s="15">
+        <v>0</v>
+      </c>
+      <c r="W58" s="15">
+        <v>0</v>
+      </c>
+      <c r="X58" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y58" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA58" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB58" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC58" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD58" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE58" s="26">
         <v>1.82</v>
       </c>
-      <c r="AF57" s="26">
+      <c r="AF58" s="26">
         <v>1.73</v>
       </c>
-      <c r="AG57" s="26">
+      <c r="AG58" s="26">
         <v>1.99</v>
       </c>
-      <c r="AH57" s="26">
+      <c r="AH58" s="26">
         <v>2.04</v>
       </c>
-      <c r="AI57" s="26">
+      <c r="AI58" s="26">
         <v>2.48</v>
       </c>
-      <c r="AJ57" s="26">
+      <c r="AJ58" s="26">
         <v>2.4300000000000002</v>
       </c>
-      <c r="AK57" s="26">
+      <c r="AK58" s="26">
         <v>2.92</v>
       </c>
-      <c r="AL57" s="26">
+      <c r="AL58" s="26">
         <v>3.18</v>
       </c>
-      <c r="AM57" s="26">
+      <c r="AM58" s="26">
         <v>2.46</v>
       </c>
-      <c r="AN57" s="26">
+      <c r="AN58" s="26">
         <v>2.2200000000000002</v>
       </c>
-      <c r="AO57" s="26">
+      <c r="AO58" s="26">
         <v>2.41</v>
       </c>
-      <c r="AP57" s="26">
+      <c r="AP58" s="26">
         <v>2.1</v>
       </c>
-      <c r="AQ57" s="26">
+      <c r="AQ58" s="26">
         <v>2.2400000000000002</v>
       </c>
-      <c r="AR57" s="26">
+      <c r="AR58" s="26">
         <v>2.15</v>
       </c>
-      <c r="AS57" s="26">
+      <c r="AS58" s="26">
         <v>2.4</v>
       </c>
-      <c r="AT57" s="26">
+      <c r="AT58" s="26">
         <v>2.3199999999999998</v>
       </c>
-      <c r="AU57" s="26">
+      <c r="AU58" s="26">
         <v>2.85</v>
       </c>
-      <c r="AV57" s="26">
+      <c r="AV58" s="26">
         <v>2.9</v>
       </c>
-      <c r="AW57" s="26">
+      <c r="AW58" s="26">
         <v>2.85</v>
       </c>
-      <c r="AX57" s="26">
+      <c r="AX58" s="26">
         <v>2.5499999999999998</v>
       </c>
-      <c r="AY57" s="26">
+      <c r="AY58" s="26">
         <v>3.21</v>
       </c>
-      <c r="AZ57" s="26">
+      <c r="AZ58" s="26">
         <v>2.88</v>
       </c>
-      <c r="BA57" s="26">
+      <c r="BA58" s="26">
         <v>2.97</v>
       </c>
-      <c r="BB57" s="26">
+      <c r="BB58" s="26">
         <v>2.5499999999999998</v>
       </c>
-      <c r="BC57" s="26">
+      <c r="BC58" s="26">
         <v>3.61</v>
       </c>
-      <c r="BD57" s="26">
+      <c r="BD58" s="26">
         <v>3.77</v>
       </c>
-      <c r="BE57" s="26">
+      <c r="BE58" s="26">
         <v>4.0999999999999996</v>
       </c>
-      <c r="BF57" s="26">
+      <c r="BF58" s="26">
         <v>4.26</v>
       </c>
-      <c r="BG57" s="26">
+      <c r="BG58" s="26">
         <v>4.84</v>
       </c>
-      <c r="BH57" s="26">
+      <c r="BH58" s="26">
         <v>4.08</v>
       </c>
-      <c r="BI57" s="26">
+      <c r="BI58" s="26">
         <v>4.71</v>
       </c>
-      <c r="BJ57" s="26">
+      <c r="BJ58" s="26">
         <v>3.94</v>
       </c>
-      <c r="BK57" s="26">
+      <c r="BK58" s="26">
         <v>3.64</v>
       </c>
-      <c r="BL57" s="26">
+      <c r="BL58" s="26">
         <v>3.87</v>
       </c>
-      <c r="BM57" s="26">
+      <c r="BM58" s="26">
         <v>5.74</v>
       </c>
-      <c r="BN57" s="26">
+      <c r="BN58" s="26">
         <v>4.79</v>
       </c>
-      <c r="BO57" s="26">
+      <c r="BO58" s="26">
         <v>4.63</v>
       </c>
-      <c r="BP57" s="26">
+      <c r="BP58" s="26">
         <v>4.2249999999999996</v>
       </c>
-      <c r="BQ57" s="26">
+      <c r="BQ58" s="26">
         <v>5.7</v>
       </c>
-      <c r="BR57" s="26">
+      <c r="BR58" s="26">
         <v>5.96</v>
       </c>
-      <c r="BS57" s="26">
+      <c r="BS58" s="26">
         <v>5.95</v>
       </c>
-      <c r="BT57" s="26">
+      <c r="BT58" s="26">
         <v>5.23</v>
       </c>
-      <c r="BU57" s="26">
+      <c r="BU58" s="26">
         <v>6.24</v>
       </c>
-      <c r="BV57" s="26">
+      <c r="BV58" s="26">
         <v>6.9</v>
       </c>
-      <c r="BW57" s="26">
+      <c r="BW58" s="26">
         <v>5.09</v>
       </c>
-      <c r="BX57" s="26">
+      <c r="BX58" s="26">
         <v>4.33</v>
       </c>
+      <c r="BY58" s="26">
+        <v>4.0679978023828909</v>
+      </c>
     </row>
-    <row r="58" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B58" s="14" t="str">
+    <row r="59" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="11"/>
+      <c r="B59" s="14" t="str">
         <f>IF(Control!$D$5=1,"Uruguay","Uruguai")</f>
         <v>Uruguai</v>
       </c>
-      <c r="C58" s="15">
-[...83 lines deleted...]
-      <c r="AE58" s="26">
+      <c r="C59" s="15">
+        <v>0</v>
+      </c>
+      <c r="D59" s="15">
+        <v>0</v>
+      </c>
+      <c r="E59" s="15">
+        <v>0</v>
+      </c>
+      <c r="F59" s="15">
+        <v>0</v>
+      </c>
+      <c r="G59" s="15">
+        <v>0</v>
+      </c>
+      <c r="H59" s="15">
+        <v>0</v>
+      </c>
+      <c r="I59" s="15">
+        <v>0</v>
+      </c>
+      <c r="J59" s="15">
+        <v>0</v>
+      </c>
+      <c r="K59" s="15">
+        <v>0</v>
+      </c>
+      <c r="L59" s="15">
+        <v>0</v>
+      </c>
+      <c r="M59" s="15">
+        <v>0</v>
+      </c>
+      <c r="N59" s="15">
+        <v>0</v>
+      </c>
+      <c r="O59" s="15">
+        <v>0</v>
+      </c>
+      <c r="P59" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="15">
+        <v>0</v>
+      </c>
+      <c r="R59" s="15">
+        <v>0</v>
+      </c>
+      <c r="S59" s="15">
+        <v>0</v>
+      </c>
+      <c r="T59" s="15">
+        <v>0</v>
+      </c>
+      <c r="U59" s="15">
+        <v>0</v>
+      </c>
+      <c r="V59" s="15">
+        <v>0</v>
+      </c>
+      <c r="W59" s="15">
+        <v>0</v>
+      </c>
+      <c r="X59" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y59" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB59" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC59" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD59" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE59" s="26">
         <v>1.32</v>
       </c>
-      <c r="AF58" s="26">
+      <c r="AF59" s="26">
         <v>1.32</v>
       </c>
-      <c r="AG58" s="26">
+      <c r="AG59" s="26">
         <v>1.51</v>
       </c>
-      <c r="AH58" s="26">
+      <c r="AH59" s="26">
         <v>1.54</v>
       </c>
-      <c r="AI58" s="26">
+      <c r="AI59" s="26">
         <v>1.71</v>
       </c>
-      <c r="AJ58" s="26">
+      <c r="AJ59" s="26">
         <v>1.77</v>
       </c>
-      <c r="AK58" s="26">
+      <c r="AK59" s="26">
         <v>2.16</v>
       </c>
-      <c r="AL58" s="26">
+      <c r="AL59" s="26">
         <v>2.0499999999999998</v>
       </c>
-      <c r="AM58" s="26">
+      <c r="AM59" s="26">
         <v>1.6</v>
       </c>
-      <c r="AN58" s="26">
+      <c r="AN59" s="26">
         <v>1.58</v>
       </c>
-      <c r="AO58" s="26">
+      <c r="AO59" s="26">
         <v>1.77</v>
       </c>
-      <c r="AP58" s="26">
+      <c r="AP59" s="26">
         <v>1.56</v>
       </c>
-      <c r="AQ58" s="26">
+      <c r="AQ59" s="26">
         <v>1.45</v>
       </c>
-      <c r="AR58" s="26">
+      <c r="AR59" s="26">
         <v>1.57</v>
       </c>
-      <c r="AS58" s="26">
+      <c r="AS59" s="26">
         <v>1.71</v>
       </c>
-      <c r="AT58" s="26">
+      <c r="AT59" s="26">
         <v>1.68</v>
       </c>
-      <c r="AU58" s="26">
+      <c r="AU59" s="26">
         <v>1.83</v>
       </c>
-      <c r="AV58" s="26">
+      <c r="AV59" s="26">
         <v>2.0099999999999998</v>
       </c>
-      <c r="AW58" s="26">
+      <c r="AW59" s="26">
         <v>2.12</v>
       </c>
-      <c r="AX58" s="26">
+      <c r="AX59" s="26">
         <v>1.81</v>
       </c>
-      <c r="AY58" s="26">
+      <c r="AY59" s="26">
         <v>1.95</v>
       </c>
-      <c r="AZ58" s="26">
+      <c r="AZ59" s="26">
         <v>1.89</v>
       </c>
-      <c r="BA58" s="26">
+      <c r="BA59" s="26">
         <v>2.12</v>
       </c>
-      <c r="BB58" s="26">
+      <c r="BB59" s="26">
         <v>1.85</v>
       </c>
-      <c r="BC58" s="26">
+      <c r="BC59" s="26">
         <v>2.36</v>
       </c>
-      <c r="BD58" s="26">
+      <c r="BD59" s="26">
         <v>2.58</v>
       </c>
-      <c r="BE58" s="26">
+      <c r="BE59" s="26">
         <v>3.05</v>
       </c>
-      <c r="BF58" s="26">
+      <c r="BF59" s="26">
         <v>2.99</v>
       </c>
-      <c r="BG58" s="26">
+      <c r="BG59" s="26">
         <v>3.24</v>
       </c>
-      <c r="BH58" s="26">
+      <c r="BH59" s="26">
         <v>3</v>
       </c>
-      <c r="BI58" s="26">
+      <c r="BI59" s="26">
         <v>3.71</v>
       </c>
-      <c r="BJ58" s="26">
+      <c r="BJ59" s="26">
         <v>3.01</v>
       </c>
-      <c r="BK58" s="26">
+      <c r="BK59" s="26">
         <v>2.4700000000000002</v>
       </c>
-      <c r="BL58" s="26">
+      <c r="BL59" s="26">
         <v>3.21</v>
       </c>
-      <c r="BM58" s="26">
+      <c r="BM59" s="26">
         <v>5.22</v>
       </c>
-      <c r="BN58" s="26">
+      <c r="BN59" s="26">
         <v>3.77</v>
       </c>
-      <c r="BO58" s="15">
-[...26 lines deleted...]
-      <c r="BX58" s="15">
+      <c r="BO59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX59" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY59" s="15">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
-[...227 lines deleted...]
-    <row r="60" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A60" s="11"/>
       <c r="B60" s="14" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C60" s="15">
         <v>0</v>
       </c>
       <c r="D60" s="15">
         <v>0</v>
       </c>
       <c r="E60" s="15">
         <v>0</v>
       </c>
       <c r="F60" s="15">
         <v>0</v>
       </c>
       <c r="G60" s="15">
         <v>0</v>
       </c>
       <c r="H60" s="15">
         <v>0</v>
       </c>
       <c r="I60" s="15">
         <v>0</v>
       </c>
       <c r="J60" s="15">
         <v>0</v>
       </c>
@@ -12527,3057 +12671,3747 @@
       <c r="W60" s="15">
         <v>0</v>
       </c>
       <c r="X60" s="15">
         <v>0</v>
       </c>
       <c r="Y60" s="15">
         <v>0</v>
       </c>
       <c r="Z60" s="15">
         <v>0</v>
       </c>
       <c r="AA60" s="15">
         <v>0</v>
       </c>
       <c r="AB60" s="15">
         <v>0</v>
       </c>
       <c r="AC60" s="15">
         <v>0</v>
       </c>
       <c r="AD60" s="15">
         <v>0</v>
       </c>
       <c r="AE60" s="26">
-        <v>2.92</v>
+        <v>3.85</v>
       </c>
       <c r="AF60" s="26">
-        <v>2.86</v>
+        <v>3.79</v>
       </c>
       <c r="AG60" s="26">
-        <v>3.08</v>
+        <v>3.95</v>
       </c>
       <c r="AH60" s="26">
-        <v>3.03</v>
+        <v>4.03</v>
       </c>
       <c r="AI60" s="26">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="AJ60" s="26">
-        <v>3.91</v>
+        <v>4.41</v>
       </c>
       <c r="AK60" s="26">
-        <v>4.72</v>
+        <v>5.07</v>
       </c>
       <c r="AL60" s="26">
-        <v>6.17</v>
+        <v>4.97</v>
       </c>
       <c r="AM60" s="26">
-        <v>4.58</v>
+        <v>5.12</v>
       </c>
       <c r="AN60" s="26">
-        <v>4.04</v>
+        <v>4.92</v>
       </c>
       <c r="AO60" s="26">
-        <v>4.08</v>
+        <v>4.82</v>
       </c>
       <c r="AP60" s="26">
-        <v>4.1900000000000004</v>
+        <v>4.59</v>
       </c>
       <c r="AQ60" s="26">
-        <v>4.03</v>
+        <v>4.87</v>
       </c>
       <c r="AR60" s="26">
-        <v>3.89</v>
+        <v>4.84</v>
       </c>
       <c r="AS60" s="26">
-        <v>3.93</v>
+        <v>5.07</v>
       </c>
       <c r="AT60" s="26">
-        <v>4.03</v>
+        <v>5.21</v>
       </c>
       <c r="AU60" s="26">
-        <v>4.3099999999999996</v>
+        <v>5.8</v>
       </c>
       <c r="AV60" s="26">
-        <v>4.67</v>
+        <v>5.92</v>
       </c>
       <c r="AW60" s="26">
-        <v>4.8099999999999996</v>
+        <v>5.62</v>
       </c>
       <c r="AX60" s="26">
-        <v>4.7</v>
+        <v>5.32</v>
       </c>
       <c r="AY60" s="26">
-        <v>4.9000000000000004</v>
+        <v>5.76</v>
       </c>
       <c r="AZ60" s="26">
-        <v>4.9000000000000004</v>
+        <v>5.46</v>
       </c>
       <c r="BA60" s="26">
-        <v>4.99</v>
+        <v>5.64</v>
       </c>
       <c r="BB60" s="26">
-        <v>5.21</v>
+        <v>5.33</v>
       </c>
       <c r="BC60" s="26">
-        <v>6.54</v>
+        <v>6.98</v>
       </c>
       <c r="BD60" s="26">
-        <v>6.6</v>
+        <v>7.78</v>
       </c>
       <c r="BE60" s="26">
-        <v>7.21</v>
+        <v>8.75</v>
       </c>
       <c r="BF60" s="26">
-        <v>6.88</v>
+        <v>8.7200000000000006</v>
       </c>
       <c r="BG60" s="26">
-        <v>7.13</v>
+        <v>8.85</v>
       </c>
       <c r="BH60" s="26">
-        <v>6.73</v>
+        <v>7.77</v>
       </c>
       <c r="BI60" s="26">
-        <v>7.44</v>
+        <v>8.14</v>
       </c>
       <c r="BJ60" s="26">
-        <v>7.43</v>
+        <v>7.57</v>
       </c>
       <c r="BK60" s="26">
-        <v>6.97</v>
+        <v>7.63</v>
       </c>
       <c r="BL60" s="26">
-        <v>7.04</v>
+        <v>7.05</v>
       </c>
       <c r="BM60" s="26">
-        <v>7.4</v>
+        <v>7.49</v>
       </c>
       <c r="BN60" s="26">
-        <v>7.67</v>
+        <v>8.43</v>
       </c>
       <c r="BO60" s="15">
         <v>0</v>
       </c>
       <c r="BP60" s="15">
         <v>0</v>
       </c>
       <c r="BQ60" s="15">
         <v>0</v>
       </c>
       <c r="BR60" s="15">
         <v>0</v>
       </c>
       <c r="BS60" s="15">
         <v>0</v>
       </c>
       <c r="BT60" s="15">
         <v>0</v>
       </c>
       <c r="BU60" s="15">
         <v>0</v>
       </c>
       <c r="BV60" s="15">
         <v>0</v>
       </c>
       <c r="BW60" s="15">
         <v>0</v>
       </c>
       <c r="BX60" s="15">
         <v>0</v>
       </c>
+      <c r="BY60" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="61" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A61" s="11"/>
       <c r="B61" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C61" s="15">
+        <v>0</v>
+      </c>
+      <c r="D61" s="15">
+        <v>0</v>
+      </c>
+      <c r="E61" s="15">
+        <v>0</v>
+      </c>
+      <c r="F61" s="15">
+        <v>0</v>
+      </c>
+      <c r="G61" s="15">
+        <v>0</v>
+      </c>
+      <c r="H61" s="15">
+        <v>0</v>
+      </c>
+      <c r="I61" s="15">
+        <v>0</v>
+      </c>
+      <c r="J61" s="15">
+        <v>0</v>
+      </c>
+      <c r="K61" s="15">
+        <v>0</v>
+      </c>
+      <c r="L61" s="15">
+        <v>0</v>
+      </c>
+      <c r="M61" s="15">
+        <v>0</v>
+      </c>
+      <c r="N61" s="15">
+        <v>0</v>
+      </c>
+      <c r="O61" s="15">
+        <v>0</v>
+      </c>
+      <c r="P61" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="15">
+        <v>0</v>
+      </c>
+      <c r="R61" s="15">
+        <v>0</v>
+      </c>
+      <c r="S61" s="15">
+        <v>0</v>
+      </c>
+      <c r="T61" s="15">
+        <v>0</v>
+      </c>
+      <c r="U61" s="15">
+        <v>0</v>
+      </c>
+      <c r="V61" s="15">
+        <v>0</v>
+      </c>
+      <c r="W61" s="15">
+        <v>0</v>
+      </c>
+      <c r="X61" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y61" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z61" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA61" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB61" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC61" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD61" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE61" s="26">
+        <v>2.92</v>
+      </c>
+      <c r="AF61" s="26">
+        <v>2.86</v>
+      </c>
+      <c r="AG61" s="26">
+        <v>3.08</v>
+      </c>
+      <c r="AH61" s="26">
+        <v>3.03</v>
+      </c>
+      <c r="AI61" s="26">
+        <v>3.75</v>
+      </c>
+      <c r="AJ61" s="26">
+        <v>3.91</v>
+      </c>
+      <c r="AK61" s="26">
+        <v>4.72</v>
+      </c>
+      <c r="AL61" s="26">
+        <v>6.17</v>
+      </c>
+      <c r="AM61" s="26">
+        <v>4.58</v>
+      </c>
+      <c r="AN61" s="26">
+        <v>4.04</v>
+      </c>
+      <c r="AO61" s="26">
+        <v>4.08</v>
+      </c>
+      <c r="AP61" s="26">
+        <v>4.1900000000000004</v>
+      </c>
+      <c r="AQ61" s="26">
+        <v>4.03</v>
+      </c>
+      <c r="AR61" s="26">
+        <v>3.89</v>
+      </c>
+      <c r="AS61" s="26">
+        <v>3.93</v>
+      </c>
+      <c r="AT61" s="26">
+        <v>4.03</v>
+      </c>
+      <c r="AU61" s="26">
+        <v>4.3099999999999996</v>
+      </c>
+      <c r="AV61" s="26">
+        <v>4.67</v>
+      </c>
+      <c r="AW61" s="26">
+        <v>4.8099999999999996</v>
+      </c>
+      <c r="AX61" s="26">
+        <v>4.7</v>
+      </c>
+      <c r="AY61" s="26">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="AZ61" s="26">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="BA61" s="26">
+        <v>4.99</v>
+      </c>
+      <c r="BB61" s="26">
+        <v>5.21</v>
+      </c>
+      <c r="BC61" s="26">
+        <v>6.54</v>
+      </c>
+      <c r="BD61" s="26">
+        <v>6.6</v>
+      </c>
+      <c r="BE61" s="26">
+        <v>7.21</v>
+      </c>
+      <c r="BF61" s="26">
+        <v>6.88</v>
+      </c>
+      <c r="BG61" s="26">
+        <v>7.13</v>
+      </c>
+      <c r="BH61" s="26">
+        <v>6.73</v>
+      </c>
+      <c r="BI61" s="26">
+        <v>7.44</v>
+      </c>
+      <c r="BJ61" s="26">
+        <v>7.43</v>
+      </c>
+      <c r="BK61" s="26">
+        <v>6.97</v>
+      </c>
+      <c r="BL61" s="26">
+        <v>7.04</v>
+      </c>
+      <c r="BM61" s="26">
+        <v>7.4</v>
+      </c>
+      <c r="BN61" s="26">
+        <v>7.67</v>
+      </c>
+      <c r="BO61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX61" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY61" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="11"/>
+      <c r="B62" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="C61" s="15">
-[...95 lines deleted...]
-      <c r="AI61" s="26">
+      <c r="C62" s="15">
+        <v>0</v>
+      </c>
+      <c r="D62" s="15">
+        <v>0</v>
+      </c>
+      <c r="E62" s="15">
+        <v>0</v>
+      </c>
+      <c r="F62" s="15">
+        <v>0</v>
+      </c>
+      <c r="G62" s="15">
+        <v>0</v>
+      </c>
+      <c r="H62" s="15">
+        <v>0</v>
+      </c>
+      <c r="I62" s="15">
+        <v>0</v>
+      </c>
+      <c r="J62" s="15">
+        <v>0</v>
+      </c>
+      <c r="K62" s="15">
+        <v>0</v>
+      </c>
+      <c r="L62" s="15">
+        <v>0</v>
+      </c>
+      <c r="M62" s="15">
+        <v>0</v>
+      </c>
+      <c r="N62" s="15">
+        <v>0</v>
+      </c>
+      <c r="O62" s="15">
+        <v>0</v>
+      </c>
+      <c r="P62" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="15">
+        <v>0</v>
+      </c>
+      <c r="R62" s="15">
+        <v>0</v>
+      </c>
+      <c r="S62" s="15">
+        <v>0</v>
+      </c>
+      <c r="T62" s="15">
+        <v>0</v>
+      </c>
+      <c r="U62" s="15">
+        <v>0</v>
+      </c>
+      <c r="V62" s="15">
+        <v>0</v>
+      </c>
+      <c r="W62" s="15">
+        <v>0</v>
+      </c>
+      <c r="X62" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y62" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA62" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB62" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC62" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD62" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE62" s="26">
+        <v>0</v>
+      </c>
+      <c r="AF62" s="26">
+        <v>0</v>
+      </c>
+      <c r="AG62" s="26">
+        <v>0</v>
+      </c>
+      <c r="AH62" s="26">
+        <v>0</v>
+      </c>
+      <c r="AI62" s="26">
         <v>2.42</v>
       </c>
-      <c r="AJ61" s="26">
+      <c r="AJ62" s="26">
         <v>2.15</v>
       </c>
-      <c r="AK61" s="26">
+      <c r="AK62" s="26">
         <v>3.18</v>
       </c>
-      <c r="AL61" s="26">
+      <c r="AL62" s="26">
         <v>2.25</v>
       </c>
-      <c r="AM61" s="26">
+      <c r="AM62" s="26">
         <v>2.2799999999999998</v>
       </c>
-      <c r="AN61" s="26">
+      <c r="AN62" s="26">
         <v>2.12</v>
       </c>
-      <c r="AO61" s="26">
+      <c r="AO62" s="26">
         <v>2.34</v>
       </c>
-      <c r="AP61" s="26">
+      <c r="AP62" s="26">
         <v>2.1800000000000002</v>
       </c>
-      <c r="AQ61" s="26">
+      <c r="AQ62" s="26">
         <v>2.23</v>
       </c>
-      <c r="AR61" s="26">
+      <c r="AR62" s="26">
         <v>2.06</v>
       </c>
-      <c r="AS61" s="26">
+      <c r="AS62" s="26">
         <v>2.25</v>
       </c>
-      <c r="AT61" s="26">
+      <c r="AT62" s="26">
         <v>2.1800000000000002</v>
       </c>
-      <c r="AU61" s="26">
+      <c r="AU62" s="26">
         <v>2.44</v>
       </c>
-      <c r="AV61" s="26">
+      <c r="AV62" s="26">
         <v>2.21</v>
       </c>
-      <c r="AW61" s="26">
-[...80 lines deleted...]
-      <c r="BX61" s="15">
+      <c r="AW62" s="26">
+        <v>0</v>
+      </c>
+      <c r="AX62" s="26">
+        <v>0</v>
+      </c>
+      <c r="AY62" s="26">
+        <v>0</v>
+      </c>
+      <c r="AZ62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BA62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BB62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BC62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BD62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BE62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BF62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BG62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BH62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BI62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BJ62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BK62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BL62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BM62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BN62" s="26">
+        <v>0</v>
+      </c>
+      <c r="BO62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX62" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY62" s="15">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B62" s="14" t="str">
+    <row r="63" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="11"/>
+      <c r="B63" s="14" t="str">
         <f>IF(Control!$D$5=1,"Ecuador","Equador")</f>
         <v>Equador</v>
       </c>
-      <c r="C62" s="26">
-[...173 lines deleted...]
-      <c r="BI62" s="26">
+      <c r="C63" s="26">
+        <v>0</v>
+      </c>
+      <c r="D63" s="26">
+        <v>0</v>
+      </c>
+      <c r="E63" s="26">
+        <v>0</v>
+      </c>
+      <c r="F63" s="26">
+        <v>0</v>
+      </c>
+      <c r="G63" s="26">
+        <v>0</v>
+      </c>
+      <c r="H63" s="26">
+        <v>0</v>
+      </c>
+      <c r="I63" s="26">
+        <v>0</v>
+      </c>
+      <c r="J63" s="26">
+        <v>0</v>
+      </c>
+      <c r="K63" s="26">
+        <v>0</v>
+      </c>
+      <c r="L63" s="26">
+        <v>0</v>
+      </c>
+      <c r="M63" s="26">
+        <v>0</v>
+      </c>
+      <c r="N63" s="26">
+        <v>0</v>
+      </c>
+      <c r="O63" s="26">
+        <v>0</v>
+      </c>
+      <c r="P63" s="26">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="26">
+        <v>0</v>
+      </c>
+      <c r="R63" s="26">
+        <v>0</v>
+      </c>
+      <c r="S63" s="26">
+        <v>0</v>
+      </c>
+      <c r="T63" s="26">
+        <v>0</v>
+      </c>
+      <c r="U63" s="26">
+        <v>0</v>
+      </c>
+      <c r="V63" s="26">
+        <v>0</v>
+      </c>
+      <c r="W63" s="26">
+        <v>0</v>
+      </c>
+      <c r="X63" s="26">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="26">
+        <v>0</v>
+      </c>
+      <c r="Z63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AA63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AB63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AC63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AD63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AE63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AF63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AG63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AH63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AI63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AJ63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AK63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AL63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AM63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AN63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AO63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AP63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AQ63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AR63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AS63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AT63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AU63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AV63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AW63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AX63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AY63" s="26">
+        <v>0</v>
+      </c>
+      <c r="AZ63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BA63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BB63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BC63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BD63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BE63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BF63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BG63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BH63" s="26">
+        <v>0</v>
+      </c>
+      <c r="BI63" s="26">
         <v>3.46</v>
       </c>
-      <c r="BJ62" s="26">
+      <c r="BJ63" s="26">
         <v>3.96</v>
       </c>
-      <c r="BK62" s="26">
+      <c r="BK63" s="26">
         <v>3.83</v>
       </c>
-      <c r="BL62" s="26">
+      <c r="BL63" s="26">
         <v>3.87</v>
       </c>
-      <c r="BM62" s="26">
+      <c r="BM63" s="26">
         <v>4.2699999999999996</v>
       </c>
-      <c r="BN62" s="26">
+      <c r="BN63" s="26">
         <v>4.26</v>
       </c>
-      <c r="BO62" s="15">
-[...26 lines deleted...]
-      <c r="BX62" s="15">
+      <c r="BO63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX63" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY63" s="15">
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:76" s="20" customFormat="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B64" s="46" t="str">
+    <row r="64" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="11"/>
+      <c r="B64" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="26">
+        <v>0</v>
+      </c>
+      <c r="D64" s="26">
+        <v>0</v>
+      </c>
+      <c r="E64" s="26">
+        <v>0</v>
+      </c>
+      <c r="F64" s="26">
+        <v>0</v>
+      </c>
+      <c r="G64" s="26">
+        <v>0</v>
+      </c>
+      <c r="H64" s="26">
+        <v>0</v>
+      </c>
+      <c r="I64" s="26">
+        <v>0</v>
+      </c>
+      <c r="J64" s="26">
+        <v>0</v>
+      </c>
+      <c r="K64" s="26">
+        <v>0</v>
+      </c>
+      <c r="L64" s="26">
+        <v>0</v>
+      </c>
+      <c r="M64" s="26">
+        <v>0</v>
+      </c>
+      <c r="N64" s="26">
+        <v>0</v>
+      </c>
+      <c r="O64" s="26">
+        <v>0</v>
+      </c>
+      <c r="P64" s="26">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="26">
+        <v>0</v>
+      </c>
+      <c r="R64" s="26">
+        <v>0</v>
+      </c>
+      <c r="S64" s="26">
+        <v>0</v>
+      </c>
+      <c r="T64" s="26">
+        <v>0</v>
+      </c>
+      <c r="U64" s="26">
+        <v>0</v>
+      </c>
+      <c r="V64" s="26">
+        <v>0</v>
+      </c>
+      <c r="W64" s="26">
+        <v>0</v>
+      </c>
+      <c r="X64" s="26">
+        <v>0</v>
+      </c>
+      <c r="Y64" s="26">
+        <v>0</v>
+      </c>
+      <c r="Z64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AA64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AB64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AC64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AD64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AE64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AF64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AG64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AH64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AI64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AJ64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AK64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AL64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AM64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AN64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AO64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AP64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AQ64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AR64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AS64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AT64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AU64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AV64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AW64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AX64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AY64" s="26">
+        <v>0</v>
+      </c>
+      <c r="AZ64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BA64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BB64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BC64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BD64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BE64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BF64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BG64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BH64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BI64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BJ64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BK64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BL64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BM64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BN64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BO64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BP64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BQ64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BR64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BS64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BT64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BU64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BV64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BW64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BX64" s="26">
+        <v>0</v>
+      </c>
+      <c r="BY64" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:77" s="20" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="25"/>
+      <c r="B66" s="46" t="str">
         <f>IF(Control!$D$5=1,"Net Price (R$/kg)","Preço Líquido (R$/kg)")</f>
         <v>Preço Líquido (R$/kg)</v>
       </c>
-      <c r="C64" s="47"/>
-[...72 lines deleted...]
-      <c r="BX64" s="47"/>
+      <c r="C66" s="47"/>
+      <c r="D66" s="47"/>
+      <c r="E66" s="47"/>
+      <c r="F66" s="47"/>
+      <c r="G66" s="47"/>
+      <c r="H66" s="47"/>
+      <c r="I66" s="47"/>
+      <c r="J66" s="47"/>
+      <c r="K66" s="47"/>
+      <c r="L66" s="47"/>
+      <c r="M66" s="47"/>
+      <c r="N66" s="47"/>
+      <c r="O66" s="47"/>
+      <c r="P66" s="47"/>
+      <c r="Q66" s="47"/>
+      <c r="R66" s="47"/>
+      <c r="S66" s="47"/>
+      <c r="T66" s="47"/>
+      <c r="U66" s="47"/>
+      <c r="V66" s="47"/>
+      <c r="W66" s="47"/>
+      <c r="X66" s="47"/>
+      <c r="Y66" s="47"/>
+      <c r="Z66" s="47"/>
+      <c r="AA66" s="47"/>
+      <c r="AB66" s="47"/>
+      <c r="AC66" s="47"/>
+      <c r="AD66" s="47"/>
+      <c r="AE66" s="47"/>
+      <c r="AF66" s="47"/>
+      <c r="AG66" s="47"/>
+      <c r="AH66" s="47"/>
+      <c r="AI66" s="47"/>
+      <c r="AJ66" s="47"/>
+      <c r="AK66" s="47"/>
+      <c r="AL66" s="47"/>
+      <c r="AM66" s="47"/>
+      <c r="AN66" s="47"/>
+      <c r="AO66" s="47"/>
+      <c r="AP66" s="47"/>
+      <c r="AQ66" s="47"/>
+      <c r="AR66" s="47"/>
+      <c r="AS66" s="47"/>
+      <c r="AT66" s="47"/>
+      <c r="AU66" s="47"/>
+      <c r="AV66" s="47"/>
+      <c r="AW66" s="47"/>
+      <c r="AX66" s="47"/>
+      <c r="AY66" s="47"/>
+      <c r="AZ66" s="47"/>
+      <c r="BA66" s="47"/>
+      <c r="BB66" s="47"/>
+      <c r="BC66" s="47"/>
+      <c r="BD66" s="47"/>
+      <c r="BE66" s="47"/>
+      <c r="BF66" s="47"/>
+      <c r="BG66" s="47"/>
+      <c r="BH66" s="47"/>
+      <c r="BI66" s="47"/>
+      <c r="BJ66" s="47"/>
+      <c r="BK66" s="47"/>
+      <c r="BL66" s="47"/>
+      <c r="BM66" s="47"/>
+      <c r="BN66" s="47"/>
+      <c r="BO66" s="47"/>
+      <c r="BP66" s="47"/>
+      <c r="BQ66" s="47"/>
+      <c r="BR66" s="47"/>
+      <c r="BS66" s="47"/>
+      <c r="BT66" s="47"/>
+      <c r="BU66" s="47"/>
+      <c r="BV66" s="47"/>
+      <c r="BW66" s="47"/>
+      <c r="BX66" s="47"/>
+      <c r="BY66" s="47"/>
     </row>
-    <row r="65" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B65" s="12" t="str">
+    <row r="67" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="11"/>
+      <c r="B67" s="12" t="str">
         <f>IF(Control!$D$5=1,"International","Internacional")</f>
         <v>Internacional</v>
       </c>
-      <c r="C65" s="15">
-[...83 lines deleted...]
-      <c r="AE65" s="26">
+      <c r="C67" s="15">
+        <v>0</v>
+      </c>
+      <c r="D67" s="15">
+        <v>0</v>
+      </c>
+      <c r="E67" s="15">
+        <v>0</v>
+      </c>
+      <c r="F67" s="15">
+        <v>0</v>
+      </c>
+      <c r="G67" s="15">
+        <v>0</v>
+      </c>
+      <c r="H67" s="15">
+        <v>0</v>
+      </c>
+      <c r="I67" s="15">
+        <v>0</v>
+      </c>
+      <c r="J67" s="15">
+        <v>0</v>
+      </c>
+      <c r="K67" s="15">
+        <v>0</v>
+      </c>
+      <c r="L67" s="15">
+        <v>0</v>
+      </c>
+      <c r="M67" s="15">
+        <v>0</v>
+      </c>
+      <c r="N67" s="15">
+        <v>0</v>
+      </c>
+      <c r="O67" s="15">
+        <v>0</v>
+      </c>
+      <c r="P67" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q67" s="15">
+        <v>0</v>
+      </c>
+      <c r="R67" s="15">
+        <v>0</v>
+      </c>
+      <c r="S67" s="15">
+        <v>0</v>
+      </c>
+      <c r="T67" s="15">
+        <v>0</v>
+      </c>
+      <c r="U67" s="15">
+        <v>0</v>
+      </c>
+      <c r="V67" s="15">
+        <v>0</v>
+      </c>
+      <c r="W67" s="15">
+        <v>0</v>
+      </c>
+      <c r="X67" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y67" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z67" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA67" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB67" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC67" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD67" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE67" s="26">
         <v>1.72</v>
       </c>
-      <c r="AF65" s="26">
+      <c r="AF67" s="26">
         <v>1.63</v>
       </c>
-      <c r="AG65" s="26">
+      <c r="AG67" s="26">
         <v>1.87</v>
       </c>
-      <c r="AH65" s="26">
+      <c r="AH67" s="26">
         <v>1.92</v>
       </c>
-      <c r="AI65" s="26">
+      <c r="AI67" s="26">
         <v>2.3199999999999998</v>
       </c>
-      <c r="AJ65" s="26">
+      <c r="AJ67" s="26">
         <v>2.2799999999999998</v>
       </c>
-      <c r="AK65" s="26">
+      <c r="AK67" s="26">
         <v>2.75</v>
       </c>
-      <c r="AL65" s="26">
+      <c r="AL67" s="26">
         <v>2.74</v>
       </c>
-      <c r="AM65" s="26">
+      <c r="AM67" s="26">
         <v>2.25</v>
       </c>
-      <c r="AN65" s="26">
+      <c r="AN67" s="26">
         <v>2.06</v>
       </c>
-      <c r="AO65" s="26">
+      <c r="AO67" s="26">
         <v>2.2599999999999998</v>
       </c>
-      <c r="AP65" s="26">
+      <c r="AP67" s="26">
         <v>1.99</v>
       </c>
-      <c r="AQ65" s="26">
+      <c r="AQ67" s="26">
         <v>2.08</v>
       </c>
-      <c r="AR65" s="26">
+      <c r="AR67" s="26">
         <v>2</v>
       </c>
-      <c r="AS65" s="26">
+      <c r="AS67" s="26">
         <v>2.23</v>
       </c>
-      <c r="AT65" s="26">
+      <c r="AT67" s="26">
         <v>1.89</v>
       </c>
-      <c r="AU65" s="26">
+      <c r="AU67" s="26">
         <v>2.6</v>
       </c>
-      <c r="AV65" s="26">
+      <c r="AV67" s="26">
         <v>2.67</v>
       </c>
-      <c r="AW65" s="26">
+      <c r="AW67" s="26">
         <v>2.67</v>
       </c>
-      <c r="AX65" s="26">
+      <c r="AX67" s="26">
         <v>2.37</v>
       </c>
-      <c r="AY65" s="26">
+      <c r="AY67" s="26">
         <v>2.91</v>
       </c>
-      <c r="AZ65" s="26">
+      <c r="AZ67" s="26">
         <v>2.62</v>
       </c>
-      <c r="BA65" s="26">
+      <c r="BA67" s="26">
         <v>2.75</v>
       </c>
-      <c r="BB65" s="26">
+      <c r="BB67" s="26">
         <v>2.38</v>
       </c>
-      <c r="BC65" s="26">
+      <c r="BC67" s="26">
         <v>3.35</v>
       </c>
-      <c r="BD65" s="26">
+      <c r="BD67" s="26">
         <v>3.5</v>
       </c>
-      <c r="BE65" s="26">
+      <c r="BE67" s="26">
         <v>3.85</v>
       </c>
-      <c r="BF65" s="26">
+      <c r="BF67" s="26">
         <v>3.96</v>
       </c>
-      <c r="BG65" s="26">
+      <c r="BG67" s="26">
         <v>4.4400000000000004</v>
       </c>
-      <c r="BH65" s="26">
+      <c r="BH67" s="26">
         <v>3.78</v>
       </c>
-      <c r="BI65" s="26">
+      <c r="BI67" s="26">
         <v>4.41</v>
       </c>
-      <c r="BJ65" s="26">
+      <c r="BJ67" s="26">
         <v>3.7</v>
       </c>
-      <c r="BK65" s="26">
+      <c r="BK67" s="26">
         <v>3.36</v>
       </c>
-      <c r="BL65" s="26">
+      <c r="BL67" s="26">
         <v>3.67</v>
       </c>
-      <c r="BM65" s="26">
+      <c r="BM67" s="26">
         <v>5.42</v>
       </c>
-      <c r="BN65" s="26">
+      <c r="BN67" s="26">
         <v>4.47</v>
       </c>
-      <c r="BO65" s="26">
+      <c r="BO67" s="26">
         <v>4.24</v>
       </c>
-      <c r="BP65" s="26">
+      <c r="BP67" s="26">
         <v>3.95</v>
       </c>
-      <c r="BQ65" s="26">
+      <c r="BQ67" s="26">
         <v>5.4</v>
       </c>
-      <c r="BR65" s="26">
+      <c r="BR67" s="26">
         <v>5.56</v>
       </c>
-      <c r="BS65" s="26">
+      <c r="BS67" s="26">
         <v>5.54</v>
       </c>
-      <c r="BT65" s="26">
+      <c r="BT67" s="26">
         <v>4.8099999999999996</v>
       </c>
-      <c r="BU65" s="26">
+      <c r="BU67" s="26">
         <v>5.82</v>
       </c>
-      <c r="BV65" s="26">
+      <c r="BV67" s="26">
         <v>6.5</v>
       </c>
-      <c r="BW65" s="26">
+      <c r="BW67" s="26">
         <v>4.49</v>
       </c>
-      <c r="BX65" s="26">
+      <c r="BX67" s="26">
         <v>3.8598383432292502</v>
       </c>
+      <c r="BY67" s="26">
+        <v>3.5120407762240284</v>
+      </c>
     </row>
-    <row r="66" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B66" s="14" t="str">
+    <row r="68" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="11"/>
+      <c r="B68" s="14" t="str">
         <f>IF(Control!$D$5=1,"Uruguay","Uruguai")</f>
         <v>Uruguai</v>
       </c>
-      <c r="C66" s="15">
-[...83 lines deleted...]
-      <c r="AE66" s="26">
+      <c r="C68" s="15">
+        <v>0</v>
+      </c>
+      <c r="D68" s="15">
+        <v>0</v>
+      </c>
+      <c r="E68" s="15">
+        <v>0</v>
+      </c>
+      <c r="F68" s="15">
+        <v>0</v>
+      </c>
+      <c r="G68" s="15">
+        <v>0</v>
+      </c>
+      <c r="H68" s="15">
+        <v>0</v>
+      </c>
+      <c r="I68" s="15">
+        <v>0</v>
+      </c>
+      <c r="J68" s="15">
+        <v>0</v>
+      </c>
+      <c r="K68" s="15">
+        <v>0</v>
+      </c>
+      <c r="L68" s="15">
+        <v>0</v>
+      </c>
+      <c r="M68" s="15">
+        <v>0</v>
+      </c>
+      <c r="N68" s="15">
+        <v>0</v>
+      </c>
+      <c r="O68" s="15">
+        <v>0</v>
+      </c>
+      <c r="P68" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q68" s="15">
+        <v>0</v>
+      </c>
+      <c r="R68" s="15">
+        <v>0</v>
+      </c>
+      <c r="S68" s="15">
+        <v>0</v>
+      </c>
+      <c r="T68" s="15">
+        <v>0</v>
+      </c>
+      <c r="U68" s="15">
+        <v>0</v>
+      </c>
+      <c r="V68" s="15">
+        <v>0</v>
+      </c>
+      <c r="W68" s="15">
+        <v>0</v>
+      </c>
+      <c r="X68" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y68" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z68" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA68" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB68" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC68" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD68" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE68" s="26">
         <v>1.3</v>
       </c>
-      <c r="AF66" s="26">
+      <c r="AF68" s="26">
         <v>1.29</v>
       </c>
-      <c r="AG66" s="26">
+      <c r="AG68" s="26">
         <v>1.48</v>
       </c>
-      <c r="AH66" s="26">
+      <c r="AH68" s="26">
         <v>1.51</v>
       </c>
-      <c r="AI66" s="26">
+      <c r="AI68" s="26">
         <v>1.68</v>
       </c>
-      <c r="AJ66" s="26">
+      <c r="AJ68" s="26">
         <v>1.73</v>
       </c>
-      <c r="AK66" s="26">
+      <c r="AK68" s="26">
         <v>2.12</v>
       </c>
-      <c r="AL66" s="26">
+      <c r="AL68" s="26">
         <v>2</v>
       </c>
-      <c r="AM66" s="26">
+      <c r="AM68" s="26">
         <v>1.57</v>
       </c>
-      <c r="AN66" s="26">
+      <c r="AN68" s="26">
         <v>1.55</v>
       </c>
-      <c r="AO66" s="26">
+      <c r="AO68" s="26">
         <v>1.74</v>
       </c>
-      <c r="AP66" s="26">
+      <c r="AP68" s="26">
         <v>1.54</v>
       </c>
-      <c r="AQ66" s="26">
+      <c r="AQ68" s="26">
         <v>1.43</v>
       </c>
-      <c r="AR66" s="26">
+      <c r="AR68" s="26">
         <v>1.53</v>
       </c>
-      <c r="AS66" s="26">
+      <c r="AS68" s="26">
         <v>1.68</v>
       </c>
-      <c r="AT66" s="26">
+      <c r="AT68" s="26">
         <v>1.66</v>
       </c>
-      <c r="AU66" s="26">
+      <c r="AU68" s="26">
         <v>1.78</v>
       </c>
-      <c r="AV66" s="26">
+      <c r="AV68" s="26">
         <v>1.94</v>
       </c>
-      <c r="AW66" s="26">
+      <c r="AW68" s="26">
         <v>2.09</v>
       </c>
-      <c r="AX66" s="26">
+      <c r="AX68" s="26">
         <v>1.78</v>
       </c>
-      <c r="AY66" s="26">
+      <c r="AY68" s="26">
         <v>1.91</v>
       </c>
-      <c r="AZ66" s="26">
+      <c r="AZ68" s="26">
         <v>1.85</v>
       </c>
-      <c r="BA66" s="26">
+      <c r="BA68" s="26">
         <v>2.09</v>
       </c>
-      <c r="BB66" s="26">
+      <c r="BB68" s="26">
         <v>1.83</v>
       </c>
-      <c r="BC66" s="26">
+      <c r="BC68" s="26">
         <v>2.33</v>
       </c>
-      <c r="BD66" s="26">
+      <c r="BD68" s="26">
         <v>2.5299999999999998</v>
       </c>
-      <c r="BE66" s="26">
+      <c r="BE68" s="26">
         <v>3.01</v>
       </c>
-      <c r="BF66" s="26">
+      <c r="BF68" s="26">
         <v>2.95</v>
       </c>
-      <c r="BG66" s="26">
+      <c r="BG68" s="26">
         <v>3.17</v>
       </c>
-      <c r="BH66" s="26">
+      <c r="BH68" s="26">
         <v>2.93</v>
       </c>
-      <c r="BI66" s="26">
+      <c r="BI68" s="26">
         <v>3.64</v>
       </c>
-      <c r="BJ66" s="26">
+      <c r="BJ68" s="26">
         <v>2.97</v>
       </c>
-      <c r="BK66" s="26">
+      <c r="BK68" s="26">
         <v>2.44</v>
       </c>
-      <c r="BL66" s="26">
+      <c r="BL68" s="26">
         <v>3.16</v>
       </c>
-      <c r="BM66" s="26">
+      <c r="BM68" s="26">
         <v>5.17</v>
       </c>
-      <c r="BN66" s="26">
+      <c r="BN68" s="26">
         <v>3.72</v>
       </c>
-      <c r="BO66" s="15">
-[...26 lines deleted...]
-      <c r="BX66" s="15">
+      <c r="BO68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX68" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY68" s="15">
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
-[...455 lines deleted...]
-    <row r="69" spans="1:76" s="23" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A69" s="11"/>
       <c r="B69" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C69" s="15">
+        <v>0</v>
+      </c>
+      <c r="D69" s="15">
+        <v>0</v>
+      </c>
+      <c r="E69" s="15">
+        <v>0</v>
+      </c>
+      <c r="F69" s="15">
+        <v>0</v>
+      </c>
+      <c r="G69" s="15">
+        <v>0</v>
+      </c>
+      <c r="H69" s="15">
+        <v>0</v>
+      </c>
+      <c r="I69" s="15">
+        <v>0</v>
+      </c>
+      <c r="J69" s="15">
+        <v>0</v>
+      </c>
+      <c r="K69" s="15">
+        <v>0</v>
+      </c>
+      <c r="L69" s="15">
+        <v>0</v>
+      </c>
+      <c r="M69" s="15">
+        <v>0</v>
+      </c>
+      <c r="N69" s="15">
+        <v>0</v>
+      </c>
+      <c r="O69" s="15">
+        <v>0</v>
+      </c>
+      <c r="P69" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="15">
+        <v>0</v>
+      </c>
+      <c r="R69" s="15">
+        <v>0</v>
+      </c>
+      <c r="S69" s="15">
+        <v>0</v>
+      </c>
+      <c r="T69" s="15">
+        <v>0</v>
+      </c>
+      <c r="U69" s="15">
+        <v>0</v>
+      </c>
+      <c r="V69" s="15">
+        <v>0</v>
+      </c>
+      <c r="W69" s="15">
+        <v>0</v>
+      </c>
+      <c r="X69" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y69" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z69" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA69" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB69" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC69" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD69" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE69" s="26">
+        <v>3.36</v>
+      </c>
+      <c r="AF69" s="26">
+        <v>3.29</v>
+      </c>
+      <c r="AG69" s="26">
+        <v>3.51</v>
+      </c>
+      <c r="AH69" s="26">
+        <v>3.55</v>
+      </c>
+      <c r="AI69" s="26">
+        <v>3.94</v>
+      </c>
+      <c r="AJ69" s="26">
+        <v>3.85</v>
+      </c>
+      <c r="AK69" s="26">
+        <v>4.43</v>
+      </c>
+      <c r="AL69" s="26">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="AM69" s="26">
+        <v>4.45</v>
+      </c>
+      <c r="AN69" s="26">
+        <v>4.25</v>
+      </c>
+      <c r="AO69" s="26">
+        <v>4.1900000000000004</v>
+      </c>
+      <c r="AP69" s="26">
+        <v>4.03</v>
+      </c>
+      <c r="AQ69" s="26">
+        <v>4.1500000000000004</v>
+      </c>
+      <c r="AR69" s="26">
+        <v>4.16</v>
+      </c>
+      <c r="AS69" s="26">
+        <v>4.3499999999999996</v>
+      </c>
+      <c r="AT69" s="26">
+        <v>4.42</v>
+      </c>
+      <c r="AU69" s="26">
+        <v>4.93</v>
+      </c>
+      <c r="AV69" s="26">
+        <v>5.03</v>
+      </c>
+      <c r="AW69" s="26">
+        <v>4.8099999999999996</v>
+      </c>
+      <c r="AX69" s="26">
+        <v>4.53</v>
+      </c>
+      <c r="AY69" s="26">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="AZ69" s="26">
+        <v>4.66</v>
+      </c>
+      <c r="BA69" s="26">
+        <v>4.6900000000000004</v>
+      </c>
+      <c r="BB69" s="26">
+        <v>4.49</v>
+      </c>
+      <c r="BC69" s="26">
+        <v>6.02</v>
+      </c>
+      <c r="BD69" s="26">
+        <v>6.73</v>
+      </c>
+      <c r="BE69" s="26">
+        <v>7.68</v>
+      </c>
+      <c r="BF69" s="26">
+        <v>7.5</v>
+      </c>
+      <c r="BG69" s="26">
+        <v>7.61</v>
+      </c>
+      <c r="BH69" s="26">
+        <v>6.7</v>
+      </c>
+      <c r="BI69" s="26">
+        <v>7.2</v>
+      </c>
+      <c r="BJ69" s="26">
+        <v>6.51</v>
+      </c>
+      <c r="BK69" s="26">
+        <v>6.5</v>
+      </c>
+      <c r="BL69" s="26">
+        <v>6.06</v>
+      </c>
+      <c r="BM69" s="26">
+        <v>6.48</v>
+      </c>
+      <c r="BN69" s="26">
+        <v>7.26</v>
+      </c>
+      <c r="BO69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX69" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY69" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="11"/>
+      <c r="B70" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C70" s="15">
+        <v>0</v>
+      </c>
+      <c r="D70" s="15">
+        <v>0</v>
+      </c>
+      <c r="E70" s="15">
+        <v>0</v>
+      </c>
+      <c r="F70" s="15">
+        <v>0</v>
+      </c>
+      <c r="G70" s="15">
+        <v>0</v>
+      </c>
+      <c r="H70" s="15">
+        <v>0</v>
+      </c>
+      <c r="I70" s="15">
+        <v>0</v>
+      </c>
+      <c r="J70" s="15">
+        <v>0</v>
+      </c>
+      <c r="K70" s="15">
+        <v>0</v>
+      </c>
+      <c r="L70" s="15">
+        <v>0</v>
+      </c>
+      <c r="M70" s="15">
+        <v>0</v>
+      </c>
+      <c r="N70" s="15">
+        <v>0</v>
+      </c>
+      <c r="O70" s="15">
+        <v>0</v>
+      </c>
+      <c r="P70" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q70" s="15">
+        <v>0</v>
+      </c>
+      <c r="R70" s="15">
+        <v>0</v>
+      </c>
+      <c r="S70" s="15">
+        <v>0</v>
+      </c>
+      <c r="T70" s="15">
+        <v>0</v>
+      </c>
+      <c r="U70" s="15">
+        <v>0</v>
+      </c>
+      <c r="V70" s="15">
+        <v>0</v>
+      </c>
+      <c r="W70" s="15">
+        <v>0</v>
+      </c>
+      <c r="X70" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y70" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z70" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA70" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB70" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC70" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD70" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE70" s="26">
+        <v>2.67</v>
+      </c>
+      <c r="AF70" s="26">
+        <v>2.6</v>
+      </c>
+      <c r="AG70" s="26">
+        <v>2.75</v>
+      </c>
+      <c r="AH70" s="26">
+        <v>2.75</v>
+      </c>
+      <c r="AI70" s="26">
+        <v>3.38</v>
+      </c>
+      <c r="AJ70" s="26">
+        <v>3.57</v>
+      </c>
+      <c r="AK70" s="26">
+        <v>4.26</v>
+      </c>
+      <c r="AL70" s="26">
+        <v>4.25</v>
+      </c>
+      <c r="AM70" s="26">
+        <v>3.8</v>
+      </c>
+      <c r="AN70" s="26">
+        <v>3.46</v>
+      </c>
+      <c r="AO70" s="26">
+        <v>3.59</v>
+      </c>
+      <c r="AP70" s="26">
+        <v>3.75</v>
+      </c>
+      <c r="AQ70" s="26">
+        <v>3.61</v>
+      </c>
+      <c r="AR70" s="26">
+        <v>3.43</v>
+      </c>
+      <c r="AS70" s="26">
+        <v>3.48</v>
+      </c>
+      <c r="AT70" s="26">
+        <v>1.24</v>
+      </c>
+      <c r="AU70" s="26">
+        <v>3.81</v>
+      </c>
+      <c r="AV70" s="26">
+        <v>4.2</v>
+      </c>
+      <c r="AW70" s="26">
+        <v>4.29</v>
+      </c>
+      <c r="AX70" s="26">
+        <v>4.16</v>
+      </c>
+      <c r="AY70" s="26">
+        <v>4.29</v>
+      </c>
+      <c r="AZ70" s="26">
+        <v>4.2</v>
+      </c>
+      <c r="BA70" s="26">
+        <v>4.4400000000000004</v>
+      </c>
+      <c r="BB70" s="26">
+        <v>4.5599999999999996</v>
+      </c>
+      <c r="BC70" s="26">
+        <v>5.8</v>
+      </c>
+      <c r="BD70" s="26">
+        <v>5.83</v>
+      </c>
+      <c r="BE70" s="26">
+        <v>6.32</v>
+      </c>
+      <c r="BF70" s="26">
+        <v>6.08</v>
+      </c>
+      <c r="BG70" s="26">
+        <v>6.25</v>
+      </c>
+      <c r="BH70" s="26">
+        <v>5.84</v>
+      </c>
+      <c r="BI70" s="26">
+        <v>6.44</v>
+      </c>
+      <c r="BJ70" s="26">
+        <v>6.43</v>
+      </c>
+      <c r="BK70" s="26">
+        <v>5.94</v>
+      </c>
+      <c r="BL70" s="26">
+        <v>6.12</v>
+      </c>
+      <c r="BM70" s="26">
+        <v>6.36</v>
+      </c>
+      <c r="BN70" s="26">
+        <v>6.42</v>
+      </c>
+      <c r="BO70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX70" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY70" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:77" s="23" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="11"/>
+      <c r="B71" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="C69" s="15">
-[...95 lines deleted...]
-      <c r="AI69" s="26">
+      <c r="C71" s="15">
+        <v>0</v>
+      </c>
+      <c r="D71" s="15">
+        <v>0</v>
+      </c>
+      <c r="E71" s="15">
+        <v>0</v>
+      </c>
+      <c r="F71" s="15">
+        <v>0</v>
+      </c>
+      <c r="G71" s="15">
+        <v>0</v>
+      </c>
+      <c r="H71" s="15">
+        <v>0</v>
+      </c>
+      <c r="I71" s="15">
+        <v>0</v>
+      </c>
+      <c r="J71" s="15">
+        <v>0</v>
+      </c>
+      <c r="K71" s="15">
+        <v>0</v>
+      </c>
+      <c r="L71" s="15">
+        <v>0</v>
+      </c>
+      <c r="M71" s="15">
+        <v>0</v>
+      </c>
+      <c r="N71" s="15">
+        <v>0</v>
+      </c>
+      <c r="O71" s="15">
+        <v>0</v>
+      </c>
+      <c r="P71" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="15">
+        <v>0</v>
+      </c>
+      <c r="R71" s="15">
+        <v>0</v>
+      </c>
+      <c r="S71" s="15">
+        <v>0</v>
+      </c>
+      <c r="T71" s="15">
+        <v>0</v>
+      </c>
+      <c r="U71" s="15">
+        <v>0</v>
+      </c>
+      <c r="V71" s="15">
+        <v>0</v>
+      </c>
+      <c r="W71" s="15">
+        <v>0</v>
+      </c>
+      <c r="X71" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y71" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z71" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA71" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB71" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC71" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD71" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE71" s="26">
+        <v>0</v>
+      </c>
+      <c r="AF71" s="26">
+        <v>0</v>
+      </c>
+      <c r="AG71" s="26">
+        <v>0</v>
+      </c>
+      <c r="AH71" s="26">
+        <v>0</v>
+      </c>
+      <c r="AI71" s="26">
         <v>2.42</v>
       </c>
-      <c r="AJ69" s="26">
+      <c r="AJ71" s="26">
         <v>2.15</v>
       </c>
-      <c r="AK69" s="26">
+      <c r="AK71" s="26">
         <v>3.18</v>
       </c>
-      <c r="AL69" s="26">
+      <c r="AL71" s="26">
         <v>2.25</v>
       </c>
-      <c r="AM69" s="26">
+      <c r="AM71" s="26">
         <v>2.2799999999999998</v>
       </c>
-      <c r="AN69" s="26">
+      <c r="AN71" s="26">
         <v>2.12</v>
       </c>
-      <c r="AO69" s="26">
+      <c r="AO71" s="26">
         <v>2.34</v>
       </c>
-      <c r="AP69" s="26">
+      <c r="AP71" s="26">
         <v>2.1800000000000002</v>
       </c>
-      <c r="AQ69" s="26">
+      <c r="AQ71" s="26">
         <v>2.23</v>
       </c>
-      <c r="AR69" s="26">
+      <c r="AR71" s="26">
         <v>2.06</v>
       </c>
-      <c r="AS69" s="26">
+      <c r="AS71" s="26">
         <v>2.25</v>
       </c>
-      <c r="AT69" s="26">
+      <c r="AT71" s="26">
         <v>2.1800000000000002</v>
       </c>
-      <c r="AU69" s="26">
+      <c r="AU71" s="26">
         <v>2.44</v>
       </c>
-      <c r="AV69" s="26">
+      <c r="AV71" s="26">
         <v>2.21</v>
       </c>
-      <c r="AW69" s="26">
-[...80 lines deleted...]
-      <c r="BX69" s="15">
+      <c r="AW71" s="26">
+        <v>0</v>
+      </c>
+      <c r="AX71" s="26">
+        <v>0</v>
+      </c>
+      <c r="AY71" s="26">
+        <v>0</v>
+      </c>
+      <c r="AZ71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BA71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BB71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BC71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BD71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BE71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BF71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BG71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BH71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BI71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BJ71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BK71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BL71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BM71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BN71" s="26">
+        <v>0</v>
+      </c>
+      <c r="BO71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX71" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY71" s="15">
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:76" x14ac:dyDescent="0.35">
-      <c r="B70" s="14" t="str">
+    <row r="72" spans="1:77" x14ac:dyDescent="0.35">
+      <c r="B72" s="14" t="str">
         <f>IF(Control!$D$5=1,"Ecuador","Equador")</f>
         <v>Equador</v>
       </c>
-      <c r="C70" s="26">
-[...173 lines deleted...]
-      <c r="BI70" s="26">
+      <c r="C72" s="26">
+        <v>0</v>
+      </c>
+      <c r="D72" s="26">
+        <v>0</v>
+      </c>
+      <c r="E72" s="26">
+        <v>0</v>
+      </c>
+      <c r="F72" s="26">
+        <v>0</v>
+      </c>
+      <c r="G72" s="26">
+        <v>0</v>
+      </c>
+      <c r="H72" s="26">
+        <v>0</v>
+      </c>
+      <c r="I72" s="26">
+        <v>0</v>
+      </c>
+      <c r="J72" s="26">
+        <v>0</v>
+      </c>
+      <c r="K72" s="26">
+        <v>0</v>
+      </c>
+      <c r="L72" s="26">
+        <v>0</v>
+      </c>
+      <c r="M72" s="26">
+        <v>0</v>
+      </c>
+      <c r="N72" s="26">
+        <v>0</v>
+      </c>
+      <c r="O72" s="26">
+        <v>0</v>
+      </c>
+      <c r="P72" s="26">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="26">
+        <v>0</v>
+      </c>
+      <c r="R72" s="26">
+        <v>0</v>
+      </c>
+      <c r="S72" s="26">
+        <v>0</v>
+      </c>
+      <c r="T72" s="26">
+        <v>0</v>
+      </c>
+      <c r="U72" s="26">
+        <v>0</v>
+      </c>
+      <c r="V72" s="26">
+        <v>0</v>
+      </c>
+      <c r="W72" s="26">
+        <v>0</v>
+      </c>
+      <c r="X72" s="26">
+        <v>0</v>
+      </c>
+      <c r="Y72" s="26">
+        <v>0</v>
+      </c>
+      <c r="Z72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AA72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AB72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AC72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AD72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AE72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AF72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AG72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AH72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AI72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AJ72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AK72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AL72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AM72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AN72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AO72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AP72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AQ72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AR72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AS72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AT72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AU72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AV72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AW72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AX72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AY72" s="26">
+        <v>0</v>
+      </c>
+      <c r="AZ72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BA72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BB72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BC72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BD72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BE72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BF72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BG72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BH72" s="26">
+        <v>0</v>
+      </c>
+      <c r="BI72" s="26">
         <v>3.3</v>
       </c>
-      <c r="BJ70" s="26">
+      <c r="BJ72" s="26">
         <v>3.76</v>
       </c>
-      <c r="BK70" s="26">
+      <c r="BK72" s="26">
         <v>3.69</v>
       </c>
-      <c r="BL70" s="26">
+      <c r="BL72" s="26">
         <v>3.77</v>
       </c>
-      <c r="BM70" s="26">
+      <c r="BM72" s="26">
         <v>4.2</v>
       </c>
-      <c r="BN70" s="26">
+      <c r="BN72" s="26">
         <v>4.16</v>
       </c>
-      <c r="BO70" s="15">
-[...26 lines deleted...]
-      <c r="BX70" s="15">
+      <c r="BO72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX72" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY72" s="15">
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:76" x14ac:dyDescent="0.35">
-[...46 lines deleted...]
-      <c r="BX71" s="62"/>
+    <row r="73" spans="1:77" x14ac:dyDescent="0.35">
+      <c r="B73" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="C73" s="15">
+        <v>0</v>
+      </c>
+      <c r="D73" s="15">
+        <v>0</v>
+      </c>
+      <c r="E73" s="15">
+        <v>0</v>
+      </c>
+      <c r="F73" s="15">
+        <v>0</v>
+      </c>
+      <c r="G73" s="15">
+        <v>0</v>
+      </c>
+      <c r="H73" s="15">
+        <v>0</v>
+      </c>
+      <c r="I73" s="15">
+        <v>0</v>
+      </c>
+      <c r="J73" s="15">
+        <v>0</v>
+      </c>
+      <c r="K73" s="15">
+        <v>0</v>
+      </c>
+      <c r="L73" s="15">
+        <v>0</v>
+      </c>
+      <c r="M73" s="15">
+        <v>0</v>
+      </c>
+      <c r="N73" s="15">
+        <v>0</v>
+      </c>
+      <c r="O73" s="15">
+        <v>0</v>
+      </c>
+      <c r="P73" s="15">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="15">
+        <v>0</v>
+      </c>
+      <c r="R73" s="15">
+        <v>0</v>
+      </c>
+      <c r="S73" s="15">
+        <v>0</v>
+      </c>
+      <c r="T73" s="15">
+        <v>0</v>
+      </c>
+      <c r="U73" s="15">
+        <v>0</v>
+      </c>
+      <c r="V73" s="15">
+        <v>0</v>
+      </c>
+      <c r="W73" s="15">
+        <v>0</v>
+      </c>
+      <c r="X73" s="15">
+        <v>0</v>
+      </c>
+      <c r="Y73" s="15">
+        <v>0</v>
+      </c>
+      <c r="Z73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AB73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AC73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AD73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AE73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AF73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AG73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AH73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AI73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AJ73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AK73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AL73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AM73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AN73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AO73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AP73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AQ73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AR73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AS73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AT73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AU73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AV73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AW73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AX73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AY73" s="15">
+        <v>0</v>
+      </c>
+      <c r="AZ73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BA73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BB73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BC73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BD73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BE73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BF73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BG73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BH73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BI73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BJ73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BK73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BL73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BM73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BN73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BO73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BP73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BQ73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BR73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BS73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BT73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BU73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BV73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BW73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BX73" s="15">
+        <v>0</v>
+      </c>
+      <c r="BY73" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="72" spans="1:76" x14ac:dyDescent="0.35">
-[...95 lines deleted...]
-    <row r="74" spans="1:76" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:77" x14ac:dyDescent="0.35">
       <c r="AE74" s="62"/>
       <c r="AF74" s="62"/>
       <c r="AG74" s="62"/>
       <c r="AH74" s="62"/>
       <c r="AI74" s="62"/>
       <c r="AJ74" s="62"/>
       <c r="AK74" s="62"/>
       <c r="AL74" s="62"/>
       <c r="AM74" s="62"/>
       <c r="AN74" s="62"/>
       <c r="AO74" s="62"/>
       <c r="AP74" s="62"/>
       <c r="AQ74" s="62"/>
       <c r="AR74" s="62"/>
       <c r="AS74" s="62"/>
       <c r="AT74" s="62"/>
       <c r="AU74" s="62"/>
       <c r="AV74" s="62"/>
       <c r="AW74" s="62"/>
       <c r="AX74" s="62"/>
       <c r="AY74" s="62"/>
       <c r="AZ74" s="62"/>
       <c r="BA74" s="62"/>
       <c r="BB74" s="62"/>
       <c r="BC74" s="62"/>
       <c r="BD74" s="62"/>
       <c r="BE74" s="62"/>
       <c r="BF74" s="62"/>
       <c r="BG74" s="62"/>
       <c r="BH74" s="62"/>
       <c r="BI74" s="62"/>
       <c r="BJ74" s="62"/>
       <c r="BK74" s="62"/>
       <c r="BL74" s="62"/>
       <c r="BM74" s="62"/>
       <c r="BN74" s="62"/>
       <c r="BO74" s="62"/>
       <c r="BP74" s="62"/>
       <c r="BQ74" s="62"/>
       <c r="BR74" s="62"/>
       <c r="BS74" s="62"/>
       <c r="BT74" s="62"/>
       <c r="BU74" s="62"/>
       <c r="BV74" s="62"/>
       <c r="BW74" s="62"/>
       <c r="BX74" s="62"/>
+      <c r="BY74" s="62"/>
     </row>
-    <row r="76" spans="1:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX76" s="65"/>
+    <row r="75" spans="1:77" x14ac:dyDescent="0.35">
+      <c r="AE75" s="62"/>
+      <c r="AF75" s="62"/>
+      <c r="AG75" s="62"/>
+      <c r="AH75" s="62"/>
+      <c r="AI75" s="62"/>
+      <c r="AJ75" s="62"/>
+      <c r="AK75" s="62"/>
+      <c r="AL75" s="62"/>
+      <c r="AM75" s="62"/>
+      <c r="AN75" s="62"/>
+      <c r="AO75" s="62"/>
+      <c r="AP75" s="62"/>
+      <c r="AQ75" s="62"/>
+      <c r="AR75" s="62"/>
+      <c r="AS75" s="62"/>
+      <c r="AT75" s="62"/>
+      <c r="AU75" s="62"/>
+      <c r="AV75" s="62"/>
+      <c r="AW75" s="62"/>
+      <c r="AX75" s="62"/>
+      <c r="AY75" s="62"/>
+      <c r="AZ75" s="62"/>
+      <c r="BA75" s="62"/>
+      <c r="BB75" s="62"/>
+      <c r="BC75" s="62"/>
+      <c r="BD75" s="62"/>
+      <c r="BE75" s="62"/>
+      <c r="BF75" s="62"/>
+      <c r="BG75" s="62"/>
+      <c r="BH75" s="62"/>
+      <c r="BI75" s="62"/>
+      <c r="BJ75" s="62"/>
+      <c r="BK75" s="62"/>
+      <c r="BL75" s="62"/>
+      <c r="BM75" s="62"/>
+      <c r="BN75" s="62"/>
+      <c r="BO75" s="62"/>
+      <c r="BP75" s="62"/>
+      <c r="BQ75" s="62"/>
+      <c r="BR75" s="62"/>
+      <c r="BS75" s="62"/>
+      <c r="BT75" s="62"/>
+      <c r="BU75" s="62"/>
+      <c r="BV75" s="62"/>
+      <c r="BW75" s="62"/>
+      <c r="BX75" s="62"/>
+      <c r="BY75" s="62"/>
     </row>
-    <row r="77" spans="1:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX77" s="65"/>
+    <row r="76" spans="1:77" x14ac:dyDescent="0.35">
+      <c r="AE76" s="62"/>
+      <c r="AF76" s="62"/>
+      <c r="AG76" s="62"/>
+      <c r="AH76" s="62"/>
+      <c r="AI76" s="62"/>
+      <c r="AJ76" s="62"/>
+      <c r="AK76" s="62"/>
+      <c r="AL76" s="62"/>
+      <c r="AM76" s="62"/>
+      <c r="AN76" s="62"/>
+      <c r="AO76" s="62"/>
+      <c r="AP76" s="62"/>
+      <c r="AQ76" s="62"/>
+      <c r="AR76" s="62"/>
+      <c r="AS76" s="62"/>
+      <c r="AT76" s="62"/>
+      <c r="AU76" s="62"/>
+      <c r="AV76" s="62"/>
+      <c r="AW76" s="62"/>
+      <c r="AX76" s="62"/>
+      <c r="AY76" s="62"/>
+      <c r="AZ76" s="62"/>
+      <c r="BA76" s="62"/>
+      <c r="BB76" s="62"/>
+      <c r="BC76" s="62"/>
+      <c r="BD76" s="62"/>
+      <c r="BE76" s="62"/>
+      <c r="BF76" s="62"/>
+      <c r="BG76" s="62"/>
+      <c r="BH76" s="62"/>
+      <c r="BI76" s="62"/>
+      <c r="BJ76" s="62"/>
+      <c r="BK76" s="62"/>
+      <c r="BL76" s="62"/>
+      <c r="BM76" s="62"/>
+      <c r="BN76" s="62"/>
+      <c r="BO76" s="62"/>
+      <c r="BP76" s="62"/>
+      <c r="BQ76" s="62"/>
+      <c r="BR76" s="62"/>
+      <c r="BS76" s="62"/>
+      <c r="BT76" s="62"/>
+      <c r="BU76" s="62"/>
+      <c r="BV76" s="62"/>
+      <c r="BW76" s="62"/>
+      <c r="BX76" s="62"/>
+      <c r="BY76" s="62"/>
     </row>
-    <row r="78" spans="1:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX78" s="65"/>
+    <row r="78" spans="1:77" x14ac:dyDescent="0.35">
+      <c r="AE78" s="64"/>
+      <c r="AF78" s="64"/>
+      <c r="AG78" s="64"/>
+      <c r="AH78" s="64"/>
+      <c r="AI78" s="64"/>
+      <c r="AJ78" s="64"/>
+      <c r="AK78" s="64"/>
+      <c r="AL78" s="64"/>
+      <c r="AM78" s="64"/>
+      <c r="AN78" s="64"/>
+      <c r="AO78" s="64"/>
+      <c r="AP78" s="64"/>
+      <c r="AQ78" s="64"/>
+      <c r="AR78" s="64"/>
+      <c r="AS78" s="64"/>
+      <c r="AT78" s="64"/>
+      <c r="AU78" s="64"/>
+      <c r="AV78" s="64"/>
+      <c r="AW78" s="64"/>
+      <c r="AX78" s="64"/>
+      <c r="AY78" s="64"/>
+      <c r="AZ78" s="64"/>
+      <c r="BA78" s="64"/>
+      <c r="BB78" s="64"/>
+      <c r="BC78" s="64"/>
+      <c r="BD78" s="64"/>
+      <c r="BE78" s="64"/>
+      <c r="BF78" s="64"/>
+      <c r="BG78" s="64"/>
+      <c r="BH78" s="64"/>
+      <c r="BI78" s="64"/>
+      <c r="BJ78" s="64"/>
+      <c r="BK78" s="64"/>
+      <c r="BL78" s="64"/>
+      <c r="BM78" s="64"/>
+      <c r="BN78" s="64"/>
+      <c r="BO78" s="64"/>
+      <c r="BP78" s="64"/>
+      <c r="BQ78" s="64"/>
+      <c r="BR78" s="64"/>
+      <c r="BS78" s="64"/>
+      <c r="BT78" s="64"/>
+      <c r="BU78" s="64"/>
+      <c r="BV78" s="64"/>
+      <c r="BW78" s="64"/>
+      <c r="BX78" s="64"/>
+      <c r="BY78" s="64"/>
     </row>
-    <row r="79" spans="1:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX79" s="65"/>
+    <row r="79" spans="1:77" x14ac:dyDescent="0.35">
+      <c r="AE79" s="64"/>
+      <c r="AF79" s="64"/>
+      <c r="AG79" s="64"/>
+      <c r="AH79" s="64"/>
+      <c r="AI79" s="64"/>
+      <c r="AJ79" s="64"/>
+      <c r="AK79" s="64"/>
+      <c r="AL79" s="64"/>
+      <c r="AM79" s="64"/>
+      <c r="AN79" s="64"/>
+      <c r="AO79" s="64"/>
+      <c r="AP79" s="64"/>
+      <c r="AQ79" s="64"/>
+      <c r="AR79" s="64"/>
+      <c r="AS79" s="64"/>
+      <c r="AT79" s="64"/>
+      <c r="AU79" s="64"/>
+      <c r="AV79" s="64"/>
+      <c r="AW79" s="64"/>
+      <c r="AX79" s="64"/>
+      <c r="AY79" s="64"/>
+      <c r="AZ79" s="64"/>
+      <c r="BA79" s="64"/>
+      <c r="BB79" s="64"/>
+      <c r="BC79" s="64"/>
+      <c r="BD79" s="64"/>
+      <c r="BE79" s="64"/>
+      <c r="BF79" s="64"/>
+      <c r="BG79" s="64"/>
+      <c r="BH79" s="64"/>
+      <c r="BI79" s="64"/>
+      <c r="BJ79" s="64"/>
+      <c r="BK79" s="64"/>
+      <c r="BL79" s="64"/>
+      <c r="BM79" s="64"/>
+      <c r="BN79" s="64"/>
+      <c r="BO79" s="64"/>
+      <c r="BP79" s="64"/>
+      <c r="BQ79" s="64"/>
+      <c r="BR79" s="64"/>
+      <c r="BS79" s="64"/>
+      <c r="BT79" s="64"/>
+      <c r="BU79" s="64"/>
+      <c r="BV79" s="64"/>
+      <c r="BW79" s="64"/>
+      <c r="BX79" s="64"/>
+      <c r="BY79" s="64"/>
     </row>
-    <row r="81" spans="31:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX81" s="63"/>
+    <row r="80" spans="1:77" x14ac:dyDescent="0.35">
+      <c r="AE80" s="64"/>
+      <c r="AF80" s="64"/>
+      <c r="AG80" s="64"/>
+      <c r="AH80" s="64"/>
+      <c r="AI80" s="64"/>
+      <c r="AJ80" s="64"/>
+      <c r="AK80" s="64"/>
+      <c r="AL80" s="64"/>
+      <c r="AM80" s="64"/>
+      <c r="AN80" s="64"/>
+      <c r="AO80" s="64"/>
+      <c r="AP80" s="64"/>
+      <c r="AQ80" s="64"/>
+      <c r="AR80" s="64"/>
+      <c r="AS80" s="64"/>
+      <c r="AT80" s="64"/>
+      <c r="AU80" s="64"/>
+      <c r="AV80" s="64"/>
+      <c r="AW80" s="64"/>
+      <c r="AX80" s="64"/>
+      <c r="AY80" s="64"/>
+      <c r="AZ80" s="64"/>
+      <c r="BA80" s="64"/>
+      <c r="BB80" s="64"/>
+      <c r="BC80" s="64"/>
+      <c r="BD80" s="64"/>
+      <c r="BE80" s="64"/>
+      <c r="BF80" s="64"/>
+      <c r="BG80" s="64"/>
+      <c r="BH80" s="64"/>
+      <c r="BI80" s="64"/>
+      <c r="BJ80" s="64"/>
+      <c r="BK80" s="64"/>
+      <c r="BL80" s="64"/>
+      <c r="BM80" s="64"/>
+      <c r="BN80" s="64"/>
+      <c r="BO80" s="64"/>
+      <c r="BP80" s="64"/>
+      <c r="BQ80" s="64"/>
+      <c r="BR80" s="64"/>
+      <c r="BS80" s="64"/>
+      <c r="BT80" s="64"/>
+      <c r="BU80" s="64"/>
+      <c r="BV80" s="64"/>
+      <c r="BW80" s="64"/>
+      <c r="BX80" s="64"/>
+      <c r="BY80" s="64"/>
     </row>
-    <row r="82" spans="31:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX82" s="63"/>
+    <row r="81" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE81" s="64"/>
+      <c r="AF81" s="64"/>
+      <c r="AG81" s="64"/>
+      <c r="AH81" s="64"/>
+      <c r="AI81" s="64"/>
+      <c r="AJ81" s="64"/>
+      <c r="AK81" s="64"/>
+      <c r="AL81" s="64"/>
+      <c r="AM81" s="64"/>
+      <c r="AN81" s="64"/>
+      <c r="AO81" s="64"/>
+      <c r="AP81" s="64"/>
+      <c r="AQ81" s="64"/>
+      <c r="AR81" s="64"/>
+      <c r="AS81" s="64"/>
+      <c r="AT81" s="64"/>
+      <c r="AU81" s="64"/>
+      <c r="AV81" s="64"/>
+      <c r="AW81" s="64"/>
+      <c r="AX81" s="64"/>
+      <c r="AY81" s="64"/>
+      <c r="AZ81" s="64"/>
+      <c r="BA81" s="64"/>
+      <c r="BB81" s="64"/>
+      <c r="BC81" s="64"/>
+      <c r="BD81" s="64"/>
+      <c r="BE81" s="64"/>
+      <c r="BF81" s="64"/>
+      <c r="BG81" s="64"/>
+      <c r="BH81" s="64"/>
+      <c r="BI81" s="64"/>
+      <c r="BJ81" s="64"/>
+      <c r="BK81" s="64"/>
+      <c r="BL81" s="64"/>
+      <c r="BM81" s="64"/>
+      <c r="BN81" s="64"/>
+      <c r="BO81" s="64"/>
+      <c r="BP81" s="64"/>
+      <c r="BQ81" s="64"/>
+      <c r="BR81" s="64"/>
+      <c r="BS81" s="64"/>
+      <c r="BT81" s="64"/>
+      <c r="BU81" s="64"/>
+      <c r="BV81" s="64"/>
+      <c r="BW81" s="64"/>
+      <c r="BX81" s="64"/>
+      <c r="BY81" s="64"/>
     </row>
-    <row r="83" spans="31:76" x14ac:dyDescent="0.35">
+    <row r="83" spans="31:77" x14ac:dyDescent="0.35">
       <c r="AE83" s="63"/>
       <c r="AF83" s="63"/>
       <c r="AG83" s="63"/>
       <c r="AH83" s="63"/>
       <c r="AI83" s="63"/>
       <c r="AJ83" s="63"/>
       <c r="AK83" s="63"/>
       <c r="AL83" s="63"/>
       <c r="AM83" s="63"/>
       <c r="AN83" s="63"/>
       <c r="AO83" s="63"/>
       <c r="AP83" s="63"/>
       <c r="AQ83" s="63"/>
       <c r="AR83" s="63"/>
       <c r="AS83" s="63"/>
       <c r="AT83" s="63"/>
       <c r="AU83" s="63"/>
       <c r="AV83" s="63"/>
       <c r="AW83" s="63"/>
       <c r="AX83" s="63"/>
       <c r="AY83" s="63"/>
       <c r="AZ83" s="63"/>
       <c r="BA83" s="63"/>
       <c r="BB83" s="63"/>
       <c r="BC83" s="63"/>
       <c r="BD83" s="63"/>
       <c r="BE83" s="63"/>
       <c r="BF83" s="63"/>
       <c r="BG83" s="63"/>
       <c r="BH83" s="63"/>
       <c r="BI83" s="63"/>
       <c r="BJ83" s="63"/>
       <c r="BK83" s="63"/>
       <c r="BL83" s="63"/>
       <c r="BM83" s="63"/>
       <c r="BN83" s="63"/>
       <c r="BO83" s="63"/>
       <c r="BP83" s="63"/>
       <c r="BQ83" s="63"/>
       <c r="BR83" s="63"/>
       <c r="BS83" s="63"/>
       <c r="BT83" s="63"/>
       <c r="BU83" s="63"/>
       <c r="BV83" s="63"/>
       <c r="BW83" s="63"/>
       <c r="BX83" s="63"/>
+      <c r="BY83" s="63"/>
     </row>
-    <row r="84" spans="31:76" x14ac:dyDescent="0.35">
+    <row r="84" spans="31:77" x14ac:dyDescent="0.35">
       <c r="AE84" s="63"/>
       <c r="AF84" s="63"/>
       <c r="AG84" s="63"/>
       <c r="AH84" s="63"/>
       <c r="AI84" s="63"/>
       <c r="AJ84" s="63"/>
       <c r="AK84" s="63"/>
       <c r="AL84" s="63"/>
       <c r="AM84" s="63"/>
       <c r="AN84" s="63"/>
       <c r="AO84" s="63"/>
       <c r="AP84" s="63"/>
       <c r="AQ84" s="63"/>
       <c r="AR84" s="63"/>
       <c r="AS84" s="63"/>
       <c r="AT84" s="63"/>
       <c r="AU84" s="63"/>
       <c r="AV84" s="63"/>
       <c r="AW84" s="63"/>
       <c r="AX84" s="63"/>
       <c r="AY84" s="63"/>
       <c r="AZ84" s="63"/>
       <c r="BA84" s="63"/>
       <c r="BB84" s="63"/>
       <c r="BC84" s="63"/>
       <c r="BD84" s="63"/>
       <c r="BE84" s="63"/>
       <c r="BF84" s="63"/>
       <c r="BG84" s="63"/>
       <c r="BH84" s="63"/>
       <c r="BI84" s="63"/>
       <c r="BJ84" s="63"/>
       <c r="BK84" s="63"/>
       <c r="BL84" s="63"/>
       <c r="BM84" s="63"/>
       <c r="BN84" s="63"/>
       <c r="BO84" s="63"/>
       <c r="BP84" s="63"/>
       <c r="BQ84" s="63"/>
       <c r="BR84" s="63"/>
       <c r="BS84" s="63"/>
       <c r="BT84" s="63"/>
       <c r="BU84" s="63"/>
       <c r="BV84" s="63"/>
       <c r="BW84" s="63"/>
       <c r="BX84" s="63"/>
+      <c r="BY84" s="63"/>
     </row>
-    <row r="85" spans="31:76" x14ac:dyDescent="0.35">
+    <row r="85" spans="31:77" x14ac:dyDescent="0.35">
       <c r="AE85" s="63"/>
+      <c r="AF85" s="63"/>
+      <c r="AG85" s="63"/>
+      <c r="AH85" s="63"/>
+      <c r="AI85" s="63"/>
+      <c r="AJ85" s="63"/>
+      <c r="AK85" s="63"/>
+      <c r="AL85" s="63"/>
+      <c r="AM85" s="63"/>
+      <c r="AN85" s="63"/>
+      <c r="AO85" s="63"/>
       <c r="AP85" s="63"/>
       <c r="AQ85" s="63"/>
       <c r="AR85" s="63"/>
       <c r="AS85" s="63"/>
       <c r="AT85" s="63"/>
       <c r="AU85" s="63"/>
       <c r="AV85" s="63"/>
       <c r="AW85" s="63"/>
       <c r="AX85" s="63"/>
       <c r="AY85" s="63"/>
       <c r="AZ85" s="63"/>
       <c r="BA85" s="63"/>
       <c r="BB85" s="63"/>
       <c r="BC85" s="63"/>
       <c r="BD85" s="63"/>
       <c r="BE85" s="63"/>
       <c r="BF85" s="63"/>
       <c r="BG85" s="63"/>
       <c r="BH85" s="63"/>
       <c r="BI85" s="63"/>
       <c r="BJ85" s="63"/>
       <c r="BK85" s="63"/>
       <c r="BL85" s="63"/>
       <c r="BM85" s="63"/>
       <c r="BN85" s="63"/>
       <c r="BO85" s="63"/>
       <c r="BP85" s="63"/>
       <c r="BQ85" s="63"/>
       <c r="BR85" s="63"/>
       <c r="BS85" s="63"/>
       <c r="BT85" s="63"/>
       <c r="BU85" s="63"/>
       <c r="BV85" s="63"/>
       <c r="BW85" s="63"/>
       <c r="BX85" s="63"/>
+      <c r="BY85" s="63"/>
     </row>
-    <row r="86" spans="31:76" x14ac:dyDescent="0.35">
+    <row r="86" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE86" s="63"/>
+      <c r="AF86" s="63"/>
+      <c r="AG86" s="63"/>
+      <c r="AH86" s="63"/>
+      <c r="AI86" s="63"/>
+      <c r="AJ86" s="63"/>
+      <c r="AK86" s="63"/>
+      <c r="AL86" s="63"/>
+      <c r="AM86" s="63"/>
+      <c r="AN86" s="63"/>
+      <c r="AO86" s="63"/>
       <c r="AP86" s="63"/>
       <c r="AQ86" s="63"/>
       <c r="AR86" s="63"/>
       <c r="AS86" s="63"/>
       <c r="AT86" s="63"/>
       <c r="AU86" s="63"/>
       <c r="AV86" s="63"/>
       <c r="AW86" s="63"/>
       <c r="AX86" s="63"/>
       <c r="AY86" s="63"/>
       <c r="AZ86" s="63"/>
       <c r="BA86" s="63"/>
       <c r="BB86" s="63"/>
       <c r="BC86" s="63"/>
       <c r="BD86" s="63"/>
       <c r="BE86" s="63"/>
       <c r="BF86" s="63"/>
       <c r="BG86" s="63"/>
       <c r="BH86" s="63"/>
       <c r="BI86" s="63"/>
       <c r="BJ86" s="63"/>
       <c r="BK86" s="63"/>
       <c r="BL86" s="63"/>
       <c r="BM86" s="63"/>
       <c r="BN86" s="63"/>
       <c r="BO86" s="63"/>
       <c r="BP86" s="63"/>
       <c r="BQ86" s="63"/>
       <c r="BR86" s="63"/>
       <c r="BS86" s="63"/>
       <c r="BT86" s="63"/>
       <c r="BU86" s="63"/>
       <c r="BV86" s="63"/>
       <c r="BW86" s="63"/>
       <c r="BX86" s="63"/>
+      <c r="BY86" s="63"/>
     </row>
-    <row r="87" spans="31:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX87" s="65"/>
+    <row r="87" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE87" s="63"/>
+      <c r="AP87" s="63"/>
+      <c r="AQ87" s="63"/>
+      <c r="AR87" s="63"/>
+      <c r="AS87" s="63"/>
+      <c r="AT87" s="63"/>
+      <c r="AU87" s="63"/>
+      <c r="AV87" s="63"/>
+      <c r="AW87" s="63"/>
+      <c r="AX87" s="63"/>
+      <c r="AY87" s="63"/>
+      <c r="AZ87" s="63"/>
+      <c r="BA87" s="63"/>
+      <c r="BB87" s="63"/>
+      <c r="BC87" s="63"/>
+      <c r="BD87" s="63"/>
+      <c r="BE87" s="63"/>
+      <c r="BF87" s="63"/>
+      <c r="BG87" s="63"/>
+      <c r="BH87" s="63"/>
+      <c r="BI87" s="63"/>
+      <c r="BJ87" s="63"/>
+      <c r="BK87" s="63"/>
+      <c r="BL87" s="63"/>
+      <c r="BM87" s="63"/>
+      <c r="BN87" s="63"/>
+      <c r="BO87" s="63"/>
+      <c r="BP87" s="63"/>
+      <c r="BQ87" s="63"/>
+      <c r="BR87" s="63"/>
+      <c r="BS87" s="63"/>
+      <c r="BT87" s="63"/>
+      <c r="BU87" s="63"/>
+      <c r="BV87" s="63"/>
+      <c r="BW87" s="63"/>
+      <c r="BX87" s="63"/>
+      <c r="BY87" s="63"/>
     </row>
-    <row r="88" spans="31:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX88" s="65"/>
+    <row r="88" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AP88" s="63"/>
+      <c r="AQ88" s="63"/>
+      <c r="AR88" s="63"/>
+      <c r="AS88" s="63"/>
+      <c r="AT88" s="63"/>
+      <c r="AU88" s="63"/>
+      <c r="AV88" s="63"/>
+      <c r="AW88" s="63"/>
+      <c r="AX88" s="63"/>
+      <c r="AY88" s="63"/>
+      <c r="AZ88" s="63"/>
+      <c r="BA88" s="63"/>
+      <c r="BB88" s="63"/>
+      <c r="BC88" s="63"/>
+      <c r="BD88" s="63"/>
+      <c r="BE88" s="63"/>
+      <c r="BF88" s="63"/>
+      <c r="BG88" s="63"/>
+      <c r="BH88" s="63"/>
+      <c r="BI88" s="63"/>
+      <c r="BJ88" s="63"/>
+      <c r="BK88" s="63"/>
+      <c r="BL88" s="63"/>
+      <c r="BM88" s="63"/>
+      <c r="BN88" s="63"/>
+      <c r="BO88" s="63"/>
+      <c r="BP88" s="63"/>
+      <c r="BQ88" s="63"/>
+      <c r="BR88" s="63"/>
+      <c r="BS88" s="63"/>
+      <c r="BT88" s="63"/>
+      <c r="BU88" s="63"/>
+      <c r="BV88" s="63"/>
+      <c r="BW88" s="63"/>
+      <c r="BX88" s="63"/>
+      <c r="BY88" s="63"/>
     </row>
-    <row r="89" spans="31:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX89" s="65"/>
+    <row r="89" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE89" s="64"/>
+      <c r="AF89" s="64"/>
+      <c r="AG89" s="64"/>
+      <c r="AH89" s="64"/>
+      <c r="AI89" s="64"/>
+      <c r="AJ89" s="64"/>
+      <c r="AK89" s="64"/>
+      <c r="AL89" s="64"/>
+      <c r="AM89" s="64"/>
+      <c r="AN89" s="64"/>
+      <c r="AO89" s="64"/>
+      <c r="AP89" s="64"/>
+      <c r="AQ89" s="64"/>
+      <c r="AR89" s="64"/>
+      <c r="AS89" s="64"/>
+      <c r="AT89" s="64"/>
+      <c r="AU89" s="64"/>
+      <c r="AV89" s="64"/>
+      <c r="AW89" s="64"/>
+      <c r="AX89" s="64"/>
+      <c r="AY89" s="64"/>
+      <c r="AZ89" s="64"/>
+      <c r="BA89" s="64"/>
+      <c r="BB89" s="64"/>
+      <c r="BC89" s="64"/>
+      <c r="BD89" s="64"/>
+      <c r="BE89" s="64"/>
+      <c r="BF89" s="64"/>
+      <c r="BG89" s="64"/>
+      <c r="BH89" s="64"/>
+      <c r="BI89" s="64"/>
+      <c r="BJ89" s="64"/>
+      <c r="BK89" s="64"/>
+      <c r="BL89" s="64"/>
+      <c r="BM89" s="64"/>
+      <c r="BN89" s="64"/>
+      <c r="BO89" s="64"/>
+      <c r="BP89" s="64"/>
+      <c r="BQ89" s="64"/>
+      <c r="BR89" s="64"/>
+      <c r="BS89" s="64"/>
+      <c r="BT89" s="64"/>
+      <c r="BU89" s="64"/>
+      <c r="BV89" s="64"/>
+      <c r="BW89" s="64"/>
+      <c r="BX89" s="64"/>
+      <c r="BY89" s="64"/>
     </row>
-    <row r="90" spans="31:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX90" s="65"/>
+    <row r="90" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE90" s="64"/>
+      <c r="AF90" s="64"/>
+      <c r="AG90" s="64"/>
+      <c r="AH90" s="64"/>
+      <c r="AI90" s="64"/>
+      <c r="AJ90" s="64"/>
+      <c r="AK90" s="64"/>
+      <c r="AL90" s="64"/>
+      <c r="AM90" s="64"/>
+      <c r="AN90" s="64"/>
+      <c r="AO90" s="64"/>
+      <c r="AP90" s="64"/>
+      <c r="AQ90" s="64"/>
+      <c r="AR90" s="64"/>
+      <c r="AS90" s="64"/>
+      <c r="AT90" s="64"/>
+      <c r="AU90" s="64"/>
+      <c r="AV90" s="64"/>
+      <c r="AW90" s="64"/>
+      <c r="AX90" s="64"/>
+      <c r="AY90" s="64"/>
+      <c r="AZ90" s="64"/>
+      <c r="BA90" s="64"/>
+      <c r="BB90" s="64"/>
+      <c r="BC90" s="64"/>
+      <c r="BD90" s="64"/>
+      <c r="BE90" s="64"/>
+      <c r="BF90" s="64"/>
+      <c r="BG90" s="64"/>
+      <c r="BH90" s="64"/>
+      <c r="BI90" s="64"/>
+      <c r="BJ90" s="64"/>
+      <c r="BK90" s="64"/>
+      <c r="BL90" s="64"/>
+      <c r="BM90" s="64"/>
+      <c r="BN90" s="64"/>
+      <c r="BO90" s="64"/>
+      <c r="BP90" s="64"/>
+      <c r="BQ90" s="64"/>
+      <c r="BR90" s="64"/>
+      <c r="BS90" s="64"/>
+      <c r="BT90" s="64"/>
+      <c r="BU90" s="64"/>
+      <c r="BV90" s="64"/>
+      <c r="BW90" s="64"/>
+      <c r="BX90" s="64"/>
+      <c r="BY90" s="64"/>
     </row>
-    <row r="91" spans="31:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX91" s="65"/>
+    <row r="91" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE91" s="64"/>
+      <c r="AF91" s="64"/>
+      <c r="AG91" s="64"/>
+      <c r="AH91" s="64"/>
+      <c r="AI91" s="64"/>
+      <c r="AJ91" s="64"/>
+      <c r="AK91" s="64"/>
+      <c r="AL91" s="64"/>
+      <c r="AM91" s="64"/>
+      <c r="AN91" s="64"/>
+      <c r="AO91" s="64"/>
+      <c r="AP91" s="64"/>
+      <c r="AQ91" s="64"/>
+      <c r="AR91" s="64"/>
+      <c r="AS91" s="64"/>
+      <c r="AT91" s="64"/>
+      <c r="AU91" s="64"/>
+      <c r="AV91" s="64"/>
+      <c r="AW91" s="64"/>
+      <c r="AX91" s="64"/>
+      <c r="AY91" s="64"/>
+      <c r="AZ91" s="64"/>
+      <c r="BA91" s="64"/>
+      <c r="BB91" s="64"/>
+      <c r="BC91" s="64"/>
+      <c r="BD91" s="64"/>
+      <c r="BE91" s="64"/>
+      <c r="BF91" s="64"/>
+      <c r="BG91" s="64"/>
+      <c r="BH91" s="64"/>
+      <c r="BI91" s="64"/>
+      <c r="BJ91" s="64"/>
+      <c r="BK91" s="64"/>
+      <c r="BL91" s="64"/>
+      <c r="BM91" s="64"/>
+      <c r="BN91" s="64"/>
+      <c r="BO91" s="64"/>
+      <c r="BP91" s="64"/>
+      <c r="BQ91" s="64"/>
+      <c r="BR91" s="64"/>
+      <c r="BS91" s="64"/>
+      <c r="BT91" s="64"/>
+      <c r="BU91" s="64"/>
+      <c r="BV91" s="64"/>
+      <c r="BW91" s="64"/>
+      <c r="BX91" s="64"/>
+      <c r="BY91" s="64"/>
     </row>
-    <row r="92" spans="31:76" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-      <c r="BX92" s="65"/>
+    <row r="92" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE92" s="64"/>
+      <c r="AF92" s="64"/>
+      <c r="AG92" s="64"/>
+      <c r="AH92" s="64"/>
+      <c r="AI92" s="64"/>
+      <c r="AJ92" s="64"/>
+      <c r="AK92" s="64"/>
+      <c r="AL92" s="64"/>
+      <c r="AM92" s="64"/>
+      <c r="AN92" s="64"/>
+      <c r="AO92" s="64"/>
+      <c r="AP92" s="64"/>
+      <c r="AQ92" s="64"/>
+      <c r="AR92" s="64"/>
+      <c r="AS92" s="64"/>
+      <c r="AT92" s="64"/>
+      <c r="AU92" s="64"/>
+      <c r="AV92" s="64"/>
+      <c r="AW92" s="64"/>
+      <c r="AX92" s="64"/>
+      <c r="AY92" s="64"/>
+      <c r="AZ92" s="64"/>
+      <c r="BA92" s="64"/>
+      <c r="BB92" s="64"/>
+      <c r="BC92" s="64"/>
+      <c r="BD92" s="64"/>
+      <c r="BE92" s="64"/>
+      <c r="BF92" s="64"/>
+      <c r="BG92" s="64"/>
+      <c r="BH92" s="64"/>
+      <c r="BI92" s="64"/>
+      <c r="BJ92" s="64"/>
+      <c r="BK92" s="64"/>
+      <c r="BL92" s="64"/>
+      <c r="BM92" s="64"/>
+      <c r="BN92" s="64"/>
+      <c r="BO92" s="64"/>
+      <c r="BP92" s="64"/>
+      <c r="BQ92" s="64"/>
+      <c r="BR92" s="64"/>
+      <c r="BS92" s="64"/>
+      <c r="BT92" s="64"/>
+      <c r="BU92" s="64"/>
+      <c r="BV92" s="64"/>
+      <c r="BW92" s="64"/>
+      <c r="BX92" s="64"/>
+      <c r="BY92" s="64"/>
+    </row>
+    <row r="93" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE93" s="64"/>
+      <c r="AF93" s="64"/>
+      <c r="AG93" s="64"/>
+      <c r="AH93" s="64"/>
+      <c r="AI93" s="64"/>
+      <c r="AJ93" s="64"/>
+      <c r="AK93" s="64"/>
+      <c r="AL93" s="64"/>
+      <c r="AM93" s="64"/>
+      <c r="AN93" s="64"/>
+      <c r="AO93" s="64"/>
+      <c r="AP93" s="64"/>
+      <c r="AQ93" s="64"/>
+      <c r="AR93" s="64"/>
+      <c r="AS93" s="64"/>
+      <c r="AT93" s="64"/>
+      <c r="AU93" s="64"/>
+      <c r="AV93" s="64"/>
+      <c r="AW93" s="64"/>
+      <c r="AX93" s="64"/>
+      <c r="AY93" s="64"/>
+      <c r="AZ93" s="64"/>
+      <c r="BA93" s="64"/>
+      <c r="BB93" s="64"/>
+      <c r="BC93" s="64"/>
+      <c r="BD93" s="64"/>
+      <c r="BE93" s="64"/>
+      <c r="BF93" s="64"/>
+      <c r="BG93" s="64"/>
+      <c r="BH93" s="64"/>
+      <c r="BI93" s="64"/>
+      <c r="BJ93" s="64"/>
+      <c r="BK93" s="64"/>
+      <c r="BL93" s="64"/>
+      <c r="BM93" s="64"/>
+      <c r="BN93" s="64"/>
+      <c r="BO93" s="64"/>
+      <c r="BP93" s="64"/>
+      <c r="BQ93" s="64"/>
+      <c r="BR93" s="64"/>
+      <c r="BS93" s="64"/>
+      <c r="BT93" s="64"/>
+      <c r="BU93" s="64"/>
+      <c r="BV93" s="64"/>
+      <c r="BW93" s="64"/>
+      <c r="BX93" s="64"/>
+      <c r="BY93" s="64"/>
+    </row>
+    <row r="94" spans="31:77" x14ac:dyDescent="0.35">
+      <c r="AE94" s="64"/>
+      <c r="AF94" s="64"/>
+      <c r="AG94" s="64"/>
+      <c r="AH94" s="64"/>
+      <c r="AI94" s="64"/>
+      <c r="AJ94" s="64"/>
+      <c r="AK94" s="64"/>
+      <c r="AL94" s="64"/>
+      <c r="AM94" s="64"/>
+      <c r="AN94" s="64"/>
+      <c r="AO94" s="64"/>
+      <c r="AP94" s="64"/>
+      <c r="AQ94" s="64"/>
+      <c r="AR94" s="64"/>
+      <c r="AS94" s="64"/>
+      <c r="AT94" s="64"/>
+      <c r="AU94" s="64"/>
+      <c r="AV94" s="64"/>
+      <c r="AW94" s="64"/>
+      <c r="AX94" s="64"/>
+      <c r="AY94" s="64"/>
+      <c r="AZ94" s="64"/>
+      <c r="BA94" s="64"/>
+      <c r="BB94" s="64"/>
+      <c r="BC94" s="64"/>
+      <c r="BD94" s="64"/>
+      <c r="BE94" s="64"/>
+      <c r="BF94" s="64"/>
+      <c r="BG94" s="64"/>
+      <c r="BH94" s="64"/>
+      <c r="BI94" s="64"/>
+      <c r="BJ94" s="64"/>
+      <c r="BK94" s="64"/>
+      <c r="BL94" s="64"/>
+      <c r="BM94" s="64"/>
+      <c r="BN94" s="64"/>
+      <c r="BO94" s="64"/>
+      <c r="BP94" s="64"/>
+      <c r="BQ94" s="64"/>
+      <c r="BR94" s="64"/>
+      <c r="BS94" s="64"/>
+      <c r="BT94" s="64"/>
+      <c r="BU94" s="64"/>
+      <c r="BV94" s="64"/>
+      <c r="BW94" s="64"/>
+      <c r="BX94" s="64"/>
+      <c r="BY94" s="64"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.24" right="0.24" top="0.75" bottom="0.75" header="0.31" footer="0.31"/>
   <pageSetup paperSize="9" scale="18" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF70"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="2" ySplit="7" topLeftCell="R15" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane xSplit="2" ySplit="7" topLeftCell="I12" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
-      <selection pane="bottomRight" activeCell="X29" sqref="X29"/>
+      <selection pane="bottomRight" activeCell="T2" sqref="T2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.26953125" style="8" customWidth="1"/>
     <col min="2" max="2" width="42.453125" style="10" bestFit="1" customWidth="1"/>
     <col min="3" max="7" width="14.1796875" style="13" customWidth="1"/>
     <col min="8" max="20" width="15.54296875" style="13" customWidth="1"/>
     <col min="21" max="16384" width="11.7265625" style="13"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" s="2" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="H1" s="27"/>
       <c r="I1" s="27"/>
       <c r="J1" s="28"/>
       <c r="K1" s="27"/>
       <c r="L1" s="28"/>
       <c r="M1" s="28"/>
       <c r="N1" s="28"/>
       <c r="O1" s="28"/>
       <c r="P1" s="28"/>
       <c r="Q1" s="28"/>
       <c r="R1" s="28"/>
@@ -15685,60 +16519,60 @@
       </c>
       <c r="I6" s="19">
         <v>2013</v>
       </c>
       <c r="J6" s="19">
         <v>2014</v>
       </c>
       <c r="K6" s="19">
         <v>2015</v>
       </c>
       <c r="L6" s="19">
         <v>2016</v>
       </c>
       <c r="M6" s="19">
         <v>2017</v>
       </c>
       <c r="N6" s="19">
         <v>2018</v>
       </c>
       <c r="O6" s="19">
         <v>2019</v>
       </c>
       <c r="P6" s="19">
         <v>2020</v>
       </c>
-      <c r="Q6" s="67">
+      <c r="Q6" s="66">
         <v>2021</v>
       </c>
-      <c r="R6" s="67" t="s">
+      <c r="R6" s="66" t="s">
         <v>10</v>
       </c>
-      <c r="S6" s="67" t="s">
+      <c r="S6" s="66" t="s">
         <v>12</v>
       </c>
-      <c r="T6" s="67" t="s">
+      <c r="T6" s="66" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:24" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A7" s="25"/>
       <c r="B7" s="7"/>
       <c r="C7" s="24">
         <v>39479</v>
       </c>
       <c r="D7" s="24">
         <v>39849</v>
       </c>
       <c r="E7" s="24">
         <v>40214</v>
       </c>
       <c r="F7" s="24">
         <v>40579</v>
       </c>
       <c r="G7" s="24">
         <v>40944</v>
       </c>
       <c r="H7" s="24">
         <v>41309</v>
       </c>
       <c r="I7" s="24">
@@ -15907,54 +16741,54 @@
       </c>
       <c r="M12" s="15">
         <v>1209802.1499999999</v>
       </c>
       <c r="N12" s="15">
         <v>1236007.83</v>
       </c>
       <c r="O12" s="15">
         <v>1351221.95</v>
       </c>
       <c r="P12" s="15">
         <v>1400634.22</v>
       </c>
       <c r="Q12" s="15">
         <v>1477629.36</v>
       </c>
       <c r="R12" s="15">
         <v>1335103.46</v>
       </c>
       <c r="S12" s="15">
         <v>1342327.87</v>
       </c>
       <c r="T12" s="15">
         <v>1301522</v>
       </c>
-      <c r="U12" s="66"/>
-[...2 lines deleted...]
-      <c r="X12" s="66"/>
+      <c r="U12" s="65"/>
+      <c r="V12" s="65"/>
+      <c r="W12" s="65"/>
+      <c r="X12" s="65"/>
     </row>
     <row r="13" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A13" s="11"/>
       <c r="B13" s="14" t="str">
         <f>IF(Control!$D$5=1,"Grains","Grãos")</f>
         <v>Grãos</v>
       </c>
       <c r="C13" s="15">
         <v>456787.46</v>
       </c>
       <c r="D13" s="15">
         <v>454070.98</v>
       </c>
       <c r="E13" s="15">
         <v>473330.32</v>
       </c>
       <c r="F13" s="15">
         <v>504634.63</v>
       </c>
       <c r="G13" s="15">
         <v>560099.91</v>
       </c>
       <c r="H13" s="15">
         <v>587606.52</v>
       </c>
@@ -15972,58 +16806,58 @@
       </c>
       <c r="M13" s="15">
         <v>668537.97</v>
       </c>
       <c r="N13" s="15">
         <v>710297.37</v>
       </c>
       <c r="O13" s="15">
         <v>835191.75</v>
       </c>
       <c r="P13" s="15">
         <v>844588.59</v>
       </c>
       <c r="Q13" s="15">
         <v>923014.53</v>
       </c>
       <c r="R13" s="15">
         <v>853757.46</v>
       </c>
       <c r="S13" s="15">
         <v>0</v>
       </c>
       <c r="T13" s="15">
         <v>0</v>
       </c>
-      <c r="U13" s="66"/>
-[...2 lines deleted...]
-      <c r="X13" s="66"/>
+      <c r="U13" s="65"/>
+      <c r="V13" s="65"/>
+      <c r="W13" s="65"/>
+      <c r="X13" s="65"/>
     </row>
     <row r="14" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A14" s="11"/>
-      <c r="B14" s="68" t="str">
+      <c r="B14" s="67" t="str">
         <f>IF(Control!$D$5=1,"Rice","Arroz")</f>
         <v>Arroz</v>
       </c>
       <c r="C14" s="15">
         <v>400432.97</v>
       </c>
       <c r="D14" s="15">
         <v>401154.81</v>
       </c>
       <c r="E14" s="15">
         <v>413812.7</v>
       </c>
       <c r="F14" s="15">
         <v>442592.74</v>
       </c>
       <c r="G14" s="15">
         <v>493815.93</v>
       </c>
       <c r="H14" s="15">
         <v>525351.67000000004</v>
       </c>
       <c r="I14" s="15">
         <v>582547.24</v>
       </c>
       <c r="J14" s="15">
@@ -16037,58 +16871,58 @@
       </c>
       <c r="M14" s="15">
         <v>596119</v>
       </c>
       <c r="N14" s="15">
         <v>630093.56000000006</v>
       </c>
       <c r="O14" s="15">
         <v>742867.08</v>
       </c>
       <c r="P14" s="15">
         <v>750358.77</v>
       </c>
       <c r="Q14" s="15">
         <v>807447.39</v>
       </c>
       <c r="R14" s="15">
         <v>740542</v>
       </c>
       <c r="S14" s="15">
         <v>0</v>
       </c>
       <c r="T14" s="15">
         <v>0</v>
       </c>
-      <c r="U14" s="66"/>
-[...2 lines deleted...]
-      <c r="X14" s="66"/>
+      <c r="U14" s="65"/>
+      <c r="V14" s="65"/>
+      <c r="W14" s="65"/>
+      <c r="X14" s="65"/>
     </row>
     <row r="15" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A15" s="11"/>
-      <c r="B15" s="68" t="str">
+      <c r="B15" s="67" t="str">
         <f>IF(Control!$D$5=1,"Beans","Feijão")</f>
         <v>Feijão</v>
       </c>
       <c r="C15" s="15">
         <v>56354.49</v>
       </c>
       <c r="D15" s="15">
         <v>52916.17</v>
       </c>
       <c r="E15" s="15">
         <v>59517.62</v>
       </c>
       <c r="F15" s="15">
         <v>62041.89</v>
       </c>
       <c r="G15" s="15">
         <v>66283.98</v>
       </c>
       <c r="H15" s="15">
         <v>62254.85</v>
       </c>
       <c r="I15" s="15">
         <v>73967.009999999995</v>
       </c>
       <c r="J15" s="15">
@@ -16102,54 +16936,54 @@
       </c>
       <c r="M15" s="15">
         <v>72418.97</v>
       </c>
       <c r="N15" s="15">
         <v>80203.81</v>
       </c>
       <c r="O15" s="15">
         <v>92324.68</v>
       </c>
       <c r="P15" s="15">
         <v>94229.82</v>
       </c>
       <c r="Q15" s="15">
         <v>115567.14</v>
       </c>
       <c r="R15" s="15">
         <v>113215.41</v>
       </c>
       <c r="S15" s="15">
         <v>0</v>
       </c>
       <c r="T15" s="15">
         <v>0</v>
       </c>
-      <c r="U15" s="66"/>
-[...2 lines deleted...]
-      <c r="X15" s="66"/>
+      <c r="U15" s="65"/>
+      <c r="V15" s="65"/>
+      <c r="W15" s="65"/>
+      <c r="X15" s="65"/>
     </row>
     <row r="16" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A16" s="11"/>
       <c r="B16" s="14" t="str">
         <f>IF(Control!$D$5=1,"Sugar","Açúcar")</f>
         <v>Açúcar</v>
       </c>
       <c r="C16" s="15">
         <v>0</v>
       </c>
       <c r="D16" s="15">
         <v>0</v>
       </c>
       <c r="E16" s="15">
         <v>0</v>
       </c>
       <c r="F16" s="15">
         <v>0</v>
       </c>
       <c r="G16" s="15">
         <v>0</v>
       </c>
       <c r="H16" s="15">
         <v>229826.76</v>
       </c>
@@ -16167,54 +17001,54 @@
       </c>
       <c r="M16" s="15">
         <v>541264.18000000005</v>
       </c>
       <c r="N16" s="15">
         <v>525710.46</v>
       </c>
       <c r="O16" s="15">
         <v>516030.2</v>
       </c>
       <c r="P16" s="15">
         <v>556045.63</v>
       </c>
       <c r="Q16" s="15">
         <v>556843.32999999996</v>
       </c>
       <c r="R16" s="15">
         <v>481346</v>
       </c>
       <c r="S16" s="15">
         <v>0</v>
       </c>
       <c r="T16" s="15">
         <v>0</v>
       </c>
-      <c r="U16" s="66"/>
-[...2 lines deleted...]
-      <c r="X16" s="66"/>
+      <c r="U16" s="65"/>
+      <c r="V16" s="65"/>
+      <c r="W16" s="65"/>
+      <c r="X16" s="65"/>
     </row>
     <row r="17" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="11"/>
       <c r="B17" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Growth","Alto Valor")</f>
         <v>Alto Valor</v>
       </c>
       <c r="C17" s="15">
         <v>0</v>
       </c>
       <c r="D17" s="15">
         <v>0</v>
       </c>
       <c r="E17" s="15">
         <v>0</v>
       </c>
       <c r="F17" s="15">
         <v>0</v>
       </c>
       <c r="G17" s="15">
         <v>4233.8100000000004</v>
       </c>
       <c r="H17" s="15">
         <v>34267.14</v>
       </c>
@@ -16232,54 +17066,54 @@
       </c>
       <c r="M17" s="15">
         <v>36051.620000000003</v>
       </c>
       <c r="N17" s="15">
         <v>35229.78</v>
       </c>
       <c r="O17" s="15">
         <v>38661.53</v>
       </c>
       <c r="P17" s="15">
         <v>36585.760000000002</v>
       </c>
       <c r="Q17" s="15">
         <v>58656.37</v>
       </c>
       <c r="R17" s="15">
         <v>139867.9</v>
       </c>
       <c r="S17" s="15">
         <v>174473</v>
       </c>
       <c r="T17" s="15">
         <v>193126</v>
       </c>
-      <c r="U17" s="66"/>
-[...2 lines deleted...]
-      <c r="X17" s="66"/>
+      <c r="U17" s="65"/>
+      <c r="V17" s="65"/>
+      <c r="W17" s="65"/>
+      <c r="X17" s="65"/>
     </row>
     <row r="18" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A18" s="11"/>
       <c r="B18" s="14" t="str">
         <f>IF(Control!$D$5=1,"Fish","Pescados")</f>
         <v>Pescados</v>
       </c>
       <c r="C18" s="15">
         <v>0</v>
       </c>
       <c r="D18" s="15">
         <v>0</v>
       </c>
       <c r="E18" s="15">
         <v>0</v>
       </c>
       <c r="F18" s="15">
         <v>0</v>
       </c>
       <c r="G18" s="15">
         <v>4233.8100000000004</v>
       </c>
       <c r="H18" s="15">
         <v>34267.14</v>
       </c>
@@ -16297,54 +17131,54 @@
       </c>
       <c r="M18" s="15">
         <v>36051.620000000003</v>
       </c>
       <c r="N18" s="15">
         <v>35229.78</v>
       </c>
       <c r="O18" s="15">
         <v>38661.53</v>
       </c>
       <c r="P18" s="15">
         <v>36585.760000000002</v>
       </c>
       <c r="Q18" s="15">
         <v>32715.57</v>
       </c>
       <c r="R18" s="15">
         <v>33954.800000000003</v>
       </c>
       <c r="S18" s="15">
         <v>0</v>
       </c>
       <c r="T18" s="15">
         <v>0</v>
       </c>
-      <c r="U18" s="66"/>
-[...2 lines deleted...]
-      <c r="X18" s="66"/>
+      <c r="U18" s="65"/>
+      <c r="V18" s="65"/>
+      <c r="W18" s="65"/>
+      <c r="X18" s="65"/>
     </row>
     <row r="19" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A19" s="11"/>
       <c r="B19" s="14" t="str">
         <f>IF(Control!$D$5=1,"Pasta","Massas")</f>
         <v>Massas</v>
       </c>
       <c r="C19" s="15">
         <v>0</v>
       </c>
       <c r="D19" s="15">
         <v>0</v>
       </c>
       <c r="E19" s="15">
         <v>0</v>
       </c>
       <c r="F19" s="15">
         <v>0</v>
       </c>
       <c r="G19" s="15">
         <v>0</v>
       </c>
       <c r="H19" s="15">
         <v>0</v>
       </c>
@@ -16362,54 +17196,54 @@
       </c>
       <c r="M19" s="15">
         <v>0</v>
       </c>
       <c r="N19" s="15">
         <v>0</v>
       </c>
       <c r="O19" s="15">
         <v>0</v>
       </c>
       <c r="P19" s="15">
         <v>0</v>
       </c>
       <c r="Q19" s="15">
         <v>25940.799999999999</v>
       </c>
       <c r="R19" s="15">
         <v>83062.899999999994</v>
       </c>
       <c r="S19" s="15">
         <v>0</v>
       </c>
       <c r="T19" s="15">
         <v>0</v>
       </c>
-      <c r="U19" s="66"/>
-[...2 lines deleted...]
-      <c r="X19" s="66"/>
+      <c r="U19" s="65"/>
+      <c r="V19" s="65"/>
+      <c r="W19" s="65"/>
+      <c r="X19" s="65"/>
     </row>
     <row r="20" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A20" s="11"/>
       <c r="B20" s="14" t="str">
         <f>IF(Control!$D$5=1,"Coffee","Café")</f>
         <v>Café</v>
       </c>
       <c r="C20" s="15">
         <v>0</v>
       </c>
       <c r="D20" s="15">
         <v>0</v>
       </c>
       <c r="E20" s="15">
         <v>0</v>
       </c>
       <c r="F20" s="15">
         <v>0</v>
       </c>
       <c r="G20" s="15">
         <v>0</v>
       </c>
       <c r="H20" s="15">
         <v>0</v>
       </c>
@@ -16427,54 +17261,54 @@
       </c>
       <c r="M20" s="15">
         <v>0</v>
       </c>
       <c r="N20" s="15">
         <v>0</v>
       </c>
       <c r="O20" s="15">
         <v>0</v>
       </c>
       <c r="P20" s="15">
         <v>0</v>
       </c>
       <c r="Q20" s="15">
         <v>0</v>
       </c>
       <c r="R20" s="15">
         <v>13296.6</v>
       </c>
       <c r="S20" s="15">
         <v>0</v>
       </c>
       <c r="T20" s="15">
         <v>0</v>
       </c>
-      <c r="U20" s="66"/>
-[...2 lines deleted...]
-      <c r="X20" s="66"/>
+      <c r="U20" s="65"/>
+      <c r="V20" s="65"/>
+      <c r="W20" s="65"/>
+      <c r="X20" s="65"/>
     </row>
     <row r="21" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A21" s="11"/>
       <c r="B21" s="14" t="str">
         <f>IF(Control!$D$5=1,"Biscuits &amp; Cookies","Biscoitos")</f>
         <v>Biscoitos</v>
       </c>
       <c r="C21" s="15">
         <v>0</v>
       </c>
       <c r="D21" s="15">
         <v>0</v>
       </c>
       <c r="E21" s="15">
         <v>0</v>
       </c>
       <c r="F21" s="15">
         <v>0</v>
       </c>
       <c r="G21" s="15">
         <v>0</v>
       </c>
       <c r="H21" s="15">
         <v>0</v>
       </c>
@@ -16492,54 +17326,54 @@
       </c>
       <c r="M21" s="15">
         <v>0</v>
       </c>
       <c r="N21" s="15">
         <v>0</v>
       </c>
       <c r="O21" s="15">
         <v>0</v>
       </c>
       <c r="P21" s="15">
         <v>0</v>
       </c>
       <c r="Q21" s="15">
         <v>0</v>
       </c>
       <c r="R21" s="15">
         <v>9553.6</v>
       </c>
       <c r="S21" s="15">
         <v>0</v>
       </c>
       <c r="T21" s="15">
         <v>0</v>
       </c>
-      <c r="U21" s="66"/>
-[...2 lines deleted...]
-      <c r="X21" s="66"/>
+      <c r="U21" s="65"/>
+      <c r="V21" s="65"/>
+      <c r="W21" s="65"/>
+      <c r="X21" s="65"/>
     </row>
     <row r="22" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A22" s="11"/>
       <c r="B22" s="14"/>
       <c r="C22" s="15"/>
       <c r="D22" s="15"/>
       <c r="E22" s="15"/>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15"/>
       <c r="L22" s="15"/>
       <c r="M22" s="15"/>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
     </row>
     <row r="23" spans="1:32" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A23" s="25"/>
       <c r="B23" s="46" t="str">
         <f>IF(Control!$D$5=1,"Gross Price (R$/kg)","Preço Bruto (R$/kg)")</f>
         <v>Preço Bruto (R$/kg)</v>
@@ -16547,108 +17381,108 @@
       <c r="C23" s="49"/>
       <c r="D23" s="49"/>
       <c r="E23" s="49"/>
       <c r="F23" s="49"/>
       <c r="G23" s="49"/>
       <c r="H23" s="49"/>
       <c r="I23" s="49"/>
       <c r="J23" s="49"/>
       <c r="K23" s="49"/>
       <c r="L23" s="49"/>
       <c r="M23" s="49"/>
       <c r="N23" s="49"/>
       <c r="O23" s="49"/>
       <c r="P23" s="49"/>
       <c r="Q23" s="49"/>
       <c r="R23" s="49"/>
       <c r="S23" s="49"/>
       <c r="T23" s="49"/>
     </row>
     <row r="24" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="11"/>
       <c r="B24" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Turnover","Alto Giro")</f>
         <v>Alto Giro</v>
       </c>
-      <c r="C24" s="69">
+      <c r="C24" s="68">
         <v>1.53</v>
       </c>
-      <c r="D24" s="69">
+      <c r="D24" s="68">
         <v>1.98</v>
       </c>
-      <c r="E24" s="69">
+      <c r="E24" s="68">
         <v>1.72</v>
       </c>
-      <c r="F24" s="69">
+      <c r="F24" s="68">
         <v>1.78</v>
       </c>
-      <c r="G24" s="69">
+      <c r="G24" s="68">
         <v>1.65</v>
       </c>
-      <c r="H24" s="69">
+      <c r="H24" s="68">
         <v>1.98</v>
       </c>
-      <c r="I24" s="69">
+      <c r="I24" s="68">
         <v>1.85</v>
       </c>
-      <c r="J24" s="69">
+      <c r="J24" s="68">
         <v>1.92</v>
       </c>
-      <c r="K24" s="69">
+      <c r="K24" s="68">
         <v>2.19</v>
       </c>
-      <c r="L24" s="69">
+      <c r="L24" s="68">
         <v>2.75</v>
       </c>
-      <c r="M24" s="69">
+      <c r="M24" s="68">
         <v>2.39</v>
       </c>
-      <c r="N24" s="69">
+      <c r="N24" s="68">
         <v>2.36</v>
       </c>
-      <c r="O24" s="69">
+      <c r="O24" s="68">
         <v>2.5299999999999998</v>
       </c>
-      <c r="P24" s="69">
+      <c r="P24" s="68">
         <v>3.36</v>
       </c>
-      <c r="Q24" s="69">
+      <c r="Q24" s="68">
         <v>3.87</v>
       </c>
-      <c r="R24" s="69">
+      <c r="R24" s="68">
         <v>4.29</v>
       </c>
-      <c r="S24" s="69">
+      <c r="S24" s="68">
         <v>4.7699999999999996</v>
       </c>
-      <c r="T24" s="69">
+      <c r="T24" s="68">
         <v>5.13</v>
       </c>
-      <c r="U24" s="66"/>
-[...2 lines deleted...]
-      <c r="X24" s="66"/>
+      <c r="U24" s="65"/>
+      <c r="V24" s="65"/>
+      <c r="W24" s="65"/>
+      <c r="X24" s="65"/>
     </row>
     <row r="25" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A25" s="11"/>
       <c r="B25" s="14" t="str">
         <f>IF(Control!$D$5=1,"Grains","Grãos")</f>
         <v>Grãos</v>
       </c>
       <c r="C25" s="26">
         <v>1.53</v>
       </c>
       <c r="D25" s="26">
         <v>1.98</v>
       </c>
       <c r="E25" s="26">
         <v>1.72</v>
       </c>
       <c r="F25" s="26">
         <v>1.78</v>
       </c>
       <c r="G25" s="26">
         <v>1.65</v>
       </c>
       <c r="H25" s="26">
         <v>2.04</v>
       </c>
@@ -16666,58 +17500,58 @@
       </c>
       <c r="M25" s="26">
         <v>2.5299999999999998</v>
       </c>
       <c r="N25" s="26">
         <v>2.59</v>
       </c>
       <c r="O25" s="26">
         <v>2.72</v>
       </c>
       <c r="P25" s="26">
         <v>3.95</v>
       </c>
       <c r="Q25" s="26">
         <v>4.09</v>
       </c>
       <c r="R25" s="26">
         <v>4.4800000000000004</v>
       </c>
       <c r="S25" s="15">
         <v>0</v>
       </c>
       <c r="T25" s="15">
         <v>0</v>
       </c>
-      <c r="U25" s="66"/>
-[...2 lines deleted...]
-      <c r="X25" s="66"/>
+      <c r="U25" s="65"/>
+      <c r="V25" s="65"/>
+      <c r="W25" s="65"/>
+      <c r="X25" s="65"/>
     </row>
     <row r="26" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A26" s="11"/>
-      <c r="B26" s="68" t="str">
+      <c r="B26" s="67" t="str">
         <f>IF(Control!$D$5=1,"Rice","Arroz")</f>
         <v>Arroz</v>
       </c>
       <c r="C26" s="26">
         <v>1.36</v>
       </c>
       <c r="D26" s="26">
         <v>1.78</v>
       </c>
       <c r="E26" s="26">
         <v>1.66</v>
       </c>
       <c r="F26" s="26">
         <v>1.62</v>
       </c>
       <c r="G26" s="26">
         <v>1.48</v>
       </c>
       <c r="H26" s="26">
         <v>1.81</v>
       </c>
       <c r="I26" s="26">
         <v>1.9</v>
       </c>
       <c r="J26" s="26">
@@ -16731,58 +17565,58 @@
       </c>
       <c r="M26" s="26">
         <v>2.37</v>
       </c>
       <c r="N26" s="26">
         <v>2.46</v>
       </c>
       <c r="O26" s="26">
         <v>2.5099999999999998</v>
       </c>
       <c r="P26" s="26">
         <v>3.67</v>
       </c>
       <c r="Q26" s="26">
         <v>3.78</v>
       </c>
       <c r="R26" s="26">
         <v>4.0599999999999996</v>
       </c>
       <c r="S26" s="15">
         <v>0</v>
       </c>
       <c r="T26" s="15">
         <v>0</v>
       </c>
-      <c r="U26" s="66"/>
-[...2 lines deleted...]
-      <c r="X26" s="66"/>
+      <c r="U26" s="65"/>
+      <c r="V26" s="65"/>
+      <c r="W26" s="65"/>
+      <c r="X26" s="65"/>
     </row>
     <row r="27" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="11"/>
-      <c r="B27" s="68" t="str">
+      <c r="B27" s="67" t="str">
         <f>IF(Control!$D$5=1,"Beans","Feijão")</f>
         <v>Feijão</v>
       </c>
       <c r="C27" s="26">
         <v>2.75</v>
       </c>
       <c r="D27" s="26">
         <v>3.53</v>
       </c>
       <c r="E27" s="26">
         <v>2.17</v>
       </c>
       <c r="F27" s="26">
         <v>2.95</v>
       </c>
       <c r="G27" s="26">
         <v>2.9</v>
       </c>
       <c r="H27" s="26">
         <v>3.96</v>
       </c>
       <c r="I27" s="26">
         <v>3.85</v>
       </c>
       <c r="J27" s="26">
@@ -16796,54 +17630,54 @@
       </c>
       <c r="M27" s="26">
         <v>3.86</v>
       </c>
       <c r="N27" s="26">
         <v>3.64</v>
       </c>
       <c r="O27" s="26">
         <v>4.46</v>
       </c>
       <c r="P27" s="26">
         <v>6.13</v>
       </c>
       <c r="Q27" s="26">
         <v>6.2</v>
       </c>
       <c r="R27" s="26">
         <v>7.25</v>
       </c>
       <c r="S27" s="15">
         <v>0</v>
       </c>
       <c r="T27" s="15">
         <v>0</v>
       </c>
-      <c r="U27" s="66"/>
-[...2 lines deleted...]
-      <c r="X27" s="66"/>
+      <c r="U27" s="65"/>
+      <c r="V27" s="65"/>
+      <c r="W27" s="65"/>
+      <c r="X27" s="65"/>
     </row>
     <row r="28" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A28" s="11"/>
       <c r="B28" s="14" t="str">
         <f>IF(Control!$D$5=1,"Sugar","Açúcar")</f>
         <v>Açúcar</v>
       </c>
       <c r="C28" s="26">
         <v>0</v>
       </c>
       <c r="D28" s="26">
         <v>0</v>
       </c>
       <c r="E28" s="26">
         <v>0</v>
       </c>
       <c r="F28" s="26">
         <v>0</v>
       </c>
       <c r="G28" s="26">
         <v>0</v>
       </c>
       <c r="H28" s="26">
         <v>1.82</v>
       </c>
@@ -16861,54 +17695,54 @@
       </c>
       <c r="M28" s="26">
         <v>2.2200000000000002</v>
       </c>
       <c r="N28" s="26">
         <v>2.04</v>
       </c>
       <c r="O28" s="26">
         <v>2.21</v>
       </c>
       <c r="P28" s="26">
         <v>2.4700000000000002</v>
       </c>
       <c r="Q28" s="26">
         <v>3.52</v>
       </c>
       <c r="R28" s="26">
         <v>3.96</v>
       </c>
       <c r="S28" s="15">
         <v>0</v>
       </c>
       <c r="T28" s="15">
         <v>0</v>
       </c>
-      <c r="U28" s="66"/>
-[...2 lines deleted...]
-      <c r="X28" s="66"/>
+      <c r="U28" s="65"/>
+      <c r="V28" s="65"/>
+      <c r="W28" s="65"/>
+      <c r="X28" s="65"/>
     </row>
     <row r="29" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A29" s="11"/>
       <c r="B29" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Growth","Alto Valor")</f>
         <v>Alto Valor</v>
       </c>
       <c r="C29" s="26">
         <v>0</v>
       </c>
       <c r="D29" s="26">
         <v>0</v>
       </c>
       <c r="E29" s="26">
         <v>0</v>
       </c>
       <c r="F29" s="26">
         <v>0</v>
       </c>
       <c r="G29" s="26">
         <v>13.51</v>
       </c>
       <c r="H29" s="26">
         <v>13.65</v>
       </c>
@@ -16926,62 +17760,62 @@
       </c>
       <c r="M29" s="26">
         <v>19.420000000000002</v>
       </c>
       <c r="N29" s="26">
         <v>20.53</v>
       </c>
       <c r="O29" s="26">
         <v>20.61</v>
       </c>
       <c r="P29" s="26">
         <v>23.05</v>
       </c>
       <c r="Q29" s="26">
         <v>18.11</v>
       </c>
       <c r="R29" s="26">
         <v>15.51</v>
       </c>
       <c r="S29" s="26">
         <v>16.2</v>
       </c>
       <c r="T29" s="26">
         <v>17.03</v>
       </c>
-      <c r="U29" s="66"/>
-[...10 lines deleted...]
-      <c r="AF29" s="66"/>
+      <c r="U29" s="65"/>
+      <c r="V29" s="65"/>
+      <c r="W29" s="65"/>
+      <c r="X29" s="65"/>
+      <c r="Y29" s="65"/>
+      <c r="Z29" s="65"/>
+      <c r="AA29" s="65"/>
+      <c r="AB29" s="65"/>
+      <c r="AC29" s="65"/>
+      <c r="AD29" s="65"/>
+      <c r="AE29" s="65"/>
+      <c r="AF29" s="65"/>
     </row>
     <row r="30" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A30" s="11"/>
       <c r="B30" s="14" t="str">
         <f>IF(Control!$D$5=1,"Fish","Pescados")</f>
         <v>Pescados</v>
       </c>
       <c r="C30" s="26">
         <v>0</v>
       </c>
       <c r="D30" s="26">
         <v>0</v>
       </c>
       <c r="E30" s="26">
         <v>0</v>
       </c>
       <c r="F30" s="26">
         <v>0</v>
       </c>
       <c r="G30" s="26">
         <v>13.51</v>
       </c>
       <c r="H30" s="26">
         <v>13.65</v>
       </c>
@@ -16999,54 +17833,54 @@
       </c>
       <c r="M30" s="26">
         <v>19.420000000000002</v>
       </c>
       <c r="N30" s="26">
         <v>20.53</v>
       </c>
       <c r="O30" s="26">
         <v>20.61</v>
       </c>
       <c r="P30" s="26">
         <v>23.05</v>
       </c>
       <c r="Q30" s="26">
         <v>27.39</v>
       </c>
       <c r="R30" s="26">
         <v>32.72</v>
       </c>
       <c r="S30" s="15">
         <v>0</v>
       </c>
       <c r="T30" s="15">
         <v>0</v>
       </c>
-      <c r="U30" s="66"/>
-[...2 lines deleted...]
-      <c r="X30" s="66"/>
+      <c r="U30" s="65"/>
+      <c r="V30" s="65"/>
+      <c r="W30" s="65"/>
+      <c r="X30" s="65"/>
     </row>
     <row r="31" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A31" s="11"/>
       <c r="B31" s="14" t="str">
         <f>IF(Control!$D$5=1,"Pasta","Massas")</f>
         <v>Massas</v>
       </c>
       <c r="C31" s="15">
         <v>0</v>
       </c>
       <c r="D31" s="15">
         <v>0</v>
       </c>
       <c r="E31" s="15">
         <v>0</v>
       </c>
       <c r="F31" s="15">
         <v>0</v>
       </c>
       <c r="G31" s="15">
         <v>0</v>
       </c>
       <c r="H31" s="15">
         <v>0</v>
       </c>
@@ -17064,54 +17898,54 @@
       </c>
       <c r="M31" s="15">
         <v>0</v>
       </c>
       <c r="N31" s="15">
         <v>0</v>
       </c>
       <c r="O31" s="15">
         <v>0</v>
       </c>
       <c r="P31" s="15">
         <v>0</v>
       </c>
       <c r="Q31" s="26">
         <v>6.4</v>
       </c>
       <c r="R31" s="26">
         <v>7.11</v>
       </c>
       <c r="S31" s="15">
         <v>0</v>
       </c>
       <c r="T31" s="15">
         <v>0</v>
       </c>
-      <c r="U31" s="66"/>
-[...2 lines deleted...]
-      <c r="X31" s="66"/>
+      <c r="U31" s="65"/>
+      <c r="V31" s="65"/>
+      <c r="W31" s="65"/>
+      <c r="X31" s="65"/>
     </row>
     <row r="32" spans="1:32" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="11"/>
       <c r="B32" s="14" t="str">
         <f>IF(Control!$D$5=1,"Coffee","Café")</f>
         <v>Café</v>
       </c>
       <c r="C32" s="15">
         <v>0</v>
       </c>
       <c r="D32" s="15">
         <v>0</v>
       </c>
       <c r="E32" s="15">
         <v>0</v>
       </c>
       <c r="F32" s="15">
         <v>0</v>
       </c>
       <c r="G32" s="15">
         <v>0</v>
       </c>
       <c r="H32" s="15">
         <v>0</v>
       </c>
@@ -17129,54 +17963,54 @@
       </c>
       <c r="M32" s="15">
         <v>0</v>
       </c>
       <c r="N32" s="15">
         <v>0</v>
       </c>
       <c r="O32" s="15">
         <v>0</v>
       </c>
       <c r="P32" s="15">
         <v>0</v>
       </c>
       <c r="Q32" s="15">
         <v>0</v>
       </c>
       <c r="R32" s="26">
         <v>26.97</v>
       </c>
       <c r="S32" s="15">
         <v>0</v>
       </c>
       <c r="T32" s="15">
         <v>0</v>
       </c>
-      <c r="U32" s="66"/>
-[...2 lines deleted...]
-      <c r="X32" s="66"/>
+      <c r="U32" s="65"/>
+      <c r="V32" s="65"/>
+      <c r="W32" s="65"/>
+      <c r="X32" s="65"/>
     </row>
     <row r="33" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A33" s="11"/>
       <c r="B33" s="14" t="str">
         <f>IF(Control!$D$5=1,"Biscuits &amp; Cookies","Biscoitos")</f>
         <v>Biscoitos</v>
       </c>
       <c r="C33" s="15">
         <v>0</v>
       </c>
       <c r="D33" s="15">
         <v>0</v>
       </c>
       <c r="E33" s="15">
         <v>0</v>
       </c>
       <c r="F33" s="15">
         <v>0</v>
       </c>
       <c r="G33" s="15">
         <v>0</v>
       </c>
       <c r="H33" s="15">
         <v>0</v>
       </c>
@@ -17194,54 +18028,54 @@
       </c>
       <c r="M33" s="15">
         <v>0</v>
       </c>
       <c r="N33" s="15">
         <v>0</v>
       </c>
       <c r="O33" s="15">
         <v>0</v>
       </c>
       <c r="P33" s="15">
         <v>0</v>
       </c>
       <c r="Q33" s="15">
         <v>0</v>
       </c>
       <c r="R33" s="26">
         <v>11.39</v>
       </c>
       <c r="S33" s="15">
         <v>0</v>
       </c>
       <c r="T33" s="15">
         <v>0</v>
       </c>
-      <c r="U33" s="66"/>
-[...2 lines deleted...]
-      <c r="X33" s="66"/>
+      <c r="U33" s="65"/>
+      <c r="V33" s="65"/>
+      <c r="W33" s="65"/>
+      <c r="X33" s="65"/>
     </row>
     <row r="35" spans="1:24" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A35" s="25"/>
       <c r="B35" s="46" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="49"/>
       <c r="D35" s="49"/>
       <c r="E35" s="49"/>
       <c r="F35" s="49"/>
       <c r="G35" s="49"/>
       <c r="H35" s="49"/>
       <c r="I35" s="49"/>
       <c r="J35" s="49"/>
       <c r="K35" s="49"/>
       <c r="L35" s="49"/>
       <c r="M35" s="49"/>
       <c r="N35" s="49"/>
       <c r="O35" s="49"/>
       <c r="P35" s="49"/>
       <c r="Q35" s="49"/>
       <c r="R35" s="49"/>
       <c r="S35" s="49"/>
       <c r="T35" s="49"/>
     </row>
@@ -17283,54 +18117,54 @@
       </c>
       <c r="M36" s="26">
         <v>2.1</v>
       </c>
       <c r="N36" s="26">
         <v>2.0499999999999998</v>
       </c>
       <c r="O36" s="26">
         <v>2.23</v>
       </c>
       <c r="P36" s="26">
         <v>2.98</v>
       </c>
       <c r="Q36" s="26">
         <v>3.45</v>
       </c>
       <c r="R36" s="26">
         <v>3.7</v>
       </c>
       <c r="S36" s="26">
         <v>4.2</v>
       </c>
       <c r="T36" s="26">
         <v>4.55</v>
       </c>
-      <c r="U36" s="66"/>
-[...2 lines deleted...]
-      <c r="X36" s="66"/>
+      <c r="U36" s="65"/>
+      <c r="V36" s="65"/>
+      <c r="W36" s="65"/>
+      <c r="X36" s="65"/>
     </row>
     <row r="37" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A37" s="11"/>
       <c r="B37" s="14" t="str">
         <f>IF(Control!$D$5=1,"Grains","Grãos")</f>
         <v>Grãos</v>
       </c>
       <c r="C37" s="26">
         <v>0</v>
       </c>
       <c r="D37" s="26">
         <v>0</v>
       </c>
       <c r="E37" s="26">
         <v>0</v>
       </c>
       <c r="F37" s="26">
         <v>0</v>
       </c>
       <c r="G37" s="26">
         <v>0</v>
       </c>
       <c r="H37" s="26">
         <v>0</v>
       </c>
@@ -17348,58 +18182,58 @@
       </c>
       <c r="M37" s="26">
         <v>2.23</v>
       </c>
       <c r="N37" s="26">
         <v>2.2799999999999998</v>
       </c>
       <c r="O37" s="26">
         <v>2.42</v>
       </c>
       <c r="P37" s="26">
         <v>3.52</v>
       </c>
       <c r="Q37" s="26">
         <v>3.62</v>
       </c>
       <c r="R37" s="26">
         <v>3.95</v>
       </c>
       <c r="S37" s="15">
         <v>0</v>
       </c>
       <c r="T37" s="15">
         <v>0</v>
       </c>
-      <c r="U37" s="66"/>
-[...2 lines deleted...]
-      <c r="X37" s="66"/>
+      <c r="U37" s="65"/>
+      <c r="V37" s="65"/>
+      <c r="W37" s="65"/>
+      <c r="X37" s="65"/>
     </row>
     <row r="38" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A38" s="11"/>
-      <c r="B38" s="68" t="str">
+      <c r="B38" s="67" t="str">
         <f>IF(Control!$D$5=1,"Rice","Arroz")</f>
         <v>Arroz</v>
       </c>
       <c r="C38" s="26">
         <v>0</v>
       </c>
       <c r="D38" s="26">
         <v>0</v>
       </c>
       <c r="E38" s="26">
         <v>0</v>
       </c>
       <c r="F38" s="26">
         <v>0</v>
       </c>
       <c r="G38" s="26">
         <v>0</v>
       </c>
       <c r="H38" s="26">
         <v>0</v>
       </c>
       <c r="I38" s="26">
         <v>0</v>
       </c>
       <c r="J38" s="26">
@@ -17413,58 +18247,58 @@
       </c>
       <c r="M38" s="26">
         <v>2.08</v>
       </c>
       <c r="N38" s="26">
         <v>2.15</v>
       </c>
       <c r="O38" s="26">
         <v>2.21</v>
       </c>
       <c r="P38" s="26">
         <v>3.24</v>
       </c>
       <c r="Q38" s="26">
         <v>3.32</v>
       </c>
       <c r="R38" s="26">
         <v>3.55</v>
       </c>
       <c r="S38" s="15">
         <v>0</v>
       </c>
       <c r="T38" s="15">
         <v>0</v>
       </c>
-      <c r="U38" s="66"/>
-[...2 lines deleted...]
-      <c r="X38" s="66"/>
+      <c r="U38" s="65"/>
+      <c r="V38" s="65"/>
+      <c r="W38" s="65"/>
+      <c r="X38" s="65"/>
     </row>
     <row r="39" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A39" s="11"/>
-      <c r="B39" s="68" t="str">
+      <c r="B39" s="67" t="str">
         <f>IF(Control!$D$5=1,"Beans","Feijão")</f>
         <v>Feijão</v>
       </c>
       <c r="C39" s="26">
         <v>0</v>
       </c>
       <c r="D39" s="26">
         <v>0</v>
       </c>
       <c r="E39" s="26">
         <v>0</v>
       </c>
       <c r="F39" s="26">
         <v>0</v>
       </c>
       <c r="G39" s="26">
         <v>0</v>
       </c>
       <c r="H39" s="26">
         <v>0</v>
       </c>
       <c r="I39" s="26">
         <v>0</v>
       </c>
       <c r="J39" s="26">
@@ -17478,54 +18312,54 @@
       </c>
       <c r="M39" s="26">
         <v>3.49</v>
       </c>
       <c r="N39" s="26">
         <v>3.28</v>
       </c>
       <c r="O39" s="26">
         <v>4.12</v>
       </c>
       <c r="P39" s="26">
         <v>5.71</v>
       </c>
       <c r="Q39" s="26">
         <v>5.77</v>
       </c>
       <c r="R39" s="26">
         <v>6.59</v>
       </c>
       <c r="S39" s="15">
         <v>0</v>
       </c>
       <c r="T39" s="15">
         <v>0</v>
       </c>
-      <c r="U39" s="66"/>
-[...2 lines deleted...]
-      <c r="X39" s="66"/>
+      <c r="U39" s="65"/>
+      <c r="V39" s="65"/>
+      <c r="W39" s="65"/>
+      <c r="X39" s="65"/>
     </row>
     <row r="40" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A40" s="11"/>
       <c r="B40" s="14" t="str">
         <f>IF(Control!$D$5=1,"Sugar","Açúcar")</f>
         <v>Açúcar</v>
       </c>
       <c r="C40" s="26">
         <v>0</v>
       </c>
       <c r="D40" s="26">
         <v>0</v>
       </c>
       <c r="E40" s="26">
         <v>0</v>
       </c>
       <c r="F40" s="26">
         <v>0</v>
       </c>
       <c r="G40" s="26">
         <v>0</v>
       </c>
       <c r="H40" s="26">
         <v>0</v>
       </c>
@@ -17543,54 +18377,54 @@
       </c>
       <c r="M40" s="26">
         <v>1.93</v>
       </c>
       <c r="N40" s="26">
         <v>1.75</v>
       </c>
       <c r="O40" s="26">
         <v>1.91</v>
       </c>
       <c r="P40" s="26">
         <v>2.16</v>
       </c>
       <c r="Q40" s="26">
         <v>3.15</v>
       </c>
       <c r="R40" s="26">
         <v>3.25</v>
       </c>
       <c r="S40" s="15">
         <v>0</v>
       </c>
       <c r="T40" s="15">
         <v>0</v>
       </c>
-      <c r="U40" s="66"/>
-[...2 lines deleted...]
-      <c r="X40" s="66"/>
+      <c r="U40" s="65"/>
+      <c r="V40" s="65"/>
+      <c r="W40" s="65"/>
+      <c r="X40" s="65"/>
     </row>
     <row r="41" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A41" s="11"/>
       <c r="B41" s="12" t="str">
         <f>IF(Control!$D$5=1,"High Growth","Alto Valor")</f>
         <v>Alto Valor</v>
       </c>
       <c r="C41" s="26">
         <v>0</v>
       </c>
       <c r="D41" s="26">
         <v>0</v>
       </c>
       <c r="E41" s="26">
         <v>0</v>
       </c>
       <c r="F41" s="26">
         <v>0</v>
       </c>
       <c r="G41" s="26">
         <v>0</v>
       </c>
       <c r="H41" s="26">
         <v>0</v>
       </c>
@@ -17608,54 +18442,54 @@
       </c>
       <c r="M41" s="26">
         <v>14.550000000000002</v>
       </c>
       <c r="N41" s="26">
         <v>15.5</v>
       </c>
       <c r="O41" s="26">
         <v>15.600000000000001</v>
       </c>
       <c r="P41" s="26">
         <v>18.329999999999998</v>
       </c>
       <c r="Q41" s="26">
         <v>14.16</v>
       </c>
       <c r="R41" s="26">
         <v>12.94</v>
       </c>
       <c r="S41" s="26">
         <v>13.05</v>
       </c>
       <c r="T41" s="26">
         <v>14.04</v>
       </c>
-      <c r="U41" s="66"/>
-[...2 lines deleted...]
-      <c r="X41" s="66"/>
+      <c r="U41" s="65"/>
+      <c r="V41" s="65"/>
+      <c r="W41" s="65"/>
+      <c r="X41" s="65"/>
     </row>
     <row r="42" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A42" s="11"/>
       <c r="B42" s="14" t="str">
         <f>IF(Control!$D$5=1,"Fish","Pescados")</f>
         <v>Pescados</v>
       </c>
       <c r="C42" s="26">
         <v>0</v>
       </c>
       <c r="D42" s="26">
         <v>0</v>
       </c>
       <c r="E42" s="26">
         <v>0</v>
       </c>
       <c r="F42" s="26">
         <v>0</v>
       </c>
       <c r="G42" s="26">
         <v>0</v>
       </c>
       <c r="H42" s="26">
         <v>0</v>
       </c>
@@ -17673,54 +18507,54 @@
       </c>
       <c r="M42" s="26">
         <v>14.55</v>
       </c>
       <c r="N42" s="26">
         <v>15.5</v>
       </c>
       <c r="O42" s="26">
         <v>15.6</v>
       </c>
       <c r="P42" s="26">
         <v>18.329999999999998</v>
       </c>
       <c r="Q42" s="26">
         <v>21.49</v>
       </c>
       <c r="R42" s="26">
         <v>26.15</v>
       </c>
       <c r="S42" s="15">
         <v>0</v>
       </c>
       <c r="T42" s="15">
         <v>0</v>
       </c>
-      <c r="U42" s="66"/>
-[...2 lines deleted...]
-      <c r="X42" s="66"/>
+      <c r="U42" s="65"/>
+      <c r="V42" s="65"/>
+      <c r="W42" s="65"/>
+      <c r="X42" s="65"/>
     </row>
     <row r="43" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A43" s="11"/>
       <c r="B43" s="14" t="str">
         <f>IF(Control!$D$5=1,"Pasta","Massas")</f>
         <v>Massas</v>
       </c>
       <c r="C43" s="15">
         <v>0</v>
       </c>
       <c r="D43" s="15">
         <v>0</v>
       </c>
       <c r="E43" s="15">
         <v>0</v>
       </c>
       <c r="F43" s="15">
         <v>0</v>
       </c>
       <c r="G43" s="15">
         <v>0</v>
       </c>
       <c r="H43" s="15">
         <v>0</v>
       </c>
@@ -17738,54 +18572,54 @@
       </c>
       <c r="M43" s="15">
         <v>0</v>
       </c>
       <c r="N43" s="15">
         <v>0</v>
       </c>
       <c r="O43" s="15">
         <v>0</v>
       </c>
       <c r="P43" s="15">
         <v>0</v>
       </c>
       <c r="Q43" s="26">
         <v>4.92</v>
       </c>
       <c r="R43" s="26">
         <v>6.36</v>
       </c>
       <c r="S43" s="15">
         <v>0</v>
       </c>
       <c r="T43" s="15">
         <v>0</v>
       </c>
-      <c r="U43" s="66"/>
-[...2 lines deleted...]
-      <c r="X43" s="66"/>
+      <c r="U43" s="65"/>
+      <c r="V43" s="65"/>
+      <c r="W43" s="65"/>
+      <c r="X43" s="65"/>
     </row>
     <row r="44" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A44" s="11"/>
       <c r="B44" s="14" t="str">
         <f>IF(Control!$D$5=1,"Coffee","Café")</f>
         <v>Café</v>
       </c>
       <c r="C44" s="15">
         <v>0</v>
       </c>
       <c r="D44" s="15">
         <v>0</v>
       </c>
       <c r="E44" s="15">
         <v>0</v>
       </c>
       <c r="F44" s="15">
         <v>0</v>
       </c>
       <c r="G44" s="15">
         <v>0</v>
       </c>
       <c r="H44" s="15">
         <v>0</v>
       </c>
@@ -17803,54 +18637,54 @@
       </c>
       <c r="M44" s="15">
         <v>0</v>
       </c>
       <c r="N44" s="15">
         <v>0</v>
       </c>
       <c r="O44" s="15">
         <v>0</v>
       </c>
       <c r="P44" s="15">
         <v>0</v>
       </c>
       <c r="Q44" s="15">
         <v>0</v>
       </c>
       <c r="R44" s="26">
         <v>23.18</v>
       </c>
       <c r="S44" s="15">
         <v>0</v>
       </c>
       <c r="T44" s="15">
         <v>0</v>
       </c>
-      <c r="U44" s="66"/>
-[...2 lines deleted...]
-      <c r="X44" s="66"/>
+      <c r="U44" s="65"/>
+      <c r="V44" s="65"/>
+      <c r="W44" s="65"/>
+      <c r="X44" s="65"/>
     </row>
     <row r="45" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A45" s="11"/>
       <c r="B45" s="14" t="str">
         <f>IF(Control!$D$5=1,"Biscuits &amp; Cookies","Biscoitos")</f>
         <v>Biscoitos</v>
       </c>
       <c r="C45" s="15">
         <v>0</v>
       </c>
       <c r="D45" s="15">
         <v>0</v>
       </c>
       <c r="E45" s="15">
         <v>0</v>
       </c>
       <c r="F45" s="15">
         <v>0</v>
       </c>
       <c r="G45" s="15">
         <v>0</v>
       </c>
       <c r="H45" s="15">
         <v>0</v>
       </c>
@@ -17868,54 +18702,54 @@
       </c>
       <c r="M45" s="15">
         <v>0</v>
       </c>
       <c r="N45" s="15">
         <v>0</v>
       </c>
       <c r="O45" s="15">
         <v>0</v>
       </c>
       <c r="P45" s="15">
         <v>0</v>
       </c>
       <c r="Q45" s="15">
         <v>0</v>
       </c>
       <c r="R45" s="26">
         <v>8.9499999999999993</v>
       </c>
       <c r="S45" s="15">
         <v>0</v>
       </c>
       <c r="T45" s="15">
         <v>0</v>
       </c>
-      <c r="U45" s="66"/>
-[...2 lines deleted...]
-      <c r="X45" s="66"/>
+      <c r="U45" s="65"/>
+      <c r="V45" s="65"/>
+      <c r="W45" s="65"/>
+      <c r="X45" s="65"/>
     </row>
     <row r="47" spans="1:24" s="20" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A47" s="25"/>
       <c r="B47" s="50" t="str">
         <f>IF(Control!$D$5=1,"International","Internacional")</f>
         <v>Internacional</v>
       </c>
       <c r="C47" s="51"/>
       <c r="D47" s="51"/>
       <c r="E47" s="51"/>
       <c r="F47" s="51"/>
       <c r="G47" s="51"/>
       <c r="H47" s="51"/>
       <c r="I47" s="51"/>
       <c r="J47" s="51"/>
       <c r="K47" s="51"/>
       <c r="L47" s="51"/>
       <c r="M47" s="51"/>
       <c r="N47" s="51"/>
       <c r="O47" s="51"/>
       <c r="P47" s="51"/>
       <c r="Q47" s="51"/>
       <c r="R47" s="51"/>
       <c r="S47" s="51"/>
       <c r="T47" s="51"/>
@@ -17990,54 +18824,54 @@
       </c>
       <c r="M49" s="15">
         <v>731652</v>
       </c>
       <c r="N49" s="15">
         <v>630187.82999999996</v>
       </c>
       <c r="O49" s="15">
         <v>634474.77</v>
       </c>
       <c r="P49" s="15">
         <v>677568.51</v>
       </c>
       <c r="Q49" s="15">
         <v>626805.69999999995</v>
       </c>
       <c r="R49" s="15">
         <v>703201.06</v>
       </c>
       <c r="S49" s="15">
         <v>675220.28479437239</v>
       </c>
       <c r="T49" s="15">
         <v>620053</v>
       </c>
-      <c r="U49" s="66"/>
-[...2 lines deleted...]
-      <c r="X49" s="66"/>
+      <c r="U49" s="65"/>
+      <c r="V49" s="65"/>
+      <c r="W49" s="65"/>
+      <c r="X49" s="65"/>
     </row>
     <row r="50" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A50" s="11"/>
       <c r="B50" s="14" t="str">
         <f>IF(Control!$D$5=1,"Uruguay","Uruguai")</f>
         <v>Uruguai</v>
       </c>
       <c r="C50" s="15">
         <v>0</v>
       </c>
       <c r="D50" s="15">
         <v>0</v>
       </c>
       <c r="E50" s="15">
         <v>0</v>
       </c>
       <c r="F50" s="15">
         <v>0</v>
       </c>
       <c r="G50" s="15">
         <v>0</v>
       </c>
       <c r="H50" s="15">
         <v>0</v>
       </c>
@@ -18055,54 +18889,54 @@
       </c>
       <c r="M50" s="15">
         <v>547768</v>
       </c>
       <c r="N50" s="15">
         <v>457559.61</v>
       </c>
       <c r="O50" s="15">
         <v>461482.26</v>
       </c>
       <c r="P50" s="15">
         <v>504748.88</v>
       </c>
       <c r="Q50" s="15">
         <v>443063.66</v>
       </c>
       <c r="R50" s="15">
         <v>497890.68</v>
       </c>
       <c r="S50" s="15">
         <v>0</v>
       </c>
       <c r="T50" s="15">
         <v>0</v>
       </c>
-      <c r="U50" s="66"/>
-[...2 lines deleted...]
-      <c r="X50" s="66"/>
+      <c r="U50" s="65"/>
+      <c r="V50" s="65"/>
+      <c r="W50" s="65"/>
+      <c r="X50" s="65"/>
     </row>
     <row r="51" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A51" s="11"/>
       <c r="B51" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C51" s="15">
         <v>0</v>
       </c>
       <c r="D51" s="15">
         <v>0</v>
       </c>
       <c r="E51" s="15">
         <v>0</v>
       </c>
       <c r="F51" s="15">
         <v>0</v>
       </c>
       <c r="G51" s="15">
         <v>0</v>
       </c>
       <c r="H51" s="15">
         <v>0</v>
       </c>
       <c r="I51" s="15">
@@ -18119,54 +18953,54 @@
       </c>
       <c r="M51" s="15">
         <v>75780</v>
       </c>
       <c r="N51" s="15">
         <v>79410.53</v>
       </c>
       <c r="O51" s="15">
         <v>84148.64</v>
       </c>
       <c r="P51" s="15">
         <v>82568.75</v>
       </c>
       <c r="Q51" s="15">
         <v>89113.17</v>
       </c>
       <c r="R51" s="15">
         <v>85558.01</v>
       </c>
       <c r="S51" s="15">
         <v>0</v>
       </c>
       <c r="T51" s="15">
         <v>0</v>
       </c>
-      <c r="U51" s="66"/>
-[...2 lines deleted...]
-      <c r="X51" s="66"/>
+      <c r="U51" s="65"/>
+      <c r="V51" s="65"/>
+      <c r="W51" s="65"/>
+      <c r="X51" s="65"/>
     </row>
     <row r="52" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A52" s="11"/>
       <c r="B52" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C52" s="15">
         <v>0</v>
       </c>
       <c r="D52" s="15">
         <v>0</v>
       </c>
       <c r="E52" s="15">
         <v>0</v>
       </c>
       <c r="F52" s="15">
         <v>0</v>
       </c>
       <c r="G52" s="15">
         <v>0</v>
       </c>
       <c r="H52" s="15">
         <v>0</v>
       </c>
       <c r="I52" s="15">
@@ -18183,54 +19017,54 @@
       </c>
       <c r="M52" s="15">
         <v>94144</v>
       </c>
       <c r="N52" s="15">
         <v>83589.929999999993</v>
       </c>
       <c r="O52" s="15">
         <v>88843.88</v>
       </c>
       <c r="P52" s="15">
         <v>90250.89</v>
       </c>
       <c r="Q52" s="15">
         <v>65701.59</v>
       </c>
       <c r="R52" s="15">
         <v>63880.7</v>
       </c>
       <c r="S52" s="15">
         <v>0</v>
       </c>
       <c r="T52" s="15">
         <v>0</v>
       </c>
-      <c r="U52" s="66"/>
-[...2 lines deleted...]
-      <c r="X52" s="66"/>
+      <c r="U52" s="65"/>
+      <c r="V52" s="65"/>
+      <c r="W52" s="65"/>
+      <c r="X52" s="65"/>
     </row>
     <row r="53" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A53" s="11"/>
       <c r="B53" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="15">
         <v>0</v>
       </c>
       <c r="D53" s="15">
         <v>0</v>
       </c>
       <c r="E53" s="15">
         <v>0</v>
       </c>
       <c r="F53" s="15">
         <v>0</v>
       </c>
       <c r="G53" s="15">
         <v>0</v>
       </c>
       <c r="H53" s="15">
         <v>0</v>
       </c>
       <c r="I53" s="15">
@@ -18247,54 +19081,54 @@
       </c>
       <c r="M53" s="15">
         <v>13960</v>
       </c>
       <c r="N53" s="15">
         <v>9627.76</v>
       </c>
       <c r="O53" s="15">
         <v>0</v>
       </c>
       <c r="P53" s="15">
         <v>0</v>
       </c>
       <c r="Q53" s="15">
         <v>0</v>
       </c>
       <c r="R53" s="15">
         <v>0</v>
       </c>
       <c r="S53" s="15">
         <v>0</v>
       </c>
       <c r="T53" s="15">
         <v>0</v>
       </c>
-      <c r="U53" s="66"/>
-[...2 lines deleted...]
-      <c r="X53" s="66"/>
+      <c r="U53" s="65"/>
+      <c r="V53" s="65"/>
+      <c r="W53" s="65"/>
+      <c r="X53" s="65"/>
     </row>
     <row r="54" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A54" s="11"/>
       <c r="B54" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="15">
         <v>0</v>
       </c>
       <c r="D54" s="15">
         <v>0</v>
       </c>
       <c r="E54" s="15">
         <v>0</v>
       </c>
       <c r="F54" s="15">
         <v>0</v>
       </c>
       <c r="G54" s="15">
         <v>0</v>
       </c>
       <c r="H54" s="15">
         <v>0</v>
       </c>
       <c r="I54" s="15">
@@ -18311,54 +19145,54 @@
       </c>
       <c r="M54" s="15">
         <v>0</v>
       </c>
       <c r="N54" s="15">
         <v>0</v>
       </c>
       <c r="O54" s="15">
         <v>0</v>
       </c>
       <c r="P54" s="15">
         <v>0</v>
       </c>
       <c r="Q54" s="15">
         <v>28927.279999999999</v>
       </c>
       <c r="R54" s="15">
         <v>55871.66</v>
       </c>
       <c r="S54" s="15">
         <v>0</v>
       </c>
       <c r="T54" s="15">
         <v>0</v>
       </c>
-      <c r="U54" s="66"/>
-[...2 lines deleted...]
-      <c r="X54" s="66"/>
+      <c r="U54" s="65"/>
+      <c r="V54" s="65"/>
+      <c r="W54" s="65"/>
+      <c r="X54" s="65"/>
     </row>
     <row r="55" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A55" s="11"/>
       <c r="B55" s="14"/>
       <c r="C55" s="15"/>
       <c r="D55" s="15"/>
       <c r="E55" s="15"/>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15"/>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15"/>
       <c r="L55" s="15"/>
       <c r="M55" s="15"/>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55" s="15"/>
       <c r="S55" s="15"/>
       <c r="T55" s="15"/>
       <c r="U55" s="15"/>
       <c r="V55" s="15"/>
       <c r="W55" s="15"/>
@@ -18431,54 +19265,54 @@
       </c>
       <c r="M57" s="26">
         <v>2.27</v>
       </c>
       <c r="N57" s="26">
         <v>2.62</v>
       </c>
       <c r="O57" s="26">
         <v>2.86</v>
       </c>
       <c r="P57" s="26">
         <v>3.91</v>
       </c>
       <c r="Q57" s="26">
         <v>4.34</v>
       </c>
       <c r="R57" s="26">
         <v>4.38</v>
       </c>
       <c r="S57" s="26">
         <v>5.0448841062182987</v>
       </c>
       <c r="T57" s="26">
         <v>6.02</v>
       </c>
-      <c r="U57" s="66"/>
-[...2 lines deleted...]
-      <c r="X57" s="66"/>
+      <c r="U57" s="65"/>
+      <c r="V57" s="65"/>
+      <c r="W57" s="65"/>
+      <c r="X57" s="65"/>
     </row>
     <row r="58" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A58" s="11"/>
       <c r="B58" s="14" t="str">
         <f>IF(Control!$D$5=1,"Uruguay","Uruguai")</f>
         <v>Uruguai</v>
       </c>
       <c r="C58" s="26">
         <v>0</v>
       </c>
       <c r="D58" s="26">
         <v>0</v>
       </c>
       <c r="E58" s="26">
         <v>0</v>
       </c>
       <c r="F58" s="26">
         <v>0</v>
       </c>
       <c r="G58" s="26">
         <v>0</v>
       </c>
       <c r="H58" s="26">
         <v>0</v>
       </c>
@@ -18496,54 +19330,54 @@
       </c>
       <c r="M58" s="26">
         <v>1.61</v>
       </c>
       <c r="N58" s="26">
         <v>1.91</v>
       </c>
       <c r="O58" s="26">
         <v>1.95</v>
       </c>
       <c r="P58" s="26">
         <v>2.74</v>
       </c>
       <c r="Q58" s="26">
         <v>3.2</v>
       </c>
       <c r="R58" s="26">
         <v>3.49</v>
       </c>
       <c r="S58" s="26">
         <v>0</v>
       </c>
       <c r="T58" s="26">
         <v>0</v>
       </c>
-      <c r="U58" s="66"/>
-[...2 lines deleted...]
-      <c r="X58" s="66"/>
+      <c r="U58" s="65"/>
+      <c r="V58" s="65"/>
+      <c r="W58" s="65"/>
+      <c r="X58" s="65"/>
       <c r="Y58" s="61"/>
       <c r="Z58" s="61"/>
       <c r="AA58" s="61"/>
       <c r="AB58" s="61"/>
       <c r="AC58" s="61"/>
       <c r="AD58" s="61"/>
     </row>
     <row r="59" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A59" s="11"/>
       <c r="B59" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C59" s="26">
         <v>0</v>
       </c>
       <c r="D59" s="26">
         <v>0</v>
       </c>
       <c r="E59" s="26">
         <v>0</v>
       </c>
       <c r="F59" s="26">
         <v>0</v>
       </c>
       <c r="G59" s="26">
@@ -18566,54 +19400,54 @@
       </c>
       <c r="M59" s="26">
         <v>4.99</v>
       </c>
       <c r="N59" s="26">
         <v>5.04</v>
       </c>
       <c r="O59" s="26">
         <v>5.55</v>
       </c>
       <c r="P59" s="26">
         <v>7.95</v>
       </c>
       <c r="Q59" s="26">
         <v>8.09</v>
       </c>
       <c r="R59" s="26">
         <v>7.62</v>
       </c>
       <c r="S59" s="26">
         <v>0</v>
       </c>
       <c r="T59" s="26">
         <v>0</v>
       </c>
-      <c r="U59" s="66"/>
-[...2 lines deleted...]
-      <c r="X59" s="66"/>
+      <c r="U59" s="65"/>
+      <c r="V59" s="65"/>
+      <c r="W59" s="65"/>
+      <c r="X59" s="65"/>
       <c r="Y59" s="61"/>
       <c r="Z59" s="61"/>
       <c r="AA59" s="61"/>
       <c r="AB59" s="61"/>
       <c r="AC59" s="61"/>
       <c r="AD59" s="61"/>
     </row>
     <row r="60" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A60" s="11"/>
       <c r="B60" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C60" s="26">
         <v>0</v>
       </c>
       <c r="D60" s="26">
         <v>0</v>
       </c>
       <c r="E60" s="26">
         <v>0</v>
       </c>
       <c r="F60" s="26">
         <v>0</v>
       </c>
       <c r="G60" s="26">
@@ -18636,54 +19470,54 @@
       </c>
       <c r="M60" s="26">
         <v>3.97</v>
       </c>
       <c r="N60" s="26">
         <v>4.24</v>
       </c>
       <c r="O60" s="26">
         <v>5</v>
       </c>
       <c r="P60" s="26">
         <v>6.77</v>
       </c>
       <c r="Q60" s="26">
         <v>7.17</v>
       </c>
       <c r="R60" s="26">
         <v>7.26</v>
       </c>
       <c r="S60" s="26">
         <v>0</v>
       </c>
       <c r="T60" s="26">
         <v>0</v>
       </c>
-      <c r="U60" s="66"/>
-[...2 lines deleted...]
-      <c r="X60" s="66"/>
+      <c r="U60" s="65"/>
+      <c r="V60" s="65"/>
+      <c r="W60" s="65"/>
+      <c r="X60" s="65"/>
       <c r="Y60" s="61"/>
       <c r="Z60" s="61"/>
       <c r="AA60" s="61"/>
       <c r="AB60" s="61"/>
       <c r="AC60" s="61"/>
       <c r="AD60" s="61"/>
     </row>
     <row r="61" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A61" s="11"/>
       <c r="B61" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C61" s="26">
         <v>0</v>
       </c>
       <c r="D61" s="26">
         <v>0</v>
       </c>
       <c r="E61" s="26">
         <v>0</v>
       </c>
       <c r="F61" s="26">
         <v>0</v>
       </c>
       <c r="G61" s="26">
@@ -18706,54 +19540,54 @@
       </c>
       <c r="M61" s="26">
         <v>2.19</v>
       </c>
       <c r="N61" s="26">
         <v>2.3199999999999998</v>
       </c>
       <c r="O61" s="26">
         <v>0</v>
       </c>
       <c r="P61" s="26">
         <v>0</v>
       </c>
       <c r="Q61" s="26">
         <v>0</v>
       </c>
       <c r="R61" s="26">
         <v>0</v>
       </c>
       <c r="S61" s="26">
         <v>0</v>
       </c>
       <c r="T61" s="26">
         <v>0</v>
       </c>
-      <c r="U61" s="66"/>
-[...2 lines deleted...]
-      <c r="X61" s="66"/>
+      <c r="U61" s="65"/>
+      <c r="V61" s="65"/>
+      <c r="W61" s="65"/>
+      <c r="X61" s="65"/>
       <c r="Y61" s="61"/>
       <c r="Z61" s="61"/>
       <c r="AA61" s="61"/>
       <c r="AB61" s="61"/>
       <c r="AC61" s="61"/>
       <c r="AD61" s="61"/>
     </row>
     <row r="62" spans="1:30" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A62" s="11"/>
       <c r="B62" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="15">
         <v>0</v>
       </c>
       <c r="D62" s="15">
         <v>0</v>
       </c>
       <c r="E62" s="15">
         <v>0</v>
       </c>
       <c r="F62" s="15">
         <v>0</v>
       </c>
       <c r="G62" s="15">
@@ -18776,54 +19610,54 @@
       </c>
       <c r="M62" s="15">
         <v>0</v>
       </c>
       <c r="N62" s="15">
         <v>0</v>
       </c>
       <c r="O62" s="15">
         <v>0</v>
       </c>
       <c r="P62" s="15">
         <v>0</v>
       </c>
       <c r="Q62" s="26">
         <v>3.77</v>
       </c>
       <c r="R62" s="26">
         <v>4.05</v>
       </c>
       <c r="S62" s="26">
         <v>0</v>
       </c>
       <c r="T62" s="26">
         <v>0</v>
       </c>
-      <c r="U62" s="66"/>
-[...2 lines deleted...]
-      <c r="X62" s="66"/>
+      <c r="U62" s="65"/>
+      <c r="V62" s="65"/>
+      <c r="W62" s="65"/>
+      <c r="X62" s="65"/>
       <c r="Y62" s="61"/>
       <c r="Z62" s="61"/>
       <c r="AA62" s="61"/>
       <c r="AB62" s="61"/>
       <c r="AC62" s="61"/>
       <c r="AD62" s="61"/>
     </row>
     <row r="63" spans="1:30" x14ac:dyDescent="0.35">
       <c r="C63" s="26"/>
       <c r="D63" s="26"/>
       <c r="E63" s="26"/>
       <c r="F63" s="26"/>
       <c r="G63" s="26"/>
       <c r="H63" s="26"/>
       <c r="I63" s="26"/>
       <c r="J63" s="26"/>
       <c r="K63" s="26"/>
       <c r="L63" s="26"/>
       <c r="M63" s="26"/>
       <c r="N63" s="26"/>
       <c r="O63" s="26"/>
       <c r="P63" s="26"/>
       <c r="Q63" s="26"/>
       <c r="R63" s="26"/>
       <c r="S63" s="26"/>
@@ -18896,54 +19730,54 @@
       </c>
       <c r="M65" s="26">
         <v>2.12</v>
       </c>
       <c r="N65" s="26">
         <v>2.62</v>
       </c>
       <c r="O65" s="26">
         <v>2.63</v>
       </c>
       <c r="P65" s="26">
         <v>3.64</v>
       </c>
       <c r="Q65" s="26">
         <v>4.04</v>
       </c>
       <c r="R65" s="26">
         <v>4.1100000000000003</v>
       </c>
       <c r="S65" s="26">
         <v>4.7129322798569415</v>
       </c>
       <c r="T65" s="26">
         <v>5.61</v>
       </c>
-      <c r="U65" s="66"/>
-[...2 lines deleted...]
-      <c r="X65" s="66"/>
+      <c r="U65" s="65"/>
+      <c r="V65" s="65"/>
+      <c r="W65" s="65"/>
+      <c r="X65" s="65"/>
     </row>
     <row r="66" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A66" s="11"/>
       <c r="B66" s="14" t="str">
         <f>IF(Control!$D$5=1,"Uruguay","Uruguai")</f>
         <v>Uruguai</v>
       </c>
       <c r="C66" s="26">
         <v>0</v>
       </c>
       <c r="D66" s="26">
         <v>0</v>
       </c>
       <c r="E66" s="26">
         <v>0</v>
       </c>
       <c r="F66" s="26">
         <v>0</v>
       </c>
       <c r="G66" s="26">
         <v>0</v>
       </c>
       <c r="H66" s="26">
         <v>0</v>
       </c>
@@ -18961,54 +19795,54 @@
       </c>
       <c r="M66" s="26">
         <v>1.58</v>
       </c>
       <c r="N66" s="26">
         <v>1.91</v>
       </c>
       <c r="O66" s="26">
         <v>1.92</v>
       </c>
       <c r="P66" s="26">
         <v>2.69</v>
       </c>
       <c r="Q66" s="26">
         <v>3.15</v>
       </c>
       <c r="R66" s="26">
         <v>3.44</v>
       </c>
       <c r="S66" s="26">
         <v>0</v>
       </c>
       <c r="T66" s="26">
         <v>0</v>
       </c>
-      <c r="U66" s="66"/>
-[...2 lines deleted...]
-      <c r="X66" s="66"/>
+      <c r="U66" s="65"/>
+      <c r="V66" s="65"/>
+      <c r="W66" s="65"/>
+      <c r="X66" s="65"/>
     </row>
     <row r="67" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A67" s="11"/>
       <c r="B67" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C67" s="26">
         <v>0</v>
       </c>
       <c r="D67" s="26">
         <v>0</v>
       </c>
       <c r="E67" s="26">
         <v>0</v>
       </c>
       <c r="F67" s="26">
         <v>0</v>
       </c>
       <c r="G67" s="26">
         <v>0</v>
       </c>
       <c r="H67" s="26">
         <v>0</v>
       </c>
       <c r="I67" s="26">
@@ -19025,54 +19859,54 @@
       </c>
       <c r="M67" s="26">
         <v>4.2699999999999996</v>
       </c>
       <c r="N67" s="26">
         <v>5.04</v>
       </c>
       <c r="O67" s="26">
         <v>4.6900000000000004</v>
       </c>
       <c r="P67" s="26">
         <v>6.89</v>
       </c>
       <c r="Q67" s="26">
         <v>7.01</v>
       </c>
       <c r="R67" s="26">
         <v>6.55</v>
       </c>
       <c r="S67" s="26">
         <v>0</v>
       </c>
       <c r="T67" s="26">
         <v>0</v>
       </c>
-      <c r="U67" s="66"/>
-[...2 lines deleted...]
-      <c r="X67" s="66"/>
+      <c r="U67" s="65"/>
+      <c r="V67" s="65"/>
+      <c r="W67" s="65"/>
+      <c r="X67" s="65"/>
     </row>
     <row r="68" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A68" s="11"/>
       <c r="B68" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C68" s="26">
         <v>0</v>
       </c>
       <c r="D68" s="26">
         <v>0</v>
       </c>
       <c r="E68" s="26">
         <v>0</v>
       </c>
       <c r="F68" s="26">
         <v>0</v>
       </c>
       <c r="G68" s="26">
         <v>0</v>
       </c>
       <c r="H68" s="26">
         <v>0</v>
       </c>
       <c r="I68" s="26">
@@ -19089,54 +19923,54 @@
       </c>
       <c r="M68" s="26">
         <v>3.52</v>
       </c>
       <c r="N68" s="26">
         <v>4.24</v>
       </c>
       <c r="O68" s="26">
         <v>4.37</v>
       </c>
       <c r="P68" s="26">
         <v>5.98</v>
       </c>
       <c r="Q68" s="26">
         <v>6.23</v>
       </c>
       <c r="R68" s="26">
         <v>6.21</v>
       </c>
       <c r="S68" s="26">
         <v>0</v>
       </c>
       <c r="T68" s="26">
         <v>0</v>
       </c>
-      <c r="U68" s="66"/>
-[...2 lines deleted...]
-      <c r="X68" s="66"/>
+      <c r="U68" s="65"/>
+      <c r="V68" s="65"/>
+      <c r="W68" s="65"/>
+      <c r="X68" s="65"/>
     </row>
     <row r="69" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A69" s="11"/>
       <c r="B69" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C69" s="26">
         <v>0</v>
       </c>
       <c r="D69" s="26">
         <v>0</v>
       </c>
       <c r="E69" s="26">
         <v>0</v>
       </c>
       <c r="F69" s="26">
         <v>0</v>
       </c>
       <c r="G69" s="26">
         <v>0</v>
       </c>
       <c r="H69" s="26">
         <v>0</v>
       </c>
       <c r="I69" s="26">
@@ -19153,54 +19987,54 @@
       </c>
       <c r="M69" s="26">
         <v>2.19</v>
       </c>
       <c r="N69" s="26">
         <v>2.3199999999999998</v>
       </c>
       <c r="O69" s="26">
         <v>0</v>
       </c>
       <c r="P69" s="26">
         <v>0</v>
       </c>
       <c r="Q69" s="26">
         <v>0</v>
       </c>
       <c r="R69" s="26">
         <v>0</v>
       </c>
       <c r="S69" s="26">
         <v>0</v>
       </c>
       <c r="T69" s="26">
         <v>0</v>
       </c>
-      <c r="U69" s="66"/>
-[...2 lines deleted...]
-      <c r="X69" s="66"/>
+      <c r="U69" s="65"/>
+      <c r="V69" s="65"/>
+      <c r="W69" s="65"/>
+      <c r="X69" s="65"/>
     </row>
     <row r="70" spans="1:24" s="23" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A70" s="11"/>
       <c r="B70" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="15">
         <v>0</v>
       </c>
       <c r="D70" s="15">
         <v>0</v>
       </c>
       <c r="E70" s="15">
         <v>0</v>
       </c>
       <c r="F70" s="15">
         <v>0</v>
       </c>
       <c r="G70" s="15">
         <v>0</v>
       </c>
       <c r="H70" s="15">
         <v>0</v>
       </c>
       <c r="I70" s="15">
@@ -19217,54 +20051,54 @@
       </c>
       <c r="M70" s="15">
         <v>0</v>
       </c>
       <c r="N70" s="15">
         <v>0</v>
       </c>
       <c r="O70" s="15">
         <v>0</v>
       </c>
       <c r="P70" s="15">
         <v>0</v>
       </c>
       <c r="Q70" s="26">
         <v>3.6</v>
       </c>
       <c r="R70" s="26">
         <v>3.95</v>
       </c>
       <c r="S70" s="26">
         <v>0</v>
       </c>
       <c r="T70" s="26">
         <v>0</v>
       </c>
-      <c r="U70" s="66"/>
-[...2 lines deleted...]
-      <c r="X70" s="66"/>
+      <c r="U70" s="65"/>
+      <c r="V70" s="65"/>
+      <c r="W70" s="65"/>
+      <c r="X70" s="65"/>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.24" right="0.24" top="0.75" bottom="0.75" header="0.31" footer="0.31"/>
   <pageSetup paperSize="9" scale="18" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="R6:T6" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>