--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1,73 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/cf7e881de52ce190/Documentos/Planilha Fundamentos/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Gustavo\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4BE8B171-13E0-45FC-8307-FE8C28FE6F24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EAE2DDA4-D461-4B73-85C3-00B69578A9AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12816" tabRatio="804" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="804" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Índice - Index" sheetId="23" r:id="rId1"/>
     <sheet name="Balanço - Balance Sheet" sheetId="2" r:id="rId2"/>
     <sheet name="DRE Consolidado | P&amp;L " sheetId="19" r:id="rId3"/>
     <sheet name="Fluxo de Caixa - Cash Flow" sheetId="17" r:id="rId4"/>
     <sheet name="Dados Operacionais" sheetId="1" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="\0">#REF!</definedName>
     <definedName name="\a">#REF!</definedName>
     <definedName name="\i">#REF!</definedName>
     <definedName name="\m">#REF!</definedName>
     <definedName name="\N">#REF!</definedName>
     <definedName name="\p">#REF!</definedName>
     <definedName name="\s">#REF!</definedName>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="_PAG1">#REF!</definedName>
     <definedName name="_PAG2">#REF!</definedName>
     <definedName name="_PAG5">#REF!</definedName>
     <definedName name="_QUA2">#REF!</definedName>
     <definedName name="_QUA3">#REF!</definedName>
     <definedName name="_QUA4">#REF!</definedName>
     <definedName name="_QUA5">#REF!</definedName>
     <definedName name="A">#REF!</definedName>
@@ -422,141 +418,162 @@
     <definedName name="Z">#REF!</definedName>
     <definedName name="Z_1">#REF!</definedName>
     <definedName name="Z_3">#REF!</definedName>
     <definedName name="Z757Z120">#REF!</definedName>
     <definedName name="ZZ">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AX35" i="17" l="1"/>
-  <c r="AW42" i="17"/>
+  <c r="BC30" i="17" l="1"/>
+  <c r="CF28" i="1" l="1"/>
+  <c r="BC35" i="17" l="1"/>
+  <c r="BC33" i="17" l="1"/>
+  <c r="BC6" i="17"/>
+  <c r="CD37" i="19" l="1"/>
+  <c r="CD31" i="19"/>
+  <c r="CD29" i="19"/>
+  <c r="CD28" i="19"/>
+  <c r="CD27" i="19"/>
+  <c r="CD26" i="19"/>
+  <c r="CD21" i="19"/>
+  <c r="CD19" i="19"/>
+  <c r="CD18" i="19"/>
+  <c r="CD17" i="19"/>
+  <c r="CD16" i="19"/>
+  <c r="CD10" i="19"/>
+  <c r="CD5" i="19"/>
+  <c r="CF3" i="1" l="1"/>
+  <c r="CF6" i="1" l="1"/>
+  <c r="CF37" i="1"/>
+  <c r="CF14" i="1"/>
+  <c r="BC39" i="17"/>
+  <c r="BC28" i="17"/>
+  <c r="BC13" i="17"/>
+  <c r="BC11" i="17"/>
+  <c r="BC20" i="17"/>
+  <c r="CD42" i="19"/>
+  <c r="BC26" i="17" l="1"/>
+  <c r="BC37" i="17" s="1"/>
+  <c r="CD54" i="19"/>
+  <c r="CD48" i="19"/>
+  <c r="CD52" i="19" s="1"/>
+  <c r="CD3" i="19"/>
+  <c r="BN83" i="2"/>
+  <c r="BN81" i="2"/>
+  <c r="BN79" i="2"/>
+  <c r="BN69" i="2"/>
+  <c r="BN56" i="2"/>
+  <c r="BN36" i="2"/>
+  <c r="BN34" i="2"/>
+  <c r="BN19" i="2"/>
+  <c r="BN4" i="2"/>
+  <c r="CF1" i="1"/>
+  <c r="AX35" i="17"/>
   <c r="AY20" i="17"/>
   <c r="AY39" i="17"/>
   <c r="AZ39" i="17"/>
   <c r="AZ35" i="17"/>
   <c r="BB39" i="17"/>
   <c r="BA39" i="17"/>
   <c r="BB35" i="17"/>
   <c r="CE14" i="1" l="1"/>
   <c r="CD14" i="1"/>
   <c r="CC14" i="1"/>
   <c r="CE29" i="1"/>
   <c r="CD29" i="1"/>
   <c r="CC29" i="1"/>
   <c r="CE11" i="1"/>
   <c r="CD11" i="1"/>
   <c r="CC11" i="1"/>
   <c r="CE6" i="1"/>
   <c r="CD6" i="1"/>
   <c r="CC6" i="1"/>
   <c r="CA55" i="19" l="1"/>
   <c r="CA50" i="19"/>
   <c r="CA46" i="19"/>
   <c r="CA45" i="19"/>
   <c r="CA44" i="19"/>
   <c r="CA39" i="19"/>
   <c r="CA38" i="19"/>
-  <c r="CA37" i="19" s="1"/>
   <c r="CA34" i="19"/>
   <c r="CA33" i="19"/>
-  <c r="CA31" i="19" s="1"/>
   <c r="CA32" i="19"/>
   <c r="CA23" i="19"/>
   <c r="CA22" i="19"/>
   <c r="CA21" i="19" s="1"/>
   <c r="CA19" i="19"/>
-  <c r="CA18" i="19"/>
-[...2 lines deleted...]
-  <c r="CA10" i="19"/>
   <c r="BZ10" i="19"/>
-  <c r="CA12" i="19"/>
   <c r="CA11" i="19"/>
   <c r="CA8" i="19"/>
-  <c r="CA5" i="19" s="1"/>
   <c r="CA7" i="19"/>
   <c r="CA6" i="19"/>
+  <c r="CA17" i="19" s="1"/>
   <c r="CA29" i="19"/>
   <c r="BV55" i="19"/>
   <c r="BH54" i="19"/>
   <c r="BE54" i="19"/>
   <c r="BD54" i="19"/>
   <c r="BC54" i="19"/>
   <c r="BB54" i="19"/>
   <c r="BA54" i="19"/>
   <c r="AZ54" i="19"/>
   <c r="AY54" i="19"/>
   <c r="AX54" i="19"/>
   <c r="AW54" i="19"/>
   <c r="AV54" i="19"/>
   <c r="AU54" i="19"/>
   <c r="AT54" i="19"/>
   <c r="AS54" i="19"/>
   <c r="AR54" i="19"/>
-  <c r="CA27" i="19" l="1"/>
-[...5 lines deleted...]
-  <c r="CA52" i="19" s="1"/>
+  <c r="CA37" i="19" l="1"/>
+  <c r="CA5" i="19"/>
+  <c r="CA31" i="19"/>
+  <c r="CA27" i="19"/>
   <c r="CC17" i="19" l="1"/>
   <c r="CC27" i="19" s="1"/>
   <c r="CC18" i="19"/>
   <c r="CC28" i="19" s="1"/>
   <c r="CC19" i="19"/>
   <c r="CC29" i="19" s="1"/>
-  <c r="BL85" i="2" l="1"/>
-[...11 lines deleted...]
-  <c r="CE1" i="1"/>
+  <c r="CE1" i="1" l="1"/>
   <c r="CE37" i="1"/>
   <c r="CC37" i="19"/>
   <c r="CC31" i="19"/>
   <c r="CC21" i="19"/>
   <c r="CC10" i="19"/>
   <c r="CC5" i="19"/>
   <c r="CC3" i="19"/>
   <c r="BB33" i="17"/>
   <c r="BB28" i="17"/>
   <c r="BB20" i="17"/>
   <c r="BB13" i="17"/>
   <c r="BB11" i="17"/>
   <c r="BM79" i="2"/>
   <c r="BM81" i="2" s="1"/>
   <c r="BM69" i="2"/>
   <c r="BM56" i="2"/>
   <c r="BM34" i="2"/>
   <c r="BM19" i="2"/>
   <c r="BM4" i="2"/>
   <c r="AZ28" i="17"/>
   <c r="BA28" i="17"/>
   <c r="AZ20" i="17"/>
   <c r="BA20" i="17"/>
   <c r="AZ33" i="17"/>
   <c r="BA33" i="17"/>
@@ -565,50 +582,51 @@
   <c r="AY13" i="17"/>
   <c r="AZ13" i="17"/>
   <c r="BA13" i="17"/>
   <c r="AY11" i="17"/>
   <c r="AZ11" i="17"/>
   <c r="BA11" i="17"/>
   <c r="CB37" i="19"/>
   <c r="CB31" i="19"/>
   <c r="CB21" i="19"/>
   <c r="CB18" i="19"/>
   <c r="CB28" i="19" s="1"/>
   <c r="CB19" i="19"/>
   <c r="CB29" i="19" s="1"/>
   <c r="CB17" i="19"/>
   <c r="CB27" i="19" s="1"/>
   <c r="CB10" i="19"/>
   <c r="CB5" i="19"/>
   <c r="CB3" i="19"/>
   <c r="CD37" i="1"/>
   <c r="CD3" i="1"/>
   <c r="CC37" i="1"/>
   <c r="CD1" i="1"/>
   <c r="CC1" i="1"/>
   <c r="BZ37" i="19"/>
   <c r="BY12" i="19"/>
+  <c r="CA12" i="19" s="1"/>
   <c r="BZ3" i="19"/>
   <c r="BA3" i="17"/>
   <c r="BL4" i="2"/>
   <c r="BK4" i="2"/>
   <c r="BK79" i="2"/>
   <c r="BK81" i="2" s="1"/>
   <c r="BL79" i="2"/>
   <c r="BL81" i="2" s="1"/>
   <c r="BK69" i="2"/>
   <c r="BL69" i="2"/>
   <c r="BK56" i="2"/>
   <c r="BL56" i="2"/>
   <c r="BK34" i="2"/>
   <c r="BL34" i="2"/>
   <c r="BL19" i="2"/>
   <c r="BK19" i="2"/>
   <c r="B1" i="1"/>
   <c r="C1" i="1"/>
   <c r="D1" i="1"/>
   <c r="E1" i="1"/>
   <c r="F1" i="1"/>
   <c r="H1" i="1"/>
   <c r="I1" i="1"/>
   <c r="J1" i="1"/>
   <c r="K1" i="1"/>
@@ -693,89 +711,94 @@
   <c r="B26" i="1"/>
   <c r="B27" i="1"/>
   <c r="B28" i="1"/>
   <c r="B29" i="1"/>
   <c r="B31" i="1"/>
   <c r="B33" i="1"/>
   <c r="C33" i="1"/>
   <c r="D33" i="1"/>
   <c r="E33" i="1"/>
   <c r="F33" i="1"/>
   <c r="B35" i="1"/>
   <c r="C35" i="1"/>
   <c r="D35" i="1"/>
   <c r="E35" i="1"/>
   <c r="F35" i="1"/>
   <c r="C37" i="1"/>
   <c r="D37" i="1"/>
   <c r="E37" i="1"/>
   <c r="F37" i="1"/>
   <c r="B38" i="1"/>
   <c r="B39" i="1"/>
   <c r="B40" i="1"/>
   <c r="B41" i="1"/>
   <c r="B42" i="1"/>
   <c r="B43" i="1"/>
-  <c r="AY26" i="17" l="1"/>
+  <c r="CA10" i="19" l="1"/>
+  <c r="CA16" i="19" s="1"/>
+  <c r="CA26" i="19" s="1"/>
+  <c r="CA42" i="19" s="1"/>
+  <c r="CA18" i="19"/>
+  <c r="CA28" i="19" s="1"/>
+  <c r="AY26" i="17"/>
   <c r="AY37" i="17" s="1"/>
-  <c r="AY42" i="17" s="1"/>
   <c r="AZ26" i="17"/>
   <c r="AZ37" i="17" s="1"/>
-  <c r="AZ42" i="17" s="1"/>
   <c r="BB26" i="17"/>
   <c r="BB37" i="17" s="1"/>
-  <c r="BB42" i="17" s="1"/>
   <c r="CB16" i="19"/>
   <c r="CB26" i="19" s="1"/>
   <c r="CB42" i="19" s="1"/>
   <c r="CC16" i="19"/>
   <c r="CC26" i="19" s="1"/>
   <c r="CC42" i="19" s="1"/>
   <c r="BZ31" i="19"/>
   <c r="BA26" i="17"/>
   <c r="BA37" i="17" s="1"/>
-  <c r="BA42" i="17" s="1"/>
   <c r="BM83" i="2"/>
   <c r="BL83" i="2"/>
   <c r="BK36" i="2"/>
   <c r="BM36" i="2"/>
   <c r="BZ18" i="19"/>
   <c r="BZ28" i="19" s="1"/>
   <c r="BZ5" i="19"/>
   <c r="BZ29" i="19"/>
   <c r="BZ21" i="19"/>
   <c r="BZ26" i="19" s="1"/>
   <c r="BL36" i="2"/>
   <c r="BK83" i="2"/>
   <c r="BT31" i="19"/>
   <c r="BT16" i="19"/>
   <c r="BT37" i="19"/>
   <c r="BT21" i="19"/>
   <c r="BT5" i="19"/>
   <c r="BT3" i="19"/>
   <c r="C59" i="19"/>
-  <c r="CB48" i="19" l="1"/>
+  <c r="CA54" i="19" l="1"/>
+  <c r="CA48" i="19"/>
+  <c r="CA52" i="19" s="1"/>
+  <c r="CB48" i="19"/>
   <c r="CB52" i="19" s="1"/>
   <c r="CB54" i="19"/>
   <c r="CE3" i="1"/>
   <c r="CC48" i="19"/>
   <c r="CC52" i="19" s="1"/>
   <c r="CC54" i="19"/>
   <c r="BZ42" i="19"/>
   <c r="BT26" i="19"/>
   <c r="BT42" i="19" s="1"/>
   <c r="BY37" i="19"/>
   <c r="BT48" i="19" l="1"/>
   <c r="BT52" i="19" s="1"/>
   <c r="BT54" i="19"/>
   <c r="BZ48" i="19"/>
   <c r="BZ52" i="19" s="1"/>
   <c r="BZ54" i="19"/>
   <c r="BY3" i="19"/>
   <c r="BY31" i="19" l="1"/>
   <c r="BY21" i="19"/>
   <c r="BY5" i="19"/>
   <c r="BJ4" i="2" l="1"/>
   <c r="BJ79" i="2"/>
   <c r="BJ81" i="2" s="1"/>
   <c r="BJ69" i="2"/>
   <c r="BJ56" i="2"/>
@@ -799,51 +822,50 @@
   <c r="BX5" i="19"/>
   <c r="BX3" i="19"/>
   <c r="BX37" i="19"/>
   <c r="BX27" i="19" l="1"/>
   <c r="BS26" i="19"/>
   <c r="BS42" i="19" s="1"/>
   <c r="BX16" i="19"/>
   <c r="BX26" i="19" s="1"/>
   <c r="BX42" i="19" s="1"/>
   <c r="BX48" i="19" l="1"/>
   <c r="BX52" i="19" s="1"/>
   <c r="BX54" i="19"/>
   <c r="BS48" i="19"/>
   <c r="BS52" i="19" s="1"/>
   <c r="BS54" i="19"/>
   <c r="AX33" i="17"/>
   <c r="AX28" i="17"/>
   <c r="AX20" i="17"/>
   <c r="AX13" i="17"/>
   <c r="AX11" i="17"/>
   <c r="B80" i="2"/>
   <c r="B67" i="2"/>
   <c r="BI4" i="2"/>
   <c r="AX26" i="17" l="1"/>
   <c r="AX37" i="17" s="1"/>
-  <c r="AX42" i="17" s="1"/>
   <c r="BI79" i="2" l="1"/>
   <c r="BI81" i="2" s="1"/>
   <c r="BI69" i="2" l="1"/>
   <c r="BI19" i="2" l="1"/>
   <c r="BI56" i="2"/>
   <c r="BI83" i="2" s="1"/>
   <c r="BI34" i="2" l="1"/>
   <c r="BI36" i="2" s="1"/>
   <c r="C43" i="17" l="1"/>
   <c r="AV3" i="17"/>
   <c r="BR3" i="19" l="1"/>
   <c r="BW3" i="19" l="1"/>
   <c r="AW3" i="17" l="1"/>
   <c r="AW37" i="17"/>
   <c r="AW33" i="17"/>
   <c r="AW28" i="17"/>
   <c r="AW20" i="17"/>
   <c r="AW13" i="17"/>
   <c r="AW11" i="17"/>
   <c r="AW26" i="17" l="1"/>
   <c r="BR28" i="19" l="1"/>
   <c r="BR31" i="19" l="1"/>
   <c r="BR27" i="19"/>
   <c r="BW28" i="19"/>
   <c r="BW31" i="19"/>
@@ -1959,50 +1981,51 @@
   <c r="J83" i="2"/>
   <c r="L83" i="2"/>
   <c r="C36" i="2"/>
   <c r="E36" i="2"/>
   <c r="G36" i="2"/>
   <c r="I36" i="2"/>
   <c r="K36" i="2"/>
   <c r="M36" i="2"/>
   <c r="D36" i="2"/>
   <c r="F36" i="2"/>
   <c r="H36" i="2"/>
   <c r="J36" i="2"/>
   <c r="L36" i="2"/>
   <c r="BI26" i="19" l="1"/>
   <c r="BI42" i="19" l="1"/>
   <c r="BI54" i="19" s="1"/>
   <c r="BI52" i="19" l="1"/>
   <c r="BB34" i="2" l="1"/>
   <c r="BB19" i="2"/>
   <c r="BB69" i="2"/>
   <c r="BB56" i="2"/>
   <c r="BB79" i="2"/>
   <c r="BB81" i="2" s="1"/>
   <c r="BB36" i="2" l="1"/>
   <c r="BB83" i="2"/>
+  <c r="BB85" i="2" s="1"/>
   <c r="BG55" i="19" l="1"/>
   <c r="AY79" i="2" l="1"/>
   <c r="AY81" i="2" s="1"/>
   <c r="AY34" i="2"/>
   <c r="AY19" i="2"/>
   <c r="AY69" i="2"/>
   <c r="AY56" i="2"/>
   <c r="AY36" i="2" l="1"/>
   <c r="AY83" i="2"/>
   <c r="AN11" i="17" l="1"/>
   <c r="AS11" i="17" l="1"/>
   <c r="AS26" i="17" s="1"/>
   <c r="BN31" i="19" l="1"/>
   <c r="BN5" i="19"/>
   <c r="BN37" i="19"/>
   <c r="BN21" i="19"/>
   <c r="BN16" i="19" l="1"/>
   <c r="BN26" i="19" s="1"/>
   <c r="BN42" i="19" s="1"/>
   <c r="BN48" i="19" l="1"/>
   <c r="BN52" i="19" s="1"/>
   <c r="BN54" i="19"/>
   <c r="BF48" i="19"/>
   <c r="BG48" i="19"/>
   <c r="BO27" i="19" l="1"/>
@@ -2015,72 +2038,52 @@
   <c r="BF19" i="2"/>
   <c r="BF83" i="2" l="1"/>
   <c r="BF36" i="2"/>
   <c r="BO5" i="19" l="1"/>
   <c r="BO31" i="19" l="1"/>
   <c r="BO21" i="19"/>
   <c r="BO37" i="19"/>
   <c r="BO29" i="19" l="1"/>
   <c r="BO16" i="19"/>
   <c r="BO26" i="19" l="1"/>
   <c r="BO42" i="19" l="1"/>
   <c r="BO54" i="19" s="1"/>
   <c r="BO48" i="19" l="1"/>
   <c r="BO52" i="19" s="1"/>
   <c r="BY16" i="19"/>
   <c r="BY26" i="19" s="1"/>
   <c r="BY42" i="19" s="1"/>
   <c r="BY48" i="19" l="1"/>
   <c r="BY52" i="19" s="1"/>
   <c r="BY54" i="19"/>
   <c r="BZ17" i="19"/>
   <c r="BZ27" i="19" l="1"/>
 </calcChain>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="52">
   <si>
     <t>EBITDA</t>
   </si>
   <si>
     <t>SSS</t>
   </si>
   <si>
     <t>Private Label</t>
   </si>
   <si>
     <t>Co-Branded</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Subtotal</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Balanço - Balance Sheet</t>
   </si>
   <si>
@@ -2173,66 +2176,69 @@
   <si>
     <t>Credsystem</t>
   </si>
   <si>
     <t>*O conceito utilizado para definição de clientes ativos foi modificado com a transição para a credsystem, tendo impacto relevante na queda do número para o 1T24</t>
   </si>
   <si>
     <t>Cartão Marisa pré-Credsystem</t>
   </si>
   <si>
     <t>Outras</t>
   </si>
   <si>
     <t>Varejo</t>
   </si>
   <si>
     <t>Mserviços</t>
   </si>
   <si>
     <t>Mpagamentos</t>
   </si>
   <si>
     <t>XXXX</t>
   </si>
   <si>
-    <t>2T25 / 2Q25</t>
-[...1 lines deleted...]
-  <si>
     <t>Fornecedor - Convênio</t>
   </si>
   <si>
     <t>6M25</t>
   </si>
   <si>
     <t>6M24</t>
   </si>
   <si>
     <t>9M24</t>
   </si>
   <si>
     <t>2024</t>
+  </si>
+  <si>
+    <t>3T25 / 3Q25</t>
+  </si>
+  <si>
+    <t>9M25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="19">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(&quot;R$ &quot;* #,##0.00_);_(&quot;R$ &quot;* \(#,##0.00\);_(&quot;R$ &quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="00000"/>
     <numFmt numFmtId="167" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="169" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="General_)"/>
     <numFmt numFmtId="171" formatCode="0."/>
     <numFmt numFmtId="172" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="173" formatCode="_([$€-2]* #,##0.00_);_([$€-2]* \(#,##0.00\);_([$€-2]* &quot;-&quot;??_)"/>
     <numFmt numFmtId="174" formatCode="0.0"/>
     <numFmt numFmtId="175" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;?_-;_-@_-"/>
     <numFmt numFmtId="176" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="177" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="178" formatCode="_(* #,##0.0000_);_(* \(#,##0.0000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="179" formatCode="0.000000"/>
@@ -4570,51 +4576,51 @@
     <cellStyle name="Vírgula 9 2" xfId="299" xr:uid="{4B977DDA-E71F-4E3C-918E-23BBE0033A2A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEC008C"/>
       <color rgb="FFFFCCFF"/>
       <color rgb="FFFF99FF"/>
       <color rgb="FFEC006F"/>
       <color rgb="FFFF3399"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'&#205;ndice - Index'!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'&#205;ndice - Index'!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'&#205;ndice - Index'!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'&#205;ndice - Index'!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
@@ -4733,65 +4739,50 @@
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Pluto Cond Light" panose="020B0306020203060204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> Team</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="1300" b="1" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Pluto Cond Light" panose="020B0306020203060204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Edson Garcia</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
-          <a:r>
-[...13 lines deleted...]
-          <a:pPr algn="l"/>
           <a:endParaRPr lang="pt-BR" sz="1300" b="1" baseline="0">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="65000"/>
                 <a:lumOff val="35000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:latin typeface="Pluto Cond Light" panose="020B0306020203060204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="1300" b="1" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Pluto Cond Light" panose="020B0306020203060204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Email: dri@marisa.com.br</a:t>
           </a:r>
           <a:endParaRPr lang="pt-BR" sz="1300" b="1">
@@ -4868,52 +4859,52 @@
       <xdr:col>0</xdr:col>
       <xdr:colOff>44450</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>116204</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>590550</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>63500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="6" name="Agrupar 5">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65627FEA-F8FC-4545-89F2-FBE37BCAFABF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="44450" y="116204"/>
-          <a:ext cx="546100" cy="481572"/>
+          <a:off x="46355" y="116204"/>
+          <a:ext cx="540385" cy="490900"/>
           <a:chOff x="5677535" y="949959"/>
           <a:chExt cx="582930" cy="533400"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="3" name="Imagem 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3978DBD6-744C-4002-B2B6-577C32E4B2C2}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="bg2">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
@@ -4979,77 +4970,77 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>81</xdr:col>
+      <xdr:col>82</xdr:col>
       <xdr:colOff>75266</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>8032</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>81</xdr:col>
+      <xdr:col>82</xdr:col>
       <xdr:colOff>621366</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>155727</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="11" name="Agrupar 10">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5465365-31EB-46C2-B694-8B69DF610A48}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="22543380" y="8032"/>
-          <a:ext cx="546100" cy="481524"/>
+          <a:off x="20215349" y="9937"/>
+          <a:ext cx="549910" cy="484457"/>
           <a:chOff x="5677535" y="949959"/>
           <a:chExt cx="582930" cy="533400"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="12" name="Imagem 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C71B9647-0732-446B-BB91-DABABD66BE76}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="bg2">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
@@ -5115,77 +5106,77 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>54</xdr:col>
+      <xdr:col>55</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>54</xdr:col>
+      <xdr:col>55</xdr:col>
       <xdr:colOff>590550</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>160021</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Agrupar 1">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F403F28-267F-4A21-8A0C-550AF87B4FF1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="16745683" y="19050"/>
-          <a:ext cx="542925" cy="478009"/>
+          <a:off x="17487607" y="15240"/>
+          <a:ext cx="537210" cy="494715"/>
           <a:chOff x="5677535" y="949959"/>
           <a:chExt cx="582930" cy="533400"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="3" name="Imagem 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FEF10BE-7884-4128-A774-4338602A4757}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="bg2">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
@@ -5276,52 +5267,52 @@
       <xdr:col>0</xdr:col>
       <xdr:colOff>111125</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>53975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>657225</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>26671</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Agrupar 1">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2A7DA27-D7D1-4E38-8CE0-F4EAAEB0B7B4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="111125" y="53975"/>
-          <a:ext cx="546100" cy="469653"/>
+          <a:off x="111125" y="57785"/>
+          <a:ext cx="548005" cy="494997"/>
           <a:chOff x="5677535" y="949959"/>
           <a:chExt cx="582930" cy="533400"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="3" name="Imagem 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBD701E1-5AD6-4112-AE1B-229EF11CB6E2}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="bg2">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
@@ -5381,56 +5372,50 @@
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5890261" y="1078231"/>
             <a:ext cx="152400" cy="125614"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...4 lines deleted...]
-</personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5674,89 +5659,79 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFEC006F"/>
   </sheetPr>
   <dimension ref="A1:AG31"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="83" zoomScaleNormal="83" workbookViewId="0">
-      <selection activeCell="D12" sqref="D12:F13"/>
+      <selection activeCell="L12" sqref="L12:Q12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="16.8"/>
   <cols>
     <col min="1" max="1" width="14.77734375" style="1" customWidth="1"/>
     <col min="2" max="2" width="6.44140625" style="1" customWidth="1"/>
     <col min="3" max="6" width="9.21875" style="1"/>
     <col min="7" max="7" width="5.44140625" style="1" customWidth="1"/>
     <col min="8" max="18" width="9.21875" style="1"/>
     <col min="19" max="19" width="6.44140625" style="1" customWidth="1"/>
     <col min="20" max="16384" width="9.21875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:33">
       <c r="AG1" s="2"/>
     </row>
     <row r="2" spans="1:33" ht="16.5" customHeight="1">
       <c r="B2" s="6"/>
       <c r="C2" s="14"/>
       <c r="D2" s="14"/>
       <c r="E2" s="14"/>
       <c r="F2" s="14"/>
       <c r="G2" s="14"/>
       <c r="H2" s="14"/>
       <c r="I2" s="14"/>
@@ -5881,51 +5856,51 @@
       <c r="S7" s="9"/>
     </row>
     <row r="8" spans="1:33" ht="16.5" customHeight="1">
       <c r="B8" s="10"/>
       <c r="C8" s="222"/>
       <c r="D8" s="222"/>
       <c r="E8" s="222"/>
       <c r="F8" s="222"/>
       <c r="G8" s="222"/>
       <c r="H8" s="222"/>
       <c r="I8" s="222"/>
       <c r="J8" s="222"/>
       <c r="K8" s="222"/>
       <c r="L8" s="222"/>
       <c r="M8" s="222"/>
       <c r="N8" s="222"/>
       <c r="O8" s="222"/>
       <c r="P8" s="222"/>
       <c r="Q8" s="222"/>
       <c r="R8" s="222"/>
       <c r="S8" s="9"/>
     </row>
     <row r="9" spans="1:33" s="3" customFormat="1" ht="33.75" customHeight="1">
       <c r="B9" s="11"/>
       <c r="C9" s="223" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D9" s="223"/>
       <c r="E9" s="223"/>
       <c r="F9" s="223"/>
       <c r="G9" s="223"/>
       <c r="H9" s="223"/>
       <c r="I9" s="223"/>
       <c r="J9" s="223"/>
       <c r="K9" s="223"/>
       <c r="L9" s="223"/>
       <c r="M9" s="223"/>
       <c r="N9" s="223"/>
       <c r="O9" s="223"/>
       <c r="P9" s="223"/>
       <c r="Q9" s="223"/>
       <c r="R9" s="223"/>
       <c r="S9" s="12"/>
     </row>
     <row r="10" spans="1:33" ht="16.5" customHeight="1">
       <c r="B10" s="10"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="S10" s="9"/>
     </row>
@@ -6303,115 +6278,114 @@
     <hyperlink ref="L12:Q12" location="'Balanço - Balance Sheet'!A1" display="Balanço - Balance Sheet" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="L14:Q14" location="'DRE Consolidado | P&amp;L '!A1" display="DRE - Income Statements" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="L16:Q16" location="'DRE Varejo - Retail P&amp;L'!A1" display="DRE Varejo - Retail Income Statements" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="L18:Q18" location="'Destaques - Highlights'!A1" display="Destaques - Highlights" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="L20:Q20" location="'Mbank - Mbank Portfolio'!A1" display="Mbank - Mbank Portfolio" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="L22:Q22" location="'DRE Mbank - Mbank P&amp;L'!A1" display="DRE Mbank - Mbank Income Statements" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="L24:Q24" location="'Fluxo de Caixa - Cash Flow'!A1" display="Fluxo de Caixa - Cash Flow" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
   </hyperlinks>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Classificação Interna</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFCCFF"/>
   </sheetPr>
   <dimension ref="A1:BN86"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="87" zoomScaleNormal="87" zoomScaleSheetLayoutView="52" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="BF7" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="BC46" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
-      <selection pane="bottomRight" activeCell="BN29" sqref="BN29"/>
+      <selection pane="bottomRight" activeCell="BI12" sqref="BI12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="13.2" outlineLevelRow="1" outlineLevelCol="3"/>
   <cols>
     <col min="1" max="1" width="9.44140625" style="25" customWidth="1"/>
     <col min="2" max="2" width="44.5546875" style="25" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.21875" style="27" customWidth="1" outlineLevel="1"/>
-    <col min="4" max="6" width="13.21875" style="27" customWidth="1" outlineLevel="2"/>
-[...33 lines deleted...]
-    <col min="60" max="60" width="13.77734375" style="25" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="4" max="6" width="13.21875" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="7" max="7" width="13.21875" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="8" max="10" width="13.21875" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="11" max="11" width="13.21875" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="12" max="12" width="13.21875" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="13" max="13" width="11" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="14" max="14" width="13.21875" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="15" max="15" width="13.21875" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="16" max="18" width="13.21875" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="19" max="19" width="13.21875" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="20" max="22" width="13.21875" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="23" max="23" width="13.21875" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="24" max="26" width="13.21875" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="27" max="27" width="13.21875" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="28" max="30" width="13.21875" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="31" max="31" width="13.21875" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="32" max="34" width="13.44140625" style="27" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="35" max="35" width="13.5546875" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="36" max="38" width="13.5546875" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="39" max="39" width="13.5546875" style="25" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="40" max="42" width="13.5546875" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="43" max="43" width="13.5546875" style="25" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="44" max="46" width="13.5546875" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="47" max="47" width="13.5546875" style="25" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="48" max="48" width="13.5546875" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="49" max="49" width="11.44140625" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="50" max="50" width="10.77734375" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="51" max="51" width="15.44140625" style="25" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="52" max="52" width="12.21875" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="53" max="53" width="13.5546875" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="54" max="54" width="13.77734375" style="25" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="55" max="55" width="15.21875" style="25" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="56" max="58" width="13.77734375" style="25" hidden="1" customWidth="1" outlineLevel="3" collapsed="1"/>
+    <col min="59" max="60" width="13.77734375" style="25" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="61" max="61" width="13.77734375" style="25" bestFit="1" customWidth="1"/>
-    <col min="62" max="65" width="13.77734375" style="25" bestFit="1" customWidth="1" collapsed="1"/>
-    <col min="66" max="16384" width="9.21875" style="25"/>
+    <col min="62" max="66" width="13.77734375" style="25" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="67" max="16384" width="9.21875" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:65" ht="14.4">
+    <row r="1" spans="1:66" ht="14.4">
       <c r="A1"/>
     </row>
-    <row r="2" spans="1:65" ht="14.4">
+    <row r="2" spans="1:66" ht="14.4">
       <c r="H2"/>
     </row>
-    <row r="3" spans="1:65">
+    <row r="3" spans="1:66">
       <c r="B3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Balanço Patrimonial","Balance Sheet")</f>
         <v>Balanço Patrimonial</v>
       </c>
     </row>
-    <row r="4" spans="1:65" ht="26.4">
+    <row r="4" spans="1:66" ht="26.4">
       <c r="B4" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","(R$ milhares)","(R$ million)")</f>
         <v>(R$ milhares)</v>
       </c>
       <c r="C4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","4T09","4Q09")</f>
         <v>4T09</v>
       </c>
       <c r="D4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T10","1Q10")</f>
         <v>1T10</v>
       </c>
       <c r="E4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T10","2Q10")</f>
         <v>2T10</v>
       </c>
       <c r="F4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","3T10","3Q10")</f>
         <v>3T10</v>
       </c>
       <c r="G4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","4T10","4Q10")</f>
         <v>4T10</v>
       </c>
       <c r="H4" s="28" t="str">
@@ -6621,131 +6595,135 @@
       </c>
       <c r="BH4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T24","1Q24")</f>
         <v>1T24</v>
       </c>
       <c r="BI4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T24","2Q24")</f>
         <v>2T24</v>
       </c>
       <c r="BJ4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","3T24","3Q24")</f>
         <v>3T24</v>
       </c>
       <c r="BK4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","4T24","4Q24")</f>
         <v>4T24</v>
       </c>
       <c r="BL4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T25","1Q25")</f>
         <v>1T25</v>
       </c>
       <c r="BM4" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T25","2Q25")</f>
         <v>2T25</v>
       </c>
+      <c r="BN4" s="28" t="str">
+        <f>IF('Índice - Index'!$D$14="Português","3T25","3Q25")</f>
+        <v>3T25</v>
+      </c>
     </row>
-    <row r="5" spans="1:65">
+    <row r="5" spans="1:66">
       <c r="B5" s="29"/>
       <c r="C5" s="30"/>
       <c r="D5" s="30"/>
       <c r="E5" s="30"/>
       <c r="F5" s="30"/>
       <c r="G5" s="30"/>
       <c r="H5" s="30"/>
       <c r="I5" s="30"/>
       <c r="J5" s="30"/>
       <c r="K5" s="30"/>
     </row>
-    <row r="6" spans="1:65" s="33" customFormat="1">
+    <row r="6" spans="1:66" s="33" customFormat="1">
       <c r="A6" s="25"/>
       <c r="B6" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","ATIVO (R$ milhares)","ASSETS (R$ million)")</f>
         <v>ATIVO (R$ milhares)</v>
       </c>
       <c r="C6" s="31"/>
       <c r="D6" s="31"/>
       <c r="E6" s="31"/>
       <c r="F6" s="31"/>
       <c r="G6" s="31"/>
       <c r="H6" s="31"/>
       <c r="I6" s="31"/>
       <c r="J6" s="31"/>
       <c r="K6" s="31"/>
       <c r="L6" s="31"/>
       <c r="M6" s="31"/>
       <c r="N6" s="31"/>
       <c r="O6" s="32"/>
       <c r="P6" s="32"/>
       <c r="Q6" s="32"/>
       <c r="R6" s="32"/>
       <c r="S6" s="32"/>
       <c r="T6" s="32"/>
       <c r="U6" s="32"/>
       <c r="V6" s="32"/>
       <c r="W6" s="32"/>
       <c r="X6" s="32"/>
       <c r="Y6" s="32"/>
       <c r="Z6" s="32"/>
       <c r="AA6" s="32"/>
       <c r="AB6" s="32"/>
       <c r="AC6" s="32"/>
       <c r="AD6" s="32"/>
       <c r="AE6" s="32"/>
       <c r="AF6" s="32"/>
       <c r="AG6" s="32"/>
       <c r="AH6" s="32"/>
       <c r="AI6" s="32"/>
     </row>
-    <row r="7" spans="1:65">
+    <row r="7" spans="1:66">
       <c r="B7" s="34"/>
       <c r="C7" s="30"/>
       <c r="D7" s="30"/>
       <c r="E7" s="30"/>
       <c r="F7" s="30"/>
       <c r="G7" s="30"/>
       <c r="H7" s="30"/>
       <c r="I7" s="30"/>
       <c r="J7" s="30"/>
       <c r="K7" s="30"/>
     </row>
-    <row r="8" spans="1:65">
+    <row r="8" spans="1:66">
       <c r="B8" s="34" t="str">
         <f>IF('Índice - Index'!$D$14="Português","CIRCULANTE","CURRENT ASSETS")</f>
         <v>CIRCULANTE</v>
       </c>
       <c r="C8" s="35"/>
       <c r="D8" s="35"/>
       <c r="E8" s="35"/>
       <c r="F8" s="35"/>
       <c r="G8" s="35"/>
       <c r="H8" s="35"/>
       <c r="I8" s="35"/>
       <c r="J8" s="35"/>
       <c r="K8" s="35"/>
     </row>
-    <row r="9" spans="1:65" ht="14.4">
+    <row r="9" spans="1:66" ht="14.4">
       <c r="B9" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Caixa e equivalentes de caixa","Cash and cash equivalents")</f>
         <v>Caixa e equivalentes de caixa</v>
       </c>
       <c r="C9" s="37">
         <v>333960</v>
       </c>
       <c r="D9" s="37">
         <v>239859</v>
       </c>
       <c r="E9" s="37">
         <v>204425</v>
       </c>
       <c r="F9" s="37">
         <v>287231</v>
       </c>
       <c r="G9" s="37">
         <v>521688</v>
       </c>
       <c r="H9" s="37">
         <v>647474</v>
       </c>
       <c r="I9" s="37">
         <v>806366</v>
       </c>
@@ -6895,52 +6873,55 @@
       </c>
       <c r="BF9" s="37">
         <v>210083</v>
       </c>
       <c r="BG9" s="37">
         <v>92327.747560000003</v>
       </c>
       <c r="BH9" s="37">
         <v>96886</v>
       </c>
       <c r="BI9" s="37">
         <v>31812</v>
       </c>
       <c r="BJ9" s="37">
         <v>31384</v>
       </c>
       <c r="BK9" s="198">
         <v>92052</v>
       </c>
       <c r="BL9" s="198">
         <v>9236</v>
       </c>
       <c r="BM9" s="198">
         <v>10248</v>
       </c>
+      <c r="BN9" s="198">
+        <v>52179</v>
+      </c>
     </row>
-    <row r="10" spans="1:65">
+    <row r="10" spans="1:66">
       <c r="B10" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Títulos e valores mobiliários","Securities")</f>
         <v>Títulos e valores mobiliários</v>
       </c>
       <c r="C10" s="37">
         <v>24808</v>
       </c>
       <c r="D10" s="37">
         <v>22738</v>
       </c>
       <c r="E10" s="37">
         <v>21375</v>
       </c>
       <c r="F10" s="37">
         <v>23080</v>
       </c>
       <c r="G10" s="37">
         <v>18952</v>
       </c>
       <c r="H10" s="37">
         <v>19440</v>
       </c>
       <c r="I10" s="37">
         <v>19184</v>
       </c>
@@ -7090,52 +7071,55 @@
       </c>
       <c r="BF10" s="37">
         <v>8547</v>
       </c>
       <c r="BG10" s="37">
         <v>4657</v>
       </c>
       <c r="BH10" s="37">
         <v>5036</v>
       </c>
       <c r="BI10" s="37">
         <v>0</v>
       </c>
       <c r="BJ10" s="37">
         <v>0</v>
       </c>
       <c r="BK10" s="37">
         <v>0</v>
       </c>
       <c r="BL10" s="37">
         <v>0</v>
       </c>
       <c r="BM10" s="37">
         <v>0</v>
       </c>
+      <c r="BN10" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="11" spans="1:65">
+    <row r="11" spans="1:66">
       <c r="B11" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Instrumentos financeiros","Financial Intruments")</f>
         <v>Instrumentos financeiros</v>
       </c>
       <c r="C11" s="37">
         <v>0</v>
       </c>
       <c r="D11" s="37">
         <v>0</v>
       </c>
       <c r="E11" s="37">
         <v>0</v>
       </c>
       <c r="F11" s="37">
         <v>0</v>
       </c>
       <c r="G11" s="37">
         <v>0</v>
       </c>
       <c r="H11" s="37">
         <v>0</v>
       </c>
       <c r="I11" s="37">
         <v>0</v>
       </c>
@@ -7285,52 +7269,55 @@
       </c>
       <c r="BF11" s="37">
         <v>260</v>
       </c>
       <c r="BG11" s="37">
         <v>0</v>
       </c>
       <c r="BH11" s="37">
         <v>0</v>
       </c>
       <c r="BI11" s="37">
         <v>0</v>
       </c>
       <c r="BJ11" s="37">
         <v>0</v>
       </c>
       <c r="BK11" s="37">
         <v>0</v>
       </c>
       <c r="BL11" s="37">
         <v>0</v>
       </c>
       <c r="BM11" s="37">
         <v>0</v>
       </c>
+      <c r="BN11" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="1:65">
+    <row r="12" spans="1:66">
       <c r="B12" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Contas a receber de clientes","Accounts receivable")</f>
         <v>Contas a receber de clientes</v>
       </c>
       <c r="C12" s="37">
         <v>556421</v>
       </c>
       <c r="D12" s="37">
         <v>466493</v>
       </c>
       <c r="E12" s="37">
         <v>506202</v>
       </c>
       <c r="F12" s="37">
         <v>460339</v>
       </c>
       <c r="G12" s="37">
         <v>634538</v>
       </c>
       <c r="H12" s="37">
         <v>539383</v>
       </c>
       <c r="I12" s="37">
         <v>603572</v>
       </c>
@@ -7480,52 +7467,55 @@
       </c>
       <c r="BF12" s="171">
         <v>247641</v>
       </c>
       <c r="BG12" s="171">
         <v>67518.915549999991</v>
       </c>
       <c r="BH12" s="171">
         <v>57671</v>
       </c>
       <c r="BI12" s="171">
         <v>83233</v>
       </c>
       <c r="BJ12" s="171">
         <v>22551</v>
       </c>
       <c r="BK12" s="171">
         <v>29793</v>
       </c>
       <c r="BL12" s="171">
         <v>25910</v>
       </c>
       <c r="BM12" s="171">
         <v>39299</v>
       </c>
+      <c r="BN12" s="171">
+        <v>23368</v>
+      </c>
     </row>
-    <row r="13" spans="1:65">
+    <row r="13" spans="1:66">
       <c r="B13" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Estoques","Inventories")</f>
         <v>Estoques</v>
       </c>
       <c r="C13" s="37">
         <v>147449</v>
       </c>
       <c r="D13" s="37">
         <v>219582</v>
       </c>
       <c r="E13" s="37">
         <v>190792</v>
       </c>
       <c r="F13" s="37">
         <v>235073</v>
       </c>
       <c r="G13" s="37">
         <v>232016</v>
       </c>
       <c r="H13" s="37">
         <v>316514</v>
       </c>
       <c r="I13" s="37">
         <v>317069</v>
       </c>
@@ -7675,52 +7665,55 @@
       </c>
       <c r="BF13" s="37">
         <v>158820</v>
       </c>
       <c r="BG13" s="37">
         <v>145599.96808999998</v>
       </c>
       <c r="BH13" s="37">
         <v>198782</v>
       </c>
       <c r="BI13" s="37">
         <v>213418</v>
       </c>
       <c r="BJ13" s="37">
         <v>288384</v>
       </c>
       <c r="BK13" s="37">
         <v>260101</v>
       </c>
       <c r="BL13" s="37">
         <v>373248</v>
       </c>
       <c r="BM13" s="37">
         <v>303050</v>
       </c>
+      <c r="BN13" s="37">
+        <v>324336</v>
+      </c>
     </row>
-    <row r="14" spans="1:65">
+    <row r="14" spans="1:66">
       <c r="B14" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Partes relacionadas","Related Parties")</f>
         <v>Partes relacionadas</v>
       </c>
       <c r="C14" s="37">
         <v>0</v>
       </c>
       <c r="D14" s="37">
         <v>0</v>
       </c>
       <c r="E14" s="37">
         <v>0</v>
       </c>
       <c r="F14" s="37">
         <v>0</v>
       </c>
       <c r="G14" s="37">
         <v>0</v>
       </c>
       <c r="H14" s="37">
         <v>0</v>
       </c>
       <c r="I14" s="37">
         <v>0</v>
       </c>
@@ -7870,52 +7863,55 @@
       </c>
       <c r="BF14" s="37">
         <v>0</v>
       </c>
       <c r="BG14" s="37">
         <v>4798.5358400000005</v>
       </c>
       <c r="BH14" s="37">
         <v>2364</v>
       </c>
       <c r="BI14" s="37">
         <v>0</v>
       </c>
       <c r="BJ14" s="37">
         <v>0</v>
       </c>
       <c r="BK14" s="37">
         <v>0</v>
       </c>
       <c r="BL14" s="37">
         <v>71</v>
       </c>
       <c r="BM14" s="37" t="s">
         <v>14</v>
       </c>
+      <c r="BN14" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="1:65">
+    <row r="15" spans="1:66">
       <c r="B15" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Impostos a recuperar","Recoverable Taxes")</f>
         <v>Impostos a recuperar</v>
       </c>
       <c r="C15" s="37">
         <v>30815</v>
       </c>
       <c r="D15" s="37">
         <v>36669</v>
       </c>
       <c r="E15" s="37">
         <v>43794</v>
       </c>
       <c r="F15" s="37">
         <v>50803</v>
       </c>
       <c r="G15" s="37">
         <v>44343</v>
       </c>
       <c r="H15" s="37">
         <v>36995</v>
       </c>
       <c r="I15" s="37">
         <v>64721</v>
       </c>
@@ -8065,52 +8061,55 @@
       </c>
       <c r="BF15" s="37">
         <v>209713</v>
       </c>
       <c r="BG15" s="37">
         <v>114844.84987999999</v>
       </c>
       <c r="BH15" s="37">
         <v>104140</v>
       </c>
       <c r="BI15" s="37">
         <v>106800</v>
       </c>
       <c r="BJ15" s="37">
         <v>126371</v>
       </c>
       <c r="BK15" s="37">
         <v>95445</v>
       </c>
       <c r="BL15" s="37">
         <v>121426</v>
       </c>
       <c r="BM15" s="37">
         <v>140728</v>
       </c>
+      <c r="BN15" s="37">
+        <v>193475</v>
+      </c>
     </row>
-    <row r="16" spans="1:65">
+    <row r="16" spans="1:66">
       <c r="B16" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Imposto de Renda e Contribuição Social","Income Tax &amp; Social Contribution")</f>
         <v>Imposto de Renda e Contribuição Social</v>
       </c>
       <c r="C16" s="37">
         <v>0</v>
       </c>
       <c r="D16" s="37">
         <v>0</v>
       </c>
       <c r="E16" s="37">
         <v>0</v>
       </c>
       <c r="F16" s="37">
         <v>0</v>
       </c>
       <c r="G16" s="37">
         <v>0</v>
       </c>
       <c r="H16" s="37">
         <v>0</v>
       </c>
       <c r="I16" s="37">
         <v>0</v>
       </c>
@@ -8260,52 +8259,55 @@
       </c>
       <c r="BF16" s="37">
         <v>0</v>
       </c>
       <c r="BG16" s="37">
         <v>0</v>
       </c>
       <c r="BH16" s="37">
         <v>0</v>
       </c>
       <c r="BI16" s="37">
         <v>0</v>
       </c>
       <c r="BJ16" s="37">
         <v>0</v>
       </c>
       <c r="BK16" s="37">
         <v>0</v>
       </c>
       <c r="BL16" s="37">
         <v>0</v>
       </c>
       <c r="BM16" s="37" t="s">
         <v>14</v>
       </c>
+      <c r="BN16" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="2:65" ht="14.4">
+    <row r="17" spans="2:66">
       <c r="B17" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outros créditos","Other Credits")</f>
         <v>Outros créditos</v>
       </c>
       <c r="C17" s="37">
         <v>15497</v>
       </c>
       <c r="D17" s="37">
         <v>20458</v>
       </c>
       <c r="E17" s="37">
         <v>26806</v>
       </c>
       <c r="F17" s="37">
         <v>29301</v>
       </c>
       <c r="G17" s="37">
         <v>16133</v>
       </c>
       <c r="H17" s="37">
         <v>29440</v>
       </c>
       <c r="I17" s="37">
         <v>29236</v>
       </c>
@@ -8446,61 +8448,64 @@
       </c>
       <c r="BC17" s="37">
         <v>42844</v>
       </c>
       <c r="BD17" s="37">
         <v>66758</v>
       </c>
       <c r="BE17" s="37">
         <v>52194</v>
       </c>
       <c r="BF17" s="37">
         <v>143886</v>
       </c>
       <c r="BG17" s="37">
         <v>31140.045920000008</v>
       </c>
       <c r="BH17" s="37">
         <v>46839</v>
       </c>
       <c r="BI17" s="37">
         <v>41312</v>
       </c>
       <c r="BJ17" s="37">
         <v>32466</v>
       </c>
-      <c r="BK17" s="198">
+      <c r="BK17" s="37">
         <v>24631</v>
       </c>
       <c r="BL17" s="37">
         <v>40673</v>
       </c>
       <c r="BM17" s="37">
         <v>33672</v>
       </c>
+      <c r="BN17" s="37">
+        <v>36905</v>
+      </c>
     </row>
-    <row r="18" spans="2:65">
+    <row r="18" spans="2:66">
       <c r="B18" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Ativos de Operações Descontinuadas","Assets from Discontinued Operations")</f>
         <v>Ativos de Operações Descontinuadas</v>
       </c>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="37"/>
       <c r="H18" s="37"/>
       <c r="I18" s="37"/>
       <c r="J18" s="37"/>
       <c r="K18" s="37"/>
       <c r="L18" s="37"/>
       <c r="M18" s="37"/>
       <c r="N18" s="37"/>
       <c r="O18" s="37"/>
       <c r="P18" s="37"/>
       <c r="Q18" s="37"/>
       <c r="R18" s="37"/>
       <c r="S18" s="37"/>
       <c r="T18" s="37"/>
       <c r="U18" s="37"/>
       <c r="V18" s="37"/>
       <c r="W18" s="37"/>
@@ -8537,53 +8542,58 @@
       <c r="BB18" s="37"/>
       <c r="BC18" s="37">
         <v>0</v>
       </c>
       <c r="BD18" s="37"/>
       <c r="BE18" s="37"/>
       <c r="BF18" s="37"/>
       <c r="BG18" s="37">
         <v>500845</v>
       </c>
       <c r="BH18" s="37">
         <v>422435</v>
       </c>
       <c r="BI18" s="37">
         <v>146542</v>
       </c>
       <c r="BJ18" s="37">
         <v>68260</v>
       </c>
       <c r="BK18" s="37">
         <v>74480</v>
       </c>
       <c r="BL18" s="37">
         <v>0</v>
       </c>
-      <c r="BM18" s="37"/>
+      <c r="BM18" s="37">
+        <v>0</v>
+      </c>
+      <c r="BN18" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="2:65">
+    <row r="19" spans="2:66">
       <c r="B19" s="34" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Total do ativo circulante","Total Current Assets")</f>
         <v>Total do ativo circulante</v>
       </c>
       <c r="C19" s="39">
         <f t="shared" ref="C19:AT19" si="0">SUM(C9:C17)</f>
         <v>1108950</v>
       </c>
       <c r="D19" s="39">
         <f t="shared" si="0"/>
         <v>1005799</v>
       </c>
       <c r="E19" s="39">
         <f t="shared" si="0"/>
         <v>993394</v>
       </c>
       <c r="F19" s="39">
         <f t="shared" si="0"/>
         <v>1085827</v>
       </c>
       <c r="G19" s="39">
         <f t="shared" si="0"/>
         <v>1467670</v>
       </c>
       <c r="H19" s="39">
@@ -8766,139 +8776,143 @@
       <c r="BA19" s="39">
         <f t="shared" ref="BA19:BF19" si="1">SUM(BA9:BA17)</f>
         <v>1738914</v>
       </c>
       <c r="BB19" s="39">
         <f t="shared" si="1"/>
         <v>1643516</v>
       </c>
       <c r="BC19" s="39">
         <f>SUM(BC9:BC18)</f>
         <v>1572060</v>
       </c>
       <c r="BD19" s="39">
         <f t="shared" si="1"/>
         <v>1403231</v>
       </c>
       <c r="BE19" s="39">
         <f t="shared" si="1"/>
         <v>1207771</v>
       </c>
       <c r="BF19" s="39">
         <f t="shared" si="1"/>
         <v>978950</v>
       </c>
       <c r="BG19" s="39">
-        <f t="shared" ref="BG19:BM19" si="2">SUM(BG9:BG18)</f>
+        <f t="shared" ref="BG19:BN19" si="2">SUM(BG9:BG18)</f>
         <v>961732.06284000003</v>
       </c>
       <c r="BH19" s="39">
         <f t="shared" si="2"/>
         <v>934153</v>
       </c>
       <c r="BI19" s="39">
         <f t="shared" si="2"/>
         <v>623117</v>
       </c>
       <c r="BJ19" s="193">
         <f t="shared" si="2"/>
         <v>569416</v>
       </c>
       <c r="BK19" s="193">
         <f t="shared" si="2"/>
         <v>576502</v>
       </c>
       <c r="BL19" s="193">
         <f t="shared" si="2"/>
         <v>570564</v>
       </c>
       <c r="BM19" s="193">
         <f t="shared" si="2"/>
         <v>526997</v>
       </c>
+      <c r="BN19" s="193">
+        <f t="shared" si="2"/>
+        <v>630263</v>
+      </c>
     </row>
-    <row r="20" spans="2:65" ht="14.4">
+    <row r="20" spans="2:66" ht="14.4">
       <c r="B20" s="40"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20"/>
       <c r="I20" s="41"/>
       <c r="J20" s="41"/>
       <c r="K20" s="41"/>
       <c r="AE20" s="53"/>
       <c r="AF20" s="53"/>
       <c r="AG20" s="53"/>
       <c r="AH20" s="53"/>
       <c r="AI20" s="53"/>
       <c r="AJ20" s="27"/>
       <c r="AK20" s="27"/>
       <c r="AL20" s="27"/>
       <c r="AM20" s="27"/>
       <c r="AN20" s="53"/>
       <c r="AO20" s="53"/>
       <c r="AP20" s="53"/>
       <c r="AQ20" s="53"/>
       <c r="AR20" s="53"/>
       <c r="AS20" s="53"/>
       <c r="AT20" s="53"/>
       <c r="AU20" s="53"/>
       <c r="AV20" s="53"/>
       <c r="AY20" s="53"/>
     </row>
-    <row r="21" spans="2:65">
+    <row r="21" spans="2:66">
       <c r="B21" s="34" t="str">
         <f>IF('Índice - Index'!$D$14="Português","NÃO CIRCULANTE","NONCURRENT ASSETS")</f>
         <v>NÃO CIRCULANTE</v>
       </c>
       <c r="C21" s="41"/>
       <c r="D21" s="41"/>
       <c r="E21" s="41"/>
       <c r="F21" s="41"/>
       <c r="G21" s="41"/>
       <c r="H21" s="41"/>
       <c r="I21" s="41"/>
       <c r="J21" s="41"/>
       <c r="K21" s="41"/>
       <c r="AJ21" s="27"/>
       <c r="AK21" s="27"/>
       <c r="AL21" s="27"/>
       <c r="AM21" s="27"/>
       <c r="AN21" s="27"/>
       <c r="AO21" s="27"/>
       <c r="AP21" s="27"/>
       <c r="AQ21" s="27"/>
       <c r="AR21" s="27"/>
       <c r="AS21" s="27"/>
       <c r="AT21" s="27"/>
       <c r="AU21" s="27"/>
       <c r="AV21" s="27"/>
       <c r="AY21" s="27"/>
     </row>
-    <row r="22" spans="2:65">
+    <row r="22" spans="2:66">
       <c r="B22" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Contas a receber de clientes","Accounts receivable clients")</f>
         <v>Contas a receber de clientes</v>
       </c>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="37"/>
       <c r="H22" s="37"/>
       <c r="I22" s="37"/>
       <c r="J22" s="37"/>
       <c r="K22" s="37"/>
       <c r="L22" s="37"/>
       <c r="M22" s="37"/>
       <c r="N22" s="37"/>
       <c r="O22" s="37"/>
       <c r="P22" s="37"/>
       <c r="Q22" s="37"/>
       <c r="R22" s="37"/>
       <c r="S22" s="37"/>
       <c r="T22" s="37"/>
       <c r="U22" s="37"/>
       <c r="V22" s="37"/>
       <c r="W22" s="37"/>
@@ -8948,52 +8962,55 @@
       </c>
       <c r="BF22" s="37">
         <v>2441</v>
       </c>
       <c r="BG22" s="37">
         <v>0</v>
       </c>
       <c r="BH22" s="37">
         <v>0</v>
       </c>
       <c r="BI22" s="37">
         <v>0</v>
       </c>
       <c r="BJ22" s="37">
         <v>0</v>
       </c>
       <c r="BK22" s="37">
         <v>0</v>
       </c>
       <c r="BL22" s="37">
         <v>0</v>
       </c>
       <c r="BM22" s="37" t="s">
         <v>14</v>
       </c>
+      <c r="BN22" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:65" ht="14.4">
+    <row r="23" spans="2:66">
       <c r="B23" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","IR e CSLL diferidos","Def. Income and social c. taxes")</f>
         <v>IR e CSLL diferidos</v>
       </c>
       <c r="C23" s="37">
         <v>77093</v>
       </c>
       <c r="D23" s="37">
         <v>79459</v>
       </c>
       <c r="E23" s="37">
         <v>76894</v>
       </c>
       <c r="F23" s="37">
         <v>67586</v>
       </c>
       <c r="G23" s="37">
         <v>72977</v>
       </c>
       <c r="H23" s="37">
         <v>79784</v>
       </c>
       <c r="I23" s="37">
         <v>95446</v>
       </c>
@@ -9134,61 +9151,64 @@
       </c>
       <c r="BC23" s="37">
         <v>70778</v>
       </c>
       <c r="BD23" s="37">
         <v>79496</v>
       </c>
       <c r="BE23" s="37">
         <v>96671</v>
       </c>
       <c r="BF23" s="37">
         <v>96670</v>
       </c>
       <c r="BG23" s="37">
         <v>75233.298490000016</v>
       </c>
       <c r="BH23" s="37">
         <v>73702</v>
       </c>
       <c r="BI23" s="37">
         <v>60813</v>
       </c>
       <c r="BJ23" s="37">
         <v>60289</v>
       </c>
-      <c r="BK23" s="198">
+      <c r="BK23" s="37">
         <v>60765</v>
       </c>
-      <c r="BL23" s="198">
+      <c r="BL23" s="37">
         <v>60726</v>
       </c>
       <c r="BM23" s="37">
         <v>61931</v>
       </c>
+      <c r="BN23" s="37">
+        <v>55274</v>
+      </c>
     </row>
-    <row r="24" spans="2:65">
+    <row r="24" spans="2:66">
       <c r="B24" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Impostos a recuperar","Recoverable Taxes")</f>
         <v>Impostos a recuperar</v>
       </c>
       <c r="C24" s="37">
         <v>26220</v>
       </c>
       <c r="D24" s="37">
         <v>31181</v>
       </c>
       <c r="E24" s="37">
         <v>33985</v>
       </c>
       <c r="F24" s="37">
         <v>35972</v>
       </c>
       <c r="G24" s="37">
         <v>42005</v>
       </c>
       <c r="H24" s="37">
         <v>46329</v>
       </c>
       <c r="I24" s="37">
         <v>41587</v>
       </c>
@@ -9338,52 +9358,55 @@
       </c>
       <c r="BF24" s="37">
         <v>553235</v>
       </c>
       <c r="BG24" s="37">
         <v>634145.46139000007</v>
       </c>
       <c r="BH24" s="37">
         <v>620289</v>
       </c>
       <c r="BI24" s="37">
         <v>626310</v>
       </c>
       <c r="BJ24" s="37">
         <v>634098</v>
       </c>
       <c r="BK24" s="37">
         <v>675941</v>
       </c>
       <c r="BL24" s="37">
         <v>822197</v>
       </c>
       <c r="BM24" s="37">
         <v>846008</v>
       </c>
+      <c r="BN24" s="37">
+        <v>862737</v>
+      </c>
     </row>
-    <row r="25" spans="2:65">
+    <row r="25" spans="2:66">
       <c r="B25" s="36" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="37"/>
       <c r="J25" s="37"/>
       <c r="K25" s="37"/>
       <c r="L25" s="37"/>
       <c r="M25" s="37"/>
       <c r="N25" s="37"/>
       <c r="O25" s="37"/>
       <c r="P25" s="37"/>
       <c r="Q25" s="37"/>
       <c r="R25" s="37"/>
       <c r="S25" s="37"/>
       <c r="T25" s="37"/>
       <c r="U25" s="37"/>
       <c r="V25" s="37"/>
       <c r="W25" s="37"/>
       <c r="X25" s="37"/>
@@ -9442,52 +9465,55 @@
       </c>
       <c r="BF25" s="37">
         <v>11722</v>
       </c>
       <c r="BG25" s="37">
         <v>10842.40166</v>
       </c>
       <c r="BH25" s="37">
         <v>13011</v>
       </c>
       <c r="BI25" s="37">
         <v>12098</v>
       </c>
       <c r="BJ25" s="37">
         <v>10671</v>
       </c>
       <c r="BK25" s="37">
         <v>10133</v>
       </c>
       <c r="BL25" s="37">
         <v>9684</v>
       </c>
       <c r="BM25" s="37">
         <v>7537</v>
       </c>
+      <c r="BN25" s="37">
+        <v>9630</v>
+      </c>
     </row>
-    <row r="26" spans="2:65">
+    <row r="26" spans="2:66">
       <c r="B26" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Depósitos Judiciais","Judicial Deposits")</f>
         <v>Depósitos Judiciais</v>
       </c>
       <c r="C26" s="37">
         <v>31100</v>
       </c>
       <c r="D26" s="37">
         <v>35556</v>
       </c>
       <c r="E26" s="37">
         <v>36176</v>
       </c>
       <c r="F26" s="37">
         <v>38685</v>
       </c>
       <c r="G26" s="37">
         <v>39817</v>
       </c>
       <c r="H26" s="37">
         <v>41606</v>
       </c>
       <c r="I26" s="37">
         <v>37773</v>
       </c>
@@ -9637,52 +9663,55 @@
       </c>
       <c r="BF26" s="37">
         <v>147510</v>
       </c>
       <c r="BG26" s="37">
         <v>148171.84446000002</v>
       </c>
       <c r="BH26" s="37">
         <v>152453</v>
       </c>
       <c r="BI26" s="37">
         <v>160356</v>
       </c>
       <c r="BJ26" s="37">
         <v>166696</v>
       </c>
       <c r="BK26" s="37">
         <v>39467</v>
       </c>
       <c r="BL26" s="37">
         <v>41114</v>
       </c>
       <c r="BM26" s="37">
         <v>39909</v>
       </c>
+      <c r="BN26" s="37">
+        <v>51537</v>
+      </c>
     </row>
-    <row r="27" spans="2:65">
+    <row r="27" spans="2:66">
       <c r="B27" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Títulos e valores mobiliários","Securities")</f>
         <v>Títulos e valores mobiliários</v>
       </c>
       <c r="C27" s="37">
         <v>0</v>
       </c>
       <c r="D27" s="37">
         <v>0</v>
       </c>
       <c r="E27" s="37">
         <v>0</v>
       </c>
       <c r="F27" s="37">
         <v>0</v>
       </c>
       <c r="G27" s="37">
         <v>5069</v>
       </c>
       <c r="H27" s="37">
         <v>5121</v>
       </c>
       <c r="I27" s="37">
         <v>5236</v>
       </c>
@@ -9832,52 +9861,55 @@
       </c>
       <c r="BF27" s="37">
         <v>3540</v>
       </c>
       <c r="BG27" s="37">
         <v>2590.8423899999998</v>
       </c>
       <c r="BH27" s="37">
         <v>1396</v>
       </c>
       <c r="BI27" s="37">
         <v>5785</v>
       </c>
       <c r="BJ27" s="37">
         <v>2102</v>
       </c>
       <c r="BK27" s="37">
         <v>1452</v>
       </c>
       <c r="BL27" s="37">
         <v>1020</v>
       </c>
       <c r="BM27" s="37">
         <v>587</v>
       </c>
+      <c r="BN27" s="37">
+        <v>8345</v>
+      </c>
     </row>
-    <row r="28" spans="2:65">
+    <row r="28" spans="2:66">
       <c r="B28" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Partes relacionadas","Related parties")</f>
         <v>Partes relacionadas</v>
       </c>
       <c r="C28" s="37">
         <v>1932</v>
       </c>
       <c r="D28" s="37">
         <v>1932</v>
       </c>
       <c r="E28" s="37">
         <v>1932</v>
       </c>
       <c r="F28" s="37">
         <v>1930</v>
       </c>
       <c r="G28" s="37">
         <v>1280</v>
       </c>
       <c r="H28" s="37">
         <v>1280</v>
       </c>
       <c r="I28" s="37">
         <v>1283</v>
       </c>
@@ -10027,52 +10059,55 @@
       </c>
       <c r="BF28" s="37">
         <v>0</v>
       </c>
       <c r="BG28" s="37">
         <v>0</v>
       </c>
       <c r="BH28" s="37">
         <v>0</v>
       </c>
       <c r="BI28" s="37">
         <v>0</v>
       </c>
       <c r="BJ28" s="37">
         <v>0</v>
       </c>
       <c r="BK28" s="37">
         <v>0</v>
       </c>
       <c r="BL28" s="37">
         <v>0</v>
       </c>
       <c r="BM28" s="37">
         <v>0</v>
       </c>
+      <c r="BN28" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="2:65">
+    <row r="29" spans="2:66">
       <c r="B29" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Investimentos","Investments")</f>
         <v>Investimentos</v>
       </c>
       <c r="C29" s="37">
         <v>0</v>
       </c>
       <c r="D29" s="37">
         <v>0</v>
       </c>
       <c r="E29" s="37">
         <v>0</v>
       </c>
       <c r="F29" s="37">
         <v>0</v>
       </c>
       <c r="G29" s="37">
         <v>0</v>
       </c>
       <c r="H29" s="37">
         <v>0</v>
       </c>
       <c r="I29" s="37">
         <v>0</v>
       </c>
@@ -10222,52 +10257,55 @@
       </c>
       <c r="BF29" s="37">
         <v>0</v>
       </c>
       <c r="BG29" s="37">
         <v>0</v>
       </c>
       <c r="BH29" s="37">
         <v>0</v>
       </c>
       <c r="BI29" s="37">
         <v>0</v>
       </c>
       <c r="BJ29" s="37">
         <v>0</v>
       </c>
       <c r="BK29" s="37">
         <v>0</v>
       </c>
       <c r="BL29" s="37">
         <v>0</v>
       </c>
       <c r="BM29" s="37">
         <v>0</v>
       </c>
+      <c r="BN29" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="2:65">
+    <row r="30" spans="2:66">
       <c r="B30" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outros investimentos","Other Investments")</f>
         <v>Outros investimentos</v>
       </c>
       <c r="C30" s="37">
         <v>2</v>
       </c>
       <c r="D30" s="37">
         <v>2</v>
       </c>
       <c r="E30" s="37">
         <v>2</v>
       </c>
       <c r="F30" s="37">
         <v>2</v>
       </c>
       <c r="G30" s="37">
         <v>2</v>
       </c>
       <c r="H30" s="37">
         <v>2</v>
       </c>
       <c r="I30" s="37">
         <v>2</v>
       </c>
@@ -10417,52 +10455,55 @@
       </c>
       <c r="BF30" s="37">
         <v>0</v>
       </c>
       <c r="BG30" s="37">
         <v>0</v>
       </c>
       <c r="BH30" s="37">
         <v>0</v>
       </c>
       <c r="BI30" s="37">
         <v>0</v>
       </c>
       <c r="BJ30" s="37">
         <v>0</v>
       </c>
       <c r="BK30" s="37">
         <v>0</v>
       </c>
       <c r="BL30" s="37">
         <v>0</v>
       </c>
       <c r="BM30" s="37">
         <v>0</v>
       </c>
+      <c r="BN30" s="37">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="2:65">
+    <row r="31" spans="2:66">
       <c r="B31" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Imobilizado","PP&amp;E")</f>
         <v>Imobilizado</v>
       </c>
       <c r="C31" s="37">
         <v>240424</v>
       </c>
       <c r="D31" s="37">
         <v>236196</v>
       </c>
       <c r="E31" s="37">
         <v>250561</v>
       </c>
       <c r="F31" s="37">
         <v>280894</v>
       </c>
       <c r="G31" s="37">
         <v>347448</v>
       </c>
       <c r="H31" s="37">
         <v>358032</v>
       </c>
       <c r="I31" s="37">
         <v>375984</v>
       </c>
@@ -10612,52 +10653,55 @@
       </c>
       <c r="BF31" s="37">
         <v>74436</v>
       </c>
       <c r="BG31" s="37">
         <v>68540.248000000051</v>
       </c>
       <c r="BH31" s="37">
         <v>66273</v>
       </c>
       <c r="BI31" s="37">
         <v>62108</v>
       </c>
       <c r="BJ31" s="37">
         <v>58778</v>
       </c>
       <c r="BK31" s="37">
         <v>56770</v>
       </c>
       <c r="BL31" s="37">
         <v>54818</v>
       </c>
       <c r="BM31" s="37">
         <v>53326</v>
       </c>
+      <c r="BN31" s="37">
+        <v>50906</v>
+      </c>
     </row>
-    <row r="32" spans="2:65" ht="14.4">
+    <row r="32" spans="2:66">
       <c r="B32" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Intangível","Intangible assets")</f>
         <v>Intangível</v>
       </c>
       <c r="C32" s="37">
         <v>52557</v>
       </c>
       <c r="D32" s="37">
         <v>53211</v>
       </c>
       <c r="E32" s="37">
         <v>57440</v>
       </c>
       <c r="F32" s="37">
         <v>79556</v>
       </c>
       <c r="G32" s="37">
         <v>85024</v>
       </c>
       <c r="H32" s="37">
         <v>86931</v>
       </c>
       <c r="I32" s="37">
         <v>91325</v>
       </c>
@@ -10798,61 +10842,64 @@
       </c>
       <c r="BC32" s="37">
         <v>77854</v>
       </c>
       <c r="BD32" s="37">
         <v>71553</v>
       </c>
       <c r="BE32" s="37">
         <v>65178</v>
       </c>
       <c r="BF32" s="37">
         <v>65158</v>
       </c>
       <c r="BG32" s="37">
         <v>55902.266089999997</v>
       </c>
       <c r="BH32" s="37">
         <v>50335</v>
       </c>
       <c r="BI32" s="37">
         <v>46091</v>
       </c>
       <c r="BJ32" s="37">
         <v>41825</v>
       </c>
-      <c r="BK32" s="198">
+      <c r="BK32" s="37">
         <v>37435</v>
       </c>
-      <c r="BL32" s="198">
+      <c r="BL32" s="37">
         <v>35533</v>
       </c>
       <c r="BM32" s="37">
         <v>33606</v>
       </c>
+      <c r="BN32" s="37">
+        <v>33911</v>
+      </c>
     </row>
-    <row r="33" spans="2:65">
+    <row r="33" spans="2:66">
       <c r="B33" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Ativo de Direito de Uso","Right of Use")</f>
         <v>Ativo de Direito de Uso</v>
       </c>
       <c r="C33" s="37"/>
       <c r="D33" s="37"/>
       <c r="E33" s="37"/>
       <c r="F33" s="37"/>
       <c r="G33" s="37"/>
       <c r="H33" s="37"/>
       <c r="I33" s="37"/>
       <c r="J33" s="37"/>
       <c r="K33" s="37"/>
       <c r="L33" s="37"/>
       <c r="M33" s="37"/>
       <c r="N33" s="37"/>
       <c r="O33" s="37"/>
       <c r="P33" s="37"/>
       <c r="Q33" s="37"/>
       <c r="R33" s="37"/>
       <c r="S33" s="37"/>
       <c r="T33" s="37"/>
       <c r="U33" s="37"/>
       <c r="V33" s="37"/>
       <c r="W33" s="37"/>
@@ -10928,52 +10975,55 @@
       </c>
       <c r="BF33" s="37">
         <v>546026</v>
       </c>
       <c r="BG33" s="37">
         <v>496734.74715999997</v>
       </c>
       <c r="BH33" s="37">
         <v>464642</v>
       </c>
       <c r="BI33" s="37">
         <v>466716</v>
       </c>
       <c r="BJ33" s="37">
         <v>466131</v>
       </c>
       <c r="BK33" s="37">
         <v>445793</v>
       </c>
       <c r="BL33" s="37">
         <v>448382</v>
       </c>
       <c r="BM33" s="37">
         <v>448270</v>
       </c>
+      <c r="BN33" s="37">
+        <v>427934</v>
+      </c>
     </row>
-    <row r="34" spans="2:65">
+    <row r="34" spans="2:66">
       <c r="B34" s="42" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Total do ativo não circulante","Total Noncurrent Assets")</f>
         <v>Total do ativo não circulante</v>
       </c>
       <c r="C34" s="39">
         <f t="shared" ref="C34:AM34" si="3">SUM(C23:C32)</f>
         <v>429328</v>
       </c>
       <c r="D34" s="39">
         <f t="shared" si="3"/>
         <v>437537</v>
       </c>
       <c r="E34" s="39">
         <f t="shared" si="3"/>
         <v>456990</v>
       </c>
       <c r="F34" s="39">
         <f t="shared" si="3"/>
         <v>504625</v>
       </c>
       <c r="G34" s="39">
         <f t="shared" si="3"/>
         <v>593622</v>
       </c>
       <c r="H34" s="39">
@@ -11180,83 +11230,87 @@
       <c r="BG34" s="39">
         <f t="shared" si="5"/>
         <v>1492161.1096400002</v>
       </c>
       <c r="BH34" s="39">
         <f t="shared" ref="BH34:BI34" si="7">SUM(BH22:BH33)</f>
         <v>1442101</v>
       </c>
       <c r="BI34" s="39">
         <f t="shared" si="7"/>
         <v>1440277</v>
       </c>
       <c r="BJ34" s="193">
         <f t="shared" ref="BJ34" si="8">SUM(BJ22:BJ33)</f>
         <v>1440590</v>
       </c>
       <c r="BK34" s="193">
         <f t="shared" ref="BK34:BL34" si="9">SUM(BK22:BK33)</f>
         <v>1327756</v>
       </c>
       <c r="BL34" s="193">
         <f t="shared" si="9"/>
         <v>1473474</v>
       </c>
       <c r="BM34" s="193">
-        <f t="shared" ref="BM34" si="10">SUM(BM22:BM33)</f>
+        <f t="shared" ref="BM34:BN34" si="10">SUM(BM22:BM33)</f>
         <v>1491174</v>
       </c>
+      <c r="BN34" s="193">
+        <f t="shared" si="10"/>
+        <v>1500274</v>
+      </c>
     </row>
-    <row r="35" spans="2:65">
+    <row r="35" spans="2:66">
       <c r="B35" s="40"/>
       <c r="C35" s="41"/>
       <c r="D35" s="41"/>
       <c r="E35" s="41"/>
       <c r="F35" s="41"/>
       <c r="G35" s="41" t="s">
         <v>4</v>
       </c>
       <c r="H35" s="41"/>
       <c r="I35" s="41"/>
       <c r="J35" s="41"/>
       <c r="K35" s="41"/>
       <c r="AJ35" s="27"/>
       <c r="AK35" s="27"/>
       <c r="AL35" s="27"/>
       <c r="AM35" s="27"/>
       <c r="AN35" s="27"/>
       <c r="AO35" s="27"/>
       <c r="AP35" s="27"/>
       <c r="AQ35" s="27"/>
       <c r="AR35" s="27"/>
       <c r="AS35" s="27"/>
       <c r="AT35" s="27"/>
       <c r="AU35" s="27"/>
       <c r="AV35" s="27"/>
       <c r="AY35" s="27"/>
     </row>
-    <row r="36" spans="2:65">
+    <row r="36" spans="2:66">
       <c r="B36" s="43" t="str">
         <f>IF('Índice - Index'!$D$14="Português","TOTAL DO ATIVO","TOTAL ASSETS")</f>
         <v>TOTAL DO ATIVO</v>
       </c>
       <c r="C36" s="44">
         <f t="shared" ref="C36:AT36" si="11">C34+C19</f>
         <v>1538278</v>
       </c>
       <c r="D36" s="44">
         <f t="shared" si="11"/>
         <v>1443336</v>
       </c>
       <c r="E36" s="44">
         <f t="shared" si="11"/>
         <v>1450384</v>
       </c>
       <c r="F36" s="44">
         <f t="shared" si="11"/>
         <v>1590452</v>
       </c>
       <c r="G36" s="44">
         <f t="shared" si="11"/>
         <v>2061292</v>
       </c>
       <c r="H36" s="44">
@@ -11463,105 +11517,109 @@
       <c r="BG36" s="44">
         <f t="shared" ref="BG36:BH36" si="13">SUM(BG34,BG19)</f>
         <v>2453893.1724800002</v>
       </c>
       <c r="BH36" s="44">
         <f t="shared" si="13"/>
         <v>2376254</v>
       </c>
       <c r="BI36" s="44">
         <f t="shared" ref="BI36:BJ36" si="14">SUM(BI34,BI19)</f>
         <v>2063394</v>
       </c>
       <c r="BJ36" s="192">
         <f t="shared" si="14"/>
         <v>2010006</v>
       </c>
       <c r="BK36" s="192">
         <f t="shared" ref="BK36:BL36" si="15">SUM(BK34,BK19)</f>
         <v>1904258</v>
       </c>
       <c r="BL36" s="192">
         <f t="shared" si="15"/>
         <v>2044038</v>
       </c>
       <c r="BM36" s="192">
-        <f t="shared" ref="BM36" si="16">SUM(BM34,BM19)</f>
+        <f t="shared" ref="BM36:BN36" si="16">SUM(BM34,BM19)</f>
         <v>2018171</v>
       </c>
+      <c r="BN36" s="192">
+        <f t="shared" si="16"/>
+        <v>2130537</v>
+      </c>
     </row>
-    <row r="37" spans="2:65">
+    <row r="37" spans="2:66">
       <c r="B37" s="36"/>
       <c r="C37" s="45"/>
       <c r="D37" s="45"/>
       <c r="E37" s="45"/>
       <c r="F37" s="45"/>
       <c r="G37" s="45"/>
       <c r="H37" s="45"/>
       <c r="I37" s="45"/>
       <c r="J37" s="45"/>
       <c r="K37" s="45"/>
       <c r="L37" s="45"/>
       <c r="M37" s="45"/>
       <c r="N37" s="45"/>
       <c r="O37" s="45"/>
       <c r="P37" s="45"/>
       <c r="Q37" s="45"/>
       <c r="R37" s="45"/>
       <c r="S37" s="45"/>
       <c r="T37" s="45"/>
       <c r="U37" s="45"/>
       <c r="V37" s="45"/>
       <c r="W37" s="45"/>
       <c r="X37" s="45"/>
       <c r="Y37" s="45"/>
       <c r="Z37" s="45"/>
       <c r="AA37" s="45"/>
       <c r="AB37" s="45"/>
       <c r="AC37" s="45"/>
       <c r="AD37" s="45"/>
       <c r="AE37" s="45"/>
       <c r="AF37" s="45"/>
       <c r="AG37" s="45"/>
       <c r="AH37" s="45"/>
       <c r="AI37" s="45"/>
       <c r="AJ37" s="45"/>
       <c r="AK37" s="45"/>
       <c r="AL37" s="45"/>
       <c r="AM37" s="45"/>
       <c r="AN37" s="45"/>
       <c r="AO37" s="45"/>
       <c r="AP37" s="45"/>
       <c r="AQ37" s="45"/>
       <c r="AR37" s="45"/>
       <c r="AS37" s="45"/>
       <c r="AT37" s="45"/>
       <c r="AU37" s="45"/>
       <c r="AV37" s="45"/>
       <c r="AY37" s="45"/>
     </row>
-    <row r="38" spans="2:65">
+    <row r="38" spans="2:66">
       <c r="B38" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","PASSIVO (R$ milhares)","LIABILITIES (R$ million)")</f>
         <v>PASSIVO (R$ milhares)</v>
       </c>
       <c r="C38" s="31"/>
       <c r="D38" s="31"/>
       <c r="E38" s="31"/>
       <c r="F38" s="31"/>
       <c r="G38" s="31"/>
       <c r="H38" s="31"/>
       <c r="I38" s="31"/>
       <c r="J38" s="31"/>
       <c r="K38" s="31"/>
       <c r="L38" s="31"/>
       <c r="M38" s="32"/>
       <c r="N38" s="32"/>
       <c r="O38" s="32"/>
       <c r="P38" s="32"/>
       <c r="Q38" s="32"/>
       <c r="R38" s="32"/>
       <c r="S38" s="32"/>
       <c r="T38" s="32"/>
       <c r="U38" s="32"/>
       <c r="V38" s="32"/>
       <c r="W38" s="32"/>
@@ -11585,123 +11643,125 @@
       <c r="AO38" s="32"/>
       <c r="AP38" s="32"/>
       <c r="AQ38" s="32"/>
       <c r="AR38" s="32"/>
       <c r="AS38" s="32"/>
       <c r="AT38" s="32"/>
       <c r="AU38" s="32"/>
       <c r="AV38" s="32"/>
       <c r="AW38" s="32"/>
       <c r="AX38" s="32"/>
       <c r="AY38" s="32"/>
       <c r="AZ38" s="32"/>
       <c r="BA38" s="32"/>
       <c r="BB38" s="32"/>
       <c r="BC38" s="32"/>
       <c r="BD38" s="32"/>
       <c r="BE38" s="32"/>
       <c r="BF38" s="32"/>
       <c r="BG38" s="32"/>
       <c r="BH38" s="32"/>
       <c r="BI38" s="32"/>
       <c r="BJ38" s="32"/>
       <c r="BK38" s="32"/>
       <c r="BL38" s="32"/>
       <c r="BM38" s="32"/>
+      <c r="BN38" s="32"/>
     </row>
-    <row r="39" spans="2:65">
+    <row r="39" spans="2:66">
       <c r="B39" s="46"/>
       <c r="C39" s="47"/>
       <c r="D39" s="47"/>
       <c r="E39" s="47"/>
       <c r="F39" s="47"/>
       <c r="G39" s="47"/>
       <c r="H39" s="47"/>
       <c r="I39" s="47"/>
       <c r="J39" s="47"/>
       <c r="K39" s="47"/>
       <c r="AJ39" s="27"/>
       <c r="AK39" s="27"/>
       <c r="AL39" s="27"/>
       <c r="AM39" s="27"/>
       <c r="AN39" s="27"/>
       <c r="AO39" s="27"/>
       <c r="AP39" s="27"/>
       <c r="AQ39" s="27"/>
       <c r="AR39" s="27"/>
       <c r="AS39" s="27"/>
       <c r="AT39" s="27"/>
       <c r="AU39" s="27"/>
       <c r="AV39" s="27"/>
       <c r="AW39" s="27"/>
       <c r="AY39" s="27"/>
     </row>
-    <row r="40" spans="2:65">
+    <row r="40" spans="2:66">
       <c r="B40" s="34" t="str">
         <f>IF('Índice - Index'!$D$14="Português","CIRCULANTE","CURRENT ASSETS")</f>
         <v>CIRCULANTE</v>
       </c>
       <c r="C40" s="48"/>
       <c r="D40" s="48"/>
       <c r="E40" s="48"/>
       <c r="F40" s="48"/>
       <c r="G40" s="48"/>
       <c r="H40" s="48"/>
       <c r="I40" s="48"/>
       <c r="J40" s="48"/>
       <c r="K40" s="48"/>
       <c r="AJ40" s="27"/>
       <c r="AK40" s="27"/>
       <c r="AL40" s="27"/>
       <c r="AM40" s="27"/>
       <c r="AN40" s="27"/>
       <c r="AO40" s="27"/>
       <c r="AP40" s="27"/>
       <c r="AQ40" s="27"/>
       <c r="AR40" s="27"/>
       <c r="AS40" s="27"/>
       <c r="AT40" s="27"/>
       <c r="AU40" s="134"/>
       <c r="AV40" s="27"/>
       <c r="AW40" s="27"/>
       <c r="AY40" s="134"/>
       <c r="AZ40" s="134"/>
       <c r="BA40" s="134"/>
       <c r="BB40" s="134"/>
       <c r="BC40" s="134"/>
       <c r="BD40" s="134"/>
       <c r="BE40" s="134"/>
       <c r="BF40" s="134"/>
       <c r="BG40" s="134"/>
       <c r="BH40" s="134"/>
       <c r="BI40" s="134"/>
       <c r="BJ40" s="134"/>
       <c r="BK40" s="134"/>
       <c r="BL40" s="134"/>
       <c r="BM40" s="134"/>
+      <c r="BN40" s="134"/>
     </row>
-    <row r="41" spans="2:65">
+    <row r="41" spans="2:66">
       <c r="B41" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Fornecedores","Accounts payable")</f>
         <v>Fornecedores</v>
       </c>
       <c r="C41" s="49">
         <v>161894</v>
       </c>
       <c r="D41" s="49">
         <v>152673</v>
       </c>
       <c r="E41" s="49">
         <v>136311</v>
       </c>
       <c r="F41" s="49">
         <v>184802</v>
       </c>
       <c r="G41" s="49">
         <v>207868</v>
       </c>
       <c r="H41" s="49">
         <v>196579</v>
       </c>
       <c r="I41" s="49">
         <v>168670</v>
       </c>
@@ -11851,54 +11911,57 @@
       </c>
       <c r="BF41" s="49">
         <v>473659</v>
       </c>
       <c r="BG41" s="49">
         <v>507556</v>
       </c>
       <c r="BH41" s="49">
         <v>519504</v>
       </c>
       <c r="BI41" s="49">
         <v>275973</v>
       </c>
       <c r="BJ41" s="49">
         <v>389851</v>
       </c>
       <c r="BK41" s="49">
         <v>311298</v>
       </c>
       <c r="BL41" s="49">
         <v>414763</v>
       </c>
       <c r="BM41" s="49">
         <v>258894</v>
       </c>
+      <c r="BN41" s="49">
+        <v>333184</v>
+      </c>
     </row>
-    <row r="42" spans="2:65">
+    <row r="42" spans="2:66">
       <c r="B42" s="36" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="G42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="H42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="I42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="J42" s="49" t="s">
         <v>14</v>
       </c>
@@ -12045,52 +12108,55 @@
       </c>
       <c r="BF42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BG42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BH42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BI42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BJ42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BK42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BL42" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BM42" s="49">
         <v>76889</v>
       </c>
+      <c r="BN42" s="49">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="2:65" ht="14.4">
+    <row r="43" spans="2:66">
       <c r="B43" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Empréstimos e financiamentos","Loans and Financing")</f>
         <v>Empréstimos e financiamentos</v>
       </c>
       <c r="C43" s="49">
         <v>154166</v>
       </c>
       <c r="D43" s="49">
         <v>151050</v>
       </c>
       <c r="E43" s="49">
         <v>146116</v>
       </c>
       <c r="F43" s="49">
         <v>252424</v>
       </c>
       <c r="G43" s="49">
         <v>509802</v>
       </c>
       <c r="H43" s="49">
         <v>780032</v>
       </c>
       <c r="I43" s="49">
         <v>690481</v>
       </c>
@@ -12231,61 +12297,64 @@
       </c>
       <c r="BC43" s="49">
         <v>470824</v>
       </c>
       <c r="BD43" s="49">
         <v>395577</v>
       </c>
       <c r="BE43" s="49">
         <v>409686</v>
       </c>
       <c r="BF43" s="49">
         <v>411745</v>
       </c>
       <c r="BG43" s="49">
         <v>116804.20423000002</v>
       </c>
       <c r="BH43" s="49">
         <v>346937</v>
       </c>
       <c r="BI43" s="49">
         <v>674779</v>
       </c>
       <c r="BJ43" s="49">
         <v>135147</v>
       </c>
-      <c r="BK43" s="198">
+      <c r="BK43" s="49">
         <v>118826</v>
       </c>
-      <c r="BL43" s="198">
+      <c r="BL43" s="49">
         <v>120615</v>
       </c>
       <c r="BM43" s="49">
         <v>143324</v>
       </c>
+      <c r="BN43" s="49">
+        <v>191498</v>
+      </c>
     </row>
-    <row r="44" spans="2:65">
+    <row r="44" spans="2:66">
       <c r="B44" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Financiamento por Arrendamento","Finance Lease")</f>
         <v>Financiamento por Arrendamento</v>
       </c>
       <c r="C44" s="49"/>
       <c r="D44" s="49"/>
       <c r="E44" s="49"/>
       <c r="F44" s="49"/>
       <c r="G44" s="49"/>
       <c r="H44" s="49"/>
       <c r="I44" s="49"/>
       <c r="J44" s="49"/>
       <c r="K44" s="49"/>
       <c r="L44" s="49"/>
       <c r="M44" s="49"/>
       <c r="N44" s="49"/>
       <c r="O44" s="49"/>
       <c r="P44" s="49"/>
       <c r="Q44" s="49"/>
       <c r="R44" s="49"/>
       <c r="S44" s="49"/>
       <c r="T44" s="49"/>
       <c r="U44" s="49"/>
       <c r="V44" s="49"/>
       <c r="W44" s="49"/>
@@ -12361,52 +12430,55 @@
       </c>
       <c r="BF44" s="49">
         <v>121485</v>
       </c>
       <c r="BG44" s="49">
         <v>183180.87226</v>
       </c>
       <c r="BH44" s="49">
         <v>185277</v>
       </c>
       <c r="BI44" s="49">
         <v>137534</v>
       </c>
       <c r="BJ44" s="49">
         <v>111505</v>
       </c>
       <c r="BK44" s="49">
         <v>107506</v>
       </c>
       <c r="BL44" s="49">
         <v>106703</v>
       </c>
       <c r="BM44" s="49">
         <v>103131</v>
       </c>
+      <c r="BN44" s="49">
+        <v>98767</v>
+      </c>
     </row>
-    <row r="45" spans="2:65">
+    <row r="45" spans="2:66">
       <c r="B45" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Salários, provisões e contribuições sociais","Accrued payroll and related changes")</f>
         <v>Salários, provisões e contribuições sociais</v>
       </c>
       <c r="C45" s="49">
         <v>31795</v>
       </c>
       <c r="D45" s="49">
         <v>28619</v>
       </c>
       <c r="E45" s="49">
         <v>32809</v>
       </c>
       <c r="F45" s="49">
         <v>36529</v>
       </c>
       <c r="G45" s="49">
         <v>43784</v>
       </c>
       <c r="H45" s="49">
         <v>34274</v>
       </c>
       <c r="I45" s="49">
         <v>42094</v>
       </c>
@@ -12556,52 +12628,55 @@
       </c>
       <c r="BF45" s="49">
         <v>68292</v>
       </c>
       <c r="BG45" s="49">
         <v>49277.871039999998</v>
       </c>
       <c r="BH45" s="49">
         <v>43242</v>
       </c>
       <c r="BI45" s="49">
         <v>41450</v>
       </c>
       <c r="BJ45" s="49">
         <v>45238</v>
       </c>
       <c r="BK45" s="49">
         <v>46353</v>
       </c>
       <c r="BL45" s="49">
         <v>47931</v>
       </c>
       <c r="BM45" s="49">
         <v>52046</v>
       </c>
+      <c r="BN45" s="49">
+        <v>56227</v>
+      </c>
     </row>
-    <row r="46" spans="2:65">
+    <row r="46" spans="2:66">
       <c r="B46" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Impostos a recolher","Taxes payables")</f>
         <v>Impostos a recolher</v>
       </c>
       <c r="C46" s="49">
         <v>86549</v>
       </c>
       <c r="D46" s="49">
         <v>36866</v>
       </c>
       <c r="E46" s="49">
         <v>71482</v>
       </c>
       <c r="F46" s="49">
         <v>52388</v>
       </c>
       <c r="G46" s="49">
         <v>141803</v>
       </c>
       <c r="H46" s="49">
         <v>33275</v>
       </c>
       <c r="I46" s="49">
         <v>90776</v>
       </c>
@@ -12751,52 +12826,55 @@
       </c>
       <c r="BF46" s="49">
         <v>40385</v>
       </c>
       <c r="BG46" s="49">
         <v>80773.174100000004</v>
       </c>
       <c r="BH46" s="49">
         <v>63779</v>
       </c>
       <c r="BI46" s="49">
         <v>52430</v>
       </c>
       <c r="BJ46" s="49">
         <v>94253</v>
       </c>
       <c r="BK46" s="49">
         <v>165979</v>
       </c>
       <c r="BL46" s="49">
         <v>187576</v>
       </c>
       <c r="BM46" s="49">
         <v>247084</v>
       </c>
+      <c r="BN46" s="49">
+        <v>147723</v>
+      </c>
     </row>
-    <row r="47" spans="2:65">
+    <row r="47" spans="2:66">
       <c r="B47" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Partes relacionadas","Intercompany payables")</f>
         <v>Partes relacionadas</v>
       </c>
       <c r="C47" s="49">
         <v>4600</v>
       </c>
       <c r="D47" s="49">
         <v>2034</v>
       </c>
       <c r="E47" s="49">
         <v>2285</v>
       </c>
       <c r="F47" s="49">
         <v>2164</v>
       </c>
       <c r="G47" s="49">
         <v>4731</v>
       </c>
       <c r="H47" s="49">
         <v>2146</v>
       </c>
       <c r="I47" s="49">
         <v>1774</v>
       </c>
@@ -12946,52 +13024,55 @@
       </c>
       <c r="BF47" s="49">
         <v>0</v>
       </c>
       <c r="BG47" s="49">
         <v>25492</v>
       </c>
       <c r="BH47" s="49">
         <v>0</v>
       </c>
       <c r="BI47" s="49">
         <v>11462</v>
       </c>
       <c r="BJ47" s="49">
         <v>0</v>
       </c>
       <c r="BK47" s="49">
         <v>490</v>
       </c>
       <c r="BL47" s="49">
         <v>40</v>
       </c>
       <c r="BM47" s="49">
         <v>42</v>
       </c>
+      <c r="BN47" s="49">
+        <v>0</v>
+      </c>
     </row>
-    <row r="48" spans="2:65">
+    <row r="48" spans="2:66">
       <c r="B48" s="50" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Parcelamento de tributos","Taxes in installments")</f>
         <v>Parcelamento de tributos</v>
       </c>
       <c r="C48" s="49">
         <v>0</v>
       </c>
       <c r="D48" s="49">
         <v>0</v>
       </c>
       <c r="E48" s="49">
         <v>0</v>
       </c>
       <c r="F48" s="49">
         <v>0</v>
       </c>
       <c r="G48" s="49">
         <v>8552</v>
       </c>
       <c r="H48" s="49">
         <v>8397</v>
       </c>
       <c r="I48" s="49">
         <v>15403</v>
       </c>
@@ -13141,50 +13222,51 @@
       </c>
       <c r="BF48" s="49">
         <v>0</v>
       </c>
       <c r="BG48" s="49">
         <v>0</v>
       </c>
       <c r="BH48" s="49">
         <v>0</v>
       </c>
       <c r="BI48" s="49">
         <v>0</v>
       </c>
       <c r="BJ48" s="49">
         <v>0</v>
       </c>
       <c r="BK48" s="49">
         <v>0</v>
       </c>
       <c r="BL48" s="49">
         <v>0</v>
       </c>
       <c r="BM48" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN48" s="49"/>
     </row>
     <row r="49" spans="2:66">
       <c r="B49" s="50" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Instrumentos financeiros","Financial Instruments")</f>
         <v>Instrumentos financeiros</v>
       </c>
       <c r="C49" s="49">
         <v>0</v>
       </c>
       <c r="D49" s="49">
         <v>0</v>
       </c>
       <c r="E49" s="49">
         <v>0</v>
       </c>
       <c r="F49" s="49">
         <v>0</v>
       </c>
       <c r="G49" s="49">
         <v>0</v>
       </c>
       <c r="H49" s="49">
         <v>0</v>
       </c>
       <c r="I49" s="49">
@@ -13336,50 +13418,51 @@
       </c>
       <c r="BF49" s="49">
         <v>0</v>
       </c>
       <c r="BG49" s="49">
         <v>0</v>
       </c>
       <c r="BH49" s="49">
         <v>0</v>
       </c>
       <c r="BI49" s="49">
         <v>0</v>
       </c>
       <c r="BJ49" s="49">
         <v>0</v>
       </c>
       <c r="BK49" s="49">
         <v>0</v>
       </c>
       <c r="BL49" s="49">
         <v>0</v>
       </c>
       <c r="BM49" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN49" s="49"/>
     </row>
     <row r="50" spans="2:66">
       <c r="B50" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Aluguéis a pagar","Rentals payable")</f>
         <v>Aluguéis a pagar</v>
       </c>
       <c r="C50" s="49">
         <v>0</v>
       </c>
       <c r="D50" s="49">
         <v>0</v>
       </c>
       <c r="E50" s="49">
         <v>0</v>
       </c>
       <c r="F50" s="49">
         <v>0</v>
       </c>
       <c r="G50" s="49">
         <v>11162</v>
       </c>
       <c r="H50" s="49">
         <v>0</v>
       </c>
       <c r="I50" s="49">
@@ -13531,50 +13614,53 @@
       </c>
       <c r="BF50" s="49">
         <v>15850</v>
       </c>
       <c r="BG50" s="49">
         <v>23623.547740000002</v>
       </c>
       <c r="BH50" s="49">
         <v>10274</v>
       </c>
       <c r="BI50" s="49">
         <v>13823</v>
       </c>
       <c r="BJ50" s="49">
         <v>12707</v>
       </c>
       <c r="BK50" s="49">
         <v>19732</v>
       </c>
       <c r="BL50" s="49">
         <v>15570</v>
       </c>
       <c r="BM50" s="49">
         <v>16466</v>
       </c>
+      <c r="BN50" s="49">
+        <v>15916</v>
+      </c>
     </row>
     <row r="51" spans="2:66">
       <c r="B51" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Dividendos e juros sobre o capital próprio a pagar","Dividends payable")</f>
         <v>Dividendos e juros sobre o capital próprio a pagar</v>
       </c>
       <c r="C51" s="49">
         <v>17911</v>
       </c>
       <c r="D51" s="49">
         <v>27791</v>
       </c>
       <c r="E51" s="49">
         <v>588</v>
       </c>
       <c r="F51" s="49">
         <v>588</v>
       </c>
       <c r="G51" s="49">
         <v>13623</v>
       </c>
       <c r="H51" s="49">
         <v>13034</v>
       </c>
       <c r="I51" s="49">
@@ -13724,50 +13810,51 @@
       <c r="BE51" s="49">
         <v>0</v>
       </c>
       <c r="BF51" s="49">
         <v>0</v>
       </c>
       <c r="BG51" s="49">
         <v>0</v>
       </c>
       <c r="BH51" s="49">
         <v>0</v>
       </c>
       <c r="BI51" s="49">
         <v>0</v>
       </c>
       <c r="BJ51" s="49">
         <v>0</v>
       </c>
       <c r="BK51" s="49" t="s">
         <v>27</v>
       </c>
       <c r="BL51" s="49" t="s">
         <v>27</v>
       </c>
       <c r="BM51" s="49"/>
+      <c r="BN51" s="49"/>
     </row>
     <row r="52" spans="2:66">
       <c r="B52" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Imposto de Renda e Contribuição Social","Income tax &amp; Social Contribution")</f>
         <v>Imposto de Renda e Contribuição Social</v>
       </c>
       <c r="C52" s="49"/>
       <c r="D52" s="49"/>
       <c r="E52" s="49"/>
       <c r="F52" s="49"/>
       <c r="G52" s="49"/>
       <c r="H52" s="49"/>
       <c r="I52" s="49"/>
       <c r="J52" s="49"/>
       <c r="K52" s="49"/>
       <c r="L52" s="49"/>
       <c r="M52" s="49"/>
       <c r="N52" s="49"/>
       <c r="O52" s="49"/>
       <c r="P52" s="49"/>
       <c r="Q52" s="49"/>
       <c r="R52" s="49"/>
       <c r="S52" s="49"/>
       <c r="T52" s="49"/>
       <c r="U52" s="49"/>
@@ -13871,50 +13958,53 @@
       </c>
       <c r="BF52" s="49">
         <v>4282</v>
       </c>
       <c r="BG52" s="49">
         <v>4565.1227799999997</v>
       </c>
       <c r="BH52" s="49">
         <v>4569</v>
       </c>
       <c r="BI52" s="49">
         <v>4568</v>
       </c>
       <c r="BJ52" s="49">
         <v>4587</v>
       </c>
       <c r="BK52" s="49">
         <v>14</v>
       </c>
       <c r="BL52" s="49">
         <v>27</v>
       </c>
       <c r="BM52" s="49">
         <v>33</v>
       </c>
+      <c r="BN52" s="49">
+        <v>36</v>
+      </c>
     </row>
     <row r="53" spans="2:66">
       <c r="B53" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Receita diferida","Deferred revenues")</f>
         <v>Receita diferida</v>
       </c>
       <c r="C53" s="49">
         <v>12000</v>
       </c>
       <c r="D53" s="49">
         <v>12000</v>
       </c>
       <c r="E53" s="49">
         <v>12000</v>
       </c>
       <c r="F53" s="49">
         <v>12000</v>
       </c>
       <c r="G53" s="49">
         <v>12000</v>
       </c>
       <c r="H53" s="49">
         <v>12128</v>
       </c>
       <c r="I53" s="49">
@@ -14066,50 +14156,53 @@
       </c>
       <c r="BF53" s="49">
         <v>2263</v>
       </c>
       <c r="BG53" s="49">
         <v>6262.9052899999997</v>
       </c>
       <c r="BH53" s="49">
         <v>6263</v>
       </c>
       <c r="BI53" s="49">
         <v>6263</v>
       </c>
       <c r="BJ53" s="49">
         <v>6263</v>
       </c>
       <c r="BK53" s="49">
         <v>6263</v>
       </c>
       <c r="BL53" s="49">
         <v>6263</v>
       </c>
       <c r="BM53" s="49">
         <v>5825</v>
       </c>
+      <c r="BN53" s="49">
+        <v>5387</v>
+      </c>
     </row>
     <row r="54" spans="2:66">
       <c r="B54" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outras obrigações","Other payables")</f>
         <v>Outras obrigações</v>
       </c>
       <c r="C54" s="49">
         <v>45656</v>
       </c>
       <c r="D54" s="49">
         <v>35178</v>
       </c>
       <c r="E54" s="49">
         <v>26321</v>
       </c>
       <c r="F54" s="49">
         <v>30043</v>
       </c>
       <c r="G54" s="49">
         <v>29315</v>
       </c>
       <c r="H54" s="49">
         <v>31568</v>
       </c>
       <c r="I54" s="49">
@@ -14261,52 +14354,55 @@
       </c>
       <c r="BF54" s="49">
         <v>169993</v>
       </c>
       <c r="BG54" s="49">
         <v>173520.45968999999</v>
       </c>
       <c r="BH54" s="49">
         <v>91136</v>
       </c>
       <c r="BI54" s="49">
         <v>48562</v>
       </c>
       <c r="BJ54" s="49">
         <v>43548</v>
       </c>
       <c r="BK54" s="49">
         <v>43001</v>
       </c>
       <c r="BL54" s="49">
         <v>44454</v>
       </c>
       <c r="BM54" s="49">
         <v>43639</v>
       </c>
+      <c r="BN54" s="49">
+        <v>46297</v>
+      </c>
     </row>
-    <row r="55" spans="2:66" ht="14.4">
+    <row r="55" spans="2:66">
       <c r="B55" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Passivo de Operações Descontinuadas","Liabilities from Discontinued Operations")</f>
         <v>Passivo de Operações Descontinuadas</v>
       </c>
       <c r="C55" s="49"/>
       <c r="D55" s="49"/>
       <c r="E55" s="49"/>
       <c r="F55" s="49"/>
       <c r="G55" s="49"/>
       <c r="H55" s="49"/>
       <c r="I55" s="49"/>
       <c r="J55" s="49"/>
       <c r="K55" s="49"/>
       <c r="L55" s="49"/>
       <c r="M55" s="49"/>
       <c r="N55" s="49"/>
       <c r="O55" s="49"/>
       <c r="P55" s="49"/>
       <c r="Q55" s="49"/>
       <c r="R55" s="49"/>
       <c r="S55" s="49"/>
       <c r="T55" s="49"/>
       <c r="U55" s="49"/>
       <c r="V55" s="49"/>
       <c r="W55" s="49"/>
@@ -14337,58 +14433,61 @@
       <c r="AV55" s="49"/>
       <c r="AW55" s="49"/>
       <c r="AX55" s="49"/>
       <c r="AY55" s="49"/>
       <c r="AZ55" s="49"/>
       <c r="BA55" s="49"/>
       <c r="BB55" s="49"/>
       <c r="BC55" s="49">
         <v>0</v>
       </c>
       <c r="BD55" s="49"/>
       <c r="BE55" s="49"/>
       <c r="BF55" s="49"/>
       <c r="BG55" s="49">
         <v>455466</v>
       </c>
       <c r="BH55" s="49">
         <v>411077</v>
       </c>
       <c r="BI55" s="49">
         <v>137796</v>
       </c>
       <c r="BJ55" s="49">
         <v>64333</v>
       </c>
-      <c r="BK55" s="198">
+      <c r="BK55" s="49">
         <v>65418</v>
       </c>
       <c r="BL55" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BM55" s="49" t="s">
         <v>14</v>
+      </c>
+      <c r="BN55" s="49">
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:66">
       <c r="B56" s="42" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Total do passivo circulante","Total Current Liabilities")</f>
         <v>Total do passivo circulante</v>
       </c>
       <c r="C56" s="51">
         <f t="shared" ref="C56:AT56" si="17">SUM(C41:C54)</f>
         <v>514571</v>
       </c>
       <c r="D56" s="51">
         <f t="shared" si="17"/>
         <v>446211</v>
       </c>
       <c r="E56" s="51">
         <f t="shared" si="17"/>
         <v>427912</v>
       </c>
       <c r="F56" s="51">
         <f t="shared" si="17"/>
         <v>570938</v>
       </c>
       <c r="G56" s="51">
         <f t="shared" si="17"/>
@@ -14601,140 +14700,145 @@
       </c>
       <c r="BH56" s="51">
         <f t="shared" si="19"/>
         <v>1682058</v>
       </c>
       <c r="BI56" s="51">
         <f t="shared" si="19"/>
         <v>1404640</v>
       </c>
       <c r="BJ56" s="51">
         <f t="shared" si="19"/>
         <v>907432</v>
       </c>
       <c r="BK56" s="51">
         <f t="shared" ref="BK56" si="20">SUM(BK41:BK55)</f>
         <v>884880</v>
       </c>
       <c r="BL56" s="51">
         <f>SUM(BL41:BL55)</f>
         <v>943942</v>
       </c>
       <c r="BM56" s="51">
         <f>SUM(BM41:BM55)</f>
         <v>947373</v>
       </c>
-      <c r="BN56" s="134"/>
+      <c r="BN56" s="51">
+        <f>SUM(BN41:BN55)</f>
+        <v>895035</v>
+      </c>
     </row>
     <row r="57" spans="2:66">
       <c r="B57" s="40"/>
       <c r="C57" s="51"/>
       <c r="D57" s="51"/>
       <c r="E57" s="51"/>
       <c r="F57" s="51"/>
       <c r="G57" s="51"/>
       <c r="H57" s="51"/>
       <c r="I57" s="51"/>
       <c r="J57" s="51"/>
       <c r="K57" s="51"/>
       <c r="AJ57" s="27"/>
       <c r="AK57" s="27"/>
       <c r="AL57" s="27"/>
       <c r="AM57" s="27"/>
       <c r="AN57" s="27"/>
       <c r="AO57" s="27"/>
       <c r="AP57" s="27"/>
       <c r="AQ57" s="27"/>
       <c r="AR57" s="27"/>
       <c r="AS57" s="27"/>
       <c r="AT57" s="27"/>
       <c r="AU57" s="27"/>
       <c r="AV57" s="27"/>
       <c r="AW57" s="27"/>
       <c r="AX57" s="27"/>
       <c r="AY57" s="27"/>
       <c r="AZ57" s="27"/>
       <c r="BA57" s="27"/>
       <c r="BB57" s="27"/>
       <c r="BC57" s="27"/>
       <c r="BD57" s="27"/>
       <c r="BE57" s="27"/>
       <c r="BF57" s="27"/>
       <c r="BG57" s="27"/>
       <c r="BH57" s="27"/>
       <c r="BI57" s="27"/>
       <c r="BJ57" s="27"/>
       <c r="BK57" s="27"/>
       <c r="BL57" s="27"/>
       <c r="BM57" s="27"/>
+      <c r="BN57" s="27"/>
     </row>
     <row r="58" spans="2:66">
       <c r="B58" s="34" t="str">
         <f>IF('Índice - Index'!$D$14="Português","NÃO CIRCULANTE","NONCURRENT ASSETS")</f>
         <v>NÃO CIRCULANTE</v>
       </c>
       <c r="C58" s="35"/>
       <c r="D58" s="35"/>
       <c r="E58" s="35"/>
       <c r="F58" s="35"/>
       <c r="G58" s="35"/>
       <c r="H58" s="35"/>
       <c r="I58" s="35"/>
       <c r="J58" s="35"/>
       <c r="K58" s="35"/>
       <c r="AJ58" s="27"/>
       <c r="AK58" s="27"/>
       <c r="AL58" s="27"/>
       <c r="AM58" s="27"/>
       <c r="AN58" s="27"/>
       <c r="AO58" s="27"/>
       <c r="AP58" s="27"/>
       <c r="AQ58" s="27"/>
       <c r="AR58" s="27"/>
       <c r="AS58" s="27"/>
       <c r="AT58" s="27"/>
       <c r="AU58" s="27"/>
       <c r="AV58" s="27"/>
       <c r="AW58" s="27"/>
       <c r="AX58" s="27"/>
       <c r="AY58" s="27"/>
       <c r="AZ58" s="27"/>
       <c r="BA58" s="27"/>
       <c r="BB58" s="27"/>
       <c r="BC58" s="27"/>
       <c r="BD58" s="27"/>
       <c r="BE58" s="27"/>
       <c r="BF58" s="27"/>
       <c r="BG58" s="27"/>
       <c r="BH58" s="27"/>
       <c r="BI58" s="27"/>
       <c r="BJ58" s="27"/>
       <c r="BK58" s="27"/>
       <c r="BL58" s="27"/>
       <c r="BM58" s="27"/>
+      <c r="BN58" s="27"/>
     </row>
-    <row r="59" spans="2:66" ht="14.4">
+    <row r="59" spans="2:66">
       <c r="B59" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Empréstimos e financiamentos","Loans and financing")</f>
         <v>Empréstimos e financiamentos</v>
       </c>
       <c r="C59" s="49">
         <v>95692</v>
       </c>
       <c r="D59" s="49">
         <v>78393</v>
       </c>
       <c r="E59" s="49">
         <v>68320</v>
       </c>
       <c r="F59" s="49">
         <v>58317</v>
       </c>
       <c r="G59" s="49">
         <v>68047</v>
       </c>
       <c r="H59" s="49">
         <v>53596</v>
       </c>
       <c r="I59" s="49">
         <v>341665</v>
       </c>
@@ -14875,58 +14979,61 @@
       </c>
       <c r="BC59" s="49">
         <v>403787</v>
       </c>
       <c r="BD59" s="49">
         <v>341600</v>
       </c>
       <c r="BE59" s="49">
         <v>371132</v>
       </c>
       <c r="BF59" s="49">
         <v>259562</v>
       </c>
       <c r="BG59" s="49">
         <v>100273.00130999999</v>
       </c>
       <c r="BH59" s="49">
         <v>103644</v>
       </c>
       <c r="BI59" s="49">
         <v>80125</v>
       </c>
       <c r="BJ59" s="49">
         <v>0</v>
       </c>
-      <c r="BK59" s="198">
+      <c r="BK59" s="49">
         <v>4342</v>
       </c>
       <c r="BL59" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BM59" s="49" t="s">
         <v>14</v>
+      </c>
+      <c r="BN59" s="49">
+        <v>154845</v>
       </c>
     </row>
     <row r="60" spans="2:66">
       <c r="B60" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Financiamento por Arrendamento","Finance Lease")</f>
         <v>Financiamento por Arrendamento</v>
       </c>
       <c r="C60" s="49"/>
       <c r="D60" s="49"/>
       <c r="E60" s="49"/>
       <c r="F60" s="49"/>
       <c r="G60" s="49"/>
       <c r="H60" s="49"/>
       <c r="I60" s="49"/>
       <c r="J60" s="49"/>
       <c r="K60" s="49"/>
       <c r="L60" s="49"/>
       <c r="M60" s="49"/>
       <c r="N60" s="49"/>
       <c r="O60" s="49"/>
       <c r="P60" s="49"/>
       <c r="Q60" s="49"/>
       <c r="R60" s="49"/>
       <c r="S60" s="49"/>
       <c r="T60" s="49"/>
@@ -15004,50 +15111,53 @@
         <v>514564</v>
       </c>
       <c r="BF60" s="49">
         <v>530453</v>
       </c>
       <c r="BG60" s="49">
         <v>373038.66855</v>
       </c>
       <c r="BH60" s="49">
         <v>346820</v>
       </c>
       <c r="BI60" s="49">
         <v>390746</v>
       </c>
       <c r="BJ60" s="49">
         <v>427311</v>
       </c>
       <c r="BK60" s="49">
         <v>408461</v>
       </c>
       <c r="BL60" s="49">
         <v>417115</v>
       </c>
       <c r="BM60" s="49">
         <v>426410</v>
+      </c>
+      <c r="BN60" s="49">
+        <v>410205</v>
       </c>
     </row>
     <row r="61" spans="2:66">
       <c r="B61" s="36" t="s">
         <v>30</v>
       </c>
       <c r="C61" s="49"/>
       <c r="D61" s="49"/>
       <c r="E61" s="49"/>
       <c r="F61" s="49"/>
       <c r="G61" s="49"/>
       <c r="H61" s="49"/>
       <c r="I61" s="49"/>
       <c r="J61" s="49"/>
       <c r="K61" s="49"/>
       <c r="L61" s="49"/>
       <c r="M61" s="49"/>
       <c r="N61" s="49"/>
       <c r="O61" s="49"/>
       <c r="P61" s="49"/>
       <c r="Q61" s="49"/>
       <c r="R61" s="49"/>
       <c r="S61" s="49"/>
       <c r="T61" s="49"/>
       <c r="U61" s="49"/>
@@ -15115,50 +15225,53 @@
       </c>
       <c r="BF61" s="49">
         <v>0</v>
       </c>
       <c r="BG61" s="49">
         <v>0</v>
       </c>
       <c r="BH61" s="49">
         <v>0</v>
       </c>
       <c r="BI61" s="49">
         <v>0</v>
       </c>
       <c r="BJ61" s="49">
         <v>0</v>
       </c>
       <c r="BK61" s="49">
         <v>0</v>
       </c>
       <c r="BL61" s="49">
         <v>0</v>
       </c>
       <c r="BM61" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN61" s="49">
+        <v>0</v>
+      </c>
     </row>
     <row r="62" spans="2:66">
       <c r="B62" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Imposto de renda e Contribuição social diferidos","Deferred income tax and social contribution")</f>
         <v>Imposto de renda e Contribuição social diferidos</v>
       </c>
       <c r="C62" s="49"/>
       <c r="D62" s="49"/>
       <c r="E62" s="49"/>
       <c r="F62" s="49"/>
       <c r="G62" s="49"/>
       <c r="H62" s="49"/>
       <c r="I62" s="49"/>
       <c r="J62" s="49"/>
       <c r="K62" s="49"/>
       <c r="L62" s="49"/>
       <c r="M62" s="49"/>
       <c r="N62" s="49"/>
       <c r="O62" s="49"/>
       <c r="P62" s="49"/>
       <c r="Q62" s="49"/>
       <c r="R62" s="49"/>
       <c r="S62" s="49"/>
       <c r="T62" s="49"/>
       <c r="U62" s="49"/>
@@ -15228,50 +15341,53 @@
       </c>
       <c r="BF62" s="49">
         <v>0</v>
       </c>
       <c r="BG62" s="49">
         <v>0</v>
       </c>
       <c r="BH62" s="49">
         <v>0</v>
       </c>
       <c r="BI62" s="49">
         <v>0</v>
       </c>
       <c r="BJ62" s="49">
         <v>0</v>
       </c>
       <c r="BK62" s="49">
         <v>0</v>
       </c>
       <c r="BL62" s="49">
         <v>0</v>
       </c>
       <c r="BM62" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN62" s="49">
+        <v>0</v>
+      </c>
     </row>
     <row r="63" spans="2:66">
       <c r="B63" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Provisão para litígios e demandas judiciais","Provisions for judicial contingencies")</f>
         <v>Provisão para litígios e demandas judiciais</v>
       </c>
       <c r="C63" s="49">
         <v>57630</v>
       </c>
       <c r="D63" s="49">
         <v>59121</v>
       </c>
       <c r="E63" s="49">
         <v>58637</v>
       </c>
       <c r="F63" s="49">
         <v>62021</v>
       </c>
       <c r="G63" s="49">
         <v>61125</v>
       </c>
       <c r="H63" s="49">
         <v>60938</v>
       </c>
       <c r="I63" s="49">
@@ -15423,50 +15539,53 @@
       </c>
       <c r="BF63" s="49">
         <v>260738</v>
       </c>
       <c r="BG63" s="49">
         <v>270202.99719999998</v>
       </c>
       <c r="BH63" s="49">
         <v>269460</v>
       </c>
       <c r="BI63" s="49">
         <v>272621</v>
       </c>
       <c r="BJ63" s="49">
         <v>257819</v>
       </c>
       <c r="BK63" s="49">
         <v>129979</v>
       </c>
       <c r="BL63" s="49">
         <v>153096</v>
       </c>
       <c r="BM63" s="49">
         <v>118538</v>
       </c>
+      <c r="BN63" s="49">
+        <v>130445</v>
+      </c>
     </row>
     <row r="64" spans="2:66">
       <c r="B64" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Parcelamento de tributos","Taxes in installments")</f>
         <v>Parcelamento de tributos</v>
       </c>
       <c r="C64" s="49">
         <v>46385</v>
       </c>
       <c r="D64" s="49">
         <v>45491</v>
       </c>
       <c r="E64" s="49">
         <v>44573</v>
       </c>
       <c r="F64" s="49">
         <v>43567</v>
       </c>
       <c r="G64" s="49">
         <v>43435</v>
       </c>
       <c r="H64" s="49">
         <v>43300</v>
       </c>
       <c r="I64" s="49">
@@ -15618,52 +15737,55 @@
       </c>
       <c r="BF64" s="49">
         <v>0</v>
       </c>
       <c r="BG64" s="49">
         <v>0</v>
       </c>
       <c r="BH64" s="49">
         <v>0</v>
       </c>
       <c r="BI64" s="49">
         <v>0</v>
       </c>
       <c r="BJ64" s="49">
         <v>0</v>
       </c>
       <c r="BK64" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BL64" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BM64" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN64" s="49">
+        <v>0</v>
+      </c>
     </row>
-    <row r="65" spans="2:65" outlineLevel="1">
+    <row r="65" spans="2:66" outlineLevel="1">
       <c r="B65" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Opção de compra financeira","Financial call option")</f>
         <v>Opção de compra financeira</v>
       </c>
       <c r="C65" s="49">
         <v>8256</v>
       </c>
       <c r="D65" s="49">
         <v>0</v>
       </c>
       <c r="E65" s="49">
         <v>0</v>
       </c>
       <c r="F65" s="49">
         <v>0</v>
       </c>
       <c r="G65" s="49">
         <v>0</v>
       </c>
       <c r="H65" s="49">
         <v>0</v>
       </c>
       <c r="I65" s="49">
         <v>0</v>
       </c>
@@ -15771,52 +15893,55 @@
       </c>
       <c r="BF65" s="49">
         <v>0</v>
       </c>
       <c r="BG65" s="49">
         <v>0</v>
       </c>
       <c r="BH65" s="49">
         <v>0</v>
       </c>
       <c r="BI65" s="49">
         <v>0</v>
       </c>
       <c r="BJ65" s="49">
         <v>0</v>
       </c>
       <c r="BK65" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BL65" s="49" t="s">
         <v>14</v>
       </c>
       <c r="BM65" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN65" s="49">
+        <v>0</v>
+      </c>
     </row>
-    <row r="66" spans="2:65" ht="14.4">
+    <row r="66" spans="2:66">
       <c r="B66" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Receita diferida","Deferred revenues")</f>
         <v>Receita diferida</v>
       </c>
       <c r="C66" s="49">
         <v>95284</v>
       </c>
       <c r="D66" s="49">
         <v>92000</v>
       </c>
       <c r="E66" s="49">
         <v>89000</v>
       </c>
       <c r="F66" s="49">
         <v>86000</v>
       </c>
       <c r="G66" s="49">
         <v>83000</v>
       </c>
       <c r="H66" s="49">
         <v>80000</v>
       </c>
       <c r="I66" s="49">
         <v>77000</v>
       </c>
@@ -15957,61 +16082,64 @@
       </c>
       <c r="BC66" s="49">
         <v>47703</v>
       </c>
       <c r="BD66" s="49">
         <v>13870</v>
       </c>
       <c r="BE66" s="49">
         <v>13454</v>
       </c>
       <c r="BF66" s="49">
         <v>12677</v>
       </c>
       <c r="BG66" s="49">
         <v>68088.188999999998</v>
       </c>
       <c r="BH66" s="49">
         <v>117490</v>
       </c>
       <c r="BI66" s="49">
         <v>116966</v>
       </c>
       <c r="BJ66" s="49">
         <v>116458</v>
       </c>
-      <c r="BK66" s="198">
+      <c r="BK66" s="49">
         <v>115746</v>
       </c>
-      <c r="BL66" s="198">
+      <c r="BL66" s="49">
         <v>115030</v>
       </c>
       <c r="BM66" s="49">
         <v>114641</v>
       </c>
+      <c r="BN66" s="49">
+        <v>114556</v>
+      </c>
     </row>
-    <row r="67" spans="2:65">
+    <row r="67" spans="2:66">
       <c r="B67" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Tributos a recolher e parcelamentos","Taxes to be collected and installments")</f>
         <v>Tributos a recolher e parcelamentos</v>
       </c>
       <c r="C67" s="49"/>
       <c r="D67" s="49"/>
       <c r="E67" s="49"/>
       <c r="F67" s="49"/>
       <c r="G67" s="49"/>
       <c r="H67" s="49"/>
       <c r="I67" s="49"/>
       <c r="J67" s="49"/>
       <c r="K67" s="49"/>
       <c r="L67" s="49"/>
       <c r="M67" s="49"/>
       <c r="N67" s="49"/>
       <c r="O67" s="49"/>
       <c r="P67" s="49"/>
       <c r="Q67" s="49"/>
       <c r="R67" s="49"/>
       <c r="S67" s="49"/>
       <c r="T67" s="49"/>
       <c r="U67" s="49"/>
       <c r="V67" s="49"/>
       <c r="W67" s="49"/>
@@ -16045,52 +16173,55 @@
       <c r="AY67" s="49"/>
       <c r="AZ67" s="49"/>
       <c r="BA67" s="49"/>
       <c r="BB67" s="49"/>
       <c r="BC67" s="49"/>
       <c r="BD67" s="49"/>
       <c r="BE67" s="49"/>
       <c r="BF67" s="49"/>
       <c r="BG67" s="49"/>
       <c r="BH67" s="49"/>
       <c r="BI67" s="49">
         <v>45433</v>
       </c>
       <c r="BJ67" s="49">
         <v>21560</v>
       </c>
       <c r="BK67" s="49">
         <v>75323</v>
       </c>
       <c r="BL67" s="49">
         <v>126649</v>
       </c>
       <c r="BM67" s="49">
         <v>121128</v>
       </c>
+      <c r="BN67" s="49">
+        <v>129604</v>
+      </c>
     </row>
-    <row r="68" spans="2:65">
+    <row r="68" spans="2:66">
       <c r="B68" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outras obrigações","Other payables")</f>
         <v>Outras obrigações</v>
       </c>
       <c r="C68" s="49"/>
       <c r="D68" s="49"/>
       <c r="E68" s="49"/>
       <c r="F68" s="49"/>
       <c r="G68" s="49"/>
       <c r="H68" s="49"/>
       <c r="I68" s="49"/>
       <c r="J68" s="49"/>
       <c r="K68" s="49"/>
       <c r="L68" s="49"/>
       <c r="M68" s="49"/>
       <c r="N68" s="49"/>
       <c r="O68" s="49"/>
       <c r="P68" s="49"/>
       <c r="Q68" s="49"/>
       <c r="R68" s="49"/>
       <c r="S68" s="49"/>
       <c r="T68" s="49"/>
       <c r="U68" s="49"/>
       <c r="V68" s="49"/>
       <c r="W68" s="49"/>
@@ -16162,52 +16293,55 @@
       </c>
       <c r="BF68" s="49">
         <v>500</v>
       </c>
       <c r="BG68" s="49">
         <v>15300.36737</v>
       </c>
       <c r="BH68" s="49">
         <v>919</v>
       </c>
       <c r="BI68" s="49">
         <v>920</v>
       </c>
       <c r="BJ68" s="49">
         <v>919</v>
       </c>
       <c r="BK68" s="49">
         <v>919</v>
       </c>
       <c r="BL68" s="49">
         <v>918</v>
       </c>
       <c r="BM68" s="49">
         <v>738</v>
       </c>
+      <c r="BN68" s="49">
+        <v>419</v>
+      </c>
     </row>
-    <row r="69" spans="2:65">
+    <row r="69" spans="2:66">
       <c r="B69" s="42" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Total do passivo não circulante","Total Noncurrent Liabilities")</f>
         <v>Total do passivo não circulante</v>
       </c>
       <c r="C69" s="51">
         <f t="shared" ref="C69:AO69" si="21">SUM(C59:C66)</f>
         <v>303247</v>
       </c>
       <c r="D69" s="51">
         <f t="shared" si="21"/>
         <v>275005</v>
       </c>
       <c r="E69" s="51">
         <f t="shared" si="21"/>
         <v>260530</v>
       </c>
       <c r="F69" s="51">
         <f t="shared" si="21"/>
         <v>249905</v>
       </c>
       <c r="G69" s="51">
         <f t="shared" si="21"/>
         <v>255607</v>
       </c>
       <c r="H69" s="51">
@@ -16406,150 +16540,156 @@
       <c r="BE69" s="51">
         <f t="shared" si="22"/>
         <v>1150819</v>
       </c>
       <c r="BF69" s="51">
         <f t="shared" si="22"/>
         <v>1063930</v>
       </c>
       <c r="BG69" s="51">
         <f t="shared" ref="BG69:BH69" si="23">SUM(BG59:BG68)</f>
         <v>826903.22343000001</v>
       </c>
       <c r="BH69" s="51">
         <f t="shared" si="23"/>
         <v>838333</v>
       </c>
       <c r="BI69" s="51">
         <f t="shared" ref="BI69:BJ69" si="24">SUM(BI59:BI68)</f>
         <v>906811</v>
       </c>
       <c r="BJ69" s="51">
         <f t="shared" si="24"/>
         <v>824067</v>
       </c>
       <c r="BK69" s="51">
-        <f t="shared" ref="BK69:BM69" si="25">SUM(BK59:BK68)</f>
+        <f t="shared" ref="BK69:BN69" si="25">SUM(BK59:BK68)</f>
         <v>734770</v>
       </c>
       <c r="BL69" s="51">
         <f t="shared" si="25"/>
         <v>812808</v>
       </c>
       <c r="BM69" s="51">
         <f t="shared" si="25"/>
         <v>781455</v>
       </c>
+      <c r="BN69" s="51">
+        <f t="shared" si="25"/>
+        <v>940074</v>
+      </c>
     </row>
-    <row r="70" spans="2:65">
+    <row r="70" spans="2:66">
       <c r="B70" s="40"/>
       <c r="C70" s="48"/>
       <c r="D70" s="48"/>
       <c r="E70" s="48"/>
       <c r="F70" s="48"/>
       <c r="G70" s="48"/>
       <c r="H70" s="48"/>
       <c r="I70" s="48"/>
       <c r="J70" s="48"/>
       <c r="K70" s="48"/>
       <c r="AJ70" s="27"/>
       <c r="AK70" s="27"/>
       <c r="AL70" s="27"/>
       <c r="AM70" s="27"/>
       <c r="AN70" s="27"/>
       <c r="AO70" s="27"/>
       <c r="AP70" s="27"/>
       <c r="AQ70" s="27"/>
       <c r="AR70" s="27"/>
       <c r="AS70" s="27"/>
       <c r="AT70" s="27"/>
       <c r="AU70" s="27"/>
       <c r="AV70" s="27"/>
       <c r="AW70" s="27"/>
       <c r="AX70" s="27"/>
       <c r="AY70" s="27"/>
       <c r="AZ70" s="27"/>
       <c r="BA70" s="27"/>
       <c r="BB70" s="27"/>
       <c r="BC70" s="27"/>
       <c r="BD70" s="27"/>
       <c r="BE70" s="27"/>
       <c r="BF70" s="27"/>
       <c r="BG70" s="27"/>
       <c r="BH70" s="27"/>
       <c r="BI70" s="27"/>
       <c r="BJ70" s="27"/>
       <c r="BK70" s="27"/>
       <c r="BL70" s="27"/>
       <c r="BM70" s="27"/>
+      <c r="BN70" s="27"/>
     </row>
-    <row r="71" spans="2:65">
+    <row r="71" spans="2:66">
       <c r="B71" s="34" t="str">
         <f>IF('Índice - Index'!$D$14="Português","PATRIMÔNIO LÍQUIDO","SHAREHOLDER EQUITY")</f>
         <v>PATRIMÔNIO LÍQUIDO</v>
       </c>
       <c r="C71" s="48"/>
       <c r="D71" s="48"/>
       <c r="E71" s="48"/>
       <c r="F71" s="48"/>
       <c r="G71" s="48"/>
       <c r="H71" s="48"/>
       <c r="I71" s="48"/>
       <c r="J71" s="48"/>
       <c r="K71" s="48"/>
       <c r="AJ71" s="27"/>
       <c r="AK71" s="27"/>
       <c r="AL71" s="27"/>
       <c r="AM71" s="27"/>
       <c r="AN71" s="27"/>
       <c r="AO71" s="27"/>
       <c r="AP71" s="27"/>
       <c r="AQ71" s="27"/>
       <c r="AR71" s="27"/>
       <c r="AS71" s="27"/>
       <c r="AT71" s="27"/>
       <c r="AU71" s="27"/>
       <c r="AV71" s="27"/>
       <c r="AW71" s="27"/>
       <c r="AX71" s="27"/>
       <c r="AY71" s="27"/>
       <c r="AZ71" s="27"/>
       <c r="BA71" s="27"/>
       <c r="BB71" s="27"/>
       <c r="BC71" s="27"/>
       <c r="BD71" s="27"/>
       <c r="BE71" s="27"/>
       <c r="BF71" s="27"/>
       <c r="BG71" s="27"/>
       <c r="BH71" s="27"/>
       <c r="BI71" s="27"/>
       <c r="BJ71" s="27"/>
       <c r="BK71" s="27"/>
       <c r="BL71" s="27"/>
       <c r="BM71" s="27"/>
+      <c r="BN71" s="27"/>
     </row>
-    <row r="72" spans="2:65">
+    <row r="72" spans="2:66">
       <c r="B72" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Capital social","Paid in Capital")</f>
         <v>Capital social</v>
       </c>
       <c r="C72" s="49">
         <v>623321</v>
       </c>
       <c r="D72" s="49">
         <v>623785</v>
       </c>
       <c r="E72" s="49">
         <v>623785</v>
       </c>
       <c r="F72" s="49">
         <v>651106</v>
       </c>
       <c r="G72" s="49">
         <v>651106</v>
       </c>
       <c r="H72" s="49">
         <v>651106</v>
       </c>
       <c r="I72" s="49">
         <v>651106</v>
       </c>
@@ -16699,52 +16839,55 @@
       </c>
       <c r="BF72" s="49">
         <v>1694928</v>
       </c>
       <c r="BG72" s="49">
         <v>1694928.3146800001</v>
       </c>
       <c r="BH72" s="49">
         <v>1694928</v>
       </c>
       <c r="BI72" s="49">
         <v>1694928</v>
       </c>
       <c r="BJ72" s="49">
         <v>2312083</v>
       </c>
       <c r="BK72" s="49">
         <v>2312074</v>
       </c>
       <c r="BL72" s="49">
         <v>2312074</v>
       </c>
       <c r="BM72" s="49">
         <v>2312074</v>
       </c>
+      <c r="BN72" s="49">
+        <v>2312074</v>
+      </c>
     </row>
-    <row r="73" spans="2:65">
+    <row r="73" spans="2:66">
       <c r="B73" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Adiantamento para futuro aumento de capital social","Advance for future capital increase")</f>
         <v>Adiantamento para futuro aumento de capital social</v>
       </c>
       <c r="C73" s="49">
         <v>0</v>
       </c>
       <c r="D73" s="49">
         <v>0</v>
       </c>
       <c r="E73" s="49">
         <v>0</v>
       </c>
       <c r="F73" s="49">
         <v>0</v>
       </c>
       <c r="G73" s="49">
         <v>0</v>
       </c>
       <c r="H73" s="49">
         <v>0</v>
       </c>
       <c r="I73" s="49">
         <v>0</v>
       </c>
@@ -16894,52 +17037,55 @@
       </c>
       <c r="BF73" s="49">
         <v>0</v>
       </c>
       <c r="BG73" s="49">
         <v>0</v>
       </c>
       <c r="BH73" s="49">
         <v>0</v>
       </c>
       <c r="BI73" s="49">
         <v>0</v>
       </c>
       <c r="BJ73" s="49">
         <v>0</v>
       </c>
       <c r="BK73" s="49">
         <v>0</v>
       </c>
       <c r="BL73" s="49">
         <v>0</v>
       </c>
       <c r="BM73" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN73" s="49">
+        <v>0</v>
+      </c>
     </row>
-    <row r="74" spans="2:65">
+    <row r="74" spans="2:66">
       <c r="B74" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Ações em Tesouraria","Treasury Stocks")</f>
         <v>Ações em Tesouraria</v>
       </c>
       <c r="C74" s="49">
         <v>0</v>
       </c>
       <c r="D74" s="49">
         <v>0</v>
       </c>
       <c r="E74" s="49">
         <v>0</v>
       </c>
       <c r="F74" s="49">
         <v>0</v>
       </c>
       <c r="G74" s="49">
         <v>0</v>
       </c>
       <c r="H74" s="49">
         <v>0</v>
       </c>
       <c r="I74" s="49">
         <v>0</v>
       </c>
@@ -17089,52 +17235,55 @@
       </c>
       <c r="BF74" s="49">
         <v>-1241</v>
       </c>
       <c r="BG74" s="49">
         <v>-1242.36673</v>
       </c>
       <c r="BH74" s="49">
         <v>-1242</v>
       </c>
       <c r="BI74" s="49">
         <v>-1242</v>
       </c>
       <c r="BJ74" s="49">
         <v>-1242</v>
       </c>
       <c r="BK74" s="49">
         <v>-1242</v>
       </c>
       <c r="BL74" s="49">
         <v>-1242</v>
       </c>
       <c r="BM74" s="49">
         <v>-2092</v>
       </c>
+      <c r="BN74" s="49">
+        <v>-2092</v>
+      </c>
     </row>
-    <row r="75" spans="2:65">
+    <row r="75" spans="2:66">
       <c r="B75" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Reservas de lucros","Earnings reserve")</f>
         <v>Reservas de lucros</v>
       </c>
       <c r="C75" s="49">
         <v>97139</v>
       </c>
       <c r="D75" s="49">
         <v>97588</v>
       </c>
       <c r="E75" s="49">
         <v>135265</v>
       </c>
       <c r="F75" s="49">
         <v>118496</v>
       </c>
       <c r="G75" s="49">
         <v>171931</v>
       </c>
       <c r="H75" s="49">
         <v>207958</v>
       </c>
       <c r="I75" s="49">
         <v>266783</v>
       </c>
@@ -17284,52 +17433,55 @@
       </c>
       <c r="BF75" s="49">
         <v>0</v>
       </c>
       <c r="BG75" s="49">
         <v>0</v>
       </c>
       <c r="BH75" s="49">
         <v>0</v>
       </c>
       <c r="BI75" s="49">
         <v>0</v>
       </c>
       <c r="BJ75" s="49">
         <v>0</v>
       </c>
       <c r="BK75" s="49">
         <v>0</v>
       </c>
       <c r="BL75" s="49">
         <v>0</v>
       </c>
       <c r="BM75" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN75" s="49">
+        <v>0</v>
+      </c>
     </row>
-    <row r="76" spans="2:65">
+    <row r="76" spans="2:66">
       <c r="B76" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Reserva de opção de ações","Stock Option reserve")</f>
         <v>Reserva de opção de ações</v>
       </c>
       <c r="C76" s="49">
         <v>0</v>
       </c>
       <c r="D76" s="49">
         <v>0</v>
       </c>
       <c r="E76" s="49">
         <v>0</v>
       </c>
       <c r="F76" s="49">
         <v>0</v>
       </c>
       <c r="G76" s="49">
         <v>0</v>
       </c>
       <c r="H76" s="49">
         <v>0</v>
       </c>
       <c r="I76" s="49">
         <v>0</v>
       </c>
@@ -17479,52 +17631,55 @@
       </c>
       <c r="BF76" s="49">
         <v>19169</v>
       </c>
       <c r="BG76" s="49">
         <v>23820.41533</v>
       </c>
       <c r="BH76" s="49">
         <v>27526</v>
       </c>
       <c r="BI76" s="49">
         <v>25638</v>
       </c>
       <c r="BJ76" s="49">
         <v>6270</v>
       </c>
       <c r="BK76" s="49">
         <v>6599</v>
       </c>
       <c r="BL76" s="49">
         <v>6915</v>
       </c>
       <c r="BM76" s="49">
         <v>7714</v>
       </c>
+      <c r="BN76" s="49">
+        <v>7960</v>
+      </c>
     </row>
-    <row r="77" spans="2:65">
+    <row r="77" spans="2:66">
       <c r="B77" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outros resultados abrangentes","Other comprehensive income")</f>
         <v>Outros resultados abrangentes</v>
       </c>
       <c r="C77" s="49">
         <v>0</v>
       </c>
       <c r="D77" s="49">
         <v>0</v>
       </c>
       <c r="E77" s="49">
         <v>0</v>
       </c>
       <c r="F77" s="49">
         <v>0</v>
       </c>
       <c r="G77" s="49">
         <v>0</v>
       </c>
       <c r="H77" s="49">
         <v>0</v>
       </c>
       <c r="I77" s="49">
         <v>0</v>
       </c>
@@ -17674,52 +17829,55 @@
       </c>
       <c r="BF77" s="49">
         <v>0</v>
       </c>
       <c r="BG77" s="49">
         <v>0</v>
       </c>
       <c r="BH77" s="49">
         <v>0</v>
       </c>
       <c r="BI77" s="49">
         <v>0</v>
       </c>
       <c r="BJ77" s="49">
         <v>0</v>
       </c>
       <c r="BK77" s="49">
         <v>0</v>
       </c>
       <c r="BL77" s="49">
         <v>0</v>
       </c>
       <c r="BM77" s="49" t="s">
         <v>14</v>
       </c>
+      <c r="BN77" s="49">
+        <v>0</v>
+      </c>
     </row>
-    <row r="78" spans="2:65" ht="15">
+    <row r="78" spans="2:66" ht="15">
       <c r="B78" s="36" t="s">
         <v>23</v>
       </c>
       <c r="C78" s="52">
         <v>0</v>
       </c>
       <c r="D78" s="52">
         <v>0</v>
       </c>
       <c r="E78" s="52">
         <v>0</v>
       </c>
       <c r="F78" s="52">
         <v>0</v>
       </c>
       <c r="G78" s="52">
         <v>0</v>
       </c>
       <c r="H78" s="52">
         <v>0</v>
       </c>
       <c r="I78" s="52">
         <v>0</v>
       </c>
       <c r="J78" s="52">
@@ -17868,52 +18026,55 @@
       </c>
       <c r="BF78" s="52">
         <v>-1605052</v>
       </c>
       <c r="BG78" s="52">
         <v>-1717038.9067999995</v>
       </c>
       <c r="BH78" s="52">
         <v>-1865349</v>
       </c>
       <c r="BI78" s="52">
         <v>-1967381</v>
       </c>
       <c r="BJ78" s="52">
         <v>-2038604</v>
       </c>
       <c r="BK78" s="52">
         <v>-2032823</v>
       </c>
       <c r="BL78" s="52">
         <v>-2030459</v>
       </c>
       <c r="BM78" s="52">
         <v>-2028353</v>
       </c>
+      <c r="BN78" s="52">
+        <v>-2022514</v>
+      </c>
     </row>
-    <row r="79" spans="2:65">
+    <row r="79" spans="2:66">
       <c r="B79" s="36" t="s">
         <v>5</v>
       </c>
       <c r="C79" s="49">
         <f>SUM(C72:C75)</f>
         <v>720460</v>
       </c>
       <c r="D79" s="49">
         <f t="shared" ref="D79:I79" si="26">SUM(D72:D75)</f>
         <v>721373</v>
       </c>
       <c r="E79" s="49">
         <f t="shared" si="26"/>
         <v>759050</v>
       </c>
       <c r="F79" s="49">
         <f t="shared" si="26"/>
         <v>769602</v>
       </c>
       <c r="G79" s="49">
         <f t="shared" si="26"/>
         <v>823037</v>
       </c>
       <c r="H79" s="49">
         <f t="shared" si="26"/>
@@ -18111,63 +18272,67 @@
       <c r="BE79" s="49">
         <f t="shared" ref="BE79:BF79" si="33">SUM(BE72:BE78)</f>
         <v>304199</v>
       </c>
       <c r="BF79" s="49">
         <f t="shared" si="33"/>
         <v>107804</v>
       </c>
       <c r="BG79" s="49">
         <f t="shared" ref="BG79:BH79" si="34">SUM(BG72:BG78)</f>
         <v>467.45648000063375</v>
       </c>
       <c r="BH79" s="49">
         <f t="shared" si="34"/>
         <v>-144137</v>
       </c>
       <c r="BI79" s="49">
         <f t="shared" ref="BI79:BJ79" si="35">SUM(BI72:BI78)</f>
         <v>-248057</v>
       </c>
       <c r="BJ79" s="49">
         <f t="shared" si="35"/>
         <v>278507</v>
       </c>
       <c r="BK79" s="49">
-        <f t="shared" ref="BK79:BM79" si="36">SUM(BK72:BK78)</f>
+        <f t="shared" ref="BK79:BN79" si="36">SUM(BK72:BK78)</f>
         <v>284608</v>
       </c>
       <c r="BL79" s="49">
         <f t="shared" si="36"/>
         <v>287288</v>
       </c>
       <c r="BM79" s="49">
         <f t="shared" si="36"/>
         <v>289343</v>
       </c>
+      <c r="BN79" s="49">
+        <f t="shared" si="36"/>
+        <v>295428</v>
+      </c>
     </row>
-    <row r="80" spans="2:65">
+    <row r="80" spans="2:66">
       <c r="B80" s="36" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Participação não controladores","Minority Interest")</f>
         <v>Participação não controladores</v>
       </c>
       <c r="C80" s="49">
         <v>0</v>
       </c>
       <c r="D80" s="49">
         <v>22</v>
       </c>
       <c r="E80" s="49">
         <v>24</v>
       </c>
       <c r="F80" s="49">
         <v>7</v>
       </c>
       <c r="G80" s="49">
         <v>8</v>
       </c>
       <c r="H80" s="49">
         <v>0</v>
       </c>
       <c r="I80" s="49">
         <v>0</v>
       </c>
@@ -18267,52 +18432,53 @@
       <c r="AO80" s="49"/>
       <c r="AP80" s="49"/>
       <c r="AQ80" s="49"/>
       <c r="AR80" s="49"/>
       <c r="AS80" s="49"/>
       <c r="AT80" s="49"/>
       <c r="AU80" s="49"/>
       <c r="AV80" s="49"/>
       <c r="AW80" s="49"/>
       <c r="AX80" s="49"/>
       <c r="AY80" s="49"/>
       <c r="AZ80" s="49"/>
       <c r="BA80" s="49"/>
       <c r="BB80" s="49"/>
       <c r="BC80" s="49"/>
       <c r="BD80" s="49"/>
       <c r="BE80" s="49"/>
       <c r="BF80" s="49"/>
       <c r="BG80" s="49"/>
       <c r="BH80" s="49"/>
       <c r="BI80" s="49"/>
       <c r="BJ80" s="49"/>
       <c r="BK80" s="49"/>
       <c r="BL80" s="49"/>
       <c r="BM80" s="49"/>
+      <c r="BN80" s="49"/>
     </row>
-    <row r="81" spans="2:65">
+    <row r="81" spans="2:66">
       <c r="B81" s="42" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Total do Patrimônio Líquido","Total Shareholder Equity")</f>
         <v>Total do Patrimônio Líquido</v>
       </c>
       <c r="C81" s="51">
         <f t="shared" ref="C81:O81" si="37">C79+C80</f>
         <v>720460</v>
       </c>
       <c r="D81" s="51">
         <f t="shared" si="37"/>
         <v>721395</v>
       </c>
       <c r="E81" s="51">
         <f t="shared" si="37"/>
         <v>759074</v>
       </c>
       <c r="F81" s="51">
         <f t="shared" si="37"/>
         <v>769609</v>
       </c>
       <c r="G81" s="51">
         <f t="shared" si="37"/>
         <v>823045</v>
       </c>
       <c r="H81" s="51">
@@ -18511,104 +18677,109 @@
       <c r="BE81" s="51">
         <f t="shared" si="41"/>
         <v>304199</v>
       </c>
       <c r="BF81" s="51">
         <f t="shared" si="41"/>
         <v>107804</v>
       </c>
       <c r="BG81" s="51">
         <f t="shared" ref="BG81:BH81" si="42">BG79</f>
         <v>467.45648000063375</v>
       </c>
       <c r="BH81" s="51">
         <f t="shared" si="42"/>
         <v>-144137</v>
       </c>
       <c r="BI81" s="51">
         <f t="shared" ref="BI81:BJ81" si="43">BI79</f>
         <v>-248057</v>
       </c>
       <c r="BJ81" s="51">
         <f t="shared" si="43"/>
         <v>278507</v>
       </c>
       <c r="BK81" s="51">
-        <f t="shared" ref="BK81:BM81" si="44">BK79</f>
+        <f t="shared" ref="BK81:BN81" si="44">BK79</f>
         <v>284608</v>
       </c>
       <c r="BL81" s="51">
         <f t="shared" si="44"/>
         <v>287288</v>
       </c>
       <c r="BM81" s="51">
         <f t="shared" si="44"/>
         <v>289343</v>
       </c>
+      <c r="BN81" s="51">
+        <f t="shared" si="44"/>
+        <v>295428</v>
+      </c>
     </row>
-    <row r="82" spans="2:65">
+    <row r="82" spans="2:66">
       <c r="B82" s="42"/>
       <c r="C82" s="51"/>
       <c r="D82" s="51"/>
       <c r="E82" s="51"/>
       <c r="F82" s="51"/>
       <c r="G82" s="51"/>
       <c r="H82" s="51"/>
       <c r="I82" s="51"/>
       <c r="K82" s="51"/>
       <c r="AJ82" s="27"/>
       <c r="AK82" s="27"/>
       <c r="AL82" s="27"/>
       <c r="AM82" s="27"/>
       <c r="AN82" s="27"/>
       <c r="AO82" s="27"/>
       <c r="AP82" s="27"/>
       <c r="AQ82" s="27"/>
       <c r="AR82" s="27"/>
       <c r="AS82" s="27"/>
       <c r="AT82" s="27"/>
       <c r="AU82" s="27"/>
       <c r="AV82" s="27"/>
       <c r="AW82" s="27"/>
       <c r="AX82" s="27"/>
       <c r="AY82" s="27"/>
       <c r="AZ82" s="27"/>
       <c r="BA82" s="27"/>
       <c r="BB82" s="27"/>
       <c r="BC82" s="27"/>
       <c r="BD82" s="27"/>
       <c r="BE82" s="27"/>
       <c r="BF82" s="27"/>
       <c r="BG82" s="27"/>
       <c r="BH82" s="27"/>
       <c r="BI82" s="27"/>
       <c r="BJ82" s="27"/>
       <c r="BK82" s="27"/>
       <c r="BL82" s="27"/>
       <c r="BM82" s="27"/>
+      <c r="BN82" s="27"/>
     </row>
-    <row r="83" spans="2:65">
+    <row r="83" spans="2:66">
       <c r="B83" s="43" t="str">
         <f>IF('Índice - Index'!$D$14="Português","TOTAL DO PASSIVO E PATRIMÔNIO LÍQUIDO","TOTAL LIABILITIES AND SHAREHOLDER EQUITY")</f>
         <v>TOTAL DO PASSIVO E PATRIMÔNIO LÍQUIDO</v>
       </c>
       <c r="C83" s="44">
         <f t="shared" ref="C83:AT83" si="45">C56+C69+C81</f>
         <v>1538278</v>
       </c>
       <c r="D83" s="44">
         <f t="shared" si="45"/>
         <v>1442611</v>
       </c>
       <c r="E83" s="44">
         <f t="shared" si="45"/>
         <v>1447516</v>
       </c>
       <c r="F83" s="44">
         <f t="shared" si="45"/>
         <v>1590452</v>
       </c>
       <c r="G83" s="44">
         <f t="shared" si="45"/>
         <v>2061292</v>
       </c>
       <c r="H83" s="44">
@@ -18807,205 +18978,178 @@
       <c r="BE83" s="44">
         <f t="shared" si="46"/>
         <v>2666904</v>
       </c>
       <c r="BF83" s="44">
         <f t="shared" si="46"/>
         <v>2479688</v>
       </c>
       <c r="BG83" s="44">
         <f t="shared" ref="BG83:BH83" si="47">SUM(BG81,BG69,BG56)</f>
         <v>2453892.8370400006</v>
       </c>
       <c r="BH83" s="44">
         <f t="shared" si="47"/>
         <v>2376254</v>
       </c>
       <c r="BI83" s="44">
         <f t="shared" ref="BI83:BJ83" si="48">SUM(BI81,BI69,BI56)</f>
         <v>2063394</v>
       </c>
       <c r="BJ83" s="192">
         <f t="shared" si="48"/>
         <v>2010006</v>
       </c>
       <c r="BK83" s="192">
-        <f t="shared" ref="BK83:BM83" si="49">SUM(BK81,BK69,BK56)</f>
+        <f t="shared" ref="BK83:BN83" si="49">SUM(BK81,BK69,BK56)</f>
         <v>1904258</v>
       </c>
       <c r="BL83" s="192">
         <f t="shared" si="49"/>
         <v>2044038</v>
       </c>
       <c r="BM83" s="203">
         <f t="shared" si="49"/>
         <v>2018171</v>
       </c>
+      <c r="BN83" s="203">
+        <f t="shared" si="49"/>
+        <v>2130537</v>
+      </c>
     </row>
-    <row r="84" spans="2:65">
+    <row r="84" spans="2:66">
       <c r="AE84" s="132"/>
       <c r="AF84" s="131"/>
       <c r="AG84" s="131"/>
       <c r="AH84" s="131"/>
       <c r="AI84" s="133"/>
       <c r="AJ84" s="133"/>
       <c r="AK84" s="133"/>
       <c r="AL84" s="133"/>
       <c r="AM84" s="133"/>
       <c r="AN84" s="133"/>
       <c r="AO84" s="133"/>
       <c r="AP84" s="133"/>
       <c r="AQ84" s="133"/>
       <c r="AR84" s="133"/>
       <c r="AS84" s="133"/>
       <c r="AT84" s="133"/>
       <c r="AU84" s="133"/>
       <c r="AV84" s="133">
         <f>AV83-AV36</f>
         <v>0</v>
       </c>
       <c r="AW84" s="133">
         <f>AW83-AW36</f>
         <v>0</v>
       </c>
       <c r="AX84" s="133">
         <f>AX83-AX36</f>
         <v>0</v>
       </c>
       <c r="AY84" s="133"/>
       <c r="AZ84" s="133"/>
       <c r="BA84" s="133"/>
       <c r="BB84" s="133"/>
       <c r="BC84" s="53"/>
       <c r="BD84" s="133"/>
       <c r="BE84" s="133"/>
       <c r="BF84" s="133"/>
       <c r="BG84" s="53"/>
       <c r="BH84" s="53"/>
       <c r="BI84" s="53"/>
       <c r="BJ84" s="53"/>
       <c r="BK84" s="53"/>
       <c r="BL84" s="53"/>
       <c r="BM84" s="53"/>
+      <c r="BN84" s="53"/>
     </row>
-    <row r="85" spans="2:65">
+    <row r="85" spans="2:66">
       <c r="AM85" s="134"/>
       <c r="AN85" s="134"/>
       <c r="AO85" s="134"/>
       <c r="AP85" s="134"/>
       <c r="AQ85" s="134"/>
       <c r="AR85" s="134"/>
       <c r="AS85" s="134"/>
       <c r="AT85" s="134"/>
       <c r="AU85" s="134"/>
       <c r="AV85" s="134"/>
       <c r="AY85" s="134"/>
       <c r="BB85" s="144">
-        <f t="shared" ref="BB85:BL85" si="50">BB83-BB36</f>
-[...45 lines deleted...]
-      </c>
+        <f t="shared" ref="BB85" si="50">BB83-BB36</f>
+        <v>0</v>
+      </c>
+      <c r="BC85" s="144"/>
+      <c r="BD85" s="144"/>
+      <c r="BE85" s="144"/>
+      <c r="BF85" s="144"/>
+      <c r="BG85" s="144"/>
+      <c r="BH85" s="144"/>
+      <c r="BI85" s="144"/>
+      <c r="BJ85" s="144"/>
+      <c r="BK85" s="144"/>
+      <c r="BL85" s="144"/>
+      <c r="BM85" s="144"/>
+      <c r="BN85" s="144"/>
     </row>
-    <row r="86" spans="2:65">
+    <row r="86" spans="2:66">
       <c r="AM86" s="137"/>
       <c r="AP86" s="137"/>
       <c r="AQ86" s="137"/>
       <c r="AR86" s="137"/>
       <c r="AS86" s="137"/>
       <c r="AT86" s="137"/>
       <c r="AU86" s="137"/>
       <c r="AV86" s="137"/>
       <c r="AY86" s="137"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <phoneticPr fontId="67" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Classificação Interna</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="1" tint="0.499984740745262"/>
   </sheetPr>
-  <dimension ref="A1:CK59"/>
+  <dimension ref="A1:CL59"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="C1" zoomScale="105" zoomScaleNormal="105" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="BW4" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" topLeftCell="C1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane xSplit="1" ySplit="3" topLeftCell="BB4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="BG4" sqref="BG4:BG15"/>
       <selection pane="topRight" activeCell="BG4" sqref="BG4:BG15"/>
       <selection pane="bottomLeft" activeCell="BG4" sqref="BG4:BG15"/>
-      <selection pane="bottomRight" activeCell="BW6" sqref="BW6"/>
+      <selection pane="bottomRight" activeCell="BB43" sqref="BB43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="13.2" outlineLevelRow="1" outlineLevelCol="1"/>
   <cols>
     <col min="1" max="1" width="3" style="25" customWidth="1"/>
     <col min="2" max="2" width="4.44140625" style="25" customWidth="1"/>
     <col min="3" max="3" width="54.21875" style="25" customWidth="1"/>
     <col min="4" max="4" width="11.44140625" style="25" customWidth="1"/>
     <col min="5" max="5" width="10.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="6" max="7" width="10.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="8" max="8" width="11.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="9" max="9" width="11.5546875" style="25" customWidth="1" collapsed="1"/>
     <col min="10" max="10" width="10.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="11" max="11" width="10.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="12" max="12" width="10.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="13" max="13" width="11.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="14" max="14" width="11.44140625" style="25" customWidth="1" collapsed="1"/>
     <col min="15" max="15" width="9.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="16" max="16" width="10.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="17" max="17" width="10.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="18" max="18" width="11.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="19" max="19" width="11.44140625" style="25" customWidth="1" collapsed="1"/>
     <col min="20" max="21" width="10.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="22" max="22" width="10.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="23" max="23" width="11.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
@@ -19023,67 +19167,68 @@
     <col min="35" max="35" width="10.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="36" max="36" width="10.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="37" max="37" width="10.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="38" max="38" width="11.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="39" max="39" width="12" style="25" customWidth="1" collapsed="1"/>
     <col min="40" max="40" width="11.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="41" max="43" width="12" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="44" max="44" width="11.77734375" style="25" customWidth="1" collapsed="1"/>
     <col min="45" max="48" width="11.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="49" max="49" width="11.77734375" style="25" customWidth="1" collapsed="1"/>
     <col min="50" max="53" width="11.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="54" max="54" width="11.77734375" style="25" customWidth="1" collapsed="1"/>
     <col min="55" max="58" width="11.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="59" max="59" width="11.77734375" style="25" customWidth="1" collapsed="1"/>
     <col min="60" max="60" width="11.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="61" max="61" width="10.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="62" max="62" width="10" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="63" max="63" width="15.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="64" max="64" width="15.21875" style="25" customWidth="1" collapsed="1"/>
     <col min="65" max="67" width="15.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="68" max="68" width="15.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="69" max="69" width="15.5546875" style="25" customWidth="1" collapsed="1"/>
     <col min="70" max="72" width="15.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="73" max="73" width="11.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="74" max="74" width="13.21875" style="25" bestFit="1" customWidth="1" collapsed="1"/>
-    <col min="75" max="78" width="11.77734375" style="25" customWidth="1" outlineLevel="1"/>
-[...7 lines deleted...]
-    <col min="88" max="16384" width="9.21875" style="25"/>
+    <col min="75" max="78" width="11.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="79" max="79" width="11.77734375" style="25" customWidth="1" collapsed="1"/>
+    <col min="80" max="82" width="11.77734375" style="25" customWidth="1"/>
+    <col min="83" max="83" width="11.77734375" style="25" bestFit="1" customWidth="1"/>
+    <col min="84" max="84" width="9.21875" style="25"/>
+    <col min="85" max="85" width="14.5546875" style="25" bestFit="1" customWidth="1"/>
+    <col min="86" max="86" width="11.77734375" style="25" customWidth="1"/>
+    <col min="87" max="87" width="9.21875" style="25"/>
+    <col min="88" max="88" width="9.5546875" style="25" bestFit="1" customWidth="1"/>
+    <col min="89" max="16384" width="9.21875" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:89">
+    <row r="1" spans="1:90">
       <c r="A1" s="146" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="3" spans="1:89" ht="29.55" customHeight="1">
+    <row r="3" spans="1:90" ht="29.55" customHeight="1">
       <c r="C3" s="145" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Consolidado","Consolidated")</f>
         <v>Consolidado</v>
       </c>
       <c r="D3" s="26" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T10","1Q10")</f>
         <v>1T10</v>
       </c>
       <c r="F3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T10","2Q10")</f>
         <v>2T10</v>
       </c>
       <c r="G3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","3T10","3Q10")</f>
         <v>3T10</v>
       </c>
       <c r="H3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","4T10","4Q10")</f>
         <v>4T10</v>
       </c>
       <c r="I3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2010","2010")</f>
@@ -19354,92 +19499,96 @@
         <v>1T24</v>
       </c>
       <c r="BX3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T24","2Q24")</f>
         <v>2T24</v>
       </c>
       <c r="BY3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","3T24","3Q24")</f>
         <v>3T24</v>
       </c>
       <c r="BZ3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","4T24","4Q24")</f>
         <v>4T24</v>
       </c>
       <c r="CA3" s="168">
         <v>2024</v>
       </c>
       <c r="CB3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T25","1Q25")</f>
         <v>1T25</v>
       </c>
       <c r="CC3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T25","2Q25")</f>
         <v>2T25</v>
       </c>
+      <c r="CD3" s="26" t="str">
+        <f>IF('Índice - Index'!$D$14="Português","3T25","3Q25")</f>
+        <v>3T25</v>
+      </c>
     </row>
-    <row r="4" spans="1:89">
+    <row r="4" spans="1:90">
       <c r="C4" s="54"/>
       <c r="D4" s="55"/>
       <c r="E4" s="55"/>
       <c r="F4" s="55"/>
       <c r="G4" s="55"/>
       <c r="H4" s="55"/>
       <c r="I4" s="55"/>
       <c r="J4" s="55"/>
       <c r="K4" s="55"/>
       <c r="L4" s="55"/>
       <c r="M4" s="55"/>
       <c r="N4" s="55"/>
       <c r="O4" s="55"/>
       <c r="P4" s="55"/>
       <c r="Q4" s="55"/>
       <c r="R4" s="55"/>
       <c r="S4" s="55"/>
       <c r="T4" s="55"/>
       <c r="U4" s="55"/>
       <c r="V4" s="55"/>
       <c r="W4" s="55"/>
       <c r="X4" s="55"/>
       <c r="Y4" s="55"/>
       <c r="Z4" s="55"/>
       <c r="AA4" s="55"/>
       <c r="AB4" s="55"/>
       <c r="AC4" s="55"/>
       <c r="AD4" s="55"/>
       <c r="AE4" s="55"/>
       <c r="AF4" s="55"/>
       <c r="AG4" s="55"/>
       <c r="AH4" s="55"/>
       <c r="AI4" s="136"/>
       <c r="AJ4" s="136"/>
       <c r="AK4" s="136"/>
       <c r="AL4" s="136"/>
-      <c r="CI4" s="174"/>
       <c r="CJ4" s="174"/>
+      <c r="CK4" s="174"/>
     </row>
-    <row r="5" spans="1:89">
+    <row r="5" spans="1:90">
       <c r="C5" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","RECEITA BRUTA","GROSS REVENUE")</f>
         <v>RECEITA BRUTA</v>
       </c>
       <c r="D5" s="57">
         <f t="shared" ref="D5:I5" si="0">SUM(D6:D8)</f>
         <v>2286729</v>
       </c>
       <c r="E5" s="57">
         <f t="shared" si="0"/>
         <v>485829</v>
       </c>
       <c r="F5" s="57">
         <f t="shared" si="0"/>
         <v>659393</v>
       </c>
       <c r="G5" s="57">
         <f t="shared" si="0"/>
         <v>727781</v>
       </c>
       <c r="H5" s="57">
         <f t="shared" si="0"/>
         <v>1014293</v>
       </c>
       <c r="I5" s="57">
@@ -19650,81 +19799,85 @@
       <c r="BQ5" s="165">
         <f t="shared" si="2"/>
         <v>3215844.8891599998</v>
       </c>
       <c r="BR5" s="57">
         <f t="shared" si="2"/>
         <v>643995.79554999992</v>
       </c>
       <c r="BS5" s="57">
         <f t="shared" si="2"/>
         <v>650415.83420000027</v>
       </c>
       <c r="BT5" s="57">
         <f t="shared" si="2"/>
         <v>318477.03690999991</v>
       </c>
       <c r="BU5" s="57">
         <f t="shared" si="2"/>
         <v>565539.83763000043</v>
       </c>
       <c r="BV5" s="165">
         <f t="shared" si="2"/>
         <v>2216037.3202600004</v>
       </c>
       <c r="BW5" s="57">
-        <f t="shared" ref="BW5:CC5" si="3">SUM(BW6:BW8)</f>
+        <f t="shared" ref="BW5:CD5" si="3">SUM(BW6:BW8)</f>
         <v>345472.09688000003</v>
       </c>
       <c r="BX5" s="57">
         <f t="shared" si="3"/>
         <v>438405.10500000004</v>
       </c>
       <c r="BY5" s="57">
         <f t="shared" si="3"/>
         <v>480442.39739</v>
       </c>
       <c r="BZ5" s="57">
         <f t="shared" si="3"/>
         <v>645071.6784399997</v>
       </c>
       <c r="CA5" s="57">
         <f t="shared" ref="CA5" si="4">SUM(CA6:CA8)</f>
         <v>1909391.2777099996</v>
       </c>
       <c r="CB5" s="57">
         <f t="shared" si="3"/>
         <v>407039.97354999994</v>
       </c>
       <c r="CC5" s="57">
         <f t="shared" si="3"/>
         <v>538288.11820999999</v>
       </c>
-      <c r="CI5" s="177"/>
-      <c r="CJ5" s="176"/>
+      <c r="CD5" s="57">
+        <f t="shared" si="3"/>
+        <v>452020.25213999988</v>
+      </c>
+      <c r="CJ5" s="177"/>
+      <c r="CK5" s="176"/>
     </row>
-    <row r="6" spans="1:89">
+    <row r="6" spans="1:90">
       <c r="C6" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Varejo - Receita Bruta","Retail - Gross Revenue")</f>
         <v>Varejo - Receita Bruta</v>
       </c>
       <c r="D6" s="60">
         <v>1955850</v>
       </c>
       <c r="E6" s="60">
         <v>401756</v>
       </c>
       <c r="F6" s="60">
         <v>567544</v>
       </c>
       <c r="G6" s="60">
         <v>623914</v>
       </c>
       <c r="H6" s="60">
         <v>723982</v>
       </c>
       <c r="I6" s="60">
         <v>2317196</v>
       </c>
       <c r="J6" s="60">
         <v>508554</v>
       </c>
@@ -19920,54 +20073,57 @@
       <c r="BV6" s="169">
         <v>2132978.0421200003</v>
       </c>
       <c r="BW6" s="61">
         <v>341366.47620000003</v>
       </c>
       <c r="BX6" s="61">
         <v>434732.54668000003</v>
       </c>
       <c r="BY6" s="61">
         <v>476665.70721999998</v>
       </c>
       <c r="BZ6" s="61">
         <v>643330.36996999965</v>
       </c>
       <c r="CA6" s="61">
         <f>SUM(BW6:BZ6)</f>
         <v>1896095.1000699997</v>
       </c>
       <c r="CB6" s="61">
         <v>402129.27975999995</v>
       </c>
       <c r="CC6" s="61">
         <v>534461.31249000004</v>
       </c>
-      <c r="CI6" s="176"/>
-      <c r="CJ6" s="177"/>
+      <c r="CD6" s="61">
+        <v>447879.60325999989</v>
+      </c>
+      <c r="CJ6" s="176"/>
+      <c r="CK6" s="177"/>
     </row>
-    <row r="7" spans="1:89">
+    <row r="7" spans="1:90">
       <c r="C7" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mserviços - Receita Bruta","Mserviços - Gross Revenue")</f>
         <v>Mserviços - Receita Bruta</v>
       </c>
       <c r="D7" s="60"/>
       <c r="E7" s="60"/>
       <c r="F7" s="60"/>
       <c r="G7" s="60"/>
       <c r="H7" s="60"/>
       <c r="I7" s="60"/>
       <c r="J7" s="60"/>
       <c r="K7" s="61"/>
       <c r="L7" s="61"/>
       <c r="M7" s="61"/>
       <c r="N7" s="61"/>
       <c r="O7" s="61"/>
       <c r="P7" s="61"/>
       <c r="Q7" s="61"/>
       <c r="R7" s="61"/>
       <c r="S7" s="61"/>
       <c r="T7" s="61"/>
       <c r="U7" s="61"/>
       <c r="V7" s="61"/>
       <c r="W7" s="60"/>
       <c r="X7" s="60"/>
@@ -20037,54 +20193,57 @@
       <c r="BV7" s="169">
         <v>83059.278139999995</v>
       </c>
       <c r="BW7" s="61">
         <v>4105.62068</v>
       </c>
       <c r="BX7" s="61">
         <v>3672.558320000001</v>
       </c>
       <c r="BY7" s="61">
         <v>3776.6901700000003</v>
       </c>
       <c r="BZ7" s="61">
         <v>1741.3084699999995</v>
       </c>
       <c r="CA7" s="61">
         <f>SUM(BW7:BZ7)</f>
         <v>13296.177640000002</v>
       </c>
       <c r="CB7" s="61">
         <v>5171.4480500000009</v>
       </c>
       <c r="CC7" s="61">
         <v>3826.8057200000003</v>
       </c>
-      <c r="CI7" s="176"/>
-      <c r="CJ7" s="177"/>
+      <c r="CD7" s="61">
+        <v>4140.6488800000006</v>
+      </c>
+      <c r="CJ7" s="176"/>
+      <c r="CK7" s="177"/>
     </row>
-    <row r="8" spans="1:89">
+    <row r="8" spans="1:90">
       <c r="C8" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mpagamentos - Receita Bruta","Mpagamentos - Gross Revenue")</f>
         <v>Mpagamentos - Receita Bruta</v>
       </c>
       <c r="D8" s="60">
         <v>330879</v>
       </c>
       <c r="E8" s="60">
         <v>84073</v>
       </c>
       <c r="F8" s="60">
         <v>91849</v>
       </c>
       <c r="G8" s="60">
         <v>103867</v>
       </c>
       <c r="H8" s="60">
         <v>290311</v>
       </c>
       <c r="I8" s="60">
         <v>570100</v>
       </c>
       <c r="J8" s="60">
         <v>121866</v>
       </c>
@@ -20280,54 +20439,57 @@
       <c r="BV8" s="169">
         <v>-9.0949470177292824E-13</v>
       </c>
       <c r="BW8" s="61">
         <v>0</v>
       </c>
       <c r="BX8" s="61">
         <v>0</v>
       </c>
       <c r="BY8" s="61">
         <v>0</v>
       </c>
       <c r="BZ8" s="61">
         <v>0</v>
       </c>
       <c r="CA8" s="61">
         <f>SUM(BW8:BZ8)</f>
         <v>0</v>
       </c>
       <c r="CB8" s="61">
         <v>-260.75426000000004</v>
       </c>
       <c r="CC8" s="61">
         <v>0</v>
       </c>
-      <c r="CI8" s="176"/>
-      <c r="CJ8" s="177"/>
+      <c r="CD8" s="61">
+        <v>0</v>
+      </c>
+      <c r="CJ8" s="176"/>
+      <c r="CK8" s="177"/>
     </row>
-    <row r="9" spans="1:89">
+    <row r="9" spans="1:90">
       <c r="C9" s="62"/>
       <c r="D9" s="63"/>
       <c r="E9" s="63"/>
       <c r="F9" s="63"/>
       <c r="G9" s="63"/>
       <c r="H9" s="63"/>
       <c r="I9" s="63"/>
       <c r="J9" s="63"/>
       <c r="K9" s="64"/>
       <c r="L9" s="64"/>
       <c r="M9" s="64"/>
       <c r="N9" s="64"/>
       <c r="O9" s="64"/>
       <c r="P9" s="64"/>
       <c r="Q9" s="64"/>
       <c r="R9" s="64"/>
       <c r="S9" s="64"/>
       <c r="T9" s="64"/>
       <c r="U9" s="64"/>
       <c r="V9" s="64"/>
       <c r="W9" s="63"/>
       <c r="X9" s="63"/>
       <c r="Y9" s="64"/>
       <c r="Z9" s="64"/>
       <c r="AA9" s="64"/>
@@ -20363,54 +20525,55 @@
       <c r="BE9" s="64"/>
       <c r="BF9" s="64"/>
       <c r="BG9" s="64"/>
       <c r="BH9" s="64"/>
       <c r="BI9" s="64"/>
       <c r="BJ9" s="64"/>
       <c r="BK9" s="64"/>
       <c r="BL9" s="64"/>
       <c r="BM9" s="64"/>
       <c r="BN9" s="170"/>
       <c r="BO9" s="64"/>
       <c r="BP9" s="64"/>
       <c r="BQ9" s="170"/>
       <c r="BR9" s="64"/>
       <c r="BS9" s="64"/>
       <c r="BT9" s="64"/>
       <c r="BU9" s="64"/>
       <c r="BV9" s="169"/>
       <c r="BW9" s="64"/>
       <c r="BX9" s="64"/>
       <c r="BY9" s="64"/>
       <c r="BZ9" s="64"/>
       <c r="CA9" s="64"/>
       <c r="CB9" s="64"/>
       <c r="CC9" s="64"/>
-      <c r="CI9" s="176"/>
-      <c r="CJ9" s="177"/>
+      <c r="CD9" s="64"/>
+      <c r="CJ9" s="176"/>
+      <c r="CK9" s="177"/>
     </row>
-    <row r="10" spans="1:89" s="65" customFormat="1">
+    <row r="10" spans="1:90" s="65" customFormat="1">
       <c r="C10" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Tributos sobre Receita","Taxes on sales")</f>
         <v>Tributos sobre Receita</v>
       </c>
       <c r="D10" s="58">
         <v>-530986</v>
       </c>
       <c r="E10" s="58">
         <v>-107832</v>
       </c>
       <c r="F10" s="58">
         <v>-152637</v>
       </c>
       <c r="G10" s="58">
         <v>-244103</v>
       </c>
       <c r="H10" s="58">
         <v>-307041</v>
       </c>
       <c r="I10" s="58">
         <v>-811613</v>
       </c>
       <c r="J10" s="58">
         <v>-136327</v>
       </c>
@@ -20609,55 +20772,59 @@
       <c r="BW10" s="57">
         <v>-92779.102140000003</v>
       </c>
       <c r="BX10" s="57">
         <v>-117876.81412</v>
       </c>
       <c r="BY10" s="57">
         <v>-130674.39739000003</v>
       </c>
       <c r="BZ10" s="57">
         <f>SUM(BZ11:BZ13)</f>
         <v>-176711.47031</v>
       </c>
       <c r="CA10" s="57">
         <f>SUM(CA11:CA13)</f>
         <v>-518051.52996999997</v>
       </c>
       <c r="CB10" s="57">
         <f>SUM(CB11:CB13)</f>
         <v>-109138.13671000004</v>
       </c>
       <c r="CC10" s="57">
         <f>SUM(CC11:CC13)</f>
         <v>-143806.48210000002</v>
       </c>
-      <c r="CD10" s="199"/>
-[...1 lines deleted...]
-      <c r="CJ10" s="177"/>
+      <c r="CD10" s="57">
+        <f>SUM(CD11:CD13)</f>
+        <v>-119268.59684000001</v>
+      </c>
+      <c r="CE10" s="199"/>
+      <c r="CJ10" s="176"/>
+      <c r="CK10" s="177"/>
     </row>
-    <row r="11" spans="1:89" s="65" customFormat="1" outlineLevel="1">
+    <row r="11" spans="1:90" s="65" customFormat="1" outlineLevel="1">
       <c r="C11" s="59" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="197"/>
       <c r="E11" s="197"/>
       <c r="F11" s="197"/>
       <c r="G11" s="197"/>
       <c r="H11" s="197"/>
       <c r="I11" s="197"/>
       <c r="J11" s="197"/>
       <c r="K11" s="194"/>
       <c r="L11" s="194"/>
       <c r="M11" s="194"/>
       <c r="N11" s="194"/>
       <c r="O11" s="194"/>
       <c r="P11" s="194"/>
       <c r="Q11" s="194"/>
       <c r="R11" s="194"/>
       <c r="S11" s="194"/>
       <c r="T11" s="194"/>
       <c r="U11" s="194"/>
       <c r="V11" s="194"/>
       <c r="W11" s="197"/>
       <c r="X11" s="197"/>
       <c r="Y11" s="194"/>
@@ -20710,54 +20877,57 @@
       <c r="BT11" s="194"/>
       <c r="BU11" s="194"/>
       <c r="BV11" s="195"/>
       <c r="BW11" s="194">
         <v>-92397</v>
       </c>
       <c r="BX11" s="194">
         <v>-117579</v>
       </c>
       <c r="BY11" s="194">
         <v>-130300</v>
       </c>
       <c r="BZ11" s="194">
         <v>-175243.21644000002</v>
       </c>
       <c r="CA11" s="194">
         <f t="shared" ref="CA11:CA12" si="5">SUM(BW11:BZ11)</f>
         <v>-515519.21643999999</v>
       </c>
       <c r="CB11" s="194">
         <v>-108402.90375000003</v>
       </c>
       <c r="CC11" s="194">
         <v>-143284.66496000002</v>
       </c>
-      <c r="CI11" s="176"/>
-      <c r="CJ11" s="177"/>
+      <c r="CD11" s="194">
+        <v>-118729.00721000001</v>
+      </c>
+      <c r="CJ11" s="176"/>
+      <c r="CK11" s="177"/>
     </row>
-    <row r="12" spans="1:89" s="65" customFormat="1" outlineLevel="1">
+    <row r="12" spans="1:90" s="65" customFormat="1" outlineLevel="1">
       <c r="C12" s="59" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="197"/>
       <c r="E12" s="197"/>
       <c r="F12" s="197"/>
       <c r="G12" s="197"/>
       <c r="H12" s="197"/>
       <c r="I12" s="197"/>
       <c r="J12" s="197"/>
       <c r="K12" s="194"/>
       <c r="L12" s="194"/>
       <c r="M12" s="194"/>
       <c r="N12" s="194"/>
       <c r="O12" s="194"/>
       <c r="P12" s="194"/>
       <c r="Q12" s="194"/>
       <c r="R12" s="194"/>
       <c r="S12" s="194"/>
       <c r="T12" s="194"/>
       <c r="U12" s="194"/>
       <c r="V12" s="194"/>
       <c r="W12" s="197"/>
       <c r="X12" s="197"/>
       <c r="Y12" s="194"/>
@@ -20811,54 +20981,57 @@
       <c r="BU12" s="194"/>
       <c r="BV12" s="195"/>
       <c r="BW12" s="194">
         <v>-382</v>
       </c>
       <c r="BX12" s="194">
         <v>-298</v>
       </c>
       <c r="BY12" s="194">
         <f>BY18-BY7</f>
         <v>-384.05965999999989</v>
       </c>
       <c r="BZ12" s="194">
         <v>-1468.2538700000002</v>
       </c>
       <c r="CA12" s="194">
         <f t="shared" si="5"/>
         <v>-2532.3135300000004</v>
       </c>
       <c r="CB12" s="194">
         <v>-707.30246000000011</v>
       </c>
       <c r="CC12" s="194">
         <v>-516.39598000000001</v>
       </c>
-      <c r="CI12" s="176"/>
-      <c r="CJ12" s="177"/>
+      <c r="CD12" s="194">
+        <v>-535.58124999999995</v>
+      </c>
+      <c r="CJ12" s="176"/>
+      <c r="CK12" s="177"/>
     </row>
-    <row r="13" spans="1:89" s="65" customFormat="1" outlineLevel="1">
+    <row r="13" spans="1:90" s="65" customFormat="1" outlineLevel="1">
       <c r="C13" s="59" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="197"/>
       <c r="E13" s="197"/>
       <c r="F13" s="197"/>
       <c r="G13" s="197"/>
       <c r="H13" s="197"/>
       <c r="I13" s="197"/>
       <c r="J13" s="197"/>
       <c r="K13" s="194"/>
       <c r="L13" s="194"/>
       <c r="M13" s="194"/>
       <c r="N13" s="194"/>
       <c r="O13" s="194"/>
       <c r="P13" s="194"/>
       <c r="Q13" s="194"/>
       <c r="R13" s="194"/>
       <c r="S13" s="194"/>
       <c r="T13" s="194"/>
       <c r="U13" s="194"/>
       <c r="V13" s="194"/>
       <c r="W13" s="197"/>
       <c r="X13" s="197"/>
       <c r="Y13" s="194"/>
@@ -20904,54 +21077,57 @@
       <c r="BM13" s="194"/>
       <c r="BN13" s="195"/>
       <c r="BO13" s="194"/>
       <c r="BP13" s="194"/>
       <c r="BQ13" s="195"/>
       <c r="BR13" s="194"/>
       <c r="BS13" s="194"/>
       <c r="BT13" s="194"/>
       <c r="BU13" s="194"/>
       <c r="BV13" s="195"/>
       <c r="BW13" s="194"/>
       <c r="BX13" s="194"/>
       <c r="BY13" s="194"/>
       <c r="BZ13" s="194">
         <v>0</v>
       </c>
       <c r="CA13" s="194">
         <v>0</v>
       </c>
       <c r="CB13" s="194">
         <v>-27.930500000000006</v>
       </c>
       <c r="CC13" s="194">
         <v>-5.4211599999999969</v>
       </c>
-      <c r="CI13" s="176"/>
-      <c r="CJ13" s="177"/>
+      <c r="CD13" s="194">
+        <v>-4.0083800000000007</v>
+      </c>
+      <c r="CJ13" s="176"/>
+      <c r="CK13" s="177"/>
     </row>
-    <row r="14" spans="1:89" s="65" customFormat="1">
+    <row r="14" spans="1:90" s="65" customFormat="1">
       <c r="C14" s="196"/>
       <c r="D14" s="197"/>
       <c r="E14" s="197"/>
       <c r="F14" s="197"/>
       <c r="G14" s="197"/>
       <c r="H14" s="197"/>
       <c r="I14" s="197"/>
       <c r="J14" s="197"/>
       <c r="K14" s="194"/>
       <c r="L14" s="194"/>
       <c r="M14" s="194"/>
       <c r="N14" s="194"/>
       <c r="O14" s="194"/>
       <c r="P14" s="194"/>
       <c r="Q14" s="194"/>
       <c r="R14" s="194"/>
       <c r="S14" s="194"/>
       <c r="T14" s="194"/>
       <c r="U14" s="194"/>
       <c r="V14" s="194"/>
       <c r="W14" s="197"/>
       <c r="X14" s="197"/>
       <c r="Y14" s="194"/>
       <c r="Z14" s="194"/>
       <c r="AA14" s="194"/>
@@ -20987,54 +21163,55 @@
       <c r="BE14" s="194"/>
       <c r="BF14" s="194"/>
       <c r="BG14" s="194"/>
       <c r="BH14" s="194"/>
       <c r="BI14" s="194"/>
       <c r="BJ14" s="194"/>
       <c r="BK14" s="194"/>
       <c r="BL14" s="194"/>
       <c r="BM14" s="194"/>
       <c r="BN14" s="195"/>
       <c r="BO14" s="194"/>
       <c r="BP14" s="194"/>
       <c r="BQ14" s="195"/>
       <c r="BR14" s="194"/>
       <c r="BS14" s="194"/>
       <c r="BT14" s="194"/>
       <c r="BU14" s="194"/>
       <c r="BV14" s="195"/>
       <c r="BW14" s="194"/>
       <c r="BX14" s="194"/>
       <c r="BY14" s="194"/>
       <c r="BZ14" s="194"/>
       <c r="CA14" s="194"/>
       <c r="CB14" s="194"/>
       <c r="CC14" s="194"/>
-      <c r="CI14" s="176"/>
-      <c r="CJ14" s="177"/>
+      <c r="CD14" s="194"/>
+      <c r="CJ14" s="176"/>
+      <c r="CK14" s="177"/>
     </row>
-    <row r="15" spans="1:89">
+    <row r="15" spans="1:90">
       <c r="C15" s="62"/>
       <c r="D15" s="64"/>
       <c r="E15" s="64"/>
       <c r="F15" s="64"/>
       <c r="G15" s="64"/>
       <c r="H15" s="64"/>
       <c r="I15" s="64"/>
       <c r="J15" s="64"/>
       <c r="K15" s="64"/>
       <c r="L15" s="64"/>
       <c r="M15" s="64"/>
       <c r="N15" s="64"/>
       <c r="O15" s="64"/>
       <c r="P15" s="64"/>
       <c r="Q15" s="64"/>
       <c r="R15" s="64"/>
       <c r="S15" s="64"/>
       <c r="T15" s="64"/>
       <c r="U15" s="64"/>
       <c r="V15" s="64"/>
       <c r="W15" s="63"/>
       <c r="X15" s="63"/>
       <c r="Y15" s="64"/>
       <c r="Z15" s="64"/>
       <c r="AA15" s="64"/>
@@ -21070,55 +21247,56 @@
       <c r="BE15" s="136"/>
       <c r="BF15" s="136"/>
       <c r="BG15" s="136"/>
       <c r="BH15" s="136"/>
       <c r="BI15" s="136"/>
       <c r="BJ15" s="136"/>
       <c r="BK15" s="136"/>
       <c r="BL15" s="136"/>
       <c r="BM15" s="136"/>
       <c r="BN15" s="185"/>
       <c r="BO15" s="136"/>
       <c r="BP15" s="136"/>
       <c r="BQ15" s="185"/>
       <c r="BR15" s="136"/>
       <c r="BS15" s="136"/>
       <c r="BT15" s="136"/>
       <c r="BU15" s="136"/>
       <c r="BV15" s="185"/>
       <c r="BW15" s="136"/>
       <c r="BX15" s="136"/>
       <c r="BY15" s="136"/>
       <c r="BZ15" s="136"/>
       <c r="CA15" s="136"/>
       <c r="CB15" s="136"/>
       <c r="CC15" s="136"/>
-      <c r="CD15" s="144"/>
-[...1 lines deleted...]
-      <c r="CJ15" s="179"/>
+      <c r="CD15" s="136"/>
+      <c r="CE15" s="144"/>
+      <c r="CJ15" s="178"/>
+      <c r="CK15" s="179"/>
     </row>
-    <row r="16" spans="1:89">
+    <row r="16" spans="1:90">
       <c r="C16" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","RECEITA LIQUIDA","NET REVENUE")</f>
         <v>RECEITA LIQUIDA</v>
       </c>
       <c r="D16" s="57">
         <v>1755743</v>
       </c>
       <c r="E16" s="57">
         <f t="shared" ref="E16:N16" si="6">SUM(E17:E20)</f>
         <v>377997</v>
       </c>
       <c r="F16" s="57">
         <f t="shared" si="6"/>
         <v>506756</v>
       </c>
       <c r="G16" s="57">
         <f t="shared" si="6"/>
         <v>483678</v>
       </c>
       <c r="H16" s="57">
         <f t="shared" si="6"/>
         <v>707252</v>
       </c>
       <c r="I16" s="57">
         <f t="shared" si="6"/>
@@ -21353,54 +21531,58 @@
         <v>252692.99474000002</v>
       </c>
       <c r="BX16" s="57">
         <f t="shared" si="9"/>
         <v>320528.29087999999</v>
       </c>
       <c r="BY16" s="57">
         <f>SUM(BY17:BY19)</f>
         <v>349767.99999999994</v>
       </c>
       <c r="BZ16" s="57">
         <v>468360</v>
       </c>
       <c r="CA16" s="57">
         <f>CA5+CA10</f>
         <v>1391339.7477399996</v>
       </c>
       <c r="CB16" s="57">
         <f>CB5+CB10</f>
         <v>297901.83683999989</v>
       </c>
       <c r="CC16" s="57">
         <f>CC5+CC10</f>
         <v>394481.63610999996</v>
       </c>
-      <c r="CJ16" s="176"/>
-      <c r="CK16" s="177"/>
+      <c r="CD16" s="57">
+        <f>CD5+CD10</f>
+        <v>332751.65529999987</v>
+      </c>
+      <c r="CK16" s="176"/>
+      <c r="CL16" s="177"/>
     </row>
-    <row r="17" spans="3:89">
+    <row r="17" spans="3:90">
       <c r="C17" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Varejo - Receita Líquida","Retail - Net Revenue")</f>
         <v>Varejo - Receita Líquida</v>
       </c>
       <c r="D17" s="61">
         <v>1434559</v>
       </c>
       <c r="E17" s="61">
         <v>295843</v>
       </c>
       <c r="F17" s="61">
         <v>417122</v>
       </c>
       <c r="G17" s="61">
         <v>388848</v>
       </c>
       <c r="H17" s="61">
         <v>600950</v>
       </c>
       <c r="I17" s="61">
         <v>1702763</v>
       </c>
       <c r="J17" s="61">
         <v>374377</v>
       </c>
@@ -21599,55 +21781,59 @@
       <c r="BW17" s="61">
         <v>248969.23827000003</v>
       </c>
       <c r="BX17" s="61">
         <v>317153.51107000001</v>
       </c>
       <c r="BY17" s="61">
         <v>346375.36948999995</v>
       </c>
       <c r="BZ17" s="61">
         <f>BZ6+BZ11</f>
         <v>468087.15352999966</v>
       </c>
       <c r="CA17" s="61">
         <f t="shared" ref="CA17:CA19" si="10">CA6+CA11</f>
         <v>1380575.8836299996</v>
       </c>
       <c r="CB17" s="61">
         <f>CB6+CB11</f>
         <v>293726.37600999989</v>
       </c>
       <c r="CC17" s="61">
         <f>CC6+CC11</f>
         <v>391176.64753000002</v>
       </c>
-      <c r="CD17" s="144"/>
+      <c r="CD17" s="61">
+        <f>CD6+CD11</f>
+        <v>329150.59604999988</v>
+      </c>
       <c r="CE17" s="144"/>
-      <c r="CK17" s="177"/>
+      <c r="CF17" s="144"/>
+      <c r="CL17" s="177"/>
     </row>
-    <row r="18" spans="3:89">
+    <row r="18" spans="3:90">
       <c r="C18" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mserviços - Receita Líquida","Mserviços - Net Revenue")</f>
         <v>Mserviços - Receita Líquida</v>
       </c>
       <c r="D18" s="61"/>
       <c r="E18" s="61"/>
       <c r="F18" s="61"/>
       <c r="G18" s="61"/>
       <c r="H18" s="61"/>
       <c r="I18" s="61"/>
       <c r="J18" s="61"/>
       <c r="K18" s="61"/>
       <c r="L18" s="61"/>
       <c r="M18" s="61"/>
       <c r="N18" s="61"/>
       <c r="O18" s="61"/>
       <c r="P18" s="61"/>
       <c r="Q18" s="61"/>
       <c r="R18" s="61"/>
       <c r="S18" s="61"/>
       <c r="T18" s="61"/>
       <c r="U18" s="61"/>
       <c r="V18" s="61"/>
       <c r="W18" s="61"/>
       <c r="X18" s="61"/>
@@ -21717,57 +21903,61 @@
       <c r="BV18" s="169">
         <v>76771.698560000004</v>
       </c>
       <c r="BW18" s="61">
         <v>3723.7564700000003</v>
       </c>
       <c r="BX18" s="61">
         <v>3374.7798100000009</v>
       </c>
       <c r="BY18" s="61">
         <v>3392.6305100000004</v>
       </c>
       <c r="BZ18" s="61">
         <f>BZ7+BZ12</f>
         <v>273.05459999999925</v>
       </c>
       <c r="CA18" s="61">
         <f t="shared" si="10"/>
         <v>10763.864110000002</v>
       </c>
       <c r="CB18" s="61">
         <f t="shared" ref="CB18:CC19" si="11">CB7+CB12</f>
         <v>4464.145590000001</v>
       </c>
       <c r="CC18" s="61">
-        <f t="shared" ref="CC18" si="12">CC7+CC12</f>
+        <f t="shared" ref="CC18:CD18" si="12">CC7+CC12</f>
         <v>3310.4097400000001</v>
       </c>
-      <c r="CD18" s="144"/>
-      <c r="CK18" s="177"/>
+      <c r="CD18" s="61">
+        <f t="shared" si="12"/>
+        <v>3605.0676300000005</v>
+      </c>
+      <c r="CE18" s="144"/>
+      <c r="CL18" s="177"/>
     </row>
-    <row r="19" spans="3:89">
+    <row r="19" spans="3:90">
       <c r="C19" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mpagamentos - Receita Líquida","Mpagamentos - Net Revenue")</f>
         <v>Mpagamentos - Receita Líquida</v>
       </c>
       <c r="D19" s="61">
         <v>321184</v>
       </c>
       <c r="E19" s="61">
         <v>82154</v>
       </c>
       <c r="F19" s="61">
         <v>89634</v>
       </c>
       <c r="G19" s="61">
         <v>94830</v>
       </c>
       <c r="H19" s="61">
         <v>106302</v>
       </c>
       <c r="I19" s="61">
         <v>372920</v>
       </c>
       <c r="J19" s="61">
         <v>119716</v>
       </c>
@@ -21965,53 +22155,57 @@
       </c>
       <c r="BW19" s="61">
         <v>0</v>
       </c>
       <c r="BX19" s="61">
         <v>0</v>
       </c>
       <c r="BY19" s="61">
         <v>0</v>
       </c>
       <c r="BZ19" s="61">
         <v>0</v>
       </c>
       <c r="CA19" s="61">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="CB19" s="61">
         <f t="shared" si="11"/>
         <v>-288.68476000000004</v>
       </c>
       <c r="CC19" s="61">
         <f t="shared" si="11"/>
         <v>-5.4211599999999969</v>
       </c>
-      <c r="CD19" s="144"/>
+      <c r="CD19" s="61">
+        <f t="shared" ref="CD19" si="13">CD8+CD13</f>
+        <v>-4.0083800000000007</v>
+      </c>
+      <c r="CE19" s="144"/>
     </row>
-    <row r="20" spans="3:89">
+    <row r="20" spans="3:90">
       <c r="C20" s="62"/>
       <c r="D20" s="64"/>
       <c r="E20" s="64"/>
       <c r="F20" s="64"/>
       <c r="G20" s="64"/>
       <c r="H20" s="64"/>
       <c r="I20" s="64"/>
       <c r="J20" s="64"/>
       <c r="K20" s="64"/>
       <c r="L20" s="64"/>
       <c r="M20" s="64"/>
       <c r="N20" s="64"/>
       <c r="O20" s="64"/>
       <c r="P20" s="64"/>
       <c r="Q20" s="64"/>
       <c r="R20" s="64"/>
       <c r="S20" s="64"/>
       <c r="T20" s="64"/>
       <c r="U20" s="64"/>
       <c r="V20" s="64"/>
       <c r="W20" s="64"/>
       <c r="X20" s="64"/>
       <c r="Y20" s="64"/>
       <c r="Z20" s="64"/>
       <c r="AA20" s="64"/>
@@ -22047,137 +22241,138 @@
       <c r="BE20" s="64"/>
       <c r="BF20" s="64"/>
       <c r="BG20" s="64"/>
       <c r="BH20" s="64"/>
       <c r="BI20" s="64"/>
       <c r="BJ20" s="64"/>
       <c r="BK20" s="64"/>
       <c r="BL20" s="64"/>
       <c r="BM20" s="64"/>
       <c r="BN20" s="170"/>
       <c r="BO20" s="64"/>
       <c r="BP20" s="64"/>
       <c r="BQ20" s="170"/>
       <c r="BR20" s="64"/>
       <c r="BS20" s="64"/>
       <c r="BT20" s="64"/>
       <c r="BU20" s="64"/>
       <c r="BV20" s="170"/>
       <c r="BW20" s="64"/>
       <c r="BX20" s="64"/>
       <c r="BY20" s="64"/>
       <c r="BZ20" s="64"/>
       <c r="CA20" s="64"/>
       <c r="CB20" s="64"/>
       <c r="CC20" s="64"/>
+      <c r="CD20" s="64"/>
     </row>
-    <row r="21" spans="3:89">
+    <row r="21" spans="3:90">
       <c r="C21" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","CPV","CoGS")</f>
         <v>CPV</v>
       </c>
       <c r="D21" s="57">
         <v>-936056</v>
       </c>
       <c r="E21" s="57">
         <f>SUM(E22:E25)</f>
         <v>-188274</v>
       </c>
       <c r="F21" s="57">
         <f>SUM(F22:F25)</f>
         <v>-239027</v>
       </c>
       <c r="G21" s="57">
         <f>SUM(G22:G25)</f>
         <v>-267272</v>
       </c>
       <c r="H21" s="57">
         <f>SUM(H22:H25)</f>
         <v>-344918</v>
       </c>
       <c r="I21" s="57">
         <f>SUM(I22:I25)</f>
         <v>-1039491</v>
       </c>
       <c r="J21" s="57">
-        <f t="shared" ref="J21:X21" si="13">SUM(J22:J25)</f>
+        <f t="shared" ref="J21:X21" si="14">SUM(J22:J25)</f>
         <v>-245084</v>
       </c>
       <c r="K21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-309621</v>
       </c>
       <c r="L21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-289276</v>
       </c>
       <c r="M21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-399577</v>
       </c>
       <c r="N21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-1245181</v>
       </c>
       <c r="O21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-278651</v>
       </c>
       <c r="P21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-357068</v>
       </c>
       <c r="Q21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-381554</v>
       </c>
       <c r="R21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-455685</v>
       </c>
       <c r="S21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-1467733</v>
       </c>
       <c r="T21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-327461</v>
       </c>
       <c r="U21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-382374</v>
       </c>
       <c r="V21" s="57">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-402398</v>
       </c>
       <c r="W21" s="58">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-543275</v>
       </c>
       <c r="X21" s="58">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>-1644118</v>
       </c>
       <c r="Y21" s="57">
         <v>-364175.72669000004</v>
       </c>
       <c r="Z21" s="57">
         <v>-475239.10121999995</v>
       </c>
       <c r="AA21" s="57">
         <v>-473016.00792</v>
       </c>
       <c r="AB21" s="57">
         <v>-575996.17919000005</v>
       </c>
       <c r="AC21" s="57">
         <v>-1888427.01502</v>
       </c>
       <c r="AD21" s="57">
         <v>-365058</v>
       </c>
       <c r="AE21" s="57">
         <v>-455559</v>
       </c>
       <c r="AF21" s="57">
         <v>-436604</v>
@@ -22261,119 +22456,123 @@
         <v>-441943.25283533003</v>
       </c>
       <c r="BG21" s="57">
         <v>-1342886.0845163476</v>
       </c>
       <c r="BH21" s="57">
         <v>-173386.16073366036</v>
       </c>
       <c r="BI21" s="57">
         <f>SUM(BI22:BI24)</f>
         <v>-355089.89205100015</v>
       </c>
       <c r="BJ21" s="57">
         <f>SUM(BJ22:BJ24)</f>
         <v>-358551.86853999982</v>
       </c>
       <c r="BK21" s="57">
         <f>SUM(BK22:BK24)</f>
         <v>-450246.77851899993</v>
       </c>
       <c r="BL21" s="57">
         <f>BL24+BL22</f>
         <v>-1337274.6998436602</v>
       </c>
       <c r="BM21" s="57">
-        <f t="shared" ref="BM21:BV21" si="14">SUM(BM22:BM24)</f>
+        <f t="shared" ref="BM21:BV21" si="15">SUM(BM22:BM24)</f>
         <v>-329429.48234366038</v>
       </c>
       <c r="BN21" s="165">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-421042.36811000004</v>
       </c>
       <c r="BO21" s="57">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-363096.55540000013</v>
       </c>
       <c r="BP21" s="57">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-383274.09559999988</v>
       </c>
       <c r="BQ21" s="165">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-1260210.0556900003</v>
       </c>
       <c r="BR21" s="57">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-270430.47762000002</v>
       </c>
       <c r="BS21" s="57">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-262443.57355000003</v>
       </c>
       <c r="BT21" s="57">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-130598.4789999999</v>
       </c>
       <c r="BU21" s="57">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-194940.37897999992</v>
       </c>
       <c r="BV21" s="165">
-        <f t="shared" si="14"/>
+        <f t="shared" si="15"/>
         <v>-858371.40223000001</v>
       </c>
       <c r="BW21" s="57">
-        <f t="shared" ref="BW21:CC21" si="15">SUM(BW22:BW24)</f>
+        <f t="shared" ref="BW21:CD21" si="16">SUM(BW22:BW24)</f>
         <v>-133529.99915000002</v>
       </c>
       <c r="BX21" s="57">
-        <f t="shared" si="15"/>
+        <f t="shared" si="16"/>
         <v>-157042.65768999993</v>
       </c>
       <c r="BY21" s="57">
-        <f t="shared" si="15"/>
+        <f t="shared" si="16"/>
         <v>-187003.99999999994</v>
       </c>
       <c r="BZ21" s="57">
-        <f t="shared" si="15"/>
+        <f t="shared" si="16"/>
         <v>-226881.88359999997</v>
       </c>
       <c r="CA21" s="57">
-        <f t="shared" ref="CA21" si="16">SUM(CA22:CA24)</f>
+        <f t="shared" ref="CA21" si="17">SUM(CA22:CA24)</f>
         <v>-704458.5404399999</v>
       </c>
       <c r="CB21" s="57">
-        <f t="shared" si="15"/>
+        <f t="shared" si="16"/>
         <v>-145690.20390000002</v>
       </c>
       <c r="CC21" s="57">
-        <f t="shared" si="15"/>
+        <f t="shared" si="16"/>
         <v>-180764.93108999988</v>
       </c>
+      <c r="CD21" s="57">
+        <f t="shared" si="16"/>
+        <v>-162273.61903</v>
+      </c>
     </row>
-    <row r="22" spans="3:89">
+    <row r="22" spans="3:90">
       <c r="C22" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Varejo - CPV","Retail - CoGS")</f>
         <v>Varejo - CPV</v>
       </c>
       <c r="D22" s="61">
         <v>-681869</v>
       </c>
       <c r="E22" s="61">
         <v>-144596</v>
       </c>
       <c r="F22" s="61">
         <v>-188947</v>
       </c>
       <c r="G22" s="61">
         <v>-194945</v>
       </c>
       <c r="H22" s="61">
         <v>-279058</v>
       </c>
       <c r="I22" s="61">
         <v>-807546</v>
       </c>
       <c r="J22" s="61">
         <v>-187235</v>
       </c>
@@ -22560,61 +22759,64 @@
       <c r="BS22" s="61">
         <v>-254781.75959</v>
       </c>
       <c r="BT22" s="61">
         <v>-132719.2419799999</v>
       </c>
       <c r="BU22" s="61">
         <v>-191238.89021999994</v>
       </c>
       <c r="BV22" s="169">
         <v>-800813.59979999997</v>
       </c>
       <c r="BW22" s="61">
         <v>-133155.82048000002</v>
       </c>
       <c r="BX22" s="61">
         <v>-157246.26247999995</v>
       </c>
       <c r="BY22" s="61">
         <v>-185945.42826999995</v>
       </c>
       <c r="BZ22" s="61">
         <v>-220896.92105999996</v>
       </c>
       <c r="CA22" s="61">
-        <f t="shared" ref="CA22:CA23" si="17">SUM(BW22:BZ22)</f>
+        <f t="shared" ref="CA22:CA23" si="18">SUM(BW22:BZ22)</f>
         <v>-697244.43228999991</v>
       </c>
       <c r="CB22" s="61">
         <v>-145331.73483</v>
       </c>
       <c r="CC22" s="61">
         <v>-180020.1164899999</v>
       </c>
+      <c r="CD22" s="61">
+        <v>-161672.89237999998</v>
+      </c>
     </row>
-    <row r="23" spans="3:89">
+    <row r="23" spans="3:90">
       <c r="C23" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mserviços - CPV","Mserviços - CoGS")</f>
         <v>Mserviços - CPV</v>
       </c>
       <c r="D23" s="61"/>
       <c r="E23" s="61"/>
       <c r="F23" s="61"/>
       <c r="G23" s="61"/>
       <c r="H23" s="61"/>
       <c r="I23" s="61"/>
       <c r="J23" s="61"/>
       <c r="K23" s="61"/>
       <c r="L23" s="61"/>
       <c r="M23" s="61"/>
       <c r="N23" s="61"/>
       <c r="O23" s="61"/>
       <c r="P23" s="61"/>
       <c r="Q23" s="61"/>
       <c r="R23" s="61"/>
       <c r="S23" s="61"/>
       <c r="T23" s="61"/>
       <c r="U23" s="61"/>
       <c r="V23" s="61"/>
       <c r="W23" s="61"/>
       <c r="X23" s="61"/>
@@ -22675,61 +22877,64 @@
       <c r="BS23" s="61">
         <v>-7661.8139600000013</v>
       </c>
       <c r="BT23" s="61">
         <v>2120.7629799999959</v>
       </c>
       <c r="BU23" s="61">
         <v>-3701.4887599999911</v>
       </c>
       <c r="BV23" s="169">
         <v>-57557.802430000003</v>
       </c>
       <c r="BW23" s="61">
         <v>-374.17867000000012</v>
       </c>
       <c r="BX23" s="61">
         <v>203.60479000000004</v>
       </c>
       <c r="BY23" s="61">
         <v>-1058.5717299999997</v>
       </c>
       <c r="BZ23" s="61">
         <v>-5984.9625399999986</v>
       </c>
       <c r="CA23" s="61">
-        <f t="shared" si="17"/>
+        <f t="shared" si="18"/>
         <v>-7214.1081499999982</v>
       </c>
       <c r="CB23" s="61">
         <v>-608.58458999999993</v>
       </c>
       <c r="CC23" s="61">
         <v>-660.65217000000018</v>
       </c>
+      <c r="CD23" s="61">
+        <v>-597.87490999999977</v>
+      </c>
     </row>
-    <row r="24" spans="3:89">
+    <row r="24" spans="3:90">
       <c r="C24" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mpagamentos - CPV","Mpagamentos - CoGS")</f>
         <v>Mpagamentos - CPV</v>
       </c>
       <c r="D24" s="61">
         <v>-254187</v>
       </c>
       <c r="E24" s="61">
         <v>-43678</v>
       </c>
       <c r="F24" s="61">
         <v>-50080</v>
       </c>
       <c r="G24" s="61">
         <v>-72327</v>
       </c>
       <c r="H24" s="61">
         <v>-65860</v>
       </c>
       <c r="I24" s="61">
         <v>-231945</v>
       </c>
       <c r="J24" s="61">
         <v>-57849</v>
       </c>
@@ -22924,52 +23129,55 @@
       </c>
       <c r="BV24" s="169">
         <v>0</v>
       </c>
       <c r="BW24" s="61">
         <v>0</v>
       </c>
       <c r="BX24" s="61">
         <v>0</v>
       </c>
       <c r="BY24" s="61">
         <v>0</v>
       </c>
       <c r="BZ24" s="61">
         <v>0</v>
       </c>
       <c r="CA24" s="61">
         <v>0</v>
       </c>
       <c r="CB24" s="61">
         <v>250.11552000000074</v>
       </c>
       <c r="CC24" s="61">
         <v>-84.162429999999489</v>
       </c>
+      <c r="CD24" s="61">
+        <v>-2.8517400000000066</v>
+      </c>
     </row>
-    <row r="25" spans="3:89">
+    <row r="25" spans="3:90">
       <c r="C25" s="66"/>
       <c r="D25" s="64"/>
       <c r="E25" s="64"/>
       <c r="F25" s="64"/>
       <c r="G25" s="64"/>
       <c r="H25" s="64"/>
       <c r="I25" s="64"/>
       <c r="J25" s="64"/>
       <c r="K25" s="64"/>
       <c r="L25" s="64"/>
       <c r="M25" s="64"/>
       <c r="N25" s="64"/>
       <c r="O25" s="64"/>
       <c r="P25" s="64"/>
       <c r="Q25" s="64"/>
       <c r="R25" s="64"/>
       <c r="S25" s="64"/>
       <c r="T25" s="64"/>
       <c r="U25" s="64"/>
       <c r="V25" s="64"/>
       <c r="W25" s="64"/>
       <c r="X25" s="64"/>
       <c r="Y25" s="64"/>
       <c r="Z25" s="64"/>
       <c r="AA25" s="64"/>
@@ -23005,137 +23213,138 @@
       <c r="BE25" s="64"/>
       <c r="BF25" s="64"/>
       <c r="BG25" s="64"/>
       <c r="BH25" s="64"/>
       <c r="BI25" s="64"/>
       <c r="BJ25" s="64"/>
       <c r="BK25" s="64"/>
       <c r="BL25" s="64"/>
       <c r="BM25" s="64"/>
       <c r="BN25" s="170"/>
       <c r="BO25" s="64"/>
       <c r="BP25" s="64"/>
       <c r="BQ25" s="170"/>
       <c r="BR25" s="64"/>
       <c r="BS25" s="64"/>
       <c r="BT25" s="64"/>
       <c r="BU25" s="64"/>
       <c r="BV25" s="170"/>
       <c r="BW25" s="64"/>
       <c r="BX25" s="64"/>
       <c r="BY25" s="64"/>
       <c r="BZ25" s="64"/>
       <c r="CA25" s="64"/>
       <c r="CB25" s="64"/>
       <c r="CC25" s="64"/>
+      <c r="CD25" s="64"/>
     </row>
-    <row r="26" spans="3:89">
+    <row r="26" spans="3:90">
       <c r="C26" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","LUCRO BRUTO","GROSS PROFIT")</f>
         <v>LUCRO BRUTO</v>
       </c>
       <c r="D26" s="57">
         <v>819687</v>
       </c>
       <c r="E26" s="57">
         <f>SUM(E27:E30)</f>
         <v>189723</v>
       </c>
       <c r="F26" s="57">
         <f>SUM(F27:F30)</f>
         <v>267729</v>
       </c>
       <c r="G26" s="57">
         <f>SUM(G27:G30)</f>
         <v>216406</v>
       </c>
       <c r="H26" s="57">
         <f>SUM(H27:H30)</f>
         <v>362334</v>
       </c>
       <c r="I26" s="57">
         <f>SUM(I27:I30)</f>
         <v>1036192</v>
       </c>
       <c r="J26" s="57">
-        <f t="shared" ref="J26:X26" si="18">SUM(J27:J30)</f>
+        <f t="shared" ref="J26:X26" si="19">SUM(J27:J30)</f>
         <v>249009</v>
       </c>
       <c r="K26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>323131</v>
       </c>
       <c r="L26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>268998</v>
       </c>
       <c r="M26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>365619</v>
       </c>
       <c r="N26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>1205134</v>
       </c>
       <c r="O26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>241284</v>
       </c>
       <c r="P26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>341619</v>
       </c>
       <c r="Q26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>348378</v>
       </c>
       <c r="R26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>478374</v>
       </c>
       <c r="S26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>1409655</v>
       </c>
       <c r="T26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>301197</v>
       </c>
       <c r="U26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>362236</v>
       </c>
       <c r="V26" s="57">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>320128</v>
       </c>
       <c r="W26" s="58">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>456321</v>
       </c>
       <c r="X26" s="58">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>1447893</v>
       </c>
       <c r="Y26" s="57">
         <v>333649.27330999996</v>
       </c>
       <c r="Z26" s="57">
         <v>337309.89878000005</v>
       </c>
       <c r="AA26" s="57">
         <v>303835.99208</v>
       </c>
       <c r="AB26" s="57">
         <v>481370.82081</v>
       </c>
       <c r="AC26" s="57">
         <v>1456165.98498</v>
       </c>
       <c r="AD26" s="57">
         <v>314860</v>
       </c>
       <c r="AE26" s="57">
         <v>333807</v>
       </c>
       <c r="AF26" s="57">
         <v>310621</v>
@@ -23194,231 +23403,235 @@
       <c r="AX26" s="57">
         <v>304651.53674999985</v>
       </c>
       <c r="AY26" s="57">
         <v>302975.96322999964</v>
       </c>
       <c r="AZ26" s="57">
         <v>299927.18918999634</v>
       </c>
       <c r="BA26" s="57">
         <v>433602.59987651545</v>
       </c>
       <c r="BB26" s="57">
         <v>1341157.6697065118</v>
       </c>
       <c r="BC26" s="57">
         <v>258308.6848699922</v>
       </c>
       <c r="BD26" s="57">
         <v>57710.028851155424</v>
       </c>
       <c r="BE26" s="57">
         <v>177404.3741278348</v>
       </c>
       <c r="BF26" s="57">
-        <f t="shared" ref="BF26:BG26" si="19">BF21+BF16</f>
+        <f t="shared" ref="BF26:BG26" si="20">BF21+BF16</f>
         <v>327322.82816466986</v>
       </c>
       <c r="BG26" s="57">
-        <f t="shared" si="19"/>
+        <f t="shared" si="20"/>
         <v>820745.91601365223</v>
       </c>
       <c r="BH26" s="57">
         <v>242047.70092633975</v>
       </c>
       <c r="BI26" s="57">
-        <f t="shared" ref="BI26:BT29" si="20">BI16+BI21</f>
+        <f t="shared" ref="BI26:BT29" si="21">BI16+BI21</f>
         <v>256011.50210899976</v>
       </c>
       <c r="BJ26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>297323.74073000008</v>
       </c>
       <c r="BK26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>393563.547701</v>
       </c>
       <c r="BL26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>1188946.4914663394</v>
       </c>
       <c r="BM26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>253178.20887633966</v>
       </c>
       <c r="BN26" s="165">
         <f>BN16+BN21</f>
         <v>319368.15622999985</v>
       </c>
       <c r="BO26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>271688.09502000007</v>
       </c>
       <c r="BP26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>355451.17379999987</v>
       </c>
       <c r="BQ26" s="165">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>1160304.7833299995</v>
       </c>
       <c r="BR26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>219646.04668999999</v>
       </c>
       <c r="BS26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>223279.6948800002</v>
       </c>
       <c r="BT26" s="57">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>95330</v>
       </c>
       <c r="BU26" s="57">
-        <f t="shared" ref="BU26:BV26" si="21">BU16+BU21</f>
+        <f t="shared" ref="BU26:BV26" si="22">BU16+BU21</f>
         <v>222473.03780000051</v>
       </c>
       <c r="BV26" s="165">
-        <f t="shared" si="21"/>
+        <f t="shared" si="22"/>
         <v>798379.10226000042</v>
       </c>
       <c r="BW26" s="57">
-        <f t="shared" ref="BW26:CC26" si="22">BW16+BW21</f>
+        <f t="shared" ref="BW26:CC26" si="23">BW16+BW21</f>
         <v>119162.99559000001</v>
       </c>
       <c r="BX26" s="57">
-        <f t="shared" si="22"/>
+        <f t="shared" si="23"/>
         <v>163485.63319000005</v>
       </c>
       <c r="BY26" s="57">
-        <f t="shared" si="22"/>
+        <f t="shared" si="23"/>
         <v>162764</v>
       </c>
       <c r="BZ26" s="57">
-        <f t="shared" si="22"/>
+        <f t="shared" si="23"/>
         <v>241478.11640000003</v>
       </c>
       <c r="CA26" s="57">
-        <f t="shared" ref="CA26" si="23">CA16+CA21</f>
+        <f t="shared" ref="CA26" si="24">CA16+CA21</f>
         <v>686881.20729999966</v>
       </c>
       <c r="CB26" s="57">
-        <f t="shared" si="22"/>
+        <f t="shared" si="23"/>
         <v>152211.63293999986</v>
       </c>
       <c r="CC26" s="57">
-        <f t="shared" si="22"/>
+        <f t="shared" si="23"/>
         <v>213716.70502000008</v>
       </c>
+      <c r="CD26" s="57">
+        <f t="shared" ref="CD26" si="25">CD16+CD21</f>
+        <v>170478.03626999987</v>
+      </c>
     </row>
-    <row r="27" spans="3:89">
+    <row r="27" spans="3:90">
       <c r="C27" s="67" t="str">
         <f>IF('Índice - Index'!$D$14="Português"," Lucro Bruto - Varejo"," Retail - Gross Profit")</f>
         <v xml:space="preserve"> Lucro Bruto - Varejo</v>
       </c>
       <c r="D27" s="68">
         <v>752690</v>
       </c>
       <c r="E27" s="68">
-        <f t="shared" ref="E27:X27" si="24">E17+E22</f>
+        <f t="shared" ref="E27:X27" si="26">E17+E22</f>
         <v>151247</v>
       </c>
       <c r="F27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>228175</v>
       </c>
       <c r="G27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>193903</v>
       </c>
       <c r="H27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>321892</v>
       </c>
       <c r="I27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>895217</v>
       </c>
       <c r="J27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>187142</v>
       </c>
       <c r="K27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>291489</v>
       </c>
       <c r="L27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>232603</v>
       </c>
       <c r="M27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>330679</v>
       </c>
       <c r="N27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1042719</v>
       </c>
       <c r="O27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>188079</v>
       </c>
       <c r="P27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>295479</v>
       </c>
       <c r="Q27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>298782</v>
       </c>
       <c r="R27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>413665</v>
       </c>
       <c r="S27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1196005</v>
       </c>
       <c r="T27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>236083</v>
       </c>
       <c r="U27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>290242</v>
       </c>
       <c r="V27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>251751</v>
       </c>
       <c r="W27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>397376</v>
       </c>
       <c r="X27" s="68">
-        <f t="shared" si="24"/>
+        <f t="shared" si="26"/>
         <v>1183573</v>
       </c>
       <c r="Y27" s="68">
         <v>250762.12930999999</v>
       </c>
       <c r="Z27" s="68">
         <v>306719.75478000002</v>
       </c>
       <c r="AA27" s="68">
         <v>250749.84808000003</v>
       </c>
       <c r="AB27" s="68">
         <v>426426.67681000009</v>
       </c>
       <c r="AC27" s="68">
         <v>1234658.4089800001</v>
       </c>
       <c r="AD27" s="68">
         <v>243683</v>
       </c>
       <c r="AE27" s="68">
         <v>300054</v>
       </c>
       <c r="AF27" s="68">
         <v>261970</v>
@@ -23506,111 +23719,115 @@
       </c>
       <c r="BH27" s="68">
         <v>131659.97611277516</v>
       </c>
       <c r="BI27" s="68">
         <v>225090.38148194982</v>
       </c>
       <c r="BJ27" s="68">
         <v>224464.34181115002</v>
       </c>
       <c r="BK27" s="68">
         <f>BK17+BK22</f>
         <v>331915.41988534993</v>
       </c>
       <c r="BL27" s="68">
         <f>BL17+BL22</f>
         <v>913130.11929122498</v>
       </c>
       <c r="BM27" s="68">
         <v>205924.63359672501</v>
       </c>
       <c r="BN27" s="166">
         <v>301441.04856739985</v>
       </c>
       <c r="BO27" s="68">
-        <f t="shared" ref="BO27:BP29" si="25">BO17+BO22</f>
+        <f t="shared" ref="BO27:BP29" si="27">BO17+BO22</f>
         <v>259605.84136999995</v>
       </c>
       <c r="BP27" s="68">
-        <f t="shared" si="25"/>
+        <f t="shared" si="27"/>
         <v>362270.77909797488</v>
       </c>
       <c r="BQ27" s="166">
-        <f t="shared" ref="BQ27:BR27" si="26">BQ17+BQ22</f>
+        <f t="shared" ref="BQ27:BR27" si="28">BQ17+BQ22</f>
         <v>1119064.2797836745</v>
       </c>
       <c r="BR27" s="68">
-        <f t="shared" si="26"/>
+        <f t="shared" si="28"/>
         <v>224972.43206999998</v>
       </c>
       <c r="BS27" s="68">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>209770.60538000023</v>
       </c>
       <c r="BT27" s="68">
         <v>91176.855819999997</v>
       </c>
       <c r="BU27" s="68">
-        <f t="shared" ref="BU27:BU29" si="27">BU17+BU22</f>
+        <f t="shared" ref="BU27:BU29" si="29">BU17+BU22</f>
         <v>218145.50390000048</v>
       </c>
       <c r="BV27" s="166">
-        <f t="shared" ref="BV27:BW27" si="28">BV17+BV22</f>
+        <f t="shared" ref="BV27:BW27" si="30">BV17+BV22</f>
         <v>779165.20613000053</v>
       </c>
       <c r="BW27" s="68">
-        <f t="shared" si="28"/>
+        <f t="shared" si="30"/>
         <v>115813.41779000001</v>
       </c>
       <c r="BX27" s="68">
-        <f t="shared" ref="BX27" si="29">BX17+BX22</f>
+        <f t="shared" ref="BX27" si="31">BX17+BX22</f>
         <v>159907.24859000006</v>
       </c>
       <c r="BY27" s="68">
         <v>160429.94122000001</v>
       </c>
       <c r="BZ27" s="68">
         <f>BZ17+BZ22</f>
         <v>247190.2324699997</v>
       </c>
       <c r="CA27" s="68">
         <f>CA17+CA22</f>
         <v>683331.45133999968</v>
       </c>
       <c r="CB27" s="68">
         <f>CB17+CB22</f>
         <v>148394.64117999989</v>
       </c>
       <c r="CC27" s="68">
         <f>CC17+CC22</f>
         <v>211156.53104000012</v>
       </c>
-      <c r="CE27" s="144"/>
+      <c r="CD27" s="68">
+        <f>CD17+CD22</f>
+        <v>167477.7036699999</v>
+      </c>
       <c r="CF27" s="144"/>
+      <c r="CG27" s="144"/>
     </row>
-    <row r="28" spans="3:89">
+    <row r="28" spans="3:90">
       <c r="C28" s="67" t="str">
         <f>IF('Índice - Index'!$D$14="Português"," Lucro Bruto - Mserviços"," Mserviços - Gross Profit")</f>
         <v xml:space="preserve"> Lucro Bruto - Mserviços</v>
       </c>
       <c r="D28" s="68"/>
       <c r="E28" s="68"/>
       <c r="F28" s="68"/>
       <c r="G28" s="68"/>
       <c r="H28" s="68"/>
       <c r="I28" s="68"/>
       <c r="J28" s="68"/>
       <c r="K28" s="68"/>
       <c r="L28" s="68"/>
       <c r="M28" s="68"/>
       <c r="N28" s="68"/>
       <c r="O28" s="68"/>
       <c r="P28" s="68"/>
       <c r="Q28" s="68"/>
       <c r="R28" s="68"/>
       <c r="S28" s="68"/>
       <c r="T28" s="68"/>
       <c r="U28" s="68"/>
       <c r="V28" s="68"/>
       <c r="W28" s="68"/>
       <c r="X28" s="68"/>
@@ -23635,196 +23852,200 @@
       <c r="AQ28" s="68"/>
       <c r="AR28" s="68"/>
       <c r="AS28" s="68"/>
       <c r="AT28" s="68"/>
       <c r="AU28" s="68"/>
       <c r="AV28" s="68"/>
       <c r="AW28" s="68"/>
       <c r="AX28" s="68"/>
       <c r="AY28" s="68"/>
       <c r="AZ28" s="68"/>
       <c r="BA28" s="68"/>
       <c r="BB28" s="68"/>
       <c r="BC28" s="68"/>
       <c r="BD28" s="68"/>
       <c r="BE28" s="68"/>
       <c r="BF28" s="68"/>
       <c r="BG28" s="68"/>
       <c r="BH28" s="68"/>
       <c r="BI28" s="68"/>
       <c r="BJ28" s="68"/>
       <c r="BK28" s="68"/>
       <c r="BL28" s="68"/>
       <c r="BM28" s="68"/>
       <c r="BN28" s="166"/>
       <c r="BO28" s="68">
-        <f t="shared" si="25"/>
+        <f t="shared" si="27"/>
         <v>31059.451690000002</v>
       </c>
       <c r="BP28" s="68">
-        <f t="shared" si="25"/>
+        <f t="shared" si="27"/>
         <v>-6819.6052979750093</v>
       </c>
       <c r="BQ28" s="166">
-        <f t="shared" ref="BQ28:BR28" si="30">BQ18+BQ23</f>
+        <f t="shared" ref="BQ28:BR28" si="32">BQ18+BQ23</f>
         <v>41240.503546325024</v>
       </c>
       <c r="BR28" s="68">
-        <f t="shared" si="30"/>
+        <f t="shared" si="32"/>
         <v>-5326.385380000007</v>
       </c>
       <c r="BS28" s="68">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>13509.089499999996</v>
       </c>
       <c r="BT28" s="68">
         <v>4153.1441799999957</v>
       </c>
       <c r="BU28" s="68">
-        <f t="shared" si="27"/>
+        <f t="shared" si="29"/>
         <v>4327.5339000000113</v>
       </c>
       <c r="BV28" s="166">
-        <f t="shared" ref="BV28:BW28" si="31">BV18+BV23</f>
+        <f t="shared" ref="BV28:BW28" si="33">BV18+BV23</f>
         <v>19213.896130000001</v>
       </c>
       <c r="BW28" s="68">
-        <f t="shared" si="31"/>
+        <f t="shared" si="33"/>
         <v>3349.5778</v>
       </c>
       <c r="BX28" s="68">
-        <f t="shared" ref="BX28" si="32">BX18+BX23</f>
+        <f t="shared" ref="BX28" si="34">BX18+BX23</f>
         <v>3578.3846000000008</v>
       </c>
       <c r="BY28" s="68">
         <v>2334.0587800000008</v>
       </c>
       <c r="BZ28" s="68">
-        <f t="shared" ref="BZ28:CB29" si="33">BZ18+BZ23</f>
+        <f t="shared" ref="BZ28:CB29" si="35">BZ18+BZ23</f>
         <v>-5711.9079399999991</v>
       </c>
       <c r="CA28" s="68">
-        <f t="shared" ref="CA28" si="34">CA18+CA23</f>
+        <f t="shared" ref="CA28" si="36">CA18+CA23</f>
         <v>3549.7559600000041</v>
       </c>
       <c r="CB28" s="68">
-        <f t="shared" si="33"/>
+        <f t="shared" si="35"/>
         <v>3855.5610000000011</v>
       </c>
       <c r="CC28" s="68">
         <f>CC18+CC23</f>
         <v>2649.7575699999998</v>
       </c>
-      <c r="CE28" s="144"/>
+      <c r="CD28" s="68">
+        <f>CD18+CD23</f>
+        <v>3007.1927200000009</v>
+      </c>
       <c r="CF28" s="144"/>
+      <c r="CG28" s="144"/>
     </row>
-    <row r="29" spans="3:89">
+    <row r="29" spans="3:90">
       <c r="C29" s="67" t="str">
         <f>IF('Índice - Index'!$D$14="Português"," Lucro Bruto - Mpagamentos"," Mpagamentos - Gross Profit")</f>
         <v xml:space="preserve"> Lucro Bruto - Mpagamentos</v>
       </c>
       <c r="D29" s="68">
         <v>66997</v>
       </c>
       <c r="E29" s="68">
-        <f t="shared" ref="E29:I29" si="35">E19+E24</f>
+        <f t="shared" ref="E29:I29" si="37">E19+E24</f>
         <v>38476</v>
       </c>
       <c r="F29" s="68">
-        <f t="shared" si="35"/>
+        <f t="shared" si="37"/>
         <v>39554</v>
       </c>
       <c r="G29" s="68">
-        <f t="shared" si="35"/>
+        <f t="shared" si="37"/>
         <v>22503</v>
       </c>
       <c r="H29" s="68">
-        <f t="shared" si="35"/>
+        <f t="shared" si="37"/>
         <v>40442</v>
       </c>
       <c r="I29" s="68">
-        <f t="shared" si="35"/>
+        <f t="shared" si="37"/>
         <v>140975</v>
       </c>
       <c r="J29" s="68">
-        <f t="shared" ref="J29:X29" si="36">J19+J24</f>
+        <f t="shared" ref="J29:X29" si="38">J19+J24</f>
         <v>61867</v>
       </c>
       <c r="K29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>31642</v>
       </c>
       <c r="L29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>36395</v>
       </c>
       <c r="M29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>34940</v>
       </c>
       <c r="N29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>162415</v>
       </c>
       <c r="O29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>53205</v>
       </c>
       <c r="P29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>46140</v>
       </c>
       <c r="Q29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>49596</v>
       </c>
       <c r="R29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>64709</v>
       </c>
       <c r="S29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>213650</v>
       </c>
       <c r="T29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>65114</v>
       </c>
       <c r="U29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>71994</v>
       </c>
       <c r="V29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>68377</v>
       </c>
       <c r="W29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>58945</v>
       </c>
       <c r="X29" s="68">
-        <f t="shared" si="36"/>
+        <f t="shared" si="38"/>
         <v>264320</v>
       </c>
       <c r="Y29" s="68">
         <v>82887.144</v>
       </c>
       <c r="Z29" s="68">
         <v>30590.144</v>
       </c>
       <c r="AA29" s="68">
         <v>53086.144</v>
       </c>
       <c r="AB29" s="68">
         <v>54944.143999999913</v>
       </c>
       <c r="AC29" s="68">
         <v>221507.57599999994</v>
       </c>
       <c r="AD29" s="68">
         <v>71177</v>
       </c>
       <c r="AE29" s="68">
         <v>33753</v>
       </c>
       <c r="AF29" s="68">
         <v>48651</v>
@@ -23912,111 +24133,115 @@
       </c>
       <c r="BH29" s="68">
         <v>110387.72481356459</v>
       </c>
       <c r="BI29" s="68">
         <v>30921.120627050026</v>
       </c>
       <c r="BJ29" s="68">
         <v>72859.398918850056</v>
       </c>
       <c r="BK29" s="68">
         <f>BK19+BK24</f>
         <v>61648.127815650136</v>
       </c>
       <c r="BL29" s="68">
         <f>BL19+BL24</f>
         <v>275816.37217511481</v>
       </c>
       <c r="BM29" s="68">
         <v>47253.575279614626</v>
       </c>
       <c r="BN29" s="166">
         <v>17927.107662599999</v>
       </c>
       <c r="BO29" s="68">
-        <f t="shared" si="25"/>
+        <f t="shared" si="27"/>
         <v>-18977.198039999974</v>
       </c>
       <c r="BP29" s="68">
-        <f t="shared" si="25"/>
+        <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="BQ29" s="166">
-        <f t="shared" ref="BQ29:BR29" si="37">BQ19+BQ24</f>
+        <f t="shared" ref="BQ29:BR29" si="39">BQ19+BQ24</f>
         <v>0</v>
       </c>
       <c r="BR29" s="68">
-        <f t="shared" si="37"/>
+        <f t="shared" si="39"/>
         <v>0</v>
       </c>
       <c r="BS29" s="68">
-        <f t="shared" si="20"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="BT29" s="68">
         <v>0</v>
       </c>
       <c r="BU29" s="68">
-        <f t="shared" si="27"/>
+        <f t="shared" si="29"/>
         <v>0</v>
       </c>
       <c r="BV29" s="166">
-        <f t="shared" ref="BV29:BW29" si="38">BV19+BV24</f>
+        <f t="shared" ref="BV29:BW29" si="40">BV19+BV24</f>
         <v>-9.0949470177292824E-13</v>
       </c>
       <c r="BW29" s="68">
-        <f t="shared" si="38"/>
+        <f t="shared" si="40"/>
         <v>0</v>
       </c>
       <c r="BX29" s="68">
-        <f t="shared" ref="BX29" si="39">BX19+BX24</f>
+        <f t="shared" ref="BX29" si="41">BX19+BX24</f>
         <v>0</v>
       </c>
       <c r="BY29" s="68">
         <v>0</v>
       </c>
       <c r="BZ29" s="68">
-        <f t="shared" si="33"/>
+        <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="CA29" s="68">
-        <f t="shared" ref="CA29" si="40">CA19+CA24</f>
+        <f t="shared" ref="CA29" si="42">CA19+CA24</f>
         <v>0</v>
       </c>
       <c r="CB29" s="68">
-        <f t="shared" si="33"/>
+        <f t="shared" si="35"/>
         <v>-38.569239999999297</v>
       </c>
       <c r="CC29" s="68">
         <f>CC19+CC24</f>
         <v>-89.583589999999489</v>
       </c>
-      <c r="CE29" s="144"/>
+      <c r="CD29" s="68">
+        <f>CD19+CD24</f>
+        <v>-6.8601200000000073</v>
+      </c>
       <c r="CF29" s="144"/>
+      <c r="CG29" s="144"/>
     </row>
-    <row r="30" spans="3:89">
+    <row r="30" spans="3:90">
       <c r="C30" s="69"/>
       <c r="D30" s="64"/>
       <c r="E30" s="64"/>
       <c r="F30" s="64"/>
       <c r="G30" s="64"/>
       <c r="H30" s="64"/>
       <c r="I30" s="64"/>
       <c r="J30" s="64"/>
       <c r="K30" s="64"/>
       <c r="L30" s="64"/>
       <c r="M30" s="64"/>
       <c r="N30" s="136"/>
       <c r="O30" s="64"/>
       <c r="P30" s="64"/>
       <c r="Q30" s="64"/>
       <c r="R30" s="64"/>
       <c r="S30" s="64"/>
       <c r="T30" s="64"/>
       <c r="U30" s="64"/>
       <c r="V30" s="64"/>
       <c r="W30" s="64"/>
       <c r="X30" s="64"/>
       <c r="Y30" s="64"/>
       <c r="Z30" s="64"/>
       <c r="AA30" s="64"/>
@@ -24052,137 +24277,138 @@
       <c r="BE30" s="64"/>
       <c r="BF30" s="64"/>
       <c r="BG30" s="64"/>
       <c r="BH30" s="64"/>
       <c r="BI30" s="64"/>
       <c r="BJ30" s="64"/>
       <c r="BK30" s="64"/>
       <c r="BL30" s="64"/>
       <c r="BM30" s="64"/>
       <c r="BN30" s="170"/>
       <c r="BO30" s="64"/>
       <c r="BP30" s="64"/>
       <c r="BQ30" s="170"/>
       <c r="BR30" s="64"/>
       <c r="BS30" s="64"/>
       <c r="BT30" s="64"/>
       <c r="BU30" s="64"/>
       <c r="BV30" s="170"/>
       <c r="BW30" s="64"/>
       <c r="BX30" s="64"/>
       <c r="BY30" s="64"/>
       <c r="BZ30" s="64"/>
       <c r="CA30" s="64"/>
       <c r="CB30" s="64"/>
       <c r="CC30" s="64"/>
+      <c r="CD30" s="64"/>
     </row>
-    <row r="31" spans="3:89" ht="14.4">
+    <row r="31" spans="3:90" ht="14.4">
       <c r="C31" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português"," Despesas Operacionais","OpEx")</f>
         <v xml:space="preserve"> Despesas Operacionais</v>
       </c>
       <c r="D31" s="57">
         <v>-563661</v>
       </c>
       <c r="E31" s="57">
         <f>SUM(E32:E36)</f>
         <v>-133232</v>
       </c>
       <c r="F31" s="57">
         <f>SUM(F32:F36)</f>
         <v>-142660</v>
       </c>
       <c r="G31" s="57">
         <f>SUM(G32:G36)</f>
         <v>-158445</v>
       </c>
       <c r="H31" s="57">
         <f>SUM(H32:H36)</f>
         <v>-221944</v>
       </c>
       <c r="I31" s="57">
         <f>SUM(I32:I36)</f>
         <v>-656281</v>
       </c>
       <c r="J31" s="57">
-        <f t="shared" ref="J31:X31" si="41">SUM(J32:J36)</f>
+        <f t="shared" ref="J31:X31" si="43">SUM(J32:J36)</f>
         <v>-175398</v>
       </c>
       <c r="K31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-196562</v>
       </c>
       <c r="L31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-197953</v>
       </c>
       <c r="M31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-260694</v>
       </c>
       <c r="N31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-830242</v>
       </c>
       <c r="O31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-191174</v>
       </c>
       <c r="P31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-216575</v>
       </c>
       <c r="Q31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-219625</v>
       </c>
       <c r="R31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-291098</v>
       </c>
       <c r="S31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-918472</v>
       </c>
       <c r="T31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-230373</v>
       </c>
       <c r="U31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-242568</v>
       </c>
       <c r="V31" s="57">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-238346</v>
       </c>
       <c r="W31" s="58">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-362606</v>
       </c>
       <c r="X31" s="58">
-        <f t="shared" si="41"/>
+        <f t="shared" si="43"/>
         <v>-1070860</v>
       </c>
       <c r="Y31" s="57">
         <v>-235760.51569999999</v>
       </c>
       <c r="Z31" s="57">
         <v>-244311.21771</v>
       </c>
       <c r="AA31" s="57">
         <v>-262401.05485999997</v>
       </c>
       <c r="AB31" s="57">
         <v>-325148.19670999993</v>
       </c>
       <c r="AC31" s="57">
         <v>-1171965</v>
       </c>
       <c r="AD31" s="57">
         <v>-253938</v>
       </c>
       <c r="AE31" s="57">
         <v>-265308</v>
       </c>
       <c r="AF31" s="57">
         <v>-259584</v>
@@ -24241,148 +24467,152 @@
       <c r="AX31" s="57">
         <v>-205424.84041000015</v>
       </c>
       <c r="AY31" s="57">
         <v>-213463.88655999969</v>
       </c>
       <c r="AZ31" s="57">
         <v>-248669.41253999982</v>
       </c>
       <c r="BA31" s="57">
         <v>-270081.27776000055</v>
       </c>
       <c r="BB31" s="57">
         <v>-937639.41727000021</v>
       </c>
       <c r="BC31" s="57">
         <v>-239001.80056000003</v>
       </c>
       <c r="BD31" s="57">
         <v>-106263.50973999992</v>
       </c>
       <c r="BE31" s="57">
         <v>-200554.75550999999</v>
       </c>
       <c r="BF31" s="57">
-        <f t="shared" ref="BF31:BT31" si="42">SUM(BF32:BF36)</f>
+        <f t="shared" ref="BF31:BT31" si="44">SUM(BF32:BF36)</f>
         <v>-231153.26477000205</v>
       </c>
       <c r="BG31" s="57">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-776973.33058000193</v>
       </c>
       <c r="BH31" s="57">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-184472.80655999994</v>
       </c>
       <c r="BI31" s="57">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-200620.85683900019</v>
       </c>
       <c r="BJ31" s="57">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-226643.66026999988</v>
       </c>
       <c r="BK31" s="57">
-        <f t="shared" ref="BK31" si="43">SUM(BK32:BK36)</f>
+        <f t="shared" ref="BK31" si="45">SUM(BK32:BK36)</f>
         <v>-275001.19400099997</v>
       </c>
       <c r="BL31" s="165">
         <f>SUM(BL32:BL35)</f>
         <v>-886738.51767000009</v>
       </c>
       <c r="BM31" s="57">
-        <f t="shared" ref="BM31:BN31" si="44">SUM(BM32:BM36)</f>
+        <f t="shared" ref="BM31:BN31" si="46">SUM(BM32:BM36)</f>
         <v>-221798.22118000002</v>
       </c>
       <c r="BN31" s="165">
+        <f t="shared" si="46"/>
+        <v>-225231.24569999988</v>
+      </c>
+      <c r="BO31" s="57">
         <f t="shared" si="44"/>
-        <v>-225231.24569999988</v>
-[...2 lines deleted...]
-        <f t="shared" si="42"/>
         <v>-219927.9133000001</v>
       </c>
       <c r="BP31" s="57">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-242792.94651999988</v>
       </c>
       <c r="BQ31" s="165">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-859363.26935000008</v>
       </c>
       <c r="BR31" s="57">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-203782.88509</v>
       </c>
       <c r="BS31" s="57">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-209708.9173182901</v>
       </c>
       <c r="BT31" s="57">
-        <f t="shared" si="42"/>
+        <f t="shared" si="44"/>
         <v>-162212.26267000003</v>
       </c>
       <c r="BU31" s="57">
-        <f t="shared" ref="BU31:BV31" si="45">SUM(BU32:BU36)</f>
+        <f t="shared" ref="BU31:BV31" si="47">SUM(BU32:BU36)</f>
         <v>-231776.60082000008</v>
       </c>
       <c r="BV31" s="165">
-        <f t="shared" si="45"/>
+        <f t="shared" si="47"/>
         <v>-802236.01286000002</v>
       </c>
       <c r="BW31" s="57">
-        <f t="shared" ref="BW31:CC31" si="46">SUM(BW32:BW36)</f>
+        <f t="shared" ref="BW31:CD31" si="48">SUM(BW32:BW36)</f>
         <v>-149366.15851999994</v>
       </c>
       <c r="BX31" s="57">
-        <f t="shared" si="46"/>
+        <f t="shared" si="48"/>
         <v>-155862.25046000001</v>
       </c>
       <c r="BY31" s="57">
-        <f t="shared" si="46"/>
+        <f t="shared" si="48"/>
         <v>-146245.07389</v>
       </c>
       <c r="BZ31" s="57">
-        <f t="shared" si="46"/>
+        <f t="shared" si="48"/>
         <v>-165165.67153999992</v>
       </c>
       <c r="CA31" s="57">
-        <f t="shared" ref="CA31" si="47">SUM(CA32:CA36)</f>
+        <f t="shared" ref="CA31" si="49">SUM(CA32:CA36)</f>
         <v>-616639.15440999996</v>
       </c>
       <c r="CB31" s="57">
-        <f t="shared" si="46"/>
+        <f t="shared" si="48"/>
         <v>-145104.07965</v>
       </c>
       <c r="CC31" s="57">
-        <f t="shared" si="46"/>
+        <f t="shared" si="48"/>
         <v>-151279.07407000003</v>
       </c>
-      <c r="CE31" s="198"/>
+      <c r="CD31" s="57">
+        <f t="shared" si="48"/>
+        <v>-140089</v>
+      </c>
+      <c r="CF31" s="198"/>
     </row>
-    <row r="32" spans="3:89" ht="14.4">
+    <row r="32" spans="3:90" ht="14.4">
       <c r="C32" s="70" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Varejo - Despesas com Vendas","Retail - Sales Expenses")</f>
         <v>Varejo - Despesas com Vendas</v>
       </c>
       <c r="D32" s="63">
         <v>-468206</v>
       </c>
       <c r="E32" s="63">
         <v>-112076</v>
       </c>
       <c r="F32" s="63">
         <v>-113818</v>
       </c>
       <c r="G32" s="63">
         <v>-131492</v>
       </c>
       <c r="H32" s="63">
         <v>-177935</v>
       </c>
       <c r="I32" s="63">
         <v>-535321</v>
       </c>
       <c r="J32" s="63">
         <v>-146198</v>
       </c>
@@ -24569,62 +24799,65 @@
       <c r="BS32" s="63">
         <v>-143378.24664999999</v>
       </c>
       <c r="BT32" s="63">
         <v>-110934.61248000001</v>
       </c>
       <c r="BU32" s="63">
         <v>-149790.20897000004</v>
       </c>
       <c r="BV32" s="170">
         <v>-549427.77093999996</v>
       </c>
       <c r="BW32" s="63">
         <v>-104651.08602999995</v>
       </c>
       <c r="BX32" s="63">
         <v>-111547.67271000001</v>
       </c>
       <c r="BY32" s="63">
         <v>-103995.61432999998</v>
       </c>
       <c r="BZ32" s="63">
         <v>-118684.89642999995</v>
       </c>
       <c r="CA32" s="63">
-        <f t="shared" ref="CA32:CA34" si="48">SUM(BW32:BZ32)</f>
+        <f t="shared" ref="CA32:CA34" si="50">SUM(BW32:BZ32)</f>
         <v>-438879.26949999994</v>
       </c>
       <c r="CB32" s="63">
         <v>-104108.26041999999</v>
       </c>
       <c r="CC32" s="63">
         <v>-109965.08503000005</v>
       </c>
-      <c r="CE32" s="198"/>
+      <c r="CD32" s="63">
+        <v>-105304</v>
+      </c>
+      <c r="CF32" s="198"/>
     </row>
-    <row r="33" spans="3:88">
+    <row r="33" spans="3:89">
       <c r="C33" s="70" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Varejo - Despesas Administrativas","Retail - G&amp;A")</f>
         <v>Varejo - Despesas Administrativas</v>
       </c>
       <c r="D33" s="63">
         <v>-84634</v>
       </c>
       <c r="E33" s="64">
         <v>-18442</v>
       </c>
       <c r="F33" s="64">
         <v>-26014</v>
       </c>
       <c r="G33" s="64">
         <v>-23415</v>
       </c>
       <c r="H33" s="64">
         <v>-37565</v>
       </c>
       <c r="I33" s="63">
         <v>-105436</v>
       </c>
       <c r="J33" s="64">
         <v>-23034</v>
       </c>
@@ -24811,61 +25044,64 @@
       <c r="BS33" s="63">
         <v>-61826.506949999995</v>
       </c>
       <c r="BT33" s="63">
         <v>-52610.643399999994</v>
       </c>
       <c r="BU33" s="63">
         <v>-78097.086150000017</v>
       </c>
       <c r="BV33" s="170">
         <v>-232469.28029999998</v>
       </c>
       <c r="BW33" s="63">
         <v>-42780.500149999978</v>
       </c>
       <c r="BX33" s="63">
         <v>-42117.152869999998</v>
       </c>
       <c r="BY33" s="63">
         <v>-41602.11464</v>
       </c>
       <c r="BZ33" s="63">
         <v>-44541.074959999984</v>
       </c>
       <c r="CA33" s="63">
-        <f t="shared" si="48"/>
+        <f t="shared" si="50"/>
         <v>-171040.84261999995</v>
       </c>
       <c r="CB33" s="63">
         <v>-38984.178899999999</v>
       </c>
       <c r="CC33" s="63">
         <v>-40161.91678</v>
       </c>
+      <c r="CD33" s="63">
+        <v>-33959.016000000003</v>
+      </c>
     </row>
-    <row r="34" spans="3:88">
+    <row r="34" spans="3:89">
       <c r="C34" s="70" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mserviços - Despesas Administrativas","Mserviços - G&amp;A")</f>
         <v>Mserviços - Despesas Administrativas</v>
       </c>
       <c r="D34" s="63"/>
       <c r="E34" s="64"/>
       <c r="F34" s="64"/>
       <c r="G34" s="64"/>
       <c r="H34" s="64"/>
       <c r="I34" s="63"/>
       <c r="J34" s="64"/>
       <c r="K34" s="63"/>
       <c r="L34" s="63"/>
       <c r="M34" s="63"/>
       <c r="N34" s="63"/>
       <c r="O34" s="63"/>
       <c r="P34" s="63"/>
       <c r="Q34" s="63"/>
       <c r="R34" s="63"/>
       <c r="S34" s="63"/>
       <c r="T34" s="63"/>
       <c r="U34" s="63"/>
       <c r="V34" s="63"/>
       <c r="W34" s="63"/>
       <c r="X34" s="63"/>
@@ -24926,61 +25162,64 @@
       <c r="BS34" s="63">
         <v>-4504.1637182901013</v>
       </c>
       <c r="BT34" s="63">
         <v>1332.9932100000001</v>
       </c>
       <c r="BU34" s="63">
         <v>-3882.8522800000064</v>
       </c>
       <c r="BV34" s="170">
         <v>-20307.107590000003</v>
       </c>
       <c r="BW34" s="63">
         <v>-1934.5723399999999</v>
       </c>
       <c r="BX34" s="63">
         <v>-2197.4248799999996</v>
       </c>
       <c r="BY34" s="63">
         <v>-647.34492</v>
       </c>
       <c r="BZ34" s="63">
         <v>-1939.7001500000001</v>
       </c>
       <c r="CA34" s="63">
-        <f t="shared" si="48"/>
+        <f t="shared" si="50"/>
         <v>-6719.0422899999994</v>
       </c>
       <c r="CB34" s="63">
         <v>-499.38370999999995</v>
       </c>
       <c r="CC34" s="63">
         <v>-356.97797999999983</v>
       </c>
+      <c r="CD34" s="63">
+        <v>-455.93049000000019</v>
+      </c>
     </row>
-    <row r="35" spans="3:88">
+    <row r="35" spans="3:89">
       <c r="C35" s="70" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mpagamentos - Despesas Administrativas","Mpagamentos - G&amp;A")</f>
         <v>Mpagamentos - Despesas Administrativas</v>
       </c>
       <c r="D35" s="63">
         <v>-10821</v>
       </c>
       <c r="E35" s="64">
         <v>-2714</v>
       </c>
       <c r="F35" s="64">
         <v>-2828</v>
       </c>
       <c r="G35" s="64">
         <v>-3538</v>
       </c>
       <c r="H35" s="64">
         <v>-6444</v>
       </c>
       <c r="I35" s="63">
         <v>-15524</v>
       </c>
       <c r="J35" s="64">
         <v>-6166</v>
       </c>
@@ -25175,52 +25414,55 @@
       </c>
       <c r="BV35" s="170">
         <v>-31.854030000000002</v>
       </c>
       <c r="BW35" s="63">
         <v>0</v>
       </c>
       <c r="BX35" s="63">
         <v>0</v>
       </c>
       <c r="BY35" s="63">
         <v>0</v>
       </c>
       <c r="BZ35" s="63">
         <v>0</v>
       </c>
       <c r="CA35" s="63">
         <v>0</v>
       </c>
       <c r="CB35" s="63">
         <v>-1512.2566200000001</v>
       </c>
       <c r="CC35" s="63">
         <v>-795.09428000000003</v>
       </c>
+      <c r="CD35" s="63">
+        <v>-370.0535099999999</v>
+      </c>
     </row>
-    <row r="36" spans="3:88">
+    <row r="36" spans="3:89">
       <c r="C36" s="69"/>
       <c r="D36" s="64"/>
       <c r="E36" s="64"/>
       <c r="F36" s="64"/>
       <c r="G36" s="64"/>
       <c r="H36" s="64"/>
       <c r="I36" s="64"/>
       <c r="J36" s="64"/>
       <c r="K36" s="64"/>
       <c r="L36" s="64"/>
       <c r="M36" s="64"/>
       <c r="N36" s="64"/>
       <c r="O36" s="64"/>
       <c r="P36" s="64"/>
       <c r="Q36" s="64"/>
       <c r="R36" s="64"/>
       <c r="S36" s="64"/>
       <c r="T36" s="64"/>
       <c r="U36" s="64"/>
       <c r="V36" s="64"/>
       <c r="W36" s="64"/>
       <c r="X36" s="64"/>
       <c r="Y36" s="64"/>
       <c r="Z36" s="64"/>
       <c r="AA36" s="64"/>
@@ -25256,137 +25498,138 @@
       <c r="BE36" s="64"/>
       <c r="BF36" s="64"/>
       <c r="BG36" s="64"/>
       <c r="BH36" s="64"/>
       <c r="BI36" s="64"/>
       <c r="BJ36" s="64"/>
       <c r="BK36" s="64"/>
       <c r="BL36" s="64"/>
       <c r="BM36" s="64"/>
       <c r="BN36" s="170"/>
       <c r="BO36" s="64"/>
       <c r="BP36" s="64"/>
       <c r="BQ36" s="170"/>
       <c r="BR36" s="64"/>
       <c r="BS36" s="64"/>
       <c r="BT36" s="64"/>
       <c r="BU36" s="64"/>
       <c r="BV36" s="170"/>
       <c r="BW36" s="64"/>
       <c r="BX36" s="64"/>
       <c r="BY36" s="64"/>
       <c r="BZ36" s="64"/>
       <c r="CA36" s="64"/>
       <c r="CB36" s="64"/>
       <c r="CC36" s="64"/>
+      <c r="CD36" s="64"/>
     </row>
-    <row r="37" spans="3:88">
+    <row r="37" spans="3:89">
       <c r="C37" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outras Despesas e Receitas Oper.","Other Operating Expenses/Revenues")</f>
         <v>Outras Despesas e Receitas Oper.</v>
       </c>
       <c r="D37" s="57">
         <v>25563</v>
       </c>
       <c r="E37" s="57">
-        <f t="shared" ref="E37:X37" si="49">SUM(E38:E40)</f>
+        <f t="shared" ref="E37:X37" si="51">SUM(E38:E40)</f>
         <v>2354</v>
       </c>
       <c r="F37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>-22624</v>
       </c>
       <c r="G37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>15635</v>
       </c>
       <c r="H37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>8225</v>
       </c>
       <c r="I37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>3590</v>
       </c>
       <c r="J37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>1490</v>
       </c>
       <c r="K37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>5912</v>
       </c>
       <c r="L37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>12639</v>
       </c>
       <c r="M37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>6333</v>
       </c>
       <c r="N37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>28437</v>
       </c>
       <c r="O37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>3058</v>
       </c>
       <c r="P37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>-4352</v>
       </c>
       <c r="Q37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>-4144</v>
       </c>
       <c r="R37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>13096</v>
       </c>
       <c r="S37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>7658</v>
       </c>
       <c r="T37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>393</v>
       </c>
       <c r="U37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>2937</v>
       </c>
       <c r="V37" s="57">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>1385</v>
       </c>
       <c r="W37" s="58">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>118</v>
       </c>
       <c r="X37" s="58">
-        <f t="shared" si="49"/>
+        <f t="shared" si="51"/>
         <v>-6211</v>
       </c>
       <c r="Y37" s="57">
         <v>5097.2423900000003</v>
       </c>
       <c r="Z37" s="57">
         <v>7607.3189299999995</v>
       </c>
       <c r="AA37" s="57">
         <v>-4199.9372199999998</v>
       </c>
       <c r="AB37" s="57">
         <v>-9811.6241000000009</v>
       </c>
       <c r="AC37" s="57">
         <v>-1307</v>
       </c>
       <c r="AD37" s="57">
         <v>4050</v>
       </c>
       <c r="AE37" s="57">
         <v>-11563</v>
       </c>
       <c r="AF37" s="57">
         <v>-5968</v>
@@ -25457,131 +25700,135 @@
       <c r="BB37" s="57">
         <v>1082.3680699999932</v>
       </c>
       <c r="BC37" s="57">
         <v>-3943.7829900000002</v>
       </c>
       <c r="BD37" s="57">
         <v>-22950.060520000003</v>
       </c>
       <c r="BE37" s="57">
         <v>-5142.8438600000009</v>
       </c>
       <c r="BF37" s="57">
         <v>16189.411869999996</v>
       </c>
       <c r="BG37" s="57">
         <v>-15847.275500000007</v>
       </c>
       <c r="BH37" s="57">
         <v>4007.9892800000016</v>
       </c>
       <c r="BI37" s="57">
         <v>-15335.084840000003</v>
       </c>
       <c r="BJ37" s="57">
-        <f t="shared" ref="BJ37:BT37" si="50">SUM(BJ38:BJ40)</f>
+        <f t="shared" ref="BJ37:BT37" si="52">SUM(BJ38:BJ40)</f>
         <v>1317.3555800000067</v>
       </c>
       <c r="BK37" s="57">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>-17303.087390000008</v>
       </c>
       <c r="BL37" s="57">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>-27312.827369999999</v>
       </c>
       <c r="BM37" s="57">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>-12694.05867633962</v>
       </c>
       <c r="BN37" s="165">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>-16750.240250000003</v>
       </c>
       <c r="BO37" s="57">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>-23015.446659999998</v>
       </c>
       <c r="BP37" s="57">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>-39673.136740000002</v>
       </c>
       <c r="BQ37" s="165">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>-93041.940279999995</v>
       </c>
       <c r="BR37" s="57">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>-28400.390160000006</v>
       </c>
       <c r="BS37" s="57">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>31770.346209999996</v>
       </c>
       <c r="BT37" s="57">
-        <f t="shared" si="50"/>
+        <f t="shared" si="52"/>
         <v>10978.810590000012</v>
       </c>
       <c r="BU37" s="57">
-        <f t="shared" ref="BU37:BV37" si="51">SUM(BU38:BU40)</f>
+        <f t="shared" ref="BU37:BV37" si="53">SUM(BU38:BU40)</f>
         <v>-45155.625000000007</v>
       </c>
       <c r="BV37" s="165">
-        <f t="shared" si="51"/>
+        <f t="shared" si="53"/>
         <v>-60355.317250000007</v>
       </c>
       <c r="BW37" s="57">
-        <f t="shared" ref="BW37:CC37" si="52">SUM(BW38:BW40)</f>
+        <f t="shared" ref="BW37:CD37" si="54">SUM(BW38:BW40)</f>
         <v>3599.7051700000029</v>
       </c>
       <c r="BX37" s="57">
-        <f t="shared" si="52"/>
+        <f t="shared" si="54"/>
         <v>-1747.4477399999992</v>
       </c>
       <c r="BY37" s="57">
-        <f t="shared" si="52"/>
+        <f t="shared" si="54"/>
         <v>18560.39069</v>
       </c>
       <c r="BZ37" s="57">
-        <f t="shared" si="52"/>
+        <f t="shared" si="54"/>
         <v>43874.623140000011</v>
       </c>
       <c r="CA37" s="57">
-        <f t="shared" ref="CA37" si="53">SUM(CA38:CA40)</f>
+        <f t="shared" ref="CA37" si="55">SUM(CA38:CA40)</f>
         <v>64287.271260000009</v>
       </c>
       <c r="CB37" s="57">
-        <f t="shared" si="52"/>
+        <f t="shared" si="54"/>
         <v>79290.29200000003</v>
       </c>
       <c r="CC37" s="57">
-        <f t="shared" si="52"/>
+        <f t="shared" si="54"/>
         <v>48751.020859999997</v>
       </c>
+      <c r="CD37" s="57">
+        <f t="shared" si="54"/>
+        <v>71540</v>
+      </c>
     </row>
-    <row r="38" spans="3:88">
+    <row r="38" spans="3:89">
       <c r="C38" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Varejo - Outras Receitas e Despesas Oper.","Retail - Other Operating Expenses/Revenues")</f>
         <v>Varejo - Outras Receitas e Despesas Oper.</v>
       </c>
       <c r="D38" s="61">
         <v>13869</v>
       </c>
       <c r="E38" s="61">
         <v>449</v>
       </c>
       <c r="F38" s="61">
         <v>-58</v>
       </c>
       <c r="G38" s="61">
         <v>2058</v>
       </c>
       <c r="H38" s="61">
         <v>5262</v>
       </c>
       <c r="I38" s="61">
         <v>7711</v>
       </c>
       <c r="J38" s="61">
         <v>7388</v>
       </c>
@@ -25769,61 +26016,64 @@
       <c r="BS38" s="61">
         <v>35049.840559999997</v>
       </c>
       <c r="BT38" s="61">
         <v>19962.744730000013</v>
       </c>
       <c r="BU38" s="61">
         <v>-25490.387980000007</v>
       </c>
       <c r="BV38" s="169">
         <v>-22594.717660000009</v>
       </c>
       <c r="BW38" s="61">
         <v>-7094.9923299999991</v>
       </c>
       <c r="BX38" s="61">
         <v>3753.7987600000001</v>
       </c>
       <c r="BY38" s="61">
         <v>17931.412400000001</v>
       </c>
       <c r="BZ38" s="61">
         <v>27515.933170000004</v>
       </c>
       <c r="CA38" s="61">
-        <f t="shared" ref="CA38:CA39" si="54">SUM(BW38:BZ38)</f>
+        <f t="shared" ref="CA38:CA39" si="56">SUM(BW38:BZ38)</f>
         <v>42106.152000000002</v>
       </c>
       <c r="CB38" s="61">
         <v>79739.354790000027</v>
       </c>
       <c r="CC38" s="61">
         <v>34279.527799999996</v>
       </c>
+      <c r="CD38" s="61">
+        <v>68002.030690000014</v>
+      </c>
     </row>
-    <row r="39" spans="3:88">
+    <row r="39" spans="3:89">
       <c r="C39" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mserviços - Outras Receitas e Despesas Oper.","Mserviços - Other Operating Expenses/Revenues")</f>
         <v>Mserviços - Outras Receitas e Despesas Oper.</v>
       </c>
       <c r="D39" s="61"/>
       <c r="E39" s="61"/>
       <c r="F39" s="61"/>
       <c r="G39" s="61"/>
       <c r="H39" s="61"/>
       <c r="I39" s="61"/>
       <c r="J39" s="61"/>
       <c r="K39" s="61"/>
       <c r="L39" s="61"/>
       <c r="M39" s="61"/>
       <c r="N39" s="61"/>
       <c r="O39" s="61"/>
       <c r="P39" s="61"/>
       <c r="Q39" s="61"/>
       <c r="R39" s="61"/>
       <c r="S39" s="61"/>
       <c r="T39" s="61"/>
       <c r="U39" s="61"/>
       <c r="V39" s="61"/>
       <c r="W39" s="61"/>
       <c r="X39" s="61"/>
@@ -25884,61 +26134,64 @@
       <c r="BS39" s="61">
         <v>-3279.494349999999</v>
       </c>
       <c r="BT39" s="61">
         <v>-8983.9341400000012</v>
       </c>
       <c r="BU39" s="61">
         <v>-19662.956699999999</v>
       </c>
       <c r="BV39" s="169">
         <v>-37759.002219999995</v>
       </c>
       <c r="BW39" s="61">
         <v>10694.697500000002</v>
       </c>
       <c r="BX39" s="61">
         <v>-5501.2464999999993</v>
       </c>
       <c r="BY39" s="61">
         <v>628.97828999999979</v>
       </c>
       <c r="BZ39" s="61">
         <v>16358.689970000005</v>
       </c>
       <c r="CA39" s="61">
-        <f t="shared" si="54"/>
+        <f t="shared" si="56"/>
         <v>22181.119260000007</v>
       </c>
       <c r="CB39" s="61">
         <v>-626.74608999999998</v>
       </c>
       <c r="CC39" s="61">
         <v>14030.539680000002</v>
       </c>
+      <c r="CD39" s="61">
+        <v>3561.1113099999993</v>
+      </c>
     </row>
-    <row r="40" spans="3:88">
+    <row r="40" spans="3:89">
       <c r="C40" s="59" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Mpagamentos - Outras Receitas e Despesas Oper.","Mpagamentos - Other Operating Expenses/Revenues")</f>
         <v>Mpagamentos - Outras Receitas e Despesas Oper.</v>
       </c>
       <c r="D40" s="61">
         <v>11694</v>
       </c>
       <c r="E40" s="61">
         <v>1905</v>
       </c>
       <c r="F40" s="61">
         <v>-22566</v>
       </c>
       <c r="G40" s="61">
         <v>13577</v>
       </c>
       <c r="H40" s="61">
         <v>2963</v>
       </c>
       <c r="I40" s="61">
         <v>-4121</v>
       </c>
       <c r="J40" s="61">
         <v>-5898</v>
       </c>
@@ -26135,52 +26388,55 @@
       </c>
       <c r="BV40" s="169">
         <v>-1.5973699999995006</v>
       </c>
       <c r="BW40" s="61">
         <v>0</v>
       </c>
       <c r="BX40" s="61">
         <v>0</v>
       </c>
       <c r="BY40" s="61">
         <v>0</v>
       </c>
       <c r="BZ40" s="61">
         <v>0</v>
       </c>
       <c r="CA40" s="61">
         <v>0</v>
       </c>
       <c r="CB40" s="61">
         <v>177.68329999999995</v>
       </c>
       <c r="CC40" s="61">
         <v>440.95337999999987</v>
       </c>
+      <c r="CD40" s="61">
+        <v>-23.141999999999996</v>
+      </c>
     </row>
-    <row r="41" spans="3:88">
+    <row r="41" spans="3:89">
       <c r="C41" s="74"/>
       <c r="D41" s="126"/>
       <c r="E41" s="126"/>
       <c r="F41" s="126"/>
       <c r="G41" s="126"/>
       <c r="H41" s="126"/>
       <c r="I41" s="126"/>
       <c r="J41" s="126"/>
       <c r="K41" s="126"/>
       <c r="L41" s="126"/>
       <c r="M41" s="126"/>
       <c r="N41" s="139"/>
       <c r="O41" s="126"/>
       <c r="P41" s="126"/>
       <c r="Q41" s="126"/>
       <c r="R41" s="126"/>
       <c r="S41" s="140"/>
       <c r="T41" s="126"/>
       <c r="U41" s="126"/>
       <c r="V41" s="126"/>
       <c r="W41" s="75"/>
       <c r="X41" s="75"/>
       <c r="Y41" s="126"/>
       <c r="Z41" s="126"/>
       <c r="AA41" s="126"/>
@@ -26216,52 +26472,53 @@
       <c r="BE41" s="126"/>
       <c r="BF41" s="126"/>
       <c r="BG41" s="126"/>
       <c r="BH41" s="126"/>
       <c r="BI41" s="126"/>
       <c r="BJ41" s="126"/>
       <c r="BK41" s="126"/>
       <c r="BL41" s="183"/>
       <c r="BM41" s="126"/>
       <c r="BN41" s="183"/>
       <c r="BO41" s="126"/>
       <c r="BP41" s="126"/>
       <c r="BQ41" s="183"/>
       <c r="BR41" s="126"/>
       <c r="BS41" s="126"/>
       <c r="BT41" s="126"/>
       <c r="BU41" s="126"/>
       <c r="BV41" s="183"/>
       <c r="BW41" s="126"/>
       <c r="BX41" s="126"/>
       <c r="BY41" s="126"/>
       <c r="BZ41" s="126"/>
       <c r="CA41" s="126"/>
       <c r="CB41" s="126"/>
       <c r="CC41" s="126"/>
+      <c r="CD41" s="126"/>
     </row>
-    <row r="42" spans="3:88">
+    <row r="42" spans="3:89">
       <c r="C42" s="56" t="s">
         <v>0</v>
       </c>
       <c r="D42" s="57">
         <v>281589</v>
       </c>
       <c r="E42" s="57">
         <v>58845</v>
       </c>
       <c r="F42" s="57">
         <v>102445</v>
       </c>
       <c r="G42" s="57">
         <v>73596</v>
       </c>
       <c r="H42" s="57">
         <v>148615</v>
       </c>
       <c r="I42" s="57">
         <v>383501</v>
       </c>
       <c r="J42" s="57">
         <v>75101</v>
       </c>
       <c r="K42" s="57">
@@ -26395,136 +26652,140 @@
       </c>
       <c r="BB42" s="57">
         <v>404600.620506512</v>
       </c>
       <c r="BC42" s="57">
         <v>15363.101319992165</v>
       </c>
       <c r="BD42" s="57">
         <v>-130421.49883884451</v>
       </c>
       <c r="BE42" s="57">
         <v>-28293.225242165245</v>
       </c>
       <c r="BF42" s="57">
         <f>BF37+BF31+BF26</f>
         <v>112358.97526466782</v>
       </c>
       <c r="BG42" s="57">
         <f>BG37+BG31+BG26</f>
         <v>27925.309933650307</v>
       </c>
       <c r="BH42" s="57">
         <v>61582.883646339818</v>
       </c>
       <c r="BI42" s="57">
-        <f t="shared" ref="BI42:BW42" si="55">BI37+BI31+BI26</f>
+        <f t="shared" ref="BI42:BW42" si="57">BI37+BI31+BI26</f>
         <v>40055.560429999576</v>
       </c>
       <c r="BJ42" s="57">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>71997.436040000204</v>
       </c>
       <c r="BK42" s="165">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>101259.26631000004</v>
       </c>
       <c r="BL42" s="165">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>274895.1464263394</v>
       </c>
       <c r="BM42" s="165">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>18685.92902000001</v>
       </c>
       <c r="BN42" s="165">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>77386.670279999962</v>
       </c>
       <c r="BO42" s="57">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>28744.735059999977</v>
       </c>
       <c r="BP42" s="57">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>72985.090540000005</v>
       </c>
       <c r="BQ42" s="165">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>207899.57369999948</v>
       </c>
       <c r="BR42" s="57">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>-12537.228560000018</v>
       </c>
       <c r="BS42" s="57">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>45341.123771710088</v>
       </c>
       <c r="BT42" s="57">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>-55903.452080000017</v>
       </c>
       <c r="BU42" s="57">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>-54459.188019999594</v>
       </c>
       <c r="BV42" s="165">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>-64212.227849999559</v>
       </c>
       <c r="BW42" s="57">
-        <f t="shared" si="55"/>
+        <f t="shared" si="57"/>
         <v>-26603.457759999932</v>
       </c>
       <c r="BX42" s="57">
-        <f t="shared" ref="BX42:CC42" si="56">BX37+BX31+BX26</f>
+        <f t="shared" ref="BX42:CD42" si="58">BX37+BX31+BX26</f>
         <v>5875.9349900000379</v>
       </c>
       <c r="BY42" s="57">
-        <f t="shared" si="56"/>
+        <f t="shared" si="58"/>
         <v>35079.316800000001</v>
       </c>
       <c r="BZ42" s="57">
-        <f t="shared" si="56"/>
+        <f t="shared" si="58"/>
         <v>120187.06800000012</v>
       </c>
       <c r="CA42" s="57">
-        <f t="shared" ref="CA42" si="57">CA37+CA31+CA26</f>
+        <f t="shared" ref="CA42" si="59">CA37+CA31+CA26</f>
         <v>134529.32414999977</v>
       </c>
       <c r="CB42" s="57">
-        <f t="shared" si="56"/>
+        <f t="shared" si="58"/>
         <v>86397.845289999896</v>
       </c>
       <c r="CC42" s="57">
-        <f t="shared" si="56"/>
+        <f t="shared" si="58"/>
         <v>111188.65181000004</v>
       </c>
-      <c r="CD42" s="144"/>
+      <c r="CD42" s="57">
+        <f t="shared" si="58"/>
+        <v>101929.03626999987</v>
+      </c>
+      <c r="CE42" s="144"/>
     </row>
-    <row r="43" spans="3:88">
+    <row r="43" spans="3:89">
       <c r="C43" s="69"/>
       <c r="D43" s="64"/>
       <c r="E43" s="64"/>
       <c r="F43" s="64"/>
       <c r="G43" s="64"/>
       <c r="H43" s="64"/>
       <c r="I43" s="64"/>
       <c r="J43" s="64"/>
       <c r="K43" s="64"/>
       <c r="L43" s="64"/>
       <c r="M43" s="64"/>
       <c r="N43" s="64"/>
       <c r="O43" s="64"/>
       <c r="P43" s="64"/>
       <c r="Q43" s="64"/>
       <c r="R43" s="64"/>
       <c r="S43" s="64"/>
       <c r="T43" s="64"/>
       <c r="U43" s="64"/>
       <c r="V43" s="64"/>
       <c r="W43" s="64"/>
       <c r="X43" s="64"/>
       <c r="Y43" s="64"/>
       <c r="Z43" s="64"/>
       <c r="AA43" s="64"/>
@@ -26560,54 +26821,55 @@
       <c r="BE43" s="64"/>
       <c r="BF43" s="64"/>
       <c r="BG43" s="64"/>
       <c r="BH43" s="64"/>
       <c r="BI43" s="64"/>
       <c r="BJ43" s="64"/>
       <c r="BK43" s="64"/>
       <c r="BL43" s="64"/>
       <c r="BM43" s="64"/>
       <c r="BN43" s="170"/>
       <c r="BO43" s="64"/>
       <c r="BP43" s="64"/>
       <c r="BQ43" s="170"/>
       <c r="BR43" s="64"/>
       <c r="BS43" s="64"/>
       <c r="BT43" s="64"/>
       <c r="BU43" s="64"/>
       <c r="BV43" s="170"/>
       <c r="BW43" s="64"/>
       <c r="BX43" s="64"/>
       <c r="BY43" s="64"/>
       <c r="BZ43" s="64"/>
       <c r="CA43" s="64"/>
       <c r="CB43" s="64"/>
       <c r="CC43" s="64"/>
-      <c r="CI43" s="173"/>
-      <c r="CJ43" s="175"/>
+      <c r="CD43" s="64"/>
+      <c r="CJ43" s="173"/>
+      <c r="CK43" s="175"/>
     </row>
-    <row r="44" spans="3:88" ht="14.4">
+    <row r="44" spans="3:89" ht="14.4">
       <c r="C44" s="69" t="str">
         <f>IF('Índice - Index'!$D$14="Português","- Depreciação e Amortização","- D&amp;A")</f>
         <v>- Depreciação e Amortização</v>
       </c>
       <c r="D44" s="63">
         <v>-82350</v>
       </c>
       <c r="E44" s="63">
         <v>-24100</v>
       </c>
       <c r="F44" s="63">
         <v>-24610</v>
       </c>
       <c r="G44" s="63">
         <v>-23535</v>
       </c>
       <c r="H44" s="63">
         <v>-25302</v>
       </c>
       <c r="I44" s="63">
         <v>-97547</v>
       </c>
       <c r="J44" s="63">
         <v>-28453</v>
       </c>
@@ -26794,64 +27056,67 @@
       <c r="BS44" s="63">
         <v>-51467.85714</v>
       </c>
       <c r="BT44" s="63">
         <v>-45650.54791999999</v>
       </c>
       <c r="BU44" s="63">
         <v>-48169.243350000012</v>
       </c>
       <c r="BV44" s="170">
         <v>-206614.05461999998</v>
       </c>
       <c r="BW44" s="63">
         <v>-43418.461159999999</v>
       </c>
       <c r="BX44" s="63">
         <v>-41782.596570000002</v>
       </c>
       <c r="BY44" s="63">
         <v>-40973.316799999986</v>
       </c>
       <c r="BZ44" s="63">
         <v>-40208.46491000001</v>
       </c>
       <c r="CA44" s="63">
-        <f t="shared" ref="CA44:CA46" si="58">SUM(BW44:BZ44)</f>
+        <f t="shared" ref="CA44:CA46" si="60">SUM(BW44:BZ44)</f>
         <v>-166382.83944000001</v>
       </c>
       <c r="CB44" s="63">
         <v>-45179</v>
       </c>
       <c r="CC44" s="63">
         <v>-42856</v>
       </c>
-      <c r="CD44" s="198"/>
-[...1 lines deleted...]
-      <c r="CJ44" s="181"/>
+      <c r="CD44" s="63">
+        <v>-39514</v>
+      </c>
+      <c r="CE44" s="198"/>
+      <c r="CJ44" s="180"/>
+      <c r="CK44" s="181"/>
     </row>
-    <row r="45" spans="3:88" ht="14.4">
+    <row r="45" spans="3:89" ht="14.4">
       <c r="C45" s="69" t="str">
         <f>IF('Índice - Index'!$D$14="Português","- Equivalência Patrimonial","- Equity Results")</f>
         <v>- Equivalência Patrimonial</v>
       </c>
       <c r="D45" s="71">
         <v>0</v>
       </c>
       <c r="E45" s="71" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="71" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="71" t="s">
         <v>14</v>
       </c>
       <c r="H45" s="71" t="s">
         <v>14</v>
       </c>
       <c r="I45" s="71">
         <v>0</v>
       </c>
       <c r="J45" s="71">
         <v>0</v>
       </c>
@@ -27038,64 +27303,67 @@
       <c r="BS45" s="71">
         <v>-10530.578826680026</v>
       </c>
       <c r="BT45" s="71">
         <v>-36670.866487680389</v>
       </c>
       <c r="BU45" s="71">
         <v>-169764.65765000001</v>
       </c>
       <c r="BV45" s="184">
         <v>-169764.65764999998</v>
       </c>
       <c r="BW45" s="71">
         <v>-34021.020620000003</v>
       </c>
       <c r="BX45" s="71">
         <v>-2611.3242899999891</v>
       </c>
       <c r="BY45" s="71">
         <v>-4818.4326899999924</v>
       </c>
       <c r="BZ45" s="71">
         <v>-14865.246860000019</v>
       </c>
       <c r="CA45" s="71">
-        <f t="shared" si="58"/>
+        <f t="shared" si="60"/>
         <v>-56316.024460000008</v>
       </c>
       <c r="CB45" s="71" t="s">
         <v>14</v>
       </c>
       <c r="CC45" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="CD45" s="198"/>
-[...1 lines deleted...]
-      <c r="CJ45" s="175"/>
+      <c r="CD45" s="71">
+        <v>0</v>
+      </c>
+      <c r="CE45" s="198"/>
+      <c r="CJ45" s="173"/>
+      <c r="CK45" s="175"/>
     </row>
-    <row r="46" spans="3:88">
+    <row r="46" spans="3:89">
       <c r="C46" s="69" t="str">
         <f>IF('Índice - Index'!$D$14="Português","- Financeiras, Líquidas","- Financial Expenses, net")</f>
         <v>- Financeiras, Líquidas</v>
       </c>
       <c r="D46" s="63">
         <v>-16207</v>
       </c>
       <c r="E46" s="63">
         <v>-3141</v>
       </c>
       <c r="F46" s="63">
         <v>-2530</v>
       </c>
       <c r="G46" s="63">
         <v>-6542</v>
       </c>
       <c r="H46" s="63">
         <v>-8049</v>
       </c>
       <c r="I46" s="63">
         <v>-20262</v>
       </c>
       <c r="J46" s="63">
         <v>-8489</v>
       </c>
@@ -27282,63 +27550,66 @@
       <c r="BS46" s="63">
         <v>-46730.414320000054</v>
       </c>
       <c r="BT46" s="63">
         <v>-58155.457230000015</v>
       </c>
       <c r="BU46" s="63">
         <v>20399.058279999983</v>
       </c>
       <c r="BV46" s="170">
         <v>-162660.47084000002</v>
       </c>
       <c r="BW46" s="63">
         <v>-42731.029930000004</v>
       </c>
       <c r="BX46" s="63">
         <v>-50617.738939999981</v>
       </c>
       <c r="BY46" s="63">
         <v>-59984.356800000009</v>
       </c>
       <c r="BZ46" s="63">
         <v>-60080.798760000005</v>
       </c>
       <c r="CA46" s="63">
-        <f t="shared" si="58"/>
+        <f t="shared" si="60"/>
         <v>-213413.92442999998</v>
       </c>
       <c r="CB46" s="63">
         <v>-38808.339190000035</v>
       </c>
       <c r="CC46" s="63">
         <v>-67419.811890000012</v>
       </c>
-      <c r="CI46" s="173"/>
-      <c r="CJ46" s="175"/>
+      <c r="CD46" s="63">
+        <v>-49906</v>
+      </c>
+      <c r="CJ46" s="173"/>
+      <c r="CK46" s="175"/>
     </row>
-    <row r="47" spans="3:88">
+    <row r="47" spans="3:89">
       <c r="C47" s="69"/>
       <c r="D47" s="63"/>
       <c r="E47" s="63"/>
       <c r="F47" s="63"/>
       <c r="G47" s="63"/>
       <c r="H47" s="63"/>
       <c r="I47" s="63"/>
       <c r="J47" s="63"/>
       <c r="K47" s="63"/>
       <c r="L47" s="63"/>
       <c r="M47" s="63"/>
       <c r="N47" s="63"/>
       <c r="O47" s="63"/>
       <c r="P47" s="63"/>
       <c r="Q47" s="63"/>
       <c r="R47" s="63"/>
       <c r="S47" s="63"/>
       <c r="T47" s="63"/>
       <c r="U47" s="63"/>
       <c r="V47" s="63"/>
       <c r="W47" s="63"/>
       <c r="X47" s="63"/>
       <c r="Y47" s="63"/>
       <c r="Z47" s="63"/>
       <c r="AA47" s="63"/>
@@ -27374,138 +27645,139 @@
       <c r="BE47" s="63"/>
       <c r="BF47" s="63"/>
       <c r="BG47" s="63"/>
       <c r="BH47" s="63"/>
       <c r="BI47" s="63"/>
       <c r="BJ47" s="63"/>
       <c r="BK47" s="63"/>
       <c r="BL47" s="63"/>
       <c r="BM47" s="63"/>
       <c r="BN47" s="170"/>
       <c r="BO47" s="63"/>
       <c r="BP47" s="63"/>
       <c r="BQ47" s="170"/>
       <c r="BR47" s="63"/>
       <c r="BS47" s="63"/>
       <c r="BT47" s="63"/>
       <c r="BU47" s="63"/>
       <c r="BV47" s="170"/>
       <c r="BW47" s="63"/>
       <c r="BX47" s="63"/>
       <c r="BY47" s="63"/>
       <c r="BZ47" s="63"/>
       <c r="CA47" s="63"/>
       <c r="CB47" s="63"/>
       <c r="CC47" s="63"/>
+      <c r="CD47" s="63"/>
     </row>
-    <row r="48" spans="3:88">
+    <row r="48" spans="3:89">
       <c r="C48" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Lucro Antes do IR/CS","Net Profit before Taxes")</f>
         <v>Lucro Antes do IR/CS</v>
       </c>
       <c r="D48" s="57">
-        <f t="shared" ref="D48:I48" si="59">SUM(D42,D44:D46)</f>
+        <f t="shared" ref="D48:I48" si="61">SUM(D42,D44:D46)</f>
         <v>183032</v>
       </c>
       <c r="E48" s="57">
-        <f t="shared" si="59"/>
+        <f t="shared" si="61"/>
         <v>31604</v>
       </c>
       <c r="F48" s="57">
-        <f t="shared" si="59"/>
+        <f t="shared" si="61"/>
         <v>75305</v>
       </c>
       <c r="G48" s="57">
-        <f t="shared" si="59"/>
+        <f t="shared" si="61"/>
         <v>43519</v>
       </c>
       <c r="H48" s="57">
-        <f t="shared" si="59"/>
+        <f t="shared" si="61"/>
         <v>115264</v>
       </c>
       <c r="I48" s="57">
-        <f t="shared" si="59"/>
+        <f t="shared" si="61"/>
         <v>265692</v>
       </c>
       <c r="J48" s="57">
-        <f t="shared" ref="J48:X48" si="60">SUM(J42,J44:J46)</f>
+        <f t="shared" ref="J48:X48" si="62">SUM(J42,J44:J46)</f>
         <v>38159</v>
       </c>
       <c r="K48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>90420</v>
       </c>
       <c r="L48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>46200</v>
       </c>
       <c r="M48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>50149</v>
       </c>
       <c r="N48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>224927</v>
       </c>
       <c r="O48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>-4238</v>
       </c>
       <c r="P48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>68694</v>
       </c>
       <c r="Q48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>78852</v>
       </c>
       <c r="R48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>146987</v>
       </c>
       <c r="S48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>290295</v>
       </c>
       <c r="T48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>10544</v>
       </c>
       <c r="U48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>54461</v>
       </c>
       <c r="V48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>16313</v>
       </c>
       <c r="W48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>38033</v>
       </c>
       <c r="X48" s="57">
-        <f t="shared" si="60"/>
+        <f t="shared" si="62"/>
         <v>119351</v>
       </c>
       <c r="Y48" s="57">
         <f>Y42+SUM(Y44:Y46)</f>
         <v>15849.789889999985</v>
       </c>
       <c r="Z48" s="57">
         <f>Z42+SUM(Z44:Z46)</f>
         <v>10414.000000000044</v>
       </c>
       <c r="AA48" s="57">
         <f>AA42+SUM(AA44:AA46)</f>
         <v>-38094.999999999978</v>
       </c>
       <c r="AB48" s="57">
         <f>AB42+SUM(AB44:AB46)</f>
         <v>68262.000000000058</v>
       </c>
       <c r="AC48" s="57">
         <v>56431</v>
       </c>
       <c r="AD48" s="57">
         <v>-15987</v>
       </c>
       <c r="AE48" s="57">
@@ -27585,127 +27857,131 @@
       </c>
       <c r="BD48" s="57">
         <v>-185340.61533884445</v>
       </c>
       <c r="BE48" s="57">
         <v>-133439.31632216522</v>
       </c>
       <c r="BF48" s="57">
         <f>BF52-BF50</f>
         <v>-20153.680665332242</v>
       </c>
       <c r="BG48" s="57">
         <f>BG52-BG50</f>
         <v>-435092.15317634982</v>
       </c>
       <c r="BH48" s="57">
         <v>-49297.237093660187</v>
       </c>
       <c r="BI48" s="57">
         <v>-67579.009170000354</v>
       </c>
       <c r="BJ48" s="57">
         <v>-34553.542559999842</v>
       </c>
       <c r="BK48" s="57">
-        <f t="shared" ref="BK48:BV48" si="61">SUM(BK44:BK46,BK42)</f>
+        <f t="shared" ref="BK48:BV48" si="63">SUM(BK44:BK46,BK42)</f>
         <v>-19663.94643000004</v>
       </c>
       <c r="BL48" s="57">
-        <f t="shared" si="61"/>
+        <f t="shared" si="63"/>
         <v>-171091.73525366071</v>
       </c>
       <c r="BM48" s="57">
-        <f t="shared" si="61"/>
+        <f t="shared" si="63"/>
         <v>-95781.903209999989</v>
       </c>
       <c r="BN48" s="165">
-        <f t="shared" si="61"/>
+        <f t="shared" si="63"/>
         <v>-62145.501540000027</v>
       </c>
       <c r="BO48" s="57">
-        <f t="shared" si="61"/>
+        <f t="shared" si="63"/>
         <v>-122259.94938000003</v>
       </c>
       <c r="BP48" s="57">
-        <f t="shared" ref="BP48:BT48" si="62">SUM(BP44:BP46,BP42)</f>
+        <f t="shared" ref="BP48:BT48" si="64">SUM(BP44:BP46,BP42)</f>
         <v>-213817.78915999987</v>
       </c>
       <c r="BQ48" s="165">
-        <f t="shared" si="62"/>
+        <f t="shared" si="64"/>
         <v>-450517.7065100004</v>
       </c>
       <c r="BR48" s="57">
-        <f t="shared" si="62"/>
+        <f t="shared" si="64"/>
         <v>-148788.86463560001</v>
       </c>
       <c r="BS48" s="57">
-        <f t="shared" si="62"/>
+        <f t="shared" si="64"/>
         <v>-63387.726514969996</v>
       </c>
       <c r="BT48" s="57">
-        <f t="shared" si="62"/>
+        <f t="shared" si="64"/>
         <v>-196380.32371768041</v>
       </c>
       <c r="BU48" s="57">
-        <f t="shared" si="61"/>
+        <f t="shared" si="63"/>
         <v>-251994.03073999961</v>
       </c>
       <c r="BV48" s="165">
-        <f t="shared" si="61"/>
+        <f t="shared" si="63"/>
         <v>-603251.41095999954</v>
       </c>
       <c r="BW48" s="57">
-        <f t="shared" ref="BW48:CC48" si="63">SUM(BW44:BW46,BW42)</f>
+        <f t="shared" ref="BW48:CD48" si="65">SUM(BW44:BW46,BW42)</f>
         <v>-146773.96946999995</v>
       </c>
       <c r="BX48" s="57">
-        <f t="shared" si="63"/>
+        <f t="shared" si="65"/>
         <v>-89135.724809999927</v>
       </c>
       <c r="BY48" s="57">
-        <f t="shared" si="63"/>
+        <f t="shared" si="65"/>
         <v>-70696.789489999996</v>
       </c>
       <c r="BZ48" s="57">
-        <f t="shared" si="63"/>
+        <f t="shared" si="65"/>
         <v>5032.5574700000871</v>
       </c>
       <c r="CA48" s="57">
-        <f t="shared" ref="CA48" si="64">SUM(CA44:CA46,CA42)</f>
+        <f t="shared" ref="CA48" si="66">SUM(CA44:CA46,CA42)</f>
         <v>-301583.46418000024</v>
       </c>
       <c r="CB48" s="57">
-        <f t="shared" si="63"/>
+        <f t="shared" si="65"/>
         <v>2410.5060999998677</v>
       </c>
       <c r="CC48" s="57">
-        <f t="shared" si="63"/>
+        <f t="shared" si="65"/>
         <v>912.83992000002763</v>
       </c>
+      <c r="CD48" s="57">
+        <f t="shared" si="65"/>
+        <v>12509.036269999866</v>
+      </c>
     </row>
-    <row r="49" spans="3:82">
+    <row r="49" spans="3:83">
       <c r="C49" s="69"/>
       <c r="D49" s="63"/>
       <c r="E49" s="63"/>
       <c r="F49" s="63"/>
       <c r="G49" s="63"/>
       <c r="H49" s="63"/>
       <c r="I49" s="63"/>
       <c r="J49" s="63"/>
       <c r="K49" s="63"/>
       <c r="L49" s="63"/>
       <c r="M49" s="63"/>
       <c r="N49" s="63"/>
       <c r="O49" s="63"/>
       <c r="P49" s="63"/>
       <c r="Q49" s="63"/>
       <c r="R49" s="63"/>
       <c r="S49" s="63"/>
       <c r="T49" s="63"/>
       <c r="U49" s="63"/>
       <c r="V49" s="63"/>
       <c r="W49" s="63"/>
       <c r="X49" s="63"/>
       <c r="Y49" s="63"/>
       <c r="Z49" s="63"/>
       <c r="AA49" s="63"/>
@@ -27741,52 +28017,53 @@
       <c r="BE49" s="63"/>
       <c r="BF49" s="63"/>
       <c r="BG49" s="63"/>
       <c r="BH49" s="63"/>
       <c r="BI49" s="63"/>
       <c r="BJ49" s="63"/>
       <c r="BK49" s="63"/>
       <c r="BL49" s="63"/>
       <c r="BM49" s="63"/>
       <c r="BN49" s="170"/>
       <c r="BO49" s="63"/>
       <c r="BP49" s="63"/>
       <c r="BQ49" s="170"/>
       <c r="BR49" s="63"/>
       <c r="BS49" s="63"/>
       <c r="BT49" s="63"/>
       <c r="BU49" s="63"/>
       <c r="BV49" s="170"/>
       <c r="BW49" s="63"/>
       <c r="BX49" s="63"/>
       <c r="BY49" s="63"/>
       <c r="BZ49" s="63"/>
       <c r="CA49" s="63"/>
       <c r="CB49" s="63"/>
       <c r="CC49" s="63"/>
+      <c r="CD49" s="63"/>
     </row>
-    <row r="50" spans="3:82">
+    <row r="50" spans="3:83">
       <c r="C50" s="69" t="str">
         <f>IF('Índice - Index'!$D$14="Português","- IR e CSLL","- Income Tax")</f>
         <v>- IR e CSLL</v>
       </c>
       <c r="D50" s="63">
         <v>-41780</v>
       </c>
       <c r="E50" s="63">
         <v>-6133</v>
       </c>
       <c r="F50" s="63">
         <v>-21309</v>
       </c>
       <c r="G50" s="63">
         <v>-1901</v>
       </c>
       <c r="H50" s="63">
         <v>-27674</v>
       </c>
       <c r="I50" s="63">
         <v>-57017</v>
       </c>
       <c r="J50" s="63">
         <v>-2133</v>
       </c>
@@ -27973,61 +28250,64 @@
       <c r="BS50" s="63">
         <v>-19.401840000020457</v>
       </c>
       <c r="BT50" s="63">
         <v>-9.6502899999999912</v>
       </c>
       <c r="BU50" s="63">
         <v>82706.331749999998</v>
       </c>
       <c r="BV50" s="170">
         <v>82499.01403999998</v>
       </c>
       <c r="BW50" s="63">
         <v>-1535.85537</v>
       </c>
       <c r="BX50" s="63">
         <v>-12894.668689999999</v>
       </c>
       <c r="BY50" s="63">
         <v>-525.36956000000089</v>
       </c>
       <c r="BZ50" s="63">
         <v>746.56413000000134</v>
       </c>
       <c r="CA50" s="63">
-        <f t="shared" ref="CA50" si="65">SUM(BW50:BZ50)</f>
+        <f t="shared" ref="CA50" si="67">SUM(BW50:BZ50)</f>
         <v>-14209.329489999998</v>
       </c>
       <c r="CB50" s="63">
         <v>-45.379370000000002</v>
       </c>
       <c r="CC50" s="63">
         <v>1193.07584</v>
       </c>
+      <c r="CD50" s="63">
+        <v>-6671</v>
+      </c>
     </row>
-    <row r="51" spans="3:82">
+    <row r="51" spans="3:83">
       <c r="C51" s="69"/>
       <c r="D51" s="64"/>
       <c r="E51" s="64"/>
       <c r="F51" s="64"/>
       <c r="G51" s="64"/>
       <c r="H51" s="64"/>
       <c r="I51" s="64"/>
       <c r="J51" s="64"/>
       <c r="K51" s="64"/>
       <c r="L51" s="64"/>
       <c r="M51" s="64"/>
       <c r="N51" s="64"/>
       <c r="O51" s="64"/>
       <c r="P51" s="64"/>
       <c r="Q51" s="64"/>
       <c r="R51" s="64"/>
       <c r="S51" s="64"/>
       <c r="T51" s="64"/>
       <c r="U51" s="64"/>
       <c r="V51" s="64"/>
       <c r="W51" s="64"/>
       <c r="X51" s="64"/>
       <c r="Y51" s="64"/>
       <c r="Z51" s="64"/>
       <c r="AA51" s="64"/>
@@ -28063,138 +28343,139 @@
       <c r="BE51" s="64"/>
       <c r="BF51" s="64"/>
       <c r="BG51" s="64"/>
       <c r="BH51" s="64"/>
       <c r="BI51" s="64"/>
       <c r="BJ51" s="64"/>
       <c r="BK51" s="64"/>
       <c r="BL51" s="64"/>
       <c r="BM51" s="64"/>
       <c r="BN51" s="170"/>
       <c r="BO51" s="64"/>
       <c r="BP51" s="64"/>
       <c r="BQ51" s="170"/>
       <c r="BR51" s="64"/>
       <c r="BS51" s="64"/>
       <c r="BT51" s="64"/>
       <c r="BU51" s="64"/>
       <c r="BV51" s="170"/>
       <c r="BW51" s="64"/>
       <c r="BX51" s="64"/>
       <c r="BY51" s="64"/>
       <c r="BZ51" s="64"/>
       <c r="CA51" s="64"/>
       <c r="CB51" s="64"/>
       <c r="CC51" s="64"/>
+      <c r="CD51" s="64"/>
     </row>
-    <row r="52" spans="3:82">
+    <row r="52" spans="3:83">
       <c r="C52" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Lucro Líquido","Net Profit")</f>
         <v>Lucro Líquido</v>
       </c>
       <c r="D52" s="57">
         <f>SUM(D48:D51)</f>
         <v>141252</v>
       </c>
       <c r="E52" s="57">
         <f>SUM(E48:E51)</f>
         <v>25471</v>
       </c>
       <c r="F52" s="57">
         <f>SUM(F48:F51)</f>
         <v>53996</v>
       </c>
       <c r="G52" s="57">
         <f>SUM(G48:G51)</f>
         <v>41618</v>
       </c>
       <c r="H52" s="57">
         <f>SUM(H48:H51)</f>
         <v>87590</v>
       </c>
       <c r="I52" s="57">
-        <f t="shared" ref="I52:X52" si="66">SUM(I48:I51)</f>
+        <f t="shared" ref="I52:X52" si="68">SUM(I48:I51)</f>
         <v>208675</v>
       </c>
       <c r="J52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>36026</v>
       </c>
       <c r="K52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>71170</v>
       </c>
       <c r="L52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>34025</v>
       </c>
       <c r="M52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>36273</v>
       </c>
       <c r="N52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>177493</v>
       </c>
       <c r="O52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>386</v>
       </c>
       <c r="P52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>47594</v>
       </c>
       <c r="Q52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>66332</v>
       </c>
       <c r="R52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>115602</v>
       </c>
       <c r="S52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>229914</v>
       </c>
       <c r="T52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>8746</v>
       </c>
       <c r="U52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>38797</v>
       </c>
       <c r="V52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>12251</v>
       </c>
       <c r="W52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>25705</v>
       </c>
       <c r="X52" s="57">
-        <f t="shared" si="66"/>
+        <f t="shared" si="68"/>
         <v>85499</v>
       </c>
       <c r="Y52" s="57">
         <v>13759.125290000007</v>
       </c>
       <c r="Z52" s="57">
         <v>11865.000000000044</v>
       </c>
       <c r="AA52" s="57">
         <v>-18381.999999999978</v>
       </c>
       <c r="AB52" s="57">
         <v>43840.000000000058</v>
       </c>
       <c r="AC52" s="57">
         <v>51082</v>
       </c>
       <c r="AD52" s="57">
         <v>-5288</v>
       </c>
       <c r="AE52" s="57">
         <v>-20269</v>
       </c>
       <c r="AF52" s="57">
         <v>-26951</v>
@@ -28270,331 +28551,339 @@
       </c>
       <c r="BD52" s="57">
         <v>-171702.25199884444</v>
       </c>
       <c r="BE52" s="57">
         <v>-124477.75590216523</v>
       </c>
       <c r="BF52" s="57">
         <v>-28903.548225332244</v>
       </c>
       <c r="BG52" s="57">
         <v>-432196.23811634979</v>
       </c>
       <c r="BH52" s="57">
         <v>-53378.272513660188</v>
       </c>
       <c r="BI52" s="57">
         <f>BI48+BI50</f>
         <v>-59505.392050000359</v>
       </c>
       <c r="BJ52" s="57">
         <f>BJ48+BJ50</f>
         <v>44378.240910000153</v>
       </c>
       <c r="BK52" s="57">
-        <f t="shared" ref="BK52:BT52" si="67">SUM(BK48:BK50)</f>
+        <f t="shared" ref="BK52:BT52" si="69">SUM(BK48:BK50)</f>
         <v>-24531.662440000029</v>
       </c>
       <c r="BL52" s="57">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-93037.320333660697</v>
       </c>
       <c r="BM52" s="57">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-90717.999999999985</v>
       </c>
       <c r="BN52" s="165">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-34819.365250000024</v>
       </c>
       <c r="BO52" s="57">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-102049.24593000003</v>
       </c>
       <c r="BP52" s="57">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-291793.54691999988</v>
       </c>
       <c r="BQ52" s="165">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-519381.48847000039</v>
       </c>
       <c r="BR52" s="57">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-148967.13021560002</v>
       </c>
       <c r="BS52" s="57">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-63407.128354970017</v>
       </c>
       <c r="BT52" s="57">
-        <f t="shared" si="67"/>
+        <f t="shared" si="69"/>
         <v>-196389.9740076804</v>
       </c>
       <c r="BU52" s="57">
-        <f t="shared" ref="BU52:BV52" si="68">SUM(BU48:BU50)</f>
+        <f t="shared" ref="BU52:BV52" si="70">SUM(BU48:BU50)</f>
         <v>-169287.6989899996</v>
       </c>
       <c r="BV52" s="165">
-        <f t="shared" si="68"/>
+        <f t="shared" si="70"/>
         <v>-520752.39691999956</v>
       </c>
       <c r="BW52" s="57">
-        <f t="shared" ref="BW52:CC52" si="69">SUM(BW48:BW50)</f>
+        <f t="shared" ref="BW52:CD52" si="71">SUM(BW48:BW50)</f>
         <v>-148309.82483999996</v>
       </c>
       <c r="BX52" s="57">
-        <f t="shared" si="69"/>
+        <f t="shared" si="71"/>
         <v>-102030.39349999992</v>
       </c>
       <c r="BY52" s="57">
-        <f t="shared" si="69"/>
+        <f t="shared" si="71"/>
         <v>-71222.159050000002</v>
       </c>
       <c r="BZ52" s="57">
-        <f t="shared" si="69"/>
+        <f t="shared" si="71"/>
         <v>5779.1216000000886</v>
       </c>
       <c r="CA52" s="57">
-        <f t="shared" ref="CA52" si="70">SUM(CA48:CA50)</f>
+        <f t="shared" ref="CA52" si="72">SUM(CA48:CA50)</f>
         <v>-315792.79367000022</v>
       </c>
       <c r="CB52" s="57">
-        <f t="shared" si="69"/>
+        <f t="shared" si="71"/>
         <v>2365.1267299998676</v>
       </c>
       <c r="CC52" s="57">
-        <f t="shared" si="69"/>
+        <f t="shared" si="71"/>
         <v>2105.9157600000276</v>
       </c>
+      <c r="CD52" s="57">
+        <f t="shared" si="71"/>
+        <v>5838.0362699998659</v>
+      </c>
     </row>
-    <row r="53" spans="3:82">
+    <row r="53" spans="3:83">
       <c r="C53" s="72"/>
       <c r="AE53" s="73"/>
     </row>
-    <row r="54" spans="3:82" ht="13.05" customHeight="1">
+    <row r="54" spans="3:83" ht="13.05" customHeight="1">
       <c r="C54" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","EBITDA Ajustado* - Varejo IFRS 16"," Retail - Adjusted EBITDA IFRS16")</f>
         <v>EBITDA Ajustado* - Varejo IFRS 16</v>
       </c>
       <c r="D54" s="57"/>
       <c r="E54" s="57"/>
       <c r="F54" s="57"/>
       <c r="G54" s="57"/>
       <c r="H54" s="57"/>
       <c r="I54" s="57"/>
       <c r="J54" s="57"/>
       <c r="K54" s="57"/>
       <c r="L54" s="57"/>
       <c r="M54" s="57"/>
       <c r="N54" s="57"/>
       <c r="O54" s="57"/>
       <c r="P54" s="57"/>
       <c r="Q54" s="57"/>
       <c r="R54" s="57"/>
       <c r="S54" s="57"/>
       <c r="T54" s="57"/>
       <c r="U54" s="57"/>
       <c r="V54" s="57"/>
       <c r="W54" s="58"/>
       <c r="X54" s="58"/>
       <c r="Y54" s="57"/>
       <c r="Z54" s="57"/>
       <c r="AA54" s="57"/>
       <c r="AB54" s="57"/>
       <c r="AC54" s="57"/>
       <c r="AD54" s="57"/>
       <c r="AE54" s="57"/>
       <c r="AF54" s="57"/>
       <c r="AG54" s="57"/>
       <c r="AH54" s="57"/>
       <c r="AI54" s="57"/>
       <c r="AJ54" s="57"/>
       <c r="AK54" s="57"/>
       <c r="AL54" s="57"/>
       <c r="AM54" s="57"/>
       <c r="AN54" s="57"/>
       <c r="AO54" s="57"/>
       <c r="AP54" s="57"/>
       <c r="AQ54" s="57">
         <v>53438.000000000007</v>
       </c>
       <c r="AR54" s="57">
-        <f t="shared" ref="AR54:CB54" si="71">AR42</f>
+        <f t="shared" ref="AR54:CB54" si="73">AR42</f>
         <v>265589</v>
       </c>
       <c r="AS54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>40702</v>
       </c>
       <c r="AT54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>47793</v>
       </c>
       <c r="AU54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>24290</v>
       </c>
       <c r="AV54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>305119.99999999977</v>
       </c>
       <c r="AW54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>417905</v>
       </c>
       <c r="AX54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>92829.330389999814</v>
       </c>
       <c r="AY54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>95708.730570000102</v>
       </c>
       <c r="AZ54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>47349.439529996518</v>
       </c>
       <c r="BA54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>168711.9816465145</v>
       </c>
       <c r="BB54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>404600.620506512</v>
       </c>
       <c r="BC54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>15363.101319992165</v>
       </c>
       <c r="BD54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>-130421.49883884451</v>
       </c>
       <c r="BE54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>-28293.225242165245</v>
       </c>
       <c r="BF54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>112358.97526466782</v>
       </c>
       <c r="BG54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>27925.309933650307</v>
       </c>
       <c r="BH54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>61582.883646339818</v>
       </c>
       <c r="BI54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>40055.560429999576</v>
       </c>
       <c r="BJ54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>71997.436040000204</v>
       </c>
       <c r="BK54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>101259.26631000004</v>
       </c>
       <c r="BL54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>274895.1464263394</v>
       </c>
       <c r="BM54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>18685.92902000001</v>
       </c>
       <c r="BN54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>77386.670279999962</v>
       </c>
       <c r="BO54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>28744.735059999977</v>
       </c>
       <c r="BP54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>72985.090540000005</v>
       </c>
       <c r="BQ54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>207899.57369999948</v>
       </c>
       <c r="BR54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>-12537.228560000018</v>
       </c>
       <c r="BS54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>45341.123771710088</v>
       </c>
       <c r="BT54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>-55903.452080000017</v>
       </c>
       <c r="BU54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>-54459.188019999594</v>
       </c>
       <c r="BV54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>-64212.227849999559</v>
       </c>
       <c r="BW54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>-26603.457759999932</v>
       </c>
       <c r="BX54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>5875.9349900000379</v>
       </c>
       <c r="BY54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>35079.316800000001</v>
       </c>
       <c r="BZ54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>120187.06800000012</v>
       </c>
       <c r="CA54" s="57">
-        <f t="shared" ref="CA54" si="72">CA42</f>
+        <f t="shared" ref="CA54" si="74">CA42</f>
         <v>134529.32414999977</v>
       </c>
       <c r="CB54" s="57">
-        <f t="shared" si="71"/>
+        <f t="shared" si="73"/>
         <v>86397.845289999896</v>
       </c>
       <c r="CC54" s="57">
         <f>CC42</f>
         <v>111188.65181000004</v>
       </c>
+      <c r="CD54" s="57">
+        <f>CD42</f>
+        <v>101929.03626999987</v>
+      </c>
     </row>
-    <row r="55" spans="3:82">
+    <row r="55" spans="3:83">
       <c r="C55" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","EBITDA Ajustado* - Varejo Ex-IFRS 16"," Retail - Adjusted EBITDA Ex-IFRS16")</f>
         <v>EBITDA Ajustado* - Varejo Ex-IFRS 16</v>
       </c>
       <c r="D55" s="57"/>
       <c r="E55" s="57"/>
       <c r="F55" s="57"/>
       <c r="G55" s="57"/>
       <c r="H55" s="57"/>
       <c r="I55" s="57"/>
       <c r="J55" s="57"/>
       <c r="K55" s="57"/>
       <c r="L55" s="57"/>
       <c r="M55" s="57"/>
       <c r="N55" s="57"/>
       <c r="O55" s="57"/>
       <c r="P55" s="57"/>
       <c r="Q55" s="57"/>
       <c r="R55" s="57"/>
       <c r="S55" s="57"/>
       <c r="T55" s="57"/>
       <c r="U55" s="57"/>
       <c r="V55" s="57"/>
       <c r="W55" s="58"/>
       <c r="X55" s="58"/>
@@ -28692,187 +28981,190 @@
         <v>-20874.504439999844</v>
       </c>
       <c r="BT55" s="165">
         <v>-120940.35141</v>
       </c>
       <c r="BU55" s="165">
         <v>-78790.125139999756</v>
       </c>
       <c r="BV55" s="165">
         <f>SUM(BR55:BU55)</f>
         <v>-303396.96984999941</v>
       </c>
       <c r="BW55" s="165">
         <v>-74328.119499999942</v>
       </c>
       <c r="BX55" s="165">
         <v>-45777.208179999951</v>
       </c>
       <c r="BY55" s="165">
         <v>-7490.7263500000627</v>
       </c>
       <c r="BZ55" s="165">
         <v>57443.129459999749</v>
       </c>
       <c r="CA55" s="165">
-        <f t="shared" ref="CA55" si="73">SUM(BW55:BZ55)</f>
+        <f t="shared" ref="CA55" si="75">SUM(BW55:BZ55)</f>
         <v>-70152.924570000221</v>
       </c>
       <c r="CB55" s="165">
         <v>39656.908369999888</v>
       </c>
       <c r="CC55" s="165">
         <v>64663.040740000062</v>
       </c>
+      <c r="CD55" s="165">
+        <v>55330</v>
+      </c>
     </row>
-    <row r="56" spans="3:82">
+    <row r="56" spans="3:83">
       <c r="C56" s="182" t="str">
         <f>IF('Índice - Index'!$D$14="Português","*ajustes não operacionais","* Adjusted for non-operating items")</f>
         <v>*ajustes não operacionais</v>
       </c>
       <c r="AE56" s="64"/>
       <c r="AS56" s="135"/>
       <c r="BD56" s="144"/>
     </row>
-    <row r="57" spans="3:82">
+    <row r="57" spans="3:83">
       <c r="C57" s="182" t="str">
         <f>IF('Índice - Index'!$D$14="Português","**A partir de junho de 2023 houve uma cisão separando Mserviços e Mpagamentos","**In June 2023 there was a split, separating Mserviços and Mpagamentos")</f>
         <v>**A partir de junho de 2023 houve uma cisão separando Mserviços e Mpagamentos</v>
       </c>
       <c r="AE57" s="73"/>
       <c r="BH57" s="144"/>
       <c r="BI57" s="144"/>
       <c r="BJ57" s="144"/>
       <c r="BK57" s="144"/>
       <c r="BL57" s="144"/>
       <c r="BM57" s="144"/>
       <c r="BN57" s="144"/>
       <c r="BO57" s="144"/>
       <c r="BP57" s="144"/>
       <c r="BQ57" s="144"/>
       <c r="BR57" s="144"/>
       <c r="BS57" s="144"/>
       <c r="BT57" s="144"/>
       <c r="BU57" s="144"/>
       <c r="BV57" s="144"/>
       <c r="BW57" s="144"/>
       <c r="BX57" s="144"/>
       <c r="BY57" s="144"/>
       <c r="BZ57" s="144"/>
       <c r="CA57" s="144"/>
       <c r="CB57" s="144"/>
       <c r="CC57" s="144"/>
       <c r="CD57" s="144"/>
+      <c r="CE57" s="144"/>
     </row>
-    <row r="58" spans="3:82">
+    <row r="58" spans="3:83">
       <c r="C58" s="182" t="str">
         <f>IF('Índice - Index'!$D$14="Português","*** Resultado 2023 e 2022 difere da soma dos trimestres devido às alterações na divulgação de resultados da Mpagamentos (antigo Mbank)","*** 2023 results differ from the sum of the quarters due to changes in the release of Mpagamentos (former Mbank) results")</f>
         <v>*** Resultado 2023 e 2022 difere da soma dos trimestres devido às alterações na divulgação de resultados da Mpagamentos (antigo Mbank)</v>
       </c>
       <c r="BH58" s="144"/>
       <c r="BI58" s="144"/>
       <c r="BJ58" s="144"/>
       <c r="BK58" s="144"/>
     </row>
-    <row r="59" spans="3:82">
+    <row r="59" spans="3:83">
       <c r="C59" s="182" t="str">
         <f>IF('Índice - Index'!$D$14="Português","**** A companhia não divulgou resultados ex-IFRS a partir do 2T24, e reapresentação do 2T23","**** The company did not disclose ex-IFRS results for 2Q24, and restatement of 2Q23 and beyond")</f>
         <v>**** A companhia não divulgou resultados ex-IFRS a partir do 2T24, e reapresentação do 2T23</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Classificação Interna</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="J5 L9 H29 G29 Q9 G27 H27" formula="1"/>
     <ignoredError sqref="D3" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
-  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFCCFF"/>
   </sheetPr>
-  <dimension ref="A1:BD43"/>
+  <dimension ref="A1:BE43"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="C1" zoomScale="104" zoomScaleNormal="104" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="AR4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="AV22" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
-      <selection pane="bottomRight" activeCell="AY1" sqref="AY1"/>
+      <selection pane="bottomRight" activeCell="AZ16" sqref="AZ16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="13.2" outlineLevelCol="1"/>
   <cols>
     <col min="1" max="2" width="2.21875" style="25" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="47.44140625" style="25" customWidth="1"/>
     <col min="4" max="4" width="12.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="5" max="7" width="11.5546875" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="8" max="8" width="11.5546875" style="27" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="9" max="9" width="12.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="10" max="12" width="11.5546875" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="13" max="13" width="11.5546875" style="27" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="14" max="14" width="12.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="15" max="17" width="11.5546875" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="18" max="18" width="12.44140625" style="27" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="19" max="22" width="11.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="23" max="23" width="11.44140625" style="27" customWidth="1" collapsed="1"/>
     <col min="24" max="27" width="11.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="28" max="28" width="11.44140625" style="27" customWidth="1" collapsed="1"/>
     <col min="29" max="31" width="11.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="32" max="32" width="11.44140625" style="27" customWidth="1" collapsed="1"/>
     <col min="33" max="35" width="11.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="36" max="36" width="11.44140625" style="27" customWidth="1" collapsed="1"/>
     <col min="37" max="37" width="11.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="38" max="38" width="9.77734375" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="39" max="39" width="9.5546875" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="40" max="40" width="15.21875" style="27" customWidth="1" collapsed="1"/>
     <col min="41" max="42" width="15.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="43" max="43" width="18.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="44" max="44" width="15.21875" style="27" customWidth="1" collapsed="1"/>
     <col min="45" max="47" width="11.44140625" style="27" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="48" max="48" width="11.44140625" style="27" customWidth="1" collapsed="1"/>
     <col min="49" max="51" width="11.44140625" style="27" customWidth="1" outlineLevel="1" collapsed="1"/>
     <col min="52" max="52" width="11.44140625" style="27" customWidth="1"/>
-    <col min="53" max="54" width="11.44140625" style="27" customWidth="1" collapsed="1"/>
-[...2 lines deleted...]
-    <col min="57" max="16384" width="9.21875" style="27"/>
+    <col min="53" max="55" width="11.44140625" style="27" customWidth="1" collapsed="1"/>
+    <col min="56" max="56" width="9.21875" style="27"/>
+    <col min="57" max="57" width="13.21875" style="27" bestFit="1" customWidth="1"/>
+    <col min="58" max="16384" width="9.21875" style="27"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:56">
+    <row r="1" spans="3:57">
       <c r="C1" s="53"/>
     </row>
-    <row r="3" spans="3:56" ht="28.05" customHeight="1">
+    <row r="3" spans="3:57" ht="28.05" customHeight="1">
       <c r="C3" s="76" t="str">
         <f>IF('Índice - Index'!$D$14="Português","FLUXO DE CAIXA (R$ Milhares)","CASH FLOW (R$ million)")</f>
         <v>FLUXO DE CAIXA (R$ Milhares)</v>
       </c>
       <c r="D3" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T14","1Q14")</f>
         <v>1T14</v>
       </c>
       <c r="E3" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T14","2Q14")</f>
         <v>2T14</v>
       </c>
       <c r="F3" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","3T14","3Q14")</f>
         <v>3T14</v>
       </c>
       <c r="G3" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","4T14","4Q14")</f>
         <v>4T14</v>
       </c>
       <c r="H3" s="28" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2014","2014")</f>
         <v>2014</v>
       </c>
       <c r="I3" s="28" t="str">
@@ -29010,83 +29302,86 @@
       <c r="AR3" s="205" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2022 (reapresentado)","2022 (restated)")</f>
         <v>2022 (reapresentado)</v>
       </c>
       <c r="AS3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T23","1Q23")</f>
         <v>1T23</v>
       </c>
       <c r="AT3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","6M23","6M23")</f>
         <v>6M23</v>
       </c>
       <c r="AU3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","9M23","9M23")</f>
         <v>9M23</v>
       </c>
       <c r="AV3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2023**","2023**")</f>
         <v>2023**</v>
       </c>
       <c r="AW3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T24","1Q24")</f>
         <v>1T24</v>
       </c>
       <c r="AX3" s="26" t="s">
+        <v>47</v>
+      </c>
+      <c r="AY3" s="26" t="s">
         <v>48</v>
       </c>
-      <c r="AY3" s="26" t="s">
+      <c r="AZ3" s="217" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="BA3" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T25","1Q25")</f>
         <v>1T25</v>
       </c>
       <c r="BB3" s="26" t="s">
-        <v>47</v>
+        <v>46</v>
+      </c>
+      <c r="BC3" s="26" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="4" spans="3:56">
+    <row r="4" spans="3:57">
       <c r="C4" s="105"/>
       <c r="D4" s="106"/>
       <c r="E4" s="106"/>
       <c r="F4" s="106"/>
       <c r="G4" s="106"/>
       <c r="H4" s="106"/>
       <c r="I4" s="106"/>
       <c r="J4" s="106"/>
       <c r="K4" s="106"/>
       <c r="L4" s="106"/>
       <c r="M4" s="106"/>
       <c r="N4" s="106"/>
       <c r="O4" s="106"/>
       <c r="P4" s="106"/>
     </row>
-    <row r="5" spans="3:56">
+    <row r="5" spans="3:57">
       <c r="C5" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","EBITDA","EBITDA")</f>
         <v>EBITDA</v>
       </c>
       <c r="D5" s="107">
         <v>102986</v>
       </c>
       <c r="E5" s="107">
         <v>100606</v>
       </c>
       <c r="F5" s="107">
         <v>37235</v>
       </c>
       <c r="G5" s="107">
         <v>146411</v>
       </c>
       <c r="H5" s="107">
         <v>387236.17488999985</v>
       </c>
       <c r="I5" s="107">
         <v>64972</v>
       </c>
       <c r="J5" s="107">
         <v>56936</v>
       </c>
@@ -29174,52 +29469,53 @@
       <c r="AL5" s="107" t="s">
         <v>14</v>
       </c>
       <c r="AM5" s="107" t="s">
         <v>14</v>
       </c>
       <c r="AN5" s="107" t="s">
         <v>14</v>
       </c>
       <c r="AO5" s="107" t="s">
         <v>14</v>
       </c>
       <c r="AP5" s="189"/>
       <c r="AQ5" s="107"/>
       <c r="AR5" s="107"/>
       <c r="AS5" s="107"/>
       <c r="AT5" s="189"/>
       <c r="AU5" s="189"/>
       <c r="AV5" s="189"/>
       <c r="AW5" s="189"/>
       <c r="AX5" s="189"/>
       <c r="AY5" s="189"/>
       <c r="AZ5" s="189"/>
       <c r="BA5" s="189"/>
       <c r="BB5" s="189"/>
+      <c r="BC5" s="189"/>
     </row>
-    <row r="6" spans="3:56">
+    <row r="6" spans="3:57">
       <c r="C6" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","EBITDA AJUSTADO","ADJUSTED EBITDA")</f>
         <v>EBITDA AJUSTADO</v>
       </c>
       <c r="D6" s="107"/>
       <c r="E6" s="107"/>
       <c r="F6" s="107"/>
       <c r="G6" s="107"/>
       <c r="H6" s="107"/>
       <c r="I6" s="107"/>
       <c r="J6" s="107"/>
       <c r="K6" s="107"/>
       <c r="L6" s="107"/>
       <c r="M6" s="107"/>
       <c r="N6" s="107"/>
       <c r="O6" s="107"/>
       <c r="P6" s="107"/>
       <c r="Q6" s="107"/>
       <c r="R6" s="107"/>
       <c r="S6" s="107"/>
       <c r="T6" s="107"/>
       <c r="U6" s="107"/>
       <c r="V6" s="107">
         <v>93673</v>
       </c>
@@ -29298,54 +29594,58 @@
       </c>
       <c r="AU6" s="143">
         <v>-245982.70011999947</v>
       </c>
       <c r="AV6" s="143">
         <v>-285473.32396999921</v>
       </c>
       <c r="AW6" s="143">
         <v>-74751.094030000022</v>
       </c>
       <c r="AX6" s="143">
         <v>-115235.98475999992</v>
       </c>
       <c r="AY6" s="143">
         <v>-37010.468289999975</v>
       </c>
       <c r="AZ6" s="143">
         <v>68536.54302000007</v>
       </c>
       <c r="BA6" s="143">
         <v>86397.843950000009</v>
       </c>
       <c r="BB6" s="143">
         <v>197586.55380000008</v>
       </c>
-      <c r="BC6" s="53"/>
+      <c r="BC6" s="143">
+        <f>SUM('DRE Consolidado | P&amp;L '!CB42:CD42)</f>
+        <v>299515.53336999979</v>
+      </c>
       <c r="BD6" s="53"/>
+      <c r="BE6" s="53"/>
     </row>
-    <row r="7" spans="3:56">
+    <row r="7" spans="3:57">
       <c r="C7" s="108" t="str">
         <f>IF('Índice - Index'!$D$14="Português","- IR e CSLL","- Income Tax")</f>
         <v>- IR e CSLL</v>
       </c>
       <c r="D7" s="53">
         <v>-2091</v>
       </c>
       <c r="E7" s="53">
         <v>1451</v>
       </c>
       <c r="F7" s="53">
         <v>19713</v>
       </c>
       <c r="G7" s="53">
         <v>-24422</v>
       </c>
       <c r="H7" s="53">
         <v>-5349</v>
       </c>
       <c r="I7" s="53">
         <v>10699</v>
       </c>
       <c r="J7" s="109">
         <v>13158</v>
       </c>
@@ -29460,54 +29760,57 @@
       </c>
       <c r="AU7" s="53">
         <v>36629.953699999998</v>
       </c>
       <c r="AV7" s="53">
         <v>82499.014039999995</v>
       </c>
       <c r="AW7" s="53">
         <v>-1535.85537</v>
       </c>
       <c r="AX7" s="53">
         <v>-14430.52406</v>
       </c>
       <c r="AY7" s="53">
         <v>-14955.893619999999</v>
       </c>
       <c r="AZ7" s="53">
         <v>-14209.32949</v>
       </c>
       <c r="BA7" s="53">
         <v>-45.379369999999994</v>
       </c>
       <c r="BB7" s="53">
         <v>1147.6964700000001</v>
       </c>
-      <c r="BC7" s="53"/>
+      <c r="BC7" s="53">
+        <v>-32.014200000000073</v>
+      </c>
       <c r="BD7" s="53"/>
+      <c r="BE7" s="53"/>
     </row>
-    <row r="8" spans="3:56">
+    <row r="8" spans="3:57">
       <c r="C8" s="108" t="str">
         <f>IF('Índice - Index'!$D$14="Português","- Resultado Equivalência","- Equivalence")</f>
         <v>- Resultado Equivalência</v>
       </c>
       <c r="D8" s="53"/>
       <c r="E8" s="53"/>
       <c r="F8" s="53"/>
       <c r="G8" s="53"/>
       <c r="H8" s="53"/>
       <c r="I8" s="53"/>
       <c r="J8" s="109"/>
       <c r="K8" s="53"/>
       <c r="L8" s="53"/>
       <c r="M8" s="53"/>
       <c r="N8" s="53"/>
       <c r="O8" s="53"/>
       <c r="P8" s="53"/>
       <c r="Q8" s="53"/>
       <c r="R8" s="53"/>
       <c r="S8" s="53"/>
       <c r="T8" s="53"/>
       <c r="U8" s="53"/>
       <c r="V8" s="53"/>
       <c r="W8" s="53"/>
       <c r="X8" s="53"/>
@@ -29533,54 +29836,57 @@
       <c r="AR8" s="53"/>
       <c r="AS8" s="53"/>
       <c r="AT8" s="53"/>
       <c r="AU8" s="53"/>
       <c r="AV8" s="53">
         <v>-169764.65765000001</v>
       </c>
       <c r="AW8" s="53">
         <v>0</v>
       </c>
       <c r="AX8" s="53">
         <v>0</v>
       </c>
       <c r="AY8" s="53">
         <v>0</v>
       </c>
       <c r="AZ8" s="53">
         <v>0</v>
       </c>
       <c r="BA8" s="53">
         <v>0</v>
       </c>
       <c r="BB8" s="53" t="s">
         <v>14</v>
       </c>
-      <c r="BC8" s="53"/>
+      <c r="BC8" s="53">
+        <v>0</v>
+      </c>
       <c r="BD8" s="53"/>
+      <c r="BE8" s="53"/>
     </row>
-    <row r="9" spans="3:56">
+    <row r="9" spans="3:57">
       <c r="C9" s="108" t="str">
         <f>IF('Índice - Index'!$D$14="Português","- Financeiras, Liq (exceto dívida), e outros","- Financial Expenses, net (excluding debts), and others")</f>
         <v>- Financeiras, Liq (exceto dívida), e outros</v>
       </c>
       <c r="D9" s="110">
         <v>731</v>
       </c>
       <c r="E9" s="110">
         <v>1664</v>
       </c>
       <c r="F9" s="110">
         <v>3863</v>
       </c>
       <c r="G9" s="110">
         <v>7123</v>
       </c>
       <c r="H9" s="110">
         <v>13381</v>
       </c>
       <c r="I9" s="110">
         <v>-7302</v>
       </c>
       <c r="J9" s="111">
         <v>10516</v>
       </c>
@@ -29695,54 +30001,57 @@
       </c>
       <c r="AU9" s="149">
         <v>-127435.78802999995</v>
       </c>
       <c r="AV9" s="149">
         <v>-69138.831839999999</v>
       </c>
       <c r="AW9" s="149">
         <v>-17846.318049999987</v>
       </c>
       <c r="AX9" s="149">
         <v>-46533.372880000003</v>
       </c>
       <c r="AY9" s="149">
         <v>-93928.652800000011</v>
       </c>
       <c r="AZ9" s="149">
         <v>-147333.83248000004</v>
       </c>
       <c r="BA9" s="149">
         <v>-29451.203899999986</v>
       </c>
       <c r="BB9" s="149">
         <v>-83706.47504999995</v>
       </c>
-      <c r="BC9" s="53"/>
+      <c r="BC9" s="149">
+        <v>-154012.41148000001</v>
+      </c>
       <c r="BD9" s="53"/>
+      <c r="BE9" s="53"/>
     </row>
-    <row r="10" spans="3:56">
+    <row r="10" spans="3:57">
       <c r="C10" s="112"/>
       <c r="D10" s="113"/>
       <c r="E10" s="113"/>
       <c r="F10" s="113"/>
       <c r="G10" s="113"/>
       <c r="H10" s="113"/>
       <c r="I10" s="113"/>
       <c r="J10" s="113"/>
       <c r="K10" s="113"/>
       <c r="L10" s="113"/>
       <c r="M10" s="113"/>
       <c r="N10" s="113"/>
       <c r="O10" s="113"/>
       <c r="P10" s="113"/>
       <c r="Q10" s="113"/>
       <c r="R10" s="113"/>
       <c r="S10" s="113"/>
       <c r="T10" s="113"/>
       <c r="U10" s="113"/>
       <c r="V10" s="113"/>
       <c r="W10" s="113"/>
       <c r="X10" s="113"/>
       <c r="Y10" s="113"/>
       <c r="Z10" s="113"/>
       <c r="AA10" s="113"/>
@@ -29751,54 +30060,55 @@
       <c r="AD10" s="113"/>
       <c r="AE10" s="113"/>
       <c r="AF10" s="113"/>
       <c r="AG10" s="113"/>
       <c r="AH10" s="113"/>
       <c r="AI10" s="113"/>
       <c r="AJ10" s="113"/>
       <c r="AK10" s="113"/>
       <c r="AL10" s="113"/>
       <c r="AM10" s="113"/>
       <c r="AN10" s="113"/>
       <c r="AO10" s="113"/>
       <c r="AP10" s="186"/>
       <c r="AQ10" s="208"/>
       <c r="AR10" s="113"/>
       <c r="AS10" s="113"/>
       <c r="AT10" s="186"/>
       <c r="AU10" s="186"/>
       <c r="AV10" s="186"/>
       <c r="AW10" s="186"/>
       <c r="AX10" s="186"/>
       <c r="AY10" s="186"/>
       <c r="AZ10" s="186"/>
       <c r="BA10" s="186"/>
       <c r="BB10" s="186"/>
-      <c r="BC10" s="53"/>
+      <c r="BC10" s="186"/>
       <c r="BD10" s="53"/>
+      <c r="BE10" s="53"/>
     </row>
-    <row r="11" spans="3:56">
+    <row r="11" spans="3:57">
       <c r="C11" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","GERAÇÃO BRUTA DE CAIXA","GROSS CASH FLOW")</f>
         <v>GERAÇÃO BRUTA DE CAIXA</v>
       </c>
       <c r="D11" s="107">
         <v>101626</v>
       </c>
       <c r="E11" s="107">
         <v>103721</v>
       </c>
       <c r="F11" s="107">
         <v>60811</v>
       </c>
       <c r="G11" s="107">
         <v>129112</v>
       </c>
       <c r="H11" s="107">
         <v>395268.17488999985</v>
       </c>
       <c r="I11" s="107">
         <v>68368.995210000081</v>
       </c>
       <c r="J11" s="107">
         <v>80610</v>
       </c>
@@ -29903,77 +30213,81 @@
       <c r="AQ11" s="211" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
       <c r="AR11" s="143">
         <f t="shared" si="0"/>
         <v>-405356.14959366125</v>
       </c>
       <c r="AS11" s="143">
         <f t="shared" si="0"/>
         <v>-124147.68945559996</v>
       </c>
       <c r="AT11" s="143">
         <f t="shared" si="0"/>
         <v>-164420.41082231913</v>
       </c>
       <c r="AU11" s="143">
         <f t="shared" si="0"/>
         <v>-336788.5344499994</v>
       </c>
       <c r="AV11" s="143">
         <f t="shared" si="0"/>
         <v>-441877.79941999924</v>
       </c>
       <c r="AW11" s="143">
-        <f t="shared" ref="AW11:BB11" si="1">SUM(AW6:AW9)</f>
+        <f t="shared" ref="AW11:BC11" si="1">SUM(AW6:AW9)</f>
         <v>-94133.267450000014</v>
       </c>
       <c r="AX11" s="143">
         <f t="shared" si="1"/>
         <v>-176199.88169999991</v>
       </c>
       <c r="AY11" s="143">
         <f t="shared" si="1"/>
         <v>-145895.01470999999</v>
       </c>
       <c r="AZ11" s="143">
         <f t="shared" si="1"/>
         <v>-93006.618949999975</v>
       </c>
       <c r="BA11" s="143">
         <f t="shared" si="1"/>
         <v>56901.260680000029</v>
       </c>
       <c r="BB11" s="143">
         <f t="shared" si="1"/>
         <v>115027.77522000013</v>
       </c>
-      <c r="BC11" s="53"/>
+      <c r="BC11" s="143">
+        <f t="shared" si="1"/>
+        <v>145471.1076899998</v>
+      </c>
       <c r="BD11" s="53"/>
+      <c r="BE11" s="53"/>
     </row>
-    <row r="12" spans="3:56">
+    <row r="12" spans="3:57">
       <c r="C12" s="112"/>
       <c r="D12" s="114"/>
       <c r="E12" s="114"/>
       <c r="F12" s="114"/>
       <c r="G12" s="114"/>
       <c r="H12" s="114"/>
       <c r="I12" s="114"/>
       <c r="J12" s="114"/>
       <c r="K12" s="114"/>
       <c r="L12" s="114"/>
       <c r="M12" s="114"/>
       <c r="N12" s="114"/>
       <c r="O12" s="114"/>
       <c r="P12" s="114"/>
       <c r="Q12" s="114"/>
       <c r="R12" s="114"/>
       <c r="S12" s="114"/>
       <c r="T12" s="114"/>
       <c r="U12" s="114"/>
       <c r="V12" s="114"/>
       <c r="W12" s="114"/>
       <c r="X12" s="114"/>
       <c r="Y12" s="114"/>
       <c r="Z12" s="114"/>
       <c r="AA12" s="114"/>
@@ -29982,54 +30296,55 @@
       <c r="AD12" s="114"/>
       <c r="AE12" s="114"/>
       <c r="AF12" s="114"/>
       <c r="AG12" s="114"/>
       <c r="AH12" s="114"/>
       <c r="AI12" s="114"/>
       <c r="AJ12" s="114"/>
       <c r="AK12" s="114"/>
       <c r="AL12" s="114"/>
       <c r="AM12" s="114"/>
       <c r="AN12" s="114"/>
       <c r="AO12" s="114"/>
       <c r="AP12" s="186"/>
       <c r="AQ12" s="208"/>
       <c r="AR12" s="114"/>
       <c r="AS12" s="114"/>
       <c r="AT12" s="186"/>
       <c r="AU12" s="186"/>
       <c r="AV12" s="186"/>
       <c r="AW12" s="186"/>
       <c r="AX12" s="186"/>
       <c r="AY12" s="186"/>
       <c r="AZ12" s="186"/>
       <c r="BA12" s="186"/>
       <c r="BB12" s="186"/>
-      <c r="BC12" s="53"/>
+      <c r="BC12" s="186"/>
       <c r="BD12" s="53"/>
+      <c r="BE12" s="53"/>
     </row>
-    <row r="13" spans="3:56">
+    <row r="13" spans="3:57">
       <c r="C13" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Capital de Giro*","Working Capital*")</f>
         <v>Capital de Giro*</v>
       </c>
       <c r="D13" s="115">
         <v>-265005.43846000027</v>
       </c>
       <c r="E13" s="115">
         <v>-33490.018270000037</v>
       </c>
       <c r="F13" s="115">
         <v>91848.222110000002</v>
       </c>
       <c r="G13" s="115">
         <v>118901.66158000001</v>
       </c>
       <c r="H13" s="115">
         <v>-87745.573040000279</v>
       </c>
       <c r="I13" s="115">
         <v>-187051.792254</v>
       </c>
       <c r="J13" s="115">
         <v>54877.145065800294</v>
       </c>
@@ -30135,77 +30450,81 @@
       <c r="AQ13" s="206" t="e">
         <f t="shared" si="3"/>
         <v>#REF!</v>
       </c>
       <c r="AR13" s="115">
         <f t="shared" si="2"/>
         <v>448185.70253000001</v>
       </c>
       <c r="AS13" s="115">
         <f t="shared" si="2"/>
         <v>162524.7116355999</v>
       </c>
       <c r="AT13" s="148">
         <f t="shared" si="2"/>
         <v>321391.91728241619</v>
       </c>
       <c r="AU13" s="148">
         <f t="shared" si="2"/>
         <v>472611.99009165936</v>
       </c>
       <c r="AV13" s="148">
         <f t="shared" si="2"/>
         <v>503804.84492000035</v>
       </c>
       <c r="AW13" s="148">
-        <f t="shared" ref="AW13:BB13" si="4">SUM(AW14:AW18)</f>
+        <f t="shared" ref="AW13:BC13" si="4">SUM(AW14:AW18)</f>
         <v>-167203.83741000012</v>
       </c>
       <c r="AX13" s="148">
         <f t="shared" si="4"/>
         <v>-17816.915449189866</v>
       </c>
       <c r="AY13" s="148">
         <f t="shared" si="4"/>
         <v>9774.2894708094827</v>
       </c>
       <c r="AZ13" s="148">
         <f t="shared" si="4"/>
         <v>116593.87181080942</v>
       </c>
       <c r="BA13" s="148">
         <f t="shared" si="4"/>
         <v>-99184.16788999975</v>
       </c>
       <c r="BB13" s="148">
         <f t="shared" si="4"/>
         <v>-114342.09973999957</v>
       </c>
-      <c r="BC13" s="161"/>
-      <c r="BD13" s="53"/>
+      <c r="BC13" s="148">
+        <f t="shared" si="4"/>
+        <v>-278446.4322099993</v>
+      </c>
+      <c r="BD13" s="161"/>
+      <c r="BE13" s="53"/>
     </row>
-    <row r="14" spans="3:56">
+    <row r="14" spans="3:57">
       <c r="C14" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Contas a Receber","Accounts Receivables")</f>
         <v>Contas a Receber</v>
       </c>
       <c r="D14" s="152">
         <v>141180</v>
       </c>
       <c r="E14" s="152">
         <v>-19281</v>
       </c>
       <c r="F14" s="152">
         <v>74488</v>
       </c>
       <c r="G14" s="152">
         <v>-195124</v>
       </c>
       <c r="H14" s="152">
         <v>1263</v>
       </c>
       <c r="I14" s="152">
         <v>172002</v>
       </c>
       <c r="J14" s="152">
         <v>17908</v>
       </c>
@@ -30320,54 +30639,57 @@
       </c>
       <c r="AU14" s="53">
         <v>411070.6377416593</v>
       </c>
       <c r="AV14" s="53">
         <v>285473.34486000007</v>
       </c>
       <c r="AW14" s="53">
         <v>9848.0146800000002</v>
       </c>
       <c r="AX14" s="53">
         <v>272838</v>
       </c>
       <c r="AY14" s="53">
         <v>388164.52813980426</v>
       </c>
       <c r="AZ14" s="53">
         <v>391394.17967980425</v>
       </c>
       <c r="BA14" s="53">
         <v>4043.4690200000041</v>
       </c>
       <c r="BB14" s="53">
         <v>-9346.0868300000002</v>
       </c>
-      <c r="BC14" s="53"/>
+      <c r="BC14" s="53">
+        <v>6117</v>
+      </c>
       <c r="BD14" s="53"/>
+      <c r="BE14" s="53"/>
     </row>
-    <row r="15" spans="3:56">
+    <row r="15" spans="3:57">
       <c r="C15" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Estoques","Inventories")</f>
         <v>Estoques</v>
       </c>
       <c r="D15" s="116">
         <v>-253978.12226</v>
       </c>
       <c r="E15" s="116">
         <v>88518.122260000004</v>
       </c>
       <c r="F15" s="116">
         <v>23733</v>
       </c>
       <c r="G15" s="116">
         <v>111412</v>
       </c>
       <c r="H15" s="152">
         <v>-30315</v>
       </c>
       <c r="I15" s="152">
         <v>-197885.12979000001</v>
       </c>
       <c r="J15" s="152">
         <v>89507.129790000006</v>
       </c>
@@ -30482,54 +30804,57 @@
       </c>
       <c r="AU15" s="53">
         <v>225737.10871</v>
       </c>
       <c r="AV15" s="53">
         <v>238957.01627000002</v>
       </c>
       <c r="AW15" s="53">
         <v>-53182.032670000015</v>
       </c>
       <c r="AX15" s="53">
         <v>-67817.987369999988</v>
       </c>
       <c r="AY15" s="53">
         <v>-142784.46661</v>
       </c>
       <c r="AZ15" s="53">
         <v>-114501.16676000002</v>
       </c>
       <c r="BA15" s="53">
         <v>-113146.74792999998</v>
       </c>
       <c r="BB15" s="53">
         <v>-42949.108940000035</v>
       </c>
-      <c r="BC15" s="53"/>
+      <c r="BC15" s="53">
+        <v>-86923</v>
+      </c>
       <c r="BD15" s="53"/>
+      <c r="BE15" s="53"/>
     </row>
-    <row r="16" spans="3:56">
+    <row r="16" spans="3:57">
       <c r="C16" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Fornecedor","Suppliers")</f>
         <v>Fornecedor</v>
       </c>
       <c r="D16" s="116">
         <v>26782.122259999975</v>
       </c>
       <c r="E16" s="116">
         <v>-107081.12225999997</v>
       </c>
       <c r="F16" s="116">
         <v>25915</v>
       </c>
       <c r="G16" s="116">
         <v>44655</v>
       </c>
       <c r="H16" s="152">
         <v>-9729</v>
       </c>
       <c r="I16" s="152">
         <v>-2692.8702099999937</v>
       </c>
       <c r="J16" s="152">
         <v>-43040.129790000006</v>
       </c>
@@ -30644,54 +30969,57 @@
       </c>
       <c r="AU16" s="53">
         <v>-72705.145979999972</v>
       </c>
       <c r="AV16" s="53">
         <v>-30889.892139999953</v>
       </c>
       <c r="AW16" s="53">
         <v>4029.784570000018</v>
       </c>
       <c r="AX16" s="53">
         <v>-196960.93472999998</v>
       </c>
       <c r="AY16" s="53">
         <v>-125623.58294999995</v>
       </c>
       <c r="AZ16" s="53">
         <v>-204176.39533999999</v>
       </c>
       <c r="BA16" s="53">
         <v>103465.03244000004</v>
       </c>
       <c r="BB16" s="53">
         <v>24484.48371</v>
       </c>
-      <c r="BC16" s="53"/>
+      <c r="BC16" s="53">
+        <v>-25641</v>
+      </c>
       <c r="BD16" s="53"/>
+      <c r="BE16" s="53"/>
     </row>
-    <row r="17" spans="3:56">
+    <row r="17" spans="3:57">
       <c r="C17" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Impostos","Taxes")</f>
         <v>Impostos</v>
       </c>
       <c r="D17" s="116">
         <v>-139017</v>
       </c>
       <c r="E17" s="116">
         <v>1619</v>
       </c>
       <c r="F17" s="116">
         <v>-36349</v>
       </c>
       <c r="G17" s="116">
         <v>102142</v>
       </c>
       <c r="H17" s="152">
         <v>-71605</v>
       </c>
       <c r="I17" s="152">
         <v>-126002.792254</v>
       </c>
       <c r="J17" s="152">
         <v>-12925.177464200009</v>
       </c>
@@ -30806,54 +31134,57 @@
       </c>
       <c r="AU17" s="53">
         <v>-87260.900419999845</v>
       </c>
       <c r="AV17" s="53">
         <v>-105985.12959000008</v>
       </c>
       <c r="AW17" s="53">
         <v>33776.121730000101</v>
       </c>
       <c r="AX17" s="53">
         <v>29527.36637000012</v>
       </c>
       <c r="AY17" s="53">
         <v>43274.355330000035</v>
       </c>
       <c r="AZ17" s="53">
         <v>99814.836460000035</v>
       </c>
       <c r="BA17" s="53">
         <v>-135216.05950000012</v>
       </c>
       <c r="BB17" s="53">
         <v>-120021.95914000008</v>
       </c>
-      <c r="BC17" s="53"/>
+      <c r="BC17" s="53">
+        <v>-190107.480379999</v>
+      </c>
       <c r="BD17" s="53"/>
+      <c r="BE17" s="53"/>
     </row>
-    <row r="18" spans="3:56">
+    <row r="18" spans="3:57">
       <c r="C18" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outros","Others")</f>
         <v>Outros</v>
       </c>
       <c r="D18" s="116">
         <v>-39972.43846000023</v>
       </c>
       <c r="E18" s="116">
         <v>2734.981729999934</v>
       </c>
       <c r="F18" s="116">
         <v>4061.2221100000024</v>
       </c>
       <c r="G18" s="116">
         <v>55816.661580000015</v>
       </c>
       <c r="H18" s="152">
         <v>22640.426959999721</v>
       </c>
       <c r="I18" s="152">
         <v>-32473</v>
       </c>
       <c r="J18" s="152">
         <v>3427.3225300003032</v>
       </c>
@@ -30968,54 +31299,57 @@
       </c>
       <c r="AU18" s="53">
         <v>-4229.709960000102</v>
       </c>
       <c r="AV18" s="53">
         <v>116249.50552000028</v>
       </c>
       <c r="AW18" s="53">
         <v>-161675.72572000022</v>
       </c>
       <c r="AX18" s="53">
         <v>-55403.359719190019</v>
       </c>
       <c r="AY18" s="53">
         <v>-153256.54443899487</v>
       </c>
       <c r="AZ18" s="53">
         <v>-55937.582228994812</v>
       </c>
       <c r="BA18" s="53">
         <v>41670.138080000288</v>
       </c>
       <c r="BB18" s="53">
         <v>33490.57146000053</v>
       </c>
-      <c r="BC18" s="53"/>
+      <c r="BC18" s="53">
+        <v>18108.048169999704</v>
+      </c>
       <c r="BD18" s="53"/>
+      <c r="BE18" s="53"/>
     </row>
-    <row r="19" spans="3:56">
+    <row r="19" spans="3:57">
       <c r="C19" s="112"/>
       <c r="D19" s="113"/>
       <c r="E19" s="113"/>
       <c r="F19" s="113"/>
       <c r="G19" s="113"/>
       <c r="H19" s="113"/>
       <c r="I19" s="113"/>
       <c r="J19" s="113"/>
       <c r="K19" s="113"/>
       <c r="L19" s="113"/>
       <c r="M19" s="113"/>
       <c r="N19" s="113"/>
       <c r="O19" s="113"/>
       <c r="P19" s="113"/>
       <c r="Q19" s="113"/>
       <c r="R19" s="113"/>
       <c r="S19" s="113"/>
       <c r="T19" s="113"/>
       <c r="U19" s="113"/>
       <c r="V19" s="113"/>
       <c r="W19" s="113"/>
       <c r="X19" s="113"/>
       <c r="Y19" s="113"/>
       <c r="Z19" s="113"/>
       <c r="AA19" s="113"/>
@@ -31024,54 +31358,55 @@
       <c r="AD19" s="113"/>
       <c r="AE19" s="113"/>
       <c r="AF19" s="113"/>
       <c r="AG19" s="113"/>
       <c r="AH19" s="113"/>
       <c r="AI19" s="113"/>
       <c r="AJ19" s="113"/>
       <c r="AK19" s="113"/>
       <c r="AL19" s="113"/>
       <c r="AM19" s="113"/>
       <c r="AN19" s="113"/>
       <c r="AO19" s="113"/>
       <c r="AP19" s="186"/>
       <c r="AQ19" s="208"/>
       <c r="AR19" s="113"/>
       <c r="AS19" s="113"/>
       <c r="AT19" s="186"/>
       <c r="AU19" s="186"/>
       <c r="AV19" s="186"/>
       <c r="AW19" s="186"/>
       <c r="AX19" s="186"/>
       <c r="AY19" s="186"/>
       <c r="AZ19" s="186"/>
       <c r="BA19" s="186"/>
       <c r="BB19" s="186"/>
-      <c r="BC19" s="53"/>
+      <c r="BC19" s="186"/>
       <c r="BD19" s="53"/>
+      <c r="BE19" s="53"/>
     </row>
-    <row r="20" spans="3:56">
+    <row r="20" spans="3:57">
       <c r="C20" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Investimentos","Investments")</f>
         <v>Investimentos</v>
       </c>
       <c r="D20" s="117">
         <v>-51088.56153999977</v>
       </c>
       <c r="E20" s="117">
         <v>-69501.981729999941</v>
       </c>
       <c r="F20" s="117">
         <v>-55219.222110000017</v>
       </c>
       <c r="G20" s="117">
         <v>-44567.661580000015</v>
       </c>
       <c r="H20" s="115">
         <v>-220377.42695999972</v>
       </c>
       <c r="I20" s="115">
         <v>-30854</v>
       </c>
       <c r="J20" s="115">
         <v>-31342.322530000303</v>
       </c>
@@ -31177,77 +31512,81 @@
       <c r="AQ20" s="206" t="e">
         <f t="shared" ref="AQ20" si="6">SUM(AQ21:AQ24)</f>
         <v>#REF!</v>
       </c>
       <c r="AR20" s="115">
         <f t="shared" si="5"/>
         <v>-6266.35347000006</v>
       </c>
       <c r="AS20" s="115">
         <f t="shared" si="5"/>
         <v>-3496.3528299997161</v>
       </c>
       <c r="AT20" s="148">
         <f t="shared" si="5"/>
         <v>-9525.5095499998388</v>
       </c>
       <c r="AU20" s="148">
         <f t="shared" si="5"/>
         <v>-9485.3014699997875</v>
       </c>
       <c r="AV20" s="148">
         <f t="shared" si="5"/>
         <v>-12407.292900000146</v>
       </c>
       <c r="AW20" s="148">
-        <f t="shared" ref="AW20:BB20" si="7">SUM(AW21:AW24)</f>
+        <f t="shared" ref="AW20:BC20" si="7">SUM(AW21:AW24)</f>
         <v>46746.790279999994</v>
       </c>
       <c r="AX20" s="148">
         <f t="shared" si="7"/>
         <v>-3461</v>
       </c>
       <c r="AY20" s="148">
         <f>SUM(AY21:AY24)</f>
         <v>-5200</v>
       </c>
       <c r="AZ20" s="148">
         <f t="shared" si="7"/>
         <v>-8598</v>
       </c>
       <c r="BA20" s="148">
         <f t="shared" si="7"/>
         <v>-4757</v>
       </c>
       <c r="BB20" s="148">
         <f t="shared" si="7"/>
         <v>-18788</v>
       </c>
-      <c r="BC20" s="53"/>
+      <c r="BC20" s="148">
+        <f t="shared" si="7"/>
+        <v>-23871</v>
+      </c>
       <c r="BD20" s="53"/>
+      <c r="BE20" s="53"/>
     </row>
-    <row r="21" spans="3:56">
+    <row r="21" spans="3:57">
       <c r="C21" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Imobilizado","Assets")</f>
         <v>Imobilizado</v>
       </c>
       <c r="D21" s="116">
         <v>-44088.592719999746</v>
       </c>
       <c r="E21" s="116">
         <v>-29647.403779999942</v>
       </c>
       <c r="F21" s="116">
         <v>-39133.161830000012</v>
       </c>
       <c r="G21" s="116">
         <v>-27774.125409999993</v>
       </c>
       <c r="H21" s="153">
         <v>-140643.28373999969</v>
       </c>
       <c r="I21" s="153">
         <v>23658</v>
       </c>
       <c r="J21" s="153">
         <v>-16016.799490000265</v>
       </c>
@@ -31362,54 +31701,57 @@
       </c>
       <c r="AU21" s="53">
         <v>-9485.3014699997875</v>
       </c>
       <c r="AV21" s="53">
         <v>-12407.292900000146</v>
       </c>
       <c r="AW21" s="53">
         <v>655.79027999999198</v>
       </c>
       <c r="AX21" s="53">
         <v>-2624</v>
       </c>
       <c r="AY21" s="53">
         <v>-3954</v>
       </c>
       <c r="AZ21" s="53">
         <v>-7425</v>
       </c>
       <c r="BA21" s="53">
         <v>-2045</v>
       </c>
       <c r="BB21" s="53">
         <v>-4624</v>
       </c>
-      <c r="BC21" s="53"/>
+      <c r="BC21" s="53">
+        <v>-6216</v>
+      </c>
       <c r="BD21" s="53"/>
+      <c r="BE21" s="53"/>
     </row>
-    <row r="22" spans="3:56">
+    <row r="22" spans="3:57">
       <c r="C22" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Intangivel","Intangible")</f>
         <v>Intangivel</v>
       </c>
       <c r="D22" s="116">
         <v>-6999.9688200000246</v>
       </c>
       <c r="E22" s="116">
         <v>-37617.577949999992</v>
       </c>
       <c r="F22" s="116">
         <v>7702.9397199999948</v>
       </c>
       <c r="G22" s="116">
         <v>-16793.536170000021</v>
       </c>
       <c r="H22" s="152">
         <v>-53708.143220000042</v>
       </c>
       <c r="I22" s="152">
         <v>-7366</v>
       </c>
       <c r="J22" s="152">
         <v>-15325.523040000036</v>
       </c>
@@ -31523,54 +31865,57 @@
       </c>
       <c r="AU22" s="53">
         <v>0</v>
       </c>
       <c r="AV22" s="53">
         <v>0</v>
       </c>
       <c r="AW22" s="37">
         <v>46091</v>
       </c>
       <c r="AX22" s="37">
         <v>-837</v>
       </c>
       <c r="AY22" s="37">
         <v>-1246</v>
       </c>
       <c r="AZ22" s="37">
         <v>-1173</v>
       </c>
       <c r="BA22" s="37">
         <v>-2712</v>
       </c>
       <c r="BB22" s="37">
         <v>-14164</v>
       </c>
-      <c r="BC22" s="53"/>
+      <c r="BC22" s="37">
+        <v>-10762</v>
+      </c>
       <c r="BD22" s="53"/>
+      <c r="BE22" s="53"/>
     </row>
-    <row r="23" spans="3:56">
+    <row r="23" spans="3:57">
       <c r="C23" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outras Aquisições","Other Acquisitions")</f>
         <v>Outras Aquisições</v>
       </c>
       <c r="D23" s="116">
         <v>0</v>
       </c>
       <c r="E23" s="116">
         <v>-2237</v>
       </c>
       <c r="F23" s="116">
         <v>-23789</v>
       </c>
       <c r="G23" s="116">
         <v>0</v>
       </c>
       <c r="H23" s="152">
         <v>-26026</v>
       </c>
       <c r="I23" s="152">
         <v>-49096</v>
       </c>
       <c r="J23" s="152">
         <v>0</v>
       </c>
@@ -31684,54 +32029,57 @@
       </c>
       <c r="AU23" s="153">
         <v>0</v>
       </c>
       <c r="AV23" s="153">
         <v>0</v>
       </c>
       <c r="AW23" s="153">
         <v>0</v>
       </c>
       <c r="AX23" s="153">
         <v>0</v>
       </c>
       <c r="AY23" s="153">
         <v>0</v>
       </c>
       <c r="AZ23" s="153">
         <v>0</v>
       </c>
       <c r="BA23" s="153">
         <v>0</v>
       </c>
       <c r="BB23" s="153" t="s">
         <v>14</v>
       </c>
-      <c r="BC23" s="53"/>
+      <c r="BC23" s="153" t="s">
+        <v>14</v>
+      </c>
       <c r="BD23" s="53"/>
+      <c r="BE23" s="53"/>
     </row>
-    <row r="24" spans="3:56">
+    <row r="24" spans="3:57">
       <c r="C24" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Títulos","Securities")</f>
         <v>Títulos</v>
       </c>
       <c r="D24" s="116">
         <v>0</v>
       </c>
       <c r="E24" s="116">
         <v>0</v>
       </c>
       <c r="F24" s="116">
         <v>0</v>
       </c>
       <c r="G24" s="116">
         <v>0</v>
       </c>
       <c r="H24" s="152">
         <v>0</v>
       </c>
       <c r="I24" s="152">
         <v>1950</v>
       </c>
       <c r="J24" s="152">
         <v>0</v>
       </c>
@@ -31845,54 +32193,57 @@
       </c>
       <c r="AU24" s="153">
         <v>0</v>
       </c>
       <c r="AV24" s="153">
         <v>0</v>
       </c>
       <c r="AW24" s="153">
         <v>0</v>
       </c>
       <c r="AX24" s="153">
         <v>0</v>
       </c>
       <c r="AY24" s="153">
         <v>0</v>
       </c>
       <c r="AZ24" s="153">
         <v>0</v>
       </c>
       <c r="BA24" s="153">
         <v>0</v>
       </c>
       <c r="BB24" s="153" t="s">
         <v>14</v>
       </c>
-      <c r="BC24" s="53"/>
+      <c r="BC24" s="153">
+        <v>-6893</v>
+      </c>
       <c r="BD24" s="53"/>
+      <c r="BE24" s="53"/>
     </row>
-    <row r="25" spans="3:56">
+    <row r="25" spans="3:57">
       <c r="C25" s="118"/>
       <c r="D25" s="113"/>
       <c r="E25" s="113"/>
       <c r="F25" s="113"/>
       <c r="G25" s="113"/>
       <c r="H25" s="113"/>
       <c r="I25" s="113"/>
       <c r="J25" s="113"/>
       <c r="K25" s="113"/>
       <c r="L25" s="113"/>
       <c r="M25" s="113"/>
       <c r="N25" s="113"/>
       <c r="O25" s="113"/>
       <c r="P25" s="113"/>
       <c r="Q25" s="113"/>
       <c r="R25" s="113"/>
       <c r="S25" s="113"/>
       <c r="T25" s="113"/>
       <c r="U25" s="113"/>
       <c r="V25" s="113"/>
       <c r="W25" s="113"/>
       <c r="X25" s="113"/>
       <c r="Y25" s="113"/>
       <c r="Z25" s="113"/>
       <c r="AA25" s="113"/>
@@ -31901,54 +32252,55 @@
       <c r="AD25" s="113"/>
       <c r="AE25" s="113"/>
       <c r="AF25" s="113"/>
       <c r="AG25" s="113"/>
       <c r="AH25" s="113"/>
       <c r="AI25" s="113"/>
       <c r="AJ25" s="113"/>
       <c r="AK25" s="113"/>
       <c r="AL25" s="113"/>
       <c r="AM25" s="113"/>
       <c r="AN25" s="113"/>
       <c r="AO25" s="113"/>
       <c r="AP25" s="186"/>
       <c r="AQ25" s="208"/>
       <c r="AR25" s="113"/>
       <c r="AS25" s="113"/>
       <c r="AT25" s="186"/>
       <c r="AU25" s="186"/>
       <c r="AV25" s="186"/>
       <c r="AW25" s="186"/>
       <c r="AX25" s="186"/>
       <c r="AY25" s="186"/>
       <c r="AZ25" s="186"/>
       <c r="BA25" s="186"/>
       <c r="BB25" s="186"/>
-      <c r="BC25" s="53"/>
+      <c r="BC25" s="186"/>
       <c r="BD25" s="53"/>
+      <c r="BE25" s="53"/>
     </row>
-    <row r="26" spans="3:56">
+    <row r="26" spans="3:57">
       <c r="C26" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","GERAÇÃO OPERACIONAL DE CAIXA","CASH FROM OPERATIONS")</f>
         <v>GERAÇÃO OPERACIONAL DE CAIXA</v>
       </c>
       <c r="D26" s="115">
         <v>-214468.00000000006</v>
       </c>
       <c r="E26" s="115">
         <v>729.0000000000291</v>
       </c>
       <c r="F26" s="115">
         <v>97439.999999999985</v>
       </c>
       <c r="G26" s="115">
         <v>203446</v>
       </c>
       <c r="H26" s="115">
         <v>87145.174889999849</v>
       </c>
       <c r="I26" s="115">
         <v>-149536.79704399992</v>
       </c>
       <c r="J26" s="115">
         <v>104144.82253579999</v>
       </c>
@@ -32053,77 +32405,81 @@
       <c r="AQ26" s="206" t="e">
         <f t="shared" ref="AQ26" si="9">SUM(AQ11,AQ13,AQ20)</f>
         <v>#REF!</v>
       </c>
       <c r="AR26" s="115">
         <f t="shared" si="8"/>
         <v>36563.199466338701</v>
       </c>
       <c r="AS26" s="115">
         <f t="shared" si="8"/>
         <v>34880.669350000229</v>
       </c>
       <c r="AT26" s="148">
         <f t="shared" si="8"/>
         <v>147445.99691009722</v>
       </c>
       <c r="AU26" s="148">
         <f t="shared" si="8"/>
         <v>126338.15417166018</v>
       </c>
       <c r="AV26" s="148">
         <f t="shared" si="8"/>
         <v>49519.752600000968</v>
       </c>
       <c r="AW26" s="148">
-        <f t="shared" ref="AW26:BB26" si="10">SUM(AW11,AW13,AW20)</f>
+        <f t="shared" ref="AW26:BC26" si="10">SUM(AW11,AW13,AW20)</f>
         <v>-214590.31458000015</v>
       </c>
       <c r="AX26" s="148">
         <f t="shared" si="10"/>
         <v>-197477.79714918978</v>
       </c>
       <c r="AY26" s="148">
         <f t="shared" si="10"/>
         <v>-141320.72523919051</v>
       </c>
       <c r="AZ26" s="148">
         <f t="shared" si="10"/>
         <v>14989.252860809444</v>
       </c>
       <c r="BA26" s="148">
         <f t="shared" si="10"/>
         <v>-47039.907209999721</v>
       </c>
       <c r="BB26" s="148">
         <f t="shared" si="10"/>
         <v>-18102.324519999442</v>
       </c>
-      <c r="BC26" s="53"/>
+      <c r="BC26" s="148">
+        <f t="shared" si="10"/>
+        <v>-156846.3245199995</v>
+      </c>
       <c r="BD26" s="53"/>
+      <c r="BE26" s="53"/>
     </row>
-    <row r="27" spans="3:56">
+    <row r="27" spans="3:57">
       <c r="C27" s="112"/>
       <c r="D27" s="114"/>
       <c r="E27" s="114"/>
       <c r="F27" s="114"/>
       <c r="G27" s="114"/>
       <c r="H27" s="114"/>
       <c r="I27" s="114"/>
       <c r="J27" s="114"/>
       <c r="K27" s="114"/>
       <c r="L27" s="114"/>
       <c r="M27" s="114"/>
       <c r="N27" s="114"/>
       <c r="O27" s="114"/>
       <c r="P27" s="114"/>
       <c r="Q27" s="114"/>
       <c r="R27" s="114"/>
       <c r="S27" s="114"/>
       <c r="T27" s="114"/>
       <c r="U27" s="114"/>
       <c r="V27" s="114"/>
       <c r="W27" s="114"/>
       <c r="X27" s="114"/>
       <c r="Y27" s="114"/>
       <c r="Z27" s="114"/>
       <c r="AA27" s="114"/>
@@ -32132,54 +32488,55 @@
       <c r="AD27" s="114"/>
       <c r="AE27" s="114"/>
       <c r="AF27" s="114"/>
       <c r="AG27" s="114"/>
       <c r="AH27" s="114"/>
       <c r="AI27" s="114"/>
       <c r="AJ27" s="114"/>
       <c r="AK27" s="114"/>
       <c r="AL27" s="114"/>
       <c r="AM27" s="114"/>
       <c r="AN27" s="114"/>
       <c r="AO27" s="114"/>
       <c r="AP27" s="186"/>
       <c r="AQ27" s="208"/>
       <c r="AR27" s="114"/>
       <c r="AS27" s="114"/>
       <c r="AT27" s="186"/>
       <c r="AU27" s="186"/>
       <c r="AV27" s="186"/>
       <c r="AW27" s="186"/>
       <c r="AX27" s="186"/>
       <c r="AY27" s="186"/>
       <c r="AZ27" s="186"/>
       <c r="BA27" s="186"/>
       <c r="BB27" s="186"/>
-      <c r="BC27" s="53"/>
+      <c r="BC27" s="186"/>
       <c r="BD27" s="53"/>
+      <c r="BE27" s="53"/>
     </row>
-    <row r="28" spans="3:56">
+    <row r="28" spans="3:57">
       <c r="C28" s="56" t="s">
         <v>6</v>
       </c>
       <c r="D28" s="115">
         <v>644</v>
       </c>
       <c r="E28" s="115">
         <v>-19940</v>
       </c>
       <c r="F28" s="115">
         <v>-1010</v>
       </c>
       <c r="G28" s="115">
         <v>-10032</v>
       </c>
       <c r="H28" s="115">
         <v>-30338</v>
       </c>
       <c r="I28" s="115">
         <v>488</v>
       </c>
       <c r="J28" s="115">
         <v>-12008</v>
       </c>
       <c r="K28" s="115">
@@ -32283,77 +32640,81 @@
       <c r="AQ28" s="206" t="e">
         <f t="shared" si="11"/>
         <v>#REF!</v>
       </c>
       <c r="AR28" s="115">
         <f t="shared" si="11"/>
         <v>40632.298240000091</v>
       </c>
       <c r="AS28" s="115">
         <f t="shared" si="11"/>
         <v>1597.5915600004373</v>
       </c>
       <c r="AT28" s="148">
         <f t="shared" si="11"/>
         <v>-672.28516999923158</v>
       </c>
       <c r="AU28" s="148">
         <f t="shared" si="11"/>
         <v>-610.40047999948729</v>
       </c>
       <c r="AV28" s="148">
         <f t="shared" si="11"/>
         <v>18240.962569189607</v>
       </c>
       <c r="AW28" s="148">
-        <f t="shared" ref="AW28:BB28" si="12">SUM(AW29:AW31)</f>
+        <f t="shared" ref="AW28:BC28" si="12">SUM(AW29:AW31)</f>
         <v>2602.2094891880406</v>
       </c>
       <c r="AX28" s="148">
         <f t="shared" si="12"/>
         <v>1673.5236091882689</v>
       </c>
       <c r="AY28" s="148">
         <f t="shared" si="12"/>
         <v>617155</v>
       </c>
       <c r="AZ28" s="148">
         <f t="shared" si="12"/>
         <v>617146</v>
       </c>
       <c r="BA28" s="148">
         <f t="shared" si="12"/>
         <v>315.90720999974292</v>
       </c>
       <c r="BB28" s="148">
         <f t="shared" si="12"/>
         <v>1115.3245199994417</v>
       </c>
-      <c r="BC28" s="53"/>
+      <c r="BC28" s="148">
+        <f t="shared" si="12"/>
+        <v>1115.3245199994417</v>
+      </c>
       <c r="BD28" s="53"/>
+      <c r="BE28" s="53"/>
     </row>
-    <row r="29" spans="3:56">
+    <row r="29" spans="3:57">
       <c r="C29" s="119" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Pagamento de Dividendo + JCP","Payment of Dividends and Interests on Equity")</f>
         <v>Pagamento de Dividendo + JCP</v>
       </c>
       <c r="D29" s="120">
         <v>0</v>
       </c>
       <c r="E29" s="120">
         <v>-20306</v>
       </c>
       <c r="F29" s="120">
         <v>0</v>
       </c>
       <c r="G29" s="120">
         <v>0</v>
       </c>
       <c r="H29" s="120">
         <v>-20306</v>
       </c>
       <c r="I29" s="120">
         <v>0</v>
       </c>
       <c r="J29" s="120">
         <v>-12132</v>
       </c>
@@ -32467,54 +32828,57 @@
       </c>
       <c r="AU29" s="149">
         <v>0</v>
       </c>
       <c r="AV29" s="149">
         <v>0</v>
       </c>
       <c r="AW29" s="149">
         <v>0</v>
       </c>
       <c r="AX29" s="149">
         <v>0</v>
       </c>
       <c r="AY29" s="149">
         <v>0</v>
       </c>
       <c r="AZ29" s="149">
         <v>0</v>
       </c>
       <c r="BA29" s="149">
         <v>0</v>
       </c>
       <c r="BB29" s="149" t="s">
         <v>14</v>
       </c>
-      <c r="BC29" s="53"/>
+      <c r="BC29" s="149" t="s">
+        <v>14</v>
+      </c>
       <c r="BD29" s="53"/>
+      <c r="BE29" s="53"/>
     </row>
-    <row r="30" spans="3:56">
+    <row r="30" spans="3:57">
       <c r="C30" s="119" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Variação do Capital","Variation in Capital")</f>
         <v>Variação do Capital</v>
       </c>
       <c r="D30" s="120">
         <v>0</v>
       </c>
       <c r="E30" s="120">
         <v>0</v>
       </c>
       <c r="F30" s="120">
         <v>0</v>
       </c>
       <c r="G30" s="120">
         <v>0</v>
       </c>
       <c r="H30" s="120">
         <v>0</v>
       </c>
       <c r="I30" s="120">
         <v>0</v>
       </c>
       <c r="J30" s="120">
         <v>0</v>
       </c>
@@ -32629,54 +32993,58 @@
       </c>
       <c r="AU30" s="149">
         <v>-610.40047999948729</v>
       </c>
       <c r="AV30" s="149">
         <v>18240.962569189607</v>
       </c>
       <c r="AW30" s="149">
         <v>2602.2094891880406</v>
       </c>
       <c r="AX30" s="149">
         <v>1673.5236091882689</v>
       </c>
       <c r="AY30" s="149">
         <v>617155</v>
       </c>
       <c r="AZ30" s="149">
         <v>617146</v>
       </c>
       <c r="BA30" s="149">
         <v>315.90720999974292</v>
       </c>
       <c r="BB30" s="149">
         <v>1115.3245199994417</v>
       </c>
-      <c r="BC30" s="53"/>
+      <c r="BC30" s="149">
+        <f>BB30</f>
+        <v>1115.3245199994417</v>
+      </c>
       <c r="BD30" s="53"/>
+      <c r="BE30" s="53"/>
     </row>
-    <row r="31" spans="3:56">
+    <row r="31" spans="3:57">
       <c r="C31" s="119" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Variação de Reservas","Variation in Reserves")</f>
         <v>Variação de Reservas</v>
       </c>
       <c r="D31" s="120">
         <v>644</v>
       </c>
       <c r="E31" s="120">
         <v>366</v>
       </c>
       <c r="F31" s="120">
         <v>-1010</v>
       </c>
       <c r="G31" s="120">
         <v>-10032</v>
       </c>
       <c r="H31" s="120">
         <v>-10032</v>
       </c>
       <c r="I31" s="120">
         <v>488</v>
       </c>
       <c r="J31" s="120">
         <v>124</v>
       </c>
@@ -32788,54 +33156,57 @@
       <c r="AT31" s="149">
         <v>0</v>
       </c>
       <c r="AU31" s="149">
         <v>0</v>
       </c>
       <c r="AV31" s="149">
         <v>0</v>
       </c>
       <c r="AW31" s="149">
         <v>0</v>
       </c>
       <c r="AX31" s="149">
         <v>0</v>
       </c>
       <c r="AY31" s="149">
         <v>0</v>
       </c>
       <c r="AZ31" s="149">
         <v>0</v>
       </c>
       <c r="BA31" s="149">
         <v>0</v>
       </c>
       <c r="BB31" s="149"/>
-      <c r="BC31" s="53"/>
+      <c r="BC31" s="149">
+        <v>0</v>
+      </c>
       <c r="BD31" s="53"/>
+      <c r="BE31" s="53"/>
     </row>
-    <row r="32" spans="3:56">
+    <row r="32" spans="3:57">
       <c r="C32" s="112"/>
       <c r="D32" s="113"/>
       <c r="E32" s="113"/>
       <c r="F32" s="113"/>
       <c r="G32" s="113"/>
       <c r="H32" s="113"/>
       <c r="I32" s="113"/>
       <c r="J32" s="113"/>
       <c r="K32" s="113"/>
       <c r="L32" s="113"/>
       <c r="M32" s="113"/>
       <c r="N32" s="113"/>
       <c r="O32" s="113"/>
       <c r="P32" s="113"/>
       <c r="Q32" s="113"/>
       <c r="R32" s="113"/>
       <c r="S32" s="113"/>
       <c r="T32" s="113"/>
       <c r="U32" s="113"/>
       <c r="V32" s="113"/>
       <c r="W32" s="113"/>
       <c r="X32" s="113"/>
       <c r="Y32" s="113"/>
       <c r="Z32" s="113"/>
       <c r="AA32" s="113"/>
@@ -32844,54 +33215,55 @@
       <c r="AD32" s="113"/>
       <c r="AE32" s="113"/>
       <c r="AF32" s="113"/>
       <c r="AG32" s="113"/>
       <c r="AH32" s="113"/>
       <c r="AI32" s="113"/>
       <c r="AJ32" s="113"/>
       <c r="AK32" s="113"/>
       <c r="AL32" s="113"/>
       <c r="AM32" s="113"/>
       <c r="AN32" s="113"/>
       <c r="AO32" s="113"/>
       <c r="AP32" s="186"/>
       <c r="AQ32" s="208"/>
       <c r="AR32" s="113"/>
       <c r="AS32" s="113"/>
       <c r="AT32" s="186"/>
       <c r="AU32" s="186"/>
       <c r="AV32" s="186"/>
       <c r="AW32" s="186"/>
       <c r="AX32" s="186"/>
       <c r="AY32" s="186"/>
       <c r="AZ32" s="186"/>
       <c r="BA32" s="186"/>
       <c r="BB32" s="186"/>
-      <c r="BC32" s="53"/>
+      <c r="BC32" s="186"/>
       <c r="BD32" s="53"/>
+      <c r="BE32" s="53"/>
     </row>
-    <row r="33" spans="3:56">
+    <row r="33" spans="3:57">
       <c r="C33" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Endividamento","Debt")</f>
         <v>Endividamento</v>
       </c>
       <c r="D33" s="115">
         <v>112164</v>
       </c>
       <c r="E33" s="115">
         <v>141834</v>
       </c>
       <c r="F33" s="115">
         <v>18249</v>
       </c>
       <c r="G33" s="115">
         <v>-76259</v>
       </c>
       <c r="H33" s="115">
         <v>195988</v>
       </c>
       <c r="I33" s="115">
         <v>13021</v>
       </c>
       <c r="J33" s="115">
         <v>29162</v>
       </c>
@@ -33009,65 +33381,69 @@
       <c r="AT33" s="148">
         <f t="shared" si="13"/>
         <v>-48289.502779999981</v>
       </c>
       <c r="AU33" s="148">
         <f t="shared" si="13"/>
         <v>-156876.99696999983</v>
       </c>
       <c r="AV33" s="148">
         <f t="shared" si="13"/>
         <v>-118335.06592999998</v>
       </c>
       <c r="AW33" s="148">
         <f t="shared" ref="AW33:AX33" si="15">AW34+AW35</f>
         <v>257980.27229000028</v>
       </c>
       <c r="AX33" s="148">
         <f t="shared" si="15"/>
         <v>172456</v>
       </c>
       <c r="AY33" s="148">
         <f>IFERROR(AY34+AY35,"-")</f>
         <v>-514116.02190000005</v>
       </c>
       <c r="AZ33" s="148">
-        <f t="shared" ref="AZ33:BB33" si="16">IFERROR(AZ34+AZ35,"-")</f>
+        <f t="shared" ref="AZ33:BC33" si="16">IFERROR(AZ34+AZ35,"-")</f>
         <v>-587166</v>
       </c>
       <c r="BA33" s="148">
         <f t="shared" si="16"/>
         <v>-85994.000000000015</v>
       </c>
       <c r="BB33" s="148">
         <f t="shared" si="16"/>
         <v>-114719</v>
       </c>
-      <c r="BC33" s="53"/>
+      <c r="BC33" s="148">
+        <f t="shared" si="16"/>
+        <v>65956</v>
+      </c>
       <c r="BD33" s="53"/>
+      <c r="BE33" s="53"/>
     </row>
-    <row r="34" spans="3:56">
+    <row r="34" spans="3:57">
       <c r="C34" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Desp.Financ.Estrutural","Structural Interest Expense")</f>
         <v>Desp.Financ.Estrutural</v>
       </c>
       <c r="D34" s="110">
         <v>-41424</v>
       </c>
       <c r="E34" s="110">
         <v>-44880</v>
       </c>
       <c r="F34" s="110">
         <v>-29868</v>
       </c>
       <c r="G34" s="110">
         <v>-35465</v>
       </c>
       <c r="H34" s="110">
         <v>-151637</v>
       </c>
       <c r="I34" s="110">
         <v>-22578</v>
       </c>
       <c r="J34" s="110">
         <v>-50013</v>
       </c>
@@ -33182,54 +33558,57 @@
       </c>
       <c r="AU34" s="149">
         <v>-27273.679530000005</v>
       </c>
       <c r="AV34" s="149">
         <v>-35224.463680000008</v>
       </c>
       <c r="AW34" s="149">
         <v>-9790.0530899999994</v>
       </c>
       <c r="AX34" s="149">
         <v>-36395.039049999999</v>
       </c>
       <c r="AY34" s="149">
         <v>-49254.885269999999</v>
       </c>
       <c r="AZ34" s="149">
         <v>-56155.486390000005</v>
       </c>
       <c r="BA34" s="149">
         <v>-9357.1339499999976</v>
       </c>
       <c r="BB34" s="149">
         <v>-22521.690129999999</v>
       </c>
-      <c r="BC34" s="53"/>
+      <c r="BC34" s="149">
+        <v>-55745</v>
+      </c>
       <c r="BD34" s="53"/>
+      <c r="BE34" s="53"/>
     </row>
-    <row r="35" spans="3:56">
+    <row r="35" spans="3:57">
       <c r="C35" s="112" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Amortizações/Captações","Amortizations/Fundings")</f>
         <v>Amortizações/Captações</v>
       </c>
       <c r="D35" s="110">
         <v>153588</v>
       </c>
       <c r="E35" s="110">
         <v>186714</v>
       </c>
       <c r="F35" s="110">
         <v>48117</v>
       </c>
       <c r="G35" s="110">
         <v>-40794</v>
       </c>
       <c r="H35" s="110">
         <v>347625</v>
       </c>
       <c r="I35" s="110">
         <v>35599</v>
       </c>
       <c r="J35" s="110">
         <v>79175</v>
       </c>
@@ -33347,54 +33726,58 @@
       </c>
       <c r="AV35" s="149">
         <v>-83110.602249999967</v>
       </c>
       <c r="AW35" s="149">
         <v>267770.32538000029</v>
       </c>
       <c r="AX35" s="149">
         <f>538627-262658-103513+36395.03905</f>
         <v>208851.03904999999</v>
       </c>
       <c r="AY35" s="149">
         <v>-464861.13663000008</v>
       </c>
       <c r="AZ35" s="149">
         <f>540004-926875-200295+56155.48639</f>
         <v>-531010.51361000002</v>
       </c>
       <c r="BA35" s="149">
         <v>-76636.866050000011</v>
       </c>
       <c r="BB35" s="149">
         <f>30000-50634-93235+22521.69013-850</f>
         <v>-92197.309869999997</v>
       </c>
-      <c r="BC35" s="53"/>
+      <c r="BC35" s="149">
+        <f>265017-143316</f>
+        <v>121701</v>
+      </c>
       <c r="BD35" s="53"/>
+      <c r="BE35" s="53"/>
     </row>
-    <row r="36" spans="3:56">
+    <row r="36" spans="3:57">
       <c r="C36" s="112"/>
       <c r="D36" s="113"/>
       <c r="E36" s="113"/>
       <c r="F36" s="113"/>
       <c r="G36" s="113"/>
       <c r="H36" s="113"/>
       <c r="I36" s="113"/>
       <c r="J36" s="113"/>
       <c r="K36" s="113"/>
       <c r="L36" s="113"/>
       <c r="M36" s="113"/>
       <c r="N36" s="113"/>
       <c r="O36" s="113"/>
       <c r="P36" s="113"/>
       <c r="Q36" s="113"/>
       <c r="R36" s="113"/>
       <c r="S36" s="113"/>
       <c r="T36" s="113"/>
       <c r="U36" s="113"/>
       <c r="V36" s="113"/>
       <c r="W36" s="113"/>
       <c r="X36" s="113"/>
       <c r="Y36" s="113"/>
       <c r="Z36" s="113"/>
       <c r="AA36" s="113"/>
@@ -33403,54 +33786,55 @@
       <c r="AD36" s="113"/>
       <c r="AE36" s="113"/>
       <c r="AF36" s="113"/>
       <c r="AG36" s="113"/>
       <c r="AH36" s="113"/>
       <c r="AI36" s="113"/>
       <c r="AJ36" s="113"/>
       <c r="AK36" s="113"/>
       <c r="AL36" s="113"/>
       <c r="AM36" s="113"/>
       <c r="AN36" s="113"/>
       <c r="AO36" s="113"/>
       <c r="AP36" s="186"/>
       <c r="AQ36" s="208"/>
       <c r="AR36" s="113"/>
       <c r="AS36" s="113"/>
       <c r="AT36" s="186"/>
       <c r="AU36" s="186"/>
       <c r="AV36" s="186"/>
       <c r="AW36" s="186"/>
       <c r="AX36" s="186"/>
       <c r="AY36" s="186"/>
       <c r="AZ36" s="186"/>
       <c r="BA36" s="186"/>
       <c r="BB36" s="186"/>
-      <c r="BC36" s="53"/>
+      <c r="BC36" s="186"/>
       <c r="BD36" s="53"/>
+      <c r="BE36" s="53"/>
     </row>
-    <row r="37" spans="3:56">
+    <row r="37" spans="3:57">
       <c r="C37" s="56" t="str">
         <f>IF('Índice - Index'!$D$14="Português","VARIAÇÃO FINAL DE CAIXA","Increase (decrease) in Cash and Cash Equivalents")</f>
         <v>VARIAÇÃO FINAL DE CAIXA</v>
       </c>
       <c r="D37" s="115">
         <v>-101660.00000000003</v>
       </c>
       <c r="E37" s="115">
         <v>122623.00000000003</v>
       </c>
       <c r="F37" s="115">
         <v>114678.99999999999</v>
       </c>
       <c r="G37" s="115">
         <v>117155</v>
       </c>
       <c r="H37" s="115">
         <v>252795.17488999985</v>
       </c>
       <c r="I37" s="115">
         <v>-136027.79704399992</v>
       </c>
       <c r="J37" s="115">
         <v>121298.82253579999</v>
       </c>
@@ -33568,64 +33952,68 @@
       <c r="AT37" s="148">
         <f t="shared" si="17"/>
         <v>98484.208960098011</v>
       </c>
       <c r="AU37" s="148">
         <f>SUM(AU33,AU28,AU26)</f>
         <v>-31149.243278339141</v>
       </c>
       <c r="AV37" s="148">
         <f t="shared" si="17"/>
         <v>-50574.350760809437</v>
       </c>
       <c r="AW37" s="148">
         <f t="shared" ref="AW37" si="19">AW40-AW39</f>
         <v>-98.832800811855122</v>
       </c>
       <c r="AX37" s="148">
         <f>SUM(AX33,AX28,AX26)</f>
         <v>-23348.273540001508</v>
       </c>
       <c r="AY37" s="148">
         <f>SUM(AY33,AY28,AY26)</f>
         <v>-38281.747139190556</v>
       </c>
       <c r="AZ37" s="148">
-        <f t="shared" ref="AZ37:BB37" si="20">SUM(AZ33,AZ28,AZ26)</f>
+        <f t="shared" ref="AZ37:BC37" si="20">SUM(AZ33,AZ28,AZ26)</f>
         <v>44969.252860809444</v>
       </c>
       <c r="BA37" s="148">
         <f t="shared" si="20"/>
         <v>-132718</v>
       </c>
       <c r="BB37" s="148">
         <f t="shared" si="20"/>
         <v>-131706</v>
       </c>
-      <c r="BD37" s="53"/>
+      <c r="BC37" s="148">
+        <f t="shared" si="20"/>
+        <v>-89775.000000000058</v>
+      </c>
+      <c r="BE37" s="53"/>
     </row>
-    <row r="38" spans="3:56">
+    <row r="38" spans="3:57">
       <c r="C38" s="112"/>
       <c r="D38" s="114"/>
       <c r="E38" s="114"/>
       <c r="F38" s="114"/>
       <c r="G38" s="114"/>
       <c r="H38" s="114"/>
       <c r="I38" s="114"/>
       <c r="J38" s="114"/>
       <c r="K38" s="114"/>
       <c r="L38" s="114"/>
       <c r="M38" s="114"/>
       <c r="N38" s="114"/>
       <c r="O38" s="114"/>
       <c r="P38" s="114"/>
       <c r="Q38" s="114"/>
       <c r="R38" s="114"/>
       <c r="S38" s="114"/>
       <c r="T38" s="114"/>
       <c r="U38" s="114"/>
       <c r="V38" s="114"/>
       <c r="W38" s="114"/>
       <c r="X38" s="114"/>
       <c r="Y38" s="114"/>
       <c r="Z38" s="114"/>
       <c r="AA38" s="114"/>
@@ -33634,54 +34022,55 @@
       <c r="AD38" s="114"/>
       <c r="AE38" s="114"/>
       <c r="AF38" s="114"/>
       <c r="AG38" s="114"/>
       <c r="AH38" s="114"/>
       <c r="AI38" s="114"/>
       <c r="AJ38" s="114"/>
       <c r="AK38" s="114"/>
       <c r="AL38" s="114"/>
       <c r="AM38" s="114"/>
       <c r="AN38" s="114"/>
       <c r="AO38" s="114"/>
       <c r="AP38" s="186"/>
       <c r="AQ38" s="208"/>
       <c r="AR38" s="114"/>
       <c r="AS38" s="114"/>
       <c r="AT38" s="186"/>
       <c r="AU38" s="186"/>
       <c r="AV38" s="186"/>
       <c r="AW38" s="186"/>
       <c r="AX38" s="186"/>
       <c r="AY38" s="186"/>
       <c r="AZ38" s="186"/>
       <c r="BA38" s="186"/>
       <c r="BB38" s="186"/>
-      <c r="BC38" s="53"/>
+      <c r="BC38" s="186"/>
       <c r="BD38" s="53"/>
+      <c r="BE38" s="53"/>
     </row>
-    <row r="39" spans="3:56">
+    <row r="39" spans="3:57">
       <c r="C39" s="121" t="str">
         <f>IF('Índice - Index'!$D$14="Português","SALDO INICIAL","At the Beginning of the Period")</f>
         <v>SALDO INICIAL</v>
       </c>
       <c r="D39" s="122">
         <v>257883</v>
       </c>
       <c r="E39" s="122">
         <v>156223</v>
       </c>
       <c r="F39" s="122">
         <v>278846</v>
       </c>
       <c r="G39" s="122">
         <v>393525</v>
       </c>
       <c r="H39" s="122">
         <v>257883</v>
       </c>
       <c r="I39" s="122">
         <v>510680</v>
       </c>
       <c r="J39" s="122">
         <v>374652</v>
       </c>
@@ -33801,54 +34190,58 @@
       <c r="AV39" s="187">
         <v>147559.09789999999</v>
       </c>
       <c r="AW39" s="187">
         <v>96985.273540001479</v>
       </c>
       <c r="AX39" s="187">
         <v>96985.273540001479</v>
       </c>
       <c r="AY39" s="187">
         <f>$AV$40</f>
         <v>96984.747139190556</v>
       </c>
       <c r="AZ39" s="187">
         <f>$AV$40</f>
         <v>96984.747139190556</v>
       </c>
       <c r="BA39" s="187">
         <f>AZ40</f>
         <v>141954</v>
       </c>
       <c r="BB39" s="187">
         <f>AZ40</f>
         <v>141954</v>
       </c>
-      <c r="BC39" s="204"/>
-      <c r="BD39" s="53"/>
+      <c r="BC39" s="187">
+        <f>AZ40</f>
+        <v>141954</v>
+      </c>
+      <c r="BD39" s="204"/>
+      <c r="BE39" s="53"/>
     </row>
-    <row r="40" spans="3:56">
+    <row r="40" spans="3:57">
       <c r="C40" s="123" t="str">
         <f>IF('Índice - Index'!$D$14="Português","SALDO FINAL DE CAIXA","At the End of the Period")</f>
         <v>SALDO FINAL DE CAIXA</v>
       </c>
       <c r="D40" s="124">
         <v>156223</v>
       </c>
       <c r="E40" s="124">
         <v>278846</v>
       </c>
       <c r="F40" s="124">
         <v>393525</v>
       </c>
       <c r="G40" s="124">
         <v>510680</v>
       </c>
       <c r="H40" s="124">
         <v>510680</v>
       </c>
       <c r="I40" s="124">
         <v>374652</v>
       </c>
       <c r="J40" s="124">
         <v>495951</v>
       </c>
@@ -33963,122 +34356,108 @@
       </c>
       <c r="AU40" s="188">
         <v>210083.54776156292</v>
       </c>
       <c r="AV40" s="188">
         <v>96984.747139190556</v>
       </c>
       <c r="AW40" s="188">
         <v>96886.440739189624</v>
       </c>
       <c r="AX40" s="188">
         <v>73637</v>
       </c>
       <c r="AY40" s="188">
         <v>58703</v>
       </c>
       <c r="AZ40" s="188">
         <v>141954</v>
       </c>
       <c r="BA40" s="188">
         <v>9236</v>
       </c>
       <c r="BB40" s="188">
         <v>10248</v>
       </c>
-      <c r="BC40" s="53"/>
+      <c r="BC40" s="188">
+        <v>52179</v>
+      </c>
       <c r="BD40" s="53"/>
+      <c r="BE40" s="53"/>
     </row>
-    <row r="41" spans="3:56">
+    <row r="41" spans="3:57">
       <c r="AK41" s="155"/>
       <c r="AL41" s="155"/>
       <c r="AX41" s="155"/>
       <c r="AY41" s="155"/>
       <c r="AZ41" s="155"/>
       <c r="BA41" s="155"/>
       <c r="BB41" s="155"/>
+      <c r="BC41" s="155"/>
     </row>
-    <row r="42" spans="3:56">
+    <row r="42" spans="3:57">
       <c r="C42" s="163" t="str">
         <f>IF('Índice - Index'!$D$14="Português","*Capital de giro inclui variação de titulos e valores mobiliários","*Working capital includes changes in marketable securities")</f>
         <v>*Capital de giro inclui variação de titulos e valores mobiliários</v>
       </c>
-      <c r="AW42" s="91">
-[...22 lines deleted...]
-      </c>
+      <c r="AW42" s="91"/>
+      <c r="AX42" s="91"/>
+      <c r="AY42" s="91"/>
+      <c r="AZ42" s="91"/>
+      <c r="BA42" s="91"/>
+      <c r="BB42" s="91"/>
     </row>
-    <row r="43" spans="3:56">
+    <row r="43" spans="3:57">
       <c r="C43" s="163" t="str">
         <f>IF('Índice - Index'!$D$14="Português","** A partir da DFP 2023, o resultado da Mpagamentos passou a ser divulgado como operação descontinuada, e foi expurgado do fluxo de caixa","** As of 2023 Release, Mpagamentos' results began to be disclosed as a discontinued operation, and were purged from the cash flow")</f>
         <v>** A partir da DFP 2023, o resultado da Mpagamentos passou a ser divulgado como operação descontinuada, e foi expurgado do fluxo de caixa</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Classificação Interna</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFCCFF"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:FD43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="92" zoomScaleNormal="92" zoomScaleSheetLayoutView="52" workbookViewId="0">
-      <pane xSplit="2" ySplit="1" topLeftCell="BO2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="1" topLeftCell="BT2" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
-      <selection pane="bottomRight" activeCell="CF4" sqref="CF4"/>
+      <selection pane="bottomRight" activeCell="CB10" sqref="CB10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="13.2" outlineLevelRow="1" outlineLevelCol="1"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="25" customWidth="1"/>
     <col min="2" max="2" width="33.5546875" style="25" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="4" max="4" width="12.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="5" max="6" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="7" max="7" width="12.44140625" style="25" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="8" max="8" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="9" max="9" width="12" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="10" max="10" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="11" max="11" width="12" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="12" max="12" width="12" style="25" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="13" max="15" width="12.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="16" max="16" width="11.77734375" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="17" max="17" width="11.77734375" style="25" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="18" max="18" width="11.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="19" max="19" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="20" max="20" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="21" max="21" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="22" max="22" width="12.44140625" style="25" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="23" max="24" width="12.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="25" max="25" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
@@ -34095,52 +34474,52 @@
     <col min="37" max="37" width="12.21875" style="25" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="38" max="39" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="40" max="40" width="12.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="41" max="41" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="42" max="42" width="12.44140625" style="25" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="43" max="43" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="44" max="44" width="12.44140625" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="45" max="45" width="11.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="46" max="46" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="47" max="47" width="12.5546875" style="25" customWidth="1" collapsed="1"/>
     <col min="48" max="51" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="52" max="52" width="12.5546875" style="25" customWidth="1" collapsed="1"/>
     <col min="53" max="56" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="57" max="57" width="12.5546875" style="25" customWidth="1" collapsed="1"/>
     <col min="58" max="61" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="62" max="62" width="12.5546875" style="25" customWidth="1" collapsed="1"/>
     <col min="63" max="63" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="64" max="64" width="12" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="65" max="65" width="12.21875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="66" max="66" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="67" max="67" width="12.5546875" style="25" customWidth="1" collapsed="1"/>
     <col min="68" max="71" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="72" max="72" width="12.5546875" style="25" customWidth="1" collapsed="1"/>
     <col min="73" max="76" width="12.5546875" style="25" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="77" max="77" width="12.5546875" style="25" customWidth="1" collapsed="1"/>
-    <col min="78" max="83" width="12.5546875" style="25" customWidth="1" outlineLevel="1"/>
-    <col min="84" max="16384" width="9.21875" style="25"/>
+    <col min="78" max="84" width="12.5546875" style="25" customWidth="1" outlineLevel="1"/>
+    <col min="85" max="16384" width="9.21875" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:160">
       <c r="B1" s="77" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Destaques Operacionais","Operating Highlights")</f>
         <v>Destaques Operacionais</v>
       </c>
       <c r="C1" s="77" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T09","1Q09")</f>
         <v>1T09</v>
       </c>
       <c r="D1" s="77" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T09","2Q09")</f>
         <v>2T09</v>
       </c>
       <c r="E1" s="77" t="str">
         <f>IF('Índice - Index'!$D$14="Português","3T09","3Q09")</f>
         <v>3T09</v>
       </c>
       <c r="F1" s="77" t="str">
         <f>IF('Índice - Index'!$D$14="Português","4T09","4Q09")</f>
         <v>4T09</v>
       </c>
       <c r="G1" s="79">
         <v>2009</v>
@@ -34415,50 +34794,54 @@
         <v>2023</v>
       </c>
       <c r="BZ1" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T24","1Q24")</f>
         <v>1T24</v>
       </c>
       <c r="CA1" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T24","2Q24")</f>
         <v>2T24</v>
       </c>
       <c r="CB1" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","3T24","3Q24")</f>
         <v>3T24</v>
       </c>
       <c r="CC1" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","4T24","4Q24")</f>
         <v>4T24</v>
       </c>
       <c r="CD1" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","1T25","1Q25")</f>
         <v>1T25</v>
       </c>
       <c r="CE1" s="26" t="str">
         <f>IF('Índice - Index'!$D$14="Português","2T25","2Q25")</f>
         <v>2T25</v>
+      </c>
+      <c r="CF1" s="26" t="str">
+        <f>IF('Índice - Index'!$D$14="Português","3T25","3Q25")</f>
+        <v>3T25</v>
       </c>
     </row>
     <row r="2" spans="2:160">
       <c r="B2" s="72"/>
       <c r="AO2" s="81"/>
       <c r="AP2" s="81"/>
       <c r="AQ2" s="81"/>
       <c r="AR2" s="81"/>
       <c r="AT2" s="129"/>
       <c r="AU2" s="38"/>
       <c r="AY2" s="129"/>
       <c r="AZ2" s="129"/>
       <c r="BA2" s="129"/>
       <c r="BB2" s="129"/>
       <c r="BF2" s="130"/>
       <c r="BG2" s="130"/>
       <c r="BH2" s="130"/>
       <c r="BK2" s="130"/>
       <c r="CB2" s="130"/>
       <c r="CC2" s="130"/>
     </row>
     <row r="3" spans="2:160">
       <c r="B3" s="82" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Receita por m2 (Varejo)","Revenue per m² (retail)")</f>
         <v>Receita por m2 (Varejo)</v>
@@ -34686,50 +35069,54 @@
         <v>1470.4081178087263</v>
       </c>
       <c r="BY3" s="129">
         <v>5040.6153793763378</v>
       </c>
       <c r="BZ3" s="129">
         <v>916.26588168922126</v>
       </c>
       <c r="CA3" s="129">
         <v>1167.8010961730199</v>
       </c>
       <c r="CB3" s="129">
         <v>1302.7926980893974</v>
       </c>
       <c r="CC3" s="129">
         <v>1678</v>
       </c>
       <c r="CD3" s="129">
         <f>'DRE Consolidado | P&amp;L '!BZ16/'Dados Operacionais'!CD5</f>
         <v>1780.8365019011408</v>
       </c>
       <c r="CE3" s="129">
         <f>'DRE Consolidado | P&amp;L '!CB16/'Dados Operacionais'!CE5</f>
         <v>1141.3863480459765</v>
       </c>
+      <c r="CF3" s="129">
+        <f>'DRE Consolidado | P&amp;L '!CC16/'Dados Operacionais'!CF5</f>
+        <v>1523.09512011583</v>
+      </c>
     </row>
     <row r="4" spans="2:160">
       <c r="B4" s="82" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="85">
         <v>-3.7999999999999999E-2</v>
       </c>
       <c r="D4" s="85">
         <v>-7.0000000000000001E-3</v>
       </c>
       <c r="E4" s="85">
         <v>-3.0000000000000001E-3</v>
       </c>
       <c r="F4" s="85">
         <v>0.13300000000000001</v>
       </c>
       <c r="G4" s="86">
         <v>3.4000000000000002E-2</v>
       </c>
       <c r="H4" s="85">
         <v>0.192</v>
       </c>
       <c r="I4" s="85">
         <v>0.151</v>
@@ -34933,50 +35320,53 @@
         <v>-0.36199999999999999</v>
       </c>
       <c r="BX4" s="154">
         <v>-0.2797860746767864</v>
       </c>
       <c r="BY4" s="154">
         <v>-0.19749630607546809</v>
       </c>
       <c r="BZ4" s="154">
         <v>-0.18434777738754271</v>
       </c>
       <c r="CA4" s="154">
         <v>-0.14824621466525778</v>
       </c>
       <c r="CB4" s="154">
         <v>0.42799999999999999</v>
       </c>
       <c r="CC4" s="215">
         <v>0.19</v>
       </c>
       <c r="CD4" s="215">
         <v>0.192</v>
       </c>
       <c r="CE4" s="215">
         <v>0.23300000000000001</v>
+      </c>
+      <c r="CF4" s="215">
+        <v>-4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="5" spans="2:160">
       <c r="B5" s="87" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Área de Vendas","Sales Area")</f>
         <v>Área de Vendas</v>
       </c>
       <c r="C5" s="88">
         <v>235.036</v>
       </c>
       <c r="D5" s="88">
         <v>240.946</v>
       </c>
       <c r="E5" s="88">
         <v>242.238</v>
       </c>
       <c r="F5" s="88">
         <v>250</v>
       </c>
       <c r="G5" s="89">
         <v>250</v>
       </c>
       <c r="H5" s="88">
         <v>249.3</v>
       </c>
@@ -35183,50 +35573,53 @@
       </c>
       <c r="BX5" s="88">
         <v>277.28631920000004</v>
       </c>
       <c r="BY5" s="88">
         <v>277.28631920000004</v>
       </c>
       <c r="BZ5" s="88">
         <v>266.15689579999997</v>
       </c>
       <c r="CA5" s="88">
         <v>265.8772591</v>
       </c>
       <c r="CB5" s="88">
         <v>265.87143910000003</v>
       </c>
       <c r="CC5" s="212">
         <v>265</v>
       </c>
       <c r="CD5" s="216">
         <v>263</v>
       </c>
       <c r="CE5" s="216">
         <v>261</v>
       </c>
+      <c r="CF5" s="216">
+        <v>259</v>
+      </c>
     </row>
     <row r="6" spans="2:160">
       <c r="B6" s="87" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Área de Vendas Média","Average sales area")</f>
         <v>Área de Vendas Média</v>
       </c>
       <c r="C6" s="88">
         <v>235.268</v>
       </c>
       <c r="D6" s="88">
         <v>237.99099999999999</v>
       </c>
       <c r="E6" s="88">
         <v>241.59199999999998</v>
       </c>
       <c r="F6" s="88">
         <v>246.119</v>
       </c>
       <c r="G6" s="89">
         <v>246.119</v>
       </c>
       <c r="H6" s="88">
         <v>249.65</v>
       </c>
       <c r="I6" s="88">
@@ -35435,50 +35828,54 @@
       </c>
       <c r="BY6" s="88">
         <v>313.44958641250014</v>
       </c>
       <c r="BZ6" s="88">
         <v>271.7216075</v>
       </c>
       <c r="CA6" s="88">
         <v>271.58178915000002</v>
       </c>
       <c r="CB6" s="88">
         <v>265.87143910000003</v>
       </c>
       <c r="CC6" s="212">
         <f>AVERAGE(BZ5:CC5)</f>
         <v>265.72639850000002</v>
       </c>
       <c r="CD6" s="216">
         <f>CD5</f>
         <v>263</v>
       </c>
       <c r="CE6" s="216">
         <f>AVERAGE(CD5:CE5)</f>
         <v>262</v>
       </c>
+      <c r="CF6" s="216">
+        <f>AVERAGE(CE5:CF5)</f>
+        <v>260</v>
+      </c>
     </row>
     <row r="7" spans="2:160">
       <c r="B7" s="87" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Número de lojas","Number of Stores")</f>
         <v>Número de lojas</v>
       </c>
       <c r="C7" s="91">
         <v>216</v>
       </c>
       <c r="D7" s="91">
         <v>221</v>
       </c>
       <c r="E7" s="91">
         <v>222</v>
       </c>
       <c r="F7" s="91">
         <v>227</v>
       </c>
       <c r="G7" s="92">
         <v>227</v>
       </c>
       <c r="H7" s="91">
         <v>225</v>
       </c>
       <c r="I7" s="91">
@@ -35684,50 +36081,53 @@
       </c>
       <c r="BX7" s="91">
         <v>243</v>
       </c>
       <c r="BY7" s="91">
         <v>243</v>
       </c>
       <c r="BZ7" s="91">
         <v>235</v>
       </c>
       <c r="CA7" s="91">
         <v>235</v>
       </c>
       <c r="CB7" s="91">
         <v>235</v>
       </c>
       <c r="CC7" s="213">
         <v>234</v>
       </c>
       <c r="CD7" s="213">
         <v>233</v>
       </c>
       <c r="CE7" s="213">
         <v>232</v>
       </c>
+      <c r="CF7" s="213">
+        <v>230</v>
+      </c>
     </row>
     <row r="8" spans="2:160">
       <c r="B8" s="87" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Área média de Vendas por loja (m2)","Average sales area per store (m2)")</f>
         <v>Área média de Vendas por loja (m2)</v>
       </c>
       <c r="C8" s="91">
         <v>1089.2037037037037</v>
       </c>
       <c r="D8" s="91">
         <v>1076.8823529411766</v>
       </c>
       <c r="E8" s="91">
         <v>1088.2522522522522</v>
       </c>
       <c r="F8" s="91">
         <v>1084.2246696035243</v>
       </c>
       <c r="G8" s="92">
         <v>1084.2246696035243</v>
       </c>
       <c r="H8" s="91">
         <v>1109.5555555555557</v>
       </c>
       <c r="I8" s="91">
@@ -35921,61 +36321,64 @@
       </c>
       <c r="BT8" s="142">
         <v>1108.8989877245515</v>
       </c>
       <c r="BU8" s="128">
         <v>1124.8937524271853</v>
       </c>
       <c r="BV8" s="128">
         <v>1146.5842056451613</v>
       </c>
       <c r="BW8" s="128">
         <v>1140.9986016326527</v>
       </c>
       <c r="BX8" s="128">
         <v>1141.0959637860083</v>
       </c>
       <c r="BY8" s="128">
         <v>1141.0959637860083</v>
       </c>
       <c r="BZ8" s="128">
         <v>1132.5825353191487</v>
       </c>
       <c r="CA8" s="128">
         <v>1131.3925919148937</v>
       </c>
-      <c r="CB8" s="128">
+      <c r="CB8" s="214">
         <v>1131.3678259574469</v>
       </c>
       <c r="CC8" s="214">
         <v>1354</v>
       </c>
       <c r="CD8" s="214">
         <v>1170</v>
       </c>
       <c r="CE8" s="214">
         <v>1122</v>
+      </c>
+      <c r="CF8" s="214">
+        <v>1803</v>
       </c>
     </row>
     <row r="9" spans="2:160">
       <c r="B9" s="72"/>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="94"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="94"/>
       <c r="M9" s="27"/>
       <c r="N9" s="27"/>
       <c r="O9" s="27"/>
       <c r="P9" s="27"/>
       <c r="Q9" s="94"/>
       <c r="R9" s="27"/>
       <c r="S9" s="27"/>
       <c r="T9" s="27"/>
       <c r="U9" s="27"/>
       <c r="V9" s="27"/>
       <c r="W9" s="27"/>
@@ -36008,50 +36411,51 @@
       <c r="AY9" s="130"/>
       <c r="AZ9" s="138"/>
       <c r="BA9" s="138"/>
       <c r="BB9" s="138"/>
       <c r="BC9" s="138"/>
       <c r="BE9" s="130"/>
       <c r="BF9" s="130"/>
       <c r="BJ9" s="130"/>
       <c r="BO9" s="130"/>
       <c r="BP9" s="130"/>
       <c r="BQ9" s="130"/>
       <c r="BR9" s="130"/>
       <c r="BS9" s="130"/>
       <c r="BT9" s="130"/>
       <c r="BU9" s="130"/>
       <c r="BV9" s="130"/>
       <c r="BW9" s="130"/>
       <c r="BX9" s="130"/>
       <c r="BY9" s="130"/>
       <c r="BZ9" s="130"/>
       <c r="CA9" s="130"/>
       <c r="CB9" s="200"/>
       <c r="CC9" s="200"/>
       <c r="CD9" s="130"/>
       <c r="CE9" s="130"/>
+      <c r="CF9" s="130"/>
     </row>
     <row r="10" spans="2:160" s="65" customFormat="1">
       <c r="B10" s="87" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Número de Cartões Ativos*","Number of active cards*")</f>
         <v>Número de Cartões Ativos*</v>
       </c>
       <c r="C10" s="92">
         <f>SUM(C11:C12)</f>
         <v>2526429</v>
       </c>
       <c r="D10" s="92">
         <f t="shared" ref="D10:F10" si="0">SUM(D11:D12)</f>
         <v>2413968</v>
       </c>
       <c r="E10" s="92">
         <f t="shared" si="0"/>
         <v>2686286</v>
       </c>
       <c r="F10" s="92">
         <f t="shared" si="0"/>
         <v>2965493</v>
       </c>
       <c r="G10" s="92">
         <v>2965493</v>
       </c>
@@ -36261,50 +36665,53 @@
       </c>
       <c r="BX10" s="164">
         <v>1490678</v>
       </c>
       <c r="BY10" s="164">
         <v>1490678</v>
       </c>
       <c r="BZ10" s="164">
         <v>498201</v>
       </c>
       <c r="CA10" s="164">
         <v>637985</v>
       </c>
       <c r="CB10" s="164">
         <v>769231</v>
       </c>
       <c r="CC10" s="164">
         <v>927283</v>
       </c>
       <c r="CD10" s="164">
         <v>957787</v>
       </c>
       <c r="CE10" s="164">
         <v>1001121</v>
       </c>
+      <c r="CF10" s="164">
+        <v>1027876</v>
+      </c>
     </row>
     <row r="11" spans="2:160">
       <c r="B11" s="72" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="91">
         <v>2262005</v>
       </c>
       <c r="D11" s="91">
         <v>1998417</v>
       </c>
       <c r="E11" s="91">
         <v>2101764</v>
       </c>
       <c r="F11" s="91">
         <v>2335730</v>
       </c>
       <c r="G11" s="92">
         <v>2335730</v>
       </c>
       <c r="H11" s="91">
         <v>2252359</v>
       </c>
       <c r="I11" s="91">
         <v>2064710</v>
@@ -36512,50 +36919,53 @@
       </c>
       <c r="BY11" s="151">
         <v>1490678</v>
       </c>
       <c r="BZ11" s="151">
         <v>498201</v>
       </c>
       <c r="CA11" s="151">
         <v>637985</v>
       </c>
       <c r="CB11" s="151">
         <v>769231</v>
       </c>
       <c r="CC11" s="151">
         <f>CC10</f>
         <v>927283</v>
       </c>
       <c r="CD11" s="151">
         <f t="shared" ref="CD11:CE11" si="1">CD10</f>
         <v>957787</v>
       </c>
       <c r="CE11" s="151">
         <f t="shared" si="1"/>
         <v>1001121</v>
       </c>
+      <c r="CF11" s="151">
+        <v>1027876</v>
+      </c>
     </row>
     <row r="12" spans="2:160">
       <c r="B12" s="78" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="95">
         <v>264424</v>
       </c>
       <c r="D12" s="95">
         <v>415551</v>
       </c>
       <c r="E12" s="95">
         <v>584522</v>
       </c>
       <c r="F12" s="95">
         <v>629763</v>
       </c>
       <c r="G12" s="96">
         <v>629763</v>
       </c>
       <c r="H12" s="95">
         <v>354502</v>
       </c>
       <c r="I12" s="91">
         <v>408992</v>
@@ -36760,50 +37170,51 @@
       </c>
       <c r="BX12" s="151">
         <v>0</v>
       </c>
       <c r="BY12" s="151">
         <v>0</v>
       </c>
       <c r="BZ12" s="151">
         <v>0</v>
       </c>
       <c r="CA12" s="151">
         <v>0</v>
       </c>
       <c r="CB12" s="151">
         <v>0</v>
       </c>
       <c r="CC12" s="151">
         <v>0</v>
       </c>
       <c r="CD12" s="151">
         <v>0</v>
       </c>
       <c r="CE12" s="151">
         <v>0</v>
       </c>
+      <c r="CF12" s="151"/>
     </row>
     <row r="13" spans="2:160" ht="23.4">
       <c r="B13" s="191" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="27"/>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="94"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="94"/>
       <c r="M13" s="27"/>
       <c r="N13" s="27"/>
       <c r="O13" s="27"/>
       <c r="P13" s="27"/>
       <c r="Q13" s="94"/>
       <c r="R13" s="27"/>
       <c r="S13" s="27"/>
       <c r="T13" s="27"/>
       <c r="U13" s="27"/>
       <c r="V13" s="27"/>
@@ -36844,50 +37255,51 @@
       <c r="BE13" s="27"/>
       <c r="BF13" s="27"/>
       <c r="BG13" s="27"/>
       <c r="BH13" s="27"/>
       <c r="BI13" s="27"/>
       <c r="BJ13" s="27"/>
       <c r="BK13" s="27"/>
       <c r="BN13" s="27"/>
       <c r="BO13" s="27"/>
       <c r="BP13" s="27"/>
       <c r="BQ13" s="27"/>
       <c r="BR13" s="27"/>
       <c r="BS13" s="27"/>
       <c r="BT13" s="27"/>
       <c r="BU13" s="27"/>
       <c r="BV13" s="27"/>
       <c r="BW13" s="27"/>
       <c r="BX13" s="27"/>
       <c r="BY13" s="27"/>
       <c r="BZ13" s="27"/>
       <c r="CA13" s="27"/>
       <c r="CB13" s="27"/>
       <c r="CC13" s="27"/>
       <c r="CD13" s="27"/>
       <c r="CE13" s="27"/>
+      <c r="CF13" s="27"/>
     </row>
     <row r="14" spans="2:160">
       <c r="B14" s="87" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Meios de Pagamento","Means of payment")</f>
         <v>Meios de Pagamento</v>
       </c>
       <c r="C14" s="85">
         <f t="shared" ref="C14:F14" si="2">SUM(C15:C20)</f>
         <v>0.99999900000000008</v>
       </c>
       <c r="D14" s="85">
         <f t="shared" si="2"/>
         <v>0.99999899999999997</v>
       </c>
       <c r="E14" s="85">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="F14" s="85">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="G14" s="85">
         <v>1</v>
       </c>
@@ -37093,56 +37505,60 @@
         <v>1</v>
       </c>
       <c r="BW14" s="154">
         <v>1</v>
       </c>
       <c r="BX14" s="154">
         <v>1</v>
       </c>
       <c r="BY14" s="154">
         <v>1</v>
       </c>
       <c r="BZ14" s="154">
         <v>1</v>
       </c>
       <c r="CA14" s="154">
         <v>0.99999999999999989</v>
       </c>
       <c r="CB14" s="154">
         <v>1</v>
       </c>
       <c r="CC14" s="154">
         <f>SUM(CC17:CC22)</f>
         <v>1</v>
       </c>
       <c r="CD14" s="154">
-        <f t="shared" ref="CD14:CE14" si="3">SUM(CD17:CD22)</f>
+        <f t="shared" ref="CD14:CF14" si="3">SUM(CD17:CD22)</f>
         <v>1</v>
       </c>
       <c r="CE14" s="154">
         <f t="shared" si="3"/>
         <v>1</v>
+      </c>
+      <c r="CF14" s="154">
+        <f t="shared" si="3"/>
+        <v>1.0000010460710214</v>
       </c>
     </row>
     <row r="15" spans="2:160" hidden="1" outlineLevel="1">
       <c r="B15" s="72" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="85">
         <v>0.50094000000000005</v>
       </c>
       <c r="D15" s="85">
         <v>0.51341199999999998</v>
       </c>
       <c r="E15" s="85">
         <v>0.50178400000000001</v>
       </c>
       <c r="F15" s="85">
         <v>0.53063199999999999</v>
       </c>
       <c r="G15" s="98">
         <v>0.51482499999999998</v>
       </c>
       <c r="H15" s="85">
         <v>0.48093999999999998</v>
       </c>
       <c r="I15" s="85">
@@ -37344,51 +37760,51 @@
         <v>0.2636</v>
       </c>
       <c r="BW15" s="154">
         <v>0.22395082482117346</v>
       </c>
       <c r="BX15" s="154">
         <v>0.1192</v>
       </c>
       <c r="BY15" s="154">
         <v>0.22588939637855959</v>
       </c>
       <c r="BZ15" s="154">
         <v>7.2422243076283839E-3</v>
       </c>
       <c r="CA15" s="154"/>
       <c r="CB15" s="154"/>
       <c r="CC15" s="154" t="s">
         <v>44</v>
       </c>
       <c r="CD15" s="154" t="s">
         <v>44</v>
       </c>
       <c r="CE15" s="154" t="s">
         <v>44</v>
       </c>
-      <c r="CF15" s="99"/>
+      <c r="CF15" s="154"/>
       <c r="CG15" s="99"/>
       <c r="CH15" s="99"/>
       <c r="CI15" s="99"/>
       <c r="CJ15" s="99"/>
       <c r="CK15" s="99"/>
       <c r="CL15" s="99"/>
       <c r="CM15" s="99"/>
       <c r="CN15" s="99"/>
       <c r="CO15" s="99"/>
       <c r="CP15" s="99"/>
       <c r="CQ15" s="99"/>
       <c r="CR15" s="99"/>
       <c r="CS15" s="99"/>
       <c r="CT15" s="99"/>
       <c r="CU15" s="99"/>
       <c r="CV15" s="99"/>
       <c r="CW15" s="99"/>
       <c r="CX15" s="99"/>
       <c r="CY15" s="99"/>
       <c r="CZ15" s="99"/>
       <c r="DA15" s="99"/>
       <c r="DB15" s="99"/>
       <c r="DC15" s="99"/>
       <c r="DD15" s="99"/>
       <c r="DE15" s="99"/>
@@ -37659,51 +38075,51 @@
         <v>4.5100000000000001E-2</v>
       </c>
       <c r="BU16" s="154">
         <v>3.8800000000000001E-2</v>
       </c>
       <c r="BV16" s="154">
         <v>2.7000000000000001E-3</v>
       </c>
       <c r="BW16" s="154"/>
       <c r="BX16" s="154"/>
       <c r="BY16" s="154">
         <v>1.1883508835760585E-2</v>
       </c>
       <c r="BZ16" s="154"/>
       <c r="CA16" s="154"/>
       <c r="CB16" s="154"/>
       <c r="CC16" s="154" t="s">
         <v>44</v>
       </c>
       <c r="CD16" s="154" t="s">
         <v>44</v>
       </c>
       <c r="CE16" s="154" t="s">
         <v>44</v>
       </c>
-      <c r="CF16" s="99"/>
+      <c r="CF16" s="154"/>
       <c r="CG16" s="99"/>
       <c r="CH16" s="99"/>
       <c r="CI16" s="99"/>
       <c r="CJ16" s="99"/>
       <c r="CK16" s="99"/>
       <c r="CL16" s="99"/>
       <c r="CM16" s="99"/>
       <c r="CN16" s="99"/>
       <c r="CO16" s="99"/>
       <c r="CP16" s="99"/>
       <c r="CQ16" s="99"/>
       <c r="CR16" s="99"/>
       <c r="CS16" s="99"/>
       <c r="CT16" s="99"/>
       <c r="CU16" s="99"/>
       <c r="CV16" s="99"/>
       <c r="CW16" s="99"/>
       <c r="CX16" s="99"/>
       <c r="CY16" s="99"/>
       <c r="CZ16" s="99"/>
       <c r="DA16" s="99"/>
       <c r="DB16" s="99"/>
       <c r="DC16" s="99"/>
       <c r="DD16" s="99"/>
       <c r="DE16" s="99"/>
@@ -37838,51 +38254,53 @@
       <c r="BW17" s="154"/>
       <c r="BX17" s="154">
         <v>0.12839999999999999</v>
       </c>
       <c r="BY17" s="154">
         <v>3.4067984403124411E-2</v>
       </c>
       <c r="BZ17" s="154">
         <v>0.15383890139384945</v>
       </c>
       <c r="CA17" s="154">
         <v>0.23755387278948739</v>
       </c>
       <c r="CB17" s="154">
         <v>0.21758588298178153</v>
       </c>
       <c r="CC17" s="154">
         <v>0.2470499301293595</v>
       </c>
       <c r="CD17" s="154">
         <v>0.24045919070360744</v>
       </c>
       <c r="CE17" s="154">
         <v>0.26137839093045545</v>
       </c>
-      <c r="CF17" s="99"/>
+      <c r="CF17" s="154">
+        <v>0.26117852751091658</v>
+      </c>
       <c r="CG17" s="99"/>
       <c r="CH17" s="99"/>
       <c r="CI17" s="99"/>
       <c r="CJ17" s="99"/>
       <c r="CK17" s="99"/>
       <c r="CL17" s="99"/>
       <c r="CM17" s="99"/>
       <c r="CN17" s="99"/>
       <c r="CO17" s="99"/>
       <c r="CP17" s="99"/>
       <c r="CQ17" s="99"/>
       <c r="CR17" s="99"/>
       <c r="CS17" s="99"/>
       <c r="CT17" s="99"/>
       <c r="CU17" s="99"/>
       <c r="CV17" s="99"/>
       <c r="CW17" s="99"/>
       <c r="CX17" s="99"/>
       <c r="CY17" s="99"/>
       <c r="CZ17" s="99"/>
       <c r="DA17" s="99"/>
       <c r="DB17" s="99"/>
       <c r="DC17" s="99"/>
       <c r="DD17" s="99"/>
       <c r="DE17" s="99"/>
@@ -38164,51 +38582,53 @@
       </c>
       <c r="BX18" s="154">
         <v>0.37320000000000009</v>
       </c>
       <c r="BY18" s="154">
         <v>0.40107844418408128</v>
       </c>
       <c r="BZ18" s="154">
         <v>0.42966298683744869</v>
       </c>
       <c r="CA18" s="154">
         <v>0.40378531450451205</v>
       </c>
       <c r="CB18" s="154">
         <v>0.38098681868279588</v>
       </c>
       <c r="CC18" s="154">
         <v>0.3490425099082573</v>
       </c>
       <c r="CD18" s="154">
         <v>0.35559986933892773</v>
       </c>
       <c r="CE18" s="154">
         <v>0.34840523136304208</v>
       </c>
-      <c r="CF18" s="99"/>
+      <c r="CF18" s="154">
+        <v>0.37190941824347395</v>
+      </c>
       <c r="CG18" s="99"/>
       <c r="CH18" s="99"/>
       <c r="CI18" s="99"/>
       <c r="CJ18" s="99"/>
       <c r="CK18" s="99"/>
       <c r="CL18" s="99"/>
       <c r="CM18" s="99"/>
       <c r="CN18" s="99"/>
       <c r="CO18" s="99"/>
       <c r="CP18" s="99"/>
       <c r="CQ18" s="99"/>
       <c r="CR18" s="99"/>
       <c r="CS18" s="99"/>
       <c r="CT18" s="99"/>
       <c r="CU18" s="99"/>
       <c r="CV18" s="99"/>
       <c r="CW18" s="99"/>
       <c r="CX18" s="99"/>
       <c r="CY18" s="99"/>
       <c r="CZ18" s="99"/>
       <c r="DA18" s="99"/>
       <c r="DB18" s="99"/>
       <c r="DC18" s="99"/>
       <c r="DD18" s="99"/>
       <c r="DE18" s="99"/>
@@ -38490,51 +38910,53 @@
       </c>
       <c r="BX19" s="154">
         <v>0.24979999999999999</v>
       </c>
       <c r="BY19" s="154">
         <v>0.22283629573091954</v>
       </c>
       <c r="BZ19" s="154">
         <v>0.22029348022499151</v>
       </c>
       <c r="CA19" s="154">
         <v>0.2082558498910512</v>
       </c>
       <c r="CB19" s="154">
         <v>0.20465455633568366</v>
       </c>
       <c r="CC19" s="154">
         <v>0.21992194702995602</v>
       </c>
       <c r="CD19" s="154">
         <v>0.21016191250194097</v>
       </c>
       <c r="CE19" s="154">
         <v>0.19344143932290536</v>
       </c>
-      <c r="CF19" s="99"/>
+      <c r="CF19" s="154">
+        <v>0.19621845770615573</v>
+      </c>
       <c r="CG19" s="99"/>
       <c r="CH19" s="99"/>
       <c r="CI19" s="99"/>
       <c r="CJ19" s="99"/>
       <c r="CK19" s="99"/>
       <c r="CL19" s="99"/>
       <c r="CM19" s="99"/>
       <c r="CN19" s="99"/>
       <c r="CO19" s="99"/>
       <c r="CP19" s="99"/>
       <c r="CQ19" s="99"/>
       <c r="CR19" s="99"/>
       <c r="CS19" s="99"/>
       <c r="CT19" s="99"/>
       <c r="CU19" s="99"/>
       <c r="CV19" s="99"/>
       <c r="CW19" s="99"/>
       <c r="CX19" s="99"/>
       <c r="CY19" s="99"/>
       <c r="CZ19" s="99"/>
       <c r="DA19" s="99"/>
       <c r="DB19" s="99"/>
       <c r="DC19" s="99"/>
       <c r="DD19" s="99"/>
       <c r="DE19" s="99"/>
@@ -38816,51 +39238,53 @@
       </c>
       <c r="BX20" s="154">
         <v>8.0699999999999994E-2</v>
       </c>
       <c r="BY20" s="154">
         <v>7.0053323935441572E-2</v>
       </c>
       <c r="BZ20" s="154">
         <v>0.1241459264152092</v>
       </c>
       <c r="CA20" s="154">
         <v>7.3728834899561294E-2</v>
       </c>
       <c r="CB20" s="154">
         <v>7.1175891281812523E-2</v>
       </c>
       <c r="CC20" s="154">
         <v>7.7808166241546059E-2</v>
       </c>
       <c r="CD20" s="154">
         <v>8.0333731821576965E-2</v>
       </c>
       <c r="CE20" s="154">
         <v>6.7462317154364251E-2</v>
       </c>
-      <c r="CF20" s="99"/>
+      <c r="CF20" s="154">
+        <v>6.8978680133136683E-2</v>
+      </c>
       <c r="CG20" s="99"/>
       <c r="CH20" s="99"/>
       <c r="CI20" s="99"/>
       <c r="CJ20" s="99"/>
       <c r="CK20" s="99"/>
       <c r="CL20" s="99"/>
       <c r="CM20" s="99"/>
       <c r="CN20" s="99"/>
       <c r="CO20" s="99"/>
       <c r="CP20" s="99"/>
       <c r="CQ20" s="99"/>
       <c r="CR20" s="99"/>
       <c r="CS20" s="99"/>
       <c r="CT20" s="99"/>
       <c r="CU20" s="99"/>
       <c r="CV20" s="99"/>
       <c r="CW20" s="99"/>
       <c r="CX20" s="99"/>
       <c r="CY20" s="99"/>
       <c r="CZ20" s="99"/>
       <c r="DA20" s="99"/>
       <c r="DB20" s="99"/>
       <c r="DC20" s="99"/>
       <c r="DD20" s="99"/>
       <c r="DE20" s="99"/>
@@ -39019,51 +39443,53 @@
       </c>
       <c r="BX21" s="154">
         <v>4.87E-2</v>
       </c>
       <c r="BY21" s="154">
         <v>3.4191046532113037E-2</v>
       </c>
       <c r="BZ21" s="154">
         <v>6.4816480820872838E-2</v>
       </c>
       <c r="CA21" s="154">
         <v>7.6676127915388068E-2</v>
       </c>
       <c r="CB21" s="154">
         <v>7.3568635550875242E-2</v>
       </c>
       <c r="CC21" s="154">
         <v>8.1896300227063748E-2</v>
       </c>
       <c r="CD21" s="154">
         <v>9.2989319884587376E-2</v>
       </c>
       <c r="CE21" s="154">
         <v>9.3281652392168568E-2</v>
       </c>
-      <c r="CF21" s="99"/>
+      <c r="CF21" s="154">
+        <v>0.10151596247733846</v>
+      </c>
       <c r="CG21" s="99"/>
       <c r="CH21" s="99"/>
       <c r="CI21" s="99"/>
       <c r="CJ21" s="99"/>
       <c r="CK21" s="99"/>
       <c r="CL21" s="99"/>
       <c r="CM21" s="99"/>
       <c r="CN21" s="99"/>
       <c r="CO21" s="99"/>
       <c r="CP21" s="99"/>
       <c r="CQ21" s="99"/>
       <c r="CR21" s="99"/>
       <c r="CS21" s="99"/>
       <c r="CT21" s="99"/>
       <c r="CU21" s="99"/>
       <c r="CV21" s="99"/>
       <c r="CW21" s="99"/>
       <c r="CX21" s="99"/>
       <c r="CY21" s="99"/>
       <c r="CZ21" s="99"/>
       <c r="DA21" s="99"/>
       <c r="DB21" s="99"/>
       <c r="DC21" s="99"/>
       <c r="DD21" s="99"/>
       <c r="DE21" s="99"/>
@@ -39190,51 +39616,53 @@
       <c r="BO22" s="162"/>
       <c r="BP22" s="154"/>
       <c r="BQ22" s="154"/>
       <c r="BR22" s="154"/>
       <c r="BS22" s="154"/>
       <c r="BT22" s="162"/>
       <c r="BU22" s="154"/>
       <c r="BV22" s="154"/>
       <c r="BW22" s="154"/>
       <c r="BX22" s="154"/>
       <c r="BY22" s="154"/>
       <c r="BZ22" s="154"/>
       <c r="CA22" s="154"/>
       <c r="CB22" s="154">
         <v>5.2028215167051139E-2</v>
       </c>
       <c r="CC22" s="154">
         <v>2.4281146463817304E-2</v>
       </c>
       <c r="CD22" s="154">
         <v>2.0455975749359548E-2</v>
       </c>
       <c r="CE22" s="154">
         <v>3.6030968837064352E-2</v>
       </c>
-      <c r="CF22" s="99"/>
+      <c r="CF22" s="154">
+        <v>2.0000000000000001E-4</v>
+      </c>
       <c r="CG22" s="99"/>
       <c r="CH22" s="99"/>
       <c r="CI22" s="99"/>
       <c r="CJ22" s="99"/>
       <c r="CK22" s="99"/>
       <c r="CL22" s="99"/>
       <c r="CM22" s="99"/>
       <c r="CN22" s="99"/>
       <c r="CO22" s="99"/>
       <c r="CP22" s="99"/>
       <c r="CQ22" s="99"/>
       <c r="CR22" s="99"/>
       <c r="CS22" s="99"/>
       <c r="CT22" s="99"/>
       <c r="CU22" s="99"/>
       <c r="CV22" s="99"/>
       <c r="CW22" s="99"/>
       <c r="CX22" s="99"/>
       <c r="CY22" s="99"/>
       <c r="CZ22" s="99"/>
       <c r="DA22" s="99"/>
       <c r="DB22" s="99"/>
       <c r="DC22" s="99"/>
       <c r="DD22" s="99"/>
       <c r="DE22" s="99"/>
@@ -39349,50 +39777,51 @@
       <c r="BE23" s="27"/>
       <c r="BF23" s="27"/>
       <c r="BG23" s="27"/>
       <c r="BH23" s="27"/>
       <c r="BI23" s="27"/>
       <c r="BJ23" s="27"/>
       <c r="BK23" s="27"/>
       <c r="BN23" s="158"/>
       <c r="BO23" s="27"/>
       <c r="BP23" s="27"/>
       <c r="BQ23" s="27"/>
       <c r="BR23" s="27"/>
       <c r="BS23" s="27"/>
       <c r="BT23" s="190"/>
       <c r="BU23" s="190"/>
       <c r="BV23" s="190"/>
       <c r="BW23" s="190"/>
       <c r="BX23" s="190"/>
       <c r="BY23" s="190"/>
       <c r="BZ23" s="190"/>
       <c r="CA23" s="190"/>
       <c r="CB23" s="190"/>
       <c r="CC23" s="190"/>
       <c r="CD23" s="190"/>
       <c r="CE23" s="190"/>
+      <c r="CF23" s="190"/>
     </row>
     <row r="24" spans="2:160">
       <c r="B24" s="87" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Volume e Preço","Volume and price")</f>
         <v>Volume e Preço</v>
       </c>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="27"/>
       <c r="F24" s="27"/>
       <c r="G24" s="94"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="94"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="94"/>
       <c r="R24" s="27"/>
       <c r="S24" s="27"/>
       <c r="T24" s="27"/>
       <c r="U24" s="27"/>
@@ -39436,50 +39865,51 @@
       <c r="BG24" s="100"/>
       <c r="BH24" s="100"/>
       <c r="BI24" s="100"/>
       <c r="BJ24" s="93"/>
       <c r="BK24" s="85"/>
       <c r="BL24" s="85"/>
       <c r="BM24" s="85"/>
       <c r="BN24" s="85"/>
       <c r="BO24" s="93"/>
       <c r="BP24" s="93"/>
       <c r="BQ24" s="93"/>
       <c r="BR24" s="93"/>
       <c r="BS24" s="93"/>
       <c r="BT24" s="93"/>
       <c r="BU24" s="93"/>
       <c r="BV24" s="93"/>
       <c r="BW24" s="93"/>
       <c r="BX24" s="93"/>
       <c r="BY24" s="93"/>
       <c r="BZ24" s="93"/>
       <c r="CA24" s="93"/>
       <c r="CB24" s="93"/>
       <c r="CC24" s="93"/>
       <c r="CD24" s="93"/>
       <c r="CE24" s="93"/>
+      <c r="CF24" s="93"/>
     </row>
     <row r="25" spans="2:160">
       <c r="B25" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Ticket Médio Private Label","Average ticket - private label")</f>
         <v>Ticket Médio Private Label</v>
       </c>
       <c r="C25" s="100">
         <v>81.540086206733847</v>
       </c>
       <c r="D25" s="100">
         <v>99.519786860600092</v>
       </c>
       <c r="E25" s="100">
         <v>90.815107774046055</v>
       </c>
       <c r="F25" s="100">
         <v>107.24648654190429</v>
       </c>
       <c r="G25" s="101">
         <v>96.541827839199158</v>
       </c>
       <c r="H25" s="100">
         <v>88.997461815292084</v>
       </c>
       <c r="I25" s="100">
@@ -39685,50 +40115,53 @@
       </c>
       <c r="BX25" s="172">
         <v>190.15981343344666</v>
       </c>
       <c r="BY25" s="172">
         <v>188.82195564415466</v>
       </c>
       <c r="BZ25" s="172">
         <v>196.24976423001337</v>
       </c>
       <c r="CA25" s="172">
         <v>215.24383018876281</v>
       </c>
       <c r="CB25" s="172">
         <v>199.58231674213263</v>
       </c>
       <c r="CC25" s="172">
         <v>206.41</v>
       </c>
       <c r="CD25" s="172">
         <v>185.54</v>
       </c>
       <c r="CE25" s="172">
         <v>212.94</v>
       </c>
+      <c r="CF25" s="172">
+        <v>185.52</v>
+      </c>
     </row>
     <row r="26" spans="2:160" hidden="1" outlineLevel="1">
       <c r="B26" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Ticket Médio Co-Branded","Average ticket - co-branded")</f>
         <v>Ticket Médio Co-Branded</v>
       </c>
       <c r="C26" s="100">
         <v>85.175558783008555</v>
       </c>
       <c r="D26" s="100">
         <v>98.251079301279304</v>
       </c>
       <c r="E26" s="100">
         <v>90.24201677388433</v>
       </c>
       <c r="F26" s="100">
         <v>97.49408273047365</v>
       </c>
       <c r="G26" s="101">
         <v>95.011944259637701</v>
       </c>
       <c r="H26" s="100">
         <v>83.350376042863815</v>
       </c>
       <c r="I26" s="100">
@@ -39924,50 +40357,51 @@
         <v>160.75</v>
       </c>
       <c r="BU26" s="172">
         <v>154.77000000000001</v>
       </c>
       <c r="BV26" s="172">
         <v>173.66</v>
       </c>
       <c r="BW26" s="172"/>
       <c r="BX26" s="172"/>
       <c r="BY26" s="172">
         <v>155.29958457179518</v>
       </c>
       <c r="BZ26" s="172"/>
       <c r="CA26" s="172"/>
       <c r="CB26" s="172"/>
       <c r="CC26" s="172" t="s">
         <v>44</v>
       </c>
       <c r="CD26" s="172" t="s">
         <v>44</v>
       </c>
       <c r="CE26" s="172" t="s">
         <v>44</v>
       </c>
+      <c r="CF26" s="172"/>
     </row>
     <row r="27" spans="2:160" collapsed="1">
       <c r="B27" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Ticket Médio Marisa","Average ticket - Marisa")</f>
         <v>Ticket Médio Marisa</v>
       </c>
       <c r="C27" s="100">
         <v>55.530597037582403</v>
       </c>
       <c r="D27" s="100">
         <v>71.066207188354042</v>
       </c>
       <c r="E27" s="100">
         <v>64.618317545048541</v>
       </c>
       <c r="F27" s="100">
         <v>72.124177699557777</v>
       </c>
       <c r="G27" s="102">
         <v>67.356362181798147</v>
       </c>
       <c r="H27" s="100">
         <v>62.244546680021706</v>
       </c>
       <c r="I27" s="100">
@@ -40173,50 +40607,53 @@
       </c>
       <c r="BX27" s="100">
         <v>136.79</v>
       </c>
       <c r="BY27" s="100">
         <v>140.21</v>
       </c>
       <c r="BZ27" s="100">
         <v>125.08</v>
       </c>
       <c r="CA27" s="100">
         <v>134.99</v>
       </c>
       <c r="CB27" s="100">
         <v>136.61957787904842</v>
       </c>
       <c r="CC27" s="100">
         <v>130.6</v>
       </c>
       <c r="CD27" s="100">
         <v>116.4</v>
       </c>
       <c r="CE27" s="100">
         <v>138.51</v>
       </c>
+      <c r="CF27" s="100">
+        <v>120.9</v>
+      </c>
     </row>
     <row r="28" spans="2:160">
       <c r="B28" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Preço Médio Marisa","Average price - Marisa")</f>
         <v>Preço Médio Marisa</v>
       </c>
       <c r="C28" s="100">
         <v>18.953513029410065</v>
       </c>
       <c r="D28" s="100">
         <v>24.091437891968436</v>
       </c>
       <c r="E28" s="100">
         <v>20.217983648704834</v>
       </c>
       <c r="F28" s="100">
         <v>21.456062230116682</v>
       </c>
       <c r="G28" s="102">
         <v>21.254001575491511</v>
       </c>
       <c r="H28" s="100">
         <v>20.126604849696168</v>
       </c>
       <c r="I28" s="100">
@@ -40422,50 +40859,54 @@
       </c>
       <c r="BX28" s="100">
         <v>51.44</v>
       </c>
       <c r="BY28" s="100">
         <v>53.11</v>
       </c>
       <c r="BZ28" s="100">
         <v>44.57</v>
       </c>
       <c r="CA28" s="100">
         <v>51.73</v>
       </c>
       <c r="CB28" s="100">
         <v>45.42</v>
       </c>
       <c r="CC28" s="100">
         <v>40.6</v>
       </c>
       <c r="CD28" s="100">
         <v>38.97</v>
       </c>
       <c r="CE28" s="100">
         <v>45.93</v>
       </c>
+      <c r="CF28" s="100">
+        <f>'DRE Consolidado | P&amp;L '!CD6/CF29</f>
+        <v>39.635363120353972</v>
+      </c>
     </row>
     <row r="29" spans="2:160">
       <c r="B29" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Número de Peças (mil)","Number of items ('000)")</f>
         <v>Número de Peças (mil)</v>
       </c>
       <c r="C29" s="91">
         <v>17307</v>
       </c>
       <c r="D29" s="91">
         <v>19772</v>
       </c>
       <c r="E29" s="91">
         <v>22089.504000000001</v>
       </c>
       <c r="F29" s="91">
         <v>32653</v>
       </c>
       <c r="G29" s="97">
         <v>91821.504000000001</v>
       </c>
       <c r="H29" s="91">
         <v>19973.21</v>
       </c>
       <c r="I29" s="91">
@@ -40673,50 +41114,53 @@
         <v>10503.933999999999</v>
       </c>
       <c r="BY29" s="91">
         <v>37685.277000000002</v>
       </c>
       <c r="BZ29" s="91">
         <v>7530.3969999999999</v>
       </c>
       <c r="CA29" s="91">
         <v>8429.0720000000001</v>
       </c>
       <c r="CB29" s="91">
         <v>10462</v>
       </c>
       <c r="CC29" s="91">
         <f>'DRE Consolidado | P&amp;L '!BZ6/'Dados Operacionais'!CC28</f>
         <v>15845.575615024622</v>
       </c>
       <c r="CD29" s="91">
         <f>'DRE Consolidado | P&amp;L '!CB6/CD28</f>
         <v>10318.944823197331</v>
       </c>
       <c r="CE29" s="91">
         <f>'DRE Consolidado | P&amp;L '!CC6/CE28</f>
         <v>11636.43179817113</v>
+      </c>
+      <c r="CF29" s="91">
+        <v>11300</v>
       </c>
     </row>
     <row r="30" spans="2:160">
       <c r="B30" s="72"/>
       <c r="C30" s="27"/>
       <c r="D30" s="27"/>
       <c r="E30" s="27"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
       <c r="N30" s="27"/>
       <c r="O30" s="27"/>
       <c r="P30" s="27"/>
       <c r="Q30" s="103"/>
       <c r="R30" s="103"/>
       <c r="S30" s="103"/>
       <c r="T30" s="103"/>
       <c r="U30" s="103"/>
       <c r="V30" s="103"/>
       <c r="W30" s="103"/>
@@ -40756,50 +41200,51 @@
       <c r="BE30" s="103"/>
       <c r="BF30" s="103"/>
       <c r="BG30" s="103"/>
       <c r="BH30" s="103"/>
       <c r="BI30" s="103"/>
       <c r="BJ30" s="103"/>
       <c r="BK30" s="103"/>
       <c r="BN30" s="157"/>
       <c r="BO30" s="103"/>
       <c r="BP30" s="103"/>
       <c r="BQ30" s="103"/>
       <c r="BR30" s="103"/>
       <c r="BS30" s="103"/>
       <c r="BT30" s="103"/>
       <c r="BU30" s="103"/>
       <c r="BV30" s="103"/>
       <c r="BW30" s="103"/>
       <c r="BX30" s="103"/>
       <c r="BY30" s="103"/>
       <c r="BZ30" s="103"/>
       <c r="CA30" s="103"/>
       <c r="CB30" s="103"/>
       <c r="CC30" s="103"/>
       <c r="CD30" s="103"/>
       <c r="CE30" s="103"/>
+      <c r="CF30" s="103"/>
     </row>
     <row r="31" spans="2:160">
       <c r="B31" s="87" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Vendas Com Juros - Cartão","Sales Bearing Interest - Marisa Card")</f>
         <v>Vendas Com Juros - Cartão</v>
       </c>
       <c r="C31" s="27"/>
       <c r="D31" s="27"/>
       <c r="E31" s="27"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="27"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
       <c r="S31" s="27"/>
       <c r="T31" s="27"/>
       <c r="U31" s="27"/>
@@ -40841,50 +41286,51 @@
       <c r="BE31" s="27"/>
       <c r="BF31" s="27"/>
       <c r="BG31" s="27"/>
       <c r="BH31" s="27"/>
       <c r="BI31" s="27"/>
       <c r="BJ31" s="27"/>
       <c r="BK31" s="27"/>
       <c r="BN31" s="27"/>
       <c r="BO31" s="27"/>
       <c r="BP31" s="27"/>
       <c r="BQ31" s="27"/>
       <c r="BR31" s="27"/>
       <c r="BS31" s="27"/>
       <c r="BT31" s="27"/>
       <c r="BU31" s="27"/>
       <c r="BV31" s="27"/>
       <c r="BW31" s="27"/>
       <c r="BX31" s="27"/>
       <c r="BY31" s="27"/>
       <c r="BZ31" s="27"/>
       <c r="CA31" s="27"/>
       <c r="CB31" s="27"/>
       <c r="CC31" s="27"/>
       <c r="CD31" s="27"/>
       <c r="CE31" s="27"/>
+      <c r="CF31" s="27"/>
     </row>
     <row r="32" spans="2:160">
       <c r="B32" s="72" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="85">
         <v>0.2517054891205967</v>
       </c>
       <c r="D32" s="85">
         <v>0.27443208538537056</v>
       </c>
       <c r="E32" s="85">
         <v>0.17494970365601009</v>
       </c>
       <c r="F32" s="85">
         <v>0.25884836221513868</v>
       </c>
       <c r="G32" s="86">
         <v>0.2421980349349</v>
       </c>
       <c r="H32" s="85">
         <v>0.1925574046930065</v>
       </c>
       <c r="I32" s="85">
         <v>0.20323206390713808</v>
@@ -41089,52 +41535,55 @@
       </c>
       <c r="BX32" s="85">
         <v>0.14451118280660272</v>
       </c>
       <c r="BY32" s="85">
         <v>0.15515267805183722</v>
       </c>
       <c r="BZ32" s="85">
         <v>0.20366861422664026</v>
       </c>
       <c r="CA32" s="85">
         <v>0.20228099144594888</v>
       </c>
       <c r="CB32" s="85">
         <v>0.21512374501264295</v>
       </c>
       <c r="CC32" s="85">
         <v>0.23486476813352852</v>
       </c>
       <c r="CD32" s="85">
         <v>0.21800027120011792</v>
       </c>
       <c r="CE32" s="85">
         <v>0.23862859541907588</v>
       </c>
+      <c r="CF32" s="85">
+        <v>0.22500000000000001</v>
+      </c>
     </row>
-    <row r="33" spans="2:83">
+    <row r="33" spans="2:84">
       <c r="B33" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Private Label - total das vendas","Private Label - total sales")</f>
         <v>Private Label - total das vendas</v>
       </c>
       <c r="C33" s="85">
         <f>C32*C15</f>
         <v>0.12608934772007171</v>
       </c>
       <c r="D33" s="85">
         <f t="shared" ref="D33:F33" si="4">D32*D15</f>
         <v>0.14089672582187387</v>
       </c>
       <c r="E33" s="85">
         <f t="shared" si="4"/>
         <v>8.7786962099327376E-2</v>
       </c>
       <c r="F33" s="85">
         <f t="shared" si="4"/>
         <v>0.13735322413894346</v>
       </c>
       <c r="G33" s="86">
         <v>0.12468960333535989</v>
       </c>
       <c r="H33" s="85">
         <v>9.260855821305454E-2</v>
@@ -41342,52 +41791,55 @@
       </c>
       <c r="BX33" s="154">
         <v>3.2833748653223457E-2</v>
       </c>
       <c r="BY33" s="154">
         <v>3.5728933693711239E-2</v>
       </c>
       <c r="BZ33" s="154">
         <v>4.1686707123079536E-2</v>
       </c>
       <c r="CA33" s="154">
         <v>4.3604495135833782E-2</v>
       </c>
       <c r="CB33" s="154">
         <v>4.8306474130749712E-2</v>
       </c>
       <c r="CC33" s="154">
         <v>5.519869254065779E-2</v>
       </c>
       <c r="CD33" s="154">
         <v>4.9471082085515171E-2</v>
       </c>
       <c r="CE33" s="154">
         <v>5.7877025692978756E-2</v>
       </c>
+      <c r="CF33" s="154">
+        <v>5.2507297129678672E-2</v>
+      </c>
     </row>
-    <row r="34" spans="2:83">
+    <row r="34" spans="2:84">
       <c r="B34" s="72" t="s">
         <v>3</v>
       </c>
       <c r="C34" s="85">
         <v>0.21826838979806207</v>
       </c>
       <c r="D34" s="85">
         <v>0.21981388229078835</v>
       </c>
       <c r="E34" s="85">
         <v>0.13465617915136019</v>
       </c>
       <c r="F34" s="85">
         <v>0.18150755140627517</v>
       </c>
       <c r="G34" s="86">
         <v>0.17722258579054495</v>
       </c>
       <c r="H34" s="85">
         <v>0.13479134577618113</v>
       </c>
       <c r="I34" s="85">
         <v>0.13501170942799823</v>
       </c>
       <c r="J34" s="85">
@@ -41590,52 +42042,55 @@
       </c>
       <c r="BX34" s="154">
         <v>0</v>
       </c>
       <c r="BY34" s="154">
         <v>3.596020435673216E-2</v>
       </c>
       <c r="BZ34" s="85">
         <v>0</v>
       </c>
       <c r="CA34" s="85">
         <v>0</v>
       </c>
       <c r="CB34" s="85">
         <v>0</v>
       </c>
       <c r="CC34" s="85">
         <v>0</v>
       </c>
       <c r="CD34" s="85">
         <v>0</v>
       </c>
       <c r="CE34" s="85">
         <v>0</v>
       </c>
+      <c r="CF34" s="85">
+        <v>0</v>
+      </c>
     </row>
-    <row r="35" spans="2:83">
+    <row r="35" spans="2:84">
       <c r="B35" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Co-Branded - total das vendas","Co-Branded - total sales")</f>
         <v>Co-Branded - total das vendas</v>
       </c>
       <c r="C35" s="85">
         <f t="shared" ref="C35:F35" si="5">C34*C16</f>
         <v>9.5972610994207893E-4</v>
       </c>
       <c r="D35" s="85">
         <f t="shared" si="5"/>
         <v>5.591625537713074E-3</v>
       </c>
       <c r="E35" s="85">
         <f t="shared" si="5"/>
         <v>4.8458719191199987E-3</v>
       </c>
       <c r="F35" s="85">
         <f t="shared" si="5"/>
         <v>6.3876137490896361E-3</v>
       </c>
       <c r="G35" s="86">
         <v>4.930686781864542E-3</v>
       </c>
       <c r="H35" s="85">
         <v>4.7398028828736331E-3</v>
@@ -41843,52 +42298,55 @@
       </c>
       <c r="BX35" s="154">
         <v>0</v>
       </c>
       <c r="BY35" s="154">
         <v>3.9875972867366643E-4</v>
       </c>
       <c r="BZ35" s="154">
         <v>0</v>
       </c>
       <c r="CA35" s="154">
         <v>0</v>
       </c>
       <c r="CB35" s="154">
         <v>0</v>
       </c>
       <c r="CC35" s="154">
         <v>0</v>
       </c>
       <c r="CD35" s="154">
         <v>0</v>
       </c>
       <c r="CE35" s="154">
         <v>0</v>
       </c>
+      <c r="CF35" s="154">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="2:83">
+    <row r="36" spans="2:84">
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="27"/>
       <c r="K36" s="27"/>
       <c r="L36" s="27"/>
       <c r="M36" s="27"/>
       <c r="N36" s="27"/>
       <c r="O36" s="27"/>
       <c r="P36" s="27"/>
       <c r="Q36" s="27"/>
       <c r="R36" s="27"/>
       <c r="S36" s="27"/>
       <c r="T36" s="27"/>
       <c r="U36" s="27"/>
       <c r="V36" s="27"/>
       <c r="W36" s="27"/>
       <c r="X36" s="27"/>
       <c r="Y36" s="27"/>
       <c r="Z36" s="27"/>
       <c r="AA36" s="27"/>
@@ -41907,51 +42365,51 @@
       <c r="AN36" s="27"/>
       <c r="AO36" s="27"/>
       <c r="AP36" s="27"/>
       <c r="AQ36" s="27"/>
       <c r="AR36" s="27"/>
       <c r="AS36" s="27"/>
       <c r="AT36" s="27"/>
       <c r="AU36" s="27"/>
       <c r="AV36" s="27"/>
       <c r="AW36" s="27"/>
       <c r="AX36" s="27"/>
       <c r="AY36" s="27"/>
       <c r="AZ36" s="27"/>
       <c r="BA36" s="27"/>
       <c r="BB36" s="27"/>
       <c r="BC36" s="27"/>
       <c r="BD36" s="27"/>
       <c r="BE36" s="27"/>
       <c r="BF36" s="27"/>
       <c r="BG36" s="27"/>
       <c r="BH36" s="27"/>
       <c r="BI36" s="27"/>
       <c r="BJ36" s="27"/>
       <c r="BK36" s="27"/>
     </row>
-    <row r="37" spans="2:83">
+    <row r="37" spans="2:84">
       <c r="B37" s="87" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="88">
         <f t="shared" ref="C37:F37" si="6">SUM(C38:C43)</f>
         <v>11.5</v>
       </c>
       <c r="D37" s="88">
         <f t="shared" si="6"/>
         <v>21.5</v>
       </c>
       <c r="E37" s="88">
         <f t="shared" si="6"/>
         <v>12.2</v>
       </c>
       <c r="F37" s="88">
         <f t="shared" si="6"/>
         <v>26</v>
       </c>
       <c r="G37" s="89">
         <v>71.2</v>
       </c>
       <c r="H37" s="88">
         <v>23</v>
       </c>
@@ -42161,52 +42619,56 @@
       </c>
       <c r="BY37" s="160">
         <v>15.642291879999997</v>
       </c>
       <c r="BZ37" s="160">
         <v>1.5008719500000161</v>
       </c>
       <c r="CA37" s="160">
         <v>0.74486449000000077</v>
       </c>
       <c r="CB37" s="160">
         <v>1.3221668700000011</v>
       </c>
       <c r="CC37" s="160">
         <f>SUM(CC38:CC43)</f>
         <v>0.8</v>
       </c>
       <c r="CD37" s="160">
         <f>SUM(CD38:CD43)</f>
         <v>4.4000000000000004</v>
       </c>
       <c r="CE37" s="160">
         <f>SUM(CE38:CE43)</f>
         <v>2.758</v>
       </c>
+      <c r="CF37" s="160">
+        <f>SUM(CF38:CF43)</f>
+        <v>6.3570000000000002</v>
+      </c>
     </row>
-    <row r="38" spans="2:83">
+    <row r="38" spans="2:84">
       <c r="B38" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Novas Lojas","New Stores")</f>
         <v>Novas Lojas</v>
       </c>
       <c r="C38" s="88">
         <v>7.5</v>
       </c>
       <c r="D38" s="88">
         <v>5.9</v>
       </c>
       <c r="E38" s="88">
         <v>5.7</v>
       </c>
       <c r="F38" s="88">
         <v>12.9</v>
       </c>
       <c r="G38" s="104">
         <v>32</v>
       </c>
       <c r="H38" s="88">
         <v>17.7</v>
       </c>
       <c r="I38" s="88">
         <v>23</v>
       </c>
@@ -42410,52 +42872,55 @@
       </c>
       <c r="BX38" s="160">
         <v>0</v>
       </c>
       <c r="BY38" s="160">
         <v>0</v>
       </c>
       <c r="BZ38" s="160">
         <v>0</v>
       </c>
       <c r="CA38" s="160">
         <v>0</v>
       </c>
       <c r="CB38" s="160">
         <v>0</v>
       </c>
       <c r="CC38" s="160">
         <v>0</v>
       </c>
       <c r="CD38" s="160" t="s">
         <v>14</v>
       </c>
       <c r="CE38" s="160" t="s">
         <v>14</v>
       </c>
+      <c r="CF38" s="160" t="s">
+        <v>14</v>
+      </c>
     </row>
-    <row r="39" spans="2:83">
+    <row r="39" spans="2:84">
       <c r="B39" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Ampliações e Reformas","Stores remodeling")</f>
         <v>Ampliações e Reformas</v>
       </c>
       <c r="C39" s="88">
         <v>1.6</v>
       </c>
       <c r="D39" s="88">
         <v>1.8</v>
       </c>
       <c r="E39" s="88">
         <v>1.5</v>
       </c>
       <c r="F39" s="88">
         <v>7</v>
       </c>
       <c r="G39" s="104">
         <v>11.9</v>
       </c>
       <c r="H39" s="88">
         <v>1.1000000000000001</v>
       </c>
       <c r="I39" s="88">
         <v>9.8000000000000007</v>
       </c>
@@ -42659,52 +43124,55 @@
       </c>
       <c r="BX39" s="160">
         <v>1.9720322299999997</v>
       </c>
       <c r="BY39" s="160">
         <v>5.4567540599999989</v>
       </c>
       <c r="BZ39" s="160">
         <v>0.20314190999999998</v>
       </c>
       <c r="CA39" s="160">
         <v>0.25891692999999982</v>
       </c>
       <c r="CB39" s="160">
         <v>0.96556515000000109</v>
       </c>
       <c r="CC39" s="160">
         <v>0.6</v>
       </c>
       <c r="CD39" s="160">
         <v>1.6</v>
       </c>
       <c r="CE39" s="160">
         <v>0.47499999999999998</v>
       </c>
+      <c r="CF39" s="160">
+        <v>1.1919999999999999</v>
+      </c>
     </row>
-    <row r="40" spans="2:83">
+    <row r="40" spans="2:84">
       <c r="B40" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Logística","Logistics")</f>
         <v>Logística</v>
       </c>
       <c r="C40" s="88">
         <v>0</v>
       </c>
       <c r="D40" s="88">
         <v>8.3354660000000003</v>
       </c>
       <c r="E40" s="88">
         <v>0.71545519999999918</v>
       </c>
       <c r="F40" s="88">
         <v>0.27390300000000067</v>
       </c>
       <c r="G40" s="104">
         <v>9.3248242000000001</v>
       </c>
       <c r="H40" s="88">
         <v>0.151863</v>
       </c>
       <c r="I40" s="88">
         <v>1.0490079999999999</v>
       </c>
@@ -42908,52 +43376,53 @@
       </c>
       <c r="BX40" s="160">
         <v>0</v>
       </c>
       <c r="BY40" s="160">
         <v>0</v>
       </c>
       <c r="BZ40" s="160">
         <v>0</v>
       </c>
       <c r="CA40" s="160">
         <v>0</v>
       </c>
       <c r="CB40" s="160">
         <v>0</v>
       </c>
       <c r="CC40" s="160">
         <v>0</v>
       </c>
       <c r="CD40" s="160" t="s">
         <v>14</v>
       </c>
       <c r="CE40" s="160" t="s">
         <v>14</v>
       </c>
+      <c r="CF40" s="160"/>
     </row>
-    <row r="41" spans="2:83">
+    <row r="41" spans="2:84">
       <c r="B41" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","TI","IT")</f>
         <v>TI</v>
       </c>
       <c r="C41" s="88">
         <v>1.502845</v>
       </c>
       <c r="D41" s="88">
         <v>4.0390090000000001</v>
       </c>
       <c r="E41" s="88">
         <v>1.5640129800000002</v>
       </c>
       <c r="F41" s="88">
         <v>1.2099543500000001</v>
       </c>
       <c r="G41" s="104">
         <v>8.3158213300000003</v>
       </c>
       <c r="H41" s="88">
         <v>2.4172761</v>
       </c>
       <c r="I41" s="88">
         <v>3.3555269999999999</v>
       </c>
@@ -43157,52 +43626,55 @@
       </c>
       <c r="BX41" s="160">
         <v>0.18257191999999997</v>
       </c>
       <c r="BY41" s="160">
         <v>10.185537819999999</v>
       </c>
       <c r="BZ41" s="160">
         <v>1.297730040000016</v>
       </c>
       <c r="CA41" s="160">
         <v>0.485947560000001</v>
       </c>
       <c r="CB41" s="160">
         <v>0.35660171999999996</v>
       </c>
       <c r="CC41" s="160">
         <v>0.2</v>
       </c>
       <c r="CD41" s="160">
         <v>2.8</v>
       </c>
       <c r="CE41" s="160">
         <v>1.883</v>
       </c>
+      <c r="CF41" s="160">
+        <v>4.9080000000000004</v>
+      </c>
     </row>
-    <row r="42" spans="2:83">
+    <row r="42" spans="2:84">
       <c r="B42" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Outros","Others")</f>
         <v>Outros</v>
       </c>
       <c r="C42" s="88">
         <v>0.89715499999999992</v>
       </c>
       <c r="D42" s="88">
         <v>1.4255250000000004</v>
       </c>
       <c r="E42" s="88">
         <v>2.7205318200000006</v>
       </c>
       <c r="F42" s="88">
         <v>4.6161426499999987</v>
       </c>
       <c r="G42" s="104">
         <v>9.6593544700000002</v>
       </c>
       <c r="H42" s="88">
         <v>1.6308609000000005</v>
       </c>
       <c r="I42" s="88">
         <v>7.9954649999999994</v>
       </c>
@@ -43406,52 +43878,55 @@
       </c>
       <c r="BX42" s="160">
         <v>0</v>
       </c>
       <c r="BY42" s="160">
         <v>0</v>
       </c>
       <c r="BZ42" s="160">
         <v>0</v>
       </c>
       <c r="CA42" s="160">
         <v>0</v>
       </c>
       <c r="CB42" s="160">
         <v>0</v>
       </c>
       <c r="CC42" s="160">
         <v>0</v>
       </c>
       <c r="CD42" s="160" t="s">
         <v>14</v>
       </c>
       <c r="CE42" s="160">
         <v>0.4</v>
       </c>
+      <c r="CF42" s="160">
+        <v>0.25700000000000001</v>
+      </c>
     </row>
-    <row r="43" spans="2:83">
+    <row r="43" spans="2:84">
       <c r="B43" s="72" t="str">
         <f>IF('Índice - Index'!$D$14="Português","Aquisição Netpoints","Netpoints Acquisition")</f>
         <v>Aquisição Netpoints</v>
       </c>
       <c r="C43" s="88">
         <v>0</v>
       </c>
       <c r="D43" s="88">
         <v>0</v>
       </c>
       <c r="E43" s="88">
         <v>0</v>
       </c>
       <c r="F43" s="88">
         <v>0</v>
       </c>
       <c r="G43" s="104">
         <v>0</v>
       </c>
       <c r="H43" s="88">
         <v>0</v>
       </c>
       <c r="I43" s="88">
         <v>0</v>
       </c>
@@ -43655,50 +44130,51 @@
       </c>
       <c r="BX43" s="160">
         <v>0</v>
       </c>
       <c r="BY43" s="160">
         <v>0</v>
       </c>
       <c r="BZ43" s="160">
         <v>0</v>
       </c>
       <c r="CA43" s="160">
         <v>0</v>
       </c>
       <c r="CB43" s="160">
         <v>0</v>
       </c>
       <c r="CC43" s="160">
         <v>0</v>
       </c>
       <c r="CD43" s="160" t="s">
         <v>14</v>
       </c>
       <c r="CE43" s="160" t="s">
         <v>14</v>
       </c>
+      <c r="CF43" s="160"/>
     </row>
   </sheetData>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.27559055118110237" bottom="0.27559055118110237" header="0.11811023622047245" footer="0.15748031496062992"/>
   <pageSetup scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Classificação Interna</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>