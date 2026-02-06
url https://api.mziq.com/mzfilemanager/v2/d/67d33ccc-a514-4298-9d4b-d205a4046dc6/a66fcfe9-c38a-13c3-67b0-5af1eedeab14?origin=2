--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -16,106 +16,107 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\CCG\Financial Statements\2025\6. 30.06.2025\Set de reportes\Set de reportes de IS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://arcosdoradosgroup-my.sharepoint.com/personal/daniel_schleiniger_mcd_com_uy/Documents/Reporting/2020s/2025/3Q25/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3ADE955C-B70A-45B6-9BC1-EC818C1391D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{22780700-B825-486D-9CCE-69141438631E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="730" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="12510" yWindow="3045" windowWidth="24465" windowHeight="15990" tabRatio="730" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="11" r:id="rId1"/>
     <sheet name="Income Statement - Consolidated" sheetId="1" r:id="rId2"/>
     <sheet name="Key Metrics by Division" sheetId="3" r:id="rId3"/>
     <sheet name="Number of Restaurants" sheetId="6" r:id="rId4"/>
     <sheet name="Debt" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Number of Restaurants'!$A$1:$H$64</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Summary!$A$1:$I$64</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Summary!$A$1:$I$65</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="L25" i="11" l="1"/>
   <c r="K25" i="11" l="1"/>
   <c r="J25" i="11"/>
   <c r="E59" i="1" l="1"/>
   <c r="AG28" i="1"/>
   <c r="AF28" i="1"/>
   <c r="AG25" i="1"/>
   <c r="AF25" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="162">
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>For the Years Ended December 31,</t>
   </si>
   <si>
     <t>(in thousands of U.S. dollars, except per share data)</t>
   </si>
   <si>
     <t>Systemwide Sales</t>
   </si>
   <si>
     <t>% Growth</t>
   </si>
   <si>
     <t>Total Net Revenues</t>
   </si>
   <si>
     <t>% Growth - As Reported</t>
   </si>
   <si>
     <t>Operating Income (EBIT)</t>
   </si>
   <si>
@@ -802,53 +803,50 @@
   <si>
     <t xml:space="preserve">* Effective October 1, 2021, the Company reorganized its operation from four geographic divisions to three geographic divisions, as follows: </t>
   </si>
   <si>
     <t>(ii) North Latin American (“NOLAD”): now comprised of Costa Rica, Mexico, Panama, Puerto Rico, Martinique, Guadeloupe, French Guiana and the U.S. Virgin Islands of St. Croix and St.Thomas;</t>
   </si>
   <si>
     <t>Debt</t>
   </si>
   <si>
     <t>$millions except leverage ratio</t>
   </si>
   <si>
     <t>Total Debt*</t>
   </si>
   <si>
     <t>Cash &amp; Equivalents</t>
   </si>
   <si>
     <t>Net Debt</t>
   </si>
   <si>
     <t>Net Debt/LTM Adj. EBITDA</t>
   </si>
   <si>
-    <t>* Total Financial Debt includes short-term debt, long-term debt, accrued interest payable and derivatives</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">     - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Speedee"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">$7.4mn </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Speedee"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">non-cash expenses, primarily related to higher impairments and write-offs of long-lived assets versus the prior year. (Q4, POSITIVE) </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -1009,74 +1007,104 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">     - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Speedee"/>
         <family val="2"/>
       </rPr>
       <t>$6.9mn</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Speedee"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> gain from restaurant transactions with sub-franchisees in México (Q2, POSITIVE) </t>
     </r>
   </si>
+  <si>
+    <t>3Q25</t>
+  </si>
+  <si>
+    <t>* Total Financial Debt includes short-term debt, long-term debt and derivatives</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">     - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Speedee"/>
+        <family val="2"/>
+      </rPr>
+      <t>$125.2mn</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Speedee"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> positive impact related to the recognition of the tax credit in Brazil (Q3, POSITIVE) </t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="16">
-    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-[...14 lines deleted...]
-    <numFmt numFmtId="178" formatCode="#,##0.0"/>
+    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="165" formatCode="&quot;$&quot;\ #,##0"/>
+    <numFmt numFmtId="166" formatCode="&quot;$&quot;\ #,##0.00"/>
+    <numFmt numFmtId="167" formatCode="0.0%"/>
+    <numFmt numFmtId="168" formatCode="0.0"/>
+    <numFmt numFmtId="169" formatCode="_(#,##0_)_%;_(\(#,##0\)_%;_(&quot;—&quot;_);_(@_)"/>
+    <numFmt numFmtId="170" formatCode="0.0\x"/>
+    <numFmt numFmtId="171" formatCode="&quot;$&quot;#,##0.0"/>
+    <numFmt numFmtId="172" formatCode="#,##0;&quot;(&quot;#,##0&quot;)&quot;"/>
+    <numFmt numFmtId="173" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="174" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="175" formatCode="#,##0,;\(#,##0,\);&quot;—&quot;;_(@_)"/>
+    <numFmt numFmtId="176" formatCode="[$-409]mmm\-yy;@"/>
+    <numFmt numFmtId="177" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="52" x14ac:knownFonts="1">
+  <fonts count="52">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -2077,51 +2105,51 @@
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="double">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="double">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="81">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
@@ -2140,489 +2168,492 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="165" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
-    <xf numFmtId="174" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="173" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="256">
+  <cellXfs count="259">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="31" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="167" fontId="31" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="173" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="172" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="33" fillId="3" borderId="1" xfId="25" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="33" fillId="0" borderId="13" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="13" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="29" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="29" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="34" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
-    <xf numFmtId="173" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="172" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
-    <xf numFmtId="173" fontId="40" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="172" fontId="40" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="38" fillId="0" borderId="0" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="38" fillId="0" borderId="0" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="173" fontId="38" fillId="3" borderId="1" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="172" fontId="38" fillId="3" borderId="1" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
-    <xf numFmtId="167" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="173" fontId="38" fillId="3" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="172" fontId="38" fillId="3" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="173" fontId="33" fillId="3" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="172" fontId="33" fillId="3" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="33" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="168" fontId="38" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="33" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="38" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="168" fontId="29" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="29" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="172" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="29" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="29" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="33" fillId="4" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="33" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="33" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="40" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="33" fillId="4" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="173" fontId="33" fillId="4" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="172" fontId="33" fillId="4" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="33" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="173" fontId="40" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="173" fontId="33" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="172" fontId="40" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="172" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="172" fontId="33" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="169" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="170" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="30" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="169" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="173" fontId="38" fillId="0" borderId="1" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="172" fontId="38" fillId="0" borderId="1" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="1" xfId="25" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="166" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="29" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="25" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="167" fontId="38" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="33" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="33" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="79" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="79" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="79" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="33" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="33" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="43" fontId="27" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="29" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="27" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="28" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="28" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="29" fillId="0" borderId="0" xfId="80" applyFont="1"/>
+    <xf numFmtId="164" fontId="29" fillId="0" borderId="0" xfId="80" applyFont="1"/>
     <xf numFmtId="9" fontId="40" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="170" fontId="29" fillId="0" borderId="16" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="29" fillId="0" borderId="17" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="171" fontId="29" fillId="0" borderId="16" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="171" fontId="29" fillId="0" borderId="17" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="172" fontId="29" fillId="0" borderId="16" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="29" fillId="0" borderId="15" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="172" fontId="29" fillId="0" borderId="17" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="172" fontId="29" fillId="0" borderId="18" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="29" fillId="0" borderId="18" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="20" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="35" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="35" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="28" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="35" borderId="24" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="41" fillId="35" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="41" fillId="35" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="41" fillId="35" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="41" fillId="35" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="29" fillId="0" borderId="0" xfId="80" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="29" fillId="0" borderId="0" xfId="80" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="41" fillId="35" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="41" fillId="35" borderId="24" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="41" fillId="35" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="41" fillId="35" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="41" fillId="35" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="41" fillId="35" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="28" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="28" fillId="0" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="28" fillId="0" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="35" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="28" fillId="35" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="28" fillId="35" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="28" fillId="35" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="28" fillId="35" borderId="28" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="29" fillId="0" borderId="0" xfId="80" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="29" fillId="0" borderId="0" xfId="80" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="28" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="28" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="29" fillId="0" borderId="0" xfId="80" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="29" fillId="0" borderId="0" xfId="80" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="49" fillId="4" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="49" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="168" fontId="49" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="49" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="50" fillId="0" borderId="0" xfId="80" applyFont="1"/>
+    <xf numFmtId="167" fontId="49" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="49" fillId="4" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="173" fontId="49" fillId="4" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="38" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="172" fontId="49" fillId="4" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="38" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="30" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="173" fontId="29" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="173" fontId="29" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="172" fontId="29" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="172" fontId="29" fillId="0" borderId="0" xfId="25" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="25" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="173" fontId="30" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="172" fontId="30" fillId="35" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="32" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="32" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="0" xfId="25" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="32" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="169" fontId="48" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="32" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="50" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="168" fontId="48" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="50" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="50" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="50" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="50" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="168" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="30" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="32" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="33" fillId="0" borderId="33" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="32" fillId="0" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="172" fontId="30" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="33" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="23" xfId="25" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="33" fillId="0" borderId="34" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="34" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="32" fillId="3" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="168" fontId="29" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="32" fillId="3" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="32" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="32" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="29" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="29" fillId="3" borderId="28" xfId="80" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="29" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="28" fillId="36" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="36" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="29" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="50" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="168" fontId="50" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="50" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="168" fontId="29" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="29" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="38" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="38" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="168" fontId="30" fillId="35" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="175" fontId="36" fillId="0" borderId="0" xfId="80" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="30" fillId="35" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="174" fontId="36" fillId="0" borderId="0" xfId="80" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="25" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="173" fontId="38" fillId="0" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="172" fontId="38" fillId="0" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="35" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="35" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="35" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="176" fontId="38" fillId="3" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="175" fontId="38" fillId="3" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="29" fillId="3" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="175" fontId="29" fillId="3" borderId="0" xfId="66" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="43" fontId="51" fillId="3" borderId="31" xfId="80" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="175" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="32" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="168" fontId="51" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="174" fontId="29" fillId="3" borderId="0" xfId="80" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="29" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="29" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="51" fillId="3" borderId="31" xfId="80" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="29" fillId="3" borderId="31" xfId="80" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="29" fillId="3" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="30" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="32" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="33" fillId="0" borderId="40" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="32" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="172" fontId="30" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="32" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="33" fillId="0" borderId="40" xfId="68" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="177" fontId="29" fillId="0" borderId="15" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="29" fillId="0" borderId="15" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="36" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="177" fontId="36" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="29" fillId="3" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="43" fontId="51" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="29" fillId="3" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="29" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="51" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="29" fillId="3" borderId="0" xfId="80" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="29" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="29" fillId="3" borderId="0" xfId="80" applyFont="1" applyFill="1"/>
+    <xf numFmtId="174" fontId="36" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="172" fontId="29" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="31" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2653,167 +2684,167 @@
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="19" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="21" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="23" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="17" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="20" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="81">
-    <cellStyle name="20% - Énfasis1" xfId="43" builtinId="30" customBuiltin="1"/>
-[...51 lines deleted...]
-    <cellStyle name="Millares" xfId="80" builtinId="3"/>
+    <cellStyle name="20% - Accent1" xfId="43" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Accent2" xfId="47" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Accent3" xfId="51" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Accent4" xfId="55" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Accent5" xfId="59" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Accent6" xfId="63" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Accent1" xfId="44" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Accent2" xfId="48" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Accent3" xfId="52" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Accent4" xfId="56" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Accent5" xfId="60" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Accent6" xfId="64" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Accent1" xfId="45" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Accent2" xfId="49" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Accent3" xfId="53" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Accent4" xfId="57" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Accent5" xfId="61" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Accent6" xfId="65" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Accent1" xfId="42" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Accent2" xfId="46" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Accent3" xfId="50" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Accent4" xfId="54" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Accent5" xfId="58" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Accent6" xfId="62" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Bad" xfId="32" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Calculation" xfId="35" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Check Cell" xfId="37" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Comma" xfId="80" builtinId="3"/>
+    <cellStyle name="Explanatory Text" xfId="40" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="24" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
+    <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
+    <cellStyle name="Good" xfId="31" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Heading 1" xfId="27" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="28" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 3" xfId="29" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 4" xfId="30" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Hyperlink" xfId="13" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="15" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="19" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="21" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="23" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="17" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="9" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="11" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="7" builtinId="8" hidden="1"/>
+    <cellStyle name="Hyperlink" xfId="5" builtinId="8" hidden="1"/>
+    <cellStyle name="Input" xfId="33" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Linked Cell" xfId="36" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Millares 2" xfId="78" xr:uid="{BA396D9B-E45E-484A-8FC1-425464B27F53}"/>
     <cellStyle name="Millares 2 2 7" xfId="67" xr:uid="{0E114389-0CF2-4BC6-B3A7-FC62574462A3}"/>
     <cellStyle name="Millares 2 2 7 2" xfId="75" xr:uid="{E15AA153-C2B3-4422-8E98-7518AD55E5FB}"/>
     <cellStyle name="Millares 3 2" xfId="66" xr:uid="{6AF3AAB8-F4F9-4441-9E92-044B3C533C53}"/>
     <cellStyle name="Millares 3 2 2" xfId="73" xr:uid="{B7DFC68B-5DCE-47A9-9499-1ACD2D484550}"/>
     <cellStyle name="Moneda 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Moneda 2 2" xfId="68" xr:uid="{A2646550-9F30-486D-A149-5EEBD7E7AADA}"/>
     <cellStyle name="Neutral" xfId="25" builtinId="28"/>
     <cellStyle name="Neutro 2" xfId="70" xr:uid="{948C74B4-1D43-4C3D-B627-4AB91B591611}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10 2" xfId="69" xr:uid="{532E1508-2B57-4282-9F7E-7A81227034FF}"/>
     <cellStyle name="Normal 113" xfId="79" xr:uid="{B82964E8-28A2-4779-AAC9-29D58E043798}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
     <cellStyle name="Normal 2 2" xfId="71" xr:uid="{C97D4D7B-034C-4574-BA5F-BCC397D2C6DE}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
     <cellStyle name="Normal 49" xfId="77" xr:uid="{0B224924-1D9D-4C44-9052-042235173530}"/>
     <cellStyle name="Normal 8 3" xfId="72" xr:uid="{E4D29F28-C746-4BDA-82C1-2508564FCBE6}"/>
-    <cellStyle name="Notas" xfId="39" builtinId="10" customBuiltin="1"/>
-    <cellStyle name="Porcentaje" xfId="1" builtinId="5"/>
+    <cellStyle name="Note" xfId="39" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Output" xfId="34" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Porcentaje 2" xfId="74" xr:uid="{4BBECB15-4AB5-4F34-A66F-175015BA8AF3}"/>
     <cellStyle name="Porcentual 2 9" xfId="76" xr:uid="{EE6B5C37-8713-4E72-8BDD-9075CE6E2B0B}"/>
-    <cellStyle name="Salida" xfId="34" builtinId="21" customBuiltin="1"/>
-[...4 lines deleted...]
-    <cellStyle name="Título 3" xfId="29" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Title" xfId="26" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="41" builtinId="25" customBuiltin="1"/>
+    <cellStyle name="Warning Text" xfId="38" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF046F44"/>
       <color rgb="FF1ECAD3"/>
       <color rgb="FF960048"/>
       <color rgb="FF80BC00"/>
       <color rgb="FF9C6500"/>
       <color rgb="FFE83135"/>
       <color rgb="FF9C9700"/>
       <color rgb="FFFF4323"/>
       <color rgb="FFFFBC0D"/>
       <color rgb="FF8ABF46"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.1024713605226959"/>
           <c:y val="7.8342796269949503E-3"/>
           <c:w val="0.82634517284471132"/>
           <c:h val="0.8038445702122694"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
@@ -2976,87 +3007,87 @@
                 <c:pt idx="0">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2024</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="[$-409]mmm\-yy;@">
-                  <c:v>45809</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Debt!$D$9:$D$17</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0.0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>631.4</c:v>
+                  <c:v>621.4</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>599.70000000000005</c:v>
+                  <c:v>589.70000000000005</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>605.70000000000005</c:v>
+                  <c:v>595.79999999999995</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>685.2</c:v>
+                  <c:v>673.3</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>657.9</c:v>
+                  <c:v>646.5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>674.4</c:v>
+                  <c:v>666.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>728.1</c:v>
+                  <c:v>720.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>707.6</c:v>
+                  <c:v>699.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>933.76</c:v>
+                  <c:v>932.8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-3B6F-4AA7-BF7F-63C8FA1F7820}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Debt!$E$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Cash &amp; Equivalents</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -3206,87 +3237,87 @@
                 <c:pt idx="0">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2024</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="[$-409]mmm\-yy;@">
-                  <c:v>45809</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Debt!$E$9:$E$17</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0.0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>328.1</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>197.3</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>121.9</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>166</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>278.8</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>304.39999999999998</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>246.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>138.6</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>233.86199999999999</c:v>
+                  <c:v>256.89999999999998</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-3B6F-4AA7-BF7F-63C8FA1F7820}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="109"/>
         <c:overlap val="-9"/>
         <c:axId val="2127280760"/>
         <c:axId val="2127284328"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
@@ -3548,87 +3579,87 @@
                 <c:pt idx="0">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2024</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="[$-409]mmm\-yy;@">
-                  <c:v>45809</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Debt!$F$9:$F$17</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0.0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>303.39999999999998</c:v>
+                  <c:v>293.29999999999995</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>402.4</c:v>
+                  <c:v>392.40000000000003</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>483.8</c:v>
+                  <c:v>473.9</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>519.20000000000005</c:v>
+                  <c:v>507.29999999999995</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>379.1</c:v>
+                  <c:v>367.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>370</c:v>
+                  <c:v>362.1</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>481.3</c:v>
+                  <c:v>473.90000000000003</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>569.1</c:v>
+                  <c:v>561.19999999999993</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>699.89800000000002</c:v>
+                  <c:v>675.9</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-3B6F-4AA7-BF7F-63C8FA1F7820}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="2127280760"/>
         <c:axId val="2127284328"/>
       </c:lineChart>
       <c:lineChart>
@@ -3716,87 +3747,87 @@
                 <c:pt idx="0">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2024</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="[$-409]mmm\-yy;@">
-                  <c:v>45809</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Debt!$G$9:$G$17</c:f>
               <c:numCache>
                 <c:formatCode>0.0\x</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>0.99</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1.56</c:v>
+                  <c:v>1.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1.66</c:v>
+                  <c:v>1.6</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>7.62</c:v>
+                  <c:v>7.4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1.39</c:v>
+                  <c:v>1.4</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.95</c:v>
+                  <c:v>0.9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1.13788442311538</c:v>
+                  <c:v>1.1000000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1.4772855354779599</c:v>
+                  <c:v>1.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1B0B-4CB7-9845-A7E06745BC63}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="571887552"/>
         <c:axId val="571892144"/>
       </c:lineChart>
       <c:catAx>
@@ -4012,58 +4043,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Speedee" panose="020B0603030502020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-419"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1000" b="1">
           <a:latin typeface="Speedee" panose="020B0603030502020204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="es-419"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
@@ -4411,58 +4442,58 @@
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9544538" y="107462"/>
           <a:ext cx="699313" cy="683486"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>517770</xdr:colOff>
-      <xdr:row>20</xdr:row>
-      <xdr:rowOff>19539</xdr:rowOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>211666</xdr:colOff>
       <xdr:row>43</xdr:row>
-      <xdr:rowOff>116416</xdr:rowOff>
+      <xdr:rowOff>116417</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Gráfico 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
@@ -4805,1302 +4836,1377 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A49D1690-D911-4234-9FDD-A09507B766C8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:N63"/>
+  <dimension ref="A1:O64"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="65" zoomScaleNormal="65" workbookViewId="0">
       <selection sqref="A1:I5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="15.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="1" width="60.5546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="11.44140625" style="1"/>
+    <col min="1" max="1" width="60.5703125" style="1" customWidth="1"/>
+    <col min="2" max="9" width="14.42578125" style="1" customWidth="1"/>
+    <col min="10" max="14" width="11.42578125" style="1"/>
+    <col min="15" max="15" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="236" t="s">
+    <row r="1" spans="1:15" ht="13.9" customHeight="1">
+      <c r="A1" s="239" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="237"/>
-[...52 lines deleted...]
-    <row r="6" spans="1:14" ht="14.7" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="240"/>
+      <c r="C1" s="240"/>
+      <c r="D1" s="240"/>
+      <c r="E1" s="240"/>
+      <c r="F1" s="240"/>
+      <c r="G1" s="240"/>
+      <c r="H1" s="240"/>
+      <c r="I1" s="240"/>
+    </row>
+    <row r="2" spans="1:15" ht="13.9" customHeight="1">
+      <c r="A2" s="239"/>
+      <c r="B2" s="240"/>
+      <c r="C2" s="240"/>
+      <c r="D2" s="240"/>
+      <c r="E2" s="240"/>
+      <c r="F2" s="240"/>
+      <c r="G2" s="240"/>
+      <c r="H2" s="240"/>
+      <c r="I2" s="240"/>
+    </row>
+    <row r="3" spans="1:15" ht="13.9" customHeight="1">
+      <c r="A3" s="239"/>
+      <c r="B3" s="240"/>
+      <c r="C3" s="240"/>
+      <c r="D3" s="240"/>
+      <c r="E3" s="240"/>
+      <c r="F3" s="240"/>
+      <c r="G3" s="240"/>
+      <c r="H3" s="240"/>
+      <c r="I3" s="240"/>
+    </row>
+    <row r="4" spans="1:15" ht="13.9" customHeight="1">
+      <c r="A4" s="239"/>
+      <c r="B4" s="240"/>
+      <c r="C4" s="240"/>
+      <c r="D4" s="240"/>
+      <c r="E4" s="240"/>
+      <c r="F4" s="240"/>
+      <c r="G4" s="240"/>
+      <c r="H4" s="240"/>
+      <c r="I4" s="240"/>
+    </row>
+    <row r="5" spans="1:15" ht="13.9" customHeight="1">
+      <c r="A5" s="241"/>
+      <c r="B5" s="242"/>
+      <c r="C5" s="242"/>
+      <c r="D5" s="242"/>
+      <c r="E5" s="242"/>
+      <c r="F5" s="242"/>
+      <c r="G5" s="242"/>
+      <c r="H5" s="242"/>
+      <c r="I5" s="242"/>
+    </row>
+    <row r="6" spans="1:15" ht="14.65" customHeight="1">
       <c r="A6" s="170"/>
-      <c r="B6" s="232" t="s">
+      <c r="B6" s="235" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="232"/>
-[...6 lines deleted...]
-      <c r="J6" s="240" t="s">
+      <c r="C6" s="235"/>
+      <c r="D6" s="235"/>
+      <c r="E6" s="235"/>
+      <c r="F6" s="235"/>
+      <c r="G6" s="235"/>
+      <c r="H6" s="235"/>
+      <c r="I6" s="236"/>
+      <c r="J6" s="243" t="s">
         <v>33</v>
       </c>
-      <c r="K6" s="232"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="K6" s="235"/>
+      <c r="L6" s="235"/>
+    </row>
+    <row r="7" spans="1:15" ht="13.5" customHeight="1">
       <c r="A7" s="136"/>
-      <c r="B7" s="234"/>
-[...10 lines deleted...]
-    <row r="8" spans="1:14" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B7" s="237"/>
+      <c r="C7" s="237"/>
+      <c r="D7" s="237"/>
+      <c r="E7" s="237"/>
+      <c r="F7" s="237"/>
+      <c r="G7" s="237"/>
+      <c r="H7" s="237"/>
+      <c r="I7" s="238"/>
+      <c r="J7" s="244"/>
+      <c r="K7" s="237"/>
+      <c r="L7" s="237"/>
+    </row>
+    <row r="8" spans="1:15" ht="16.5" customHeight="1" thickBot="1">
       <c r="A8" s="134" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="135">
         <v>2017</v>
       </c>
       <c r="C8" s="135">
         <v>2018</v>
       </c>
       <c r="D8" s="135">
         <v>2019</v>
       </c>
       <c r="E8" s="135">
         <v>2020</v>
       </c>
       <c r="F8" s="135">
         <v>2021</v>
       </c>
       <c r="G8" s="146">
         <v>2022</v>
       </c>
       <c r="H8" s="146">
         <v>2023</v>
       </c>
       <c r="I8" s="146">
         <v>2024</v>
       </c>
       <c r="J8" s="225" t="s">
+        <v>156</v>
+      </c>
+      <c r="K8" s="146" t="s">
         <v>157</v>
       </c>
-      <c r="K8" s="146" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:14" ht="12.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="L8" s="146" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="12.6" customHeight="1" thickTop="1">
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="4"/>
       <c r="I9" s="171"/>
       <c r="J9" s="217"/>
       <c r="K9" s="226"/>
-    </row>
-    <row r="10" spans="1:14" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L9" s="226"/>
+    </row>
+    <row r="10" spans="1:15" ht="16.149999999999999" customHeight="1">
       <c r="A10" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="7">
         <v>4412862</v>
       </c>
       <c r="C10" s="7">
         <v>4132721</v>
       </c>
       <c r="D10" s="7">
         <v>4001820</v>
       </c>
       <c r="E10" s="7">
         <v>2634662</v>
       </c>
       <c r="F10" s="7">
         <v>3482150</v>
       </c>
       <c r="G10" s="7">
         <v>4727734</v>
       </c>
       <c r="H10" s="7">
         <v>5615665</v>
       </c>
       <c r="I10" s="172">
         <v>5801158</v>
       </c>
       <c r="J10" s="218">
         <v>1394715</v>
       </c>
       <c r="K10" s="7">
         <v>1477136</v>
       </c>
-      <c r="M10" s="190"/>
-[...2 lines deleted...]
-    <row r="11" spans="1:14" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L10" s="7">
+        <v>1545875</v>
+      </c>
+      <c r="N10" s="190"/>
+      <c r="O10" s="232"/>
+    </row>
+    <row r="11" spans="1:15" ht="16.149999999999999" customHeight="1">
       <c r="A11" s="153" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="154">
         <v>0.16300000000000001</v>
       </c>
       <c r="C11" s="154">
         <v>-6.3E-2</v>
       </c>
       <c r="D11" s="154">
         <v>-3.2000000000000001E-2</v>
       </c>
       <c r="E11" s="154">
         <v>-0.34200000000000003</v>
       </c>
       <c r="F11" s="154">
         <v>0.32200000000000001</v>
       </c>
       <c r="G11" s="154">
         <v>0.35770544060422438</v>
       </c>
       <c r="H11" s="154">
         <v>0.188</v>
       </c>
       <c r="I11" s="173">
         <v>3.3000000000000002E-2</v>
       </c>
       <c r="J11" s="219">
         <v>-1.2E-2</v>
       </c>
       <c r="K11" s="154">
         <v>2.5999999999999999E-2</v>
       </c>
-      <c r="L11" s="15"/>
+      <c r="L11" s="154">
+        <v>5.5E-2</v>
+      </c>
       <c r="M11" s="15"/>
-    </row>
-    <row r="12" spans="1:14" s="8" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="N11" s="15"/>
+    </row>
+    <row r="12" spans="1:15" s="8" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A12" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="7">
         <v>3319525</v>
       </c>
       <c r="C12" s="7">
         <v>3081571</v>
       </c>
       <c r="D12" s="7">
         <v>2959077</v>
       </c>
       <c r="E12" s="7">
         <v>1984219</v>
       </c>
       <c r="F12" s="7">
         <v>2659941</v>
       </c>
       <c r="G12" s="7">
         <v>3618902</v>
       </c>
       <c r="H12" s="7">
         <v>4331878</v>
       </c>
       <c r="I12" s="172">
         <v>4470162</v>
       </c>
       <c r="J12" s="218">
         <v>1076592</v>
       </c>
       <c r="K12" s="7">
         <v>1142296</v>
       </c>
-      <c r="M12" s="198"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:14" s="9" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L12" s="7">
+        <v>1192828</v>
+      </c>
+      <c r="N12" s="198"/>
+    </row>
+    <row r="13" spans="1:15" s="9" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A13" s="153" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="154">
         <v>0.13300000000000001</v>
       </c>
       <c r="C13" s="154">
         <v>-7.1999999999999995E-2</v>
       </c>
       <c r="D13" s="154">
         <v>-0.04</v>
       </c>
       <c r="E13" s="154">
         <v>-0.32900000000000001</v>
       </c>
       <c r="F13" s="154">
         <v>0.34100000000000003</v>
       </c>
       <c r="G13" s="154">
         <v>0.36051965062382973</v>
       </c>
       <c r="H13" s="154">
         <v>0.19701445355524999</v>
       </c>
       <c r="I13" s="173">
         <v>3.2000000000000001E-2</v>
       </c>
       <c r="J13" s="219">
         <v>-4.4055796610920897E-3</v>
       </c>
       <c r="K13" s="154">
         <v>2.8000000000000001E-2</v>
       </c>
-      <c r="L13" s="209"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:14" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L13" s="154">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="M13" s="209"/>
+    </row>
+    <row r="14" spans="1:15" ht="16.149999999999999" customHeight="1">
       <c r="A14" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="12">
         <v>272935</v>
       </c>
       <c r="C14" s="12">
         <v>123458</v>
       </c>
       <c r="D14" s="12">
         <v>159936</v>
       </c>
       <c r="E14" s="12">
         <v>-66754</v>
       </c>
       <c r="F14" s="12">
         <v>139519</v>
       </c>
       <c r="G14" s="12">
         <v>264422</v>
       </c>
       <c r="H14" s="12">
         <v>314039</v>
       </c>
       <c r="I14" s="174">
         <v>324515</v>
       </c>
       <c r="J14" s="220">
         <v>45147</v>
       </c>
       <c r="K14" s="12">
         <v>62460</v>
       </c>
-    </row>
-    <row r="15" spans="1:14" s="11" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L14" s="12">
+        <v>147183</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" s="11" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A15" s="155" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="156">
         <v>0.52800000000000002</v>
       </c>
       <c r="C15" s="156">
         <v>-0.54800000000000004</v>
       </c>
       <c r="D15" s="156">
         <v>0.29499999999999998</v>
       </c>
       <c r="E15" s="156">
         <v>-1.417</v>
       </c>
       <c r="F15" s="154">
         <v>3.09</v>
       </c>
       <c r="G15" s="154">
         <v>0.89524007482851808</v>
       </c>
       <c r="H15" s="154">
         <v>0.188</v>
       </c>
       <c r="I15" s="173">
         <v>3.3000000000000002E-2</v>
       </c>
       <c r="J15" s="219">
         <v>-0.331660523160279</v>
       </c>
       <c r="K15" s="154">
         <v>-0.158</v>
       </c>
-      <c r="L15" s="209"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:14" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L15" s="154">
+        <v>0.84399999999999997</v>
+      </c>
+      <c r="M15" s="209"/>
+    </row>
+    <row r="16" spans="1:15" ht="16.149999999999999" customHeight="1">
       <c r="A16" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="12">
         <v>304937</v>
       </c>
       <c r="C16" s="12">
         <v>257997</v>
       </c>
       <c r="D16" s="12">
         <v>291775</v>
       </c>
       <c r="E16" s="12">
         <v>68111</v>
       </c>
       <c r="F16" s="12">
         <v>271758</v>
       </c>
       <c r="G16" s="12">
         <v>386564</v>
       </c>
       <c r="H16" s="12">
         <v>472304</v>
       </c>
       <c r="I16" s="174">
         <v>500100</v>
       </c>
       <c r="J16" s="220">
         <v>91279</v>
       </c>
       <c r="K16" s="12">
         <v>110111</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" s="11" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L16" s="12">
+        <v>201126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" s="11" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A17" s="155" t="s">
         <v>6</v>
       </c>
       <c r="B17" s="156">
         <v>0.27900000000000003</v>
       </c>
       <c r="C17" s="156">
         <v>-0.154</v>
       </c>
       <c r="D17" s="156">
         <v>0.13100000000000001</v>
       </c>
       <c r="E17" s="156">
         <v>-0.76700000000000002</v>
       </c>
       <c r="F17" s="154">
         <v>2.99</v>
       </c>
       <c r="G17" s="154">
         <v>0.42245674460365468</v>
       </c>
       <c r="H17" s="154">
         <v>0.222</v>
       </c>
       <c r="I17" s="173">
         <v>5.8999999999999997E-2</v>
       </c>
       <c r="J17" s="219">
         <v>-0.16200000000000001</v>
       </c>
       <c r="K17" s="154">
         <v>-7.2999999999999995E-2</v>
       </c>
-      <c r="L17" s="209"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:12" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L17" s="154">
+        <v>0.60899999999999999</v>
+      </c>
+      <c r="M17" s="209"/>
+    </row>
+    <row r="18" spans="1:13" ht="16.149999999999999" customHeight="1">
       <c r="A18" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="12">
         <v>129166</v>
       </c>
       <c r="C18" s="12">
         <v>36847</v>
       </c>
       <c r="D18" s="12">
         <v>79896</v>
       </c>
       <c r="E18" s="12">
         <v>-149451</v>
       </c>
       <c r="F18" s="12">
         <v>45486</v>
       </c>
       <c r="G18" s="12">
         <v>140343</v>
       </c>
       <c r="H18" s="12">
         <v>181274</v>
       </c>
       <c r="I18" s="174">
         <v>148759</v>
       </c>
       <c r="J18" s="220">
         <v>13930</v>
       </c>
       <c r="K18" s="12">
         <v>22587</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" s="11" customFormat="1" ht="16.05" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="L18" s="12">
+        <v>150429</v>
+      </c>
+      <c r="M18" s="234"/>
+    </row>
+    <row r="19" spans="1:13" s="11" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A19" s="176" t="s">
         <v>6</v>
       </c>
       <c r="B19" s="156">
         <v>0.63900000000000001</v>
       </c>
       <c r="C19" s="178">
         <v>-0.71499999999999997</v>
       </c>
       <c r="D19" s="178">
         <v>1.1679999999999999</v>
       </c>
       <c r="E19" s="178">
         <v>-2.871</v>
       </c>
       <c r="F19" s="179">
         <v>1.304</v>
       </c>
       <c r="G19" s="179">
         <v>2.0854108956602033</v>
       </c>
       <c r="H19" s="179">
         <v>0.29199999999999998</v>
       </c>
       <c r="I19" s="180">
         <v>-0.17899999999999999</v>
       </c>
       <c r="J19" s="221">
         <v>-0.51100000000000001</v>
       </c>
       <c r="K19" s="179">
         <v>-0.153</v>
       </c>
-      <c r="L19" s="209"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:12" ht="16.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="L19" s="179">
+        <v>3.2719999999999998</v>
+      </c>
+      <c r="M19" s="209"/>
+    </row>
+    <row r="20" spans="1:13" ht="16.149999999999999" customHeight="1" thickBot="1">
       <c r="A20" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="177">
         <v>0.61</v>
       </c>
       <c r="C20" s="14">
         <v>0.18</v>
       </c>
       <c r="D20" s="14">
         <v>0.39</v>
       </c>
       <c r="E20" s="14">
         <v>-0.73</v>
       </c>
       <c r="F20" s="14">
         <v>0.22</v>
       </c>
       <c r="G20" s="14">
         <v>0.66654738348390297</v>
       </c>
       <c r="H20" s="14">
         <v>0.86</v>
       </c>
       <c r="I20" s="175">
         <v>0.71</v>
       </c>
       <c r="J20" s="222">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="K20" s="14">
         <v>0.11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-    <row r="22" spans="1:12" ht="16.2" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="L20" s="14">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="15.6" customHeight="1"/>
+    <row r="22" spans="1:13" ht="15.75" thickBot="1">
       <c r="A22" s="187" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="146">
         <v>2017</v>
       </c>
       <c r="C22" s="146">
         <v>2018</v>
       </c>
       <c r="D22" s="146">
         <v>2019</v>
       </c>
       <c r="E22" s="146">
         <v>2020</v>
       </c>
       <c r="F22" s="146">
         <v>2021</v>
       </c>
       <c r="G22" s="146">
         <v>2022</v>
       </c>
       <c r="H22" s="146">
         <v>2023</v>
       </c>
       <c r="I22" s="146">
         <v>2024</v>
       </c>
       <c r="J22" s="225" t="s">
+        <v>156</v>
+      </c>
+      <c r="K22" s="146" t="s">
         <v>157</v>
       </c>
-      <c r="K22" s="146" t="s">
-[...3 lines deleted...]
-    <row r="23" spans="1:12" ht="16.2" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="L22" s="146" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="15" thickTop="1">
       <c r="A23" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="157">
         <v>0.25993280347479142</v>
       </c>
       <c r="C23" s="157">
         <v>17.781233053464639</v>
       </c>
       <c r="D23" s="157">
         <v>36.543880553567391</v>
       </c>
       <c r="E23" s="157">
         <v>-0.1742868575177573</v>
       </c>
       <c r="F23" s="157">
         <v>0.45904233264491801</v>
       </c>
       <c r="G23" s="157">
         <v>0.40663337216904893</v>
       </c>
       <c r="H23" s="157">
         <v>0.34599999999999997</v>
       </c>
       <c r="I23" s="181">
         <v>0.32800000000000001</v>
       </c>
       <c r="J23" s="212">
         <v>0.11070000000000001</v>
       </c>
       <c r="K23" s="227">
         <v>0.121</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="L23" s="227">
+        <v>0.127</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13">
       <c r="A24" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="157">
         <v>0.30169641282027737</v>
       </c>
       <c r="C24" s="157">
         <v>156.23551522147909</v>
       </c>
       <c r="D24" s="157">
         <v>348.95730454905583</v>
       </c>
       <c r="E24" s="157">
         <v>0.25922771085087293</v>
       </c>
       <c r="F24" s="157">
         <v>0.16755358275204871</v>
       </c>
       <c r="G24" s="157">
         <v>0.16756995714542047</v>
       </c>
       <c r="H24" s="157">
         <v>0.260280254504071</v>
       </c>
       <c r="I24" s="181">
         <v>0.378</v>
       </c>
       <c r="J24" s="213">
         <v>0.1111</v>
       </c>
       <c r="K24" s="228">
         <v>0.10893414862320716</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="L24" s="228">
+        <v>0.120801725910193</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13">
       <c r="A25" s="155" t="s">
         <v>15</v>
       </c>
       <c r="B25" s="158">
         <v>0.86157074605204265</v>
       </c>
       <c r="C25" s="158">
         <v>0.11381044206407234</v>
       </c>
       <c r="D25" s="158">
         <v>0.10472307092350924</v>
       </c>
       <c r="E25" s="158">
         <v>-0.67233112133609851</v>
       </c>
       <c r="F25" s="158">
         <v>2.7</v>
       </c>
       <c r="G25" s="158">
         <v>2.4</v>
       </c>
       <c r="H25" s="158">
         <v>1.3</v>
       </c>
       <c r="I25" s="210">
         <v>0.9</v>
       </c>
       <c r="J25" s="214">
         <f>+J23/J24</f>
         <v>0.99639963996399639</v>
       </c>
       <c r="K25" s="229">
         <f>+K23/K24</f>
         <v>1.1107628005477646</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="L25" s="229">
+        <f>+L23/L24</f>
+        <v>1.0513094828993996</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
       <c r="A26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="159">
         <v>3.19</v>
       </c>
       <c r="C26" s="159">
         <v>3.65</v>
       </c>
       <c r="D26" s="159">
         <v>3.94</v>
       </c>
       <c r="E26" s="159">
         <v>5.15</v>
       </c>
       <c r="F26" s="160">
         <v>5.3975</v>
       </c>
       <c r="G26" s="160">
         <v>5.1628999999999996</v>
       </c>
       <c r="H26" s="160">
         <v>4.9946000000000002</v>
       </c>
       <c r="I26" s="182">
         <v>5.3906000000000001</v>
       </c>
       <c r="J26" s="215">
         <v>5.8555000000000001</v>
       </c>
       <c r="K26" s="230">
         <v>5.6639999999999997</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="L26" s="230">
+        <v>5.4470000000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13">
       <c r="A27" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="161">
         <v>3.31</v>
       </c>
       <c r="C27" s="161">
         <v>3.87</v>
       </c>
       <c r="D27" s="161">
         <v>4.0199999999999996</v>
       </c>
       <c r="E27" s="161">
         <v>5.19</v>
       </c>
       <c r="F27" s="162">
         <v>5.5758000000000001</v>
       </c>
       <c r="G27" s="162">
         <v>5.2804000000000002</v>
       </c>
       <c r="H27" s="162">
         <v>4.8571999999999997</v>
       </c>
       <c r="I27" s="183">
         <v>6.1773999999999996</v>
       </c>
       <c r="J27" s="216">
         <v>5.7057000000000002</v>
       </c>
       <c r="K27" s="231">
         <v>5.4317000000000002</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.4">
+      <c r="L27" s="231">
+        <v>5.3217999999999996</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13">
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="211"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.4">
+    <row r="29" spans="1:13" ht="15">
       <c r="A29" s="17" t="s">
         <v>18</v>
       </c>
       <c r="B29" s="17"/>
       <c r="C29" s="17"/>
       <c r="E29" s="15"/>
       <c r="F29" s="76"/>
       <c r="G29" s="76"/>
       <c r="H29" s="76"/>
       <c r="I29" s="76"/>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.4">
+    <row r="30" spans="1:13" ht="15">
       <c r="A30" s="18">
         <v>2025</v>
       </c>
       <c r="B30" s="19"/>
       <c r="C30" s="19"/>
       <c r="D30" s="19"/>
       <c r="E30" s="19"/>
       <c r="F30" s="19"/>
       <c r="G30" s="19"/>
       <c r="H30" s="19"/>
       <c r="I30" s="19"/>
     </row>
-    <row r="31" spans="1:12" s="8" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="31" spans="1:13" s="8" customFormat="1">
       <c r="A31" s="20" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B31" s="21"/>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21"/>
       <c r="F31" s="21"/>
       <c r="G31" s="21"/>
       <c r="H31" s="21"/>
       <c r="I31" s="21"/>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="A33" s="18">
+    <row r="32" spans="1:13" s="8" customFormat="1">
+      <c r="A32" s="20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B32" s="21"/>
+      <c r="C32" s="21"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="21"/>
+      <c r="F32" s="21"/>
+      <c r="G32" s="21"/>
+      <c r="H32" s="21"/>
+      <c r="I32" s="21"/>
+    </row>
+    <row r="33" spans="1:9" ht="15">
+      <c r="A33" s="17"/>
+      <c r="B33" s="17"/>
+      <c r="C33" s="17"/>
+      <c r="E33" s="15"/>
+      <c r="F33" s="76"/>
+      <c r="G33" s="76"/>
+      <c r="H33" s="76"/>
+      <c r="I33" s="76"/>
+    </row>
+    <row r="34" spans="1:9" ht="15">
+      <c r="A34" s="18">
         <v>2024</v>
       </c>
-      <c r="B33" s="19"/>
-[...21 lines deleted...]
-    <row r="35" spans="1:9" x14ac:dyDescent="0.4">
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="19"/>
+      <c r="F34" s="19"/>
+      <c r="G34" s="19"/>
+      <c r="H34" s="19"/>
+      <c r="I34" s="19"/>
+    </row>
+    <row r="35" spans="1:9" s="8" customFormat="1">
       <c r="A35" s="20" t="s">
-        <v>152</v>
-[...9 lines deleted...]
-    <row r="36" spans="1:9" x14ac:dyDescent="0.4">
+        <v>155</v>
+      </c>
+      <c r="B35" s="21"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="21"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="21"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="21"/>
+    </row>
+    <row r="36" spans="1:9" ht="15">
       <c r="A36" s="20" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B36" s="17"/>
       <c r="C36" s="17"/>
       <c r="E36" s="15"/>
       <c r="F36" s="76"/>
       <c r="G36" s="76"/>
       <c r="H36" s="76"/>
       <c r="I36" s="76"/>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.4">
+    <row r="37" spans="1:9" ht="15">
       <c r="A37" s="20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B37" s="17"/>
       <c r="C37" s="17"/>
       <c r="E37" s="15"/>
       <c r="F37" s="76"/>
       <c r="G37" s="76"/>
       <c r="H37" s="76"/>
       <c r="I37" s="76"/>
     </row>
-    <row r="38" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A38" s="17"/>
+    <row r="38" spans="1:9" ht="15">
+      <c r="A38" s="20" t="s">
+        <v>152</v>
+      </c>
       <c r="B38" s="17"/>
       <c r="C38" s="17"/>
       <c r="E38" s="15"/>
       <c r="F38" s="76"/>
       <c r="G38" s="76"/>
       <c r="H38" s="76"/>
       <c r="I38" s="76"/>
     </row>
-    <row r="39" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A39" s="18">
+    <row r="39" spans="1:9" ht="15">
+      <c r="A39" s="17"/>
+      <c r="B39" s="17"/>
+      <c r="C39" s="17"/>
+      <c r="E39" s="15"/>
+      <c r="F39" s="76"/>
+      <c r="G39" s="76"/>
+      <c r="H39" s="76"/>
+      <c r="I39" s="76"/>
+    </row>
+    <row r="40" spans="1:9" ht="15">
+      <c r="A40" s="18">
         <v>2023</v>
       </c>
-      <c r="B39" s="19"/>
-[...20 lines deleted...]
-    <row r="41" spans="1:9" x14ac:dyDescent="0.4">
+      <c r="B40" s="19"/>
+      <c r="C40" s="19"/>
+      <c r="D40" s="19"/>
+      <c r="E40" s="19"/>
+      <c r="F40" s="19"/>
+      <c r="G40" s="19"/>
+      <c r="H40" s="19"/>
+      <c r="I40" s="19"/>
+    </row>
+    <row r="41" spans="1:9" s="8" customFormat="1" ht="15">
       <c r="A41" s="20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B41" s="163"/>
+      <c r="C41" s="163"/>
+      <c r="E41" s="45"/>
+      <c r="F41" s="164"/>
+      <c r="G41" s="164"/>
+      <c r="H41" s="164"/>
+      <c r="I41" s="164"/>
+    </row>
+    <row r="42" spans="1:9" ht="15">
+      <c r="A42" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="B41" s="17"/>
-[...8 lines deleted...]
-      <c r="A42" s="20"/>
       <c r="B42" s="17"/>
       <c r="C42" s="17"/>
       <c r="E42" s="15"/>
       <c r="F42" s="76"/>
       <c r="G42" s="76"/>
       <c r="H42" s="76"/>
       <c r="I42" s="76"/>
     </row>
-    <row r="43" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A43" s="18">
+    <row r="43" spans="1:9" ht="15">
+      <c r="A43" s="20"/>
+      <c r="B43" s="17"/>
+      <c r="C43" s="17"/>
+      <c r="E43" s="15"/>
+      <c r="F43" s="76"/>
+      <c r="G43" s="76"/>
+      <c r="H43" s="76"/>
+      <c r="I43" s="76"/>
+    </row>
+    <row r="44" spans="1:9" ht="15">
+      <c r="A44" s="18">
         <v>2021</v>
       </c>
-      <c r="B43" s="19"/>
-[...9 lines deleted...]
-      <c r="A44" s="20" t="s">
+      <c r="B44" s="19"/>
+      <c r="C44" s="19"/>
+      <c r="D44" s="19"/>
+      <c r="E44" s="19"/>
+      <c r="F44" s="19"/>
+      <c r="G44" s="19"/>
+      <c r="H44" s="19"/>
+      <c r="I44" s="19"/>
+    </row>
+    <row r="45" spans="1:9" s="8" customFormat="1">
+      <c r="A45" s="20" t="s">
         <v>20</v>
-      </c>
-[...5 lines deleted...]
-        <v>21</v>
       </c>
       <c r="B45" s="21"/>
       <c r="C45" s="21"/>
     </row>
-    <row r="46" spans="1:9" s="8" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:9" s="8" customFormat="1">
       <c r="A46" s="20" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B46" s="21"/>
       <c r="C46" s="21"/>
     </row>
-    <row r="47" spans="1:9" s="8" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="47" spans="1:9" s="8" customFormat="1">
       <c r="A47" s="20" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B47" s="21"/>
       <c r="C47" s="21"/>
     </row>
-    <row r="48" spans="1:9" s="8" customFormat="1" x14ac:dyDescent="0.4">
-      <c r="A48" s="1"/>
+    <row r="48" spans="1:9" s="8" customFormat="1">
+      <c r="A48" s="20" t="s">
+        <v>23</v>
+      </c>
       <c r="B48" s="21"/>
       <c r="C48" s="21"/>
     </row>
-    <row r="49" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A49" s="18">
+    <row r="49" spans="1:9" s="8" customFormat="1">
+      <c r="A49" s="1"/>
+      <c r="B49" s="21"/>
+      <c r="C49" s="21"/>
+    </row>
+    <row r="50" spans="1:9" ht="15">
+      <c r="A50" s="18">
         <v>2020</v>
       </c>
-      <c r="B49" s="19"/>
-[...9 lines deleted...]
-      <c r="A50" s="22" t="s">
+      <c r="B50" s="19"/>
+      <c r="C50" s="19"/>
+      <c r="D50" s="19"/>
+      <c r="E50" s="19"/>
+      <c r="F50" s="19"/>
+      <c r="G50" s="19"/>
+      <c r="H50" s="19"/>
+      <c r="I50" s="19"/>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="22" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="51" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A51" s="22" t="s">
+    <row r="52" spans="1:9" ht="15">
+      <c r="A52" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="B51" s="17"/>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" x14ac:dyDescent="0.4">
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
     </row>
-    <row r="53" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A53" s="18">
+    <row r="53" spans="1:9" ht="15">
+      <c r="B53" s="17"/>
+      <c r="C53" s="17"/>
+    </row>
+    <row r="54" spans="1:9" ht="15">
+      <c r="A54" s="18">
         <v>2019</v>
       </c>
-      <c r="B53" s="19"/>
-[...9 lines deleted...]
-      <c r="A54" s="22" t="s">
+      <c r="B54" s="19"/>
+      <c r="C54" s="19"/>
+      <c r="D54" s="19"/>
+      <c r="E54" s="19"/>
+      <c r="F54" s="19"/>
+      <c r="G54" s="19"/>
+      <c r="H54" s="19"/>
+      <c r="I54" s="19"/>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="22" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="56" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A56" s="18">
+    <row r="57" spans="1:9" ht="15">
+      <c r="A57" s="18">
         <v>2018</v>
       </c>
-      <c r="B56" s="19"/>
-[...9 lines deleted...]
-      <c r="A57" s="22" t="s">
+      <c r="B57" s="19"/>
+      <c r="C57" s="19"/>
+      <c r="D57" s="19"/>
+      <c r="E57" s="19"/>
+      <c r="F57" s="19"/>
+      <c r="G57" s="19"/>
+      <c r="H57" s="19"/>
+      <c r="I57" s="19"/>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="22" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="58" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A58" s="22" t="s">
+    <row r="59" spans="1:9">
+      <c r="A59" s="22" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="59" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A59" s="22" t="s">
+    <row r="60" spans="1:9">
+      <c r="A60" s="22" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="61" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A61" s="18">
+    <row r="62" spans="1:9" ht="15">
+      <c r="A62" s="18">
         <v>2017</v>
       </c>
-      <c r="B61" s="19"/>
-[...9 lines deleted...]
-      <c r="A62" s="22" t="s">
+      <c r="B62" s="19"/>
+      <c r="C62" s="19"/>
+      <c r="D62" s="19"/>
+      <c r="E62" s="19"/>
+      <c r="F62" s="19"/>
+      <c r="G62" s="19"/>
+      <c r="H62" s="19"/>
+      <c r="I62" s="19"/>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="22" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="63" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A63" s="22" t="s">
+    <row r="64" spans="1:9">
+      <c r="A64" s="22" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B6:I7"/>
     <mergeCell ref="A1:I5"/>
-    <mergeCell ref="J6:K7"/>
+    <mergeCell ref="J6:L7"/>
   </mergeCells>
   <phoneticPr fontId="22" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="61" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AT62"/>
+  <dimension ref="A1:AU62"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="65" zoomScaleNormal="65" workbookViewId="0">
       <pane xSplit="9" topLeftCell="AM1" activePane="topRight" state="frozen"/>
       <selection pane="topRight" sqref="A1:I5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.77734375" defaultRowHeight="15.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="10.7109375" defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="1" width="82.21875" style="8" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="45" max="16384" width="10.77734375" style="8"/>
+    <col min="1" max="1" width="82.28515625" style="8" customWidth="1"/>
+    <col min="2" max="9" width="14.28515625" style="8" customWidth="1"/>
+    <col min="10" max="10" width="3.28515625" style="8" customWidth="1"/>
+    <col min="11" max="45" width="14.42578125" style="8" customWidth="1"/>
+    <col min="46" max="16384" width="10.7109375" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:46" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="237" t="s">
+    <row r="1" spans="1:47" ht="13.9" customHeight="1">
+      <c r="A1" s="240" t="s">
         <v>32</v>
       </c>
-      <c r="B1" s="237"/>
-[...6 lines deleted...]
-      <c r="I1" s="237"/>
+      <c r="B1" s="240"/>
+      <c r="C1" s="240"/>
+      <c r="D1" s="240"/>
+      <c r="E1" s="240"/>
+      <c r="F1" s="240"/>
+      <c r="G1" s="240"/>
+      <c r="H1" s="240"/>
+      <c r="I1" s="240"/>
       <c r="J1" s="23"/>
     </row>
-    <row r="2" spans="1:46" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="I2" s="237"/>
+    <row r="2" spans="1:47" ht="13.9" customHeight="1">
+      <c r="A2" s="240"/>
+      <c r="B2" s="240"/>
+      <c r="C2" s="240"/>
+      <c r="D2" s="240"/>
+      <c r="E2" s="240"/>
+      <c r="F2" s="240"/>
+      <c r="G2" s="240"/>
+      <c r="H2" s="240"/>
+      <c r="I2" s="240"/>
       <c r="J2" s="23"/>
     </row>
-    <row r="3" spans="1:46" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="I3" s="237"/>
+    <row r="3" spans="1:47" ht="13.9" customHeight="1">
+      <c r="A3" s="240"/>
+      <c r="B3" s="240"/>
+      <c r="C3" s="240"/>
+      <c r="D3" s="240"/>
+      <c r="E3" s="240"/>
+      <c r="F3" s="240"/>
+      <c r="G3" s="240"/>
+      <c r="H3" s="240"/>
+      <c r="I3" s="240"/>
       <c r="J3" s="23"/>
     </row>
-    <row r="4" spans="1:46" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="I4" s="237"/>
+    <row r="4" spans="1:47" ht="13.9" customHeight="1">
+      <c r="A4" s="240"/>
+      <c r="B4" s="240"/>
+      <c r="C4" s="240"/>
+      <c r="D4" s="240"/>
+      <c r="E4" s="240"/>
+      <c r="F4" s="240"/>
+      <c r="G4" s="240"/>
+      <c r="H4" s="240"/>
+      <c r="I4" s="240"/>
       <c r="J4" s="23"/>
     </row>
-    <row r="5" spans="1:46" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="I5" s="239"/>
+    <row r="5" spans="1:47" ht="13.9" customHeight="1">
+      <c r="A5" s="242"/>
+      <c r="B5" s="242"/>
+      <c r="C5" s="242"/>
+      <c r="D5" s="242"/>
+      <c r="E5" s="242"/>
+      <c r="F5" s="242"/>
+      <c r="G5" s="242"/>
+      <c r="H5" s="242"/>
+      <c r="I5" s="242"/>
       <c r="J5" s="23"/>
     </row>
-    <row r="6" spans="1:46" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:47" ht="13.9" customHeight="1">
       <c r="A6" s="25"/>
-      <c r="B6" s="243" t="s">
+      <c r="B6" s="246" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="243"/>
-[...2 lines deleted...]
-      <c r="F6" s="243"/>
+      <c r="C6" s="246"/>
+      <c r="D6" s="246"/>
+      <c r="E6" s="246"/>
+      <c r="F6" s="246"/>
       <c r="G6" s="169"/>
       <c r="H6" s="169"/>
-      <c r="I6" s="244"/>
+      <c r="I6" s="247"/>
       <c r="J6" s="25"/>
       <c r="K6" s="188" t="s">
         <v>33</v>
       </c>
       <c r="L6" s="188"/>
       <c r="M6" s="188"/>
       <c r="N6" s="188"/>
       <c r="O6" s="188"/>
       <c r="P6" s="188"/>
       <c r="Q6" s="188"/>
       <c r="R6" s="188"/>
       <c r="S6" s="188"/>
       <c r="T6" s="188"/>
       <c r="U6" s="188"/>
       <c r="V6" s="188"/>
       <c r="W6" s="188"/>
       <c r="X6" s="188"/>
       <c r="Y6" s="188"/>
       <c r="Z6" s="188"/>
       <c r="AA6" s="188"/>
       <c r="AB6" s="188"/>
       <c r="AC6" s="188"/>
       <c r="AD6" s="188"/>
       <c r="AE6" s="188"/>
       <c r="AF6" s="188"/>
       <c r="AG6" s="188"/>
       <c r="AH6" s="188"/>
       <c r="AI6" s="188"/>
       <c r="AJ6" s="188"/>
       <c r="AK6" s="188"/>
       <c r="AL6" s="188"/>
       <c r="AM6" s="188"/>
       <c r="AN6" s="188"/>
       <c r="AO6" s="188"/>
       <c r="AP6" s="188"/>
       <c r="AQ6" s="188"/>
       <c r="AR6" s="188"/>
-    </row>
-    <row r="7" spans="1:46" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="AS6" s="188"/>
+    </row>
+    <row r="7" spans="1:47" ht="13.9" customHeight="1">
       <c r="A7" s="136"/>
-      <c r="B7" s="234"/>
-[...3 lines deleted...]
-      <c r="F7" s="234"/>
+      <c r="B7" s="237"/>
+      <c r="C7" s="237"/>
+      <c r="D7" s="237"/>
+      <c r="E7" s="237"/>
+      <c r="F7" s="237"/>
       <c r="G7" s="167"/>
       <c r="H7" s="167"/>
-      <c r="I7" s="245"/>
+      <c r="I7" s="248"/>
       <c r="J7" s="26"/>
       <c r="K7" s="189"/>
       <c r="L7" s="189"/>
       <c r="M7" s="189"/>
       <c r="N7" s="189"/>
       <c r="O7" s="189"/>
       <c r="P7" s="189"/>
       <c r="Q7" s="189"/>
       <c r="R7" s="189"/>
       <c r="S7" s="189"/>
       <c r="T7" s="189"/>
       <c r="U7" s="189"/>
       <c r="V7" s="189"/>
       <c r="W7" s="189"/>
       <c r="X7" s="189"/>
       <c r="Y7" s="189"/>
       <c r="Z7" s="189"/>
       <c r="AA7" s="189"/>
       <c r="AB7" s="189"/>
       <c r="AC7" s="189"/>
       <c r="AD7" s="189"/>
       <c r="AE7" s="189"/>
       <c r="AF7" s="189"/>
       <c r="AG7" s="189"/>
       <c r="AH7" s="189"/>
       <c r="AI7" s="189"/>
       <c r="AJ7" s="189"/>
       <c r="AK7" s="189"/>
       <c r="AL7" s="189"/>
       <c r="AM7" s="189"/>
     </row>
-    <row r="8" spans="1:46" ht="16.2" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="8" spans="1:47" ht="15.75" thickBot="1">
       <c r="A8" s="134" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="135">
         <v>2017</v>
       </c>
       <c r="C8" s="135">
         <v>2018</v>
       </c>
       <c r="D8" s="135">
         <v>2019</v>
       </c>
       <c r="E8" s="135">
         <v>2020</v>
       </c>
       <c r="F8" s="135">
         <v>2021</v>
       </c>
       <c r="G8" s="146">
         <v>2022</v>
       </c>
       <c r="H8" s="146">
         <v>2023</v>
       </c>
       <c r="I8" s="146">
@@ -6169,121 +6275,125 @@
       <c r="AE8" s="132" t="s">
         <v>54</v>
       </c>
       <c r="AF8" s="132" t="s">
         <v>55</v>
       </c>
       <c r="AG8" s="132" t="s">
         <v>56</v>
       </c>
       <c r="AH8" s="132" t="s">
         <v>57</v>
       </c>
       <c r="AI8" s="132" t="s">
         <v>58</v>
       </c>
       <c r="AJ8" s="132" t="s">
         <v>59</v>
       </c>
       <c r="AK8" s="132" t="s">
         <v>60</v>
       </c>
       <c r="AL8" s="132" t="s">
         <v>61</v>
       </c>
       <c r="AM8" s="132" t="s">
+        <v>140</v>
+      </c>
+      <c r="AN8" s="132" t="s">
         <v>141</v>
       </c>
-      <c r="AN8" s="132" t="s">
+      <c r="AO8" s="132" t="s">
         <v>142</v>
       </c>
-      <c r="AO8" s="132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AP8" s="132" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AQ8" s="132" t="s">
+        <v>156</v>
+      </c>
+      <c r="AR8" s="132" t="s">
         <v>157</v>
       </c>
-      <c r="AR8" s="132" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:46" ht="16.2" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="AS8" s="132" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="9" spans="1:47" ht="15" thickTop="1">
       <c r="A9" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="10" spans="1:46" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:47">
       <c r="A10" s="27" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="78"/>
       <c r="C10" s="78"/>
       <c r="D10" s="78"/>
       <c r="E10" s="78"/>
       <c r="F10" s="78"/>
       <c r="G10" s="78"/>
       <c r="H10" s="78"/>
       <c r="I10" s="78"/>
       <c r="K10" s="28"/>
       <c r="L10" s="28"/>
       <c r="M10" s="28"/>
       <c r="N10" s="28"/>
       <c r="O10" s="28"/>
       <c r="P10" s="28"/>
       <c r="Q10" s="28"/>
       <c r="R10" s="28"/>
       <c r="S10" s="28"/>
       <c r="T10" s="28"/>
       <c r="U10" s="28"/>
       <c r="V10" s="28"/>
       <c r="W10" s="28"/>
       <c r="X10" s="28"/>
       <c r="Y10" s="28"/>
       <c r="Z10" s="28"/>
       <c r="AA10" s="28"/>
       <c r="AB10" s="28"/>
       <c r="AC10" s="28"/>
       <c r="AD10" s="28"/>
       <c r="AE10" s="28"/>
       <c r="AF10" s="28"/>
       <c r="AG10" s="28"/>
       <c r="AH10" s="28"/>
       <c r="AI10" s="28"/>
       <c r="AJ10" s="28"/>
       <c r="AK10" s="28"/>
       <c r="AL10" s="28"/>
       <c r="AM10" s="28"/>
       <c r="AN10" s="28"/>
       <c r="AO10" s="28"/>
       <c r="AP10" s="28"/>
       <c r="AQ10" s="28"/>
       <c r="AR10" s="28"/>
-    </row>
-    <row r="11" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS10" s="28"/>
+    </row>
+    <row r="11" spans="1:47">
       <c r="A11" s="8" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="28">
         <v>3162256</v>
       </c>
       <c r="C11" s="28">
         <v>2932609</v>
       </c>
       <c r="D11" s="28">
         <v>2812287</v>
       </c>
       <c r="E11" s="28">
         <v>1894618</v>
       </c>
       <c r="F11" s="28">
         <v>2543907</v>
       </c>
       <c r="G11" s="28">
         <v>3457491</v>
       </c>
       <c r="H11" s="28">
         <v>4137675</v>
       </c>
       <c r="I11" s="28">
@@ -6370,53 +6480,56 @@
       </c>
       <c r="AK11" s="28">
         <v>1075328</v>
       </c>
       <c r="AL11" s="28">
         <v>1121463</v>
       </c>
       <c r="AM11" s="28">
         <v>1031422</v>
       </c>
       <c r="AN11" s="28">
         <v>1060709</v>
       </c>
       <c r="AO11" s="28">
         <v>1083447</v>
       </c>
       <c r="AP11" s="28">
         <v>1091170</v>
       </c>
       <c r="AQ11" s="28">
         <v>1027531</v>
       </c>
       <c r="AR11" s="28">
         <v>1091113</v>
       </c>
-      <c r="AS11" s="28"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS11" s="28">
+        <v>1139343</v>
+      </c>
+      <c r="AT11" s="28"/>
+    </row>
+    <row r="12" spans="1:47">
       <c r="A12" s="137" t="s">
         <v>64</v>
       </c>
       <c r="B12" s="149">
         <v>157269</v>
       </c>
       <c r="C12" s="149">
         <v>148962</v>
       </c>
       <c r="D12" s="149">
         <v>146790</v>
       </c>
       <c r="E12" s="149">
         <v>89601</v>
       </c>
       <c r="F12" s="149">
         <v>116034</v>
       </c>
       <c r="G12" s="149">
         <v>161411</v>
       </c>
       <c r="H12" s="149">
         <v>194203</v>
       </c>
       <c r="I12" s="149">
@@ -6503,53 +6616,56 @@
       </c>
       <c r="AK12" s="150">
         <v>49782</v>
       </c>
       <c r="AL12" s="150">
         <v>53992</v>
       </c>
       <c r="AM12" s="150">
         <v>49934</v>
       </c>
       <c r="AN12" s="150">
         <v>50192</v>
       </c>
       <c r="AO12" s="150">
         <v>50238</v>
       </c>
       <c r="AP12" s="150">
         <v>53050</v>
       </c>
       <c r="AQ12" s="150">
         <v>49061</v>
       </c>
       <c r="AR12" s="150">
         <v>51183</v>
       </c>
-      <c r="AS12" s="28"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS12" s="150">
+        <v>53485</v>
+      </c>
+      <c r="AT12" s="28"/>
+    </row>
+    <row r="13" spans="1:47" ht="15">
       <c r="A13" s="147" t="s">
         <v>65</v>
       </c>
       <c r="B13" s="148">
         <v>3319525</v>
       </c>
       <c r="C13" s="148">
         <v>3081571</v>
       </c>
       <c r="D13" s="148">
         <v>2959077</v>
       </c>
       <c r="E13" s="148">
         <v>1984219</v>
       </c>
       <c r="F13" s="148">
         <v>2659941.0437387149</v>
       </c>
       <c r="G13" s="148">
         <v>3618902</v>
       </c>
       <c r="H13" s="148">
         <v>4331878</v>
       </c>
       <c r="I13" s="148">
@@ -6636,150 +6752,155 @@
       </c>
       <c r="AK13" s="148">
         <v>1125110</v>
       </c>
       <c r="AL13" s="148">
         <v>1175455</v>
       </c>
       <c r="AM13" s="148">
         <v>1081356</v>
       </c>
       <c r="AN13" s="148">
         <v>1110901</v>
       </c>
       <c r="AO13" s="148">
         <v>1133685</v>
       </c>
       <c r="AP13" s="148">
         <v>1144220</v>
       </c>
       <c r="AQ13" s="148">
         <v>1076592</v>
       </c>
       <c r="AR13" s="148">
         <v>1142296</v>
       </c>
-      <c r="AS13" s="28"/>
-[...2 lines deleted...]
-    <row r="14" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS13" s="148">
+        <v>1192828</v>
+      </c>
+      <c r="AT13" s="28"/>
+      <c r="AU13" s="48"/>
+    </row>
+    <row r="14" spans="1:47" ht="15">
       <c r="A14" s="27" t="s">
         <v>66</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="50"/>
       <c r="G14" s="50"/>
       <c r="H14" s="50"/>
       <c r="I14" s="50"/>
       <c r="J14" s="28"/>
       <c r="K14" s="31"/>
       <c r="L14" s="31"/>
       <c r="M14" s="31"/>
       <c r="N14" s="31"/>
       <c r="O14" s="31"/>
       <c r="P14" s="31"/>
       <c r="Q14" s="31"/>
       <c r="R14" s="31"/>
       <c r="S14" s="31"/>
       <c r="T14" s="31"/>
       <c r="U14" s="31"/>
       <c r="V14" s="31"/>
       <c r="W14" s="31"/>
       <c r="X14" s="31"/>
       <c r="Y14" s="31"/>
       <c r="Z14" s="31"/>
       <c r="AA14" s="31"/>
       <c r="AB14" s="31"/>
       <c r="AC14" s="31"/>
       <c r="AD14" s="31"/>
       <c r="AE14" s="31"/>
       <c r="AF14" s="31"/>
       <c r="AG14" s="31"/>
       <c r="AH14" s="31"/>
       <c r="AI14" s="31"/>
       <c r="AJ14" s="31"/>
       <c r="AK14" s="31"/>
       <c r="AL14" s="31"/>
       <c r="AM14" s="31"/>
       <c r="AN14" s="31"/>
       <c r="AO14" s="31"/>
       <c r="AP14" s="31"/>
       <c r="AQ14" s="31"/>
       <c r="AR14" s="31"/>
-    </row>
-    <row r="15" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS14" s="31"/>
+    </row>
+    <row r="15" spans="1:47">
       <c r="A15" s="137" t="s">
         <v>67</v>
       </c>
       <c r="B15" s="47"/>
       <c r="C15" s="47"/>
       <c r="D15" s="47"/>
       <c r="E15" s="47"/>
       <c r="F15" s="47"/>
       <c r="G15" s="47"/>
       <c r="H15" s="47"/>
       <c r="I15" s="47"/>
       <c r="J15" s="28"/>
       <c r="K15" s="47"/>
       <c r="L15" s="47"/>
       <c r="M15" s="47"/>
       <c r="N15" s="47"/>
       <c r="O15" s="47"/>
       <c r="P15" s="47"/>
       <c r="Q15" s="47"/>
       <c r="R15" s="47"/>
       <c r="S15" s="47"/>
       <c r="T15" s="47"/>
       <c r="U15" s="47"/>
       <c r="V15" s="47"/>
       <c r="W15" s="47"/>
       <c r="X15" s="47"/>
       <c r="Y15" s="47"/>
       <c r="Z15" s="47"/>
       <c r="AA15" s="47"/>
       <c r="AB15" s="47"/>
       <c r="AC15" s="47"/>
       <c r="AD15" s="47"/>
       <c r="AE15" s="47"/>
       <c r="AF15" s="47"/>
       <c r="AG15" s="47"/>
       <c r="AH15" s="47"/>
       <c r="AI15" s="47"/>
       <c r="AJ15" s="47"/>
       <c r="AK15" s="47"/>
       <c r="AL15" s="47"/>
       <c r="AM15" s="47"/>
       <c r="AN15" s="47"/>
       <c r="AO15" s="47"/>
       <c r="AP15" s="47"/>
       <c r="AQ15" s="47"/>
       <c r="AR15" s="47"/>
-    </row>
-    <row r="16" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS15" s="47"/>
+    </row>
+    <row r="16" spans="1:47">
       <c r="A16" s="32" t="s">
         <v>68</v>
       </c>
       <c r="B16" s="28">
         <v>-1110240</v>
       </c>
       <c r="C16" s="28">
         <v>-1030499</v>
       </c>
       <c r="D16" s="28">
         <v>-1007584</v>
       </c>
       <c r="E16" s="28">
         <v>-677087</v>
       </c>
       <c r="F16" s="28">
         <v>-899077</v>
       </c>
       <c r="G16" s="28">
         <v>-1227293</v>
       </c>
       <c r="H16" s="28">
         <v>-1457720</v>
       </c>
       <c r="I16" s="28">
@@ -6866,53 +6987,56 @@
       </c>
       <c r="AK16" s="28">
         <v>-376023</v>
       </c>
       <c r="AL16" s="28">
         <v>-396086</v>
       </c>
       <c r="AM16" s="28">
         <v>-360987</v>
       </c>
       <c r="AN16" s="28">
         <v>-372926</v>
       </c>
       <c r="AO16" s="28">
         <v>-381175</v>
       </c>
       <c r="AP16" s="28">
         <v>-383765</v>
       </c>
       <c r="AQ16" s="28">
         <v>-366612</v>
       </c>
       <c r="AR16" s="28">
         <v>-396564</v>
       </c>
-      <c r="AS16" s="28"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS16" s="28">
+        <v>-414779</v>
+      </c>
+      <c r="AT16" s="28"/>
+    </row>
+    <row r="17" spans="1:47">
       <c r="A17" s="151" t="s">
         <v>69</v>
       </c>
       <c r="B17" s="149">
         <v>-683954</v>
       </c>
       <c r="C17" s="149">
         <v>-607793</v>
       </c>
       <c r="D17" s="149">
         <v>-567653</v>
       </c>
       <c r="E17" s="149">
         <v>-413074</v>
       </c>
       <c r="F17" s="149">
         <v>-482608</v>
       </c>
       <c r="G17" s="149">
         <v>-668764</v>
       </c>
       <c r="H17" s="149">
         <v>-790042</v>
       </c>
       <c r="I17" s="149">
@@ -6999,53 +7123,56 @@
       </c>
       <c r="AK17" s="150">
         <v>-200904</v>
       </c>
       <c r="AL17" s="150">
         <v>-209756</v>
       </c>
       <c r="AM17" s="150">
         <v>-201960</v>
       </c>
       <c r="AN17" s="150">
         <v>-193538</v>
       </c>
       <c r="AO17" s="150">
         <v>-207894</v>
       </c>
       <c r="AP17" s="150">
         <v>-194228</v>
       </c>
       <c r="AQ17" s="150">
         <v>-197749</v>
       </c>
       <c r="AR17" s="150">
         <v>-206461</v>
       </c>
-      <c r="AS17" s="28"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS17" s="150">
+        <v>-211152</v>
+      </c>
+      <c r="AT17" s="28"/>
+    </row>
+    <row r="18" spans="1:47">
       <c r="A18" s="32" t="s">
         <v>70</v>
       </c>
       <c r="B18" s="28">
         <v>-842519</v>
       </c>
       <c r="C18" s="28">
         <v>-803539</v>
       </c>
       <c r="D18" s="28">
         <v>-799633</v>
       </c>
       <c r="E18" s="28">
         <v>-624154</v>
       </c>
       <c r="F18" s="28">
         <v>-772169</v>
       </c>
       <c r="G18" s="28">
         <v>-967690</v>
       </c>
       <c r="H18" s="28">
         <v>-1154334</v>
       </c>
       <c r="I18" s="28">
@@ -7132,53 +7259,56 @@
       </c>
       <c r="AK18" s="28">
         <v>-300456</v>
       </c>
       <c r="AL18" s="28">
         <v>-311158</v>
       </c>
       <c r="AM18" s="28">
         <v>-299053</v>
       </c>
       <c r="AN18" s="28">
         <v>-315558</v>
       </c>
       <c r="AO18" s="28">
         <v>-315571</v>
       </c>
       <c r="AP18" s="28">
         <v>-308038</v>
       </c>
       <c r="AQ18" s="28">
         <v>-308065</v>
       </c>
       <c r="AR18" s="28">
         <v>-319746</v>
       </c>
-      <c r="AS18" s="28"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS18" s="28">
+        <v>-333317</v>
+      </c>
+      <c r="AT18" s="28"/>
+    </row>
+    <row r="19" spans="1:47">
       <c r="A19" s="151" t="s">
         <v>71</v>
       </c>
       <c r="B19" s="149">
         <v>-163954</v>
       </c>
       <c r="C19" s="149">
         <v>-157886</v>
       </c>
       <c r="D19" s="149">
         <v>-155388</v>
       </c>
       <c r="E19" s="149">
         <v>-110957</v>
       </c>
       <c r="F19" s="149">
         <v>-131401</v>
       </c>
       <c r="G19" s="149">
         <v>-194522</v>
       </c>
       <c r="H19" s="149">
         <v>-249278</v>
       </c>
       <c r="I19" s="149">
@@ -7265,53 +7395,56 @@
       </c>
       <c r="AK19" s="150">
         <v>-65058</v>
       </c>
       <c r="AL19" s="150">
         <v>-68961</v>
       </c>
       <c r="AM19" s="150">
         <v>-65003</v>
       </c>
       <c r="AN19" s="150">
         <v>-66361</v>
       </c>
       <c r="AO19" s="150">
         <v>-67163</v>
       </c>
       <c r="AP19" s="150">
         <v>-66855</v>
       </c>
       <c r="AQ19" s="150">
         <v>-63411</v>
       </c>
       <c r="AR19" s="150">
         <v>-66455</v>
       </c>
-      <c r="AS19" s="28"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS19" s="150">
+        <v>-69069</v>
+      </c>
+      <c r="AT19" s="28"/>
+    </row>
+    <row r="20" spans="1:47">
       <c r="A20" s="8" t="s">
         <v>72</v>
       </c>
       <c r="B20" s="28">
         <v>-69836</v>
       </c>
       <c r="C20" s="28">
         <v>-67927</v>
       </c>
       <c r="D20" s="28">
         <v>-61278</v>
       </c>
       <c r="E20" s="28">
         <v>-43512</v>
       </c>
       <c r="F20" s="28">
         <v>-50627</v>
       </c>
       <c r="G20" s="28">
         <v>-68028</v>
       </c>
       <c r="H20" s="28">
         <v>-83359</v>
       </c>
       <c r="I20" s="28">
@@ -7398,53 +7531,56 @@
       </c>
       <c r="AK20" s="28">
         <v>-21424</v>
       </c>
       <c r="AL20" s="28">
         <v>-23306</v>
       </c>
       <c r="AM20" s="28">
         <v>-21990</v>
       </c>
       <c r="AN20" s="28">
         <v>-20285</v>
       </c>
       <c r="AO20" s="28">
         <v>-20720</v>
       </c>
       <c r="AP20" s="28">
         <v>-20670</v>
       </c>
       <c r="AQ20" s="28">
         <v>-21044</v>
       </c>
       <c r="AR20" s="28">
         <v>-21028</v>
       </c>
-      <c r="AS20" s="28"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS20" s="28">
+        <v>-22619</v>
+      </c>
+      <c r="AT20" s="28"/>
+    </row>
+    <row r="21" spans="1:47">
       <c r="A21" s="137" t="s">
         <v>73</v>
       </c>
       <c r="B21" s="149">
         <v>-244664</v>
       </c>
       <c r="C21" s="149">
         <v>-229324</v>
       </c>
       <c r="D21" s="149">
         <v>-212515</v>
       </c>
       <c r="E21" s="149">
         <v>-171382</v>
       </c>
       <c r="F21" s="149">
         <v>-210909</v>
       </c>
       <c r="G21" s="149">
         <v>-239263</v>
       </c>
       <c r="H21" s="149">
         <v>-285000</v>
       </c>
       <c r="I21" s="149">
@@ -7531,53 +7667,56 @@
       </c>
       <c r="AK21" s="150">
         <v>-67806</v>
       </c>
       <c r="AL21" s="150">
         <v>-82076</v>
       </c>
       <c r="AM21" s="150">
         <v>-68658</v>
       </c>
       <c r="AN21" s="150">
         <v>-72954</v>
       </c>
       <c r="AO21" s="150">
         <v>-68070</v>
       </c>
       <c r="AP21" s="150">
         <v>-70177</v>
       </c>
       <c r="AQ21" s="150">
         <v>-73325</v>
       </c>
       <c r="AR21" s="150">
         <v>-77530</v>
       </c>
-      <c r="AS21" s="28"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS21" s="150">
+        <v>-76824</v>
+      </c>
+      <c r="AT21" s="28"/>
+    </row>
+    <row r="22" spans="1:47">
       <c r="A22" s="8" t="s">
         <v>74</v>
       </c>
       <c r="B22" s="28">
         <v>68577</v>
       </c>
       <c r="C22" s="28">
         <v>-61145</v>
       </c>
       <c r="D22" s="28">
         <v>4910</v>
       </c>
       <c r="E22" s="28">
         <v>-10807</v>
       </c>
       <c r="F22" s="28">
         <v>26369</v>
       </c>
       <c r="G22" s="28">
         <v>11080</v>
       </c>
       <c r="H22" s="28">
         <v>1894</v>
       </c>
       <c r="I22" s="28">
@@ -7664,53 +7803,56 @@
       </c>
       <c r="AK22" s="28">
         <v>-2364</v>
       </c>
       <c r="AL22" s="28">
         <v>-2325</v>
       </c>
       <c r="AM22" s="28">
         <v>3846</v>
       </c>
       <c r="AN22" s="28">
         <v>4940</v>
       </c>
       <c r="AO22" s="28">
         <v>6733</v>
       </c>
       <c r="AP22" s="28">
         <v>2433</v>
       </c>
       <c r="AQ22" s="28">
         <v>-1239</v>
       </c>
       <c r="AR22" s="28">
         <v>7948</v>
       </c>
-      <c r="AS22" s="28"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS22" s="28">
+        <v>82115</v>
+      </c>
+      <c r="AT22" s="28"/>
+    </row>
+    <row r="23" spans="1:47" ht="15">
       <c r="A23" s="147" t="s">
         <v>75</v>
       </c>
       <c r="B23" s="152">
         <v>-3046590</v>
       </c>
       <c r="C23" s="152">
         <v>-2958113</v>
       </c>
       <c r="D23" s="152">
         <v>-2799141</v>
       </c>
       <c r="E23" s="152">
         <v>-2050973</v>
       </c>
       <c r="F23" s="152">
         <v>-2520422</v>
       </c>
       <c r="G23" s="152">
         <v>-3354480</v>
       </c>
       <c r="H23" s="152">
         <v>-4017839</v>
       </c>
       <c r="I23" s="152">
@@ -7797,53 +7939,56 @@
       </c>
       <c r="AK23" s="152">
         <v>-1034035</v>
       </c>
       <c r="AL23" s="152">
         <v>-1093668</v>
       </c>
       <c r="AM23" s="152">
         <v>-1013805</v>
       </c>
       <c r="AN23" s="152">
         <v>-1036682</v>
       </c>
       <c r="AO23" s="152">
         <v>-1053860</v>
       </c>
       <c r="AP23" s="152">
         <v>-1041300</v>
       </c>
       <c r="AQ23" s="152">
         <v>-1031445</v>
       </c>
       <c r="AR23" s="152">
         <v>-1079836</v>
       </c>
-      <c r="AS23" s="28"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS23" s="152">
+        <v>-1045645</v>
+      </c>
+      <c r="AT23" s="28"/>
+    </row>
+    <row r="24" spans="1:47" ht="15">
       <c r="A24" s="147" t="s">
         <v>76</v>
       </c>
       <c r="B24" s="152">
         <v>272935</v>
       </c>
       <c r="C24" s="152">
         <v>123458</v>
       </c>
       <c r="D24" s="152">
         <v>159936</v>
       </c>
       <c r="E24" s="152">
         <v>-66754</v>
       </c>
       <c r="F24" s="152">
         <v>139519</v>
       </c>
       <c r="G24" s="152">
         <v>264422</v>
       </c>
       <c r="H24" s="152">
         <v>314039</v>
       </c>
       <c r="I24" s="152">
@@ -7930,54 +8075,57 @@
       </c>
       <c r="AK24" s="152">
         <v>91075</v>
       </c>
       <c r="AL24" s="152">
         <v>81787</v>
       </c>
       <c r="AM24" s="152">
         <v>67551</v>
       </c>
       <c r="AN24" s="152">
         <v>74219</v>
       </c>
       <c r="AO24" s="152">
         <v>79825</v>
       </c>
       <c r="AP24" s="152">
         <v>102920</v>
       </c>
       <c r="AQ24" s="152">
         <v>45147</v>
       </c>
       <c r="AR24" s="152">
         <v>62460</v>
       </c>
-      <c r="AS24" s="28"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS24" s="152">
+        <v>147183</v>
+      </c>
+      <c r="AT24" s="28"/>
+      <c r="AU24" s="48"/>
+    </row>
+    <row r="25" spans="1:47">
       <c r="A25" s="137" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="149">
         <v>-68357</v>
       </c>
       <c r="C25" s="149">
         <v>-52868</v>
       </c>
       <c r="D25" s="149">
         <v>-52079</v>
       </c>
       <c r="E25" s="149">
         <v>-59068</v>
       </c>
       <c r="F25" s="149">
         <v>-49546</v>
       </c>
       <c r="G25" s="149">
         <v>-43750</v>
       </c>
       <c r="H25" s="149">
         <v>-32275</v>
       </c>
       <c r="I25" s="149">
@@ -8066,53 +8214,56 @@
       </c>
       <c r="AK25" s="150">
         <v>-4973</v>
       </c>
       <c r="AL25" s="150">
         <v>-5315</v>
       </c>
       <c r="AM25" s="150">
         <v>-16438</v>
       </c>
       <c r="AN25" s="150">
         <v>-14141</v>
       </c>
       <c r="AO25" s="150">
         <v>-8480</v>
       </c>
       <c r="AP25" s="150">
         <v>-8179</v>
       </c>
       <c r="AQ25" s="150">
         <v>-16592</v>
       </c>
       <c r="AR25" s="150">
         <v>-18483</v>
       </c>
-      <c r="AS25" s="28"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS25" s="150">
+        <v>27071</v>
+      </c>
+      <c r="AT25" s="28"/>
+    </row>
+    <row r="26" spans="1:47">
       <c r="A26" s="8" t="s">
         <v>78</v>
       </c>
       <c r="B26" s="28">
         <v>-7065</v>
       </c>
       <c r="C26" s="28">
         <v>-565</v>
       </c>
       <c r="D26" s="28">
         <v>439</v>
       </c>
       <c r="E26" s="28">
         <v>-2297</v>
       </c>
       <c r="F26" s="28">
         <v>-5183</v>
       </c>
       <c r="G26" s="28">
         <v>-10490</v>
       </c>
       <c r="H26" s="28">
         <v>-13183</v>
       </c>
       <c r="I26" s="28">
@@ -8199,53 +8350,56 @@
       </c>
       <c r="AK26" s="28">
         <v>900</v>
       </c>
       <c r="AL26" s="28">
         <v>37</v>
       </c>
       <c r="AM26" s="28">
         <v>-1933</v>
       </c>
       <c r="AN26" s="28">
         <v>3182</v>
       </c>
       <c r="AO26" s="28">
         <v>-516</v>
       </c>
       <c r="AP26" s="28">
         <v>208</v>
       </c>
       <c r="AQ26" s="28">
         <v>110</v>
       </c>
       <c r="AR26" s="28">
         <v>1344</v>
       </c>
-      <c r="AS26" s="28"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS26" s="28">
+        <v>-593</v>
+      </c>
+      <c r="AT26" s="28"/>
+    </row>
+    <row r="27" spans="1:47">
       <c r="A27" s="8" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="207">
         <v>0</v>
       </c>
       <c r="C27" s="207">
         <v>0</v>
       </c>
       <c r="D27" s="207">
         <v>0</v>
       </c>
       <c r="E27" s="28">
         <v>25676</v>
       </c>
       <c r="F27" s="207">
         <v>0</v>
       </c>
       <c r="G27" s="208">
         <v>0</v>
       </c>
       <c r="H27" s="208">
         <v>0</v>
       </c>
       <c r="I27" s="208">
@@ -8332,53 +8486,56 @@
       </c>
       <c r="AK27" s="207">
         <v>0</v>
       </c>
       <c r="AL27" s="207">
         <v>0</v>
       </c>
       <c r="AM27" s="207">
         <v>0</v>
       </c>
       <c r="AN27" s="207">
         <v>0</v>
       </c>
       <c r="AO27" s="207">
         <v>0</v>
       </c>
       <c r="AP27" s="207">
         <v>0</v>
       </c>
       <c r="AQ27" s="207">
         <v>0</v>
       </c>
       <c r="AR27" s="207">
         <v>0</v>
       </c>
-      <c r="AS27" s="28"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS27" s="207">
+        <v>0</v>
+      </c>
+      <c r="AT27" s="28"/>
+    </row>
+    <row r="28" spans="1:47">
       <c r="A28" s="137" t="s">
         <v>80</v>
       </c>
       <c r="B28" s="149">
         <v>-14265</v>
       </c>
       <c r="C28" s="149">
         <v>14874</v>
       </c>
       <c r="D28" s="149">
         <v>12754</v>
       </c>
       <c r="E28" s="149">
         <v>-31707</v>
       </c>
       <c r="F28" s="149">
         <v>-9189</v>
       </c>
       <c r="G28" s="149">
         <v>16501</v>
       </c>
       <c r="H28" s="149">
         <v>10774</v>
       </c>
       <c r="I28" s="149">
@@ -8467,53 +8624,56 @@
       </c>
       <c r="AK28" s="150">
         <v>1286</v>
       </c>
       <c r="AL28" s="150">
         <v>-11457</v>
       </c>
       <c r="AM28" s="150">
         <v>-998</v>
       </c>
       <c r="AN28" s="150">
         <v>-18117</v>
       </c>
       <c r="AO28" s="150">
         <v>3292</v>
       </c>
       <c r="AP28" s="150">
         <v>760</v>
       </c>
       <c r="AQ28" s="150">
         <v>-1961</v>
       </c>
       <c r="AR28" s="150">
         <v>-3666</v>
       </c>
-      <c r="AS28" s="28"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS28" s="150">
+        <v>3037</v>
+      </c>
+      <c r="AT28" s="28"/>
+    </row>
+    <row r="29" spans="1:47">
       <c r="A29" s="8" t="s">
         <v>81</v>
       </c>
       <c r="B29" s="28">
         <v>-435</v>
       </c>
       <c r="C29" s="28">
         <v>270</v>
       </c>
       <c r="D29" s="28">
         <v>-2097</v>
       </c>
       <c r="E29" s="28">
         <v>2296</v>
       </c>
       <c r="F29" s="28">
         <v>2185</v>
       </c>
       <c r="G29" s="28">
         <v>-287</v>
       </c>
       <c r="H29" s="28">
         <v>-1238</v>
       </c>
       <c r="I29" s="28">
@@ -8600,53 +8760,56 @@
       </c>
       <c r="AK29" s="28">
         <v>-106</v>
       </c>
       <c r="AL29" s="28">
         <v>-1138</v>
       </c>
       <c r="AM29" s="28">
         <v>-429</v>
       </c>
       <c r="AN29" s="28">
         <v>-223</v>
       </c>
       <c r="AO29" s="28">
         <v>758</v>
       </c>
       <c r="AP29" s="28">
         <v>-3979</v>
       </c>
       <c r="AQ29" s="28">
         <v>-122</v>
       </c>
       <c r="AR29" s="28">
         <v>-481</v>
       </c>
-      <c r="AS29" s="28"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS29" s="28">
+        <v>-424</v>
+      </c>
+      <c r="AT29" s="28"/>
+    </row>
+    <row r="30" spans="1:47" ht="15">
       <c r="A30" s="147" t="s">
         <v>82</v>
       </c>
       <c r="B30" s="152">
         <v>182813</v>
       </c>
       <c r="C30" s="152">
         <v>85169</v>
       </c>
       <c r="D30" s="152">
         <v>118953</v>
       </c>
       <c r="E30" s="152">
         <v>-131853.5</v>
       </c>
       <c r="F30" s="152">
         <v>77786</v>
       </c>
       <c r="G30" s="152">
         <v>226396</v>
       </c>
       <c r="H30" s="152">
         <v>278117</v>
       </c>
       <c r="I30" s="152">
@@ -8733,53 +8896,56 @@
       </c>
       <c r="AK30" s="152">
         <v>88182</v>
       </c>
       <c r="AL30" s="152">
         <v>63914</v>
       </c>
       <c r="AM30" s="152">
         <v>47753</v>
       </c>
       <c r="AN30" s="152">
         <v>44920</v>
       </c>
       <c r="AO30" s="152">
         <v>74879</v>
       </c>
       <c r="AP30" s="152">
         <v>91730</v>
       </c>
       <c r="AQ30" s="152">
         <v>26582</v>
       </c>
       <c r="AR30" s="152">
         <v>41174</v>
       </c>
-      <c r="AS30" s="28"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS30" s="152">
+        <v>176274</v>
+      </c>
+      <c r="AT30" s="28"/>
+    </row>
+    <row r="31" spans="1:47">
       <c r="A31" s="8" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="28">
         <v>-53314</v>
       </c>
       <c r="C31" s="28">
         <v>-48136</v>
       </c>
       <c r="D31" s="28">
         <v>-38837</v>
       </c>
       <c r="E31" s="28">
         <v>-17532</v>
       </c>
       <c r="F31" s="28">
         <v>-31933</v>
       </c>
       <c r="G31" s="28">
         <v>-85476</v>
       </c>
       <c r="H31" s="28">
         <v>-95702</v>
       </c>
       <c r="I31" s="28">
@@ -8866,53 +9032,56 @@
       </c>
       <c r="AK31" s="28">
         <v>-28072</v>
       </c>
       <c r="AL31" s="28">
         <v>-7780</v>
       </c>
       <c r="AM31" s="28">
         <v>-18961</v>
       </c>
       <c r="AN31" s="28">
         <v>-18145</v>
       </c>
       <c r="AO31" s="28">
         <v>-39589</v>
       </c>
       <c r="AP31" s="28">
         <v>-33208</v>
       </c>
       <c r="AQ31" s="28">
         <v>-12505</v>
       </c>
       <c r="AR31" s="28">
         <v>-18486</v>
       </c>
-      <c r="AS31" s="28"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:46" x14ac:dyDescent="0.4">
+      <c r="AS31" s="28">
+        <v>-25732</v>
+      </c>
+      <c r="AT31" s="28"/>
+    </row>
+    <row r="32" spans="1:47" ht="15">
       <c r="A32" s="147" t="s">
         <v>84</v>
       </c>
       <c r="B32" s="152">
         <v>129499</v>
       </c>
       <c r="C32" s="152">
         <v>37033</v>
       </c>
       <c r="D32" s="152">
         <v>80116</v>
       </c>
       <c r="E32" s="152">
         <v>-149385.5</v>
       </c>
       <c r="F32" s="152">
         <v>45853</v>
       </c>
       <c r="G32" s="152">
         <v>140920</v>
       </c>
       <c r="H32" s="152">
         <v>182415</v>
       </c>
       <c r="I32" s="152">
@@ -8999,54 +9168,57 @@
       </c>
       <c r="AK32" s="152">
         <v>60110</v>
       </c>
       <c r="AL32" s="152">
         <v>56134</v>
       </c>
       <c r="AM32" s="152">
         <v>28792</v>
       </c>
       <c r="AN32" s="152">
         <v>26775</v>
       </c>
       <c r="AO32" s="152">
         <v>35290</v>
       </c>
       <c r="AP32" s="152">
         <v>58522</v>
       </c>
       <c r="AQ32" s="152">
         <v>14077</v>
       </c>
       <c r="AR32" s="152">
         <v>22688</v>
       </c>
-      <c r="AS32" s="28"/>
-[...2 lines deleted...]
-    <row r="33" spans="1:45" x14ac:dyDescent="0.4">
+      <c r="AS32" s="152">
+        <v>150542</v>
+      </c>
+      <c r="AT32" s="28"/>
+      <c r="AU32" s="48"/>
+    </row>
+    <row r="33" spans="1:46">
       <c r="A33" s="8" t="s">
         <v>85</v>
       </c>
       <c r="B33" s="28">
         <v>-333</v>
       </c>
       <c r="C33" s="28">
         <v>-186</v>
       </c>
       <c r="D33" s="28">
         <v>-220</v>
       </c>
       <c r="E33" s="28">
         <v>-65</v>
       </c>
       <c r="F33" s="28">
         <v>-367</v>
       </c>
       <c r="G33" s="28">
         <v>-577</v>
       </c>
       <c r="H33" s="28">
         <v>-1141</v>
       </c>
       <c r="I33" s="28">
@@ -9133,53 +9305,56 @@
       </c>
       <c r="AK33" s="28">
         <v>-389</v>
       </c>
       <c r="AL33" s="28">
         <v>-356</v>
       </c>
       <c r="AM33" s="28">
         <v>-283</v>
       </c>
       <c r="AN33" s="28">
         <v>-143</v>
       </c>
       <c r="AO33" s="28">
         <v>-76</v>
       </c>
       <c r="AP33" s="28">
         <v>-118</v>
       </c>
       <c r="AQ33" s="28">
         <v>-147</v>
       </c>
       <c r="AR33" s="28">
         <v>-101</v>
       </c>
-      <c r="AS33" s="28"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:45" x14ac:dyDescent="0.4">
+      <c r="AS33" s="28">
+        <v>-113</v>
+      </c>
+      <c r="AT33" s="28"/>
+    </row>
+    <row r="34" spans="1:46" ht="15">
       <c r="A34" s="147" t="s">
         <v>86</v>
       </c>
       <c r="B34" s="152">
         <v>129166</v>
       </c>
       <c r="C34" s="152">
         <v>36847</v>
       </c>
       <c r="D34" s="152">
         <v>79896</v>
       </c>
       <c r="E34" s="152">
         <v>-149451</v>
       </c>
       <c r="F34" s="152">
         <v>45486</v>
       </c>
       <c r="G34" s="152">
         <v>140343</v>
       </c>
       <c r="H34" s="152">
         <v>181274</v>
       </c>
       <c r="I34" s="152">
@@ -9266,55 +9441,58 @@
       </c>
       <c r="AK34" s="152">
         <v>59721</v>
       </c>
       <c r="AL34" s="152">
         <v>55778</v>
       </c>
       <c r="AM34" s="152">
         <v>28509</v>
       </c>
       <c r="AN34" s="152">
         <v>26632</v>
       </c>
       <c r="AO34" s="152">
         <v>35214</v>
       </c>
       <c r="AP34" s="152">
         <v>58404</v>
       </c>
       <c r="AQ34" s="152">
         <v>13930</v>
       </c>
       <c r="AR34" s="152">
         <v>22587</v>
       </c>
-      <c r="AS34" s="28"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:45" x14ac:dyDescent="0.4">
+      <c r="AS34" s="152">
+        <v>150429</v>
+      </c>
+      <c r="AT34" s="28"/>
+    </row>
+    <row r="35" spans="1:46" ht="15">
       <c r="A35" s="147" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B35" s="199">
         <v>3.8910988770983798E-2</v>
       </c>
       <c r="C35" s="199">
         <v>1.1957212733375282E-2</v>
       </c>
       <c r="D35" s="199">
         <v>2.7000311245702631E-2</v>
       </c>
       <c r="E35" s="199">
         <v>-7.5319810968446532E-2</v>
       </c>
       <c r="F35" s="199">
         <v>1.7100379012937279E-2</v>
       </c>
       <c r="G35" s="199">
         <v>3.8780547248861673E-2</v>
       </c>
       <c r="H35" s="199">
         <v>4.1846515529754068E-2</v>
       </c>
       <c r="I35" s="199">
         <v>3.3278212288503188E-2</v>
       </c>
@@ -9399,102 +9577,106 @@
       </c>
       <c r="AK35" s="199">
         <v>5.3080143274879789E-2</v>
       </c>
       <c r="AL35" s="199">
         <v>4.7452263166178205E-2</v>
       </c>
       <c r="AM35" s="199">
         <v>2.6364120604130369E-2</v>
       </c>
       <c r="AN35" s="199">
         <v>2.3973333357337874E-2</v>
       </c>
       <c r="AO35" s="199">
         <v>3.1061538257981715E-2</v>
       </c>
       <c r="AP35" s="199">
         <v>5.1042631661743401E-2</v>
       </c>
       <c r="AQ35" s="199">
         <v>1.2938977811464299E-2</v>
       </c>
       <c r="AR35" s="199">
         <v>1.97733337068501E-2</v>
       </c>
-      <c r="AS35" s="28"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:45" x14ac:dyDescent="0.4">
+      <c r="AS35" s="199">
+        <v>0.12611122475327499</v>
+      </c>
+      <c r="AT35" s="28"/>
+    </row>
+    <row r="36" spans="1:46" ht="15">
       <c r="A36" s="6" t="s">
         <v>87</v>
       </c>
       <c r="B36" s="68"/>
       <c r="C36" s="68"/>
       <c r="D36" s="68"/>
       <c r="E36" s="68"/>
       <c r="F36" s="68"/>
       <c r="G36" s="68"/>
       <c r="H36" s="68"/>
       <c r="I36" s="68"/>
       <c r="J36" s="28"/>
       <c r="K36" s="28"/>
       <c r="L36" s="28"/>
       <c r="M36" s="28"/>
       <c r="N36" s="28"/>
       <c r="O36" s="28"/>
       <c r="P36" s="28"/>
       <c r="Q36" s="28"/>
       <c r="R36" s="28"/>
       <c r="S36" s="28"/>
       <c r="T36" s="28"/>
       <c r="U36" s="28"/>
       <c r="V36" s="28"/>
       <c r="W36" s="28"/>
       <c r="X36" s="28"/>
       <c r="Y36" s="28"/>
       <c r="Z36" s="28"/>
       <c r="AA36" s="28"/>
       <c r="AB36" s="28"/>
       <c r="AC36" s="28"/>
       <c r="AD36" s="28"/>
       <c r="AE36" s="28"/>
       <c r="AF36" s="28"/>
       <c r="AG36" s="28"/>
       <c r="AH36" s="28"/>
       <c r="AI36" s="28"/>
       <c r="AJ36" s="28"/>
       <c r="AK36" s="28"/>
       <c r="AL36" s="28"/>
       <c r="AM36" s="28"/>
       <c r="AN36" s="28"/>
       <c r="AO36" s="28"/>
       <c r="AP36" s="28"/>
       <c r="AQ36" s="28"/>
       <c r="AR36" s="28"/>
       <c r="AS36" s="28"/>
-    </row>
-    <row r="37" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AT36" s="28"/>
+    </row>
+    <row r="37" spans="1:46" s="35" customFormat="1">
       <c r="A37" s="33" t="s">
         <v>88</v>
       </c>
       <c r="B37" s="34">
         <v>0.61</v>
       </c>
       <c r="C37" s="34">
         <v>0.18</v>
       </c>
       <c r="D37" s="34">
         <v>0.39</v>
       </c>
       <c r="E37" s="34">
         <v>-0.73</v>
       </c>
       <c r="F37" s="34">
         <v>0.22</v>
       </c>
       <c r="G37" s="34">
         <v>0.67</v>
       </c>
       <c r="H37" s="34">
         <v>0.86</v>
       </c>
       <c r="I37" s="34">
@@ -9581,52 +9763,55 @@
       </c>
       <c r="AK37" s="34">
         <v>0.28000000000000003</v>
       </c>
       <c r="AL37" s="34">
         <v>0.26</v>
       </c>
       <c r="AM37" s="34">
         <v>0.14000000000000001</v>
       </c>
       <c r="AN37" s="34">
         <v>0.13</v>
       </c>
       <c r="AO37" s="34">
         <v>0.17</v>
       </c>
       <c r="AP37" s="34">
         <v>0.28000000000000003</v>
       </c>
       <c r="AQ37" s="34">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="AR37" s="34">
         <v>0.11</v>
       </c>
-    </row>
-    <row r="38" spans="1:45" s="35" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="AS37" s="34">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="38" spans="1:46" s="35" customFormat="1" ht="15" thickBot="1">
       <c r="A38" s="72" t="s">
         <v>89</v>
       </c>
       <c r="B38" s="71">
         <v>210935685</v>
       </c>
       <c r="C38" s="71">
         <v>209136832</v>
       </c>
       <c r="D38" s="71">
         <v>204003977</v>
       </c>
       <c r="E38" s="71">
         <v>205417516</v>
       </c>
       <c r="F38" s="36">
         <v>210386761</v>
       </c>
       <c r="G38" s="36">
         <v>210552173</v>
       </c>
       <c r="H38" s="36">
         <v>210632812</v>
       </c>
       <c r="I38" s="36">
@@ -9713,148 +9898,153 @@
       </c>
       <c r="AK38" s="71">
         <v>210654969</v>
       </c>
       <c r="AL38" s="71">
         <v>210654969</v>
       </c>
       <c r="AM38" s="71">
         <v>210655747</v>
       </c>
       <c r="AN38" s="71">
         <v>210660444</v>
       </c>
       <c r="AO38" s="71">
         <v>210663057</v>
       </c>
       <c r="AP38" s="71">
         <v>210663057</v>
       </c>
       <c r="AQ38" s="71">
         <v>210663057</v>
       </c>
       <c r="AR38" s="71">
         <v>210663057</v>
       </c>
-    </row>
-    <row r="39" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS38" s="71">
+        <v>210663057</v>
+      </c>
+    </row>
+    <row r="39" spans="1:46" s="35" customFormat="1">
       <c r="A39" s="201"/>
       <c r="B39" s="202"/>
       <c r="C39" s="202"/>
       <c r="D39" s="202"/>
       <c r="E39" s="202"/>
       <c r="F39" s="39"/>
       <c r="G39" s="39"/>
       <c r="H39" s="39"/>
       <c r="I39" s="39"/>
       <c r="J39" s="28"/>
       <c r="K39" s="39"/>
       <c r="L39" s="39"/>
       <c r="M39" s="39"/>
       <c r="N39" s="39"/>
       <c r="O39" s="39"/>
       <c r="P39" s="39"/>
       <c r="Q39" s="39"/>
       <c r="R39" s="39"/>
       <c r="S39" s="39"/>
       <c r="T39" s="39"/>
       <c r="U39" s="39"/>
       <c r="V39" s="39"/>
       <c r="W39" s="39"/>
       <c r="X39" s="202"/>
       <c r="Y39" s="202"/>
       <c r="Z39" s="202"/>
       <c r="AA39" s="202"/>
       <c r="AB39" s="202"/>
       <c r="AC39" s="202"/>
       <c r="AD39" s="202"/>
       <c r="AE39" s="202"/>
       <c r="AF39" s="202"/>
       <c r="AG39" s="202"/>
       <c r="AH39" s="202"/>
       <c r="AI39" s="202"/>
       <c r="AJ39" s="202"/>
       <c r="AK39" s="202"/>
       <c r="AL39" s="202"/>
       <c r="AM39" s="202"/>
       <c r="AN39" s="202"/>
       <c r="AO39" s="202"/>
       <c r="AP39" s="202"/>
       <c r="AQ39" s="202"/>
       <c r="AR39" s="202"/>
-    </row>
-    <row r="40" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS39" s="202"/>
+    </row>
+    <row r="40" spans="1:46" s="35" customFormat="1" ht="15">
       <c r="A40" s="37" t="s">
         <v>90</v>
       </c>
       <c r="B40" s="79"/>
       <c r="C40" s="79"/>
       <c r="D40" s="79"/>
       <c r="E40" s="80"/>
       <c r="F40" s="80"/>
       <c r="G40" s="80"/>
       <c r="H40" s="80"/>
       <c r="I40" s="80"/>
       <c r="J40" s="28"/>
       <c r="K40" s="74"/>
       <c r="L40" s="74"/>
       <c r="M40" s="74"/>
       <c r="N40" s="74"/>
       <c r="O40" s="74"/>
       <c r="P40" s="74"/>
       <c r="Q40" s="74"/>
       <c r="R40" s="74"/>
       <c r="S40" s="74"/>
       <c r="T40" s="74"/>
       <c r="U40" s="74"/>
       <c r="V40" s="74"/>
       <c r="W40" s="74"/>
       <c r="X40" s="74"/>
       <c r="Y40" s="74"/>
       <c r="Z40" s="74"/>
       <c r="AA40" s="74"/>
       <c r="AB40" s="74"/>
       <c r="AC40" s="74"/>
       <c r="AD40" s="74"/>
       <c r="AE40" s="74"/>
       <c r="AF40" s="74"/>
       <c r="AG40" s="74"/>
       <c r="AH40" s="74"/>
       <c r="AI40" s="74"/>
       <c r="AJ40" s="74"/>
       <c r="AK40" s="74"/>
       <c r="AL40" s="74"/>
       <c r="AM40" s="74"/>
       <c r="AN40" s="74"/>
       <c r="AO40" s="74"/>
       <c r="AP40" s="74"/>
       <c r="AQ40" s="74"/>
       <c r="AR40" s="74"/>
-    </row>
-    <row r="41" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS40" s="74"/>
+    </row>
+    <row r="41" spans="1:46" s="35" customFormat="1">
       <c r="A41" s="29" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B41" s="59">
         <v>129166</v>
       </c>
       <c r="C41" s="59">
         <v>36847</v>
       </c>
       <c r="D41" s="59">
         <v>79896</v>
       </c>
       <c r="E41" s="59">
         <v>-149451</v>
       </c>
       <c r="F41" s="59">
         <v>45486</v>
       </c>
       <c r="G41" s="59">
         <v>140343</v>
       </c>
       <c r="H41" s="59">
         <v>181274</v>
       </c>
       <c r="I41" s="59">
         <v>148759</v>
       </c>
@@ -9939,55 +10129,58 @@
       </c>
       <c r="AK41" s="59">
         <v>59721</v>
       </c>
       <c r="AL41" s="59">
         <v>55778</v>
       </c>
       <c r="AM41" s="59">
         <v>28509</v>
       </c>
       <c r="AN41" s="59">
         <v>26632</v>
       </c>
       <c r="AO41" s="59">
         <v>35214</v>
       </c>
       <c r="AP41" s="59">
         <v>58404</v>
       </c>
       <c r="AQ41" s="59">
         <v>13930</v>
       </c>
       <c r="AR41" s="59">
         <v>22587</v>
       </c>
-      <c r="AS41" s="28"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS41" s="59">
+        <v>150429</v>
+      </c>
+      <c r="AT41" s="28"/>
+    </row>
+    <row r="42" spans="1:46" s="35" customFormat="1">
       <c r="A42" s="33" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B42" s="39">
         <v>333</v>
       </c>
       <c r="C42" s="39">
         <v>186</v>
       </c>
       <c r="D42" s="39">
         <v>220</v>
       </c>
       <c r="E42" s="39">
         <v>65</v>
       </c>
       <c r="F42" s="39">
         <v>367</v>
       </c>
       <c r="G42" s="39">
         <v>577</v>
       </c>
       <c r="H42" s="39">
         <v>1141</v>
       </c>
       <c r="I42" s="39">
         <v>620</v>
       </c>
@@ -10072,55 +10265,58 @@
       </c>
       <c r="AK42" s="39">
         <v>389</v>
       </c>
       <c r="AL42" s="39">
         <v>356</v>
       </c>
       <c r="AM42" s="39">
         <v>283</v>
       </c>
       <c r="AN42" s="39">
         <v>143</v>
       </c>
       <c r="AO42" s="39">
         <v>76</v>
       </c>
       <c r="AP42" s="39">
         <v>118</v>
       </c>
       <c r="AQ42" s="39">
         <v>147</v>
       </c>
       <c r="AR42" s="39">
         <v>101</v>
       </c>
-      <c r="AS42" s="28"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS42" s="39">
+        <v>113</v>
+      </c>
+      <c r="AT42" s="28"/>
+    </row>
+    <row r="43" spans="1:46" s="35" customFormat="1">
       <c r="A43" s="29" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B43" s="59">
         <v>53314</v>
       </c>
       <c r="C43" s="59">
         <v>48136</v>
       </c>
       <c r="D43" s="59">
         <v>38837</v>
       </c>
       <c r="E43" s="59">
         <v>17532</v>
       </c>
       <c r="F43" s="59">
         <v>31933</v>
       </c>
       <c r="G43" s="59">
         <v>85476</v>
       </c>
       <c r="H43" s="59">
         <v>95702</v>
       </c>
       <c r="I43" s="59">
         <v>109903</v>
       </c>
@@ -10205,55 +10401,58 @@
       </c>
       <c r="AK43" s="59">
         <v>28072</v>
       </c>
       <c r="AL43" s="59">
         <v>7780</v>
       </c>
       <c r="AM43" s="59">
         <v>18961</v>
       </c>
       <c r="AN43" s="59">
         <v>18145</v>
       </c>
       <c r="AO43" s="59">
         <v>39589</v>
       </c>
       <c r="AP43" s="59">
         <v>33208</v>
       </c>
       <c r="AQ43" s="59">
         <v>12505</v>
       </c>
       <c r="AR43" s="59">
         <v>18486</v>
       </c>
-      <c r="AS43" s="28"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS43" s="59">
+        <v>25732</v>
+      </c>
+      <c r="AT43" s="28"/>
+    </row>
+    <row r="44" spans="1:46" s="35" customFormat="1">
       <c r="A44" s="33" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B44" s="39">
         <v>435</v>
       </c>
       <c r="C44" s="39">
         <v>-270</v>
       </c>
       <c r="D44" s="39">
         <v>2097</v>
       </c>
       <c r="E44" s="39">
         <v>-2296</v>
       </c>
       <c r="F44" s="39">
         <v>-2185</v>
       </c>
       <c r="G44" s="39">
         <v>287</v>
       </c>
       <c r="H44" s="39">
         <v>1238</v>
       </c>
       <c r="I44" s="39">
         <v>3873</v>
       </c>
@@ -10338,53 +10537,56 @@
       </c>
       <c r="AK44" s="39">
         <v>106</v>
       </c>
       <c r="AL44" s="39">
         <v>1138</v>
       </c>
       <c r="AM44" s="39">
         <v>429</v>
       </c>
       <c r="AN44" s="39">
         <v>223</v>
       </c>
       <c r="AO44" s="39">
         <v>-758</v>
       </c>
       <c r="AP44" s="39">
         <v>3979</v>
       </c>
       <c r="AQ44" s="39">
         <v>122</v>
       </c>
       <c r="AR44" s="39">
         <v>481</v>
       </c>
-      <c r="AS44" s="28"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS44" s="39">
+        <v>424</v>
+      </c>
+      <c r="AT44" s="28"/>
+    </row>
+    <row r="45" spans="1:46" s="35" customFormat="1">
       <c r="A45" s="29" t="s">
         <v>80</v>
       </c>
       <c r="B45" s="59">
         <v>14265</v>
       </c>
       <c r="C45" s="59">
         <v>-14874</v>
       </c>
       <c r="D45" s="59">
         <v>-12754</v>
       </c>
       <c r="E45" s="59">
         <v>31707</v>
       </c>
       <c r="F45" s="59">
         <v>9189</v>
       </c>
       <c r="G45" s="59">
         <v>-16501</v>
       </c>
       <c r="H45" s="59">
         <v>-10774</v>
       </c>
       <c r="I45" s="59">
@@ -10471,53 +10673,56 @@
       </c>
       <c r="AK45" s="59">
         <v>-1286</v>
       </c>
       <c r="AL45" s="59">
         <v>11457</v>
       </c>
       <c r="AM45" s="59">
         <v>998</v>
       </c>
       <c r="AN45" s="59">
         <v>18117</v>
       </c>
       <c r="AO45" s="59">
         <v>-3292</v>
       </c>
       <c r="AP45" s="59">
         <v>-760</v>
       </c>
       <c r="AQ45" s="59">
         <v>1961</v>
       </c>
       <c r="AR45" s="59">
         <v>3666</v>
       </c>
-      <c r="AS45" s="28"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS45" s="59">
+        <v>-3037</v>
+      </c>
+      <c r="AT45" s="28"/>
+    </row>
+    <row r="46" spans="1:46" s="35" customFormat="1">
       <c r="A46" s="33" t="s">
         <v>79</v>
       </c>
       <c r="B46" s="206">
         <v>0</v>
       </c>
       <c r="C46" s="206">
         <v>0</v>
       </c>
       <c r="D46" s="206">
         <v>0</v>
       </c>
       <c r="E46" s="39">
         <v>-25676</v>
       </c>
       <c r="F46" s="206">
         <v>0</v>
       </c>
       <c r="G46" s="206">
         <v>0</v>
       </c>
       <c r="H46" s="206">
         <v>0</v>
       </c>
       <c r="I46" s="206">
@@ -10604,55 +10809,58 @@
       </c>
       <c r="AK46" s="206">
         <v>0</v>
       </c>
       <c r="AL46" s="206">
         <v>0</v>
       </c>
       <c r="AM46" s="206">
         <v>0</v>
       </c>
       <c r="AN46" s="206">
         <v>0</v>
       </c>
       <c r="AO46" s="206">
         <v>0</v>
       </c>
       <c r="AP46" s="206">
         <v>0</v>
       </c>
       <c r="AQ46" s="206">
         <v>0</v>
       </c>
       <c r="AR46" s="206">
         <v>0</v>
       </c>
-      <c r="AS46" s="28"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS46" s="206">
+        <v>0</v>
+      </c>
+      <c r="AT46" s="28"/>
+    </row>
+    <row r="47" spans="1:46" s="35" customFormat="1">
       <c r="A47" s="29" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B47" s="59">
         <v>7065</v>
       </c>
       <c r="C47" s="59">
         <v>565</v>
       </c>
       <c r="D47" s="59">
         <v>-439</v>
       </c>
       <c r="E47" s="59">
         <v>2297</v>
       </c>
       <c r="F47" s="59">
         <v>5183</v>
       </c>
       <c r="G47" s="59">
         <v>10490</v>
       </c>
       <c r="H47" s="59">
         <v>13183</v>
       </c>
       <c r="I47" s="59">
         <v>-941</v>
       </c>
@@ -10737,55 +10945,58 @@
       </c>
       <c r="AK47" s="59">
         <v>-900</v>
       </c>
       <c r="AL47" s="59">
         <v>-37</v>
       </c>
       <c r="AM47" s="59">
         <v>1933</v>
       </c>
       <c r="AN47" s="59">
         <v>-3182</v>
       </c>
       <c r="AO47" s="59">
         <v>516</v>
       </c>
       <c r="AP47" s="59">
         <v>-208</v>
       </c>
       <c r="AQ47" s="59">
         <v>-110</v>
       </c>
       <c r="AR47" s="59">
         <v>-1344</v>
       </c>
-      <c r="AS47" s="28"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:45" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS47" s="59">
+        <v>593</v>
+      </c>
+      <c r="AT47" s="28"/>
+    </row>
+    <row r="48" spans="1:46" s="35" customFormat="1">
       <c r="A48" s="33" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B48" s="39">
         <v>68357</v>
       </c>
       <c r="C48" s="39">
         <v>52868</v>
       </c>
       <c r="D48" s="39">
         <v>52079</v>
       </c>
       <c r="E48" s="39">
         <v>59068</v>
       </c>
       <c r="F48" s="39">
         <v>49546</v>
       </c>
       <c r="G48" s="39">
         <v>43750</v>
       </c>
       <c r="H48" s="39">
         <v>32275</v>
       </c>
       <c r="I48" s="39">
         <v>47238</v>
       </c>
@@ -10870,53 +11081,56 @@
       </c>
       <c r="AK48" s="39">
         <v>4973</v>
       </c>
       <c r="AL48" s="39">
         <v>5315</v>
       </c>
       <c r="AM48" s="39">
         <v>16438</v>
       </c>
       <c r="AN48" s="39">
         <v>14141</v>
       </c>
       <c r="AO48" s="39">
         <v>8480</v>
       </c>
       <c r="AP48" s="39">
         <v>8179</v>
       </c>
       <c r="AQ48" s="39">
         <v>16592</v>
       </c>
       <c r="AR48" s="39">
         <v>18483</v>
       </c>
-      <c r="AS48" s="28"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:46" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS48" s="39">
+        <v>-27071</v>
+      </c>
+      <c r="AT48" s="28"/>
+    </row>
+    <row r="49" spans="1:47" s="35" customFormat="1">
       <c r="A49" s="29" t="s">
         <v>91</v>
       </c>
       <c r="B49" s="59">
         <v>99382</v>
       </c>
       <c r="C49" s="59">
         <v>105800</v>
       </c>
       <c r="D49" s="59">
         <v>123218</v>
       </c>
       <c r="E49" s="59">
         <v>126853</v>
       </c>
       <c r="F49" s="59">
         <v>120394</v>
       </c>
       <c r="G49" s="59">
         <v>119777</v>
       </c>
       <c r="H49" s="59">
         <v>149268</v>
       </c>
       <c r="I49" s="59">
@@ -11003,53 +11217,56 @@
       </c>
       <c r="AK49" s="30">
         <v>37286</v>
       </c>
       <c r="AL49" s="30">
         <v>43462</v>
       </c>
       <c r="AM49" s="30">
         <v>43091</v>
       </c>
       <c r="AN49" s="30">
         <v>45202</v>
       </c>
       <c r="AO49" s="30">
         <v>45411</v>
       </c>
       <c r="AP49" s="30">
         <v>43650</v>
       </c>
       <c r="AQ49" s="30">
         <v>46295</v>
       </c>
       <c r="AR49" s="30">
         <v>47913</v>
       </c>
-      <c r="AS49" s="28"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:46" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS49" s="30">
+        <v>50717</v>
+      </c>
+      <c r="AT49" s="28"/>
+    </row>
+    <row r="50" spans="1:47" s="35" customFormat="1">
       <c r="A50" s="33" t="s">
         <v>92</v>
       </c>
       <c r="B50" s="39">
         <v>-67380</v>
       </c>
       <c r="C50" s="39">
         <v>28739</v>
       </c>
       <c r="D50" s="39">
         <v>8621</v>
       </c>
       <c r="E50" s="39">
         <v>8012</v>
       </c>
       <c r="F50" s="39">
         <v>11845</v>
       </c>
       <c r="G50" s="39">
         <v>2365</v>
       </c>
       <c r="H50" s="39">
         <v>8997</v>
       </c>
       <c r="I50" s="39">
@@ -11136,53 +11353,56 @@
       </c>
       <c r="AK50" s="39">
         <v>759</v>
       </c>
       <c r="AL50" s="39">
         <v>7375</v>
       </c>
       <c r="AM50" s="39">
         <v>-1707</v>
       </c>
       <c r="AN50" s="39">
         <v>-639</v>
       </c>
       <c r="AO50" s="39">
         <v>-237</v>
       </c>
       <c r="AP50" s="39">
         <v>814</v>
       </c>
       <c r="AQ50" s="39">
         <v>-163</v>
       </c>
       <c r="AR50" s="39">
         <v>-262</v>
       </c>
-      <c r="AS50" s="28"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:46" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS50" s="39">
+        <v>3226</v>
+      </c>
+      <c r="AT50" s="28"/>
+    </row>
+    <row r="51" spans="1:47" s="35" customFormat="1" ht="15">
       <c r="A51" s="37" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="40">
         <v>304937</v>
       </c>
       <c r="C51" s="40">
         <v>257997</v>
       </c>
       <c r="D51" s="40">
         <v>291775</v>
       </c>
       <c r="E51" s="40">
         <v>68111</v>
       </c>
       <c r="F51" s="40">
         <v>271758</v>
       </c>
       <c r="G51" s="40">
         <v>386564</v>
       </c>
       <c r="H51" s="40">
         <v>472304</v>
       </c>
       <c r="I51" s="40">
@@ -11269,54 +11489,57 @@
       </c>
       <c r="AK51" s="40">
         <v>129120</v>
       </c>
       <c r="AL51" s="40">
         <v>132624</v>
       </c>
       <c r="AM51" s="40">
         <v>108935</v>
       </c>
       <c r="AN51" s="40">
         <v>118782</v>
       </c>
       <c r="AO51" s="40">
         <v>124999</v>
       </c>
       <c r="AP51" s="40">
         <v>147384</v>
       </c>
       <c r="AQ51" s="40">
         <v>91279</v>
       </c>
       <c r="AR51" s="40">
         <v>110111</v>
       </c>
-      <c r="AS51" s="28"/>
-[...2 lines deleted...]
-    <row r="52" spans="1:46" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS51" s="40">
+        <v>201126</v>
+      </c>
+      <c r="AT51" s="28"/>
+      <c r="AU51" s="48"/>
+    </row>
+    <row r="52" spans="1:47" s="35" customFormat="1" ht="15">
       <c r="A52" s="37" t="s">
         <v>93</v>
       </c>
       <c r="B52" s="81">
         <v>9.1999999999999998E-2</v>
       </c>
       <c r="C52" s="81">
         <v>8.4000000000000005E-2</v>
       </c>
       <c r="D52" s="81">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="E52" s="81">
         <v>3.4000000000000002E-2</v>
       </c>
       <c r="F52" s="81">
         <v>0.10199999999999999</v>
       </c>
       <c r="G52" s="81">
         <v>0.106818034862508</v>
       </c>
       <c r="H52" s="81">
         <v>0.109</v>
       </c>
       <c r="I52" s="81">
@@ -11403,546 +11626,557 @@
       </c>
       <c r="AK52" s="41">
         <v>0.11476211214903401</v>
       </c>
       <c r="AL52" s="41">
         <v>0.112827798597139</v>
       </c>
       <c r="AM52" s="41">
         <v>0.10100000000000001</v>
       </c>
       <c r="AN52" s="41">
         <v>0.107</v>
       </c>
       <c r="AO52" s="41">
         <v>0.11</v>
       </c>
       <c r="AP52" s="41">
         <v>0.128807397178864</v>
       </c>
       <c r="AQ52" s="41">
         <v>8.4785136802056904E-2</v>
       </c>
       <c r="AR52" s="41">
         <v>9.6394454677246499E-2</v>
       </c>
-      <c r="AS52" s="28"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:46" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS52" s="41">
+        <v>0.168612742155617</v>
+      </c>
+      <c r="AT52" s="28"/>
+    </row>
+    <row r="53" spans="1:47" s="35" customFormat="1" ht="15">
       <c r="A53" s="33"/>
       <c r="B53" s="40"/>
       <c r="C53" s="40"/>
       <c r="D53" s="40"/>
       <c r="E53" s="40"/>
       <c r="F53" s="40"/>
       <c r="G53" s="40"/>
       <c r="H53" s="40"/>
       <c r="I53" s="40"/>
       <c r="J53" s="40"/>
       <c r="K53" s="40"/>
       <c r="L53" s="40"/>
       <c r="M53" s="40"/>
       <c r="N53" s="40"/>
       <c r="O53" s="40"/>
       <c r="P53" s="40"/>
       <c r="Q53" s="40"/>
       <c r="R53" s="40"/>
       <c r="S53" s="40"/>
       <c r="T53" s="40"/>
       <c r="U53" s="40"/>
       <c r="V53" s="40"/>
       <c r="W53" s="40"/>
       <c r="X53" s="40"/>
       <c r="Y53" s="40"/>
       <c r="Z53" s="40"/>
       <c r="AA53" s="40"/>
       <c r="AB53" s="40"/>
       <c r="AC53" s="40"/>
       <c r="AD53" s="40"/>
       <c r="AE53" s="40"/>
       <c r="AF53" s="40"/>
       <c r="AG53" s="40"/>
       <c r="AH53" s="40"/>
       <c r="AI53" s="40"/>
       <c r="AJ53" s="40"/>
       <c r="AK53" s="40"/>
       <c r="AL53" s="40"/>
       <c r="AM53" s="40"/>
       <c r="AN53" s="40"/>
       <c r="AO53" s="40"/>
       <c r="AP53" s="40"/>
       <c r="AQ53" s="40"/>
       <c r="AR53" s="40"/>
-      <c r="AS53" s="28"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:46" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AS53" s="40"/>
+      <c r="AT53" s="28"/>
+    </row>
+    <row r="54" spans="1:47" s="35" customFormat="1" ht="15">
       <c r="A54" s="73" t="s">
         <v>94</v>
       </c>
       <c r="B54" s="38"/>
       <c r="C54" s="38"/>
       <c r="D54" s="38"/>
       <c r="E54" s="38"/>
       <c r="F54" s="38"/>
       <c r="G54" s="40"/>
       <c r="H54" s="40"/>
       <c r="I54" s="40"/>
       <c r="K54" s="38"/>
       <c r="L54" s="38"/>
       <c r="M54" s="38"/>
       <c r="N54" s="38"/>
       <c r="O54" s="38"/>
       <c r="P54" s="38"/>
       <c r="Q54" s="38"/>
       <c r="R54" s="38"/>
       <c r="S54" s="38"/>
       <c r="T54" s="38"/>
       <c r="U54" s="38"/>
       <c r="V54" s="38"/>
       <c r="W54" s="38"/>
       <c r="X54" s="38"/>
       <c r="Y54" s="38"/>
       <c r="Z54" s="38"/>
       <c r="AA54" s="38"/>
       <c r="AB54" s="38"/>
       <c r="AC54" s="38"/>
       <c r="AD54" s="38"/>
       <c r="AE54" s="38"/>
       <c r="AF54" s="38"/>
       <c r="AG54" s="38"/>
       <c r="AH54" s="38"/>
       <c r="AI54" s="197"/>
       <c r="AJ54" s="197"/>
       <c r="AK54" s="38"/>
       <c r="AL54" s="197"/>
       <c r="AM54" s="197"/>
       <c r="AN54" s="197"/>
       <c r="AO54" s="197"/>
       <c r="AP54" s="197"/>
       <c r="AQ54" s="197"/>
       <c r="AR54" s="197"/>
-    </row>
-    <row r="55" spans="1:46" s="35" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="AS54" s="197"/>
+    </row>
+    <row r="55" spans="1:47" s="35" customFormat="1" ht="15.6" customHeight="1">
       <c r="A55" s="73"/>
       <c r="B55" s="38"/>
       <c r="C55" s="38"/>
       <c r="D55" s="38"/>
       <c r="E55" s="38"/>
       <c r="F55" s="38"/>
       <c r="G55" s="75"/>
       <c r="H55" s="75"/>
       <c r="I55" s="75"/>
       <c r="AD55" s="42"/>
       <c r="AE55" s="42"/>
       <c r="AF55" s="42"/>
       <c r="AG55" s="42"/>
       <c r="AH55" s="42"/>
       <c r="AI55" s="42"/>
       <c r="AJ55" s="197"/>
       <c r="AK55" s="42"/>
       <c r="AL55" s="42"/>
       <c r="AM55" s="42"/>
       <c r="AN55" s="197"/>
       <c r="AO55" s="197"/>
       <c r="AP55" s="197"/>
       <c r="AQ55" s="197"/>
       <c r="AR55" s="197"/>
-    </row>
-    <row r="56" spans="1:46" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="AS55" s="197"/>
+    </row>
+    <row r="56" spans="1:47" ht="24" customHeight="1">
       <c r="A56" s="89" t="s">
         <v>11</v>
       </c>
-      <c r="B56" s="242" t="s">
+      <c r="B56" s="245" t="s">
         <v>1</v>
       </c>
-      <c r="C56" s="242"/>
-[...2 lines deleted...]
-      <c r="F56" s="242"/>
+      <c r="C56" s="245"/>
+      <c r="D56" s="245"/>
+      <c r="E56" s="245"/>
+      <c r="F56" s="245"/>
       <c r="G56" s="88"/>
       <c r="H56" s="88"/>
       <c r="I56" s="88"/>
     </row>
-    <row r="57" spans="1:46" ht="16.2" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="57" spans="1:47" ht="15.75" thickBot="1">
       <c r="A57" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B57" s="77">
         <v>2017</v>
       </c>
       <c r="C57" s="77">
         <v>2018</v>
       </c>
       <c r="D57" s="77">
         <v>2019</v>
       </c>
       <c r="E57" s="77">
         <v>2020</v>
       </c>
       <c r="F57" s="77">
         <v>2021</v>
       </c>
       <c r="G57" s="3">
         <v>2022</v>
       </c>
       <c r="H57" s="3">
         <v>2023</v>
       </c>
       <c r="I57" s="3">
         <v>2024</v>
       </c>
     </row>
-    <row r="58" spans="1:46" ht="16.2" thickTop="1" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:47" ht="15" thickTop="1">
       <c r="A58" s="43" t="s">
         <v>3</v>
       </c>
       <c r="B58" s="44">
         <v>4412862</v>
       </c>
       <c r="C58" s="44">
         <v>4132721</v>
       </c>
       <c r="D58" s="44">
         <v>4001820</v>
       </c>
       <c r="E58" s="44">
         <v>2634662</v>
       </c>
       <c r="F58" s="44">
         <v>3482150</v>
       </c>
       <c r="G58" s="44">
         <v>4727734</v>
       </c>
       <c r="H58" s="44">
         <v>5615665</v>
       </c>
       <c r="I58" s="44">
         <v>5801158</v>
       </c>
     </row>
-    <row r="59" spans="1:46" x14ac:dyDescent="0.4">
+    <row r="59" spans="1:47">
       <c r="A59" s="43" t="s">
         <v>95</v>
       </c>
       <c r="B59" s="47">
         <v>5.5E-2</v>
       </c>
       <c r="C59" s="47">
         <v>5.5E-2</v>
       </c>
       <c r="D59" s="47">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="E59" s="45">
         <f>-E21/Summary!E10</f>
         <v>6.5048951250672768E-2</v>
       </c>
       <c r="F59" s="47">
         <v>6.0999999999999999E-2</v>
       </c>
       <c r="G59" s="47">
         <v>5.0608388712224506E-2</v>
       </c>
       <c r="H59" s="47">
         <v>5.0999999999999997E-2</v>
       </c>
       <c r="I59" s="47">
         <v>4.8000000000000001E-2</v>
       </c>
     </row>
-    <row r="60" spans="1:46" x14ac:dyDescent="0.4">
+    <row r="60" spans="1:47">
       <c r="A60" s="8" t="s">
         <v>96</v>
       </c>
       <c r="B60" s="47">
         <v>5.1999999999999998E-2</v>
       </c>
       <c r="C60" s="47">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="D60" s="47">
         <v>5.5E-2</v>
       </c>
       <c r="E60" s="47">
         <v>5.8999999999999997E-2</v>
       </c>
       <c r="F60" s="91">
         <v>5.1999999999999998E-2</v>
       </c>
       <c r="G60" s="47">
         <v>5.6261028589806888E-2</v>
       </c>
       <c r="H60" s="47">
         <v>0.06</v>
       </c>
       <c r="I60" s="47">
         <v>6.2E-2</v>
       </c>
     </row>
-    <row r="61" spans="1:46" x14ac:dyDescent="0.4">
+    <row r="61" spans="1:47">
       <c r="F61" s="48"/>
       <c r="G61" s="48"/>
       <c r="H61" s="48"/>
     </row>
-    <row r="62" spans="1:46" x14ac:dyDescent="0.4">
+    <row r="62" spans="1:47">
       <c r="G62" s="48"/>
       <c r="H62" s="48"/>
       <c r="I62" s="48"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B56:F56"/>
     <mergeCell ref="B6:F7"/>
     <mergeCell ref="A1:I5"/>
     <mergeCell ref="I6:I7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:AJ48"/>
+  <dimension ref="A1:AK48"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="65" zoomScaleNormal="65" workbookViewId="0">
-      <pane xSplit="7" topLeftCell="X1" activePane="topRight" state="frozen"/>
+      <pane xSplit="7" topLeftCell="Z1" activePane="topRight" state="frozen"/>
       <selection pane="topRight" sqref="A1:G5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.77734375" defaultRowHeight="15.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="10.7109375" defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="1" width="65.21875" style="8" customWidth="1"/>
-    <col min="2" max="7" width="14.21875" style="8" customWidth="1"/>
+    <col min="1" max="1" width="65.28515625" style="8" customWidth="1"/>
+    <col min="2" max="7" width="14.28515625" style="8" customWidth="1"/>
     <col min="8" max="8" width="2" style="94" customWidth="1"/>
-    <col min="9" max="34" width="14.21875" style="8" customWidth="1"/>
-    <col min="35" max="16384" width="10.77734375" style="8"/>
+    <col min="9" max="35" width="14.28515625" style="8" customWidth="1"/>
+    <col min="36" max="16384" width="10.7109375" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:36" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="237" t="s">
+    <row r="1" spans="1:37" ht="14.1" customHeight="1">
+      <c r="A1" s="240" t="s">
         <v>97</v>
       </c>
-      <c r="B1" s="237"/>
-[...4 lines deleted...]
-      <c r="G1" s="237"/>
+      <c r="B1" s="240"/>
+      <c r="C1" s="240"/>
+      <c r="D1" s="240"/>
+      <c r="E1" s="240"/>
+      <c r="F1" s="240"/>
+      <c r="G1" s="240"/>
       <c r="H1" s="92"/>
       <c r="T1" s="49"/>
       <c r="U1" s="49"/>
       <c r="V1" s="49"/>
       <c r="W1" s="49"/>
       <c r="X1" s="49"/>
       <c r="Y1" s="49"/>
       <c r="Z1" s="49"/>
       <c r="AA1" s="49"/>
       <c r="AB1" s="49"/>
       <c r="AC1" s="49"/>
       <c r="AD1" s="49"/>
       <c r="AE1" s="49"/>
       <c r="AF1" s="49"/>
       <c r="AG1" s="49"/>
       <c r="AH1" s="49"/>
-    </row>
-[...7 lines deleted...]
-      <c r="G2" s="237"/>
+      <c r="AI1" s="49"/>
+    </row>
+    <row r="2" spans="1:37" ht="14.1" customHeight="1">
+      <c r="A2" s="240"/>
+      <c r="B2" s="240"/>
+      <c r="C2" s="240"/>
+      <c r="D2" s="240"/>
+      <c r="E2" s="240"/>
+      <c r="F2" s="240"/>
+      <c r="G2" s="240"/>
       <c r="H2" s="92"/>
       <c r="T2" s="49"/>
       <c r="U2" s="49"/>
       <c r="V2" s="49"/>
       <c r="W2" s="49"/>
       <c r="X2" s="49"/>
       <c r="Y2" s="49"/>
       <c r="Z2" s="49"/>
       <c r="AA2" s="49"/>
       <c r="AB2" s="49"/>
       <c r="AC2" s="49"/>
       <c r="AD2" s="49"/>
       <c r="AE2" s="49"/>
       <c r="AF2" s="49"/>
       <c r="AG2" s="49"/>
       <c r="AH2" s="49"/>
-    </row>
-[...7 lines deleted...]
-      <c r="G3" s="237"/>
+      <c r="AI2" s="49"/>
+    </row>
+    <row r="3" spans="1:37" ht="14.1" customHeight="1">
+      <c r="A3" s="240"/>
+      <c r="B3" s="240"/>
+      <c r="C3" s="240"/>
+      <c r="D3" s="240"/>
+      <c r="E3" s="240"/>
+      <c r="F3" s="240"/>
+      <c r="G3" s="240"/>
       <c r="H3" s="92"/>
       <c r="T3" s="49"/>
       <c r="U3" s="49"/>
       <c r="V3" s="49"/>
       <c r="W3" s="49"/>
       <c r="X3" s="49"/>
       <c r="Y3" s="49"/>
       <c r="Z3" s="49"/>
       <c r="AA3" s="49"/>
       <c r="AB3" s="49"/>
       <c r="AC3" s="49"/>
       <c r="AD3" s="49"/>
       <c r="AE3" s="49"/>
       <c r="AF3" s="49"/>
       <c r="AG3" s="49"/>
       <c r="AH3" s="49"/>
-    </row>
-[...7 lines deleted...]
-      <c r="G4" s="237"/>
+      <c r="AI3" s="49"/>
+    </row>
+    <row r="4" spans="1:37" ht="14.1" customHeight="1">
+      <c r="A4" s="240"/>
+      <c r="B4" s="240"/>
+      <c r="C4" s="240"/>
+      <c r="D4" s="240"/>
+      <c r="E4" s="240"/>
+      <c r="F4" s="240"/>
+      <c r="G4" s="240"/>
       <c r="H4" s="92"/>
       <c r="T4" s="49"/>
       <c r="U4" s="49"/>
       <c r="V4" s="49"/>
       <c r="W4" s="49"/>
       <c r="X4" s="49"/>
       <c r="Y4" s="49"/>
       <c r="Z4" s="49"/>
       <c r="AA4" s="49"/>
       <c r="AB4" s="49"/>
       <c r="AC4" s="49"/>
       <c r="AD4" s="49"/>
       <c r="AE4" s="49"/>
       <c r="AF4" s="49"/>
       <c r="AG4" s="49"/>
       <c r="AH4" s="49"/>
-    </row>
-[...7 lines deleted...]
-      <c r="G5" s="237"/>
+      <c r="AI4" s="49"/>
+    </row>
+    <row r="5" spans="1:37" ht="14.65" customHeight="1">
+      <c r="A5" s="240"/>
+      <c r="B5" s="240"/>
+      <c r="C5" s="240"/>
+      <c r="D5" s="240"/>
+      <c r="E5" s="240"/>
+      <c r="F5" s="240"/>
+      <c r="G5" s="240"/>
       <c r="H5" s="92"/>
       <c r="T5" s="49"/>
       <c r="U5" s="49"/>
       <c r="V5" s="49"/>
       <c r="W5" s="49"/>
       <c r="X5" s="49"/>
       <c r="Y5" s="49"/>
       <c r="Z5" s="49"/>
       <c r="AA5" s="49"/>
       <c r="AB5" s="49"/>
       <c r="AC5" s="49"/>
       <c r="AD5" s="49"/>
       <c r="AE5" s="49"/>
       <c r="AF5" s="49"/>
       <c r="AG5" s="49"/>
       <c r="AH5" s="49"/>
-    </row>
-    <row r="6" spans="1:36" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="AI5" s="49"/>
+    </row>
+    <row r="6" spans="1:37" ht="13.9" customHeight="1">
       <c r="A6" s="133"/>
-      <c r="B6" s="232" t="s">
+      <c r="B6" s="235" t="s">
         <v>98</v>
       </c>
-      <c r="C6" s="232"/>
-[...3 lines deleted...]
-      <c r="G6" s="232"/>
+      <c r="C6" s="235"/>
+      <c r="D6" s="235"/>
+      <c r="E6" s="235"/>
+      <c r="F6" s="235"/>
+      <c r="G6" s="235"/>
       <c r="H6" s="93"/>
-      <c r="I6" s="246" t="s">
+      <c r="I6" s="249" t="s">
         <v>33</v>
       </c>
-      <c r="J6" s="246"/>
-[...24 lines deleted...]
-    <row r="7" spans="1:36" ht="13.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="J6" s="249"/>
+      <c r="K6" s="249"/>
+      <c r="L6" s="249"/>
+      <c r="M6" s="249"/>
+      <c r="N6" s="249"/>
+      <c r="O6" s="249"/>
+      <c r="P6" s="249"/>
+      <c r="Q6" s="249"/>
+      <c r="R6" s="249"/>
+      <c r="S6" s="249"/>
+      <c r="T6" s="249"/>
+      <c r="U6" s="249"/>
+      <c r="V6" s="249"/>
+      <c r="W6" s="249"/>
+      <c r="X6" s="249"/>
+      <c r="Y6" s="249"/>
+      <c r="Z6" s="249"/>
+      <c r="AA6" s="249"/>
+      <c r="AB6" s="249"/>
+      <c r="AC6" s="249"/>
+      <c r="AD6" s="249"/>
+      <c r="AE6" s="249"/>
+      <c r="AF6" s="249"/>
+      <c r="AG6" s="249"/>
+    </row>
+    <row r="7" spans="1:37" ht="13.9" customHeight="1">
       <c r="A7" s="136"/>
-      <c r="B7" s="234"/>
-[...31 lines deleted...]
-    <row r="8" spans="1:36" ht="16.2" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B7" s="237"/>
+      <c r="C7" s="237"/>
+      <c r="D7" s="237"/>
+      <c r="E7" s="237"/>
+      <c r="F7" s="237"/>
+      <c r="G7" s="237"/>
+      <c r="I7" s="250"/>
+      <c r="J7" s="250"/>
+      <c r="K7" s="250"/>
+      <c r="L7" s="250"/>
+      <c r="M7" s="250"/>
+      <c r="N7" s="250"/>
+      <c r="O7" s="250"/>
+      <c r="P7" s="250"/>
+      <c r="Q7" s="250"/>
+      <c r="R7" s="250"/>
+      <c r="S7" s="250"/>
+      <c r="T7" s="250"/>
+      <c r="U7" s="250"/>
+      <c r="V7" s="250"/>
+      <c r="W7" s="250"/>
+      <c r="X7" s="250"/>
+      <c r="Y7" s="250"/>
+      <c r="Z7" s="250"/>
+      <c r="AA7" s="250"/>
+      <c r="AB7" s="250"/>
+      <c r="AC7" s="250"/>
+      <c r="AD7" s="250"/>
+      <c r="AE7" s="250"/>
+      <c r="AF7" s="250"/>
+      <c r="AG7" s="250"/>
+    </row>
+    <row r="8" spans="1:37" ht="15.75" thickBot="1">
       <c r="A8" s="134" t="s">
         <v>99</v>
       </c>
       <c r="B8" s="135">
         <v>2019</v>
       </c>
       <c r="C8" s="135">
         <v>2020</v>
       </c>
       <c r="D8" s="135">
         <v>2021</v>
       </c>
       <c r="E8" s="135">
         <v>2022</v>
       </c>
       <c r="F8" s="135">
         <v>2023</v>
       </c>
       <c r="G8" s="135">
         <v>2024</v>
       </c>
       <c r="I8" s="131" t="s">
         <v>42</v>
       </c>
       <c r="J8" s="132" t="s">
@@ -11981,90 +12215,93 @@
       <c r="U8" s="132" t="s">
         <v>54</v>
       </c>
       <c r="V8" s="132" t="s">
         <v>55</v>
       </c>
       <c r="W8" s="132" t="s">
         <v>56</v>
       </c>
       <c r="X8" s="132" t="s">
         <v>57</v>
       </c>
       <c r="Y8" s="132" t="s">
         <v>58</v>
       </c>
       <c r="Z8" s="132" t="s">
         <v>59</v>
       </c>
       <c r="AA8" s="132" t="s">
         <v>60</v>
       </c>
       <c r="AB8" s="132" t="s">
         <v>61</v>
       </c>
       <c r="AC8" s="132" t="s">
+        <v>140</v>
+      </c>
+      <c r="AD8" s="132" t="s">
         <v>141</v>
       </c>
-      <c r="AD8" s="132" t="s">
+      <c r="AE8" s="132" t="s">
         <v>142</v>
       </c>
-      <c r="AE8" s="132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF8" s="132" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AG8" s="132" t="s">
+        <v>156</v>
+      </c>
+      <c r="AH8" s="132" t="s">
         <v>157</v>
       </c>
-      <c r="AH8" s="132" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:36" ht="14.7" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="AI8" s="132" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="9" spans="1:37" ht="14.65" customHeight="1" thickTop="1">
       <c r="A9" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="166"/>
       <c r="O9" s="166"/>
       <c r="P9" s="166"/>
     </row>
-    <row r="10" spans="1:36" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:37" ht="15">
       <c r="A10" s="37" t="s">
         <v>100</v>
       </c>
       <c r="B10" s="6"/>
       <c r="C10" s="51"/>
       <c r="D10" s="50"/>
       <c r="E10" s="50"/>
       <c r="F10" s="50"/>
       <c r="G10" s="50"/>
     </row>
-    <row r="11" spans="1:36" s="138" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:37" s="138" customFormat="1">
       <c r="A11" s="139" t="s">
         <v>101</v>
       </c>
       <c r="B11" s="140">
         <v>9.7000000000000003E-2</v>
       </c>
       <c r="C11" s="140">
         <v>-0.218</v>
       </c>
       <c r="D11" s="140">
         <v>0.20399999999999999</v>
       </c>
       <c r="E11" s="140">
         <v>0.28832084913481504</v>
       </c>
       <c r="F11" s="140">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="G11" s="140">
         <v>7.8600000000000003E-2</v>
       </c>
       <c r="H11" s="141"/>
       <c r="I11" s="142">
         <v>6.8000000000000005E-2</v>
       </c>
@@ -12121,52 +12358,55 @@
       </c>
       <c r="AA11" s="142">
         <v>0.10829999999999999</v>
       </c>
       <c r="AB11" s="142">
         <v>6.2E-2</v>
       </c>
       <c r="AC11" s="142">
         <v>9.4399999999999998E-2</v>
       </c>
       <c r="AD11" s="142">
         <v>0.10199999999999999</v>
       </c>
       <c r="AE11" s="142">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="AF11" s="142">
         <v>5.5E-2</v>
       </c>
       <c r="AG11" s="142">
         <v>2.86E-2</v>
       </c>
       <c r="AH11" s="142">
         <v>4.1000000000000003E-3</v>
       </c>
-    </row>
-    <row r="12" spans="1:36" x14ac:dyDescent="0.4">
+      <c r="AI11" s="142">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="12" spans="1:37">
       <c r="A12" s="33" t="s">
         <v>102</v>
       </c>
       <c r="B12" s="47">
         <v>3.6999999999999998E-2</v>
       </c>
       <c r="C12" s="47">
         <v>-0.19800000000000001</v>
       </c>
       <c r="D12" s="47">
         <v>0.33200000000000002</v>
       </c>
       <c r="E12" s="47">
         <v>0.20552634908185374</v>
       </c>
       <c r="F12" s="47">
         <v>0.106</v>
       </c>
       <c r="G12" s="47">
         <v>6.5000000000000002E-2</v>
       </c>
       <c r="I12" s="45">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="J12" s="45">
@@ -12222,52 +12462,55 @@
       </c>
       <c r="AA12" s="45">
         <v>0.1147</v>
       </c>
       <c r="AB12" s="45">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="AC12" s="45">
         <v>7.9799999999999996E-2</v>
       </c>
       <c r="AD12" s="45">
         <v>7.8899999999999998E-2</v>
       </c>
       <c r="AE12" s="45">
         <v>6.2E-2</v>
       </c>
       <c r="AF12" s="45">
         <v>4.1000000000000002E-2</v>
       </c>
       <c r="AG12" s="45">
         <v>-1.6199999999999999E-2</v>
       </c>
       <c r="AH12" s="45">
         <v>4.3700000000000003E-2</v>
       </c>
-    </row>
-    <row r="13" spans="1:36" s="138" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI12" s="45">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:37" s="138" customFormat="1">
       <c r="A13" s="139" t="s">
         <v>103</v>
       </c>
       <c r="B13" s="140">
         <v>119.63200000000001</v>
       </c>
       <c r="C13" s="140">
         <v>-0.06</v>
       </c>
       <c r="D13" s="140">
         <v>1.171</v>
       </c>
       <c r="E13" s="140">
         <v>0.78262855947293053</v>
       </c>
       <c r="F13" s="140">
         <v>0.90900000000000003</v>
       </c>
       <c r="G13" s="140">
         <v>0.91600000000000004</v>
       </c>
       <c r="H13" s="141"/>
       <c r="I13" s="142">
         <v>315.37200000000001</v>
       </c>
@@ -12324,89 +12567,93 @@
       </c>
       <c r="AA13" s="142">
         <v>0.93779999999999997</v>
       </c>
       <c r="AB13" s="142">
         <v>0.94699999999999995</v>
       </c>
       <c r="AC13" s="142">
         <v>1.0302</v>
       </c>
       <c r="AD13" s="142">
         <v>1.1339999999999999</v>
       </c>
       <c r="AE13" s="142">
         <v>0.90400000000000003</v>
       </c>
       <c r="AF13" s="142">
         <v>0.61799999999999999</v>
       </c>
       <c r="AG13" s="142">
         <v>0.38669999999999999</v>
       </c>
       <c r="AH13" s="142">
         <v>0.38229999999999997</v>
       </c>
-    </row>
-    <row r="15" spans="1:36" x14ac:dyDescent="0.4">
+      <c r="AI13" s="142">
+        <v>0.39700000000000002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:37" ht="15">
       <c r="A15" s="6" t="s">
         <v>104</v>
       </c>
       <c r="B15" s="6"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="191"/>
       <c r="I15" s="95"/>
       <c r="J15" s="54"/>
       <c r="K15" s="54"/>
       <c r="M15" s="95"/>
       <c r="N15" s="54"/>
       <c r="O15" s="54"/>
       <c r="Q15" s="95"/>
       <c r="R15" s="54"/>
       <c r="S15" s="54"/>
       <c r="T15" s="54"/>
       <c r="U15" s="54"/>
       <c r="V15" s="54"/>
       <c r="W15" s="54"/>
       <c r="X15" s="54"/>
       <c r="Y15" s="54"/>
       <c r="Z15" s="54"/>
       <c r="AA15" s="54"/>
       <c r="AB15" s="54"/>
       <c r="AC15" s="54"/>
       <c r="AD15" s="54"/>
       <c r="AE15" s="54"/>
       <c r="AF15" s="54"/>
       <c r="AG15" s="54"/>
       <c r="AH15" s="54"/>
-      <c r="AI15" s="6"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:36" s="138" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI15" s="54"/>
+      <c r="AJ15" s="6"/>
+      <c r="AK15" s="194"/>
+    </row>
+    <row r="16" spans="1:37" s="138" customFormat="1">
       <c r="A16" s="139" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="143">
         <v>1385566</v>
       </c>
       <c r="C16" s="143">
         <v>862748</v>
       </c>
       <c r="D16" s="143">
         <v>1002781</v>
       </c>
       <c r="E16" s="143">
         <v>1429105</v>
       </c>
       <c r="F16" s="143">
         <v>1701547</v>
       </c>
       <c r="G16" s="143">
         <v>1768311</v>
       </c>
       <c r="H16" s="141"/>
       <c r="I16" s="143">
         <v>340764</v>
       </c>
@@ -12463,54 +12710,57 @@
       </c>
       <c r="AA16" s="144">
         <v>439213</v>
       </c>
       <c r="AB16" s="144">
         <v>482937</v>
       </c>
       <c r="AC16" s="144">
         <v>448937</v>
       </c>
       <c r="AD16" s="144">
         <v>441990</v>
       </c>
       <c r="AE16" s="144">
         <v>431473</v>
       </c>
       <c r="AF16" s="144">
         <v>445911</v>
       </c>
       <c r="AG16" s="144">
         <v>400302</v>
       </c>
       <c r="AH16" s="144">
         <v>415387</v>
       </c>
-      <c r="AI16" s="192"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:36" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI16" s="144">
+        <v>452589</v>
+      </c>
+      <c r="AJ16" s="192"/>
+      <c r="AK16" s="193"/>
+    </row>
+    <row r="17" spans="1:37" s="35" customFormat="1">
       <c r="A17" s="33" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="55">
         <v>676382</v>
       </c>
       <c r="C17" s="55">
         <v>584646</v>
       </c>
       <c r="D17" s="55">
         <v>780866</v>
       </c>
       <c r="E17" s="55">
         <v>920189</v>
       </c>
       <c r="F17" s="55">
         <v>1132912</v>
       </c>
       <c r="G17" s="55">
         <v>1225751</v>
       </c>
       <c r="H17" s="94"/>
       <c r="I17" s="55">
         <v>157939</v>
       </c>
@@ -12567,54 +12817,57 @@
       </c>
       <c r="AA17" s="55">
         <v>295641</v>
       </c>
       <c r="AB17" s="55">
         <v>300415</v>
       </c>
       <c r="AC17" s="55">
         <v>302721</v>
       </c>
       <c r="AD17" s="55">
         <v>310205</v>
       </c>
       <c r="AE17" s="55">
         <v>309684</v>
       </c>
       <c r="AF17" s="55">
         <v>303141</v>
       </c>
       <c r="AG17" s="55">
         <v>281700</v>
       </c>
       <c r="AH17" s="55">
         <v>317829</v>
       </c>
-      <c r="AI17" s="195"/>
-[...2 lines deleted...]
-    <row r="18" spans="1:36" s="138" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI17" s="55">
+        <v>328457</v>
+      </c>
+      <c r="AJ17" s="195"/>
+      <c r="AK17" s="193"/>
+    </row>
+    <row r="18" spans="1:37" s="138" customFormat="1">
       <c r="A18" s="139" t="s">
         <v>103</v>
       </c>
       <c r="B18" s="143">
         <v>897129</v>
       </c>
       <c r="C18" s="143">
         <v>536825</v>
       </c>
       <c r="D18" s="143">
         <v>876294</v>
       </c>
       <c r="E18" s="143">
         <v>1269608</v>
       </c>
       <c r="F18" s="143">
         <v>1497419</v>
       </c>
       <c r="G18" s="143">
         <v>1476100</v>
       </c>
       <c r="H18" s="141"/>
       <c r="I18" s="143">
         <v>232296</v>
       </c>
@@ -12671,54 +12924,57 @@
       </c>
       <c r="AA18" s="144">
         <v>390256</v>
       </c>
       <c r="AB18" s="144">
         <v>392103</v>
       </c>
       <c r="AC18" s="144">
         <v>329698</v>
       </c>
       <c r="AD18" s="144">
         <v>358706</v>
       </c>
       <c r="AE18" s="144">
         <v>392528</v>
       </c>
       <c r="AF18" s="144">
         <v>395168</v>
       </c>
       <c r="AG18" s="144">
         <v>394590</v>
       </c>
       <c r="AH18" s="144">
         <v>409080</v>
       </c>
-      <c r="AI18" s="157"/>
-[...2 lines deleted...]
-    <row r="19" spans="1:36" s="6" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI18" s="144">
+        <v>411782</v>
+      </c>
+      <c r="AJ18" s="157"/>
+      <c r="AK18" s="196"/>
+    </row>
+    <row r="19" spans="1:37" s="6" customFormat="1" ht="15">
       <c r="A19" s="52" t="s">
         <v>105</v>
       </c>
       <c r="B19" s="56">
         <v>2959077</v>
       </c>
       <c r="C19" s="56">
         <v>1984219</v>
       </c>
       <c r="D19" s="56">
         <v>2659941</v>
       </c>
       <c r="E19" s="56">
         <v>3618902</v>
       </c>
       <c r="F19" s="56">
         <v>4331878</v>
       </c>
       <c r="G19" s="56">
         <v>4470162</v>
       </c>
       <c r="H19" s="94"/>
       <c r="I19" s="56">
         <v>730999</v>
       </c>
@@ -12775,77 +13031,80 @@
       </c>
       <c r="AA19" s="57">
         <v>1125110</v>
       </c>
       <c r="AB19" s="57">
         <v>1175455</v>
       </c>
       <c r="AC19" s="57">
         <v>1081356</v>
       </c>
       <c r="AD19" s="57">
         <v>1110901</v>
       </c>
       <c r="AE19" s="57">
         <v>1133685</v>
       </c>
       <c r="AF19" s="57">
         <v>1144220</v>
       </c>
       <c r="AG19" s="57">
         <v>1076592</v>
       </c>
       <c r="AH19" s="57">
         <v>1142296</v>
       </c>
-      <c r="AI19" s="157"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:36" s="6" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI19" s="57">
+        <v>1192828</v>
+      </c>
+      <c r="AJ19" s="157"/>
+    </row>
+    <row r="20" spans="1:37" s="6" customFormat="1" ht="15">
       <c r="A20" s="37"/>
       <c r="B20" s="58"/>
       <c r="C20" s="87"/>
       <c r="D20" s="58"/>
       <c r="E20" s="58"/>
       <c r="F20" s="58"/>
       <c r="G20" s="58"/>
       <c r="H20" s="94"/>
       <c r="L20" s="58"/>
       <c r="O20" s="8"/>
       <c r="P20" s="58"/>
     </row>
-    <row r="21" spans="1:36" x14ac:dyDescent="0.4">
+    <row r="21" spans="1:37" ht="15">
       <c r="A21" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="90"/>
       <c r="E21" s="90"/>
       <c r="F21" s="90"/>
       <c r="G21" s="90"/>
     </row>
-    <row r="22" spans="1:36" s="138" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:37" s="138" customFormat="1">
       <c r="A22" s="139" t="s">
         <v>101</v>
       </c>
       <c r="B22" s="143">
         <v>164342</v>
       </c>
       <c r="C22" s="143">
         <v>16121</v>
       </c>
       <c r="D22" s="143">
         <v>117887</v>
       </c>
       <c r="E22" s="143">
         <v>186862</v>
       </c>
       <c r="F22" s="143">
         <v>230024</v>
       </c>
       <c r="G22" s="143">
         <v>269019</v>
       </c>
       <c r="H22" s="141"/>
       <c r="I22" s="143">
         <v>32093</v>
       </c>
@@ -12902,52 +13161,55 @@
       </c>
       <c r="AA22" s="144">
         <v>59374</v>
       </c>
       <c r="AB22" s="144">
         <v>73648</v>
       </c>
       <c r="AC22" s="144">
         <v>57042</v>
       </c>
       <c r="AD22" s="144">
         <v>68194</v>
       </c>
       <c r="AE22" s="144">
         <v>61157</v>
       </c>
       <c r="AF22" s="144">
         <v>82626</v>
       </c>
       <c r="AG22" s="144">
         <v>32978</v>
       </c>
       <c r="AH22" s="144">
         <v>34118</v>
       </c>
-    </row>
-    <row r="23" spans="1:36" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI22" s="144">
+        <v>127325</v>
+      </c>
+    </row>
+    <row r="23" spans="1:37" s="35" customFormat="1">
       <c r="A23" s="33" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="55">
         <v>29955</v>
       </c>
       <c r="C23" s="55">
         <v>30</v>
       </c>
       <c r="D23" s="55">
         <v>48785</v>
       </c>
       <c r="E23" s="55">
         <v>61832</v>
       </c>
       <c r="F23" s="55">
         <v>73237</v>
       </c>
       <c r="G23" s="55">
         <v>67412</v>
       </c>
       <c r="H23" s="94"/>
       <c r="I23" s="46">
         <v>2542</v>
       </c>
@@ -13004,52 +13266,55 @@
       </c>
       <c r="AA23" s="46">
         <v>21779</v>
       </c>
       <c r="AB23" s="46">
         <v>19101</v>
       </c>
       <c r="AC23" s="46">
         <v>17983</v>
       </c>
       <c r="AD23" s="46">
         <v>13191</v>
       </c>
       <c r="AE23" s="46">
         <v>17337</v>
       </c>
       <c r="AF23" s="46">
         <v>18901</v>
       </c>
       <c r="AG23" s="46">
         <v>12859</v>
       </c>
       <c r="AH23" s="46">
         <v>27569</v>
       </c>
-    </row>
-    <row r="24" spans="1:36" s="138" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI23" s="46">
+        <v>14394</v>
+      </c>
+    </row>
+    <row r="24" spans="1:37" s="138" customFormat="1">
       <c r="A24" s="139" t="s">
         <v>103</v>
       </c>
       <c r="B24" s="143">
         <v>27894</v>
       </c>
       <c r="C24" s="143">
         <v>-28842</v>
       </c>
       <c r="D24" s="143">
         <v>48614</v>
       </c>
       <c r="E24" s="143">
         <v>107520</v>
       </c>
       <c r="F24" s="143">
         <v>121683</v>
       </c>
       <c r="G24" s="143">
         <v>87406</v>
       </c>
       <c r="H24" s="141"/>
       <c r="I24" s="143">
         <v>9434</v>
       </c>
@@ -13106,52 +13371,55 @@
       </c>
       <c r="AA24" s="144">
         <v>34187</v>
       </c>
       <c r="AB24" s="144">
         <v>24582</v>
       </c>
       <c r="AC24" s="144">
         <v>14442</v>
       </c>
       <c r="AD24" s="144">
         <v>19719</v>
       </c>
       <c r="AE24" s="144">
         <v>24175</v>
       </c>
       <c r="AF24" s="144">
         <v>29070</v>
       </c>
       <c r="AG24" s="144">
         <v>25069</v>
       </c>
       <c r="AH24" s="144">
         <v>27354</v>
       </c>
-    </row>
-    <row r="25" spans="1:36" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI24" s="144">
+        <v>30140</v>
+      </c>
+    </row>
+    <row r="25" spans="1:37" s="35" customFormat="1">
       <c r="A25" s="33" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="60">
         <v>-62255</v>
       </c>
       <c r="C25" s="60">
         <v>-54063</v>
       </c>
       <c r="D25" s="60">
         <v>-75767</v>
       </c>
       <c r="E25" s="60">
         <v>-91792</v>
       </c>
       <c r="F25" s="60">
         <v>-110905</v>
       </c>
       <c r="G25" s="60">
         <v>-99322</v>
       </c>
       <c r="H25" s="94"/>
       <c r="I25" s="46">
         <v>-12745</v>
       </c>
@@ -13208,52 +13476,55 @@
       </c>
       <c r="AA25" s="46">
         <v>-24265</v>
       </c>
       <c r="AB25" s="46">
         <v>-35544</v>
       </c>
       <c r="AC25" s="46">
         <v>-21916</v>
       </c>
       <c r="AD25" s="46">
         <v>-26885</v>
       </c>
       <c r="AE25" s="46">
         <v>-22844</v>
       </c>
       <c r="AF25" s="46">
         <v>-27677</v>
       </c>
       <c r="AG25" s="46">
         <v>-25759</v>
       </c>
       <c r="AH25" s="46">
         <v>-26581</v>
       </c>
-    </row>
-    <row r="26" spans="1:36" s="6" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI25" s="46">
+        <v>-24676</v>
+      </c>
+    </row>
+    <row r="26" spans="1:37" s="6" customFormat="1" ht="15">
       <c r="A26" s="52" t="s">
         <v>105</v>
       </c>
       <c r="B26" s="56">
         <v>159937</v>
       </c>
       <c r="C26" s="56">
         <v>-66754</v>
       </c>
       <c r="D26" s="56">
         <v>139519</v>
       </c>
       <c r="E26" s="56">
         <v>264422</v>
       </c>
       <c r="F26" s="56">
         <v>314039</v>
       </c>
       <c r="G26" s="56">
         <v>324515</v>
       </c>
       <c r="H26" s="94"/>
       <c r="I26" s="56">
         <v>31324</v>
       </c>
@@ -13310,97 +13581,101 @@
       </c>
       <c r="AA26" s="57">
         <v>91075</v>
       </c>
       <c r="AB26" s="57">
         <v>81787</v>
       </c>
       <c r="AC26" s="57">
         <v>67551</v>
       </c>
       <c r="AD26" s="57">
         <v>74219</v>
       </c>
       <c r="AE26" s="57">
         <v>79825</v>
       </c>
       <c r="AF26" s="57">
         <v>102920</v>
       </c>
       <c r="AG26" s="57">
         <v>45147</v>
       </c>
       <c r="AH26" s="57">
         <v>62460</v>
       </c>
-    </row>
-    <row r="27" spans="1:36" s="6" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI26" s="57">
+        <v>147183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:37" s="6" customFormat="1" ht="15">
       <c r="A27" s="37"/>
       <c r="B27" s="58"/>
       <c r="C27" s="61"/>
       <c r="D27" s="58"/>
       <c r="E27" s="58"/>
       <c r="F27" s="58"/>
       <c r="G27" s="58"/>
       <c r="H27" s="94"/>
       <c r="L27" s="58"/>
       <c r="O27" s="8"/>
       <c r="P27" s="58"/>
       <c r="V27" s="12"/>
       <c r="W27" s="12"/>
       <c r="X27" s="12"/>
       <c r="Y27" s="12"/>
       <c r="Z27" s="12"/>
       <c r="AA27" s="12"/>
       <c r="AB27" s="12"/>
       <c r="AC27" s="12"/>
       <c r="AD27" s="12"/>
       <c r="AE27" s="12"/>
       <c r="AF27" s="12"/>
       <c r="AG27" s="12"/>
       <c r="AH27" s="12"/>
-    </row>
-    <row r="28" spans="1:36" x14ac:dyDescent="0.4">
+      <c r="AI27" s="12"/>
+    </row>
+    <row r="28" spans="1:37" ht="15">
       <c r="A28" s="6" t="s">
         <v>108</v>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="191"/>
       <c r="I28" s="95"/>
       <c r="J28" s="54"/>
       <c r="K28" s="54"/>
       <c r="M28" s="95"/>
       <c r="N28" s="54"/>
       <c r="O28" s="54"/>
       <c r="Q28" s="95"/>
       <c r="U28" s="95"/>
     </row>
-    <row r="29" spans="1:36" s="138" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="29" spans="1:37" s="138" customFormat="1">
       <c r="A29" s="139" t="s">
         <v>101</v>
       </c>
       <c r="B29" s="143">
         <v>227844</v>
       </c>
       <c r="C29" s="143">
         <v>76155</v>
       </c>
       <c r="D29" s="143">
         <v>175603</v>
       </c>
       <c r="E29" s="143">
         <v>242346</v>
       </c>
       <c r="F29" s="143">
         <v>300177</v>
       </c>
       <c r="G29" s="143">
         <v>340002</v>
       </c>
       <c r="H29" s="141"/>
       <c r="I29" s="143">
         <v>46904</v>
       </c>
@@ -13457,52 +13732,55 @@
       </c>
       <c r="AA29" s="144">
         <v>77848</v>
       </c>
       <c r="AB29" s="144">
         <v>93727</v>
       </c>
       <c r="AC29" s="144">
         <v>75446</v>
       </c>
       <c r="AD29" s="144">
         <v>86168</v>
       </c>
       <c r="AE29" s="144">
         <v>79007</v>
       </c>
       <c r="AF29" s="144">
         <v>99381</v>
       </c>
       <c r="AG29" s="144">
         <v>49569</v>
       </c>
       <c r="AH29" s="144">
         <v>52954</v>
       </c>
-    </row>
-    <row r="30" spans="1:36" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI29" s="144">
+        <v>147438</v>
+      </c>
+    </row>
+    <row r="30" spans="1:37" s="35" customFormat="1">
       <c r="A30" s="33" t="s">
         <v>102</v>
       </c>
       <c r="B30" s="55">
         <v>64059</v>
       </c>
       <c r="C30" s="55">
         <v>41496</v>
       </c>
       <c r="D30" s="55">
         <v>85323</v>
       </c>
       <c r="E30" s="55">
         <v>95290</v>
       </c>
       <c r="F30" s="55">
         <v>115364</v>
       </c>
       <c r="G30" s="55">
         <v>116256</v>
       </c>
       <c r="H30" s="94"/>
       <c r="I30" s="46">
         <v>10546</v>
       </c>
@@ -13559,52 +13837,55 @@
       </c>
       <c r="AA30" s="46">
         <v>32308</v>
       </c>
       <c r="AB30" s="46">
         <v>31146</v>
       </c>
       <c r="AC30" s="46">
         <v>28602</v>
       </c>
       <c r="AD30" s="46">
         <v>26161</v>
       </c>
       <c r="AE30" s="46">
         <v>30683</v>
       </c>
       <c r="AF30" s="46">
         <v>30810</v>
       </c>
       <c r="AG30" s="46">
         <v>26240</v>
       </c>
       <c r="AH30" s="46">
         <v>41238</v>
       </c>
-    </row>
-    <row r="31" spans="1:36" s="138" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI30" s="46">
+        <v>29950</v>
+      </c>
+    </row>
+    <row r="31" spans="1:37" s="138" customFormat="1">
       <c r="A31" s="139" t="s">
         <v>103</v>
       </c>
       <c r="B31" s="143">
         <v>63043</v>
       </c>
       <c r="C31" s="143">
         <v>830</v>
       </c>
       <c r="D31" s="143">
         <v>77573</v>
       </c>
       <c r="E31" s="143">
         <v>134253</v>
       </c>
       <c r="F31" s="143">
         <v>160380</v>
       </c>
       <c r="G31" s="143">
         <v>133692</v>
       </c>
       <c r="H31" s="141"/>
       <c r="I31" s="143">
         <v>16207</v>
       </c>
@@ -13661,52 +13942,55 @@
       </c>
       <c r="AA31" s="144">
         <v>41780</v>
       </c>
       <c r="AB31" s="144">
         <v>41010</v>
       </c>
       <c r="AC31" s="144">
         <v>24741</v>
       </c>
       <c r="AD31" s="144">
         <v>30571</v>
       </c>
       <c r="AE31" s="144">
         <v>35705</v>
       </c>
       <c r="AF31" s="144">
         <v>42675</v>
       </c>
       <c r="AG31" s="144">
         <v>39060</v>
       </c>
       <c r="AH31" s="144">
         <v>40533</v>
       </c>
-    </row>
-    <row r="32" spans="1:36" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI31" s="144">
+        <v>46695</v>
+      </c>
+    </row>
+    <row r="32" spans="1:37" s="35" customFormat="1">
       <c r="A32" s="33" t="s">
         <v>109</v>
       </c>
       <c r="B32" s="60">
         <v>-63171</v>
       </c>
       <c r="C32" s="60">
         <v>-50370</v>
       </c>
       <c r="D32" s="60">
         <v>-66741</v>
       </c>
       <c r="E32" s="60">
         <v>-85325</v>
       </c>
       <c r="F32" s="60">
         <v>-103617</v>
       </c>
       <c r="G32" s="60">
         <v>-89850</v>
       </c>
       <c r="H32" s="94"/>
       <c r="I32" s="46">
         <v>-13038</v>
       </c>
@@ -13763,52 +14047,55 @@
       </c>
       <c r="AA32" s="46">
         <v>-22816</v>
       </c>
       <c r="AB32" s="46">
         <v>-33259</v>
       </c>
       <c r="AC32" s="46">
         <v>-19854</v>
       </c>
       <c r="AD32" s="46">
         <v>-24118</v>
       </c>
       <c r="AE32" s="46">
         <v>-20396</v>
       </c>
       <c r="AF32" s="46">
         <v>-25482</v>
       </c>
       <c r="AG32" s="46">
         <v>-23590</v>
       </c>
       <c r="AH32" s="46">
         <v>-24614</v>
       </c>
-    </row>
-    <row r="33" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI32" s="46">
+        <v>-22957</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35" s="6" customFormat="1" ht="15">
       <c r="A33" s="52" t="s">
         <v>105</v>
       </c>
       <c r="B33" s="56">
         <v>291775</v>
       </c>
       <c r="C33" s="56">
         <v>68111</v>
       </c>
       <c r="D33" s="56">
         <v>271758</v>
       </c>
       <c r="E33" s="56">
         <v>386564</v>
       </c>
       <c r="F33" s="56">
         <v>472304</v>
       </c>
       <c r="G33" s="56">
         <v>500100</v>
       </c>
       <c r="H33" s="94"/>
       <c r="I33" s="56">
         <v>60619</v>
       </c>
@@ -13865,72 +14152,75 @@
       </c>
       <c r="AA33" s="57">
         <v>129120</v>
       </c>
       <c r="AB33" s="57">
         <v>132624</v>
       </c>
       <c r="AC33" s="57">
         <v>108935</v>
       </c>
       <c r="AD33" s="57">
         <v>118782</v>
       </c>
       <c r="AE33" s="57">
         <v>124999</v>
       </c>
       <c r="AF33" s="57">
         <v>147384</v>
       </c>
       <c r="AG33" s="57">
         <v>91279</v>
       </c>
       <c r="AH33" s="57">
         <v>110111</v>
       </c>
-    </row>
-    <row r="34" spans="1:34" x14ac:dyDescent="0.4">
+      <c r="AI33" s="57">
+        <v>201126</v>
+      </c>
+    </row>
+    <row r="34" spans="1:35" ht="15">
       <c r="A34" s="37"/>
       <c r="B34" s="61"/>
       <c r="C34" s="61"/>
       <c r="D34" s="61"/>
       <c r="E34" s="61"/>
       <c r="F34" s="61"/>
       <c r="G34" s="61"/>
     </row>
-    <row r="35" spans="1:34" x14ac:dyDescent="0.4">
+    <row r="35" spans="1:35" ht="15">
       <c r="A35" s="6" t="s">
         <v>110</v>
       </c>
       <c r="B35" s="6"/>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="6"/>
       <c r="G35" s="6"/>
     </row>
-    <row r="36" spans="1:34" s="138" customFormat="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:35" s="138" customFormat="1">
       <c r="A36" s="139" t="s">
         <v>101</v>
       </c>
       <c r="B36" s="140">
         <v>0.16400000000000001</v>
       </c>
       <c r="C36" s="140">
         <v>8.7999999999999995E-2</v>
       </c>
       <c r="D36" s="140">
         <v>0.17499999999999999</v>
       </c>
       <c r="E36" s="140">
         <v>0.16957886229493299</v>
       </c>
       <c r="F36" s="140">
         <v>0.17599999999999999</v>
       </c>
       <c r="G36" s="140">
         <v>0.192</v>
       </c>
       <c r="H36" s="141"/>
       <c r="I36" s="140">
         <v>0.13800000000000001</v>
       </c>
@@ -13987,52 +14277,55 @@
       </c>
       <c r="AA36" s="140">
         <v>0.177244298324503</v>
       </c>
       <c r="AB36" s="140">
         <v>0.19400000000000001</v>
       </c>
       <c r="AC36" s="140">
         <v>0.16805476046750401</v>
       </c>
       <c r="AD36" s="140">
         <v>0.19500000000000001</v>
       </c>
       <c r="AE36" s="140">
         <v>0.183</v>
       </c>
       <c r="AF36" s="140">
         <v>0.223</v>
       </c>
       <c r="AG36" s="140">
         <v>0.12382900909813099</v>
       </c>
       <c r="AH36" s="140">
         <v>0.127</v>
       </c>
-    </row>
-    <row r="37" spans="1:34" s="35" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI36" s="140">
+        <v>0.32600000000000001</v>
+      </c>
+    </row>
+    <row r="37" spans="1:35" s="35" customFormat="1">
       <c r="A37" s="33" t="s">
         <v>102</v>
       </c>
       <c r="B37" s="145">
         <v>9.5000000000000001E-2</v>
       </c>
       <c r="C37" s="145">
         <v>7.0999999999999994E-2</v>
       </c>
       <c r="D37" s="145">
         <v>0.109</v>
       </c>
       <c r="E37" s="145">
         <v>0.103554813195985</v>
       </c>
       <c r="F37" s="145">
         <v>0.10199999999999999</v>
       </c>
       <c r="G37" s="145">
         <v>9.5000000000000001E-2</v>
       </c>
       <c r="H37" s="94"/>
       <c r="I37" s="145">
         <v>6.7000000000000004E-2</v>
       </c>
@@ -14089,52 +14382,55 @@
       </c>
       <c r="AA37" s="145">
         <v>0.109</v>
       </c>
       <c r="AB37" s="145">
         <v>0.104</v>
       </c>
       <c r="AC37" s="145">
         <v>9.4483038837741701E-2</v>
       </c>
       <c r="AD37" s="145">
         <v>8.4000000000000005E-2</v>
       </c>
       <c r="AE37" s="145">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="AF37" s="145">
         <v>0.101635872415807</v>
       </c>
       <c r="AG37" s="145">
         <v>9.3148739794107205E-2</v>
       </c>
       <c r="AH37" s="145">
         <v>0.13</v>
       </c>
-    </row>
-    <row r="38" spans="1:34" s="138" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI37" s="145">
+        <v>9.0999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:35" s="138" customFormat="1">
       <c r="A38" s="139" t="s">
         <v>103</v>
       </c>
       <c r="B38" s="140">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="C38" s="140">
         <v>2E-3</v>
       </c>
       <c r="D38" s="140">
         <v>8.8999999999999996E-2</v>
       </c>
       <c r="E38" s="140">
         <v>0.10574366261082201</v>
       </c>
       <c r="F38" s="140">
         <v>0.107</v>
       </c>
       <c r="G38" s="140">
         <v>9.0999999999999998E-2</v>
       </c>
       <c r="H38" s="141"/>
       <c r="I38" s="140">
         <v>7.0000000000000007E-2</v>
       </c>
@@ -14191,52 +14487,55 @@
       </c>
       <c r="AA38" s="140">
         <v>0.107057931204133</v>
       </c>
       <c r="AB38" s="140">
         <v>0.105</v>
       </c>
       <c r="AC38" s="140">
         <v>7.5041401525031998E-2</v>
       </c>
       <c r="AD38" s="140">
         <v>8.5000000000000006E-2</v>
       </c>
       <c r="AE38" s="140">
         <v>9.0999999999999998E-2</v>
       </c>
       <c r="AF38" s="140">
         <v>0.107992043890194</v>
       </c>
       <c r="AG38" s="140">
         <v>9.8988823842469403E-2</v>
       </c>
       <c r="AH38" s="140">
         <v>9.9000000000000005E-2</v>
       </c>
-    </row>
-    <row r="39" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.4">
+      <c r="AI38" s="140">
+        <v>0.113</v>
+      </c>
+    </row>
+    <row r="39" spans="1:35" s="6" customFormat="1" ht="15">
       <c r="A39" s="52" t="s">
         <v>105</v>
       </c>
       <c r="B39" s="53">
         <v>9.9000000000000005E-2</v>
       </c>
       <c r="C39" s="53">
         <v>3.4000000000000002E-2</v>
       </c>
       <c r="D39" s="53">
         <v>0.10199999999999999</v>
       </c>
       <c r="E39" s="53">
         <v>0.106818034862508</v>
       </c>
       <c r="F39" s="53">
         <v>0.109</v>
       </c>
       <c r="G39" s="53">
         <v>0.112</v>
       </c>
       <c r="H39" s="94"/>
       <c r="I39" s="53">
         <v>8.3000000000000004E-2</v>
       </c>
@@ -14293,402 +14592,405 @@
       </c>
       <c r="AA39" s="53">
         <v>0.115</v>
       </c>
       <c r="AB39" s="53">
         <v>0.113</v>
       </c>
       <c r="AC39" s="53">
         <v>0.100739257006943</v>
       </c>
       <c r="AD39" s="53">
         <v>0.107</v>
       </c>
       <c r="AE39" s="53">
         <v>0.11</v>
       </c>
       <c r="AF39" s="53">
         <v>0.129</v>
       </c>
       <c r="AG39" s="53">
         <v>8.4785136802056904E-2</v>
       </c>
       <c r="AH39" s="53">
         <v>9.6000000000000002E-2</v>
       </c>
-    </row>
-    <row r="40" spans="1:34" x14ac:dyDescent="0.4">
+      <c r="AI39" s="53">
+        <v>0.16900000000000001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:35" ht="15">
       <c r="A40" s="37"/>
       <c r="B40" s="50"/>
       <c r="C40" s="50"/>
       <c r="D40" s="50"/>
       <c r="E40" s="50"/>
       <c r="F40" s="50"/>
       <c r="G40" s="50"/>
     </row>
-    <row r="41" spans="1:34" x14ac:dyDescent="0.4">
+    <row r="41" spans="1:35" ht="15">
       <c r="A41" s="8" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="42" spans="1:34" ht="15.45" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="42" spans="1:35" ht="15.4" customHeight="1">
       <c r="A42" s="24" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="43" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A43" s="248" t="s">
+    <row r="43" spans="1:35" ht="30" customHeight="1">
+      <c r="A43" s="251" t="s">
         <v>113</v>
       </c>
-      <c r="B43" s="248"/>
-[...7 lines deleted...]
-      <c r="A44" s="248" t="s">
+      <c r="B43" s="251"/>
+      <c r="C43" s="251"/>
+      <c r="D43" s="251"/>
+      <c r="E43" s="251"/>
+      <c r="F43" s="251"/>
+      <c r="G43" s="251"/>
+    </row>
+    <row r="44" spans="1:35" ht="30" customHeight="1">
+      <c r="A44" s="251" t="s">
         <v>114</v>
       </c>
-      <c r="B44" s="248"/>
-[...6 lines deleted...]
-    <row r="45" spans="1:34" ht="15.45" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="251"/>
+      <c r="C44" s="251"/>
+      <c r="D44" s="251"/>
+      <c r="E44" s="251"/>
+      <c r="F44" s="251"/>
+      <c r="G44" s="251"/>
+    </row>
+    <row r="45" spans="1:35" ht="15.4" customHeight="1">
       <c r="A45" s="62" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="47" spans="1:34" ht="57.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="248" t="s">
+    <row r="47" spans="1:35" ht="57.4" customHeight="1">
+      <c r="A47" s="251" t="s">
         <v>116</v>
       </c>
-      <c r="B47" s="248"/>
-[...6 lines deleted...]
-    <row r="48" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B47" s="251"/>
+      <c r="C47" s="251"/>
+      <c r="D47" s="251"/>
+      <c r="E47" s="251"/>
+      <c r="F47" s="251"/>
+      <c r="G47" s="251"/>
+    </row>
+    <row r="48" spans="1:35" ht="15" customHeight="1">
       <c r="A48" s="8" t="s">
         <v>117</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="I6:AG7"/>
     <mergeCell ref="A47:G47"/>
     <mergeCell ref="B6:G7"/>
     <mergeCell ref="A1:G5"/>
     <mergeCell ref="A43:G43"/>
     <mergeCell ref="A44:G44"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AL64"/>
+  <dimension ref="A1:AM64"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="65" zoomScaleNormal="65" workbookViewId="0">
-      <pane xSplit="11" topLeftCell="AF1" activePane="topRight" state="frozen"/>
+      <pane xSplit="11" topLeftCell="AD1" activePane="topRight" state="frozen"/>
       <selection pane="topRight" sqref="A1:K5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="18.44140625" defaultRowHeight="15.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="18.42578125" defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="1" width="33.21875" style="24" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="11" width="14.21875" style="24" customWidth="1"/>
+    <col min="1" max="1" width="33.28515625" style="24" customWidth="1"/>
+    <col min="2" max="5" width="14.42578125" style="24" customWidth="1"/>
+    <col min="6" max="11" width="14.28515625" style="24" customWidth="1"/>
     <col min="12" max="12" width="3" style="94" customWidth="1"/>
-    <col min="13" max="38" width="14.21875" style="24" customWidth="1"/>
-    <col min="39" max="16384" width="18.44140625" style="24"/>
+    <col min="13" max="39" width="14.28515625" style="24" customWidth="1"/>
+    <col min="40" max="16384" width="18.42578125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="237" t="s">
+    <row r="1" spans="1:39" ht="14.1" customHeight="1">
+      <c r="A1" s="240" t="s">
         <v>118</v>
       </c>
-      <c r="B1" s="237"/>
-[...8 lines deleted...]
-      <c r="K1" s="237"/>
+      <c r="B1" s="240"/>
+      <c r="C1" s="240"/>
+      <c r="D1" s="240"/>
+      <c r="E1" s="240"/>
+      <c r="F1" s="240"/>
+      <c r="G1" s="240"/>
+      <c r="H1" s="240"/>
+      <c r="I1" s="240"/>
+      <c r="J1" s="240"/>
+      <c r="K1" s="240"/>
       <c r="L1" s="92"/>
       <c r="M1" s="49"/>
       <c r="N1" s="49"/>
       <c r="O1" s="49"/>
       <c r="P1" s="49"/>
       <c r="Q1" s="49"/>
       <c r="R1" s="49"/>
       <c r="S1" s="49"/>
       <c r="T1" s="49"/>
       <c r="U1" s="49"/>
       <c r="V1" s="49"/>
       <c r="W1" s="49"/>
       <c r="X1" s="49"/>
       <c r="Y1" s="49"/>
       <c r="Z1" s="49"/>
       <c r="AA1" s="49"/>
       <c r="AB1" s="49"/>
       <c r="AC1" s="49"/>
       <c r="AD1" s="49"/>
       <c r="AE1" s="49"/>
     </row>
-    <row r="2" spans="1:38" ht="13.2" customHeight="1" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="K2" s="237"/>
+    <row r="2" spans="1:39" ht="13.15" customHeight="1">
+      <c r="A2" s="240"/>
+      <c r="B2" s="240"/>
+      <c r="C2" s="240"/>
+      <c r="D2" s="240"/>
+      <c r="E2" s="240"/>
+      <c r="F2" s="240"/>
+      <c r="G2" s="240"/>
+      <c r="H2" s="240"/>
+      <c r="I2" s="240"/>
+      <c r="J2" s="240"/>
+      <c r="K2" s="240"/>
       <c r="L2" s="92"/>
       <c r="M2" s="49"/>
       <c r="N2" s="49"/>
       <c r="O2" s="49"/>
       <c r="P2" s="49"/>
       <c r="Q2" s="49"/>
       <c r="R2" s="49"/>
       <c r="S2" s="49"/>
       <c r="T2" s="49"/>
       <c r="U2" s="49"/>
       <c r="V2" s="49"/>
       <c r="W2" s="49"/>
       <c r="X2" s="49"/>
       <c r="Y2" s="49"/>
       <c r="Z2" s="49"/>
       <c r="AA2" s="49"/>
       <c r="AB2" s="49"/>
       <c r="AC2" s="49"/>
       <c r="AD2" s="49"/>
       <c r="AE2" s="49"/>
     </row>
-    <row r="3" spans="1:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="K3" s="237"/>
+    <row r="3" spans="1:39" ht="14.1" customHeight="1">
+      <c r="A3" s="240"/>
+      <c r="B3" s="240"/>
+      <c r="C3" s="240"/>
+      <c r="D3" s="240"/>
+      <c r="E3" s="240"/>
+      <c r="F3" s="240"/>
+      <c r="G3" s="240"/>
+      <c r="H3" s="240"/>
+      <c r="I3" s="240"/>
+      <c r="J3" s="240"/>
+      <c r="K3" s="240"/>
       <c r="L3" s="92"/>
       <c r="M3" s="49"/>
       <c r="N3" s="49"/>
       <c r="O3" s="49"/>
       <c r="P3" s="49"/>
       <c r="Q3" s="49"/>
       <c r="R3" s="49"/>
       <c r="S3" s="49"/>
       <c r="T3" s="49"/>
       <c r="U3" s="49"/>
       <c r="V3" s="49"/>
       <c r="W3" s="49"/>
       <c r="X3" s="49"/>
       <c r="Y3" s="49"/>
       <c r="Z3" s="49"/>
       <c r="AA3" s="49"/>
       <c r="AB3" s="49"/>
       <c r="AC3" s="49"/>
       <c r="AD3" s="49"/>
       <c r="AE3" s="49"/>
     </row>
-    <row r="4" spans="1:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="K4" s="237"/>
+    <row r="4" spans="1:39" ht="14.1" customHeight="1">
+      <c r="A4" s="240"/>
+      <c r="B4" s="240"/>
+      <c r="C4" s="240"/>
+      <c r="D4" s="240"/>
+      <c r="E4" s="240"/>
+      <c r="F4" s="240"/>
+      <c r="G4" s="240"/>
+      <c r="H4" s="240"/>
+      <c r="I4" s="240"/>
+      <c r="J4" s="240"/>
+      <c r="K4" s="240"/>
       <c r="L4" s="92"/>
       <c r="M4" s="49"/>
       <c r="N4" s="49"/>
       <c r="O4" s="49"/>
       <c r="P4" s="49"/>
       <c r="Q4" s="49"/>
       <c r="R4" s="49"/>
       <c r="S4" s="49"/>
       <c r="T4" s="49"/>
       <c r="U4" s="49"/>
       <c r="V4" s="49"/>
       <c r="W4" s="49"/>
       <c r="X4" s="49"/>
       <c r="Y4" s="49"/>
       <c r="Z4" s="49"/>
       <c r="AA4" s="49"/>
       <c r="AB4" s="49"/>
       <c r="AC4" s="49"/>
       <c r="AD4" s="49"/>
       <c r="AE4" s="49"/>
     </row>
-    <row r="5" spans="1:38" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="K5" s="237"/>
+    <row r="5" spans="1:39" ht="14.1" customHeight="1">
+      <c r="A5" s="240"/>
+      <c r="B5" s="240"/>
+      <c r="C5" s="240"/>
+      <c r="D5" s="240"/>
+      <c r="E5" s="240"/>
+      <c r="F5" s="240"/>
+      <c r="G5" s="240"/>
+      <c r="H5" s="240"/>
+      <c r="I5" s="240"/>
+      <c r="J5" s="240"/>
+      <c r="K5" s="240"/>
       <c r="L5" s="92"/>
       <c r="M5" s="49"/>
       <c r="N5" s="49"/>
       <c r="O5" s="49"/>
       <c r="P5" s="49"/>
       <c r="Q5" s="49"/>
       <c r="R5" s="49"/>
       <c r="S5" s="49"/>
       <c r="T5" s="49"/>
       <c r="U5" s="49"/>
       <c r="V5" s="49"/>
       <c r="W5" s="49"/>
       <c r="X5" s="49"/>
       <c r="Y5" s="49"/>
       <c r="Z5" s="49"/>
       <c r="AA5" s="49"/>
       <c r="AB5" s="49"/>
       <c r="AC5" s="49"/>
       <c r="AD5" s="49"/>
       <c r="AE5" s="49"/>
     </row>
-    <row r="6" spans="1:38" ht="13.2" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:39" ht="13.15" customHeight="1">
       <c r="A6" s="105"/>
-      <c r="B6" s="249" t="s">
+      <c r="B6" s="252" t="s">
         <v>119</v>
       </c>
-      <c r="C6" s="249"/>
-[...2 lines deleted...]
-      <c r="F6" s="253" t="s">
+      <c r="C6" s="252"/>
+      <c r="D6" s="252"/>
+      <c r="E6" s="253"/>
+      <c r="F6" s="256" t="s">
         <v>120</v>
       </c>
-      <c r="G6" s="249"/>
-[...3 lines deleted...]
-      <c r="K6" s="249"/>
+      <c r="G6" s="252"/>
+      <c r="H6" s="252"/>
+      <c r="I6" s="252"/>
+      <c r="J6" s="252"/>
+      <c r="K6" s="252"/>
       <c r="L6" s="129"/>
-      <c r="M6" s="246" t="s">
+      <c r="M6" s="249" t="s">
         <v>121</v>
       </c>
-      <c r="N6" s="246"/>
-[...24 lines deleted...]
-    <row r="7" spans="1:38" ht="13.2" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="N6" s="249"/>
+      <c r="O6" s="249"/>
+      <c r="P6" s="249"/>
+      <c r="Q6" s="249"/>
+      <c r="R6" s="249"/>
+      <c r="S6" s="249"/>
+      <c r="T6" s="249"/>
+      <c r="U6" s="249"/>
+      <c r="V6" s="249"/>
+      <c r="W6" s="249"/>
+      <c r="X6" s="249"/>
+      <c r="Y6" s="249"/>
+      <c r="Z6" s="249"/>
+      <c r="AA6" s="249"/>
+      <c r="AB6" s="249"/>
+      <c r="AC6" s="249"/>
+      <c r="AD6" s="249"/>
+      <c r="AE6" s="249"/>
+      <c r="AF6" s="249"/>
+      <c r="AG6" s="249"/>
+      <c r="AH6" s="249"/>
+      <c r="AI6" s="249"/>
+      <c r="AJ6" s="249"/>
+      <c r="AK6" s="249"/>
+    </row>
+    <row r="7" spans="1:39" ht="13.15" customHeight="1">
       <c r="A7" s="106"/>
-      <c r="B7" s="251"/>
-[...8 lines deleted...]
-      <c r="K7" s="251"/>
+      <c r="B7" s="254"/>
+      <c r="C7" s="254"/>
+      <c r="D7" s="254"/>
+      <c r="E7" s="255"/>
+      <c r="F7" s="257"/>
+      <c r="G7" s="254"/>
+      <c r="H7" s="254"/>
+      <c r="I7" s="254"/>
+      <c r="J7" s="254"/>
+      <c r="K7" s="254"/>
       <c r="L7" s="130"/>
-      <c r="M7" s="247"/>
-[...25 lines deleted...]
-    <row r="8" spans="1:38" ht="16.2" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="M7" s="250"/>
+      <c r="N7" s="250"/>
+      <c r="O7" s="250"/>
+      <c r="P7" s="250"/>
+      <c r="Q7" s="250"/>
+      <c r="R7" s="250"/>
+      <c r="S7" s="250"/>
+      <c r="T7" s="250"/>
+      <c r="U7" s="250"/>
+      <c r="V7" s="250"/>
+      <c r="W7" s="250"/>
+      <c r="X7" s="250"/>
+      <c r="Y7" s="250"/>
+      <c r="Z7" s="250"/>
+      <c r="AA7" s="250"/>
+      <c r="AB7" s="250"/>
+      <c r="AC7" s="250"/>
+      <c r="AD7" s="250"/>
+      <c r="AE7" s="250"/>
+      <c r="AF7" s="250"/>
+      <c r="AG7" s="250"/>
+      <c r="AH7" s="250"/>
+      <c r="AI7" s="250"/>
+      <c r="AJ7" s="250"/>
+      <c r="AK7" s="250"/>
+    </row>
+    <row r="8" spans="1:39" ht="15.75" thickBot="1">
       <c r="A8" s="109"/>
       <c r="B8" s="110">
         <v>2017</v>
       </c>
       <c r="C8" s="110">
         <v>2018</v>
       </c>
       <c r="D8" s="110">
         <v>2019</v>
       </c>
       <c r="E8" s="113">
         <v>2020</v>
       </c>
       <c r="F8" s="110">
         <v>2019</v>
       </c>
       <c r="G8" s="111">
         <v>2020</v>
       </c>
       <c r="H8" s="110">
         <v>2021</v>
       </c>
       <c r="I8" s="110">
         <v>2022</v>
       </c>
@@ -14737,69 +15039,72 @@
       <c r="Y8" s="186" t="s">
         <v>54</v>
       </c>
       <c r="Z8" s="186" t="s">
         <v>55</v>
       </c>
       <c r="AA8" s="186" t="s">
         <v>56</v>
       </c>
       <c r="AB8" s="186" t="s">
         <v>57</v>
       </c>
       <c r="AC8" s="186" t="s">
         <v>58</v>
       </c>
       <c r="AD8" s="186" t="s">
         <v>59</v>
       </c>
       <c r="AE8" s="186" t="s">
         <v>60</v>
       </c>
       <c r="AF8" s="186" t="s">
         <v>61</v>
       </c>
       <c r="AG8" s="186" t="s">
+        <v>140</v>
+      </c>
+      <c r="AH8" s="186" t="s">
         <v>141</v>
       </c>
-      <c r="AH8" s="186" t="s">
+      <c r="AI8" s="186" t="s">
         <v>142</v>
       </c>
-      <c r="AI8" s="186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AJ8" s="186" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AK8" s="186" t="s">
+        <v>156</v>
+      </c>
+      <c r="AL8" s="186" t="s">
         <v>157</v>
       </c>
-      <c r="AL8" s="186" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:38" s="120" customFormat="1" ht="18.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="AM8" s="186" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="9" spans="1:39" s="120" customFormat="1" ht="18.399999999999999" customHeight="1" thickTop="1">
       <c r="A9" s="108" t="s">
         <v>122</v>
       </c>
       <c r="B9" s="121">
         <v>2188</v>
       </c>
       <c r="C9" s="121">
         <v>2223</v>
       </c>
       <c r="D9" s="121">
         <v>2293</v>
       </c>
       <c r="E9" s="122">
         <v>2236</v>
       </c>
       <c r="F9" s="121">
         <v>2293</v>
       </c>
       <c r="G9" s="121">
         <v>2236</v>
       </c>
       <c r="H9" s="121">
         <v>2261</v>
       </c>
       <c r="I9" s="121">
@@ -14868,52 +15173,55 @@
       </c>
       <c r="AE9" s="121">
         <v>2339</v>
       </c>
       <c r="AF9" s="121">
         <v>2361</v>
       </c>
       <c r="AG9" s="121">
         <v>2381</v>
       </c>
       <c r="AH9" s="121">
         <v>2395</v>
       </c>
       <c r="AI9" s="121">
         <v>2410</v>
       </c>
       <c r="AJ9" s="121">
         <v>2428</v>
       </c>
       <c r="AK9" s="121">
         <v>2439</v>
       </c>
       <c r="AL9" s="121">
         <v>2457</v>
       </c>
-    </row>
-    <row r="10" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM9" s="121">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="10" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A10" s="120" t="s">
         <v>101</v>
       </c>
       <c r="B10" s="123">
         <v>929</v>
       </c>
       <c r="C10" s="123">
         <v>968</v>
       </c>
       <c r="D10" s="123">
         <v>1023</v>
       </c>
       <c r="E10" s="124">
         <v>1020</v>
       </c>
       <c r="F10" s="123">
         <v>1023</v>
       </c>
       <c r="G10" s="123">
         <v>1020</v>
       </c>
       <c r="H10" s="123">
         <v>1051</v>
       </c>
       <c r="I10" s="123">
@@ -14982,52 +15290,55 @@
       </c>
       <c r="AE10" s="123">
         <v>1113</v>
       </c>
       <c r="AF10" s="123">
         <v>1130</v>
       </c>
       <c r="AG10" s="123">
         <v>1141</v>
       </c>
       <c r="AH10" s="123">
         <v>1150</v>
       </c>
       <c r="AI10" s="123">
         <v>1160</v>
       </c>
       <c r="AJ10" s="123">
         <v>1173</v>
       </c>
       <c r="AK10" s="123">
         <v>1179</v>
       </c>
       <c r="AL10" s="123">
         <v>1191</v>
       </c>
-    </row>
-    <row r="11" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM10" s="123">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="11" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A11" s="120" t="s">
         <v>123</v>
       </c>
       <c r="B11" s="123">
         <v>350</v>
       </c>
       <c r="C11" s="123">
         <v>337</v>
       </c>
       <c r="D11" s="123">
         <v>336</v>
       </c>
       <c r="E11" s="124">
         <v>318</v>
       </c>
       <c r="F11" s="123">
         <v>0</v>
       </c>
       <c r="G11" s="123">
         <v>0</v>
       </c>
       <c r="H11" s="123">
         <v>0</v>
       </c>
       <c r="I11" s="123">
@@ -15096,52 +15407,55 @@
       </c>
       <c r="AE11" s="123">
         <v>0</v>
       </c>
       <c r="AF11" s="123">
         <v>0</v>
       </c>
       <c r="AG11" s="123">
         <v>0</v>
       </c>
       <c r="AH11" s="123">
         <v>0</v>
       </c>
       <c r="AI11" s="123">
         <v>0</v>
       </c>
       <c r="AJ11" s="123">
         <v>0</v>
       </c>
       <c r="AK11" s="123">
         <v>0</v>
       </c>
       <c r="AL11" s="123">
         <v>0</v>
       </c>
-    </row>
-    <row r="12" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM11" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A12" s="120" t="s">
         <v>102</v>
       </c>
       <c r="B12" s="123">
         <v>519</v>
       </c>
       <c r="C12" s="123">
         <v>524</v>
       </c>
       <c r="D12" s="123">
         <v>530</v>
       </c>
       <c r="E12" s="124">
         <v>507</v>
       </c>
       <c r="F12" s="123">
         <v>655</v>
       </c>
       <c r="G12" s="123">
         <v>629</v>
       </c>
       <c r="H12" s="123">
         <v>625</v>
       </c>
       <c r="I12" s="123">
@@ -15210,52 +15524,55 @@
       </c>
       <c r="AE12" s="123">
         <v>638</v>
       </c>
       <c r="AF12" s="123">
         <v>647</v>
       </c>
       <c r="AG12" s="123">
         <v>647</v>
       </c>
       <c r="AH12" s="123">
         <v>649</v>
       </c>
       <c r="AI12" s="123">
         <v>649</v>
       </c>
       <c r="AJ12" s="123">
         <v>654</v>
       </c>
       <c r="AK12" s="123">
         <v>657</v>
       </c>
       <c r="AL12" s="123">
         <v>658</v>
       </c>
-    </row>
-    <row r="13" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM12" s="123">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="13" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A13" s="120" t="s">
         <v>103</v>
       </c>
       <c r="B13" s="123">
         <v>390</v>
       </c>
       <c r="C13" s="123">
         <v>394</v>
       </c>
       <c r="D13" s="123">
         <v>404</v>
       </c>
       <c r="E13" s="124">
         <v>391</v>
       </c>
       <c r="F13" s="123">
         <v>615</v>
       </c>
       <c r="G13" s="123">
         <v>587</v>
       </c>
       <c r="H13" s="123">
         <v>585</v>
       </c>
       <c r="I13" s="123">
@@ -15324,52 +15641,55 @@
       </c>
       <c r="AE13" s="123">
         <v>588</v>
       </c>
       <c r="AF13" s="123">
         <v>584</v>
       </c>
       <c r="AG13" s="123">
         <v>593</v>
       </c>
       <c r="AH13" s="123">
         <v>596</v>
       </c>
       <c r="AI13" s="123">
         <v>601</v>
       </c>
       <c r="AJ13" s="123">
         <v>601</v>
       </c>
       <c r="AK13" s="123">
         <v>603</v>
       </c>
       <c r="AL13" s="123">
         <v>608</v>
       </c>
-    </row>
-    <row r="14" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM13" s="123">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="14" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A14" s="107" t="s">
         <v>124</v>
       </c>
       <c r="B14" s="121">
         <v>1546</v>
       </c>
       <c r="C14" s="121">
         <v>1540</v>
       </c>
       <c r="D14" s="121">
         <v>1580</v>
       </c>
       <c r="E14" s="122">
         <v>1576</v>
       </c>
       <c r="F14" s="121">
         <v>1580</v>
       </c>
       <c r="G14" s="121">
         <v>1576</v>
       </c>
       <c r="H14" s="121">
         <v>1579</v>
       </c>
       <c r="I14" s="121">
@@ -15438,52 +15758,55 @@
       </c>
       <c r="AE14" s="121">
         <v>1658</v>
       </c>
       <c r="AF14" s="121">
         <v>1678</v>
       </c>
       <c r="AG14" s="121">
         <v>1696</v>
       </c>
       <c r="AH14" s="121">
         <v>1704</v>
       </c>
       <c r="AI14" s="121">
         <v>1715</v>
       </c>
       <c r="AJ14" s="121">
         <v>1725</v>
       </c>
       <c r="AK14" s="121">
         <v>1730</v>
       </c>
       <c r="AL14" s="121">
         <v>1755</v>
       </c>
-    </row>
-    <row r="15" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM14" s="121">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="15" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A15" s="120" t="s">
         <v>101</v>
       </c>
       <c r="B15" s="123">
         <v>579</v>
       </c>
       <c r="C15" s="123">
         <v>584</v>
       </c>
       <c r="D15" s="123">
         <v>612</v>
       </c>
       <c r="E15" s="124">
         <v>610</v>
       </c>
       <c r="F15" s="123">
         <v>612</v>
       </c>
       <c r="G15" s="123">
         <v>610</v>
       </c>
       <c r="H15" s="123">
         <v>631</v>
       </c>
       <c r="I15" s="123">
@@ -15552,52 +15875,55 @@
       </c>
       <c r="AE15" s="123">
         <v>674</v>
       </c>
       <c r="AF15" s="123">
         <v>689</v>
       </c>
       <c r="AG15" s="123">
         <v>699</v>
       </c>
       <c r="AH15" s="123">
         <v>706</v>
       </c>
       <c r="AI15" s="123">
         <v>713</v>
       </c>
       <c r="AJ15" s="123">
         <v>723</v>
       </c>
       <c r="AK15" s="123">
         <v>725</v>
       </c>
       <c r="AL15" s="123">
         <v>734</v>
       </c>
-    </row>
-    <row r="16" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM15" s="123">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="16" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A16" s="120" t="s">
         <v>123</v>
       </c>
       <c r="B16" s="123">
         <v>263</v>
       </c>
       <c r="C16" s="123">
         <v>251</v>
       </c>
       <c r="D16" s="123">
         <v>251</v>
       </c>
       <c r="E16" s="124">
         <v>269</v>
       </c>
       <c r="F16" s="123">
         <v>0</v>
       </c>
       <c r="G16" s="123">
         <v>0</v>
       </c>
       <c r="H16" s="123">
         <v>0</v>
       </c>
       <c r="I16" s="123">
@@ -15666,52 +15992,55 @@
       </c>
       <c r="AE16" s="123">
         <v>0</v>
       </c>
       <c r="AF16" s="123">
         <v>0</v>
       </c>
       <c r="AG16" s="123">
         <v>0</v>
       </c>
       <c r="AH16" s="123">
         <v>0</v>
       </c>
       <c r="AI16" s="123">
         <v>0</v>
       </c>
       <c r="AJ16" s="123">
         <v>0</v>
       </c>
       <c r="AK16" s="123">
         <v>0</v>
       </c>
       <c r="AL16" s="123">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM16" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A17" s="120" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="123">
         <v>363</v>
       </c>
       <c r="C17" s="123">
         <v>362</v>
       </c>
       <c r="D17" s="123">
         <v>364</v>
       </c>
       <c r="E17" s="124">
         <v>353</v>
       </c>
       <c r="F17" s="123">
         <v>456</v>
       </c>
       <c r="G17" s="123">
         <v>475</v>
       </c>
       <c r="H17" s="123">
         <v>453</v>
       </c>
       <c r="I17" s="123">
@@ -15780,52 +16109,55 @@
       </c>
       <c r="AE17" s="123">
         <v>484</v>
       </c>
       <c r="AF17" s="123">
         <v>494</v>
       </c>
       <c r="AG17" s="123">
         <v>494</v>
       </c>
       <c r="AH17" s="123">
         <v>495</v>
       </c>
       <c r="AI17" s="123">
         <v>495</v>
       </c>
       <c r="AJ17" s="123">
         <v>497</v>
       </c>
       <c r="AK17" s="123">
         <v>499</v>
       </c>
       <c r="AL17" s="123">
         <v>512</v>
       </c>
-    </row>
-    <row r="18" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM17" s="123">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="18" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A18" s="120" t="s">
         <v>103</v>
       </c>
       <c r="B18" s="123">
         <v>341</v>
       </c>
       <c r="C18" s="123">
         <v>343</v>
       </c>
       <c r="D18" s="123">
         <v>353</v>
       </c>
       <c r="E18" s="124">
         <v>344</v>
       </c>
       <c r="F18" s="123">
         <v>512</v>
       </c>
       <c r="G18" s="123">
         <v>491</v>
       </c>
       <c r="H18" s="123">
         <v>495</v>
       </c>
       <c r="I18" s="123">
@@ -15894,52 +16226,55 @@
       </c>
       <c r="AE18" s="123">
         <v>500</v>
       </c>
       <c r="AF18" s="123">
         <v>495</v>
       </c>
       <c r="AG18" s="123">
         <v>503</v>
       </c>
       <c r="AH18" s="123">
         <v>503</v>
       </c>
       <c r="AI18" s="123">
         <v>507</v>
       </c>
       <c r="AJ18" s="123">
         <v>505</v>
       </c>
       <c r="AK18" s="123">
         <v>506</v>
       </c>
       <c r="AL18" s="123">
         <v>509</v>
       </c>
-    </row>
-    <row r="19" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM18" s="123">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="19" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A19" s="107" t="s">
         <v>125</v>
       </c>
       <c r="B19" s="121">
         <v>642</v>
       </c>
       <c r="C19" s="121">
         <v>683</v>
       </c>
       <c r="D19" s="121">
         <v>713</v>
       </c>
       <c r="E19" s="122">
         <v>660</v>
       </c>
       <c r="F19" s="121">
         <v>713</v>
       </c>
       <c r="G19" s="121">
         <v>660</v>
       </c>
       <c r="H19" s="121">
         <v>682</v>
       </c>
       <c r="I19" s="121">
@@ -16008,52 +16343,55 @@
       </c>
       <c r="AE19" s="121">
         <v>681</v>
       </c>
       <c r="AF19" s="121">
         <v>683</v>
       </c>
       <c r="AG19" s="121">
         <v>685</v>
       </c>
       <c r="AH19" s="121">
         <v>691</v>
       </c>
       <c r="AI19" s="121">
         <v>695</v>
       </c>
       <c r="AJ19" s="121">
         <v>703</v>
       </c>
       <c r="AK19" s="121">
         <v>709</v>
       </c>
       <c r="AL19" s="121">
         <v>702</v>
       </c>
-    </row>
-    <row r="20" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM19" s="121">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="20" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A20" s="120" t="s">
         <v>101</v>
       </c>
       <c r="B20" s="123">
         <v>350</v>
       </c>
       <c r="C20" s="123">
         <v>384</v>
       </c>
       <c r="D20" s="123">
         <v>411</v>
       </c>
       <c r="E20" s="124">
         <v>410</v>
       </c>
       <c r="F20" s="123">
         <v>411</v>
       </c>
       <c r="G20" s="123">
         <v>410</v>
       </c>
       <c r="H20" s="123">
         <v>420</v>
       </c>
       <c r="I20" s="123">
@@ -16122,52 +16460,55 @@
       </c>
       <c r="AE20" s="123">
         <v>439</v>
       </c>
       <c r="AF20" s="123">
         <v>441</v>
       </c>
       <c r="AG20" s="123">
         <v>442</v>
       </c>
       <c r="AH20" s="123">
         <v>444</v>
       </c>
       <c r="AI20" s="123">
         <v>447</v>
       </c>
       <c r="AJ20" s="123">
         <v>450</v>
       </c>
       <c r="AK20" s="123">
         <v>454</v>
       </c>
       <c r="AL20" s="123">
         <v>457</v>
       </c>
-    </row>
-    <row r="21" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM20" s="123">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="21" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A21" s="120" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="123">
         <v>87</v>
       </c>
       <c r="C21" s="123">
         <v>86</v>
       </c>
       <c r="D21" s="123">
         <v>85</v>
       </c>
       <c r="E21" s="124">
         <v>49</v>
       </c>
       <c r="F21" s="123">
         <v>0</v>
       </c>
       <c r="G21" s="123">
         <v>0</v>
       </c>
       <c r="H21" s="123">
         <v>0</v>
       </c>
       <c r="I21" s="123">
@@ -16236,52 +16577,55 @@
       </c>
       <c r="AE21" s="123">
         <v>0</v>
       </c>
       <c r="AF21" s="123">
         <v>0</v>
       </c>
       <c r="AG21" s="123">
         <v>0</v>
       </c>
       <c r="AH21" s="123">
         <v>0</v>
       </c>
       <c r="AI21" s="123">
         <v>0</v>
       </c>
       <c r="AJ21" s="123">
         <v>0</v>
       </c>
       <c r="AK21" s="123">
         <v>0</v>
       </c>
       <c r="AL21" s="123">
         <v>0</v>
       </c>
-    </row>
-    <row r="22" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM21" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A22" s="120" t="s">
         <v>102</v>
       </c>
       <c r="B22" s="123">
         <v>156</v>
       </c>
       <c r="C22" s="123">
         <v>162</v>
       </c>
       <c r="D22" s="123">
         <v>166</v>
       </c>
       <c r="E22" s="124">
         <v>154</v>
       </c>
       <c r="F22" s="123">
         <v>199</v>
       </c>
       <c r="G22" s="123">
         <v>154</v>
       </c>
       <c r="H22" s="123">
         <v>172</v>
       </c>
       <c r="I22" s="123">
@@ -16350,52 +16694,55 @@
       </c>
       <c r="AE22" s="123">
         <v>154</v>
       </c>
       <c r="AF22" s="123">
         <v>153</v>
       </c>
       <c r="AG22" s="123">
         <v>153</v>
       </c>
       <c r="AH22" s="123">
         <v>154</v>
       </c>
       <c r="AI22" s="123">
         <v>154</v>
       </c>
       <c r="AJ22" s="123">
         <v>157</v>
       </c>
       <c r="AK22" s="123">
         <v>158</v>
       </c>
       <c r="AL22" s="123">
         <v>146</v>
       </c>
-    </row>
-    <row r="23" spans="1:38" s="120" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM22" s="123">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:39" s="120" customFormat="1" ht="18.75" customHeight="1">
       <c r="A23" s="120" t="s">
         <v>103</v>
       </c>
       <c r="B23" s="123">
         <v>49</v>
       </c>
       <c r="C23" s="123">
         <v>51</v>
       </c>
       <c r="D23" s="123">
         <v>51</v>
       </c>
       <c r="E23" s="124">
         <v>47</v>
       </c>
       <c r="F23" s="123">
         <v>103</v>
       </c>
       <c r="G23" s="123">
         <v>96</v>
       </c>
       <c r="H23" s="123">
         <v>90</v>
       </c>
       <c r="I23" s="123">
@@ -16464,90 +16811,94 @@
       </c>
       <c r="AE23" s="123">
         <v>88</v>
       </c>
       <c r="AF23" s="123">
         <v>89</v>
       </c>
       <c r="AG23" s="123">
         <v>90</v>
       </c>
       <c r="AH23" s="123">
         <v>93</v>
       </c>
       <c r="AI23" s="123">
         <v>94</v>
       </c>
       <c r="AJ23" s="123">
         <v>96</v>
       </c>
       <c r="AK23" s="123">
         <v>97</v>
       </c>
       <c r="AL23" s="123">
         <v>99</v>
       </c>
-    </row>
-    <row r="24" spans="1:38" ht="4.2" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="AM23" s="123">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:39" ht="4.1500000000000004" customHeight="1">
       <c r="B24" s="70"/>
       <c r="C24" s="70"/>
       <c r="D24" s="70"/>
       <c r="E24" s="114"/>
       <c r="F24" s="70"/>
       <c r="G24" s="70"/>
       <c r="H24" s="70"/>
       <c r="I24" s="70"/>
       <c r="J24" s="70"/>
       <c r="K24" s="70"/>
       <c r="M24" s="69"/>
       <c r="N24" s="69"/>
       <c r="O24" s="69"/>
       <c r="P24" s="69"/>
       <c r="Q24" s="69"/>
       <c r="R24" s="69"/>
       <c r="S24" s="69"/>
       <c r="T24" s="69"/>
       <c r="U24" s="69"/>
       <c r="V24" s="69"/>
       <c r="W24" s="69"/>
       <c r="X24" s="69"/>
       <c r="Y24" s="69"/>
       <c r="Z24" s="69"/>
       <c r="AA24" s="69"/>
       <c r="AB24" s="69"/>
       <c r="AC24" s="69"/>
       <c r="AD24" s="69"/>
       <c r="AE24" s="69"/>
       <c r="AF24" s="69"/>
       <c r="AG24" s="69"/>
       <c r="AH24" s="69"/>
       <c r="AI24" s="69"/>
       <c r="AJ24" s="69"/>
       <c r="AK24" s="69"/>
       <c r="AL24" s="69"/>
-    </row>
-    <row r="25" spans="1:38" s="120" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM24" s="69"/>
+    </row>
+    <row r="25" spans="1:39" s="120" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A25" s="125" t="s">
         <v>126</v>
       </c>
       <c r="B25" s="126">
         <v>1033</v>
       </c>
       <c r="C25" s="126">
         <v>1049</v>
       </c>
       <c r="D25" s="126">
         <v>1083</v>
       </c>
       <c r="E25" s="127">
         <v>1071</v>
       </c>
       <c r="F25" s="126">
         <v>1083</v>
       </c>
       <c r="G25" s="126">
         <v>1071</v>
       </c>
       <c r="H25" s="126">
         <v>1109</v>
       </c>
       <c r="I25" s="126">
@@ -16616,52 +16967,55 @@
       </c>
       <c r="AE25" s="126">
         <v>1193</v>
       </c>
       <c r="AF25" s="126">
         <v>1223</v>
       </c>
       <c r="AG25" s="126">
         <v>1242</v>
       </c>
       <c r="AH25" s="126">
         <v>1257</v>
       </c>
       <c r="AI25" s="126">
         <v>1275</v>
       </c>
       <c r="AJ25" s="126">
         <v>1296</v>
       </c>
       <c r="AK25" s="126">
         <v>1306</v>
       </c>
       <c r="AL25" s="126">
         <v>1324</v>
       </c>
-    </row>
-    <row r="26" spans="1:38" s="120" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM25" s="126">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="26" spans="1:39" s="120" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A26" s="120" t="s">
         <v>127</v>
       </c>
       <c r="B26" s="123">
         <v>341</v>
       </c>
       <c r="C26" s="123">
         <v>308</v>
       </c>
       <c r="D26" s="123">
         <v>320</v>
       </c>
       <c r="E26" s="124">
         <v>309</v>
       </c>
       <c r="F26" s="123">
         <v>320</v>
       </c>
       <c r="G26" s="123">
         <v>309</v>
       </c>
       <c r="H26" s="123">
         <v>297</v>
       </c>
       <c r="I26" s="123">
@@ -16730,52 +17084,55 @@
       </c>
       <c r="AE26" s="123">
         <v>293</v>
       </c>
       <c r="AF26" s="123">
         <v>294</v>
       </c>
       <c r="AG26" s="123">
         <v>293</v>
       </c>
       <c r="AH26" s="123">
         <v>292</v>
       </c>
       <c r="AI26" s="123">
         <v>291</v>
       </c>
       <c r="AJ26" s="123">
         <v>287</v>
       </c>
       <c r="AK26" s="123">
         <v>287</v>
       </c>
       <c r="AL26" s="123">
         <v>287</v>
       </c>
-    </row>
-    <row r="27" spans="1:38" s="120" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM26" s="123">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="27" spans="1:39" s="120" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A27" s="125" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="126">
         <v>291</v>
       </c>
       <c r="C27" s="126">
         <v>284</v>
       </c>
       <c r="D27" s="126">
         <v>294</v>
       </c>
       <c r="E27" s="127">
         <v>276</v>
       </c>
       <c r="F27" s="126">
         <v>294</v>
       </c>
       <c r="G27" s="126">
         <v>276</v>
       </c>
       <c r="H27" s="126">
         <v>273</v>
       </c>
       <c r="I27" s="126">
@@ -16844,52 +17201,55 @@
       </c>
       <c r="AE27" s="126">
         <v>271</v>
       </c>
       <c r="AF27" s="126">
         <v>266</v>
       </c>
       <c r="AG27" s="126">
         <v>264</v>
       </c>
       <c r="AH27" s="126">
         <v>264</v>
       </c>
       <c r="AI27" s="126">
         <v>262</v>
       </c>
       <c r="AJ27" s="126">
         <v>262</v>
       </c>
       <c r="AK27" s="126">
         <v>261</v>
       </c>
       <c r="AL27" s="126">
         <v>262</v>
       </c>
-    </row>
-    <row r="28" spans="1:38" s="120" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM27" s="126">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="28" spans="1:39" s="120" customFormat="1" ht="16.149999999999999" customHeight="1">
       <c r="A28" s="120" t="s">
         <v>129</v>
       </c>
       <c r="B28" s="123">
         <v>523</v>
       </c>
       <c r="C28" s="123">
         <v>582</v>
       </c>
       <c r="D28" s="123">
         <v>596</v>
       </c>
       <c r="E28" s="124">
         <v>580</v>
       </c>
       <c r="F28" s="123">
         <v>596</v>
       </c>
       <c r="G28" s="123">
         <v>580</v>
       </c>
       <c r="H28" s="123">
         <v>582</v>
       </c>
       <c r="I28" s="123">
@@ -16958,52 +17318,55 @@
       </c>
       <c r="AE28" s="123">
         <v>582</v>
       </c>
       <c r="AF28" s="123">
         <v>578</v>
       </c>
       <c r="AG28" s="123">
         <v>582</v>
       </c>
       <c r="AH28" s="123">
         <v>582</v>
       </c>
       <c r="AI28" s="123">
         <v>582</v>
       </c>
       <c r="AJ28" s="123">
         <v>583</v>
       </c>
       <c r="AK28" s="123">
         <v>585</v>
       </c>
       <c r="AL28" s="123">
         <v>584</v>
       </c>
-    </row>
-    <row r="29" spans="1:38" s="120" customFormat="1" ht="18.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AM28" s="123">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="29" spans="1:39" s="120" customFormat="1" ht="18.399999999999999" customHeight="1">
       <c r="A29" s="115" t="s">
         <v>130</v>
       </c>
       <c r="B29" s="116">
         <v>2188</v>
       </c>
       <c r="C29" s="116">
         <v>2223</v>
       </c>
       <c r="D29" s="116">
         <v>2293</v>
       </c>
       <c r="E29" s="117">
         <v>2236</v>
       </c>
       <c r="F29" s="116">
         <v>2293</v>
       </c>
       <c r="G29" s="116">
         <v>2236</v>
       </c>
       <c r="H29" s="116">
         <v>2261</v>
       </c>
       <c r="I29" s="116">
@@ -17072,1175 +17435,1262 @@
       </c>
       <c r="AE29" s="116">
         <v>2339</v>
       </c>
       <c r="AF29" s="116">
         <v>2361</v>
       </c>
       <c r="AG29" s="116">
         <v>2381</v>
       </c>
       <c r="AH29" s="117">
         <v>2395</v>
       </c>
       <c r="AI29" s="117">
         <v>2410</v>
       </c>
       <c r="AJ29" s="117">
         <v>2428</v>
       </c>
       <c r="AK29" s="117">
         <v>2439</v>
       </c>
       <c r="AL29" s="117">
         <v>2457</v>
       </c>
-    </row>
-    <row r="30" spans="1:38" x14ac:dyDescent="0.4">
+      <c r="AM29" s="117">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="30" spans="1:39" ht="15">
       <c r="A30" s="63"/>
       <c r="B30" s="64"/>
       <c r="C30" s="64"/>
       <c r="D30" s="64"/>
       <c r="E30" s="64"/>
       <c r="F30" s="64"/>
       <c r="G30" s="64"/>
       <c r="H30" s="64"/>
       <c r="I30" s="64"/>
       <c r="J30" s="64"/>
       <c r="K30" s="64"/>
-    </row>
-    <row r="31" spans="1:38" x14ac:dyDescent="0.4">
+      <c r="AM30" s="64"/>
+    </row>
+    <row r="31" spans="1:39">
       <c r="A31" s="96" t="s">
         <v>131</v>
       </c>
       <c r="B31" s="65"/>
       <c r="C31" s="62"/>
       <c r="D31" s="65"/>
       <c r="E31" s="65"/>
       <c r="F31" s="65"/>
       <c r="G31" s="65"/>
       <c r="H31" s="65"/>
       <c r="I31" s="65"/>
       <c r="J31" s="65"/>
       <c r="K31" s="65"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8"/>
       <c r="P31" s="8"/>
       <c r="Q31" s="8"/>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="8"/>
       <c r="U31" s="8"/>
       <c r="V31" s="8"/>
       <c r="W31" s="8"/>
       <c r="X31" s="8"/>
       <c r="Y31" s="8"/>
       <c r="Z31" s="8"/>
       <c r="AA31" s="8"/>
       <c r="AB31" s="8"/>
       <c r="AC31" s="8"/>
       <c r="AD31" s="8"/>
       <c r="AE31" s="8"/>
       <c r="AH31" s="64"/>
       <c r="AI31" s="64"/>
       <c r="AJ31" s="64"/>
       <c r="AK31" s="64"/>
       <c r="AL31" s="64"/>
-    </row>
-    <row r="32" spans="1:38" x14ac:dyDescent="0.4">
+      <c r="AM31" s="64"/>
+    </row>
+    <row r="32" spans="1:39">
       <c r="A32" s="97" t="s">
         <v>112</v>
       </c>
       <c r="B32" s="64"/>
       <c r="D32" s="64"/>
       <c r="E32" s="64"/>
       <c r="F32" s="64"/>
       <c r="M32" s="8"/>
       <c r="N32" s="8"/>
       <c r="O32" s="8"/>
       <c r="P32" s="8"/>
       <c r="Q32" s="8"/>
       <c r="R32" s="8"/>
       <c r="S32" s="8"/>
       <c r="T32" s="8"/>
       <c r="U32" s="8"/>
       <c r="V32" s="8"/>
       <c r="W32" s="8"/>
       <c r="X32" s="8"/>
       <c r="Y32" s="8"/>
       <c r="Z32" s="8"/>
       <c r="AA32" s="8"/>
       <c r="AB32" s="8"/>
       <c r="AC32" s="8"/>
       <c r="AD32" s="8"/>
       <c r="AE32" s="8"/>
       <c r="AJ32" s="64"/>
       <c r="AK32" s="64"/>
       <c r="AL32" s="64"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="255" t="s">
+      <c r="AM32" s="64"/>
+    </row>
+    <row r="33" spans="1:31" ht="31.9" customHeight="1">
+      <c r="A33" s="258" t="s">
         <v>132</v>
       </c>
-      <c r="B33" s="255"/>
-[...8 lines deleted...]
-      <c r="K33" s="255"/>
+      <c r="B33" s="258"/>
+      <c r="C33" s="258"/>
+      <c r="D33" s="258"/>
+      <c r="E33" s="258"/>
+      <c r="F33" s="258"/>
+      <c r="G33" s="258"/>
+      <c r="H33" s="258"/>
+      <c r="I33" s="258"/>
+      <c r="J33" s="258"/>
+      <c r="K33" s="258"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8"/>
       <c r="P33" s="8"/>
       <c r="Q33" s="8"/>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="8"/>
       <c r="U33" s="8"/>
       <c r="V33" s="8"/>
       <c r="W33" s="8"/>
       <c r="X33" s="8"/>
       <c r="Y33" s="8"/>
       <c r="Z33" s="8"/>
       <c r="AA33" s="8"/>
       <c r="AB33" s="8"/>
       <c r="AC33" s="8"/>
       <c r="AD33" s="8"/>
       <c r="AE33" s="8"/>
     </row>
-    <row r="34" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="34" spans="1:31">
       <c r="A34" s="97" t="s">
         <v>114</v>
       </c>
       <c r="M34" s="83"/>
       <c r="N34" s="85"/>
       <c r="O34" s="85"/>
       <c r="P34" s="85"/>
       <c r="Q34" s="85"/>
       <c r="R34" s="85"/>
       <c r="S34" s="85"/>
       <c r="T34" s="85"/>
       <c r="U34" s="85"/>
       <c r="V34" s="85"/>
       <c r="W34" s="85"/>
       <c r="X34" s="85"/>
       <c r="Y34" s="85"/>
       <c r="Z34" s="85"/>
       <c r="AA34" s="85"/>
       <c r="AB34" s="85"/>
       <c r="AC34" s="85"/>
       <c r="AD34" s="85"/>
       <c r="AE34" s="85"/>
     </row>
-    <row r="35" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="35" spans="1:31" ht="15">
       <c r="A35" s="62"/>
       <c r="M35" s="63"/>
       <c r="N35" s="63"/>
       <c r="O35" s="63"/>
       <c r="P35" s="63"/>
       <c r="Q35" s="63"/>
       <c r="R35" s="63"/>
       <c r="S35" s="63"/>
       <c r="T35" s="63"/>
       <c r="U35" s="63"/>
       <c r="V35" s="63"/>
       <c r="W35" s="63"/>
       <c r="X35" s="63"/>
       <c r="Y35" s="63"/>
       <c r="Z35" s="63"/>
       <c r="AA35" s="63"/>
       <c r="AB35" s="63"/>
       <c r="AC35" s="63"/>
       <c r="AD35" s="63"/>
       <c r="AE35" s="63"/>
     </row>
-    <row r="36" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:31">
       <c r="M36" s="82"/>
       <c r="N36" s="82"/>
       <c r="O36" s="82"/>
       <c r="P36" s="82"/>
       <c r="Q36" s="82"/>
       <c r="R36" s="82"/>
       <c r="S36" s="82"/>
       <c r="T36" s="82"/>
       <c r="U36" s="82"/>
       <c r="V36" s="82"/>
       <c r="W36" s="82"/>
       <c r="X36" s="82"/>
       <c r="Y36" s="82"/>
       <c r="Z36" s="82"/>
       <c r="AA36" s="82"/>
       <c r="AB36" s="82"/>
       <c r="AC36" s="82"/>
       <c r="AD36" s="82"/>
       <c r="AE36" s="82"/>
     </row>
-    <row r="37" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="37" spans="1:31">
       <c r="M37" s="83"/>
       <c r="N37" s="85"/>
       <c r="O37" s="85"/>
       <c r="P37" s="85"/>
       <c r="Q37" s="85"/>
       <c r="R37" s="85"/>
       <c r="S37" s="85"/>
       <c r="T37" s="85"/>
       <c r="U37" s="85"/>
       <c r="V37" s="85"/>
       <c r="W37" s="85"/>
       <c r="X37" s="85"/>
       <c r="Y37" s="85"/>
       <c r="Z37" s="85"/>
       <c r="AA37" s="85"/>
       <c r="AB37" s="85"/>
       <c r="AC37" s="85"/>
       <c r="AD37" s="85"/>
       <c r="AE37" s="85"/>
     </row>
-    <row r="38" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="38" spans="1:31">
       <c r="M38" s="83"/>
       <c r="N38" s="85"/>
       <c r="O38" s="85"/>
       <c r="P38" s="86"/>
       <c r="Q38" s="85"/>
       <c r="R38" s="85"/>
       <c r="S38" s="85"/>
       <c r="T38" s="86"/>
       <c r="U38" s="86"/>
       <c r="V38" s="86"/>
       <c r="W38" s="86"/>
       <c r="X38" s="86"/>
       <c r="Y38" s="86"/>
       <c r="Z38" s="84"/>
       <c r="AA38" s="84"/>
       <c r="AB38" s="84"/>
       <c r="AC38" s="84"/>
       <c r="AD38" s="84"/>
       <c r="AE38" s="84"/>
     </row>
-    <row r="39" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="39" spans="1:31">
       <c r="M39" s="84"/>
       <c r="N39" s="84"/>
       <c r="O39" s="84"/>
       <c r="P39" s="84"/>
       <c r="Q39" s="84"/>
       <c r="R39" s="84"/>
       <c r="S39" s="84"/>
       <c r="T39" s="84"/>
       <c r="U39" s="84"/>
       <c r="V39" s="84"/>
       <c r="W39" s="84"/>
       <c r="X39" s="84"/>
       <c r="Y39" s="84"/>
       <c r="Z39" s="84"/>
       <c r="AA39" s="84"/>
       <c r="AB39" s="84"/>
       <c r="AC39" s="84"/>
       <c r="AD39" s="84"/>
       <c r="AE39" s="84"/>
     </row>
-    <row r="40" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="40" spans="1:31">
       <c r="M40" s="84"/>
       <c r="N40" s="84"/>
       <c r="O40" s="84"/>
       <c r="P40" s="84"/>
       <c r="Q40" s="84"/>
       <c r="R40" s="84"/>
       <c r="S40" s="84"/>
       <c r="T40" s="84"/>
       <c r="U40" s="84"/>
       <c r="V40" s="84"/>
       <c r="W40" s="84"/>
       <c r="X40" s="84"/>
       <c r="Y40" s="84"/>
       <c r="Z40" s="84"/>
       <c r="AA40" s="84"/>
       <c r="AB40" s="84"/>
       <c r="AC40" s="84"/>
       <c r="AD40" s="84"/>
       <c r="AE40" s="84"/>
     </row>
-    <row r="41" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="41" spans="1:31">
       <c r="M41" s="84"/>
       <c r="N41" s="84"/>
       <c r="O41" s="84"/>
       <c r="P41" s="84"/>
       <c r="Q41" s="84"/>
       <c r="R41" s="84"/>
       <c r="S41" s="84"/>
       <c r="T41" s="84"/>
       <c r="U41" s="84"/>
       <c r="V41" s="84"/>
       <c r="W41" s="84"/>
       <c r="X41" s="84"/>
       <c r="Y41" s="84"/>
       <c r="Z41" s="84"/>
       <c r="AA41" s="84"/>
       <c r="AB41" s="84"/>
       <c r="AC41" s="84"/>
       <c r="AD41" s="84"/>
       <c r="AE41" s="84"/>
     </row>
-    <row r="42" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="42" spans="1:31">
       <c r="M42" s="84"/>
       <c r="N42" s="84"/>
       <c r="O42" s="84"/>
       <c r="P42" s="84"/>
       <c r="Q42" s="84"/>
       <c r="R42" s="84"/>
       <c r="S42" s="84"/>
       <c r="T42" s="84"/>
       <c r="U42" s="84"/>
       <c r="V42" s="84"/>
       <c r="W42" s="84"/>
       <c r="X42" s="84"/>
       <c r="Y42" s="84"/>
       <c r="Z42" s="84"/>
       <c r="AA42" s="84"/>
       <c r="AB42" s="84"/>
       <c r="AC42" s="84"/>
       <c r="AD42" s="84"/>
       <c r="AE42" s="84"/>
     </row>
-    <row r="44" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="44" spans="1:31">
       <c r="M44" s="64"/>
       <c r="N44" s="64"/>
       <c r="O44" s="64"/>
       <c r="P44" s="64"/>
       <c r="Q44" s="64"/>
       <c r="R44" s="64"/>
       <c r="S44" s="64"/>
       <c r="T44" s="64"/>
       <c r="U44" s="64"/>
       <c r="V44" s="64"/>
       <c r="W44" s="64"/>
       <c r="X44" s="64"/>
       <c r="Y44" s="64"/>
       <c r="Z44" s="64"/>
       <c r="AA44" s="64"/>
       <c r="AB44" s="64"/>
       <c r="AC44" s="64"/>
       <c r="AD44" s="64"/>
       <c r="AE44" s="64"/>
     </row>
-    <row r="45" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="45" spans="1:31">
       <c r="M45" s="64"/>
       <c r="N45" s="64"/>
       <c r="O45" s="64"/>
       <c r="P45" s="64"/>
       <c r="Q45" s="64"/>
       <c r="R45" s="64"/>
       <c r="S45" s="64"/>
       <c r="T45" s="64"/>
       <c r="U45" s="64"/>
       <c r="V45" s="64"/>
       <c r="W45" s="64"/>
       <c r="X45" s="64"/>
       <c r="Y45" s="64"/>
       <c r="Z45" s="64"/>
       <c r="AA45" s="64"/>
       <c r="AB45" s="64"/>
       <c r="AC45" s="64"/>
       <c r="AD45" s="64"/>
       <c r="AE45" s="64"/>
     </row>
-    <row r="46" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:31">
       <c r="M46" s="64"/>
       <c r="N46" s="64"/>
       <c r="O46" s="64"/>
       <c r="P46" s="64"/>
       <c r="Q46" s="64"/>
       <c r="R46" s="64"/>
       <c r="S46" s="64"/>
       <c r="T46" s="64"/>
       <c r="U46" s="64"/>
       <c r="V46" s="64"/>
       <c r="W46" s="64"/>
       <c r="X46" s="64"/>
       <c r="Y46" s="64"/>
       <c r="Z46" s="64"/>
       <c r="AA46" s="64"/>
       <c r="AB46" s="64"/>
       <c r="AC46" s="64"/>
       <c r="AD46" s="64"/>
       <c r="AE46" s="64"/>
     </row>
-    <row r="47" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="47" spans="1:31">
       <c r="M47" s="64"/>
       <c r="N47" s="64"/>
       <c r="O47" s="64"/>
       <c r="P47" s="64"/>
       <c r="Q47" s="64"/>
       <c r="R47" s="64"/>
       <c r="S47" s="64"/>
       <c r="T47" s="64"/>
       <c r="U47" s="64"/>
       <c r="V47" s="64"/>
       <c r="W47" s="64"/>
       <c r="X47" s="64"/>
       <c r="Y47" s="64"/>
       <c r="Z47" s="64"/>
       <c r="AA47" s="64"/>
       <c r="AB47" s="64"/>
       <c r="AC47" s="64"/>
       <c r="AD47" s="64"/>
       <c r="AE47" s="64"/>
     </row>
-    <row r="48" spans="1:31" x14ac:dyDescent="0.4">
+    <row r="48" spans="1:31">
       <c r="M48" s="83"/>
       <c r="N48" s="83"/>
       <c r="O48" s="83"/>
       <c r="P48" s="84"/>
       <c r="Q48" s="83"/>
       <c r="R48" s="83"/>
       <c r="S48" s="83"/>
       <c r="T48" s="84"/>
       <c r="U48" s="84"/>
       <c r="V48" s="84"/>
       <c r="W48" s="84"/>
       <c r="X48" s="84"/>
       <c r="Y48" s="84"/>
       <c r="Z48" s="84"/>
       <c r="AA48" s="84"/>
       <c r="AB48" s="84"/>
       <c r="AC48" s="84"/>
       <c r="AD48" s="84"/>
       <c r="AE48" s="84"/>
     </row>
-    <row r="50" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="50" spans="13:31">
       <c r="M50" s="64"/>
       <c r="N50" s="64"/>
       <c r="O50" s="64"/>
       <c r="P50" s="64"/>
       <c r="Q50" s="64"/>
       <c r="R50" s="64"/>
       <c r="S50" s="64"/>
       <c r="T50" s="64"/>
       <c r="U50" s="64"/>
       <c r="V50" s="64"/>
       <c r="W50" s="64"/>
       <c r="X50" s="64"/>
       <c r="Y50" s="64"/>
       <c r="Z50" s="64"/>
       <c r="AA50" s="64"/>
       <c r="AB50" s="64"/>
       <c r="AC50" s="64"/>
       <c r="AD50" s="64"/>
       <c r="AE50" s="64"/>
     </row>
-    <row r="51" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="51" spans="13:31">
       <c r="M51" s="64"/>
       <c r="N51" s="64"/>
       <c r="O51" s="64"/>
       <c r="P51" s="64"/>
       <c r="Q51" s="64"/>
       <c r="R51" s="64"/>
       <c r="S51" s="64"/>
       <c r="T51" s="64"/>
       <c r="U51" s="64"/>
       <c r="V51" s="64"/>
       <c r="W51" s="64"/>
       <c r="X51" s="64"/>
       <c r="Y51" s="64"/>
       <c r="Z51" s="64"/>
       <c r="AA51" s="64"/>
       <c r="AB51" s="64"/>
       <c r="AC51" s="64"/>
       <c r="AD51" s="64"/>
       <c r="AE51" s="64"/>
     </row>
-    <row r="52" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="52" spans="13:31">
       <c r="M52" s="64"/>
       <c r="N52" s="64"/>
       <c r="O52" s="64"/>
       <c r="P52" s="64"/>
       <c r="Q52" s="64"/>
       <c r="R52" s="64"/>
       <c r="S52" s="64"/>
       <c r="T52" s="64"/>
       <c r="U52" s="64"/>
       <c r="V52" s="64"/>
       <c r="W52" s="64"/>
       <c r="X52" s="64"/>
       <c r="Y52" s="64"/>
       <c r="Z52" s="64"/>
       <c r="AA52" s="64"/>
       <c r="AB52" s="64"/>
       <c r="AC52" s="64"/>
       <c r="AD52" s="64"/>
       <c r="AE52" s="64"/>
     </row>
-    <row r="53" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="53" spans="13:31">
       <c r="M53" s="64"/>
       <c r="N53" s="64"/>
       <c r="O53" s="64"/>
       <c r="P53" s="64"/>
       <c r="Q53" s="64"/>
       <c r="R53" s="64"/>
       <c r="S53" s="64"/>
       <c r="T53" s="64"/>
       <c r="U53" s="64"/>
       <c r="V53" s="64"/>
       <c r="W53" s="64"/>
       <c r="X53" s="64"/>
       <c r="Y53" s="64"/>
       <c r="Z53" s="64"/>
       <c r="AA53" s="64"/>
       <c r="AB53" s="64"/>
       <c r="AC53" s="64"/>
       <c r="AD53" s="64"/>
       <c r="AE53" s="64"/>
     </row>
-    <row r="54" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="54" spans="13:31">
       <c r="M54" s="64"/>
       <c r="N54" s="64"/>
       <c r="O54" s="64"/>
       <c r="P54" s="64"/>
       <c r="Q54" s="64"/>
       <c r="R54" s="64"/>
       <c r="S54" s="64"/>
       <c r="T54" s="64"/>
       <c r="U54" s="64"/>
       <c r="V54" s="64"/>
       <c r="W54" s="64"/>
       <c r="X54" s="64"/>
       <c r="Y54" s="64"/>
       <c r="Z54" s="64"/>
       <c r="AA54" s="64"/>
       <c r="AB54" s="64"/>
       <c r="AC54" s="64"/>
       <c r="AD54" s="64"/>
       <c r="AE54" s="64"/>
     </row>
-    <row r="55" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="55" spans="13:31">
       <c r="M55" s="64"/>
       <c r="N55" s="64"/>
       <c r="O55" s="64"/>
       <c r="P55" s="64"/>
       <c r="Q55" s="64"/>
       <c r="R55" s="64"/>
       <c r="S55" s="64"/>
       <c r="T55" s="64"/>
       <c r="U55" s="64"/>
       <c r="V55" s="64"/>
       <c r="W55" s="64"/>
       <c r="X55" s="64"/>
       <c r="Y55" s="64"/>
       <c r="Z55" s="64"/>
       <c r="AA55" s="64"/>
       <c r="AB55" s="64"/>
       <c r="AC55" s="64"/>
       <c r="AD55" s="64"/>
       <c r="AE55" s="64"/>
     </row>
-    <row r="56" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="56" spans="13:31">
       <c r="M56" s="64"/>
       <c r="N56" s="64"/>
       <c r="O56" s="64"/>
       <c r="P56" s="64"/>
       <c r="Q56" s="64"/>
       <c r="R56" s="64"/>
       <c r="S56" s="64"/>
       <c r="T56" s="64"/>
       <c r="U56" s="64"/>
       <c r="V56" s="64"/>
       <c r="W56" s="64"/>
       <c r="X56" s="64"/>
       <c r="Y56" s="64"/>
       <c r="Z56" s="64"/>
       <c r="AA56" s="64"/>
       <c r="AB56" s="64"/>
       <c r="AC56" s="64"/>
       <c r="AD56" s="64"/>
       <c r="AE56" s="64"/>
     </row>
-    <row r="57" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="57" spans="13:31">
       <c r="M57" s="64"/>
     </row>
-    <row r="58" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="58" spans="13:31">
       <c r="M58" s="64"/>
       <c r="N58" s="64"/>
       <c r="O58" s="64"/>
       <c r="P58" s="64"/>
       <c r="Q58" s="64"/>
       <c r="R58" s="64"/>
       <c r="S58" s="64"/>
       <c r="T58" s="64"/>
       <c r="U58" s="64"/>
       <c r="V58" s="64"/>
       <c r="W58" s="64"/>
       <c r="X58" s="64"/>
       <c r="Y58" s="64"/>
       <c r="Z58" s="64"/>
       <c r="AA58" s="64"/>
       <c r="AB58" s="64"/>
       <c r="AC58" s="64"/>
       <c r="AD58" s="64"/>
       <c r="AE58" s="64"/>
     </row>
-    <row r="59" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="59" spans="13:31">
       <c r="M59" s="64"/>
       <c r="N59" s="64"/>
       <c r="O59" s="64"/>
       <c r="P59" s="64"/>
       <c r="Q59" s="64"/>
       <c r="R59" s="64"/>
       <c r="S59" s="64"/>
       <c r="T59" s="64"/>
       <c r="U59" s="64"/>
       <c r="V59" s="64"/>
       <c r="W59" s="64"/>
       <c r="X59" s="64"/>
       <c r="Y59" s="64"/>
       <c r="Z59" s="64"/>
       <c r="AA59" s="64"/>
       <c r="AB59" s="64"/>
       <c r="AC59" s="64"/>
       <c r="AD59" s="64"/>
       <c r="AE59" s="64"/>
     </row>
-    <row r="60" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="60" spans="13:31">
       <c r="M60" s="64"/>
       <c r="N60" s="64"/>
       <c r="O60" s="64"/>
       <c r="P60" s="64"/>
       <c r="Q60" s="64"/>
       <c r="R60" s="64"/>
       <c r="S60" s="64"/>
       <c r="T60" s="64"/>
       <c r="U60" s="64"/>
       <c r="V60" s="64"/>
       <c r="W60" s="64"/>
       <c r="X60" s="64"/>
       <c r="Y60" s="64"/>
       <c r="Z60" s="64"/>
       <c r="AA60" s="64"/>
       <c r="AB60" s="64"/>
       <c r="AC60" s="64"/>
       <c r="AD60" s="64"/>
       <c r="AE60" s="64"/>
     </row>
-    <row r="61" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="61" spans="13:31">
       <c r="M61" s="64"/>
       <c r="N61" s="64"/>
       <c r="O61" s="64"/>
       <c r="P61" s="64"/>
       <c r="Q61" s="64"/>
       <c r="R61" s="64"/>
       <c r="S61" s="64"/>
       <c r="T61" s="64"/>
       <c r="U61" s="64"/>
       <c r="V61" s="64"/>
       <c r="W61" s="64"/>
       <c r="X61" s="64"/>
       <c r="Y61" s="64"/>
       <c r="Z61" s="64"/>
       <c r="AA61" s="64"/>
       <c r="AB61" s="64"/>
       <c r="AC61" s="64"/>
       <c r="AD61" s="64"/>
       <c r="AE61" s="64"/>
     </row>
-    <row r="62" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="62" spans="13:31">
       <c r="M62" s="64"/>
       <c r="N62" s="64"/>
       <c r="O62" s="64"/>
       <c r="P62" s="64"/>
       <c r="Q62" s="64"/>
       <c r="R62" s="64"/>
       <c r="S62" s="64"/>
       <c r="T62" s="64"/>
       <c r="U62" s="64"/>
       <c r="V62" s="64"/>
       <c r="W62" s="64"/>
       <c r="X62" s="64"/>
       <c r="Y62" s="64"/>
       <c r="Z62" s="64"/>
       <c r="AA62" s="64"/>
       <c r="AB62" s="64"/>
       <c r="AC62" s="64"/>
       <c r="AD62" s="64"/>
       <c r="AE62" s="64"/>
     </row>
-    <row r="63" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="63" spans="13:31">
       <c r="M63" s="64"/>
       <c r="N63" s="64"/>
       <c r="O63" s="64"/>
       <c r="P63" s="64"/>
       <c r="Q63" s="64"/>
       <c r="R63" s="64"/>
       <c r="S63" s="64"/>
       <c r="T63" s="64"/>
       <c r="U63" s="64"/>
       <c r="V63" s="64"/>
       <c r="W63" s="64"/>
       <c r="X63" s="64"/>
       <c r="Y63" s="64"/>
       <c r="Z63" s="64"/>
       <c r="AA63" s="64"/>
       <c r="AB63" s="64"/>
       <c r="AC63" s="64"/>
       <c r="AD63" s="64"/>
       <c r="AE63" s="64"/>
     </row>
-    <row r="64" spans="13:31" x14ac:dyDescent="0.4">
+    <row r="64" spans="13:31">
       <c r="M64" s="64"/>
       <c r="N64" s="64"/>
       <c r="O64" s="64"/>
       <c r="P64" s="64"/>
       <c r="Q64" s="64"/>
       <c r="R64" s="64"/>
       <c r="S64" s="64"/>
       <c r="T64" s="64"/>
       <c r="U64" s="64"/>
       <c r="V64" s="64"/>
       <c r="W64" s="64"/>
       <c r="X64" s="64"/>
       <c r="Y64" s="64"/>
       <c r="Z64" s="64"/>
       <c r="AA64" s="64"/>
       <c r="AB64" s="64"/>
       <c r="AC64" s="64"/>
       <c r="AD64" s="64"/>
       <c r="AE64" s="64"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B6:E7"/>
     <mergeCell ref="F6:K7"/>
     <mergeCell ref="A1:K5"/>
     <mergeCell ref="A33:K33"/>
     <mergeCell ref="M6:AK7"/>
   </mergeCells>
   <phoneticPr fontId="22" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="56" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L19"/>
+  <dimension ref="A1:V19"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="65" zoomScaleNormal="65" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A2" zoomScale="65" zoomScaleNormal="65" workbookViewId="0">
       <selection sqref="A1:H5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="10.7109375" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="10.77734375" style="20"/>
-[...4 lines deleted...]
-    <col min="12" max="16384" width="10.77734375" style="20"/>
+    <col min="1" max="1" width="10.7109375" style="20"/>
+    <col min="2" max="2" width="12.5703125" style="20" customWidth="1"/>
+    <col min="3" max="7" width="17.42578125" style="20" customWidth="1"/>
+    <col min="8" max="8" width="15.7109375" style="20" customWidth="1"/>
+    <col min="9" max="11" width="12.5703125" style="20" customWidth="1"/>
+    <col min="12" max="16384" width="10.7109375" style="20"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A1" s="237" t="s">
+    <row r="1" spans="1:22">
+      <c r="A1" s="240" t="s">
         <v>133</v>
       </c>
-      <c r="B1" s="237"/>
-[...5 lines deleted...]
-      <c r="H1" s="237"/>
+      <c r="B1" s="240"/>
+      <c r="C1" s="240"/>
+      <c r="D1" s="240"/>
+      <c r="E1" s="240"/>
+      <c r="F1" s="240"/>
+      <c r="G1" s="240"/>
+      <c r="H1" s="240"/>
       <c r="I1" s="66"/>
       <c r="J1" s="66"/>
       <c r="K1" s="66"/>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H2" s="237"/>
+    <row r="2" spans="1:22">
+      <c r="A2" s="240"/>
+      <c r="B2" s="240"/>
+      <c r="C2" s="240"/>
+      <c r="D2" s="240"/>
+      <c r="E2" s="240"/>
+      <c r="F2" s="240"/>
+      <c r="G2" s="240"/>
+      <c r="H2" s="240"/>
       <c r="I2" s="66"/>
       <c r="J2" s="66"/>
       <c r="K2" s="66"/>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H3" s="237"/>
+    <row r="3" spans="1:22">
+      <c r="A3" s="240"/>
+      <c r="B3" s="240"/>
+      <c r="C3" s="240"/>
+      <c r="D3" s="240"/>
+      <c r="E3" s="240"/>
+      <c r="F3" s="240"/>
+      <c r="G3" s="240"/>
+      <c r="H3" s="240"/>
       <c r="I3" s="66"/>
       <c r="J3" s="66"/>
       <c r="K3" s="66"/>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H4" s="237"/>
+    <row r="4" spans="1:22">
+      <c r="A4" s="240"/>
+      <c r="B4" s="240"/>
+      <c r="C4" s="240"/>
+      <c r="D4" s="240"/>
+      <c r="E4" s="240"/>
+      <c r="F4" s="240"/>
+      <c r="G4" s="240"/>
+      <c r="H4" s="240"/>
       <c r="I4" s="66"/>
       <c r="J4" s="66"/>
       <c r="K4" s="66"/>
     </row>
-    <row r="5" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H5" s="239"/>
+    <row r="5" spans="1:22" ht="15.6" customHeight="1">
+      <c r="A5" s="242"/>
+      <c r="B5" s="242"/>
+      <c r="C5" s="242"/>
+      <c r="D5" s="242"/>
+      <c r="E5" s="242"/>
+      <c r="F5" s="242"/>
+      <c r="G5" s="242"/>
+      <c r="H5" s="242"/>
       <c r="I5" s="66"/>
       <c r="J5" s="66"/>
       <c r="K5" s="66"/>
     </row>
-    <row r="6" spans="1:12" ht="15.6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:22" ht="15.6" customHeight="1">
       <c r="A6" s="67"/>
       <c r="B6" s="67"/>
       <c r="C6" s="67"/>
       <c r="D6" s="67"/>
       <c r="E6" s="67"/>
       <c r="F6" s="67"/>
       <c r="G6" s="67"/>
       <c r="H6" s="67"/>
       <c r="I6" s="66"/>
       <c r="J6" s="66"/>
       <c r="K6" s="66"/>
     </row>
-    <row r="7" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:22" ht="14.25">
       <c r="C7" s="104" t="s">
         <v>134</v>
       </c>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
     </row>
-    <row r="8" spans="1:12" ht="62.4" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:22" ht="60">
       <c r="C8" s="203"/>
       <c r="D8" s="204" t="s">
         <v>135</v>
       </c>
       <c r="E8" s="204" t="s">
         <v>136</v>
       </c>
       <c r="F8" s="204" t="s">
         <v>137</v>
       </c>
       <c r="G8" s="204" t="s">
         <v>138</v>
       </c>
       <c r="H8" s="205" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="9" spans="1:22" ht="15">
       <c r="C9" s="184">
         <v>2017</v>
       </c>
       <c r="D9" s="102">
-        <v>631.4</v>
+        <v>621.4</v>
       </c>
       <c r="E9" s="100">
         <v>328.1</v>
       </c>
       <c r="F9" s="100">
-        <v>303.39999999999998</v>
+        <v>293.29999999999995</v>
       </c>
       <c r="G9" s="98">
-        <v>0.99</v>
+        <v>1</v>
       </c>
       <c r="H9" s="98">
-        <v>2.35</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="I9" s="12"/>
       <c r="K9" s="200"/>
-      <c r="L9" s="12"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="L9" s="233"/>
+      <c r="M9" s="224"/>
+      <c r="O9" s="200"/>
+      <c r="Q9" s="200"/>
+      <c r="S9" s="233"/>
+      <c r="T9" s="224"/>
+      <c r="U9" s="233"/>
+      <c r="V9" s="233"/>
+    </row>
+    <row r="10" spans="1:22" ht="15">
       <c r="C10" s="184">
         <v>2018</v>
       </c>
       <c r="D10" s="102">
-        <v>599.70000000000005</v>
+        <v>589.70000000000005</v>
       </c>
       <c r="E10" s="100">
         <v>197.3</v>
       </c>
       <c r="F10" s="100">
-        <v>402.4</v>
+        <v>392.40000000000003</v>
       </c>
       <c r="G10" s="98">
-        <v>1.56</v>
+        <v>1.5</v>
       </c>
       <c r="H10" s="98">
-        <v>10.92</v>
+        <v>10.7</v>
       </c>
       <c r="I10" s="12"/>
       <c r="K10" s="200"/>
-      <c r="L10" s="12"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="L10" s="233"/>
+      <c r="M10" s="224"/>
+      <c r="O10" s="200"/>
+      <c r="Q10" s="200"/>
+      <c r="S10" s="233"/>
+      <c r="T10" s="224"/>
+      <c r="U10" s="233"/>
+      <c r="V10" s="233"/>
+    </row>
+    <row r="11" spans="1:22" ht="15">
       <c r="C11" s="184">
         <v>2019</v>
       </c>
       <c r="D11" s="102">
-        <v>605.70000000000005</v>
+        <v>595.79999999999995</v>
       </c>
       <c r="E11" s="100">
         <v>121.9</v>
       </c>
       <c r="F11" s="100">
-        <v>483.8</v>
+        <v>473.9</v>
       </c>
       <c r="G11" s="98">
-        <v>1.66</v>
+        <v>1.6</v>
       </c>
       <c r="H11" s="98">
-        <v>6.06</v>
+        <v>5.9</v>
       </c>
       <c r="I11" s="12"/>
       <c r="K11" s="200"/>
-      <c r="L11" s="12"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="L11" s="233"/>
+      <c r="M11" s="224"/>
+      <c r="O11" s="200"/>
+      <c r="Q11" s="200"/>
+      <c r="S11" s="233"/>
+      <c r="T11" s="224"/>
+      <c r="U11" s="233"/>
+      <c r="V11" s="233"/>
+    </row>
+    <row r="12" spans="1:22" ht="15">
       <c r="C12" s="184">
         <v>2020</v>
       </c>
       <c r="D12" s="102">
-        <v>685.2</v>
+        <v>673.3</v>
       </c>
       <c r="E12" s="100">
         <v>166</v>
       </c>
       <c r="F12" s="100">
-        <v>519.20000000000005</v>
+        <v>507.29999999999995</v>
       </c>
       <c r="G12" s="98">
-        <v>7.62</v>
+        <v>7.4</v>
       </c>
       <c r="H12" s="98">
-        <v>-3.47</v>
+        <v>-3.4</v>
       </c>
       <c r="I12" s="12"/>
       <c r="K12" s="200"/>
-      <c r="L12" s="12"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="L12" s="233"/>
+      <c r="M12" s="224"/>
+      <c r="O12" s="200"/>
+      <c r="Q12" s="200"/>
+      <c r="S12" s="233"/>
+      <c r="T12" s="224"/>
+      <c r="U12" s="233"/>
+      <c r="V12" s="233"/>
+    </row>
+    <row r="13" spans="1:22" ht="15">
       <c r="C13" s="184">
         <v>2021</v>
       </c>
       <c r="D13" s="102">
-        <v>657.9</v>
+        <v>646.5</v>
       </c>
       <c r="E13" s="100">
         <v>278.8</v>
       </c>
       <c r="F13" s="100">
-        <v>379.1</v>
+        <v>367.7</v>
       </c>
       <c r="G13" s="98">
-        <v>1.39</v>
+        <v>1.4</v>
       </c>
       <c r="H13" s="98">
-        <v>8.33</v>
+        <v>8.1</v>
       </c>
       <c r="I13" s="12"/>
       <c r="K13" s="200"/>
-      <c r="L13" s="12"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="L13" s="233"/>
+      <c r="M13" s="224"/>
+      <c r="O13" s="200"/>
+      <c r="Q13" s="200"/>
+      <c r="S13" s="233"/>
+      <c r="T13" s="224"/>
+      <c r="U13" s="233"/>
+      <c r="V13" s="233"/>
+    </row>
+    <row r="14" spans="1:22" ht="15">
       <c r="C14" s="184">
         <v>2022</v>
       </c>
       <c r="D14" s="102">
-        <v>674.4</v>
+        <v>666.5</v>
       </c>
       <c r="E14" s="100">
         <v>304.39999999999998</v>
       </c>
       <c r="F14" s="100">
-        <v>370</v>
+        <v>362.1</v>
       </c>
       <c r="G14" s="98">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="H14" s="98">
-        <v>2.64</v>
+        <v>2.6</v>
       </c>
       <c r="I14" s="12"/>
       <c r="K14" s="200"/>
-      <c r="L14" s="12"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="L14" s="233"/>
+      <c r="M14" s="224"/>
+      <c r="O14" s="200"/>
+      <c r="Q14" s="200"/>
+      <c r="S14" s="233"/>
+      <c r="T14" s="224"/>
+      <c r="U14" s="233"/>
+      <c r="V14" s="233"/>
+    </row>
+    <row r="15" spans="1:22" ht="15">
       <c r="C15" s="185">
         <v>2023</v>
       </c>
       <c r="D15" s="103">
-        <v>728.1</v>
+        <v>720.7</v>
       </c>
       <c r="E15" s="101">
         <v>246.8</v>
       </c>
-      <c r="F15" s="101">
-        <v>481.3</v>
+      <c r="F15" s="100">
+        <v>473.90000000000003</v>
       </c>
       <c r="G15" s="99">
         <v>1</v>
       </c>
       <c r="H15" s="99">
-        <v>2.66</v>
+        <v>2.6</v>
       </c>
       <c r="I15" s="12"/>
-    </row>
-    <row r="16" spans="1:12" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="K15" s="200"/>
+      <c r="L15" s="233"/>
+      <c r="M15" s="224"/>
+      <c r="O15" s="200"/>
+      <c r="Q15" s="200"/>
+      <c r="S15" s="233"/>
+      <c r="T15" s="224"/>
+      <c r="U15" s="233"/>
+      <c r="V15" s="233"/>
+    </row>
+    <row r="16" spans="1:22" ht="15">
       <c r="C16" s="184">
         <v>2024</v>
       </c>
       <c r="D16" s="101">
-        <v>707.6</v>
+        <v>699.8</v>
       </c>
       <c r="E16" s="101">
         <v>138.6</v>
       </c>
-      <c r="F16" s="101">
-        <v>569.1</v>
+      <c r="F16" s="100">
+        <v>561.19999999999993</v>
       </c>
       <c r="G16" s="99">
-        <v>1.13788442311538</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="H16" s="99">
-        <v>3.8253551045651002</v>
+        <v>3.8</v>
       </c>
       <c r="I16" s="12"/>
-    </row>
-    <row r="17" spans="3:10" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="K16" s="200"/>
+      <c r="L16" s="233"/>
+      <c r="M16" s="224"/>
+      <c r="O16" s="200"/>
+      <c r="Q16" s="200"/>
+      <c r="S16" s="233"/>
+      <c r="T16" s="224"/>
+      <c r="U16" s="233"/>
+      <c r="V16" s="233"/>
+    </row>
+    <row r="17" spans="3:10" ht="14.25">
       <c r="C17" s="223">
-        <v>45809</v>
+        <v>45901</v>
       </c>
       <c r="D17" s="101">
-        <v>933.76</v>
+        <v>932.8</v>
       </c>
       <c r="E17" s="101">
-        <v>233.86199999999999</v>
+        <v>256.89999999999998</v>
       </c>
       <c r="F17" s="101">
-        <v>699.89800000000002</v>
+        <v>675.9</v>
       </c>
       <c r="G17" s="99">
-        <v>1.4772855354779599</v>
+        <v>1.2</v>
       </c>
       <c r="H17" s="99">
-        <v>5.3782456679601998</v>
-[...2 lines deleted...]
-    <row r="18" spans="3:10" x14ac:dyDescent="0.35">
+        <v>2.8</v>
+      </c>
+    </row>
+    <row r="18" spans="3:10">
       <c r="C18" s="168" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="19" spans="3:10" x14ac:dyDescent="0.35">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="19" spans="3:10">
       <c r="J19" s="224"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H5"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="85" orientation="landscape" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="11" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101000DFFE24C1A8A144C9BE82595DA023D38" ma:contentTypeVersion="3" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="f52d18d410fe8307c24bc8e4ae97ac5f">
-[...1 lines deleted...]
-    <xsd:import namespace="337c0830-a818-4fca-ad94-5d2f58336133"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100C5B74FAD964D56458B7E4E07F22AC077" ma:contentTypeVersion="4" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="1ef5c02f5713baac5773cb59854cb548">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6eecd8b6-6f8c-43c8-bd9f-f2290916403c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="588a3af7f95c15bca29ba518673942d9" ns2:_="">
+    <xsd:import namespace="6eecd8b6-6f8c-43c8-bd9f-f2290916403c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="337c0830-a818-4fca-ad94-5d2f58336133" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6eecd8b6-6f8c-43c8-bd9f-f2290916403c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de contenido"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -18299,138 +18749,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F0A61C6-9555-4AEE-BA77-6D553187DE6E}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6124E03E-3612-468F-90C0-CEAF35A4E084}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E0BD897-94EE-4523-ADCF-BCE2B7CEA2A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86449F8D-C998-4BAA-A821-5FE5C4B89BBB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6eecd8b6-6f8c-43c8-bd9f-f2290916403c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c56a089c-7ef0-4fcb-b7eb-3858330142ed}" enabled="0" method="" siteId="{c56a089c-7ef0-4fcb-b7eb-3858330142ed}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Hojas de cálculo</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Rangos con nombre</vt:lpstr>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>Income Statement - Consolidated</vt:lpstr>
       <vt:lpstr>Key Metrics by Division</vt:lpstr>
       <vt:lpstr>Number of Restaurants</vt:lpstr>
       <vt:lpstr>Debt</vt:lpstr>
-      <vt:lpstr>'Number of Restaurants'!Área_de_impresión</vt:lpstr>
-      <vt:lpstr>Summary!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>'Number of Restaurants'!Print_Area</vt:lpstr>
+      <vt:lpstr>Summary!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karina Garcia</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101000DFFE24C1A8A144C9BE82595DA023D38</vt:lpwstr>
+    <vt:lpwstr>0x010100C5B74FAD964D56458B7E4E07F22AC077</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
 </Properties>
 </file>