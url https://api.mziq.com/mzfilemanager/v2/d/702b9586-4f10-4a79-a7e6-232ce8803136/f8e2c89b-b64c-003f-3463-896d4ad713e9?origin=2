--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -14,60 +14,60 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="EstaPastaDeTrabalho" hidePivotFieldList="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://curyconstrutorasa.sharepoint.com/sites/RelacaocomInvestidorRI/Documentos/Divulgações de Resultados/2025/3T25/Documentos Finais/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://curyconstrutorasa.sharepoint.com/sites/RelacaocomInvestidorRI/Documentos/Divulgações de Resultados/2025/4T25/CVM/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="276" documentId="13_ncr:1_{F53F287D-B567-44D9-9FC1-58D1DE4AC1A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1EB55083-AD86-4582-B107-650B3049C87F}"/>
+  <xr:revisionPtr revIDLastSave="125" documentId="8_{76AD855A-86F8-413D-B10B-DCB9863DEBEF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E61ED773-4E2C-4525-9286-84F82EBC420E}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="873" xr2:uid="{BB263381-94AE-6047-B52A-6B4128480F0B}"/>
+    <workbookView xWindow="22932" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="873" xr2:uid="{BB263381-94AE-6047-B52A-6B4128480F0B}"/>
   </bookViews>
   <sheets>
     <sheet name="Menu" sheetId="14" r:id="rId1"/>
     <sheet name="Resultados Operacionais" sheetId="10" r:id="rId2"/>
     <sheet name="Demonstrações do Resultado" sheetId="9" r:id="rId3"/>
     <sheet name="Balanço Patrimonial Ativo" sheetId="5" r:id="rId4"/>
     <sheet name="Balanço Patrimonial Passivo" sheetId="6" r:id="rId5"/>
     <sheet name="Fluxo de Caixa " sheetId="12" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="\0" localSheetId="2">#REF!</definedName>
     <definedName name="\0" localSheetId="5">#REF!</definedName>
     <definedName name="\0" localSheetId="1">#REF!</definedName>
     <definedName name="\0">#REF!</definedName>
     <definedName name="\1" localSheetId="2">#REF!</definedName>
     <definedName name="\1" localSheetId="5">#REF!</definedName>
     <definedName name="\1" localSheetId="1">#REF!</definedName>
     <definedName name="\1">#REF!</definedName>
     <definedName name="\3" localSheetId="2">#REF!</definedName>
     <definedName name="\3" localSheetId="5">#REF!</definedName>
     <definedName name="\3" localSheetId="1">#REF!</definedName>
     <definedName name="\3">#REF!</definedName>
     <definedName name="\a" localSheetId="5">#REF!</definedName>
     <definedName name="\a">#REF!</definedName>
     <definedName name="\i" localSheetId="5">#REF!</definedName>
@@ -1895,51 +1895,51 @@
     <definedName name="_DAT5">#REF!</definedName>
     <definedName name="_DAT6" localSheetId="5">#REF!</definedName>
     <definedName name="_DAT6">#REF!</definedName>
     <definedName name="_DAT7" localSheetId="5">#REF!</definedName>
     <definedName name="_DAT7">#REF!</definedName>
     <definedName name="_DAT8" localSheetId="5">#REF!</definedName>
     <definedName name="_DAT8">#REF!</definedName>
     <definedName name="_DAT9" localSheetId="5">#REF!</definedName>
     <definedName name="_DAT9">#REF!</definedName>
     <definedName name="_Dist_Bin" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="_Dist_Bin" hidden="1">#REF!</definedName>
     <definedName name="_Dist_Values" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="_Dist_Values" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_DRE1" localSheetId="5">#REF!</definedName>
     <definedName name="_DRE1">#REF!</definedName>
     <definedName name="_DRE2" localSheetId="5">#REF!</definedName>
     <definedName name="_DRE2">#REF!</definedName>
     <definedName name="_Fill" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Fill" hidden="1">#REF!</definedName>
     <definedName name="_FiltrarBancoDados2" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="_FiltrarBancoDados2" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_FiltrarBancoDados2" hidden="1">#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">#REF!</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Resultados Operacionais'!$A$3:$AL$90</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Resultados Operacionais'!$A$3:$AM$91</definedName>
     <definedName name="_xlnm._FilterDatabase" hidden="1">#REF!</definedName>
     <definedName name="_GSRATES_5" hidden="1">"CT30000119981231        "</definedName>
     <definedName name="_GSRATES_6" hidden="1">"CT30000120000517        "</definedName>
     <definedName name="_GSRATES_7" hidden="1">"CT30000120000331        "</definedName>
     <definedName name="_GSRATES_COUNT" hidden="1">7</definedName>
     <definedName name="_IA0542" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="_IA0542" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="_IA0542" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="_IA0542" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="_imp2" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Hoja1";#N/A,#N/A,FALSE,"Hoja2"}</definedName>
     <definedName name="_imp2" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Hoja1";#N/A,#N/A,FALSE,"Hoja2"}</definedName>
     <definedName name="_imp2" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Hoja1";#N/A,#N/A,FALSE,"Hoja2"}</definedName>
     <definedName name="_imp2" hidden="1">{#N/A,#N/A,FALSE,"Hoja1";#N/A,#N/A,FALSE,"Hoja2"}</definedName>
     <definedName name="_Key1" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="_Key1" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Key1" hidden="1">#REF!</definedName>
     <definedName name="_Key1_2" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="_Key1_2" hidden="1">#REF!</definedName>
     <definedName name="_Key10" hidden="1">#REF!</definedName>
     <definedName name="_Key2" hidden="1">#REF!</definedName>
     <definedName name="_Key20" hidden="1">#REF!</definedName>
     <definedName name="_l" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Hoja1";#N/A,#N/A,FALSE,"Hoja2"}</definedName>
     <definedName name="_l" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Hoja1";#N/A,#N/A,FALSE,"Hoja2"}</definedName>
     <definedName name="_l" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Hoja1";#N/A,#N/A,FALSE,"Hoja2"}</definedName>
     <definedName name="_l" hidden="1">{#N/A,#N/A,FALSE,"Hoja1";#N/A,#N/A,FALSE,"Hoja2"}</definedName>
@@ -4056,51 +4056,51 @@
     <definedName name="AM_1">#REF!</definedName>
     <definedName name="AM_2" localSheetId="5">#REF!</definedName>
     <definedName name="AM_2">#REF!</definedName>
     <definedName name="AM_3" localSheetId="5">#REF!</definedName>
     <definedName name="AM_3">#REF!</definedName>
     <definedName name="AMOR" localSheetId="5">#REF!</definedName>
     <definedName name="AMOR">#REF!</definedName>
     <definedName name="AMORT.INV" localSheetId="5">#REF!</definedName>
     <definedName name="AMORT.INV">#REF!</definedName>
     <definedName name="Analítico" localSheetId="5">#REF!</definedName>
     <definedName name="Analítico">#REF!</definedName>
     <definedName name="ANDRE">TRUE</definedName>
     <definedName name="anscount" hidden="1">3</definedName>
     <definedName name="anual" localSheetId="5">#REF!</definedName>
     <definedName name="anual">#REF!</definedName>
     <definedName name="APL.FIN" localSheetId="5">#REF!</definedName>
     <definedName name="APL.FIN">#REF!</definedName>
     <definedName name="aquisition" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="aquisition" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="aquisition" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="aquisition" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="area" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="area" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="area" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="area" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="5">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="_xlnm.Print_Area">#REF!</definedName>
     <definedName name="Área_de_impressão1" localSheetId="5">#REF!</definedName>
     <definedName name="Área_de_impressão1">#REF!</definedName>
     <definedName name="Área_impressão_IM" localSheetId="5">#REF!</definedName>
     <definedName name="Área_impressão_IM">#REF!</definedName>
     <definedName name="area1">#REF!</definedName>
     <definedName name="area2">#REF!</definedName>
     <definedName name="ARM" localSheetId="5">#REF!</definedName>
     <definedName name="ARM">#REF!</definedName>
     <definedName name="ARMABLOCOS" localSheetId="5">#REF!</definedName>
     <definedName name="ARMABLOCOS">#REF!</definedName>
     <definedName name="ARMAÇÃO" localSheetId="5">#REF!</definedName>
     <definedName name="ARMAÇÃO">#REF!</definedName>
     <definedName name="AS2DocOpenMode" localSheetId="5" hidden="1">"AS2DocumentEdit"</definedName>
     <definedName name="AS2DocOpenMode" hidden="1">"AS2DocumentBrowse"</definedName>
     <definedName name="AS2NamedRange" hidden="1">16</definedName>
     <definedName name="AS2ReportLS" hidden="1">1</definedName>
     <definedName name="AS2StaticLS" hidden="1">#REF!</definedName>
     <definedName name="AS2SyncStepLS" hidden="1">0</definedName>
     <definedName name="AS2TickmarkLS" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="AS2TickmarkLS" hidden="1">#REF!</definedName>
     <definedName name="AS2VersionLS" hidden="1">300</definedName>
     <definedName name="asawe3" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="asawe3" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="asawe3" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
@@ -10663,97 +10663,97 @@
     <definedName name="yhdfiuygrui" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yhdfiuygrui" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yhdfiuygrui" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="YRGUYDRIY" localSheetId="2" hidden="1">{"Econ Consolidado",#N/A,FALSE,"Econ Consol";"Fluxo de Caixa",#N/A,FALSE,"Fluxo Caixa";"Investimentos",#N/A,FALSE,"Investimentos"}</definedName>
     <definedName name="YRGUYDRIY" localSheetId="5" hidden="1">{"Econ Consolidado",#N/A,FALSE,"Econ Consol";"Fluxo de Caixa",#N/A,FALSE,"Fluxo Caixa";"Investimentos",#N/A,FALSE,"Investimentos"}</definedName>
     <definedName name="YRGUYDRIY" localSheetId="1" hidden="1">{"Econ Consolidado",#N/A,FALSE,"Econ Consol";"Fluxo de Caixa",#N/A,FALSE,"Fluxo Caixa";"Investimentos",#N/A,FALSE,"Investimentos"}</definedName>
     <definedName name="YRGUYDRIY" hidden="1">{"Econ Consolidado",#N/A,FALSE,"Econ Consol";"Fluxo de Caixa",#N/A,FALSE,"Fluxo Caixa";"Investimentos",#N/A,FALSE,"Investimentos"}</definedName>
     <definedName name="yuegursdmksf" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yuegursdmksf" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yuegursdmksf" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yuegursdmksf" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yuekl4fr" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yuekl4fr" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yuekl4fr" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yuekl4fr" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yureytuyrea" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yureytuyrea" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yureytuyrea" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yureytuyrea" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="yuyuyu" localSheetId="5">#REF!</definedName>
     <definedName name="yuyuyu">#REF!</definedName>
     <definedName name="z\djs" localSheetId="2" hidden="1">{TRUE,TRUE,-1.25,-15.5,604.5,366.75,FALSE,FALSE,TRUE,TRUE,0,1,#N/A,1,#N/A,9.0125,24.4117647058824,1,FALSE,FALSE,3,TRUE,1,FALSE,100,"Swvu.PLANILHA2.","ACwvu.PLANILHA2.",#N/A,FALSE,FALSE,0.787401575,0.34,0.46,0.5,1,"","",FALSE,FALSE,FALSE,FALSE,1,#N/A,1,1,FALSE,FALSE,#N/A,#N/A,FALSE,FALSE,FALSE,9,65532,65532,FALSE,FALSE,TRUE,TRUE,TRUE}</definedName>
     <definedName name="z\djs" localSheetId="5" hidden="1">{TRUE,TRUE,-1.25,-15.5,604.5,366.75,FALSE,FALSE,TRUE,TRUE,0,1,#N/A,1,#N/A,9.0125,24.4117647058824,1,FALSE,FALSE,3,TRUE,1,FALSE,100,"Swvu.PLANILHA2.","ACwvu.PLANILHA2.",#N/A,FALSE,FALSE,0.787401575,0.34,0.46,0.5,1,"","",FALSE,FALSE,FALSE,FALSE,1,#N/A,1,1,FALSE,FALSE,#N/A,#N/A,FALSE,FALSE,FALSE,9,65532,65532,FALSE,FALSE,TRUE,TRUE,TRUE}</definedName>
     <definedName name="z\djs" localSheetId="1" hidden="1">{TRUE,TRUE,-1.25,-15.5,604.5,366.75,FALSE,FALSE,TRUE,TRUE,0,1,#N/A,1,#N/A,9.0125,24.4117647058824,1,FALSE,FALSE,3,TRUE,1,FALSE,100,"Swvu.PLANILHA2.","ACwvu.PLANILHA2.",#N/A,FALSE,FALSE,0.787401575,0.34,0.46,0.5,1,"","",FALSE,FALSE,FALSE,FALSE,1,#N/A,1,1,FALSE,FALSE,#N/A,#N/A,FALSE,FALSE,FALSE,9,65532,65532,FALSE,FALSE,TRUE,TRUE,TRUE}</definedName>
     <definedName name="z\djs" hidden="1">{TRUE,TRUE,-1.25,-15.5,604.5,366.75,FALSE,FALSE,TRUE,TRUE,0,1,#N/A,1,#N/A,9.0125,24.4117647058824,1,FALSE,FALSE,3,TRUE,1,FALSE,100,"Swvu.PLANILHA2.","ACwvu.PLANILHA2.",#N/A,FALSE,FALSE,0.787401575,0.34,0.46,0.5,1,"","",FALSE,FALSE,FALSE,FALSE,1,#N/A,1,1,FALSE,FALSE,#N/A,#N/A,FALSE,FALSE,FALSE,9,65532,65532,FALSE,FALSE,TRUE,TRUE,TRUE}</definedName>
-    <definedName name="Z_11E193B6_AB4F_4928_8634_3AADF301B87D_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_11E193B6_AB4F_4928_8634_3AADF301B87D_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_11E193B6_AB4F_4928_8634_3AADF301B87D_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
     <definedName name="Z_15697660_066E_11D5_AF15_00010242ED40_.wvu.PrintArea" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_15697660_066E_11D5_AF15_00010242ED40_.wvu.PrintArea" hidden="1">#REF!</definedName>
     <definedName name="Z_15697660_066E_11D5_AF15_00010242ED40_.wvu.PrintTitles" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_15697660_066E_11D5_AF15_00010242ED40_.wvu.PrintTitles" hidden="1">#REF!</definedName>
     <definedName name="Z_15697660_066E_11D5_AF15_00010242ED40_.wvu.Rows" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_15697660_066E_11D5_AF15_00010242ED40_.wvu.Rows" hidden="1">#REF!</definedName>
-    <definedName name="Z_261B6952_7312_448C_A1F3_2A3050609A79_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_261B6952_7312_448C_A1F3_2A3050609A79_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_261B6952_7312_448C_A1F3_2A3050609A79_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_49172C07_7100_4721_B6A2_C7B6600AAECA_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_49172C07_7100_4721_B6A2_C7B6600AAECA_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_49172C07_7100_4721_B6A2_C7B6600AAECA_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_4AE30294_6D93_4040_9EBD_BD1DFD6EBEBE_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_4AE30294_6D93_4040_9EBD_BD1DFD6EBEBE_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_4AE30294_6D93_4040_9EBD_BD1DFD6EBEBE_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
     <definedName name="Z_4CA4BF7C_65C1_4E25_8563_22DF58586D2C_.wvu.PrintArea" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_4CA4BF7C_65C1_4E25_8563_22DF58586D2C_.wvu.PrintArea" hidden="1">#REF!</definedName>
     <definedName name="Z_4CA4BF7C_65C1_4E25_8563_22DF58586D2C_.wvu.PrintTitles" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_4CA4BF7C_65C1_4E25_8563_22DF58586D2C_.wvu.PrintTitles" hidden="1">#REF!</definedName>
     <definedName name="Z_4CA4BF7C_65C1_4E25_8563_22DF58586D2C_.wvu.Rows" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_4CA4BF7C_65C1_4E25_8563_22DF58586D2C_.wvu.Rows" hidden="1">#REF!</definedName>
-    <definedName name="Z_69283995_079F_4E30_AFAA_0FE603547084_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_69283995_079F_4E30_AFAA_0FE603547084_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_69283995_079F_4E30_AFAA_0FE603547084_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_7A83DF8E_A7AB_4A6E_B4BD_4061200F1A45_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_7A83DF8E_A7AB_4A6E_B4BD_4061200F1A45_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_7A83DF8E_A7AB_4A6E_B4BD_4061200F1A45_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
     <definedName name="Z_9066F505_4944_4582_AAF9_B40B49D59413_.wvu.PrintArea" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_9066F505_4944_4582_AAF9_B40B49D59413_.wvu.PrintArea" hidden="1">#REF!</definedName>
     <definedName name="Z_9066F505_4944_4582_AAF9_B40B49D59413_.wvu.PrintTitles" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_9066F505_4944_4582_AAF9_B40B49D59413_.wvu.PrintTitles" hidden="1">#REF!</definedName>
     <definedName name="Z_9066F505_4944_4582_AAF9_B40B49D59413_.wvu.Rows" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Z_9066F505_4944_4582_AAF9_B40B49D59413_.wvu.Rows" hidden="1">#REF!</definedName>
-    <definedName name="Z_A0749F87_42C2_4625_80DB_A6DF266E74B2_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_A0749F87_42C2_4625_80DB_A6DF266E74B2_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_A0749F87_42C2_4625_80DB_A6DF266E74B2_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_A137F025_E72C_46A2_8B64_F2F5226AA851_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_A137F025_E72C_46A2_8B64_F2F5226AA851_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_A137F025_E72C_46A2_8B64_F2F5226AA851_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_AFA9352B_F3F7_45B7_B560_E9067828A4B1_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_AFA9352B_F3F7_45B7_B560_E9067828A4B1_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_AFA9352B_F3F7_45B7_B560_E9067828A4B1_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_B18C3340_C3F0_4F3B_855C_6AB22745C218_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_B18C3340_C3F0_4F3B_855C_6AB22745C218_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_B18C3340_C3F0_4F3B_855C_6AB22745C218_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_BFC3BFDF_6324_4949_9F17_90967BBAC296_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_BFC3BFDF_6324_4949_9F17_90967BBAC296_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_BFC3BFDF_6324_4949_9F17_90967BBAC296_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_D432B59A_5ABE_40B6_9F71_2C988530329A_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_D432B59A_5ABE_40B6_9F71_2C988530329A_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_D432B59A_5ABE_40B6_9F71_2C988530329A_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_D84C1EFC_AA52_4AF3_A3A1_41F0D67D0452_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_D84C1EFC_AA52_4AF3_A3A1_41F0D67D0452_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_D84C1EFC_AA52_4AF3_A3A1_41F0D67D0452_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_F0FB87D3_5B38_417F_AC78_4D20564E4114_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_F0FB87D3_5B38_417F_AC78_4D20564E4114_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_F0FB87D3_5B38_417F_AC78_4D20564E4114_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
-    <definedName name="Z_F23BEDEF_D5E8_4E3D_9136_FC9D83537195_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AK$63</definedName>
+    <definedName name="Z_F23BEDEF_D5E8_4E3D_9136_FC9D83537195_.wvu.PrintArea" localSheetId="5" hidden="1">'Fluxo de Caixa '!$B$3:$AM$63</definedName>
     <definedName name="Z_F23BEDEF_D5E8_4E3D_9136_FC9D83537195_.wvu.Rows" localSheetId="5" hidden="1">'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!#REF!,'Fluxo de Caixa '!$55:$55</definedName>
     <definedName name="zcdçskld" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zcdçskld" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zcdçskld" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zcdçskld" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zcsdrfrt" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zcsdrfrt" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zcsdrfrt" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zcsdrfrt" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="ZDRE" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="ZDRE" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="ZDRE" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="ZDRE" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="ZEZE" localSheetId="5">#REF!</definedName>
     <definedName name="ZEZE">#REF!</definedName>
     <definedName name="ZIN">#REF!</definedName>
     <definedName name="ZINS">#REF!</definedName>
     <definedName name="ZSADF" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="ZSADF" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="ZSADF" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="ZSADF" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zsads" localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zsads" localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zsads" localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zsads" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
@@ -10797,51 +10797,51 @@
     <definedName name="zzdftr" hidden="1">{#N/A,#N/A,FALSE,"Plan1";#N/A,#N/A,FALSE,"Plan2"}</definedName>
     <definedName name="zzz" localSheetId="5">#REF!</definedName>
     <definedName name="zzz">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="930" uniqueCount="443">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="954" uniqueCount="445">
   <si>
     <t>Planilha Interativa/Interactive Spreadsheet</t>
   </si>
   <si>
     <t>Resultados Operacionais / Operating Results</t>
   </si>
   <si>
     <t>Demonstrações do Resultado / Income Statement</t>
   </si>
   <si>
     <t>Balanço Patrimonial - Ativo / Assets</t>
   </si>
   <si>
     <t>Balanço Patrimonial - Passivo / Liabilities and Equity</t>
   </si>
   <si>
     <t>Fluxo de Caixa / Consolidated Cash Flow Statements</t>
   </si>
   <si>
     <t>RESULTADOS OPERACIONAIS</t>
   </si>
   <si>
     <t>OPERATING RESULTS</t>
   </si>
   <si>
@@ -11228,99 +11228,93 @@
   <si>
     <t>Units Constructed</t>
   </si>
   <si>
     <t>Unidades em produção</t>
   </si>
   <si>
     <t>Units in Production</t>
   </si>
   <si>
     <t>Unidades concluídas</t>
   </si>
   <si>
     <t>Units Completed</t>
   </si>
   <si>
     <t>Unidades produzidas*</t>
   </si>
   <si>
     <t>Construction Sites*</t>
   </si>
   <si>
     <t>¹ Valor médio do trimestre</t>
   </si>
   <si>
-    <t>Landbank</t>
-[...1 lines deleted...]
-  <si>
     <t>Banco de Terrenos</t>
   </si>
   <si>
     <t>Landbank (PSV, R$ million)*</t>
   </si>
   <si>
     <t>Banco de Terrenos (VGV, R$ milhões)*</t>
   </si>
   <si>
     <t># of projects*</t>
   </si>
   <si>
     <t>Números de Empreendimentos*</t>
   </si>
   <si>
     <t># of units*</t>
   </si>
   <si>
     <t>Número de Unidades*</t>
   </si>
   <si>
     <t>Average price per unit (R$ '000)*</t>
   </si>
   <si>
     <t>Preço Médio/Unid. (R$ mil)*</t>
   </si>
   <si>
     <t>SP</t>
   </si>
   <si>
     <t>Banco de Terrenos (VGV, R$ Milhões)</t>
   </si>
   <si>
     <t>Números de Empreendimentos</t>
   </si>
   <si>
     <t>Número de Unidades</t>
   </si>
   <si>
     <t>Preço Médio/Unid. (R$ Mil)*</t>
   </si>
   <si>
     <t>RJ</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cash Generation</t>
   </si>
   <si>
     <t>Geração de Caixa</t>
   </si>
   <si>
     <t>Cash Generation (R$ Million)*</t>
   </si>
   <si>
     <t>Geração de Caixa (R$ Mil)*</t>
   </si>
   <si>
     <t>* Some historical information is unavailable</t>
   </si>
   <si>
     <t>*Algumas informações históricas não estão disponíveis.</t>
   </si>
   <si>
     <t>Demonstrações do resultado - Consolidado</t>
   </si>
   <si>
     <t>INCOME STATEMENT - CONSOLIDATED</t>
   </si>
   <si>
     <t>(Valores expresssos em Reais)</t>
   </si>
@@ -12139,74 +12133,88 @@
   </si>
   <si>
     <t>Aumento (redução) líquido de caixa e equivalentes de caixa</t>
   </si>
   <si>
     <t>Net increase (decrease) in cash and cash equivalents</t>
   </si>
   <si>
     <t>Caixa e equivalentes de caixa</t>
   </si>
   <si>
     <t>Cash and cash equivalents</t>
   </si>
   <si>
     <t>No início do exercício</t>
   </si>
   <si>
     <t>Opening balance</t>
   </si>
   <si>
     <t>No fim do exercício</t>
   </si>
   <si>
     <t>Closing balance</t>
   </si>
+  <si>
+    <t>4T25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">¹ Quarterly avarage value </t>
+  </si>
+  <si>
+    <t>Estoque % Cury</t>
+  </si>
+  <si>
+    <t>Inventories % Cury</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="16">
+  <numFmts count="18">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="170" formatCode="#,##0.0%;\(#,##0.0%\)"/>
     <numFmt numFmtId="171" formatCode="#,##0.00%;\(#,##0.00%\)"/>
     <numFmt numFmtId="172" formatCode="#,##0.0;\(#,##0.0\)"/>
     <numFmt numFmtId="173" formatCode="#,##0.0"/>
     <numFmt numFmtId="174" formatCode="0.000000000"/>
     <numFmt numFmtId="175" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
     <numFmt numFmtId="176" formatCode="0.00000"/>
     <numFmt numFmtId="177" formatCode="#,##0.0000000_ ;[Red]\-#,##0.0000000\ "/>
     <numFmt numFmtId="178" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="179" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="180" formatCode="0.000"/>
   </numFmts>
-  <fonts count="48" x14ac:knownFonts="1">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -12437,50 +12445,56 @@
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Saira"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Saira"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Saira"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Saira"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF283A98"/>
       <name val="Saira"/>
     </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Saira"/>
+    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDDCD4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -12641,51 +12655,51 @@
   </borders>
   <cellStyleXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="336">
+  <cellXfs count="348">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="3" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="6" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
@@ -13458,50 +13472,72 @@
     <xf numFmtId="172" fontId="34" fillId="3" borderId="8" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="4" borderId="9" xfId="12" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="172" fontId="34" fillId="0" borderId="9" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="172" fontId="31" fillId="4" borderId="8" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="8" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="9" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="4" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="46" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="22" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="21" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="21" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="22" fillId="0" borderId="2" xfId="19" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="11" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="168" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="179" fontId="11" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="0" xfId="12" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="34" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="180" fontId="17" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="22">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 157 2" xfId="21" xr:uid="{A5A8F568-9F98-4725-BDA5-14013FBBC1B4}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{BA06AD87-BC8A-4471-8D6B-338737BAF316}"/>
     <cellStyle name="Normal 2 2" xfId="11" xr:uid="{F5A0530D-6911-4680-8E4F-DEF941408FEF}"/>
     <cellStyle name="Normal 2 2 2" xfId="16" xr:uid="{6E24A8A8-7155-4975-8029-6344B0948C7D}"/>
     <cellStyle name="Normal 2 3" xfId="5" xr:uid="{2465A047-CC25-4DBA-BCF8-243120F86E07}"/>
     <cellStyle name="Normal 2 4" xfId="12" xr:uid="{2ADE7452-C2C3-425B-AE97-A02B805BA5BB}"/>
@@ -14389,57 +14425,57 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" b="1">
               <a:latin typeface="Saira" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Yu Gothic UI" panose="020B0500000000000000" pitchFamily="34" charset="-128"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>MENU</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>586740</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>129540</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>45720</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>137160</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="CaixaDeTexto 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCAA7509-0E50-45C7-95A2-F05CA16D9FF6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5021580" y="1005840"/>
           <a:ext cx="213360" cy="182880"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -14461,57 +14497,57 @@
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>*</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>548640</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>137160</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>7620</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="CaixaDeTexto 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05ADD499-71B9-446B-BB51-92498065C64C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4983480" y="1363980"/>
           <a:ext cx="213360" cy="182880"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -14605,57 +14641,57 @@
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="SaIRA" panose="00000500000000000000"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>* Reapresentado</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>579120</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="CaixaDeTexto 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C54873C-DA87-4413-84CB-3D04E1B311E1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4975860" y="1546860"/>
           <a:ext cx="236220" cy="175260"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -14677,57 +14713,57 @@
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>*</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>487680</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>121920</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
+      <xdr:col>8</xdr:col>
       <xdr:colOff>723900</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>121920</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="CaixaDeTexto 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68220292-3B35-4572-9B59-CA36CEB8CA5A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4884420" y="2049780"/>
           <a:ext cx="236220" cy="175260"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -14749,57 +14785,57 @@
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>*</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>8</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>582930</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
+      <xdr:col>10</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="CaixaDeTexto 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD29C027-1F35-4242-ABA9-F6DC5A902545}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5764530" y="7200900"/>
           <a:ext cx="236220" cy="171450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -14895,57 +14931,57 @@
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="SaIRA" panose="00000500000000000000"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>* Reapresentado</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1554480</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>1905</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="8" name="CaixaDeTexto 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8618F069-3551-4206-86AC-417DDF8C7C16}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="152400" y="11639550"/>
           <a:ext cx="1621155" cy="173355"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
@@ -14965,59 +15001,59 @@
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="SaIRA" panose="00000500000000000000"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>* Reapresentado</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>466725</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>209550</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>711200</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>209550</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="11" name="CaixaDeTexto 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3493018-936C-4EF6-B7F1-2E7244675A8D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9032875" y="16579850"/>
           <a:ext cx="244475" cy="260350"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
@@ -15037,57 +15073,57 @@
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>*</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>8</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>487680</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>8</xdr:col>
+      <xdr:col>9</xdr:col>
       <xdr:colOff>717550</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="12" name="CaixaDeTexto 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA0EA7D3-72B7-43ED-AC63-A07543D85E14}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7205980" y="7645400"/>
           <a:ext cx="229870" cy="177800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525" cmpd="sng">
@@ -15101,50 +15137,332 @@
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="pt-BR" sz="900" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>*</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>486506</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>164124</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>181707</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>82063</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="13" name="CaixaDeTexto 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D7BB105-899B-13E5-5B5D-774AB9ECDF41}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="10626968" y="6969370"/>
+          <a:ext cx="474785" cy="169985"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900">
+              <a:latin typeface="Saira" pitchFamily="2" charset="0"/>
+            </a:rPr>
+            <a:t>*</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>215119</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>8777</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1615441</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>8777</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="14" name="CaixaDeTexto 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CC1B4B0-D991-4C94-A660-F26226E12541}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="215119" y="9879608"/>
+          <a:ext cx="1623060" cy="252046"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" indent="0"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="SaIRA" panose="00000500000000000000"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>* Reapresentado</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>3386200</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>2931</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1609567</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>2931</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="15" name="CaixaDeTexto 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86F4C781-28FF-4F6C-98A3-1EF6C728DB38}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3608938" y="3783623"/>
+          <a:ext cx="1623060" cy="252046"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" indent="0"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="SaIRA" panose="00000500000000000000"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>* Represented</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>3386199</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>14636</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1609566</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>11713</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="16" name="CaixaDeTexto 15">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C82409F-F0CE-43D9-BD36-A3BFCD731C46}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3608937" y="9885467"/>
+          <a:ext cx="1623060" cy="249123"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" indent="0"/>
+          <a:r>
+            <a:rPr lang="pt-BR" sz="900" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="SaIRA" panose="00000500000000000000"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:rPr>
+            <a:t>* Represented</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>161924</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
@@ -15751,19559 +16069,20317 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4CE5256-FE84-4DE9-8075-4D612A68FF27}">
   <dimension ref="A1:K11"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="18.08203125" customWidth="1"/>
+    <col min="2" max="2" width="18.09765625" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="5" max="5" width="18" customWidth="1"/>
-    <col min="8" max="8" width="14.08203125" customWidth="1"/>
+    <col min="8" max="8" width="14.09765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="22" x14ac:dyDescent="0.8">
+    <row r="1" spans="1:11" ht="21.6" x14ac:dyDescent="0.65">
       <c r="A1" s="25"/>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
       <c r="J1" s="25"/>
       <c r="K1" s="25"/>
     </row>
-    <row r="2" spans="1:11" ht="21.65" customHeight="1" x14ac:dyDescent="0.8">
+    <row r="2" spans="1:11" ht="21.6" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A2" s="25"/>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
-      <c r="E2" s="333" t="s">
+      <c r="E2" s="345" t="s">
         <v>0</v>
       </c>
-      <c r="F2" s="334"/>
-[...4 lines deleted...]
-      <c r="K2" s="334"/>
+      <c r="F2" s="346"/>
+      <c r="G2" s="346"/>
+      <c r="H2" s="346"/>
+      <c r="I2" s="346"/>
+      <c r="J2" s="346"/>
+      <c r="K2" s="346"/>
     </row>
-    <row r="3" spans="1:11" ht="21.65" customHeight="1" x14ac:dyDescent="0.8">
+    <row r="3" spans="1:11" ht="21.6" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A3" s="25"/>
       <c r="B3" s="25"/>
       <c r="C3" s="25"/>
       <c r="D3" s="25"/>
-      <c r="E3" s="334"/>
-[...5 lines deleted...]
-      <c r="K3" s="334"/>
+      <c r="E3" s="346"/>
+      <c r="F3" s="346"/>
+      <c r="G3" s="346"/>
+      <c r="H3" s="346"/>
+      <c r="I3" s="346"/>
+      <c r="J3" s="346"/>
+      <c r="K3" s="346"/>
     </row>
-    <row r="4" spans="1:11" ht="21.65" customHeight="1" x14ac:dyDescent="0.8">
+    <row r="4" spans="1:11" ht="21.6" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A4" s="25"/>
       <c r="B4" s="25"/>
       <c r="C4" s="25"/>
       <c r="D4" s="25"/>
-      <c r="E4" s="334"/>
-[...5 lines deleted...]
-      <c r="K4" s="334"/>
+      <c r="E4" s="346"/>
+      <c r="F4" s="346"/>
+      <c r="G4" s="346"/>
+      <c r="H4" s="346"/>
+      <c r="I4" s="346"/>
+      <c r="J4" s="346"/>
+      <c r="K4" s="346"/>
     </row>
-    <row r="5" spans="1:11" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="5" spans="1:11" ht="19.8" x14ac:dyDescent="0.6">
       <c r="A5" s="26"/>
       <c r="B5" s="26"/>
       <c r="C5" s="26"/>
       <c r="D5" s="26"/>
       <c r="E5" s="26"/>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
       <c r="H5" s="26"/>
       <c r="I5" s="26"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
     </row>
-    <row r="6" spans="1:11" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="6" spans="1:11" ht="19.8" x14ac:dyDescent="0.6">
       <c r="A6" s="26"/>
-      <c r="B6" s="331" t="s">
+      <c r="B6" s="343" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="331"/>
+      <c r="C6" s="343"/>
       <c r="D6" s="27"/>
-      <c r="E6" s="331" t="s">
+      <c r="E6" s="343" t="s">
         <v>2</v>
       </c>
-      <c r="F6" s="331"/>
+      <c r="F6" s="343"/>
       <c r="G6" s="27"/>
-      <c r="H6" s="331" t="s">
+      <c r="H6" s="343" t="s">
         <v>3</v>
       </c>
-      <c r="I6" s="331"/>
+      <c r="I6" s="343"/>
       <c r="J6" s="26"/>
       <c r="K6" s="26"/>
     </row>
-    <row r="7" spans="1:11" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="7" spans="1:11" ht="19.8" x14ac:dyDescent="0.6">
       <c r="A7" s="26"/>
-      <c r="B7" s="331"/>
-      <c r="C7" s="331"/>
+      <c r="B7" s="343"/>
+      <c r="C7" s="343"/>
       <c r="D7" s="27"/>
-      <c r="E7" s="331"/>
-      <c r="F7" s="331"/>
+      <c r="E7" s="343"/>
+      <c r="F7" s="343"/>
       <c r="G7" s="27"/>
-      <c r="H7" s="331"/>
-      <c r="I7" s="331"/>
+      <c r="H7" s="343"/>
+      <c r="I7" s="343"/>
       <c r="J7" s="26"/>
       <c r="K7" s="26"/>
     </row>
-    <row r="8" spans="1:11" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="8" spans="1:11" ht="19.8" x14ac:dyDescent="0.6">
       <c r="A8" s="26"/>
-      <c r="B8" s="335"/>
-      <c r="C8" s="335"/>
+      <c r="B8" s="347"/>
+      <c r="C8" s="347"/>
       <c r="D8" s="28"/>
-      <c r="E8" s="335"/>
-      <c r="F8" s="335"/>
+      <c r="E8" s="347"/>
+      <c r="F8" s="347"/>
       <c r="G8" s="28"/>
-      <c r="H8" s="335"/>
-      <c r="I8" s="335"/>
+      <c r="H8" s="347"/>
+      <c r="I8" s="347"/>
       <c r="J8" s="26"/>
       <c r="K8" s="26"/>
     </row>
-    <row r="9" spans="1:11" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="9" spans="1:11" ht="19.8" x14ac:dyDescent="0.6">
       <c r="A9" s="26"/>
       <c r="B9" s="26"/>
       <c r="C9" s="26"/>
       <c r="D9" s="26"/>
       <c r="E9" s="26"/>
       <c r="F9" s="26"/>
       <c r="G9" s="26"/>
       <c r="H9" s="26"/>
       <c r="I9" s="26"/>
       <c r="J9" s="26"/>
       <c r="K9" s="26"/>
     </row>
-    <row r="10" spans="1:11" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="10" spans="1:11" ht="19.8" x14ac:dyDescent="0.6">
       <c r="A10" s="26"/>
-      <c r="B10" s="331" t="s">
+      <c r="B10" s="343" t="s">
         <v>4</v>
       </c>
-      <c r="C10" s="331"/>
+      <c r="C10" s="343"/>
       <c r="D10" s="27"/>
-      <c r="E10" s="331" t="s">
+      <c r="E10" s="343" t="s">
         <v>5</v>
       </c>
-      <c r="F10" s="331"/>
+      <c r="F10" s="343"/>
       <c r="G10" s="27"/>
-      <c r="H10" s="332"/>
-      <c r="I10" s="332"/>
+      <c r="H10" s="344"/>
+      <c r="I10" s="344"/>
       <c r="J10" s="26"/>
       <c r="K10" s="26"/>
     </row>
-    <row r="11" spans="1:11" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="11" spans="1:11" ht="19.8" x14ac:dyDescent="0.6">
       <c r="A11" s="26"/>
-      <c r="B11" s="331"/>
-      <c r="C11" s="331"/>
+      <c r="B11" s="343"/>
+      <c r="C11" s="343"/>
       <c r="D11" s="27"/>
-      <c r="E11" s="331"/>
-      <c r="F11" s="331"/>
+      <c r="E11" s="343"/>
+      <c r="F11" s="343"/>
       <c r="G11" s="27"/>
-      <c r="H11" s="332"/>
-      <c r="I11" s="332"/>
+      <c r="H11" s="344"/>
+      <c r="I11" s="344"/>
       <c r="J11" s="26"/>
       <c r="K11" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B10:C11"/>
     <mergeCell ref="E10:F11"/>
     <mergeCell ref="H10:I11"/>
     <mergeCell ref="E2:K4"/>
     <mergeCell ref="B6:C7"/>
     <mergeCell ref="E6:F7"/>
     <mergeCell ref="H6:I7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="H8:I8"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98C81A1D-7E50-4F2C-87EC-2FCEB3BCF484}">
   <sheetPr codeName="Planilha2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AL156"/>
+  <dimension ref="A1:AM157"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...5 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.58203125" defaultRowHeight="20.5" x14ac:dyDescent="0.75"/>
+  <sheetFormatPr defaultColWidth="7.59765625" defaultRowHeight="19.8" x14ac:dyDescent="0.6"/>
   <cols>
-    <col min="1" max="1" width="2.9140625" style="57" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="39" max="16384" width="7.58203125" style="58"/>
+    <col min="1" max="1" width="2.8984375" style="57" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="44.59765625" style="58" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="44.59765625" style="288" customWidth="1"/>
+    <col min="4" max="39" width="13" style="58" customWidth="1"/>
+    <col min="40" max="16384" width="7.59765625" style="58"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="1" spans="1:39" x14ac:dyDescent="0.6">
       <c r="C1" s="289"/>
-      <c r="L1" s="189"/>
-      <c r="M1" s="109"/>
+      <c r="M1" s="189"/>
+      <c r="N1" s="109"/>
     </row>
-    <row r="2" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="2" spans="1:39" x14ac:dyDescent="0.6">
       <c r="C2" s="289"/>
       <c r="D2" s="183"/>
       <c r="E2" s="183"/>
-      <c r="F2" s="283"/>
+      <c r="F2" s="183"/>
       <c r="G2" s="283"/>
-      <c r="H2" s="183"/>
-[...2 lines deleted...]
-      <c r="N2" s="277"/>
+      <c r="H2" s="283"/>
+      <c r="I2" s="183"/>
+      <c r="J2" s="258"/>
+      <c r="N2" s="109"/>
+      <c r="O2" s="277"/>
     </row>
-    <row r="3" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="3" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A3" s="59"/>
       <c r="B3" s="31" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="290" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="275"/>
       <c r="E3" s="275"/>
-      <c r="F3" s="284"/>
+      <c r="F3" s="275"/>
       <c r="G3" s="284"/>
-      <c r="H3" s="275"/>
+      <c r="H3" s="284"/>
       <c r="I3" s="275"/>
       <c r="J3" s="275"/>
       <c r="K3" s="275"/>
       <c r="L3" s="275"/>
       <c r="M3" s="275"/>
-      <c r="N3" s="60"/>
+      <c r="N3" s="275"/>
       <c r="O3" s="60"/>
-      <c r="P3" s="276"/>
+      <c r="P3" s="60"/>
       <c r="Q3" s="276"/>
       <c r="R3" s="276"/>
-      <c r="S3" s="61"/>
+      <c r="S3" s="276"/>
       <c r="T3" s="61"/>
       <c r="U3" s="61"/>
       <c r="V3" s="61"/>
       <c r="W3" s="61"/>
       <c r="X3" s="61"/>
       <c r="Y3" s="61"/>
       <c r="Z3" s="61"/>
       <c r="AA3" s="61"/>
       <c r="AB3" s="61"/>
       <c r="AC3" s="61"/>
       <c r="AD3" s="61"/>
       <c r="AE3" s="61"/>
       <c r="AF3" s="61"/>
       <c r="AG3" s="61"/>
       <c r="AH3" s="61"/>
       <c r="AI3" s="61"/>
-      <c r="AJ3" s="62"/>
-      <c r="AK3" s="61"/>
+      <c r="AJ3" s="61"/>
+      <c r="AK3" s="62"/>
       <c r="AL3" s="61"/>
+      <c r="AM3" s="61"/>
     </row>
-    <row r="4" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="4" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A4" s="63"/>
       <c r="B4" s="64" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="291" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="185"/>
       <c r="E4" s="185"/>
-      <c r="F4" s="182"/>
+      <c r="F4" s="185"/>
       <c r="G4" s="182"/>
       <c r="H4" s="182"/>
       <c r="I4" s="182"/>
       <c r="J4" s="182"/>
       <c r="K4" s="182"/>
       <c r="L4" s="182"/>
-      <c r="M4" s="185"/>
-[...1 lines deleted...]
-      <c r="O4" s="65"/>
+      <c r="M4" s="182"/>
+      <c r="N4" s="185"/>
+      <c r="O4" s="182"/>
+      <c r="P4" s="65"/>
     </row>
-    <row r="5" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="5" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A5" s="63"/>
       <c r="B5" s="31" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="290" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="E5" s="31" t="s">
         <v>11</v>
       </c>
-      <c r="E5" s="31" t="s">
+      <c r="F5" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="F5" s="31" t="s">
+      <c r="G5" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="G5" s="31" t="s">
+      <c r="H5" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="H5" s="31" t="s">
+      <c r="I5" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="I5" s="31" t="s">
+      <c r="J5" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="J5" s="31" t="s">
+      <c r="K5" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="K5" s="31" t="s">
+      <c r="L5" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="L5" s="31" t="s">
+      <c r="M5" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="M5" s="31" t="s">
+      <c r="N5" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="N5" s="31" t="s">
+      <c r="O5" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="O5" s="31" t="s">
+      <c r="P5" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="P5" s="31" t="s">
+      <c r="Q5" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="Q5" s="31" t="s">
+      <c r="R5" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="R5" s="31" t="s">
+      <c r="S5" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="S5" s="31" t="s">
+      <c r="T5" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="T5" s="31" t="s">
+      <c r="U5" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="U5" s="31" t="s">
+      <c r="V5" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="V5" s="31" t="s">
+      <c r="W5" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="W5" s="31" t="s">
+      <c r="X5" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="X5" s="31" t="s">
+      <c r="Y5" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="Y5" s="31" t="s">
+      <c r="Z5" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="Z5" s="31" t="s">
+      <c r="AA5" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="AA5" s="31" t="s">
+      <c r="AB5" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="AB5" s="31" t="s">
+      <c r="AC5" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="AC5" s="31" t="s">
+      <c r="AD5" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="AD5" s="31" t="s">
+      <c r="AE5" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="AE5" s="31" t="s">
+      <c r="AF5" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="AF5" s="31" t="s">
+      <c r="AG5" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="AG5" s="31" t="s">
+      <c r="AH5" s="31" t="s">
         <v>40</v>
       </c>
-      <c r="AH5" s="31" t="s">
+      <c r="AI5" s="31" t="s">
         <v>41</v>
       </c>
-      <c r="AI5" s="31" t="s">
+      <c r="AJ5" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="AJ5" s="31" t="s">
+      <c r="AK5" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="AK5" s="31" t="s">
+      <c r="AL5" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="AL5" s="31" t="s">
+      <c r="AM5" s="31" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="6" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="6" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A6" s="63"/>
       <c r="B6" s="66" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="292" t="s">
         <v>47</v>
       </c>
       <c r="D6" s="67">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E6" s="67">
         <v>9</v>
       </c>
       <c r="F6" s="67">
+        <v>9</v>
+      </c>
+      <c r="G6" s="67">
         <v>14</v>
       </c>
-      <c r="G6" s="67">
+      <c r="H6" s="67">
         <v>7</v>
       </c>
-      <c r="H6" s="67">
+      <c r="I6" s="67">
         <v>9</v>
       </c>
-      <c r="I6" s="67">
+      <c r="J6" s="67">
         <v>8</v>
       </c>
-      <c r="J6" s="67">
+      <c r="K6" s="67">
         <v>10</v>
       </c>
-      <c r="K6" s="67">
+      <c r="L6" s="67">
         <v>6</v>
       </c>
-      <c r="L6" s="67">
+      <c r="M6" s="67">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="N6" s="67">
         <v>8</v>
       </c>
       <c r="O6" s="67">
+        <v>8</v>
+      </c>
+      <c r="P6" s="67">
         <v>5</v>
       </c>
-      <c r="P6" s="67">
+      <c r="Q6" s="67">
         <v>6</v>
       </c>
-      <c r="Q6" s="67">
+      <c r="R6" s="67">
         <v>7</v>
       </c>
-      <c r="R6" s="67">
+      <c r="S6" s="67">
         <v>5</v>
       </c>
-      <c r="S6" s="67">
+      <c r="T6" s="67">
         <v>7</v>
       </c>
-      <c r="T6" s="67">
+      <c r="U6" s="67">
         <v>6</v>
       </c>
-      <c r="U6" s="67">
+      <c r="V6" s="67">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="W6" s="67">
         <v>6</v>
       </c>
       <c r="X6" s="67">
+        <v>6</v>
+      </c>
+      <c r="Y6" s="67">
         <v>5</v>
       </c>
-      <c r="Y6" s="67">
+      <c r="Z6" s="67">
         <v>4</v>
       </c>
-      <c r="Z6" s="67">
+      <c r="AA6" s="67">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AB6" s="67">
         <v>5</v>
       </c>
       <c r="AC6" s="67">
+        <v>5</v>
+      </c>
+      <c r="AD6" s="67">
         <v>2</v>
       </c>
-      <c r="AD6" s="67">
+      <c r="AE6" s="67">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="AF6" s="67">
         <v>4</v>
       </c>
       <c r="AG6" s="67">
         <v>4</v>
       </c>
       <c r="AH6" s="67">
+        <v>4</v>
+      </c>
+      <c r="AI6" s="67">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AJ6" s="67">
         <v>5</v>
       </c>
       <c r="AK6" s="67">
+        <v>5</v>
+      </c>
+      <c r="AL6" s="67">
         <v>1</v>
       </c>
-      <c r="AL6" s="67">
+      <c r="AM6" s="67">
         <v>2</v>
       </c>
     </row>
-    <row r="7" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="7" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A7" s="63"/>
       <c r="B7" s="68" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="294" t="s">
         <v>49</v>
       </c>
       <c r="D7" s="69">
+        <v>1289513.8230000001</v>
+      </c>
+      <c r="E7" s="69">
         <v>1986377.642</v>
       </c>
-      <c r="E7" s="69">
+      <c r="F7" s="69">
         <v>2225285.611</v>
       </c>
-      <c r="F7" s="69">
+      <c r="G7" s="69">
         <v>2783509</v>
       </c>
-      <c r="G7" s="69">
+      <c r="H7" s="69">
         <v>1399837</v>
       </c>
-      <c r="H7" s="69">
+      <c r="I7" s="69">
         <v>1560697</v>
       </c>
-      <c r="I7" s="69">
+      <c r="J7" s="69">
         <v>1734686.9450000001</v>
       </c>
-      <c r="J7" s="69">
+      <c r="K7" s="69">
         <v>1884338.01</v>
       </c>
-      <c r="K7" s="69">
+      <c r="L7" s="69">
         <v>856606.65300000005</v>
       </c>
-      <c r="L7" s="69">
+      <c r="M7" s="69">
         <v>941717.10800000001</v>
       </c>
-      <c r="M7" s="69">
+      <c r="N7" s="69">
         <v>1222565.1810000001</v>
       </c>
-      <c r="N7" s="69">
+      <c r="O7" s="69">
         <v>1419980.923</v>
       </c>
-      <c r="O7" s="69">
+      <c r="P7" s="69">
         <v>556159.09317999997</v>
       </c>
-      <c r="P7" s="69">
+      <c r="Q7" s="69">
         <v>919146.34299999999</v>
       </c>
-      <c r="Q7" s="69">
+      <c r="R7" s="69">
         <v>1056318</v>
       </c>
-      <c r="R7" s="69">
+      <c r="S7" s="69">
         <v>781150</v>
       </c>
-      <c r="S7" s="69">
+      <c r="T7" s="69">
         <v>788101.23495616205</v>
       </c>
-      <c r="T7" s="69">
+      <c r="U7" s="69">
         <v>720223.74800000002</v>
       </c>
-      <c r="U7" s="69">
+      <c r="V7" s="69">
         <v>686188.66799999995</v>
       </c>
-      <c r="V7" s="69">
+      <c r="W7" s="69">
         <v>590494.84199999995</v>
       </c>
-      <c r="W7" s="69">
+      <c r="X7" s="69">
         <v>674753.79599999997</v>
       </c>
-      <c r="X7" s="69">
+      <c r="Y7" s="69">
         <v>396910.12</v>
       </c>
-      <c r="Y7" s="69">
+      <c r="Z7" s="69">
         <v>311528.13500000001</v>
       </c>
-      <c r="Z7" s="69">
+      <c r="AA7" s="69">
         <v>157587.24799999999</v>
       </c>
-      <c r="AA7" s="69">
+      <c r="AB7" s="69">
         <v>379125.31599999999</v>
       </c>
-      <c r="AB7" s="69">
+      <c r="AC7" s="69">
         <v>388704.36200000002</v>
       </c>
-      <c r="AC7" s="69">
+      <c r="AD7" s="69">
         <v>162248.6</v>
       </c>
-      <c r="AD7" s="69">
+      <c r="AE7" s="69">
         <v>218460.74100000001</v>
       </c>
-      <c r="AE7" s="69">
+      <c r="AF7" s="69">
         <v>290317.14399999997</v>
       </c>
-      <c r="AF7" s="69">
+      <c r="AG7" s="69">
         <v>278058.87900000002</v>
       </c>
-      <c r="AG7" s="69">
+      <c r="AH7" s="69">
         <v>236487.32</v>
       </c>
-      <c r="AH7" s="69">
+      <c r="AI7" s="69">
         <v>101665</v>
       </c>
-      <c r="AI7" s="69">
+      <c r="AJ7" s="69">
         <v>268674.40000000002</v>
       </c>
-      <c r="AJ7" s="69">
+      <c r="AK7" s="69">
         <v>321902.98</v>
       </c>
-      <c r="AK7" s="69">
+      <c r="AL7" s="69">
         <v>50555.67</v>
       </c>
-      <c r="AL7" s="69">
+      <c r="AM7" s="69">
         <v>120908.7</v>
       </c>
     </row>
-    <row r="8" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="8" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A8" s="63"/>
       <c r="B8" s="66" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="292" t="s">
         <v>51</v>
       </c>
       <c r="D8" s="67">
+        <v>1025034.416</v>
+      </c>
+      <c r="E8" s="67">
         <v>1418662</v>
       </c>
-      <c r="E8" s="67">
+      <c r="F8" s="67">
         <v>1458661</v>
       </c>
-      <c r="F8" s="67">
+      <c r="G8" s="67">
         <v>2124713</v>
       </c>
-      <c r="G8" s="67">
+      <c r="H8" s="67">
         <v>784614</v>
       </c>
-      <c r="H8" s="67">
+      <c r="I8" s="67">
         <v>869949.86</v>
       </c>
-      <c r="I8" s="67">
+      <c r="J8" s="67">
         <v>1088400</v>
       </c>
-      <c r="J8" s="67">
+      <c r="K8" s="67">
         <v>1171804</v>
       </c>
-      <c r="K8" s="67">
+      <c r="L8" s="67">
         <v>648647.60100000002</v>
       </c>
-      <c r="L8" s="67">
+      <c r="M8" s="67">
         <v>716109.10699999996</v>
       </c>
-      <c r="M8" s="67">
+      <c r="N8" s="67">
         <v>646336</v>
       </c>
-      <c r="N8" s="67">
+      <c r="O8" s="67">
         <v>924060.92299999995</v>
       </c>
-      <c r="O8" s="67">
+      <c r="P8" s="67">
         <v>328080.00400000002</v>
       </c>
-      <c r="P8" s="67">
+      <c r="Q8" s="67">
         <v>738159.41799999995</v>
       </c>
-      <c r="Q8" s="67">
+      <c r="R8" s="67">
         <v>619406</v>
       </c>
-      <c r="R8" s="67">
+      <c r="S8" s="67">
         <v>405400</v>
       </c>
-      <c r="S8" s="67">
+      <c r="T8" s="67">
         <v>509398.51495616202</v>
       </c>
-      <c r="T8" s="67">
+      <c r="U8" s="67">
         <v>435575.14799999999</v>
       </c>
-      <c r="U8" s="67">
+      <c r="V8" s="67">
         <v>466241.66800000001</v>
       </c>
-      <c r="V8" s="67">
+      <c r="W8" s="67">
         <v>339371.842</v>
       </c>
-      <c r="W8" s="67">
+      <c r="X8" s="67">
         <v>602141.99600000004</v>
       </c>
-      <c r="X8" s="67">
+      <c r="Y8" s="67">
         <v>254184</v>
       </c>
-      <c r="Y8" s="67">
+      <c r="Z8" s="67">
         <v>153237.13517286399</v>
       </c>
-      <c r="Z8" s="67">
+      <c r="AA8" s="67">
         <v>74383</v>
       </c>
-      <c r="AA8" s="67">
+      <c r="AB8" s="67">
         <v>179121.81599999999</v>
       </c>
-      <c r="AB8" s="67">
+      <c r="AC8" s="67">
         <v>297571.86200000002</v>
       </c>
-      <c r="AC8" s="67">
+      <c r="AD8" s="67">
         <v>89009.600000000006</v>
       </c>
-      <c r="AD8" s="67">
+      <c r="AE8" s="67">
         <v>153442.74100000001</v>
       </c>
-      <c r="AE8" s="67">
+      <c r="AF8" s="67">
         <v>188500.44399999999</v>
       </c>
-      <c r="AF8" s="67">
+      <c r="AG8" s="67">
         <v>213705.87899999999</v>
       </c>
-      <c r="AG8" s="67">
+      <c r="AH8" s="67">
         <v>85933.32</v>
       </c>
-      <c r="AH8" s="67">
+      <c r="AI8" s="67">
         <v>45918</v>
       </c>
-      <c r="AI8" s="67">
+      <c r="AJ8" s="67">
         <v>202451.4</v>
       </c>
-      <c r="AJ8" s="67">
+      <c r="AK8" s="67">
         <v>173284.98</v>
       </c>
-      <c r="AK8" s="67">
+      <c r="AL8" s="67">
         <v>50555.67</v>
       </c>
-      <c r="AL8" s="67">
+      <c r="AM8" s="67">
         <v>64502.7</v>
       </c>
     </row>
-    <row r="9" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="9" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A9" s="63"/>
       <c r="B9" s="68" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="293" t="s">
         <v>53</v>
       </c>
       <c r="D9" s="69">
+        <v>264479.40700000001</v>
+      </c>
+      <c r="E9" s="69">
         <v>567716</v>
       </c>
-      <c r="E9" s="69">
+      <c r="F9" s="69">
         <v>766624.61100000003</v>
       </c>
-      <c r="F9" s="69">
+      <c r="G9" s="69">
         <v>658796</v>
       </c>
-      <c r="G9" s="69">
+      <c r="H9" s="69">
         <v>615222</v>
       </c>
-      <c r="H9" s="69">
+      <c r="I9" s="69">
         <v>690747</v>
       </c>
-      <c r="I9" s="69">
+      <c r="J9" s="69">
         <v>646287</v>
       </c>
-      <c r="J9" s="69">
+      <c r="K9" s="69">
         <v>712533</v>
       </c>
-      <c r="K9" s="69">
+      <c r="L9" s="69">
         <v>207959.052</v>
       </c>
-      <c r="L9" s="69">
+      <c r="M9" s="69">
         <v>225608.00099999999</v>
       </c>
-      <c r="M9" s="69">
+      <c r="N9" s="69">
         <v>576229.18900000001</v>
       </c>
-      <c r="N9" s="69">
+      <c r="O9" s="69">
         <v>495920</v>
       </c>
-      <c r="O9" s="69">
+      <c r="P9" s="69">
         <v>228079.08918000001</v>
       </c>
-      <c r="P9" s="69">
+      <c r="Q9" s="69">
         <v>180987</v>
       </c>
-      <c r="Q9" s="69">
+      <c r="R9" s="69">
         <v>436912</v>
       </c>
-      <c r="R9" s="69">
+      <c r="S9" s="69">
         <v>375750</v>
       </c>
-      <c r="S9" s="69">
+      <c r="T9" s="69">
         <v>278702.71999999997</v>
       </c>
-      <c r="T9" s="69">
+      <c r="U9" s="69">
         <v>284648.59999999998</v>
       </c>
-      <c r="U9" s="69">
+      <c r="V9" s="69">
         <v>219947</v>
       </c>
-      <c r="V9" s="69">
+      <c r="W9" s="69">
         <v>251123</v>
       </c>
-      <c r="W9" s="69">
+      <c r="X9" s="69">
         <v>72611.8</v>
       </c>
-      <c r="X9" s="69">
+      <c r="Y9" s="69">
         <v>142726.12</v>
       </c>
-      <c r="Y9" s="69">
+      <c r="Z9" s="69">
         <v>158291</v>
       </c>
-      <c r="Z9" s="69">
+      <c r="AA9" s="69">
         <v>83204.248000000007</v>
       </c>
-      <c r="AA9" s="69">
+      <c r="AB9" s="69">
         <v>200003.5</v>
       </c>
-      <c r="AB9" s="69">
+      <c r="AC9" s="69">
         <v>91132.5</v>
       </c>
-      <c r="AC9" s="69">
+      <c r="AD9" s="69">
         <v>73239</v>
       </c>
-      <c r="AD9" s="69">
+      <c r="AE9" s="69">
         <v>65018</v>
       </c>
-      <c r="AE9" s="69">
+      <c r="AF9" s="69">
         <v>101816.7</v>
       </c>
-      <c r="AF9" s="69">
+      <c r="AG9" s="69">
         <v>64353</v>
       </c>
-      <c r="AG9" s="69">
+      <c r="AH9" s="69">
         <v>150554</v>
       </c>
-      <c r="AH9" s="69">
+      <c r="AI9" s="69">
         <v>55747</v>
       </c>
-      <c r="AI9" s="69">
+      <c r="AJ9" s="69">
         <v>66223</v>
       </c>
-      <c r="AJ9" s="69">
+      <c r="AK9" s="69">
         <v>148618</v>
       </c>
-      <c r="AK9" s="69" t="s">
+      <c r="AL9" s="69" t="s">
         <v>54</v>
       </c>
-      <c r="AL9" s="69">
+      <c r="AM9" s="69">
         <v>56406</v>
       </c>
     </row>
-    <row r="10" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="10" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A10" s="63"/>
       <c r="B10" s="66" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="292" t="s">
         <v>56</v>
       </c>
       <c r="D10" s="67">
+        <v>1179132.223</v>
+      </c>
+      <c r="E10" s="67">
         <v>1733913.905</v>
       </c>
-      <c r="E10" s="67">
+      <c r="F10" s="67">
         <v>1960487.6510000001</v>
       </c>
-      <c r="F10" s="67">
+      <c r="G10" s="67">
         <v>2666305</v>
       </c>
-      <c r="G10" s="67">
+      <c r="H10" s="67">
         <v>1060952</v>
       </c>
-      <c r="H10" s="67">
+      <c r="I10" s="67">
         <v>1503046</v>
       </c>
-      <c r="I10" s="67">
+      <c r="J10" s="67">
         <v>1676918.567</v>
       </c>
-      <c r="J10" s="67">
+      <c r="K10" s="67">
         <v>1499854.8459999999</v>
       </c>
-      <c r="K10" s="67">
+      <c r="L10" s="67">
         <v>856606.65300000005</v>
       </c>
-      <c r="L10" s="67">
+      <c r="M10" s="67">
         <v>805577.10609999998</v>
       </c>
-      <c r="M10" s="67">
+      <c r="N10" s="67">
         <v>1137966.2764999999</v>
       </c>
-      <c r="N10" s="67">
+      <c r="O10" s="67">
         <v>1419980.923</v>
       </c>
-      <c r="O10" s="67">
+      <c r="P10" s="67">
         <v>556159.09318000008</v>
       </c>
-      <c r="P10" s="67">
+      <c r="Q10" s="67">
         <v>876846.34299999999</v>
       </c>
-      <c r="Q10" s="67">
+      <c r="R10" s="67">
         <v>1056318</v>
       </c>
-      <c r="R10" s="67">
+      <c r="S10" s="67">
         <v>781150</v>
       </c>
-      <c r="S10" s="67">
+      <c r="T10" s="67">
         <v>719679.33370680723</v>
       </c>
-      <c r="T10" s="67">
+      <c r="U10" s="67">
         <v>633172.70360000001</v>
       </c>
-      <c r="U10" s="67">
+      <c r="V10" s="67">
         <v>650171.56799999997</v>
       </c>
-      <c r="V10" s="67">
+      <c r="W10" s="67">
         <v>472469.28899999999</v>
       </c>
-      <c r="W10" s="67">
+      <c r="X10" s="67">
         <v>625442.978</v>
       </c>
-      <c r="X10" s="67">
+      <c r="Y10" s="67">
         <v>367288.62</v>
       </c>
-      <c r="Y10" s="67">
+      <c r="Z10" s="67">
         <v>311528.13500000001</v>
       </c>
-      <c r="Z10" s="67">
+      <c r="AA10" s="67">
         <v>72471.069000000003</v>
       </c>
-      <c r="AA10" s="67">
+      <c r="AB10" s="67">
         <v>279123.56599999999</v>
       </c>
-      <c r="AB10" s="67">
+      <c r="AC10" s="67">
         <v>343138.11200000002</v>
       </c>
-      <c r="AC10" s="67">
+      <c r="AD10" s="67">
         <v>162248.6</v>
       </c>
-      <c r="AD10" s="67">
+      <c r="AE10" s="67">
         <v>185951.74100000001</v>
       </c>
-      <c r="AE10" s="67">
+      <c r="AF10" s="67">
         <v>214950.14499999999</v>
       </c>
-      <c r="AF10" s="67">
+      <c r="AG10" s="67">
         <v>235018.736</v>
       </c>
-      <c r="AG10" s="67">
+      <c r="AH10" s="67">
         <v>152469.696</v>
       </c>
-      <c r="AH10" s="67">
+      <c r="AI10" s="67">
         <v>78706</v>
       </c>
-      <c r="AI10" s="67">
+      <c r="AJ10" s="67">
         <v>212603.9</v>
       </c>
-      <c r="AJ10" s="67">
+      <c r="AK10" s="67">
         <v>249676.98</v>
       </c>
-      <c r="AK10" s="67">
+      <c r="AL10" s="67">
         <v>50555.67</v>
       </c>
-      <c r="AL10" s="67">
+      <c r="AM10" s="67">
         <v>92705.7</v>
       </c>
     </row>
-    <row r="11" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="11" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A11" s="63"/>
       <c r="B11" s="68"/>
       <c r="C11" s="293"/>
-      <c r="D11" s="286"/>
+      <c r="D11" s="340"/>
       <c r="E11" s="286"/>
-      <c r="F11" s="70"/>
+      <c r="F11" s="286"/>
       <c r="G11" s="70"/>
       <c r="H11" s="70"/>
       <c r="I11" s="70"/>
       <c r="J11" s="70"/>
       <c r="K11" s="70"/>
       <c r="L11" s="70"/>
       <c r="M11" s="70"/>
       <c r="N11" s="70"/>
       <c r="O11" s="70"/>
       <c r="P11" s="70"/>
       <c r="Q11" s="70"/>
       <c r="R11" s="70"/>
       <c r="S11" s="70"/>
       <c r="T11" s="70"/>
       <c r="U11" s="70"/>
       <c r="V11" s="70"/>
       <c r="W11" s="70"/>
       <c r="X11" s="70"/>
       <c r="Y11" s="70"/>
       <c r="Z11" s="70"/>
       <c r="AA11" s="70"/>
       <c r="AB11" s="70"/>
       <c r="AC11" s="70"/>
       <c r="AD11" s="70"/>
       <c r="AE11" s="70"/>
       <c r="AF11" s="70"/>
       <c r="AG11" s="70"/>
       <c r="AH11" s="70"/>
       <c r="AI11" s="70"/>
       <c r="AJ11" s="70"/>
       <c r="AK11" s="70"/>
       <c r="AL11" s="70"/>
+      <c r="AM11" s="70"/>
     </row>
-    <row r="12" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="12" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A12" s="63"/>
       <c r="B12" s="66" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="292" t="s">
         <v>58</v>
       </c>
       <c r="D12" s="67">
+        <v>3833</v>
+      </c>
+      <c r="E12" s="67">
         <v>6813</v>
       </c>
-      <c r="E12" s="67">
+      <c r="F12" s="67">
         <v>6588</v>
       </c>
-      <c r="F12" s="67">
+      <c r="G12" s="67">
         <v>9132</v>
       </c>
-      <c r="G12" s="67">
+      <c r="H12" s="67">
         <v>4061</v>
       </c>
-      <c r="H12" s="67">
+      <c r="I12" s="67">
         <v>5157</v>
       </c>
-      <c r="I12" s="67">
+      <c r="J12" s="67">
         <v>5588</v>
       </c>
-      <c r="J12" s="67">
+      <c r="K12" s="67">
         <v>5959</v>
       </c>
-      <c r="K12" s="67">
+      <c r="L12" s="67">
         <v>3123</v>
       </c>
-      <c r="L12" s="67">
+      <c r="M12" s="67">
         <v>3658</v>
       </c>
-      <c r="M12" s="67">
+      <c r="N12" s="67">
         <v>3799</v>
       </c>
-      <c r="N12" s="67">
+      <c r="O12" s="67">
         <v>5095</v>
       </c>
-      <c r="O12" s="67">
+      <c r="P12" s="67">
         <v>2147</v>
       </c>
-      <c r="P12" s="67">
+      <c r="Q12" s="67">
         <v>3650</v>
       </c>
-      <c r="Q12" s="67">
+      <c r="R12" s="67">
         <v>3548</v>
       </c>
-      <c r="R12" s="67">
+      <c r="S12" s="67">
         <v>3240</v>
       </c>
-      <c r="S12" s="67">
+      <c r="T12" s="67">
         <v>3275</v>
       </c>
-      <c r="T12" s="67">
+      <c r="U12" s="67">
         <v>3163</v>
       </c>
-      <c r="U12" s="67">
+      <c r="V12" s="67">
         <v>3244</v>
       </c>
-      <c r="V12" s="67">
+      <c r="W12" s="67">
         <v>2957</v>
       </c>
-      <c r="W12" s="67">
+      <c r="X12" s="67">
         <v>3439</v>
       </c>
-      <c r="X12" s="67">
+      <c r="Y12" s="67">
         <v>2061</v>
       </c>
-      <c r="Y12" s="67">
+      <c r="Z12" s="67">
         <v>1830</v>
       </c>
-      <c r="Z12" s="67">
+      <c r="AA12" s="67">
         <v>903</v>
       </c>
-      <c r="AA12" s="67">
+      <c r="AB12" s="67">
         <v>1952</v>
       </c>
-      <c r="AB12" s="67">
+      <c r="AC12" s="67">
         <v>2055</v>
       </c>
-      <c r="AC12" s="67">
+      <c r="AD12" s="67">
         <v>900</v>
       </c>
-      <c r="AD12" s="67">
+      <c r="AE12" s="67">
         <v>1173</v>
       </c>
-      <c r="AE12" s="67">
+      <c r="AF12" s="67">
         <v>1396</v>
       </c>
-      <c r="AF12" s="67">
+      <c r="AG12" s="67">
         <v>1476</v>
       </c>
-      <c r="AG12" s="67">
+      <c r="AH12" s="67">
         <v>1170</v>
       </c>
-      <c r="AH12" s="67">
+      <c r="AI12" s="67">
         <v>536</v>
       </c>
-      <c r="AI12" s="67">
+      <c r="AJ12" s="67">
         <v>1570</v>
       </c>
-      <c r="AJ12" s="67">
+      <c r="AK12" s="67">
         <v>1734</v>
       </c>
-      <c r="AK12" s="67">
+      <c r="AL12" s="67">
         <v>300</v>
       </c>
-      <c r="AL12" s="67">
+      <c r="AM12" s="67">
         <v>680</v>
       </c>
     </row>
-    <row r="13" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="13" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A13" s="63"/>
       <c r="B13" s="68" t="s">
         <v>59</v>
       </c>
       <c r="C13" s="293" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="71">
+        <v>336.42416462301071</v>
+      </c>
+      <c r="E13" s="71">
         <v>291.55697079113457</v>
       </c>
-      <c r="E13" s="71">
+      <c r="F13" s="71">
         <v>337.77862947783848</v>
       </c>
-      <c r="F13" s="71">
+      <c r="G13" s="71">
         <v>305</v>
       </c>
-      <c r="G13" s="71">
+      <c r="H13" s="71">
         <v>344.7</v>
       </c>
-      <c r="H13" s="71">
+      <c r="I13" s="71">
         <v>302.60000000000002</v>
       </c>
-      <c r="I13" s="71">
+      <c r="J13" s="71">
         <v>310.4307346098783</v>
       </c>
-      <c r="J13" s="71">
+      <c r="K13" s="71">
         <v>316.21715220674611</v>
       </c>
-      <c r="K13" s="71">
+      <c r="L13" s="71">
         <v>274.28967435158501</v>
       </c>
-      <c r="L13" s="71">
+      <c r="M13" s="71">
         <v>257.4404341170038</v>
       </c>
-      <c r="M13" s="71">
+      <c r="N13" s="71">
         <v>321.81236667544096</v>
       </c>
-      <c r="N13" s="71">
+      <c r="O13" s="71">
         <v>278.70086810598627</v>
       </c>
-      <c r="O13" s="71">
+      <c r="P13" s="71">
         <v>259.04009929203539</v>
       </c>
-      <c r="P13" s="71">
+      <c r="Q13" s="71">
         <v>251.82091589041096</v>
       </c>
-      <c r="Q13" s="71">
+      <c r="R13" s="71">
         <v>297.72209695603158</v>
       </c>
-      <c r="R13" s="71">
+      <c r="S13" s="71">
         <v>241.09567901234567</v>
       </c>
-      <c r="S13" s="71">
+      <c r="T13" s="71">
         <v>240.64159845989681</v>
       </c>
-      <c r="T13" s="71">
+      <c r="U13" s="71">
         <v>227.70273411318368</v>
       </c>
-      <c r="U13" s="71">
+      <c r="V13" s="71">
         <v>211.5</v>
       </c>
-      <c r="V13" s="71">
+      <c r="W13" s="71">
         <v>199.693893134934</v>
       </c>
-      <c r="W13" s="71">
+      <c r="X13" s="71">
         <v>196.206396045362</v>
       </c>
-      <c r="X13" s="71">
+      <c r="Y13" s="71">
         <v>192.58132945172201</v>
       </c>
-      <c r="Y13" s="71">
+      <c r="Z13" s="71">
         <v>170.233953646374</v>
       </c>
-      <c r="Z13" s="71">
+      <c r="AA13" s="71">
         <v>174.51522480620201</v>
       </c>
-      <c r="AA13" s="71">
+      <c r="AB13" s="71">
         <v>194.22403483606601</v>
       </c>
-      <c r="AB13" s="71">
+      <c r="AC13" s="71">
         <v>189.150541119221</v>
       </c>
-      <c r="AC13" s="71">
+      <c r="AD13" s="71">
         <v>180.276222222222</v>
       </c>
-      <c r="AD13" s="71">
+      <c r="AE13" s="71">
         <v>186.24104092071599</v>
       </c>
-      <c r="AE13" s="71">
+      <c r="AF13" s="71">
         <v>207.963570200573</v>
       </c>
-      <c r="AF13" s="71">
+      <c r="AG13" s="71">
         <v>188.386774390244</v>
       </c>
-      <c r="AG13" s="71">
+      <c r="AH13" s="71">
         <v>202.12591452991501</v>
       </c>
-      <c r="AH13" s="71">
+      <c r="AI13" s="71">
         <v>189.67350746268701</v>
       </c>
-      <c r="AI13" s="71">
+      <c r="AJ13" s="71">
         <v>171.13019108280301</v>
       </c>
-      <c r="AJ13" s="71">
+      <c r="AK13" s="71">
         <v>185.641856978085</v>
       </c>
-      <c r="AK13" s="71">
+      <c r="AL13" s="71">
         <v>168.5189</v>
       </c>
-      <c r="AL13" s="71">
+      <c r="AM13" s="71">
         <v>177.806911764706</v>
       </c>
     </row>
-    <row r="14" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="14" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A14" s="63"/>
       <c r="B14" s="68" t="s">
         <v>61</v>
       </c>
       <c r="C14" s="293" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="69">
+        <v>257902.76460000002</v>
+      </c>
+      <c r="E14" s="69">
         <v>220708.62688888889</v>
       </c>
-      <c r="E14" s="69">
+      <c r="F14" s="69">
         <v>247253.95677777778</v>
       </c>
-      <c r="F14" s="69">
+      <c r="G14" s="69">
         <v>198822</v>
       </c>
-      <c r="G14" s="69">
+      <c r="H14" s="69">
         <v>199976.71428571429</v>
       </c>
-      <c r="H14" s="69">
+      <c r="I14" s="69">
         <v>173410.77777777778</v>
       </c>
-      <c r="I14" s="69">
+      <c r="J14" s="69">
         <v>216835.86812500001</v>
       </c>
-      <c r="J14" s="69">
+      <c r="K14" s="69">
         <v>188433.80100000001</v>
       </c>
-      <c r="K14" s="69">
+      <c r="L14" s="69">
         <v>142767.77550000002</v>
       </c>
-      <c r="L14" s="69">
+      <c r="M14" s="69">
         <v>134531.01542857144</v>
       </c>
-      <c r="M14" s="69">
+      <c r="N14" s="69">
         <v>152820.64762500001</v>
       </c>
-      <c r="N14" s="69">
+      <c r="O14" s="69">
         <v>177497.61537499999</v>
       </c>
-      <c r="O14" s="69">
+      <c r="P14" s="69">
         <v>111231.818636</v>
       </c>
-      <c r="P14" s="69">
+      <c r="Q14" s="69">
         <v>153191.05716666667</v>
       </c>
-      <c r="Q14" s="69">
+      <c r="R14" s="69">
         <v>150902.57142857142</v>
       </c>
-      <c r="R14" s="69">
+      <c r="S14" s="69">
         <v>156230</v>
       </c>
-      <c r="S14" s="69">
+      <c r="T14" s="69">
         <v>112585.89070802314</v>
       </c>
-      <c r="T14" s="69">
+      <c r="U14" s="69">
         <v>120037.29133333334</v>
       </c>
-      <c r="U14" s="69">
+      <c r="V14" s="69">
         <v>98027</v>
       </c>
-      <c r="V14" s="69">
+      <c r="W14" s="69">
         <v>98415.807000000001</v>
       </c>
-      <c r="W14" s="69">
+      <c r="X14" s="69">
         <v>112458.966</v>
       </c>
-      <c r="X14" s="69">
+      <c r="Y14" s="69">
         <v>79382.024000000005</v>
       </c>
-      <c r="Y14" s="69">
+      <c r="Z14" s="69">
         <v>77882.033793216004</v>
       </c>
-      <c r="Z14" s="69">
+      <c r="AA14" s="69">
         <v>78793.623999999996</v>
       </c>
-      <c r="AA14" s="69">
+      <c r="AB14" s="69">
         <v>75825.063200000004</v>
       </c>
-      <c r="AB14" s="69">
+      <c r="AC14" s="69">
         <v>77740.872400000007</v>
       </c>
-      <c r="AC14" s="69">
+      <c r="AD14" s="69">
         <v>81124.3</v>
       </c>
-      <c r="AD14" s="69">
+      <c r="AE14" s="69">
         <v>72820.247000000003</v>
       </c>
-      <c r="AE14" s="69">
+      <c r="AF14" s="69">
         <v>72579.285999999993</v>
       </c>
-      <c r="AF14" s="69">
+      <c r="AG14" s="69">
         <v>69514.719750000004</v>
       </c>
-      <c r="AG14" s="69">
+      <c r="AH14" s="69">
         <v>59121.83</v>
       </c>
-      <c r="AH14" s="69">
+      <c r="AI14" s="69">
         <v>50832.5</v>
       </c>
-      <c r="AI14" s="69">
+      <c r="AJ14" s="69">
         <v>53734.879999999997</v>
       </c>
-      <c r="AJ14" s="69">
+      <c r="AK14" s="69">
         <v>64380.595999999998</v>
       </c>
-      <c r="AK14" s="69">
+      <c r="AL14" s="69">
         <v>50555.67</v>
       </c>
-      <c r="AL14" s="69">
+      <c r="AM14" s="69">
         <v>60454.35</v>
       </c>
     </row>
-    <row r="15" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="15" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A15" s="63"/>
       <c r="B15" s="66" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="292" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="67">
+        <v>766.6</v>
+      </c>
+      <c r="E15" s="67">
         <v>757</v>
       </c>
-      <c r="E15" s="67">
+      <c r="F15" s="67">
         <v>732</v>
       </c>
-      <c r="F15" s="67">
+      <c r="G15" s="67">
         <v>652</v>
       </c>
-      <c r="G15" s="67">
+      <c r="H15" s="67">
         <v>580.14285714285711</v>
       </c>
-      <c r="H15" s="67">
+      <c r="I15" s="67">
         <v>573</v>
       </c>
-      <c r="I15" s="67">
+      <c r="J15" s="67">
         <v>698.5</v>
       </c>
-      <c r="J15" s="67">
+      <c r="K15" s="67">
         <v>595.9</v>
       </c>
-      <c r="K15" s="67">
+      <c r="L15" s="67">
         <v>520.5</v>
       </c>
-      <c r="L15" s="67">
+      <c r="M15" s="67">
         <v>522.57142857142856</v>
       </c>
-      <c r="M15" s="67">
+      <c r="N15" s="67">
         <v>474.875</v>
       </c>
-      <c r="N15" s="67">
+      <c r="O15" s="67">
         <v>636.875</v>
       </c>
-      <c r="O15" s="67">
+      <c r="P15" s="67">
         <v>429.4</v>
       </c>
-      <c r="P15" s="67">
+      <c r="Q15" s="67">
         <v>608.33333333333337</v>
       </c>
-      <c r="Q15" s="67">
+      <c r="R15" s="67">
         <v>506.85714285714283</v>
       </c>
-      <c r="R15" s="67">
+      <c r="S15" s="67">
         <v>648</v>
       </c>
-      <c r="S15" s="67">
+      <c r="T15" s="67">
         <v>467.85714285714283</v>
       </c>
-      <c r="T15" s="67">
+      <c r="U15" s="67">
         <v>527.16666666666663</v>
       </c>
-      <c r="U15" s="67">
+      <c r="V15" s="67">
         <v>463</v>
       </c>
-      <c r="V15" s="67">
+      <c r="W15" s="67">
         <v>492.83333333333331</v>
       </c>
-      <c r="W15" s="67">
+      <c r="X15" s="67">
         <v>573.16666666666663</v>
       </c>
-      <c r="X15" s="67">
+      <c r="Y15" s="67">
         <v>412.2</v>
       </c>
-      <c r="Y15" s="67">
+      <c r="Z15" s="67">
         <v>457.5</v>
       </c>
-      <c r="Z15" s="67">
+      <c r="AA15" s="67">
         <v>451.5</v>
       </c>
-      <c r="AA15" s="67">
+      <c r="AB15" s="67">
         <v>390.4</v>
       </c>
-      <c r="AB15" s="67">
+      <c r="AC15" s="67">
         <v>411</v>
       </c>
-      <c r="AC15" s="67">
+      <c r="AD15" s="67">
         <v>450</v>
       </c>
-      <c r="AD15" s="67">
+      <c r="AE15" s="67">
         <v>391</v>
       </c>
-      <c r="AE15" s="67">
+      <c r="AF15" s="67">
         <v>349</v>
       </c>
-      <c r="AF15" s="67">
+      <c r="AG15" s="67">
         <v>369</v>
       </c>
-      <c r="AG15" s="67">
+      <c r="AH15" s="67">
         <v>292.5</v>
       </c>
-      <c r="AH15" s="67">
+      <c r="AI15" s="67">
         <v>268</v>
       </c>
-      <c r="AI15" s="67">
+      <c r="AJ15" s="67">
         <v>314</v>
       </c>
-      <c r="AJ15" s="67">
+      <c r="AK15" s="67">
         <v>346.8</v>
       </c>
-      <c r="AK15" s="67">
+      <c r="AL15" s="67">
         <v>300</v>
       </c>
-      <c r="AL15" s="67">
+      <c r="AM15" s="67">
         <v>340</v>
       </c>
     </row>
-    <row r="16" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="16" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A16" s="63"/>
       <c r="B16" s="72"/>
       <c r="C16" s="295"/>
       <c r="D16" s="285"/>
       <c r="E16" s="285"/>
-      <c r="F16" s="283"/>
+      <c r="F16" s="285"/>
       <c r="G16" s="283"/>
-      <c r="H16" s="252"/>
+      <c r="H16" s="283"/>
       <c r="I16" s="252"/>
-      <c r="J16" s="73"/>
+      <c r="J16" s="252"/>
       <c r="K16" s="73"/>
       <c r="L16" s="73"/>
       <c r="M16" s="73"/>
+      <c r="N16" s="73"/>
     </row>
-    <row r="17" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="17" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A17" s="63"/>
       <c r="B17" s="64" t="s">
         <v>64</v>
       </c>
       <c r="C17" s="291" t="s">
         <v>65</v>
       </c>
-      <c r="D17" s="267"/>
+      <c r="D17" s="341"/>
       <c r="E17" s="267"/>
       <c r="F17" s="267"/>
       <c r="G17" s="267"/>
-      <c r="M17" s="184"/>
+      <c r="H17" s="267"/>
+      <c r="N17" s="184"/>
     </row>
-    <row r="18" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="18" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A18" s="63"/>
       <c r="B18" s="31" t="s">
         <v>66</v>
       </c>
       <c r="C18" s="290" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="E18" s="31" t="s">
         <v>11</v>
       </c>
-      <c r="E18" s="31" t="s">
+      <c r="F18" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="F18" s="31" t="s">
+      <c r="G18" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="G18" s="31" t="s">
+      <c r="H18" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="H18" s="31" t="s">
+      <c r="I18" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="I18" s="31" t="s">
+      <c r="J18" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="J18" s="31" t="s">
+      <c r="K18" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="K18" s="31" t="s">
+      <c r="L18" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="L18" s="31" t="s">
+      <c r="M18" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="M18" s="31" t="s">
+      <c r="N18" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="N18" s="31" t="s">
+      <c r="O18" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="O18" s="31" t="s">
+      <c r="P18" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="P18" s="31" t="s">
+      <c r="Q18" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="Q18" s="31" t="s">
+      <c r="R18" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="R18" s="31" t="s">
+      <c r="S18" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="S18" s="31" t="s">
+      <c r="T18" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="T18" s="31" t="s">
+      <c r="U18" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="U18" s="31" t="s">
+      <c r="V18" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="V18" s="31" t="s">
+      <c r="W18" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="W18" s="31" t="s">
+      <c r="X18" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="X18" s="31" t="s">
+      <c r="Y18" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="Y18" s="31" t="s">
+      <c r="Z18" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="Z18" s="31" t="s">
+      <c r="AA18" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="AA18" s="31" t="s">
+      <c r="AB18" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="AB18" s="31" t="s">
+      <c r="AC18" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="AC18" s="31" t="s">
+      <c r="AD18" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="AD18" s="31" t="s">
+      <c r="AE18" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="AE18" s="31" t="s">
+      <c r="AF18" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="AF18" s="31" t="s">
+      <c r="AG18" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="AG18" s="31" t="s">
+      <c r="AH18" s="31" t="s">
         <v>40</v>
       </c>
-      <c r="AH18" s="31" t="s">
+      <c r="AI18" s="31" t="s">
         <v>41</v>
       </c>
-      <c r="AI18" s="31" t="s">
+      <c r="AJ18" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="AJ18" s="31" t="s">
+      <c r="AK18" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="AK18" s="31" t="s">
+      <c r="AL18" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="AL18" s="31" t="s">
+      <c r="AM18" s="31" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="19" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="19" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A19" s="63"/>
       <c r="B19" s="66" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="292" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="67">
+        <v>1714072.8871500005</v>
+      </c>
+      <c r="E19" s="67">
         <v>2051878.1910000001</v>
       </c>
-      <c r="E19" s="67">
+      <c r="F19" s="67">
         <v>2498004.8380200006</v>
       </c>
-      <c r="F19" s="67">
+      <c r="G19" s="67">
         <v>2225417.1244900003</v>
       </c>
-      <c r="G19" s="67">
+      <c r="H19" s="67">
         <v>1531003</v>
       </c>
-      <c r="H19" s="67">
+      <c r="I19" s="67">
         <v>1590241.6539399999</v>
       </c>
-      <c r="I19" s="67">
+      <c r="J19" s="67">
         <v>1926220.4991100002</v>
       </c>
-      <c r="J19" s="67">
+      <c r="K19" s="67">
         <v>1679488.9158600001</v>
       </c>
-      <c r="K19" s="67">
+      <c r="L19" s="67">
         <v>1025134.116</v>
       </c>
-      <c r="L19" s="67">
+      <c r="M19" s="67">
         <v>1154323.1133500002</v>
       </c>
-      <c r="M19" s="67">
+      <c r="N19" s="67">
         <v>1342268.679</v>
       </c>
-      <c r="N19" s="67">
+      <c r="O19" s="67">
         <v>1164037.0182399997</v>
       </c>
-      <c r="O19" s="67">
+      <c r="P19" s="67">
         <v>835511.11939999997</v>
       </c>
-      <c r="P19" s="67">
+      <c r="Q19" s="67">
         <v>967263.29715999984</v>
       </c>
-      <c r="Q19" s="67">
+      <c r="R19" s="67">
         <v>987420.73505999998</v>
       </c>
-      <c r="R19" s="67">
+      <c r="S19" s="67">
         <v>812740.16347000003</v>
       </c>
-      <c r="S19" s="67">
+      <c r="T19" s="67">
         <v>671693.77855999989</v>
       </c>
-      <c r="T19" s="67">
+      <c r="U19" s="67">
         <v>748701.79200000002</v>
       </c>
-      <c r="U19" s="67">
+      <c r="V19" s="67">
         <v>736468.3912500001</v>
       </c>
-      <c r="V19" s="67">
+      <c r="W19" s="67">
         <v>633518.59499999997</v>
       </c>
-      <c r="W19" s="67">
+      <c r="X19" s="67">
         <v>448160.527</v>
       </c>
-      <c r="X19" s="67">
+      <c r="Y19" s="67">
         <v>467432.94300000003</v>
       </c>
-      <c r="Y19" s="67">
+      <c r="Z19" s="67">
         <v>333769.84600000002</v>
       </c>
-      <c r="Z19" s="67">
+      <c r="AA19" s="67">
         <v>279330.05200000003</v>
       </c>
-      <c r="AA19" s="67">
+      <c r="AB19" s="67">
         <v>371672.576</v>
       </c>
-      <c r="AB19" s="67">
+      <c r="AC19" s="67">
         <v>302089.08799999999</v>
       </c>
-      <c r="AC19" s="67">
+      <c r="AD19" s="67">
         <v>255847.77100000001</v>
       </c>
-      <c r="AD19" s="67">
+      <c r="AE19" s="67">
         <v>222356.06400000001</v>
       </c>
-      <c r="AE19" s="67">
+      <c r="AF19" s="67">
         <v>366646.50575000001</v>
       </c>
-      <c r="AF19" s="67">
+      <c r="AG19" s="67">
         <v>255992.00643000001</v>
       </c>
-      <c r="AG19" s="67">
+      <c r="AH19" s="67">
         <v>266965.58052000002</v>
       </c>
-      <c r="AH19" s="67">
+      <c r="AI19" s="67">
         <v>176754.40695</v>
       </c>
-      <c r="AI19" s="67">
+      <c r="AJ19" s="67">
         <v>366491.33208000002</v>
       </c>
-      <c r="AJ19" s="67">
+      <c r="AK19" s="67">
         <v>233389.35931</v>
       </c>
-      <c r="AK19" s="67">
+      <c r="AL19" s="67">
         <v>166230.38751999999</v>
       </c>
-      <c r="AL19" s="67">
+      <c r="AM19" s="67">
         <v>152992.77105000001</v>
       </c>
     </row>
-    <row r="20" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="20" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A20" s="63"/>
       <c r="B20" s="68" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="293" t="s">
         <v>69</v>
       </c>
       <c r="D20" s="69">
+        <v>5445</v>
+      </c>
+      <c r="E20" s="69">
         <v>6847</v>
       </c>
-      <c r="E20" s="69">
+      <c r="F20" s="69">
         <v>8067</v>
       </c>
-      <c r="F20" s="69">
+      <c r="G20" s="69">
         <v>7173</v>
       </c>
-      <c r="G20" s="69">
+      <c r="H20" s="69">
         <v>4819</v>
       </c>
-      <c r="H20" s="69">
+      <c r="I20" s="69">
         <v>5191</v>
       </c>
-      <c r="I20" s="69">
+      <c r="J20" s="69">
         <v>6389</v>
       </c>
-      <c r="J20" s="69">
+      <c r="K20" s="69">
         <v>5747</v>
       </c>
-      <c r="K20" s="69">
+      <c r="L20" s="69">
         <v>3627</v>
       </c>
-      <c r="L20" s="69">
+      <c r="M20" s="69">
         <v>4146</v>
       </c>
-      <c r="M20" s="69">
+      <c r="N20" s="69">
         <v>4823</v>
       </c>
-      <c r="N20" s="69">
+      <c r="O20" s="69">
         <v>4357</v>
       </c>
-      <c r="O20" s="69">
+      <c r="P20" s="69">
         <v>3405</v>
       </c>
-      <c r="P20" s="69">
+      <c r="Q20" s="69">
         <v>3798</v>
       </c>
-      <c r="Q20" s="69">
+      <c r="R20" s="69">
         <v>4142</v>
       </c>
-      <c r="R20" s="69">
+      <c r="S20" s="69">
         <v>3530</v>
       </c>
-      <c r="S20" s="69">
+      <c r="T20" s="69">
         <v>2941</v>
       </c>
-      <c r="T20" s="69">
+      <c r="U20" s="69">
         <v>3409</v>
       </c>
-      <c r="U20" s="69">
+      <c r="V20" s="69">
         <v>3533</v>
       </c>
-      <c r="V20" s="69">
+      <c r="W20" s="69">
         <v>3096</v>
       </c>
-      <c r="W20" s="69">
+      <c r="X20" s="69">
         <v>2296</v>
       </c>
-      <c r="X20" s="69">
+      <c r="Y20" s="69">
         <v>2428</v>
       </c>
-      <c r="Y20" s="69">
+      <c r="Z20" s="69">
         <v>1830</v>
       </c>
-      <c r="Z20" s="69">
+      <c r="AA20" s="69">
         <v>1478</v>
       </c>
-      <c r="AA20" s="69">
+      <c r="AB20" s="69">
         <v>1911</v>
       </c>
-      <c r="AB20" s="74">
+      <c r="AC20" s="74">
         <v>1611</v>
       </c>
-      <c r="AC20" s="74">
+      <c r="AD20" s="74">
         <v>1328</v>
       </c>
-      <c r="AD20" s="74">
+      <c r="AE20" s="74">
         <v>1128</v>
       </c>
-      <c r="AE20" s="74">
+      <c r="AF20" s="74">
         <v>1807</v>
       </c>
-      <c r="AF20" s="74">
+      <c r="AG20" s="74">
         <v>1347</v>
       </c>
-      <c r="AG20" s="74">
+      <c r="AH20" s="74">
         <v>1344</v>
       </c>
-      <c r="AH20" s="74">
+      <c r="AI20" s="74">
         <v>895</v>
       </c>
-      <c r="AI20" s="74">
+      <c r="AJ20" s="74">
         <v>1957</v>
       </c>
-      <c r="AJ20" s="74">
+      <c r="AK20" s="74">
         <v>1233</v>
       </c>
-      <c r="AK20" s="74">
+      <c r="AL20" s="74">
         <v>843</v>
       </c>
-      <c r="AL20" s="74">
+      <c r="AM20" s="74">
         <v>804</v>
       </c>
     </row>
-    <row r="21" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="21" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A21" s="63"/>
       <c r="B21" s="66" t="s">
         <v>59</v>
       </c>
       <c r="C21" s="292" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="67">
+        <v>314797.59176308551</v>
+      </c>
+      <c r="E21" s="67">
         <v>299675.50620709802</v>
       </c>
-      <c r="E21" s="67">
+      <c r="F21" s="67">
         <v>309657</v>
       </c>
-      <c r="F21" s="67">
+      <c r="G21" s="67">
         <v>310249.14</v>
       </c>
-      <c r="G21" s="67">
+      <c r="H21" s="67">
         <v>317701.39032994397</v>
       </c>
-      <c r="H21" s="67">
+      <c r="I21" s="67">
         <v>306345.91676748201</v>
       </c>
-      <c r="I21" s="67">
+      <c r="J21" s="67">
         <v>301490.13916262297</v>
       </c>
-      <c r="J21" s="67">
+      <c r="K21" s="67">
         <v>292237.500584653</v>
       </c>
-      <c r="K21" s="67">
+      <c r="L21" s="67">
         <v>282639.67896333057</v>
       </c>
-      <c r="L21" s="67">
+      <c r="M21" s="67">
         <v>278418.50297877478</v>
       </c>
-      <c r="M21" s="67">
+      <c r="N21" s="67">
         <v>278305.75969313708</v>
       </c>
-      <c r="N21" s="67">
+      <c r="O21" s="67">
         <v>267164.7964746384</v>
       </c>
-      <c r="O21" s="67">
+      <c r="P21" s="67">
         <v>245377.71494860499</v>
       </c>
-      <c r="P21" s="67">
+      <c r="Q21" s="67">
         <v>254677.01347024745</v>
       </c>
-      <c r="Q21" s="67">
+      <c r="R21" s="67">
         <v>238392.258585225</v>
       </c>
-      <c r="R21" s="67">
+      <c r="S21" s="67">
         <v>230238.00664872499</v>
       </c>
-      <c r="S21" s="67">
+      <c r="T21" s="67">
         <v>228389.58808568501</v>
       </c>
-      <c r="T21" s="67">
+      <c r="U21" s="67">
         <v>219625.04923144614</v>
       </c>
-      <c r="U21" s="67">
+      <c r="V21" s="67">
         <v>208500</v>
       </c>
-      <c r="V21" s="67">
+      <c r="W21" s="67">
         <v>204624.86919250651</v>
       </c>
-      <c r="W21" s="67">
+      <c r="X21" s="67">
         <v>195191.86733013936</v>
       </c>
-      <c r="X21" s="67">
+      <c r="Y21" s="67">
         <v>192517.68682866555</v>
       </c>
-      <c r="Y21" s="67">
+      <c r="Z21" s="67">
         <v>182387.89410382515</v>
       </c>
-      <c r="Z21" s="67">
+      <c r="AA21" s="67">
         <v>188991.91612313935</v>
       </c>
-      <c r="AA21" s="67">
+      <c r="AB21" s="67">
         <v>194491.14397697544</v>
       </c>
-      <c r="AB21" s="75">
+      <c r="AC21" s="75">
         <v>187516.50407821225</v>
       </c>
-      <c r="AC21" s="75">
+      <c r="AD21" s="75">
         <v>192656.45441265055</v>
       </c>
-      <c r="AD21" s="75">
+      <c r="AE21" s="75">
         <v>197124.17099290778</v>
       </c>
-      <c r="AE21" s="75">
+      <c r="AF21" s="75">
         <v>202903.43428334256</v>
       </c>
-      <c r="AF21" s="75">
+      <c r="AG21" s="75">
         <v>190046.03298440977</v>
       </c>
-      <c r="AG21" s="75">
+      <c r="AH21" s="75">
         <v>198635.10455357141</v>
       </c>
-      <c r="AH21" s="75">
+      <c r="AI21" s="75">
         <v>197490.95748603359</v>
       </c>
-      <c r="AI21" s="75">
+      <c r="AJ21" s="75">
         <v>187272.00923863039</v>
       </c>
-      <c r="AJ21" s="75">
+      <c r="AK21" s="75">
         <v>189285.77397404698</v>
       </c>
-      <c r="AK21" s="75">
+      <c r="AL21" s="75">
         <v>197189.07179122185</v>
       </c>
-      <c r="AL21" s="75">
+      <c r="AM21" s="75">
         <v>190289.51623134338</v>
       </c>
     </row>
-    <row r="22" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="22" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A22" s="63"/>
       <c r="B22" s="68" t="s">
         <v>70</v>
       </c>
       <c r="C22" s="293" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="76">
+        <v>0.41599735970952456</v>
+      </c>
+      <c r="E22" s="76">
         <v>0.43379326722409139</v>
       </c>
-      <c r="E22" s="76">
+      <c r="F22" s="76">
         <v>0.50002819474172111</v>
       </c>
-      <c r="F22" s="76">
+      <c r="G22" s="76">
         <v>0.4678721494936377</v>
       </c>
-      <c r="G22" s="76">
+      <c r="H22" s="76">
         <v>0.45507353985883531</v>
       </c>
-      <c r="H22" s="76">
+      <c r="I22" s="76">
         <v>0.46357067732156293</v>
       </c>
-      <c r="I22" s="76">
+      <c r="J22" s="76">
         <v>0.52932194181057768</v>
       </c>
-      <c r="J22" s="76">
+      <c r="K22" s="76">
         <v>0.49840771455560445</v>
       </c>
-      <c r="K22" s="76">
+      <c r="L22" s="76">
         <v>0.41860785196791711</v>
       </c>
-      <c r="L22" s="76">
+      <c r="M22" s="76">
         <v>0.44555246018329897</v>
       </c>
-      <c r="M22" s="76">
+      <c r="N22" s="76">
         <v>0.48308653399105517</v>
       </c>
-      <c r="N22" s="76">
+      <c r="O22" s="76">
         <v>0.45276776059609508</v>
       </c>
-      <c r="O22" s="76">
+      <c r="P22" s="76">
         <v>0.43577826105725831</v>
       </c>
-      <c r="P22" s="76">
+      <c r="Q22" s="76">
         <v>0.42445924851537309</v>
       </c>
-      <c r="Q22" s="76">
+      <c r="R22" s="76">
         <v>0.43966912762814414</v>
       </c>
-      <c r="R22" s="76">
+      <c r="S22" s="76">
         <v>0.43226462746523431</v>
       </c>
-      <c r="S22" s="76">
+      <c r="T22" s="76">
         <v>0.40191486834478002</v>
       </c>
-      <c r="T22" s="76">
+      <c r="U22" s="76">
         <v>0.4751152806847363</v>
       </c>
-      <c r="U22" s="76">
+      <c r="V22" s="76">
         <v>0.48599999999999999</v>
       </c>
-      <c r="V22" s="76">
+      <c r="W22" s="76">
         <v>0.45275917142099015</v>
       </c>
-      <c r="W22" s="76">
+      <c r="X22" s="76">
         <v>0.37463506518482659</v>
       </c>
-      <c r="X22" s="76">
+      <c r="Y22" s="76">
         <v>0.49704671067179834</v>
       </c>
-      <c r="Y22" s="76">
+      <c r="Z22" s="76">
         <v>0.41214318054539129</v>
       </c>
-      <c r="Z22" s="76">
+      <c r="AA22" s="76">
         <v>0.37859956378519144</v>
       </c>
-      <c r="AA22" s="76">
+      <c r="AB22" s="76">
         <v>0.41060942018041302</v>
       </c>
-      <c r="AB22" s="77">
+      <c r="AC22" s="77">
         <v>0.39464239981694016</v>
       </c>
-      <c r="AC22" s="77">
+      <c r="AD22" s="77">
         <v>0.43172324103539983</v>
       </c>
-      <c r="AD22" s="77">
+      <c r="AE22" s="77">
         <v>0.36379959653446992</v>
       </c>
-      <c r="AE22" s="77">
+      <c r="AF22" s="77">
         <v>0.48773190923940646</v>
       </c>
-      <c r="AF22" s="77">
+      <c r="AG22" s="77">
         <v>0.3658088826932317</v>
       </c>
-      <c r="AG22" s="77">
+      <c r="AH22" s="77">
         <v>0.42785906274903485</v>
       </c>
-      <c r="AH22" s="77">
+      <c r="AI22" s="77">
         <v>0.31448155721976534</v>
       </c>
-      <c r="AI22" s="77">
+      <c r="AJ22" s="77">
         <v>0.4732664849359508</v>
       </c>
-      <c r="AJ22" s="77">
+      <c r="AK22" s="77">
         <v>0.35513690073212384</v>
       </c>
-      <c r="AK22" s="77">
+      <c r="AL22" s="77">
         <v>0.36065233417333747</v>
       </c>
-      <c r="AL22" s="77">
+      <c r="AM22" s="77">
         <v>0.29534598247736232</v>
       </c>
     </row>
-    <row r="23" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="23" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A23" s="63"/>
       <c r="B23" s="78" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="296"/>
       <c r="D23" s="79" t="s">
+        <v>441</v>
+      </c>
+      <c r="E23" s="79" t="s">
         <v>11</v>
       </c>
-      <c r="E23" s="79" t="s">
+      <c r="F23" s="79" t="s">
         <v>12</v>
       </c>
-      <c r="F23" s="79" t="s">
+      <c r="G23" s="79" t="s">
         <v>13</v>
       </c>
-      <c r="G23" s="79" t="s">
+      <c r="H23" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="H23" s="79" t="s">
+      <c r="I23" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="I23" s="79" t="s">
+      <c r="J23" s="79" t="s">
         <v>16</v>
       </c>
-      <c r="J23" s="79" t="s">
+      <c r="K23" s="79" t="s">
         <v>17</v>
       </c>
-      <c r="K23" s="79" t="s">
+      <c r="L23" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="L23" s="79" t="s">
+      <c r="M23" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="M23" s="79" t="s">
+      <c r="N23" s="79" t="s">
         <v>20</v>
       </c>
-      <c r="N23" s="79" t="s">
+      <c r="O23" s="79" t="s">
         <v>21</v>
       </c>
-      <c r="O23" s="79" t="s">
+      <c r="P23" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="P23" s="79" t="s">
+      <c r="Q23" s="79" t="s">
         <v>23</v>
       </c>
-      <c r="Q23" s="79" t="s">
+      <c r="R23" s="79" t="s">
         <v>24</v>
       </c>
-      <c r="R23" s="79" t="s">
+      <c r="S23" s="79" t="s">
         <v>25</v>
       </c>
-      <c r="S23" s="80" t="s">
+      <c r="T23" s="80" t="s">
         <v>26</v>
       </c>
-      <c r="T23" s="80" t="s">
+      <c r="U23" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="U23" s="80" t="s">
+      <c r="V23" s="80" t="s">
         <v>28</v>
       </c>
-      <c r="V23" s="80" t="s">
+      <c r="W23" s="80" t="s">
         <v>29</v>
       </c>
-      <c r="W23" s="80" t="s">
+      <c r="X23" s="80" t="s">
         <v>30</v>
       </c>
-      <c r="X23" s="80" t="s">
+      <c r="Y23" s="80" t="s">
         <v>31</v>
       </c>
-      <c r="Y23" s="80" t="s">
+      <c r="Z23" s="80" t="s">
         <v>32</v>
       </c>
-      <c r="Z23" s="80" t="s">
+      <c r="AA23" s="80" t="s">
         <v>33</v>
       </c>
-      <c r="AA23" s="80" t="s">
+      <c r="AB23" s="80" t="s">
         <v>34</v>
       </c>
-      <c r="AB23" s="80" t="s">
+      <c r="AC23" s="80" t="s">
         <v>35</v>
       </c>
-      <c r="AC23" s="80" t="s">
+      <c r="AD23" s="80" t="s">
         <v>36</v>
       </c>
-      <c r="AD23" s="80" t="s">
+      <c r="AE23" s="80" t="s">
         <v>37</v>
       </c>
-      <c r="AE23" s="80" t="s">
+      <c r="AF23" s="80" t="s">
         <v>38</v>
       </c>
-      <c r="AF23" s="80" t="s">
+      <c r="AG23" s="80" t="s">
         <v>39</v>
       </c>
-      <c r="AG23" s="80" t="s">
+      <c r="AH23" s="80" t="s">
         <v>40</v>
       </c>
-      <c r="AH23" s="80" t="s">
+      <c r="AI23" s="80" t="s">
         <v>41</v>
       </c>
-      <c r="AI23" s="80" t="s">
+      <c r="AJ23" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="AJ23" s="80" t="s">
+      <c r="AK23" s="80" t="s">
         <v>43</v>
       </c>
-      <c r="AK23" s="80" t="s">
+      <c r="AL23" s="80" t="s">
         <v>44</v>
       </c>
-      <c r="AL23" s="80" t="s">
+      <c r="AM23" s="80" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="24" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="24" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A24" s="63"/>
       <c r="B24" s="81" t="s">
         <v>66</v>
       </c>
       <c r="C24" s="297" t="s">
         <v>73</v>
       </c>
       <c r="D24" s="69">
+        <v>1714072.8871500005</v>
+      </c>
+      <c r="E24" s="69">
         <v>2051878.1910000001</v>
       </c>
-      <c r="E24" s="69">
+      <c r="F24" s="69">
         <v>2498004.8380200006</v>
       </c>
-      <c r="F24" s="69">
+      <c r="G24" s="69">
         <v>2225417.1244900003</v>
       </c>
-      <c r="G24" s="69">
+      <c r="H24" s="69">
         <v>1531003</v>
       </c>
-      <c r="H24" s="69">
+      <c r="I24" s="69">
         <v>1590241.6539399999</v>
       </c>
-      <c r="I24" s="69">
+      <c r="J24" s="69">
         <v>1926220.4991100002</v>
       </c>
-      <c r="J24" s="69">
+      <c r="K24" s="69">
         <v>1679488.9158600001</v>
       </c>
-      <c r="K24" s="69">
+      <c r="L24" s="69">
         <v>1025134.116</v>
       </c>
-      <c r="L24" s="69">
+      <c r="M24" s="69">
         <v>1154323.1133500002</v>
       </c>
-      <c r="M24" s="69">
+      <c r="N24" s="69">
         <v>1342268.679</v>
       </c>
-      <c r="N24" s="69">
+      <c r="O24" s="69">
         <v>1164037.0182399997</v>
       </c>
-      <c r="O24" s="69">
+      <c r="P24" s="69">
         <v>835511.11939999997</v>
       </c>
-      <c r="P24" s="69">
+      <c r="Q24" s="69">
         <v>967263.29715999984</v>
       </c>
-      <c r="Q24" s="69">
+      <c r="R24" s="69">
         <v>987420.73505999998</v>
       </c>
-      <c r="R24" s="69">
+      <c r="S24" s="69">
         <v>812740.16347000003</v>
       </c>
-      <c r="S24" s="69">
+      <c r="T24" s="69">
         <v>671693.77855999989</v>
       </c>
-      <c r="T24" s="69">
+      <c r="U24" s="69">
         <v>748701.79200000002</v>
       </c>
-      <c r="U24" s="69">
+      <c r="V24" s="69">
         <v>736468.3912500001</v>
       </c>
-      <c r="V24" s="69">
+      <c r="W24" s="69">
         <v>633518.59499999997</v>
       </c>
-      <c r="W24" s="69">
+      <c r="X24" s="69">
         <v>448160.527</v>
       </c>
-      <c r="X24" s="69">
+      <c r="Y24" s="69">
         <v>467432.94300000003</v>
       </c>
-      <c r="Y24" s="69">
+      <c r="Z24" s="69">
         <v>333769.84600000002</v>
       </c>
-      <c r="Z24" s="69">
+      <c r="AA24" s="69">
         <v>279330.05200000003</v>
       </c>
-      <c r="AA24" s="69">
+      <c r="AB24" s="69">
         <v>371672.57614000002</v>
       </c>
-      <c r="AB24" s="69">
+      <c r="AC24" s="69">
         <v>302089.08806999994</v>
       </c>
-      <c r="AC24" s="69">
+      <c r="AD24" s="69">
         <v>255847.77145999996</v>
       </c>
-      <c r="AD24" s="69">
+      <c r="AE24" s="69">
         <v>222356.06487999996</v>
       </c>
-      <c r="AE24" s="69">
+      <c r="AF24" s="69">
         <v>366646.50575000001</v>
       </c>
-      <c r="AF24" s="69">
+      <c r="AG24" s="69">
         <v>255992.00642999998</v>
       </c>
-      <c r="AG24" s="69">
+      <c r="AH24" s="69">
         <v>266965.58051999996</v>
       </c>
-      <c r="AH24" s="69">
+      <c r="AI24" s="69">
         <v>176754.40695000003</v>
       </c>
-      <c r="AI24" s="69">
+      <c r="AJ24" s="69">
         <v>366491.32207999966</v>
       </c>
-      <c r="AJ24" s="69">
+      <c r="AK24" s="69">
         <v>233389.35930999994</v>
       </c>
-      <c r="AK24" s="69">
+      <c r="AL24" s="69">
         <v>166230.38752000002</v>
       </c>
-      <c r="AL24" s="69">
+      <c r="AM24" s="69">
         <v>152992.77105000007</v>
       </c>
     </row>
-    <row r="25" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="25" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A25" s="63"/>
       <c r="B25" s="82" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="298" t="s">
         <v>75</v>
       </c>
       <c r="D25" s="67">
+        <v>157737.23287000001</v>
+      </c>
+      <c r="E25" s="67">
         <v>224841.948</v>
       </c>
-      <c r="E25" s="67">
+      <c r="F25" s="67">
         <v>236641.65872000004</v>
       </c>
-      <c r="F25" s="67">
+      <c r="G25" s="67">
         <v>119838.22794</v>
       </c>
-      <c r="G25" s="67">
+      <c r="H25" s="67">
         <v>107255</v>
       </c>
-      <c r="H25" s="67">
+      <c r="I25" s="67">
         <v>153090</v>
       </c>
-      <c r="I25" s="67">
+      <c r="J25" s="67">
         <v>176980.55781999999</v>
       </c>
-      <c r="J25" s="67">
+      <c r="K25" s="67">
         <v>127353.59656999999</v>
       </c>
-      <c r="K25" s="67">
+      <c r="L25" s="67">
         <v>120462.53</v>
       </c>
-      <c r="L25" s="67">
+      <c r="M25" s="67">
         <v>181679.16709999999</v>
       </c>
-      <c r="M25" s="67">
+      <c r="N25" s="67">
         <v>148317.92300000001</v>
       </c>
-      <c r="N25" s="67">
+      <c r="O25" s="67">
         <v>85145.044269999984</v>
       </c>
-      <c r="O25" s="67">
+      <c r="P25" s="67">
         <v>82449.072239999994</v>
       </c>
-      <c r="P25" s="67">
+      <c r="Q25" s="67">
         <v>81430.700509999995</v>
       </c>
-      <c r="Q25" s="67">
+      <c r="R25" s="67">
         <v>89935.357540000012</v>
       </c>
-      <c r="R25" s="67">
+      <c r="S25" s="67">
         <v>59374.042319999993</v>
       </c>
-      <c r="S25" s="67">
+      <c r="T25" s="67">
         <v>60327.682560000001</v>
       </c>
-      <c r="T25" s="67">
+      <c r="U25" s="67">
         <v>66331.284069999994</v>
       </c>
-      <c r="U25" s="67">
+      <c r="V25" s="67">
         <v>53890.714890000003</v>
       </c>
-      <c r="V25" s="67">
+      <c r="W25" s="67">
         <v>43145.265700000004</v>
       </c>
-      <c r="W25" s="67">
+      <c r="X25" s="67">
         <v>43555.616040000001</v>
       </c>
-      <c r="X25" s="67">
+      <c r="Y25" s="67">
         <v>57087.342470000003</v>
       </c>
-      <c r="Y25" s="67">
+      <c r="Z25" s="67">
         <v>41687.638919999998</v>
       </c>
-      <c r="Z25" s="67">
+      <c r="AA25" s="67">
         <v>40452.261830000003</v>
       </c>
-      <c r="AA25" s="67">
+      <c r="AB25" s="67">
         <v>42287.872479999998</v>
       </c>
-      <c r="AB25" s="67">
+      <c r="AC25" s="67">
         <v>41039.796840000003</v>
       </c>
-      <c r="AC25" s="67">
+      <c r="AD25" s="67">
         <v>50556.575640000003</v>
       </c>
-      <c r="AD25" s="67">
+      <c r="AE25" s="67">
         <v>35940.691590000002</v>
       </c>
-      <c r="AE25" s="67">
+      <c r="AF25" s="67">
         <v>34768.15365</v>
       </c>
-      <c r="AF25" s="67">
+      <c r="AG25" s="67">
         <v>47215.566630000001</v>
       </c>
-      <c r="AG25" s="67">
+      <c r="AH25" s="67">
         <v>55971.700380000002</v>
       </c>
-      <c r="AH25" s="67">
+      <c r="AI25" s="67">
         <v>41692.50273</v>
       </c>
-      <c r="AI25" s="67">
+      <c r="AJ25" s="67">
         <v>52447.211920000002</v>
       </c>
-      <c r="AJ25" s="67">
+      <c r="AK25" s="67">
         <v>34064.877780000003</v>
       </c>
-      <c r="AK25" s="67">
+      <c r="AL25" s="67">
         <v>45100.844980000002</v>
       </c>
-      <c r="AL25" s="67">
+      <c r="AM25" s="67">
         <v>46288.12025</v>
       </c>
     </row>
-    <row r="26" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="26" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A26" s="63"/>
       <c r="B26" s="81" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="297" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="69">
+        <v>1556335.6542800006</v>
+      </c>
+      <c r="E26" s="69">
         <v>1827036.243</v>
       </c>
-      <c r="E26" s="69">
+      <c r="F26" s="69">
         <v>2261363.1793000004</v>
       </c>
-      <c r="F26" s="69">
+      <c r="G26" s="69">
         <v>2105578.8965500002</v>
       </c>
-      <c r="G26" s="69">
+      <c r="H26" s="69">
         <v>1423748</v>
       </c>
-      <c r="H26" s="69">
+      <c r="I26" s="69">
         <v>1437151.16322</v>
       </c>
-      <c r="I26" s="69">
+      <c r="J26" s="69">
         <v>1749239.9412900002</v>
       </c>
-      <c r="J26" s="69">
+      <c r="K26" s="69">
         <v>1552135.31929</v>
       </c>
-      <c r="K26" s="69">
+      <c r="L26" s="69">
         <v>904671.58600000001</v>
       </c>
-      <c r="L26" s="69">
+      <c r="M26" s="69">
         <v>972643.94625000027</v>
       </c>
-      <c r="M26" s="69">
+      <c r="N26" s="69">
         <v>1193950.7560000001</v>
       </c>
-      <c r="N26" s="69">
+      <c r="O26" s="69">
         <v>1078891.9739699997</v>
       </c>
-      <c r="O26" s="69">
+      <c r="P26" s="69">
         <v>753062.04715999996</v>
       </c>
-      <c r="P26" s="69">
+      <c r="Q26" s="69">
         <v>885832.59664999985</v>
       </c>
-      <c r="Q26" s="69">
+      <c r="R26" s="69">
         <v>897485.37751999998</v>
       </c>
-      <c r="R26" s="69">
+      <c r="S26" s="69">
         <v>753366.12115000002</v>
       </c>
-      <c r="S26" s="69">
+      <c r="T26" s="69">
         <v>611366.0959999999</v>
       </c>
-      <c r="T26" s="69">
+      <c r="U26" s="69">
         <v>682370.50876</v>
       </c>
-      <c r="U26" s="69">
+      <c r="V26" s="69">
         <v>682578</v>
       </c>
-      <c r="V26" s="69">
+      <c r="W26" s="69">
         <v>590373.32932000002</v>
       </c>
-      <c r="W26" s="69">
+      <c r="X26" s="69">
         <v>404604.91135000001</v>
       </c>
-      <c r="X26" s="69">
+      <c r="Y26" s="69">
         <v>410345.60115</v>
       </c>
-      <c r="Y26" s="69">
+      <c r="Z26" s="69">
         <v>292082.20728999999</v>
       </c>
-      <c r="Z26" s="69">
+      <c r="AA26" s="69">
         <v>238877.79019999999</v>
       </c>
-      <c r="AA26" s="69">
+      <c r="AB26" s="69">
         <v>329384.70366</v>
       </c>
-      <c r="AB26" s="69">
+      <c r="AC26" s="69">
         <v>261049.29123</v>
       </c>
-      <c r="AC26" s="69">
+      <c r="AD26" s="69">
         <v>205291.19581999999</v>
       </c>
-      <c r="AD26" s="69">
+      <c r="AE26" s="69">
         <v>186415.37328999999</v>
       </c>
-      <c r="AE26" s="69">
+      <c r="AF26" s="69">
         <v>331878.35210000002</v>
       </c>
-      <c r="AF26" s="69">
+      <c r="AG26" s="69">
         <v>208776.43979999999</v>
       </c>
-      <c r="AG26" s="69">
+      <c r="AH26" s="69">
         <v>210993.88013999999</v>
       </c>
-      <c r="AH26" s="69">
+      <c r="AI26" s="69">
         <v>135061.90422</v>
       </c>
-      <c r="AI26" s="69">
+      <c r="AJ26" s="69">
         <v>314044.11015999998</v>
       </c>
-      <c r="AJ26" s="69">
+      <c r="AK26" s="69">
         <v>199324.48152999999</v>
       </c>
-      <c r="AK26" s="69">
+      <c r="AL26" s="69">
         <v>121129.54253999999</v>
       </c>
-      <c r="AL26" s="69">
+      <c r="AM26" s="69">
         <v>106704.6508</v>
       </c>
     </row>
-    <row r="27" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="27" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A27" s="63"/>
       <c r="B27" s="107" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="299" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="67">
+        <v>1114237.8893800001</v>
+      </c>
+      <c r="E27" s="67">
         <v>1276054</v>
       </c>
-      <c r="E27" s="67">
+      <c r="F27" s="67">
         <v>1725222</v>
       </c>
-      <c r="F27" s="67">
+      <c r="G27" s="67">
         <v>1444805.81</v>
       </c>
-      <c r="G27" s="67">
+      <c r="H27" s="67">
         <v>884008</v>
       </c>
-      <c r="H27" s="67">
+      <c r="I27" s="67">
         <v>900430.99127999903</v>
       </c>
-      <c r="I27" s="67">
+      <c r="J27" s="67">
         <v>1103213.672</v>
       </c>
-      <c r="J27" s="67">
+      <c r="K27" s="67">
         <v>1123895.58764</v>
       </c>
-      <c r="K27" s="67">
+      <c r="L27" s="67">
         <v>669374.64896999998</v>
       </c>
-      <c r="L27" s="67">
+      <c r="M27" s="67">
         <v>682872.02199000004</v>
       </c>
-      <c r="M27" s="67">
+      <c r="N27" s="67">
         <v>733257.69975999999</v>
       </c>
-      <c r="N27" s="67">
+      <c r="O27" s="67">
         <v>656636.76702000003</v>
       </c>
-      <c r="O27" s="67">
+      <c r="P27" s="67">
         <v>522616.64597999997</v>
       </c>
-      <c r="P27" s="67">
+      <c r="Q27" s="67">
         <v>652736.14479000005</v>
       </c>
-      <c r="Q27" s="67">
+      <c r="R27" s="67">
         <v>616414.46559000004</v>
       </c>
-      <c r="R27" s="67">
+      <c r="S27" s="67">
         <v>503043.47187000001</v>
       </c>
-      <c r="S27" s="67">
+      <c r="T27" s="67">
         <v>392679.77182000002</v>
       </c>
-      <c r="T27" s="67">
+      <c r="U27" s="67">
         <v>446107.33704999997</v>
       </c>
-      <c r="U27" s="67">
+      <c r="V27" s="67">
         <v>404223.83286999998</v>
       </c>
-      <c r="V27" s="67">
+      <c r="W27" s="67">
         <v>361485.47381</v>
       </c>
-      <c r="W27" s="67">
+      <c r="X27" s="67">
         <v>276354.92217999999</v>
       </c>
-      <c r="X27" s="67">
+      <c r="Y27" s="67">
         <v>247226.61783999999</v>
       </c>
-      <c r="Y27" s="67">
+      <c r="Z27" s="67">
         <v>168902.64296999999</v>
       </c>
-      <c r="Z27" s="67">
+      <c r="AA27" s="67">
         <v>151748.79095</v>
       </c>
-      <c r="AA27" s="67">
+      <c r="AB27" s="67">
         <v>188378.45373000001</v>
       </c>
-      <c r="AB27" s="67">
+      <c r="AC27" s="67">
         <v>171129.34236000001</v>
       </c>
-      <c r="AC27" s="67">
+      <c r="AD27" s="67">
         <v>114257.2212</v>
       </c>
-      <c r="AD27" s="67">
+      <c r="AE27" s="67">
         <v>131218.70246</v>
       </c>
-      <c r="AE27" s="67">
+      <c r="AF27" s="67">
         <v>220118.98634999999</v>
       </c>
-      <c r="AF27" s="67">
+      <c r="AG27" s="67">
         <v>102552.70213000001</v>
       </c>
-      <c r="AG27" s="67">
+      <c r="AH27" s="67">
         <v>103051.02154</v>
       </c>
-      <c r="AH27" s="67">
+      <c r="AI27" s="67">
         <v>82152.450830000002</v>
       </c>
-      <c r="AI27" s="67">
+      <c r="AJ27" s="67">
         <v>206020.10597999999</v>
       </c>
-      <c r="AJ27" s="67">
+      <c r="AK27" s="67">
         <v>111251.12943</v>
       </c>
-      <c r="AK27" s="67">
+      <c r="AL27" s="67">
         <v>73532.691739999995</v>
       </c>
-      <c r="AL27" s="67">
+      <c r="AM27" s="67">
         <v>30843.7608</v>
       </c>
     </row>
-    <row r="28" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="28" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A28" s="63"/>
       <c r="B28" s="203" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="300" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="69">
+        <v>442097.76477000001</v>
+      </c>
+      <c r="E28" s="69">
         <v>550982</v>
       </c>
-      <c r="E28" s="69">
+      <c r="F28" s="69">
         <v>536141</v>
       </c>
-      <c r="F28" s="69">
+      <c r="G28" s="69">
         <v>660773.08700000006</v>
       </c>
-      <c r="G28" s="69">
+      <c r="H28" s="69">
         <v>539740</v>
       </c>
-      <c r="H28" s="69">
+      <c r="I28" s="69">
         <v>536720.17194000003</v>
       </c>
-      <c r="I28" s="69">
+      <c r="J28" s="69">
         <v>646026.26899999997</v>
       </c>
-      <c r="J28" s="69">
+      <c r="K28" s="69">
         <v>428239.73184999998</v>
       </c>
-      <c r="K28" s="69">
+      <c r="L28" s="69">
         <v>235296.93674</v>
       </c>
-      <c r="L28" s="69">
+      <c r="M28" s="69">
         <v>289771.92426</v>
       </c>
-      <c r="M28" s="69">
+      <c r="N28" s="69">
         <v>460693.05692</v>
       </c>
-      <c r="N28" s="69">
+      <c r="O28" s="69">
         <v>422255.20895</v>
       </c>
-      <c r="O28" s="69">
+      <c r="P28" s="69">
         <v>230445.40117999999</v>
       </c>
-      <c r="P28" s="69">
+      <c r="Q28" s="69">
         <v>233096.45186</v>
       </c>
-      <c r="Q28" s="69">
+      <c r="R28" s="69">
         <v>281070.91193</v>
       </c>
-      <c r="R28" s="69">
+      <c r="S28" s="69">
         <v>250322.64928000001</v>
       </c>
-      <c r="S28" s="69">
+      <c r="T28" s="69">
         <v>218686.32418</v>
       </c>
-      <c r="T28" s="69">
+      <c r="U28" s="69">
         <v>236263.17171</v>
       </c>
-      <c r="U28" s="69">
+      <c r="V28" s="69">
         <v>278353.84349</v>
       </c>
-      <c r="V28" s="69">
+      <c r="W28" s="69">
         <v>228887.85550999999</v>
       </c>
-      <c r="W28" s="69">
+      <c r="X28" s="69">
         <v>128249.98917</v>
       </c>
-      <c r="X28" s="69">
+      <c r="Y28" s="69">
         <v>163118.98331000001</v>
       </c>
-      <c r="Y28" s="69">
+      <c r="Z28" s="69">
         <v>123179.56432</v>
       </c>
-      <c r="Z28" s="69">
+      <c r="AA28" s="69">
         <v>87128.999249999993</v>
       </c>
-      <c r="AA28" s="69">
+      <c r="AB28" s="69">
         <v>141006.24992999999</v>
       </c>
-      <c r="AB28" s="69">
+      <c r="AC28" s="69">
         <v>89919.948869999993</v>
       </c>
-      <c r="AC28" s="69">
+      <c r="AD28" s="69">
         <v>91033.974619999994</v>
       </c>
-      <c r="AD28" s="69">
+      <c r="AE28" s="69">
         <v>55196.670830000003</v>
       </c>
-      <c r="AE28" s="69">
+      <c r="AF28" s="69">
         <v>111759.36575</v>
       </c>
-      <c r="AF28" s="69">
+      <c r="AG28" s="69">
         <v>106223.73767</v>
       </c>
-      <c r="AG28" s="69">
+      <c r="AH28" s="69">
         <v>107942.85860000001</v>
       </c>
-      <c r="AH28" s="69">
+      <c r="AI28" s="69">
         <v>52909.453390000002</v>
       </c>
-      <c r="AI28" s="69">
+      <c r="AJ28" s="69">
         <v>108024.00418</v>
       </c>
-      <c r="AJ28" s="69">
+      <c r="AK28" s="69">
         <v>88073.352100000004</v>
       </c>
-      <c r="AK28" s="69">
+      <c r="AL28" s="69">
         <v>47596.8508</v>
       </c>
-      <c r="AL28" s="69">
+      <c r="AM28" s="69">
         <v>75860.89</v>
       </c>
     </row>
-    <row r="29" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="29" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A29" s="63"/>
       <c r="B29" s="83" t="s">
         <v>82</v>
       </c>
       <c r="C29" s="301" t="s">
         <v>83</v>
       </c>
       <c r="D29" s="84">
+        <v>0.37279082388458756</v>
+      </c>
+      <c r="E29" s="84">
         <v>0.56159999999999999</v>
       </c>
-      <c r="E29" s="84">
+      <c r="F29" s="84">
         <v>0.54980291319011498</v>
       </c>
-      <c r="F29" s="84">
+      <c r="G29" s="84">
         <v>0.72821934388322218</v>
       </c>
-      <c r="G29" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="84">
+        <v>0.625</v>
+      </c>
+      <c r="I29" s="84">
         <v>0.5012592905439015</v>
       </c>
-      <c r="I29" s="84">
+      <c r="J29" s="84">
         <v>0.58292217065889218</v>
       </c>
-      <c r="J29" s="84">
+      <c r="K29" s="84">
         <v>0.67773910658201808</v>
       </c>
-      <c r="K29" s="84">
+      <c r="L29" s="84">
         <v>0.57898231712015635</v>
       </c>
-      <c r="L29" s="84">
+      <c r="M29" s="84">
         <v>0.5494894770080927</v>
       </c>
-      <c r="M29" s="84">
+      <c r="N29" s="84">
         <v>0.40550000000000003</v>
       </c>
-      <c r="N29" s="84">
+      <c r="O29" s="84">
         <v>0.73316834155260413</v>
       </c>
-      <c r="O29" s="84">
+      <c r="P29" s="84">
         <v>0.36859136510304763</v>
       </c>
-      <c r="P29" s="84">
+      <c r="Q29" s="84">
         <v>0.44979999999999998</v>
       </c>
-      <c r="Q29" s="84">
+      <c r="R29" s="84">
         <v>0.45696125655357622</v>
       </c>
-      <c r="R29" s="84">
+      <c r="S29" s="84">
         <v>0.60853478845078013</v>
       </c>
-      <c r="S29" s="84">
+      <c r="T29" s="84">
         <v>0.62388257158581018</v>
       </c>
-      <c r="T29" s="84">
+      <c r="U29" s="84">
         <v>0.58905775004906291</v>
       </c>
-      <c r="U29" s="84">
+      <c r="V29" s="84">
         <v>0.55800000000000005</v>
       </c>
-      <c r="V29" s="84">
+      <c r="W29" s="84">
         <v>0.67183987313053428</v>
       </c>
-      <c r="W29" s="84">
+      <c r="X29" s="84">
         <v>0.61185367538915325</v>
       </c>
-      <c r="X29" s="84">
+      <c r="Y29" s="84">
         <v>0.51225753153172338</v>
       </c>
-      <c r="Y29" s="84">
+      <c r="Z29" s="84">
         <v>0.45647474872586918</v>
       </c>
-      <c r="Z29" s="84">
+      <c r="AA29" s="84">
         <v>0.16345086735485051</v>
       </c>
-      <c r="AA29" s="84">
+      <c r="AB29" s="84">
         <v>0.68889686767065217</v>
       </c>
-      <c r="AB29" s="84">
+      <c r="AC29" s="84">
         <v>0.56431369549365262</v>
       </c>
-      <c r="AC29" s="84">
+      <c r="AD29" s="84">
         <v>0.13209477962112445</v>
       </c>
-      <c r="AD29" s="84">
+      <c r="AE29" s="84">
         <v>0.33983659588765452</v>
       </c>
-      <c r="AE29" s="84">
+      <c r="AF29" s="84">
         <v>0.55936191624232179</v>
       </c>
-      <c r="AF29" s="84">
+      <c r="AG29" s="84">
         <v>0.44844009831611281</v>
       </c>
-      <c r="AG29" s="84">
+      <c r="AH29" s="84">
         <v>0.37798446835084593</v>
       </c>
-      <c r="AH29" s="84">
+      <c r="AI29" s="84">
         <v>8.8802636903914919E-2</v>
       </c>
-      <c r="AI29" s="84">
+      <c r="AJ29" s="84">
         <v>0.45139294603480162</v>
       </c>
-      <c r="AJ29" s="84">
+      <c r="AK29" s="84">
         <v>0.58461709542920093</v>
       </c>
-      <c r="AK29" s="84">
+      <c r="AL29" s="84">
         <v>0.13264369981992002</v>
       </c>
-      <c r="AL29" s="84">
+      <c r="AM29" s="84">
         <v>0.50223774201227178</v>
       </c>
     </row>
-    <row r="30" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="30" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A30" s="63"/>
       <c r="B30" s="85" t="s">
         <v>84</v>
       </c>
       <c r="C30" s="302" t="s">
         <v>85</v>
       </c>
       <c r="D30" s="86">
+        <v>0.62720917611541216</v>
+      </c>
+      <c r="E30" s="86">
         <v>0.43840000000000001</v>
       </c>
-      <c r="E30" s="86">
+      <c r="F30" s="86">
         <v>0.45019708680988496</v>
       </c>
-      <c r="F30" s="86">
+      <c r="G30" s="86">
         <v>0.27178065611677782</v>
       </c>
-      <c r="G30" s="86">
+      <c r="H30" s="86">
         <v>0.37480000000000002</v>
       </c>
-      <c r="H30" s="86">
+      <c r="I30" s="86">
         <v>0.4987407094560985</v>
       </c>
-      <c r="I30" s="86">
+      <c r="J30" s="86">
         <v>0.41719812184360178</v>
       </c>
-      <c r="J30" s="86">
+      <c r="K30" s="86">
         <v>0.32226089341798186</v>
       </c>
-      <c r="K30" s="86">
+      <c r="L30" s="86">
         <v>0.42101768287984359</v>
       </c>
-      <c r="L30" s="86">
+      <c r="M30" s="86">
         <v>0.45051052299190708</v>
       </c>
-      <c r="M30" s="86">
+      <c r="N30" s="86">
         <v>0.59450000000000003</v>
       </c>
-      <c r="N30" s="86">
+      <c r="O30" s="86">
         <v>0.26683165844739609</v>
       </c>
-      <c r="O30" s="86">
+      <c r="P30" s="86">
         <v>0.63140863489695231</v>
       </c>
-      <c r="P30" s="86">
+      <c r="Q30" s="86">
         <v>0.55020000000000002</v>
       </c>
-      <c r="Q30" s="86">
+      <c r="R30" s="86">
         <v>0.54303874344642367</v>
       </c>
-      <c r="R30" s="86">
+      <c r="S30" s="86">
         <v>0.39146521154921993</v>
       </c>
-      <c r="S30" s="86">
+      <c r="T30" s="86">
         <v>0.3761174284141901</v>
       </c>
-      <c r="T30" s="86">
+      <c r="U30" s="86">
         <v>0.41094224995093709</v>
       </c>
-      <c r="U30" s="86">
+      <c r="V30" s="86">
         <v>0.442</v>
       </c>
-      <c r="V30" s="86">
+      <c r="W30" s="86">
         <v>0.3281601268694655</v>
       </c>
-      <c r="W30" s="86">
+      <c r="X30" s="86">
         <v>0.38814632349865075</v>
       </c>
-      <c r="X30" s="86">
+      <c r="Y30" s="86">
         <v>0.48774246846827685</v>
       </c>
-      <c r="Y30" s="86">
+      <c r="Z30" s="86">
         <v>0.54352525127413065</v>
       </c>
-      <c r="Z30" s="86">
+      <c r="AA30" s="86">
         <v>0.83654913264514952</v>
       </c>
-      <c r="AA30" s="86">
+      <c r="AB30" s="86">
         <v>0.31110313232934872</v>
       </c>
-      <c r="AB30" s="86">
+      <c r="AC30" s="86">
         <v>0.43568630450634777</v>
       </c>
-      <c r="AC30" s="86">
+      <c r="AD30" s="86">
         <v>0.86790522037887574</v>
       </c>
-      <c r="AD30" s="86">
+      <c r="AE30" s="86">
         <v>0.66016340411234553</v>
       </c>
-      <c r="AE30" s="76">
+      <c r="AF30" s="76">
         <v>0.44063808375767805</v>
       </c>
-      <c r="AF30" s="76">
+      <c r="AG30" s="76">
         <v>0.55155990168388735</v>
       </c>
-      <c r="AG30" s="76">
+      <c r="AH30" s="76">
         <v>0.62201553164915391</v>
       </c>
-      <c r="AH30" s="76">
+      <c r="AI30" s="76">
         <v>0.91119736309608468</v>
       </c>
-      <c r="AI30" s="76">
+      <c r="AJ30" s="76">
         <v>0.54860705396519915</v>
       </c>
-      <c r="AJ30" s="76">
+      <c r="AK30" s="76">
         <v>0.41538290457079935</v>
       </c>
-      <c r="AK30" s="76">
+      <c r="AL30" s="76">
         <v>0.86735630018007992</v>
       </c>
-      <c r="AL30" s="76">
+      <c r="AM30" s="76">
         <v>0.49776225798772727</v>
       </c>
     </row>
-    <row r="31" spans="1:38" hidden="1" x14ac:dyDescent="0.75">
+    <row r="31" spans="1:39" hidden="1" x14ac:dyDescent="0.6">
       <c r="A31" s="63"/>
       <c r="B31" s="85" t="s">
         <v>86</v>
       </c>
       <c r="C31" s="302" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="86"/>
       <c r="E31" s="86"/>
       <c r="F31" s="86"/>
       <c r="G31" s="86"/>
       <c r="H31" s="86"/>
-      <c r="I31" s="86">
-[...1 lines deleted...]
-      </c>
+      <c r="I31" s="86"/>
       <c r="J31" s="86">
         <v>0.67773910658201808</v>
       </c>
       <c r="K31" s="86">
+        <v>0.67773910658201808</v>
+      </c>
+      <c r="L31" s="86">
         <v>0.56220176084144169</v>
       </c>
-      <c r="L31" s="86"/>
-      <c r="M31" s="86">
+      <c r="M31" s="86"/>
+      <c r="N31" s="86">
         <v>0.56100000000000005</v>
       </c>
-      <c r="N31" s="86">
+      <c r="O31" s="86">
         <v>0.73316834155260413</v>
       </c>
-      <c r="O31" s="86">
+      <c r="P31" s="86">
         <v>0.4696130812863753</v>
       </c>
-      <c r="P31" s="86">
+      <c r="Q31" s="86">
         <v>0.49960326435134089</v>
       </c>
-      <c r="Q31" s="86">
+      <c r="R31" s="86">
         <v>0.5261318414828684</v>
       </c>
-      <c r="R31" s="86">
+      <c r="S31" s="86">
         <v>0.60853478845078013</v>
       </c>
-      <c r="S31" s="86">
+      <c r="T31" s="86">
         <v>0.60825154239367152</v>
       </c>
-      <c r="T31" s="86">
+      <c r="U31" s="86">
         <v>0.58905775004906291</v>
       </c>
-      <c r="U31" s="86">
+      <c r="V31" s="86">
         <v>0.55844056974251433</v>
       </c>
-      <c r="V31" s="86">
+      <c r="W31" s="86">
         <v>0.67183987313053428</v>
       </c>
-      <c r="W31" s="86">
+      <c r="X31" s="86">
         <v>0.46800000000000003</v>
       </c>
-      <c r="X31" s="86">
+      <c r="Y31" s="86">
         <v>0.5122575308201599</v>
       </c>
-      <c r="Y31" s="86">
+      <c r="Z31" s="86">
         <v>0.45647474872586918</v>
       </c>
-      <c r="Z31" s="86">
+      <c r="AA31" s="86">
         <v>0.16345086735485051</v>
       </c>
-      <c r="AA31" s="86">
+      <c r="AB31" s="86">
         <v>0.92781962205342328</v>
       </c>
-      <c r="AB31" s="86">
+      <c r="AC31" s="86">
         <v>0.76799242681475743</v>
       </c>
-      <c r="AC31" s="86">
+      <c r="AD31" s="86">
         <v>0.51301476982160832</v>
       </c>
-      <c r="AD31" s="86">
+      <c r="AE31" s="86">
         <v>0.33983659588765452</v>
       </c>
-      <c r="AE31" s="76">
+      <c r="AF31" s="76">
         <v>0.91416399714008345</v>
       </c>
-      <c r="AF31" s="76">
+      <c r="AG31" s="76">
         <v>0.79291103008836739</v>
       </c>
-      <c r="AG31" s="76">
+      <c r="AH31" s="76">
         <v>0.42810673963654799</v>
       </c>
-      <c r="AH31" s="76">
+      <c r="AI31" s="76">
         <v>8.8802636903914919E-2</v>
       </c>
-      <c r="AI31" s="76">
+      <c r="AJ31" s="76">
         <v>0.85485173647493018</v>
       </c>
-      <c r="AJ31" s="76">
+      <c r="AK31" s="76">
         <v>0.81124288897579688</v>
       </c>
-      <c r="AK31" s="76">
+      <c r="AL31" s="76">
         <v>0.44067065334101435</v>
       </c>
-      <c r="AL31" s="76">
+      <c r="AM31" s="76">
         <v>0.50223774201227178</v>
       </c>
     </row>
-    <row r="32" spans="1:38" hidden="1" x14ac:dyDescent="0.75">
+    <row r="32" spans="1:39" hidden="1" x14ac:dyDescent="0.6">
       <c r="A32" s="63"/>
       <c r="B32" s="85" t="s">
         <v>87</v>
       </c>
       <c r="C32" s="302" t="s">
         <v>87</v>
       </c>
       <c r="D32" s="86"/>
       <c r="E32" s="86"/>
       <c r="F32" s="86"/>
       <c r="G32" s="86"/>
       <c r="H32" s="86"/>
-      <c r="I32" s="86">
-[...1 lines deleted...]
-      </c>
+      <c r="I32" s="86"/>
       <c r="J32" s="86">
         <v>0.32226089341798186</v>
       </c>
       <c r="K32" s="86">
+        <v>0.32226089341798186</v>
+      </c>
+      <c r="L32" s="86">
         <v>0.43779823964046771</v>
       </c>
-      <c r="L32" s="86"/>
-      <c r="M32" s="86">
+      <c r="M32" s="86"/>
+      <c r="N32" s="86">
         <v>0.439</v>
       </c>
-      <c r="N32" s="86">
+      <c r="O32" s="86">
         <v>0.26683165844739609</v>
       </c>
-      <c r="O32" s="86">
+      <c r="P32" s="86">
         <v>0.53038691871362464</v>
       </c>
-      <c r="P32" s="86">
+      <c r="Q32" s="86">
         <v>0.50039673564865905</v>
       </c>
-      <c r="Q32" s="86">
+      <c r="R32" s="86">
         <v>0.47386815851713171</v>
       </c>
-      <c r="R32" s="86">
+      <c r="S32" s="86">
         <v>0.39146521154921993</v>
       </c>
-      <c r="S32" s="86">
+      <c r="T32" s="86">
         <v>0.39174845760632837</v>
       </c>
-      <c r="T32" s="86">
+      <c r="U32" s="86">
         <v>0.41094224995093709</v>
       </c>
-      <c r="U32" s="86">
+      <c r="V32" s="86">
         <v>0.4415594302574854</v>
       </c>
-      <c r="V32" s="86">
+      <c r="W32" s="86">
         <v>0.3281601268694655</v>
       </c>
-      <c r="W32" s="86">
+      <c r="X32" s="86">
         <v>0.53200000000000003</v>
       </c>
-      <c r="X32" s="86">
+      <c r="Y32" s="86">
         <v>0.48774246986219161</v>
       </c>
-      <c r="Y32" s="86">
+      <c r="Z32" s="86">
         <v>0.54352525127413065</v>
       </c>
-      <c r="Z32" s="86">
+      <c r="AA32" s="86">
         <v>0.83654913264514952</v>
       </c>
-      <c r="AA32" s="86">
+      <c r="AB32" s="86">
         <v>7.2180377946576807E-2</v>
       </c>
-      <c r="AB32" s="86">
+      <c r="AC32" s="86">
         <v>0.23200757318524293</v>
       </c>
-      <c r="AC32" s="86">
+      <c r="AD32" s="86">
         <v>0.48698523017839196</v>
       </c>
-      <c r="AD32" s="86">
+      <c r="AE32" s="86">
         <v>0.66016340411234553</v>
       </c>
-      <c r="AE32" s="76">
+      <c r="AF32" s="76">
         <v>8.5836002859916563E-2</v>
       </c>
-      <c r="AF32" s="76">
+      <c r="AG32" s="76">
         <v>0.20708896991163281</v>
       </c>
-      <c r="AG32" s="76">
+      <c r="AH32" s="76">
         <v>0.57189326036345178</v>
       </c>
-      <c r="AH32" s="76">
+      <c r="AI32" s="76">
         <v>0.91119736309608468</v>
       </c>
-      <c r="AI32" s="76">
+      <c r="AJ32" s="76">
         <v>0.14514826352507088</v>
       </c>
-      <c r="AJ32" s="76">
+      <c r="AK32" s="76">
         <v>0.18875711102420359</v>
       </c>
-      <c r="AK32" s="76">
+      <c r="AL32" s="76">
         <v>0.55932934665898548</v>
       </c>
-      <c r="AL32" s="76">
+      <c r="AM32" s="76">
         <v>0.49776225798772727</v>
       </c>
     </row>
-    <row r="33" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="33" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A33" s="63"/>
       <c r="B33" s="85" t="s">
         <v>88</v>
       </c>
       <c r="C33" s="302" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="74">
+        <v>1434724.9032049975</v>
+      </c>
+      <c r="E33" s="74">
         <v>1630208.9650000001</v>
       </c>
-      <c r="E33" s="74">
+      <c r="F33" s="74">
         <v>2007235.8972825999</v>
       </c>
-      <c r="F33" s="74">
+      <c r="G33" s="74">
         <v>1919242</v>
       </c>
-      <c r="G33" s="74">
+      <c r="H33" s="74">
         <v>1177287</v>
       </c>
-      <c r="H33" s="74">
+      <c r="I33" s="74">
         <v>1359583.3140795005</v>
       </c>
-      <c r="I33" s="74">
+      <c r="J33" s="74">
         <v>1635318.6456909999</v>
       </c>
-      <c r="J33" s="74">
+      <c r="K33" s="74">
         <v>1327315.3189665</v>
       </c>
-      <c r="K33" s="74">
+      <c r="L33" s="74">
         <v>850285.46400000004</v>
       </c>
-      <c r="L33" s="74">
+      <c r="M33" s="74">
         <v>873639.20862794993</v>
       </c>
-      <c r="M33" s="74">
+      <c r="N33" s="74">
         <v>1132517</v>
       </c>
-      <c r="N33" s="74">
+      <c r="O33" s="74">
         <v>1061205.8846230498</v>
       </c>
-      <c r="O33" s="74">
+      <c r="P33" s="74">
         <v>719681.96428100043</v>
       </c>
-      <c r="P33" s="69">
+      <c r="Q33" s="69">
         <v>836735.12100000004</v>
       </c>
-      <c r="Q33" s="69">
+      <c r="R33" s="69">
         <v>844809.69700000004</v>
       </c>
-      <c r="R33" s="69">
+      <c r="S33" s="69">
         <v>707012.38800000004</v>
       </c>
-      <c r="S33" s="69">
+      <c r="T33" s="69">
         <v>565420.45200000005</v>
       </c>
-      <c r="T33" s="69">
+      <c r="U33" s="69">
         <v>639576.98199999996</v>
       </c>
-      <c r="U33" s="69">
+      <c r="V33" s="69">
         <v>618279.07200000004</v>
       </c>
-      <c r="V33" s="69">
+      <c r="W33" s="69">
         <v>526078.97699999996</v>
       </c>
-      <c r="W33" s="69">
+      <c r="X33" s="69">
         <v>370036.63400000002</v>
       </c>
-      <c r="X33" s="69">
+      <c r="Y33" s="69">
         <v>363318.772</v>
       </c>
-      <c r="Y33" s="69">
+      <c r="Z33" s="69">
         <v>248207.36499999999</v>
       </c>
-      <c r="Z33" s="69">
+      <c r="AA33" s="69">
         <v>173740.307</v>
       </c>
-      <c r="AA33" s="69">
+      <c r="AB33" s="69">
         <v>256729.80900000001</v>
       </c>
-      <c r="AB33" s="69">
+      <c r="AC33" s="69">
         <v>202581.41699999999</v>
       </c>
-      <c r="AC33" s="69">
+      <c r="AD33" s="69">
         <v>155860.269</v>
       </c>
-      <c r="AD33" s="69">
+      <c r="AE33" s="69">
         <v>146105.07500000001</v>
       </c>
-      <c r="AE33" s="69">
+      <c r="AF33" s="69">
         <v>258519.851</v>
       </c>
-      <c r="AF33" s="69">
+      <c r="AG33" s="69">
         <v>162403.63800000001</v>
       </c>
-      <c r="AG33" s="69">
+      <c r="AH33" s="69">
         <v>153173.89000000001</v>
       </c>
-      <c r="AH33" s="69">
+      <c r="AI33" s="69">
         <v>119783.421</v>
       </c>
-      <c r="AI33" s="69">
+      <c r="AJ33" s="69">
         <v>269773.94099999999</v>
       </c>
-      <c r="AJ33" s="69">
+      <c r="AK33" s="69">
         <v>152389.76999999999</v>
       </c>
-      <c r="AK33" s="69">
+      <c r="AL33" s="69">
         <v>108949.883</v>
       </c>
-      <c r="AL33" s="69">
+      <c r="AM33" s="69">
         <v>76643.312999999995</v>
       </c>
     </row>
-    <row r="34" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="34" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A34" s="63"/>
       <c r="B34" s="87" t="s">
         <v>90</v>
       </c>
       <c r="C34" s="303" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="84">
+        <v>9.2024810644003988E-2</v>
+      </c>
+      <c r="E34" s="84">
         <v>0.10957860412289941</v>
       </c>
-      <c r="E34" s="84">
+      <c r="F34" s="84">
         <v>9.4732265974140334E-2</v>
       </c>
-      <c r="F34" s="84">
+      <c r="G34" s="84">
         <v>5.3849782416617004E-2</v>
       </c>
-      <c r="G34" s="84">
+      <c r="H34" s="84">
         <v>7.0055381994679311E-2</v>
       </c>
-      <c r="H34" s="84">
+      <c r="I34" s="84">
         <v>9.6268696232865811E-2</v>
       </c>
-      <c r="I34" s="84">
+      <c r="J34" s="84">
         <v>9.1879698041721025E-2</v>
       </c>
-      <c r="J34" s="84">
+      <c r="K34" s="84">
         <v>7.5828780629247111E-2</v>
       </c>
-      <c r="K34" s="84">
+      <c r="L34" s="84">
         <v>0.11750904405565603</v>
       </c>
-      <c r="L34" s="84">
+      <c r="M34" s="84">
         <v>0.15739021856085228</v>
       </c>
-      <c r="M34" s="84">
+      <c r="N34" s="84">
         <v>0.11</v>
       </c>
-      <c r="N34" s="84">
+      <c r="O34" s="84">
         <v>7.3146337217640689E-2</v>
       </c>
-      <c r="O34" s="84">
+      <c r="P34" s="84">
         <v>9.8680999361455052E-2</v>
       </c>
-      <c r="P34" s="84">
+      <c r="Q34" s="84">
         <v>8.4186695338373974E-2</v>
       </c>
-      <c r="Q34" s="84">
+      <c r="R34" s="84">
         <v>9.1081090711078852E-2</v>
       </c>
-      <c r="R34" s="84">
+      <c r="S34" s="84">
         <v>7.3054150623616393E-2</v>
       </c>
-      <c r="S34" s="84">
+      <c r="T34" s="84">
         <v>8.9814264305577693E-2</v>
       </c>
-      <c r="T34" s="84">
+      <c r="U34" s="84">
         <v>8.8595065091638114E-2</v>
       </c>
-      <c r="U34" s="84">
+      <c r="V34" s="84">
         <v>7.2999999999999995E-2</v>
       </c>
-      <c r="V34" s="84">
+      <c r="W34" s="84">
         <v>6.8104182006903685E-2</v>
       </c>
-      <c r="W34" s="84">
+      <c r="X34" s="84">
         <v>9.7187532988814218E-2</v>
       </c>
-      <c r="X34" s="84">
+      <c r="Y34" s="84">
         <v>0.12212948027986924</v>
       </c>
-      <c r="Y34" s="84">
+      <c r="Z34" s="84">
         <v>0.12489935622815709</v>
       </c>
-      <c r="Z34" s="84">
+      <c r="AA34" s="84">
         <v>0.14481886762995141</v>
       </c>
-      <c r="AA34" s="84">
+      <c r="AB34" s="84">
         <v>0.1137772200445351</v>
       </c>
-      <c r="AB34" s="84">
+      <c r="AC34" s="84">
         <v>0.13585329116717476</v>
       </c>
-      <c r="AC34" s="84">
+      <c r="AD34" s="84">
         <v>0.19760412745242212</v>
       </c>
-      <c r="AD34" s="84">
+      <c r="AE34" s="84">
         <v>0.16163576023616127</v>
       </c>
-      <c r="AE34" s="84">
+      <c r="AF34" s="84">
         <v>9.4827451250024605E-2</v>
       </c>
-      <c r="AF34" s="84">
+      <c r="AG34" s="84">
         <v>0.18444156631473146</v>
       </c>
-      <c r="AG34" s="84">
+      <c r="AH34" s="84">
         <v>0.20965886415386351</v>
       </c>
-      <c r="AH34" s="84">
+      <c r="AI34" s="84">
         <v>0.23587815121234237</v>
       </c>
-      <c r="AI34" s="84">
+      <c r="AJ34" s="84">
         <v>0.14310628590695956</v>
       </c>
-      <c r="AJ34" s="84">
+      <c r="AK34" s="84">
         <v>0.14595728734467817</v>
       </c>
-      <c r="AK34" s="84">
+      <c r="AL34" s="84">
         <v>0.27131528508633046</v>
       </c>
-      <c r="AL34" s="84">
+      <c r="AM34" s="84">
         <v>0.30255102860299465</v>
       </c>
     </row>
-    <row r="35" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="35" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A35" s="63"/>
       <c r="B35" s="81" t="s">
         <v>92</v>
       </c>
       <c r="C35" s="297" t="s">
         <v>93</v>
       </c>
       <c r="D35" s="86">
+        <v>0.39275059028614667</v>
+      </c>
+      <c r="E35" s="86">
         <v>0.4055357286813458</v>
       </c>
-      <c r="E35" s="86">
+      <c r="F35" s="86">
         <v>0.47516750729399682</v>
       </c>
-      <c r="F35" s="86">
+      <c r="G35" s="86">
         <v>0.45411877383508648</v>
       </c>
-      <c r="G35" s="86">
+      <c r="H35" s="86">
         <v>0.43709999999999999</v>
       </c>
-      <c r="H35" s="86">
+      <c r="I35" s="86">
         <v>0.43851300357781769</v>
       </c>
-      <c r="I35" s="86">
+      <c r="J35" s="86">
         <v>0.50526082643868975</v>
       </c>
-      <c r="J35" s="86">
+      <c r="K35" s="86">
         <v>0.47870611636066812</v>
       </c>
-      <c r="K35" s="86">
+      <c r="L35" s="86">
         <v>0.38850000000000001</v>
       </c>
-      <c r="L35" s="86">
+      <c r="M35" s="86">
         <v>0.40373932299539161</v>
       </c>
-      <c r="M35" s="86">
+      <c r="N35" s="86">
         <v>0.45393769165652953</v>
       </c>
-      <c r="N35" s="86">
+      <c r="O35" s="86">
         <v>0.43402358192279017</v>
       </c>
-      <c r="O35" s="86">
+      <c r="P35" s="86">
         <v>0.41</v>
       </c>
-      <c r="P35" s="86">
+      <c r="Q35" s="86">
         <v>0.40313083225306617</v>
       </c>
-      <c r="Q35" s="86">
+      <c r="R35" s="86">
         <v>0.41629431616012064</v>
       </c>
-      <c r="R35" s="86">
+      <c r="S35" s="86">
         <v>0.4137516519818063</v>
       </c>
-      <c r="S35" s="86">
+      <c r="T35" s="86">
         <v>0.37951686146809843</v>
       </c>
-      <c r="T35" s="86">
+      <c r="U35" s="86">
         <v>0.45205051466009077</v>
       </c>
-      <c r="U35" s="86">
+      <c r="V35" s="86">
         <v>0.46800000000000003</v>
       </c>
-      <c r="V35" s="86">
+      <c r="W35" s="86">
         <v>0.4353482516341477</v>
       </c>
-      <c r="W35" s="86">
+      <c r="X35" s="86">
         <v>0.3510052589796116</v>
       </c>
-      <c r="X35" s="86">
+      <c r="Y35" s="86">
         <v>0.4645422533957938</v>
       </c>
-      <c r="Y35" s="86">
+      <c r="Z35" s="86">
         <v>0.38024016422664697</v>
       </c>
-      <c r="Z35" s="86">
+      <c r="AA35" s="86">
         <v>0.34255281264171855</v>
       </c>
-      <c r="AA35" s="86">
+      <c r="AB35" s="86">
         <v>0.3817248423857692</v>
       </c>
-      <c r="AB35" s="86">
+      <c r="AC35" s="86">
         <v>0.36034846201057336</v>
       </c>
-      <c r="AC35" s="86">
+      <c r="AD35" s="86">
         <v>0.37872181631461826</v>
       </c>
-      <c r="AD35" s="86">
+      <c r="AE35" s="86">
         <v>0.32405179794319178</v>
       </c>
-      <c r="AE35" s="86">
+      <c r="AF35" s="86">
         <v>0.46289038893092355</v>
       </c>
-      <c r="AF35" s="86">
+      <c r="AG35" s="86">
         <v>0.31992390124119752</v>
       </c>
-      <c r="AG35" s="86">
+      <c r="AH35" s="86">
         <v>0.371477830271781</v>
       </c>
-      <c r="AH35" s="86">
+      <c r="AI35" s="86">
         <v>0.25955591213259288</v>
       </c>
-      <c r="AI35" s="86">
+      <c r="AJ35" s="86">
         <v>0.43500053514982623</v>
       </c>
-      <c r="AJ35" s="86">
+      <c r="AK35" s="86">
         <v>0.3198831680771243</v>
       </c>
-      <c r="AK35" s="86">
+      <c r="AL35" s="86">
         <v>0.29130630859792805</v>
       </c>
-      <c r="AL35" s="86">
+      <c r="AM35" s="86">
         <v>0.22620149047500926</v>
       </c>
     </row>
-    <row r="36" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="36" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A36" s="63"/>
       <c r="B36" s="81" t="s">
         <v>94</v>
       </c>
       <c r="C36" s="297" t="s">
         <v>95</v>
       </c>
       <c r="D36" s="86">
+        <v>0.7630789292236807</v>
+      </c>
+      <c r="E36" s="86">
         <v>0.73987735245655595</v>
       </c>
-      <c r="E36" s="86">
+      <c r="F36" s="86">
         <v>0.74317962132437532</v>
       </c>
-      <c r="F36" s="86">
+      <c r="G36" s="86">
         <v>0.72733239334429722</v>
       </c>
-      <c r="G36" s="86">
+      <c r="H36" s="86">
         <v>0.77070000000000005</v>
       </c>
-      <c r="H36" s="86">
+      <c r="I36" s="86">
         <v>0.75409795048187478</v>
       </c>
-      <c r="I36" s="86">
+      <c r="J36" s="86">
         <v>0.75146773925442933</v>
       </c>
-      <c r="J36" s="86">
+      <c r="K36" s="86">
         <v>0.73228994390868396</v>
       </c>
-      <c r="K36" s="86">
+      <c r="L36" s="86">
         <v>0.74456498556998851</v>
       </c>
-      <c r="L36" s="86">
+      <c r="M36" s="86">
         <v>0.73599999999999999</v>
       </c>
-      <c r="M36" s="86">
+      <c r="N36" s="86">
         <v>0.73099999999999998</v>
       </c>
-      <c r="N36" s="86">
+      <c r="O36" s="86">
         <v>0.72</v>
       </c>
-      <c r="O36" s="86">
+      <c r="P36" s="86">
         <v>0.753</v>
       </c>
-      <c r="P36" s="86">
+      <c r="Q36" s="86">
         <v>0.70599999999999996</v>
       </c>
-      <c r="Q36" s="86">
+      <c r="R36" s="86">
         <v>0.70099999999999996</v>
       </c>
-      <c r="R36" s="86">
+      <c r="S36" s="86">
         <v>0.71899999999999997</v>
       </c>
-      <c r="S36" s="86">
+      <c r="T36" s="86">
         <v>0.72</v>
       </c>
-      <c r="T36" s="86">
+      <c r="U36" s="86">
         <v>0.74047213178637339</v>
       </c>
-      <c r="U36" s="86">
+      <c r="V36" s="86">
         <v>0.72867715052990434</v>
       </c>
-      <c r="V36" s="86">
+      <c r="W36" s="86">
         <v>0.68912644839183401</v>
       </c>
-      <c r="W36" s="86">
+      <c r="X36" s="86">
         <v>0.64300000000000002</v>
       </c>
-      <c r="X36" s="86">
+      <c r="Y36" s="86">
         <v>0.72874141042382712</v>
       </c>
-      <c r="Y36" s="86">
+      <c r="Z36" s="86">
         <v>0.70198402498495316</v>
       </c>
-      <c r="Z36" s="86">
+      <c r="AA36" s="86">
         <v>0.69293619440942378</v>
       </c>
-      <c r="AA36" s="86">
+      <c r="AB36" s="86">
         <v>0.64800341735873934</v>
       </c>
-      <c r="AB36" s="86">
+      <c r="AC36" s="86">
         <v>0.64800000000000002</v>
       </c>
-      <c r="AC36" s="86">
+      <c r="AD36" s="86">
         <v>0.73464406219424261</v>
       </c>
-      <c r="AD36" s="86">
+      <c r="AE36" s="86">
         <v>0.70695229480654065</v>
       </c>
-      <c r="AE36" s="86">
+      <c r="AF36" s="86">
         <v>0.69720811581269404</v>
       </c>
-      <c r="AF36" s="86">
+      <c r="AG36" s="86">
         <v>0.66190950496689693</v>
       </c>
-      <c r="AG36" s="86">
+      <c r="AH36" s="86">
         <v>0.70652198520888987</v>
       </c>
-      <c r="AH36" s="86">
+      <c r="AI36" s="86">
         <v>0.6663689524081845</v>
       </c>
-      <c r="AI36" s="86">
+      <c r="AJ36" s="86">
         <v>0.64502993736988312</v>
       </c>
-      <c r="AJ36" s="86"/>
       <c r="AK36" s="86"/>
       <c r="AL36" s="86"/>
+      <c r="AM36" s="86"/>
     </row>
-    <row r="37" spans="1:38" ht="3" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="37" spans="1:39" ht="3" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A37" s="63"/>
       <c r="B37" s="68"/>
       <c r="C37" s="304"/>
-      <c r="I37" s="58">
-[...1 lines deleted...]
-      </c>
       <c r="J37" s="58">
         <v>5747</v>
       </c>
-      <c r="P37" s="86"/>
+      <c r="K37" s="58">
+        <v>5747</v>
+      </c>
+      <c r="Q37" s="86"/>
     </row>
-    <row r="38" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="38" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A38" s="63"/>
       <c r="B38" s="88" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="305" t="s">
         <v>97</v>
       </c>
       <c r="D38" s="89" t="s">
+        <v>441</v>
+      </c>
+      <c r="E38" s="89" t="s">
         <v>11</v>
       </c>
-      <c r="E38" s="89" t="s">
+      <c r="F38" s="89" t="s">
         <v>12</v>
       </c>
-      <c r="F38" s="89" t="s">
+      <c r="G38" s="89" t="s">
         <v>13</v>
       </c>
-      <c r="G38" s="89" t="s">
+      <c r="H38" s="89" t="s">
         <v>14</v>
       </c>
-      <c r="H38" s="89" t="s">
+      <c r="I38" s="89" t="s">
         <v>15</v>
       </c>
-      <c r="I38" s="89" t="s">
+      <c r="J38" s="89" t="s">
         <v>16</v>
       </c>
-      <c r="J38" s="89" t="s">
+      <c r="K38" s="89" t="s">
         <v>17</v>
       </c>
-      <c r="K38" s="89" t="s">
+      <c r="L38" s="89" t="s">
         <v>18</v>
       </c>
-      <c r="L38" s="89" t="s">
+      <c r="M38" s="89" t="s">
         <v>19</v>
       </c>
-      <c r="M38" s="89" t="s">
+      <c r="N38" s="89" t="s">
         <v>20</v>
       </c>
-      <c r="N38" s="89" t="s">
+      <c r="O38" s="89" t="s">
         <v>21</v>
       </c>
-      <c r="O38" s="89" t="s">
+      <c r="P38" s="89" t="s">
         <v>22</v>
       </c>
-      <c r="P38" s="90" t="s">
+      <c r="Q38" s="90" t="s">
         <v>23</v>
       </c>
-      <c r="Q38" s="90" t="s">
+      <c r="R38" s="90" t="s">
         <v>24</v>
       </c>
-      <c r="R38" s="90" t="s">
+      <c r="S38" s="90" t="s">
         <v>25</v>
       </c>
-      <c r="S38" s="91" t="s">
+      <c r="T38" s="91" t="s">
         <v>26</v>
       </c>
-      <c r="T38" s="91" t="s">
+      <c r="U38" s="91" t="s">
         <v>27</v>
       </c>
-      <c r="U38" s="91" t="s">
+      <c r="V38" s="91" t="s">
         <v>28</v>
       </c>
-      <c r="V38" s="91" t="s">
+      <c r="W38" s="91" t="s">
         <v>29</v>
       </c>
-      <c r="W38" s="91" t="s">
+      <c r="X38" s="91" t="s">
         <v>30</v>
       </c>
-      <c r="X38" s="91" t="s">
+      <c r="Y38" s="91" t="s">
         <v>31</v>
       </c>
-      <c r="Y38" s="91" t="s">
+      <c r="Z38" s="91" t="s">
         <v>32</v>
       </c>
-      <c r="Z38" s="91" t="s">
+      <c r="AA38" s="91" t="s">
         <v>33</v>
       </c>
-      <c r="AA38" s="91" t="s">
+      <c r="AB38" s="91" t="s">
         <v>34</v>
       </c>
-      <c r="AB38" s="91" t="s">
+      <c r="AC38" s="91" t="s">
         <v>35</v>
       </c>
-      <c r="AC38" s="91" t="s">
+      <c r="AD38" s="91" t="s">
         <v>36</v>
       </c>
-      <c r="AD38" s="91" t="s">
+      <c r="AE38" s="91" t="s">
         <v>37</v>
       </c>
-      <c r="AE38" s="91" t="s">
+      <c r="AF38" s="91" t="s">
         <v>38</v>
       </c>
-      <c r="AF38" s="91" t="s">
+      <c r="AG38" s="91" t="s">
         <v>39</v>
       </c>
-      <c r="AG38" s="91" t="s">
+      <c r="AH38" s="91" t="s">
         <v>40</v>
       </c>
-      <c r="AH38" s="91" t="s">
+      <c r="AI38" s="91" t="s">
         <v>41</v>
       </c>
-      <c r="AI38" s="91" t="s">
+      <c r="AJ38" s="91" t="s">
         <v>42</v>
       </c>
-      <c r="AJ38" s="91" t="s">
+      <c r="AK38" s="91" t="s">
         <v>43</v>
       </c>
-      <c r="AK38" s="91" t="s">
+      <c r="AL38" s="91" t="s">
         <v>44</v>
       </c>
-      <c r="AL38" s="91" t="s">
+      <c r="AM38" s="91" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="39" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="39" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A39" s="63"/>
       <c r="B39" s="66" t="s">
         <v>98</v>
       </c>
       <c r="C39" s="292" t="s">
         <v>99</v>
       </c>
       <c r="D39" s="67">
+        <v>5445</v>
+      </c>
+      <c r="E39" s="67">
         <v>6847</v>
       </c>
-      <c r="E39" s="67">
+      <c r="F39" s="67">
         <v>8067</v>
       </c>
-      <c r="F39" s="67">
+      <c r="G39" s="67">
         <v>7173</v>
       </c>
-      <c r="G39" s="67">
+      <c r="H39" s="67">
         <v>4819</v>
       </c>
-      <c r="H39" s="67">
+      <c r="I39" s="67">
         <v>5191</v>
       </c>
-      <c r="I39" s="67">
+      <c r="J39" s="67">
         <v>6389</v>
       </c>
-      <c r="J39" s="67">
+      <c r="K39" s="67">
         <v>5747</v>
       </c>
-      <c r="K39" s="67">
+      <c r="L39" s="67">
         <v>3627</v>
       </c>
-      <c r="L39" s="67">
+      <c r="M39" s="67">
         <v>4146</v>
       </c>
-      <c r="M39" s="67">
+      <c r="N39" s="67">
         <v>4823</v>
       </c>
-      <c r="N39" s="67">
+      <c r="O39" s="67">
         <v>4357</v>
       </c>
-      <c r="O39" s="67">
+      <c r="P39" s="67">
         <v>3405</v>
       </c>
-      <c r="P39" s="67">
+      <c r="Q39" s="67">
         <v>3798</v>
       </c>
-      <c r="Q39" s="67">
+      <c r="R39" s="67">
         <v>4142</v>
       </c>
-      <c r="R39" s="67">
+      <c r="S39" s="67">
         <v>3530</v>
       </c>
-      <c r="S39" s="67">
+      <c r="T39" s="67">
         <v>2941</v>
       </c>
-      <c r="T39" s="67">
+      <c r="U39" s="67">
         <v>3409</v>
       </c>
-      <c r="U39" s="67">
+      <c r="V39" s="67">
         <v>3533</v>
       </c>
-      <c r="V39" s="67">
+      <c r="W39" s="67">
         <v>3096</v>
       </c>
-      <c r="W39" s="67">
+      <c r="X39" s="67">
         <v>2296</v>
       </c>
-      <c r="X39" s="67">
+      <c r="Y39" s="67">
         <v>2428</v>
       </c>
-      <c r="Y39" s="67">
+      <c r="Z39" s="67">
         <v>1830</v>
       </c>
-      <c r="Z39" s="67">
+      <c r="AA39" s="67">
         <v>1478</v>
       </c>
-      <c r="AA39" s="67">
+      <c r="AB39" s="67">
         <v>1911</v>
       </c>
-      <c r="AB39" s="75">
+      <c r="AC39" s="75">
         <v>1611</v>
       </c>
-      <c r="AC39" s="75">
+      <c r="AD39" s="75">
         <v>1328</v>
       </c>
-      <c r="AD39" s="75">
+      <c r="AE39" s="75">
         <v>1128</v>
       </c>
-      <c r="AE39" s="75">
+      <c r="AF39" s="75">
         <v>1807</v>
       </c>
-      <c r="AF39" s="75">
+      <c r="AG39" s="75">
         <v>1347</v>
       </c>
-      <c r="AG39" s="75">
+      <c r="AH39" s="75">
         <v>1344</v>
       </c>
-      <c r="AH39" s="75">
+      <c r="AI39" s="75">
         <v>895</v>
       </c>
-      <c r="AI39" s="75">
+      <c r="AJ39" s="75">
         <v>1957</v>
       </c>
-      <c r="AJ39" s="75">
+      <c r="AK39" s="75">
         <v>1233</v>
       </c>
-      <c r="AK39" s="75">
+      <c r="AL39" s="75">
         <v>843</v>
       </c>
-      <c r="AL39" s="75">
+      <c r="AM39" s="75">
         <v>804</v>
       </c>
     </row>
-    <row r="40" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="40" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A40" s="63"/>
       <c r="B40" s="68" t="s">
         <v>100</v>
       </c>
       <c r="C40" s="293" t="s">
         <v>101</v>
       </c>
       <c r="D40" s="74">
+        <v>489</v>
+      </c>
+      <c r="E40" s="74">
         <v>730</v>
       </c>
-      <c r="E40" s="74">
+      <c r="F40" s="74">
         <v>355</v>
       </c>
-      <c r="F40" s="74">
+      <c r="G40" s="74">
         <v>383</v>
       </c>
-      <c r="G40" s="74">
+      <c r="H40" s="74">
         <v>355</v>
       </c>
-      <c r="H40" s="74">
+      <c r="I40" s="74">
         <v>503</v>
       </c>
-      <c r="I40" s="74">
+      <c r="J40" s="74">
         <v>620</v>
       </c>
-      <c r="J40" s="74">
+      <c r="K40" s="74">
         <v>426</v>
       </c>
-      <c r="K40" s="74">
+      <c r="L40" s="74">
         <v>412</v>
       </c>
-      <c r="L40" s="74">
+      <c r="M40" s="74">
         <v>650</v>
       </c>
-      <c r="M40" s="74">
+      <c r="N40" s="74">
         <v>530.53</v>
       </c>
-      <c r="N40" s="74">
+      <c r="O40" s="74">
         <v>343</v>
       </c>
-      <c r="O40" s="74">
+      <c r="P40" s="74">
         <v>332</v>
       </c>
-      <c r="P40" s="74">
+      <c r="Q40" s="74">
         <v>333</v>
       </c>
-      <c r="Q40" s="74">
+      <c r="R40" s="74">
         <v>408</v>
       </c>
-      <c r="R40" s="74">
+      <c r="S40" s="74">
         <v>266</v>
       </c>
-      <c r="S40" s="74">
+      <c r="T40" s="74">
         <v>274</v>
       </c>
-      <c r="T40" s="74">
+      <c r="U40" s="74">
         <v>329</v>
       </c>
-      <c r="U40" s="74">
+      <c r="V40" s="74">
         <v>280</v>
       </c>
-      <c r="V40" s="74">
+      <c r="W40" s="74">
         <v>222</v>
       </c>
-      <c r="W40" s="74">
+      <c r="X40" s="74">
         <v>228</v>
       </c>
-      <c r="X40" s="74">
+      <c r="Y40" s="74">
         <v>297</v>
       </c>
-      <c r="Y40" s="74">
+      <c r="Z40" s="74">
         <v>208</v>
       </c>
-      <c r="Z40" s="74">
+      <c r="AA40" s="74">
         <v>198</v>
       </c>
-      <c r="AA40" s="74">
+      <c r="AB40" s="74">
         <v>208</v>
       </c>
-      <c r="AB40" s="74">
+      <c r="AC40" s="74">
         <v>191</v>
       </c>
-      <c r="AC40" s="74">
+      <c r="AD40" s="74">
         <v>231</v>
       </c>
-      <c r="AD40" s="74">
+      <c r="AE40" s="74">
         <v>155</v>
       </c>
-      <c r="AE40" s="74">
+      <c r="AF40" s="74">
         <v>156</v>
       </c>
-      <c r="AF40" s="74">
+      <c r="AG40" s="74">
         <v>217</v>
       </c>
-      <c r="AG40" s="74">
+      <c r="AH40" s="74">
         <v>259</v>
       </c>
-      <c r="AH40" s="74">
+      <c r="AI40" s="74">
         <v>197</v>
       </c>
-      <c r="AI40" s="74">
+      <c r="AJ40" s="74">
         <v>256</v>
       </c>
-      <c r="AJ40" s="74">
+      <c r="AK40" s="74">
         <v>178</v>
       </c>
-      <c r="AK40" s="74">
+      <c r="AL40" s="74">
         <v>254</v>
       </c>
-      <c r="AL40" s="74">
+      <c r="AM40" s="74">
         <v>243</v>
       </c>
     </row>
-    <row r="41" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="41" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A41" s="63"/>
       <c r="B41" s="92" t="s">
         <v>102</v>
       </c>
       <c r="C41" s="306" t="s">
         <v>103</v>
       </c>
       <c r="D41" s="74">
+        <v>4956</v>
+      </c>
+      <c r="E41" s="74">
         <v>6117</v>
       </c>
-      <c r="E41" s="74">
+      <c r="F41" s="74">
         <v>7712</v>
       </c>
-      <c r="F41" s="74">
+      <c r="G41" s="74">
         <v>6790</v>
       </c>
-      <c r="G41" s="74">
+      <c r="H41" s="74">
         <v>4464</v>
       </c>
-      <c r="H41" s="74">
+      <c r="I41" s="74">
         <v>4688</v>
       </c>
-      <c r="I41" s="74">
+      <c r="J41" s="74">
         <v>5769</v>
       </c>
-      <c r="J41" s="74">
+      <c r="K41" s="74">
         <v>5321</v>
       </c>
-      <c r="K41" s="74">
+      <c r="L41" s="74">
         <v>3215</v>
       </c>
-      <c r="L41" s="74">
+      <c r="M41" s="74">
         <v>3496</v>
       </c>
-      <c r="M41" s="74">
+      <c r="N41" s="74">
         <v>4292.47</v>
       </c>
-      <c r="N41" s="74">
+      <c r="O41" s="74">
         <v>4014</v>
       </c>
-      <c r="O41" s="74">
+      <c r="P41" s="74">
         <v>3073</v>
       </c>
-      <c r="P41" s="74">
+      <c r="Q41" s="74">
         <v>3465</v>
       </c>
-      <c r="Q41" s="74">
+      <c r="R41" s="74">
         <v>3734</v>
       </c>
-      <c r="R41" s="74">
+      <c r="S41" s="74">
         <v>3264</v>
       </c>
-      <c r="S41" s="74">
+      <c r="T41" s="74">
         <v>2667</v>
       </c>
-      <c r="T41" s="74">
+      <c r="U41" s="74">
         <v>3080</v>
       </c>
-      <c r="U41" s="74">
+      <c r="V41" s="74">
         <v>3253</v>
       </c>
-      <c r="V41" s="74">
+      <c r="W41" s="74">
         <v>2874</v>
       </c>
-      <c r="W41" s="74">
+      <c r="X41" s="74">
         <v>2068</v>
       </c>
-      <c r="X41" s="74">
+      <c r="Y41" s="74">
         <v>2131</v>
       </c>
-      <c r="Y41" s="74">
+      <c r="Z41" s="74">
         <v>1622</v>
       </c>
-      <c r="Z41" s="74">
+      <c r="AA41" s="74">
         <v>1280</v>
       </c>
-      <c r="AA41" s="74">
+      <c r="AB41" s="74">
         <v>1703</v>
       </c>
-      <c r="AB41" s="74">
+      <c r="AC41" s="74">
         <v>1420</v>
       </c>
-      <c r="AC41" s="74">
+      <c r="AD41" s="74">
         <v>1097</v>
       </c>
-      <c r="AD41" s="74">
+      <c r="AE41" s="74">
         <v>973</v>
       </c>
-      <c r="AE41" s="74">
+      <c r="AF41" s="74">
         <v>1651</v>
       </c>
-      <c r="AF41" s="74">
+      <c r="AG41" s="74">
         <v>1130</v>
       </c>
-      <c r="AG41" s="74">
+      <c r="AH41" s="74">
         <v>1085</v>
       </c>
-      <c r="AH41" s="74">
+      <c r="AI41" s="74">
         <v>698</v>
       </c>
-      <c r="AI41" s="74">
+      <c r="AJ41" s="74">
         <v>1701</v>
       </c>
-      <c r="AJ41" s="74">
+      <c r="AK41" s="74">
         <v>1055</v>
       </c>
-      <c r="AK41" s="74">
+      <c r="AL41" s="74">
         <v>589</v>
       </c>
-      <c r="AL41" s="74">
+      <c r="AM41" s="74">
         <v>561</v>
       </c>
     </row>
-    <row r="42" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="42" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A42" s="63"/>
       <c r="B42" s="92" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="306" t="s">
         <v>104</v>
       </c>
       <c r="D42" s="93">
+        <v>8.9807162534435256E-2</v>
+      </c>
+      <c r="E42" s="93">
         <v>0.10661603622024245</v>
       </c>
-      <c r="E42" s="93">
+      <c r="F42" s="93">
         <v>4.4006446014627491E-2</v>
       </c>
-      <c r="F42" s="93">
+      <c r="G42" s="93">
         <v>5.3394674473720899E-2</v>
       </c>
-      <c r="G42" s="93">
+      <c r="H42" s="93">
         <v>7.0055381994679311E-2</v>
       </c>
-      <c r="H42" s="93">
+      <c r="I42" s="93">
         <v>9.6268387650834425E-2</v>
       </c>
-      <c r="I42" s="93">
+      <c r="J42" s="93">
         <v>9.1879698041721025E-2</v>
       </c>
-      <c r="J42" s="93">
+      <c r="K42" s="93">
         <v>7.5828780629247111E-2</v>
       </c>
-      <c r="K42" s="93">
+      <c r="L42" s="93">
         <v>0.11750904405565603</v>
       </c>
-      <c r="L42" s="93">
+      <c r="M42" s="93">
         <v>0.15739021856085228</v>
       </c>
-      <c r="M42" s="93">
+      <c r="N42" s="93">
         <v>0.11049793928775717</v>
       </c>
-      <c r="N42" s="93">
+      <c r="O42" s="93">
         <v>7.3146337217640689E-2</v>
       </c>
-      <c r="O42" s="93">
+      <c r="P42" s="93">
         <v>9.8680999361455052E-2</v>
       </c>
-      <c r="P42" s="93">
+      <c r="Q42" s="93">
         <v>8.4186695338373974E-2</v>
       </c>
-      <c r="Q42" s="93">
+      <c r="R42" s="93">
         <v>9.1081090711078852E-2</v>
       </c>
-      <c r="R42" s="93">
+      <c r="S42" s="93">
         <v>7.3054150623616393E-2</v>
       </c>
-      <c r="S42" s="93">
+      <c r="T42" s="93">
         <v>8.9814264305577693E-2</v>
       </c>
-      <c r="T42" s="93">
+      <c r="U42" s="93">
         <v>8.8595065189853314E-2</v>
       </c>
-      <c r="U42" s="93">
+      <c r="V42" s="93">
         <v>7.3174511669851644E-2</v>
       </c>
-      <c r="V42" s="93">
+      <c r="W42" s="93">
         <v>6.8104182009053743E-2</v>
       </c>
-      <c r="W42" s="93">
+      <c r="X42" s="93">
         <v>9.7187533073389121E-2</v>
       </c>
-      <c r="X42" s="93">
+      <c r="Y42" s="93">
         <v>0.12212948044186094</v>
       </c>
-      <c r="Y42" s="93">
+      <c r="Z42" s="93">
         <v>0.12489935630674077</v>
       </c>
-      <c r="Z42" s="93">
+      <c r="AA42" s="93">
         <v>0.14481886764550489</v>
       </c>
-      <c r="AA42" s="93">
+      <c r="AB42" s="93">
         <v>0.11377722004453507</v>
       </c>
-      <c r="AB42" s="93">
+      <c r="AC42" s="93">
         <v>0.13585329116717476</v>
       </c>
-      <c r="AC42" s="93">
+      <c r="AD42" s="93">
         <v>0.19760412745242215</v>
       </c>
-      <c r="AD42" s="93">
+      <c r="AE42" s="93">
         <v>0.1616357602361613</v>
       </c>
-      <c r="AE42" s="93">
+      <c r="AF42" s="93">
         <v>9.4827451250024633E-2</v>
       </c>
-      <c r="AF42" s="93">
+      <c r="AG42" s="93">
         <v>0.18444156631473146</v>
       </c>
-      <c r="AG42" s="93">
+      <c r="AH42" s="93">
         <v>0.20965886415386359</v>
       </c>
-      <c r="AH42" s="93">
+      <c r="AI42" s="93">
         <v>0.23587815121234232</v>
       </c>
-      <c r="AI42" s="93">
+      <c r="AJ42" s="93">
         <v>0.14310628590695948</v>
       </c>
-      <c r="AJ42" s="93">
+      <c r="AK42" s="93">
         <v>0.14595728734467817</v>
       </c>
-      <c r="AK42" s="93">
+      <c r="AL42" s="93">
         <v>0.27131528508633052</v>
       </c>
-      <c r="AL42" s="93">
+      <c r="AM42" s="93">
         <v>0.30255102860299476</v>
       </c>
     </row>
-    <row r="43" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="43" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A43" s="63"/>
       <c r="B43" s="72"/>
       <c r="C43" s="295"/>
-      <c r="D43" s="186"/>
+      <c r="D43" s="342"/>
       <c r="E43" s="186"/>
       <c r="F43" s="186"/>
       <c r="G43" s="186"/>
       <c r="H43" s="186"/>
       <c r="I43" s="186"/>
       <c r="J43" s="186"/>
       <c r="K43" s="186"/>
       <c r="L43" s="186"/>
       <c r="M43" s="186"/>
       <c r="N43" s="186"/>
       <c r="O43" s="186"/>
       <c r="P43" s="186"/>
       <c r="Q43" s="186"/>
       <c r="R43" s="186"/>
       <c r="S43" s="186"/>
       <c r="T43" s="186"/>
       <c r="U43" s="186"/>
       <c r="V43" s="186"/>
       <c r="W43" s="186"/>
       <c r="X43" s="186"/>
       <c r="Y43" s="186"/>
       <c r="Z43" s="186"/>
       <c r="AA43" s="186"/>
       <c r="AB43" s="186"/>
       <c r="AC43" s="186"/>
       <c r="AD43" s="186"/>
       <c r="AE43" s="186"/>
       <c r="AF43" s="186"/>
       <c r="AG43" s="186"/>
       <c r="AH43" s="186"/>
       <c r="AI43" s="186"/>
       <c r="AJ43" s="186"/>
       <c r="AK43" s="186"/>
       <c r="AL43" s="186"/>
+      <c r="AM43" s="186"/>
     </row>
-    <row r="44" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="44" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A44" s="63"/>
       <c r="B44" s="64" t="s">
         <v>105</v>
       </c>
       <c r="C44" s="291" t="s">
         <v>106</v>
       </c>
       <c r="D44" s="184"/>
       <c r="E44" s="184"/>
-      <c r="F44" s="183"/>
+      <c r="F44" s="184"/>
       <c r="G44" s="183"/>
-      <c r="H44" s="258"/>
-      <c r="I44" s="183"/>
+      <c r="H44" s="183"/>
+      <c r="I44" s="258"/>
       <c r="J44" s="183"/>
       <c r="K44" s="183"/>
-      <c r="L44" s="188"/>
+      <c r="L44" s="183"/>
       <c r="M44" s="188"/>
       <c r="N44" s="188"/>
       <c r="O44" s="188"/>
       <c r="P44" s="188"/>
       <c r="Q44" s="188"/>
       <c r="R44" s="188"/>
       <c r="S44" s="188"/>
       <c r="T44" s="188"/>
       <c r="U44" s="188"/>
       <c r="V44" s="188"/>
       <c r="W44" s="188"/>
       <c r="X44" s="188"/>
       <c r="Y44" s="188"/>
       <c r="Z44" s="188"/>
       <c r="AA44" s="188"/>
       <c r="AB44" s="188"/>
       <c r="AC44" s="188"/>
       <c r="AD44" s="188"/>
       <c r="AE44" s="188"/>
       <c r="AF44" s="188"/>
       <c r="AG44" s="188"/>
       <c r="AH44" s="188"/>
       <c r="AI44" s="188"/>
       <c r="AJ44" s="188"/>
       <c r="AK44" s="188"/>
       <c r="AL44" s="188"/>
+      <c r="AM44" s="188"/>
     </row>
-    <row r="45" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="45" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A45" s="63"/>
       <c r="B45" s="31" t="s">
         <v>107</v>
       </c>
       <c r="C45" s="290" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="E45" s="31" t="s">
         <v>11</v>
       </c>
-      <c r="E45" s="31" t="s">
+      <c r="F45" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="F45" s="31" t="s">
+      <c r="G45" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="G45" s="31" t="s">
+      <c r="H45" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="H45" s="31" t="s">
+      <c r="I45" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="I45" s="31" t="s">
+      <c r="J45" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="J45" s="31" t="s">
+      <c r="K45" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="K45" s="31" t="s">
+      <c r="L45" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="L45" s="31" t="s">
+      <c r="M45" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="M45" s="31" t="s">
+      <c r="N45" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="N45" s="31" t="s">
+      <c r="O45" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="O45" s="31" t="s">
+      <c r="P45" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="P45" s="31" t="s">
+      <c r="Q45" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="Q45" s="31" t="s">
+      <c r="R45" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="R45" s="31" t="s">
+      <c r="S45" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="S45" s="31" t="s">
+      <c r="T45" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="T45" s="31" t="s">
+      <c r="U45" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="U45" s="31" t="s">
+      <c r="V45" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="V45" s="31" t="s">
+      <c r="W45" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="W45" s="31" t="s">
+      <c r="X45" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="X45" s="31" t="s">
+      <c r="Y45" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="Y45" s="31" t="s">
+      <c r="Z45" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="Z45" s="31" t="s">
+      <c r="AA45" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="AA45" s="31" t="s">
+      <c r="AB45" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="AB45" s="31" t="s">
+      <c r="AC45" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="AC45" s="31" t="s">
+      <c r="AD45" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="AD45" s="31" t="s">
+      <c r="AE45" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="AE45" s="31" t="s">
+      <c r="AF45" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="AF45" s="31" t="s">
+      <c r="AG45" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="AG45" s="31" t="s">
+      <c r="AH45" s="31" t="s">
         <v>40</v>
       </c>
-      <c r="AH45" s="31" t="s">
+      <c r="AI45" s="31" t="s">
         <v>41</v>
       </c>
-      <c r="AI45" s="31" t="s">
+      <c r="AJ45" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="AJ45" s="31" t="s">
+      <c r="AK45" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="AK45" s="31" t="s">
+      <c r="AL45" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="AL45" s="31" t="s">
+      <c r="AM45" s="31" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="46" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="46" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A46" s="63"/>
       <c r="B46" s="94" t="s">
         <v>109</v>
       </c>
       <c r="C46" s="307" t="s">
         <v>110</v>
       </c>
       <c r="D46" s="69">
+        <v>1492328.3437799995</v>
+      </c>
+      <c r="E46" s="69">
         <v>1487163.2058999992</v>
       </c>
-      <c r="E46" s="69">
+      <c r="F46" s="69">
         <v>2149317.1162500009</v>
       </c>
-      <c r="F46" s="69">
+      <c r="G46" s="69">
         <v>1122907.5716900013</v>
       </c>
-      <c r="G46" s="69">
+      <c r="H46" s="69">
         <v>927749</v>
       </c>
-      <c r="H46" s="69">
+      <c r="I46" s="69">
         <v>1437600</v>
       </c>
-      <c r="I46" s="69">
+      <c r="J46" s="69">
         <v>1438166</v>
       </c>
-      <c r="J46" s="69">
+      <c r="K46" s="69">
         <v>886489.75853999995</v>
       </c>
-      <c r="K46" s="69">
+      <c r="L46" s="69">
         <v>857120.8055900007</v>
       </c>
-      <c r="L46" s="69">
+      <c r="M46" s="69">
         <v>866063.56863999995</v>
       </c>
-      <c r="M46" s="69">
+      <c r="N46" s="69">
         <v>1228870.2239999999</v>
       </c>
-      <c r="N46" s="69">
+      <c r="O46" s="69">
         <v>578900.0708699997</v>
       </c>
-      <c r="O46" s="69">
+      <c r="P46" s="69">
         <v>662004.39180999983</v>
       </c>
-      <c r="P46" s="69">
+      <c r="Q46" s="69">
         <v>860054.42945000005</v>
       </c>
-      <c r="Q46" s="69">
+      <c r="R46" s="69">
         <v>728501.12204999954</v>
       </c>
-      <c r="R46" s="69">
+      <c r="S46" s="69">
         <v>532336.59483000054</v>
       </c>
-      <c r="S46" s="69">
+      <c r="T46" s="69">
         <v>470010.72897000017</v>
       </c>
-      <c r="T46" s="69">
+      <c r="U46" s="69">
         <v>723118.12500999996</v>
       </c>
-      <c r="U46" s="69">
+      <c r="V46" s="69">
         <v>540584</v>
       </c>
-      <c r="V46" s="69">
+      <c r="W46" s="69">
         <v>296903.31987999997</v>
       </c>
-      <c r="W46" s="69">
+      <c r="X46" s="69">
         <v>344439</v>
       </c>
-      <c r="X46" s="69">
+      <c r="Y46" s="69">
         <v>384044.41993000009</v>
       </c>
-      <c r="Y46" s="69">
+      <c r="Z46" s="69">
         <v>220252.01756999991</v>
       </c>
-      <c r="Z46" s="69">
+      <c r="AA46" s="69">
         <v>250691.57666000031</v>
       </c>
-      <c r="AA46" s="69">
+      <c r="AB46" s="69">
         <v>286245.10550099961</v>
       </c>
-      <c r="AB46" s="69">
+      <c r="AC46" s="69">
         <v>201916.99807000012</v>
       </c>
-      <c r="AC46" s="69">
+      <c r="AD46" s="69">
         <v>275481.18352000014</v>
       </c>
-      <c r="AD46" s="69">
+      <c r="AE46" s="69">
         <v>165908.92351999989</v>
       </c>
-      <c r="AE46" s="69">
+      <c r="AF46" s="69">
         <v>270225.29568000021</v>
       </c>
-      <c r="AF46" s="69">
+      <c r="AG46" s="69">
         <v>247517.8686000001</v>
       </c>
-      <c r="AG46" s="69">
+      <c r="AH46" s="69">
         <v>261769.45372000022</v>
       </c>
-      <c r="AH46" s="69">
+      <c r="AI46" s="69">
         <v>209365.85892000029</v>
       </c>
-      <c r="AI46" s="74">
+      <c r="AJ46" s="74">
         <v>167371.93680000014</v>
       </c>
-      <c r="AJ46" s="74">
+      <c r="AK46" s="74">
         <v>231462.03001000022</v>
       </c>
-      <c r="AK46" s="74">
+      <c r="AL46" s="74">
         <v>176884.73623000001</v>
       </c>
-      <c r="AL46" s="74">
+      <c r="AM46" s="74">
         <v>227960.34033999976</v>
       </c>
     </row>
-    <row r="47" spans="1:38" s="257" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:39" s="257" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="253"/>
       <c r="B47" s="254" t="s">
         <v>111</v>
       </c>
       <c r="C47" s="308" t="s">
         <v>112</v>
       </c>
       <c r="D47" s="255">
+        <v>5001</v>
+      </c>
+      <c r="E47" s="255">
         <v>5101</v>
       </c>
-      <c r="E47" s="255">
+      <c r="F47" s="255">
         <v>7155</v>
       </c>
-      <c r="F47" s="255">
+      <c r="G47" s="255">
         <v>3783</v>
       </c>
-      <c r="G47" s="255">
+      <c r="H47" s="255">
         <v>3156</v>
       </c>
-      <c r="H47" s="255">
+      <c r="I47" s="255">
         <v>4756</v>
       </c>
-      <c r="I47" s="255">
+      <c r="J47" s="255">
         <v>5046</v>
       </c>
-      <c r="J47" s="255">
+      <c r="K47" s="255">
         <v>3157</v>
       </c>
-      <c r="K47" s="255">
+      <c r="L47" s="255">
         <v>3017</v>
       </c>
-      <c r="L47" s="255">
+      <c r="M47" s="255">
         <v>3187</v>
       </c>
-      <c r="M47" s="255">
+      <c r="N47" s="255">
         <v>4611</v>
       </c>
-      <c r="N47" s="255">
+      <c r="O47" s="255">
         <v>2451</v>
       </c>
-      <c r="O47" s="255">
+      <c r="P47" s="255">
         <v>2737</v>
       </c>
-      <c r="P47" s="255">
+      <c r="Q47" s="255">
         <v>3510</v>
       </c>
-      <c r="Q47" s="255">
+      <c r="R47" s="255">
         <v>3085</v>
       </c>
-      <c r="R47" s="255">
+      <c r="S47" s="255">
         <v>2475</v>
       </c>
-      <c r="S47" s="255">
+      <c r="T47" s="255">
         <v>2213</v>
       </c>
-      <c r="T47" s="255">
+      <c r="U47" s="255">
         <v>3275</v>
       </c>
-      <c r="U47" s="255">
+      <c r="V47" s="255">
         <v>2819</v>
       </c>
-      <c r="V47" s="255">
+      <c r="W47" s="255">
         <v>1544</v>
       </c>
-      <c r="W47" s="255">
+      <c r="X47" s="255">
         <v>1746</v>
       </c>
-      <c r="X47" s="255">
+      <c r="Y47" s="255">
         <v>2068</v>
       </c>
-      <c r="Y47" s="255">
+      <c r="Z47" s="255">
         <v>1210</v>
       </c>
-      <c r="Z47" s="255">
+      <c r="AA47" s="255">
         <v>1306</v>
       </c>
-      <c r="AA47" s="255">
+      <c r="AB47" s="255">
         <v>1504</v>
       </c>
-      <c r="AB47" s="255">
+      <c r="AC47" s="255">
         <v>1068</v>
       </c>
-      <c r="AC47" s="255">
+      <c r="AD47" s="255">
         <v>1416</v>
       </c>
-      <c r="AD47" s="255">
+      <c r="AE47" s="255">
         <v>802</v>
       </c>
-      <c r="AE47" s="255">
+      <c r="AF47" s="255">
         <v>1339</v>
       </c>
-      <c r="AF47" s="255">
+      <c r="AG47" s="255">
         <v>1295</v>
       </c>
-      <c r="AG47" s="255">
+      <c r="AH47" s="255">
         <v>1335</v>
       </c>
-      <c r="AH47" s="255">
+      <c r="AI47" s="255">
         <v>1099</v>
       </c>
-      <c r="AI47" s="256">
+      <c r="AJ47" s="256">
         <v>924</v>
       </c>
-      <c r="AJ47" s="256">
+      <c r="AK47" s="256">
         <v>1224</v>
       </c>
-      <c r="AK47" s="256">
+      <c r="AL47" s="256">
         <v>910</v>
       </c>
-      <c r="AL47" s="256">
+      <c r="AM47" s="256">
         <v>1222</v>
       </c>
     </row>
-    <row r="48" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="48" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A48" s="63"/>
       <c r="B48" s="97"/>
       <c r="C48" s="309" t="s">
         <v>113</v>
       </c>
-      <c r="D48" s="183"/>
+      <c r="D48" s="184"/>
       <c r="E48" s="183"/>
       <c r="F48" s="183"/>
       <c r="G48" s="183"/>
       <c r="H48" s="183"/>
       <c r="I48" s="183"/>
       <c r="J48" s="183"/>
       <c r="K48" s="183"/>
       <c r="L48" s="183"/>
       <c r="M48" s="183"/>
       <c r="N48" s="183"/>
       <c r="O48" s="183"/>
       <c r="P48" s="183"/>
       <c r="Q48" s="183"/>
-      <c r="S48" s="183"/>
-[...2 lines deleted...]
-      <c r="AE48" s="183"/>
+      <c r="R48" s="183"/>
+      <c r="T48" s="183"/>
+      <c r="X48" s="183"/>
+      <c r="AB48" s="183"/>
+      <c r="AF48" s="183"/>
     </row>
-    <row r="49" spans="1:38" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.75">
+    <row r="49" spans="1:39" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A49" s="63"/>
       <c r="B49" s="268" t="s">
         <v>114</v>
       </c>
       <c r="C49" s="310" t="s">
         <v>115</v>
       </c>
       <c r="D49" s="183"/>
       <c r="E49" s="183"/>
       <c r="F49" s="183"/>
       <c r="G49" s="183"/>
-      <c r="K49" s="183"/>
-[...4 lines deleted...]
-      <c r="AE49" s="183"/>
+      <c r="H49" s="183"/>
+      <c r="L49" s="183"/>
+      <c r="P49" s="183"/>
+      <c r="T49" s="183"/>
+      <c r="X49" s="183"/>
+      <c r="AB49" s="183"/>
+      <c r="AF49" s="183"/>
     </row>
-    <row r="50" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="50" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A50" s="63"/>
       <c r="B50" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C50" s="290" t="s">
         <v>117</v>
       </c>
       <c r="D50" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="E50" s="31" t="s">
         <v>11</v>
       </c>
-      <c r="E50" s="31" t="s">
+      <c r="F50" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="F50" s="31" t="s">
+      <c r="G50" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="G50" s="31" t="s">
+      <c r="H50" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="H50" s="31" t="s">
+      <c r="I50" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="I50" s="31" t="s">
+      <c r="J50" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="J50" s="31" t="s">
+      <c r="K50" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="K50" s="31" t="s">
+      <c r="L50" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="L50" s="31" t="s">
+      <c r="M50" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="M50" s="31" t="s">
+      <c r="N50" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="N50" s="31" t="s">
+      <c r="O50" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="O50" s="31" t="s">
+      <c r="P50" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="P50" s="31" t="s">
+      <c r="Q50" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="Q50" s="31" t="s">
+      <c r="R50" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="R50" s="31" t="s">
+      <c r="S50" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="S50" s="31" t="s">
+      <c r="T50" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="T50" s="31" t="s">
+      <c r="U50" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="U50" s="31" t="s">
+      <c r="V50" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="V50" s="31" t="s">
+      <c r="W50" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="W50" s="31" t="s">
+      <c r="X50" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="X50" s="31" t="s">
+      <c r="Y50" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="Y50" s="31" t="s">
+      <c r="Z50" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="Z50" s="31" t="s">
+      <c r="AA50" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="AA50" s="31" t="s">
+      <c r="AB50" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="AB50" s="31" t="s">
+      <c r="AC50" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="AC50" s="31" t="s">
+      <c r="AD50" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="AD50" s="31" t="s">
+      <c r="AE50" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="AE50" s="31" t="s">
+      <c r="AF50" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="AF50" s="31" t="s">
+      <c r="AG50" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="AG50" s="31" t="s">
+      <c r="AH50" s="31" t="s">
         <v>40</v>
       </c>
-      <c r="AH50" s="31" t="s">
+      <c r="AI50" s="31" t="s">
         <v>41</v>
       </c>
-      <c r="AI50" s="31" t="s">
+      <c r="AJ50" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="AJ50" s="31" t="s">
+      <c r="AK50" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="AK50" s="31" t="s">
+      <c r="AL50" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="AL50" s="31" t="s">
+      <c r="AM50" s="31" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="51" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="51" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A51" s="63"/>
       <c r="B51" s="98" t="s">
         <v>48</v>
       </c>
       <c r="C51" s="311" t="s">
         <v>118</v>
       </c>
       <c r="D51" s="99">
+        <v>2406320.7815667279</v>
+      </c>
+      <c r="E51" s="99">
         <v>2678204.8832032457</v>
       </c>
-      <c r="E51" s="99">
+      <c r="F51" s="99">
         <v>2497723.131500381</v>
       </c>
-      <c r="F51" s="99">
+      <c r="G51" s="99">
         <v>2531047.0653500967</v>
       </c>
-      <c r="G51" s="99">
+      <c r="H51" s="99">
         <v>1833295</v>
       </c>
-      <c r="H51" s="99">
+      <c r="I51" s="99">
         <v>1840177.3344398551</v>
       </c>
-      <c r="I51" s="99">
+      <c r="J51" s="99">
         <v>1712813.4176047435</v>
       </c>
-      <c r="J51" s="99">
+      <c r="K51" s="99">
         <v>1689696.8970740701</v>
       </c>
-      <c r="K51" s="99">
+      <c r="L51" s="99">
         <v>1423778.6574939373</v>
       </c>
-      <c r="L51" s="99">
+      <c r="M51" s="99">
         <v>1436445.0149981501</v>
       </c>
-      <c r="M51" s="99">
+      <c r="N51" s="99">
         <v>1436257.702</v>
       </c>
-      <c r="N51" s="99">
+      <c r="O51" s="99">
         <v>1406899.1648209963</v>
       </c>
-      <c r="O51" s="99">
+      <c r="P51" s="99">
         <v>1081773.871762557</v>
       </c>
-      <c r="P51" s="99">
+      <c r="Q51" s="99">
         <v>1311549.8057307655</v>
       </c>
-      <c r="Q51" s="99">
+      <c r="R51" s="99">
         <v>1258406.1220285965</v>
       </c>
-      <c r="R51" s="99">
+      <c r="S51" s="99">
         <v>1067451.0708575558</v>
       </c>
-      <c r="S51" s="99">
+      <c r="T51" s="99">
         <v>999540.1853046855</v>
       </c>
-      <c r="T51" s="99">
+      <c r="U51" s="99">
         <v>827130.059496389</v>
       </c>
-      <c r="U51" s="99">
+      <c r="V51" s="99">
         <v>777430</v>
       </c>
-      <c r="V51" s="99">
+      <c r="W51" s="99">
         <v>765721.07809737546</v>
       </c>
-      <c r="W51" s="99">
+      <c r="X51" s="99">
         <v>748098.36302886542</v>
       </c>
-      <c r="X51" s="99">
+      <c r="Y51" s="99">
         <v>472987.61159950239</v>
       </c>
-      <c r="Y51" s="99">
+      <c r="Z51" s="99">
         <v>476069.6997660381</v>
       </c>
-      <c r="Z51" s="99">
+      <c r="AA51" s="99">
         <v>458468.08285767084</v>
       </c>
-      <c r="AA51" s="99">
+      <c r="AB51" s="99">
         <v>533500.46147977747</v>
       </c>
-      <c r="AB51" s="99">
+      <c r="AC51" s="99">
         <v>463386.41129379824</v>
       </c>
-      <c r="AC51" s="99">
+      <c r="AD51" s="99">
         <v>336772.09965558193</v>
       </c>
-      <c r="AD51" s="99">
+      <c r="AE51" s="99">
         <v>388848.74952372292</v>
       </c>
-      <c r="AE51" s="99">
+      <c r="AF51" s="99">
         <v>385091.28053051402</v>
       </c>
-      <c r="AF51" s="99">
+      <c r="AG51" s="99">
         <v>443805.12409696856</v>
       </c>
-      <c r="AG51" s="99">
+      <c r="AH51" s="99">
         <v>356991.240225413</v>
       </c>
-      <c r="AH51" s="99">
+      <c r="AI51" s="99">
         <v>385295.74477473489</v>
       </c>
-      <c r="AI51" s="99">
+      <c r="AJ51" s="99">
         <v>407895.48481505975</v>
       </c>
-      <c r="AJ51" s="99">
+      <c r="AK51" s="99">
         <v>423792.02293685125</v>
       </c>
-      <c r="AK51" s="99">
+      <c r="AL51" s="99">
         <v>294685.49120575929</v>
       </c>
-      <c r="AL51" s="99">
+      <c r="AM51" s="99">
         <v>365019.255952015</v>
       </c>
     </row>
-    <row r="52" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="52" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A52" s="63"/>
       <c r="B52" s="204" t="s">
         <v>50</v>
       </c>
       <c r="C52" s="312" t="s">
         <v>119</v>
       </c>
       <c r="D52" s="101">
+        <v>1245418.781</v>
+      </c>
+      <c r="E52" s="101">
         <v>1343578</v>
       </c>
-      <c r="E52" s="101">
+      <c r="F52" s="101">
         <v>1204397</v>
       </c>
-      <c r="F52" s="101">
+      <c r="G52" s="101">
         <v>1438622.145</v>
       </c>
-      <c r="G52" s="101">
+      <c r="H52" s="101">
         <v>724543</v>
       </c>
-      <c r="H52" s="101">
+      <c r="I52" s="101">
         <v>834718.96656329499</v>
       </c>
-      <c r="I52" s="101">
+      <c r="J52" s="101">
         <v>878257.04500000004</v>
       </c>
-      <c r="J52" s="101">
+      <c r="K52" s="101">
         <v>858066.892201807</v>
       </c>
-      <c r="K52" s="101">
+      <c r="L52" s="101">
         <v>883449.18353509996</v>
       </c>
-      <c r="L52" s="101">
+      <c r="M52" s="101">
         <v>866980.82671334001</v>
       </c>
-      <c r="M52" s="101">
+      <c r="N52" s="101">
         <v>804248.19075576204</v>
       </c>
-      <c r="N52" s="101">
+      <c r="O52" s="101">
         <v>890442.70470000803</v>
       </c>
-      <c r="O52" s="101">
+      <c r="P52" s="101">
         <v>612367.04000132799</v>
       </c>
-      <c r="P52" s="101">
+      <c r="Q52" s="101">
         <v>826750.20527500706</v>
       </c>
-      <c r="Q52" s="101">
+      <c r="R52" s="101">
         <v>715084.30057924194</v>
       </c>
-      <c r="R52" s="101">
+      <c r="S52" s="101">
         <v>705716.30026026</v>
       </c>
-      <c r="S52" s="101">
+      <c r="T52" s="101">
         <v>766966.96955421905</v>
       </c>
-      <c r="T52" s="101">
+      <c r="U52" s="101">
         <v>656407.74935103301</v>
       </c>
-      <c r="U52" s="101">
+      <c r="V52" s="101">
         <v>658156.60081028298</v>
       </c>
-      <c r="V52" s="101">
+      <c r="W52" s="101">
         <v>584047.88216249098</v>
       </c>
-      <c r="W52" s="101">
+      <c r="X52" s="101">
         <v>592381.194934114</v>
       </c>
-      <c r="X52" s="101">
+      <c r="Y52" s="101">
         <v>257455.5200544</v>
       </c>
-      <c r="Y52" s="101">
+      <c r="Z52" s="101">
         <v>244567.07143000001</v>
       </c>
-      <c r="Z52" s="101">
+      <c r="AA52" s="101">
         <v>265082.819166812</v>
       </c>
-      <c r="AA52" s="101">
+      <c r="AB52" s="101">
         <v>336557.71294712101</v>
       </c>
-      <c r="AB52" s="101">
+      <c r="AC52" s="101">
         <v>328097.06610499998</v>
       </c>
-      <c r="AC52" s="101">
+      <c r="AD52" s="101">
         <v>204197.55908000001</v>
       </c>
-      <c r="AD52" s="101">
+      <c r="AE52" s="101">
         <v>238196.15987797501</v>
       </c>
-      <c r="AE52" s="101">
+      <c r="AF52" s="101">
         <v>236859.215</v>
       </c>
-      <c r="AF52" s="101">
+      <c r="AG52" s="101">
         <v>274057.74200000003</v>
       </c>
-      <c r="AG52" s="101">
+      <c r="AH52" s="101">
         <v>158046.701</v>
       </c>
-      <c r="AH52" s="101">
+      <c r="AI52" s="101">
         <v>174588.87599999999</v>
       </c>
-      <c r="AI52" s="101">
+      <c r="AJ52" s="101">
         <v>219685.12100000001</v>
       </c>
-      <c r="AJ52" s="101">
+      <c r="AK52" s="101">
         <v>223106.50200000001</v>
       </c>
-      <c r="AK52" s="101">
+      <c r="AL52" s="101">
         <v>158907.649</v>
       </c>
-      <c r="AL52" s="101">
+      <c r="AM52" s="101">
         <v>184130.30100000001</v>
       </c>
     </row>
-    <row r="53" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="53" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A53" s="63"/>
       <c r="B53" s="105" t="s">
         <v>52</v>
       </c>
       <c r="C53" s="313" t="s">
         <v>120</v>
       </c>
       <c r="D53" s="99">
+        <v>1160902.0009999999</v>
+      </c>
+      <c r="E53" s="99">
         <v>1334626</v>
       </c>
-      <c r="E53" s="99">
+      <c r="F53" s="99">
         <v>1293326</v>
       </c>
-      <c r="F53" s="99">
+      <c r="G53" s="99">
         <v>1092424.92</v>
       </c>
-      <c r="G53" s="99">
+      <c r="H53" s="99">
         <v>1108752</v>
       </c>
-      <c r="H53" s="99">
+      <c r="I53" s="99">
         <v>1005458.36787656</v>
       </c>
-      <c r="I53" s="99">
+      <c r="J53" s="99">
         <v>834556.37300000002</v>
       </c>
-      <c r="J53" s="99">
+      <c r="K53" s="99">
         <v>831630.00487226597</v>
       </c>
-      <c r="K53" s="99">
+      <c r="L53" s="99">
         <v>540329.47395883698</v>
       </c>
-      <c r="L53" s="99">
+      <c r="M53" s="99">
         <v>569464.188284809</v>
       </c>
-      <c r="M53" s="99">
+      <c r="N53" s="99">
         <v>632009.51127132599</v>
       </c>
-      <c r="N53" s="99">
+      <c r="O53" s="99">
         <v>516456.46012098802</v>
       </c>
-      <c r="O53" s="99">
+      <c r="P53" s="99">
         <v>469406.83176123002</v>
       </c>
-      <c r="P53" s="99">
+      <c r="Q53" s="99">
         <v>484799.60045575799</v>
       </c>
-      <c r="Q53" s="99">
+      <c r="R53" s="99">
         <v>543321.82144935406</v>
       </c>
-      <c r="R53" s="99">
+      <c r="S53" s="99">
         <v>361734.77059729601</v>
       </c>
-      <c r="S53" s="99">
+      <c r="T53" s="99">
         <v>232573.215750467</v>
       </c>
-      <c r="T53" s="99">
+      <c r="U53" s="99">
         <v>170722.310145355</v>
       </c>
-      <c r="U53" s="99">
+      <c r="V53" s="99">
         <v>119273.222737164</v>
       </c>
-      <c r="V53" s="99">
+      <c r="W53" s="99">
         <v>181673.19593488501</v>
       </c>
-      <c r="W53" s="99">
+      <c r="X53" s="99">
         <v>155717.16809475099</v>
       </c>
-      <c r="X53" s="99">
+      <c r="Y53" s="99">
         <v>215532.09154510201</v>
       </c>
-      <c r="Y53" s="99">
+      <c r="Z53" s="99">
         <v>231502.628336038</v>
       </c>
-      <c r="Z53" s="99">
+      <c r="AA53" s="99">
         <v>193385.26369085899</v>
       </c>
-      <c r="AA53" s="99">
+      <c r="AB53" s="99">
         <v>196942.74853265699</v>
       </c>
-      <c r="AB53" s="99">
+      <c r="AC53" s="99">
         <v>135289.345188798</v>
       </c>
-      <c r="AC53" s="99">
+      <c r="AD53" s="99">
         <v>132574.54057558201</v>
       </c>
-      <c r="AD53" s="99">
+      <c r="AE53" s="99">
         <v>150652.589645748</v>
       </c>
-      <c r="AE53" s="99">
+      <c r="AF53" s="99">
         <v>148232.065530514</v>
       </c>
-      <c r="AF53" s="99">
+      <c r="AG53" s="99">
         <v>169747.38209696801</v>
       </c>
-      <c r="AG53" s="99">
+      <c r="AH53" s="99">
         <v>198944.539225413</v>
       </c>
-      <c r="AH53" s="99">
+      <c r="AI53" s="99">
         <v>210706.86877473499</v>
       </c>
-      <c r="AI53" s="99">
+      <c r="AJ53" s="99">
         <v>188210.36381506</v>
       </c>
-      <c r="AJ53" s="99">
+      <c r="AK53" s="99">
         <v>200685.52093685101</v>
       </c>
-      <c r="AK53" s="99">
+      <c r="AL53" s="99">
         <v>135777.84220575899</v>
       </c>
-      <c r="AL53" s="99">
+      <c r="AM53" s="99">
         <v>180888.95495201499</v>
       </c>
     </row>
-    <row r="54" spans="1:38" s="102" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="54" spans="1:39" s="102" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A54" s="63"/>
       <c r="B54" s="100" t="s">
         <v>121</v>
       </c>
       <c r="C54" s="314" t="s">
         <v>122</v>
       </c>
       <c r="D54" s="101">
+        <v>2344541.5644817711</v>
+      </c>
+      <c r="E54" s="101">
         <v>2625389.2564905956</v>
       </c>
-      <c r="E54" s="101">
+      <c r="F54" s="101">
         <v>2464308.7596085262</v>
       </c>
-      <c r="F54" s="101">
+      <c r="G54" s="101">
         <v>2505391.3239674163</v>
       </c>
-      <c r="G54" s="101">
+      <c r="H54" s="101">
         <v>1808156</v>
       </c>
-      <c r="H54" s="101">
+      <c r="I54" s="101">
         <v>1816970.0484095823</v>
       </c>
-      <c r="I54" s="101">
+      <c r="J54" s="101">
         <v>1687600.8289027901</v>
       </c>
-      <c r="J54" s="101">
+      <c r="K54" s="101">
         <v>1663859.98996686</v>
       </c>
-      <c r="K54" s="101">
+      <c r="L54" s="101">
         <v>1397019.8151205403</v>
       </c>
-      <c r="L54" s="101">
+      <c r="M54" s="101">
         <v>1410847.9937134299</v>
       </c>
-      <c r="M54" s="101">
+      <c r="N54" s="101">
         <v>1411758.1310000001</v>
       </c>
-      <c r="N54" s="101">
+      <c r="O54" s="101">
         <v>1379869.5821628759</v>
       </c>
-      <c r="O54" s="101">
+      <c r="P54" s="101">
         <v>1056242.1738407318</v>
       </c>
-      <c r="P54" s="101">
+      <c r="Q54" s="101">
         <v>1285478.6274856522</v>
       </c>
-      <c r="Q54" s="101">
+      <c r="R54" s="101">
         <v>1232723.5504023074</v>
       </c>
-      <c r="R54" s="101">
+      <c r="S54" s="101">
         <v>1046323.7725465589</v>
       </c>
-      <c r="S54" s="101">
+      <c r="T54" s="101">
         <v>978665.15873275057</v>
       </c>
-      <c r="T54" s="101">
+      <c r="U54" s="101">
         <v>806106.04838143324</v>
       </c>
-      <c r="U54" s="67">
+      <c r="V54" s="67">
         <v>754103</v>
       </c>
-      <c r="V54" s="67">
+      <c r="W54" s="67">
         <v>748645</v>
       </c>
-      <c r="W54" s="67">
+      <c r="X54" s="67">
         <v>731733</v>
       </c>
-      <c r="X54" s="67">
+      <c r="Y54" s="67">
         <v>456456</v>
       </c>
-      <c r="Y54" s="67">
+      <c r="Z54" s="67">
         <v>457868</v>
       </c>
-      <c r="Z54" s="67">
+      <c r="AA54" s="67">
         <v>442566.31497189816</v>
       </c>
-      <c r="AA54" s="67">
+      <c r="AB54" s="67">
         <v>519156</v>
       </c>
-      <c r="AB54" s="67">
+      <c r="AC54" s="67">
         <v>428197</v>
       </c>
-      <c r="AC54" s="67">
+      <c r="AD54" s="67">
         <v>309250.7120219277</v>
       </c>
-      <c r="AD54" s="67">
+      <c r="AE54" s="67">
         <v>361206.47396640119</v>
       </c>
-      <c r="AE54" s="67">
+      <c r="AF54" s="67">
         <v>362231.34214969119</v>
       </c>
-      <c r="AF54" s="67">
+      <c r="AG54" s="67">
         <v>408876.5802614782</v>
       </c>
-      <c r="AG54" s="67">
+      <c r="AH54" s="67">
         <v>338858.58869190898</v>
       </c>
-      <c r="AH54" s="67">
+      <c r="AI54" s="67">
         <v>358321.30405383097</v>
       </c>
-      <c r="AI54" s="67">
+      <c r="AJ54" s="67">
         <v>386631.57742520567</v>
       </c>
-      <c r="AJ54" s="67">
+      <c r="AK54" s="67">
         <v>386855.36336140434</v>
       </c>
-      <c r="AK54" s="67">
+      <c r="AL54" s="67">
         <v>254195.8554423707</v>
       </c>
-      <c r="AL54" s="67">
+      <c r="AM54" s="67">
         <v>316413.20557707694</v>
       </c>
     </row>
-    <row r="55" spans="1:38" s="102" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="55" spans="1:39" s="102" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A55" s="63"/>
       <c r="B55" s="103" t="s">
         <v>123</v>
       </c>
       <c r="C55" s="315" t="s">
         <v>123</v>
       </c>
       <c r="D55" s="104">
+        <v>0.9743262753834786</v>
+      </c>
+      <c r="E55" s="104">
         <v>0.9802794673985209</v>
       </c>
-      <c r="E55" s="104">
+      <c r="F55" s="104">
         <v>0.98662206732585978</v>
       </c>
-      <c r="F55" s="104">
+      <c r="G55" s="104">
         <v>0.98986358581240697</v>
       </c>
-      <c r="G55" s="104">
+      <c r="H55" s="104">
         <v>0.98629999999999995</v>
       </c>
-      <c r="H55" s="104">
+      <c r="I55" s="104">
         <v>0.98738856000672515</v>
       </c>
-      <c r="I55" s="104">
+      <c r="J55" s="104">
         <v>0.98528001448213043</v>
       </c>
-      <c r="J55" s="104">
+      <c r="K55" s="104">
         <v>0.98470914685826261</v>
       </c>
-      <c r="K55" s="104">
+      <c r="L55" s="104">
         <v>0.98120575678490884</v>
       </c>
-      <c r="L55" s="104">
+      <c r="M55" s="104">
         <v>0.98218029857219902</v>
       </c>
-      <c r="M55" s="104">
+      <c r="N55" s="104">
         <v>0.98294207859363669</v>
       </c>
-      <c r="N55" s="104">
+      <c r="O55" s="104">
         <v>0.98078783232374755</v>
       </c>
-      <c r="O55" s="104">
+      <c r="P55" s="104">
         <v>0.97639830412965534</v>
       </c>
-      <c r="P55" s="104">
+      <c r="Q55" s="104">
         <v>0.98012185421308728</v>
       </c>
-      <c r="Q55" s="104">
+      <c r="R55" s="104">
         <v>0.9797207456450977</v>
       </c>
-      <c r="R55" s="104">
+      <c r="S55" s="104">
         <v>0.98020771266450279</v>
       </c>
-      <c r="S55" s="104">
+      <c r="T55" s="104">
         <v>0.97911537036845431</v>
       </c>
-      <c r="T55" s="104">
+      <c r="U55" s="104">
         <v>0.9745819767114301</v>
       </c>
-      <c r="U55" s="104">
+      <c r="V55" s="104">
         <v>0.97</v>
       </c>
-      <c r="V55" s="104">
+      <c r="W55" s="104">
         <v>0.97769934955975712</v>
       </c>
-      <c r="W55" s="104">
+      <c r="X55" s="104">
         <v>0.97812404913893125</v>
       </c>
-      <c r="X55" s="104">
+      <c r="Y55" s="104">
         <v>0.96504853151735326</v>
       </c>
-      <c r="Y55" s="104">
+      <c r="Z55" s="104">
         <v>0.96176673336911955</v>
       </c>
-      <c r="Z55" s="104">
+      <c r="AA55" s="104">
         <v>0.96531543093107897</v>
       </c>
-      <c r="AA55" s="104">
+      <c r="AB55" s="104">
         <v>0.97311256031533677</v>
       </c>
-      <c r="AB55" s="104">
+      <c r="AC55" s="104">
         <v>0.92406032970291974</v>
       </c>
-      <c r="AC55" s="104">
+      <c r="AD55" s="104">
         <v>0.91827889643530314</v>
       </c>
-      <c r="AD55" s="104">
+      <c r="AE55" s="104">
         <v>0.92891252552263814</v>
       </c>
-      <c r="AE55" s="104">
+      <c r="AF55" s="104">
         <v>0.94063761103775123</v>
       </c>
-      <c r="AF55" s="104">
+      <c r="AG55" s="104">
         <v>0.92129756521725359</v>
       </c>
-      <c r="AG55" s="104">
+      <c r="AH55" s="104">
         <v>0.9492070126929314</v>
       </c>
-      <c r="AH55" s="104">
+      <c r="AI55" s="104">
         <v>0.92999029683892653</v>
       </c>
-      <c r="AI55" s="104">
+      <c r="AJ55" s="104">
         <v>0.94786922586432842</v>
       </c>
-      <c r="AJ55" s="104">
+      <c r="AK55" s="104">
         <v>0.91284248504849563</v>
       </c>
-      <c r="AK55" s="104">
+      <c r="AL55" s="104">
         <v>0.86260051148864547</v>
       </c>
-      <c r="AL55" s="104">
+      <c r="AM55" s="104">
         <v>0.86683976370460913</v>
       </c>
     </row>
-    <row r="56" spans="1:38" s="102" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="56" spans="1:39" s="102" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A56" s="63"/>
       <c r="B56" s="100" t="s">
         <v>124</v>
       </c>
       <c r="C56" s="314" t="s">
         <v>125</v>
       </c>
       <c r="D56" s="101">
+        <v>61779.217084957018</v>
+      </c>
+      <c r="E56" s="101">
         <v>52815.626712650206</v>
       </c>
-      <c r="E56" s="101">
+      <c r="F56" s="101">
         <v>33414.371891854622</v>
       </c>
-      <c r="F56" s="101">
+      <c r="G56" s="101">
         <v>25655.741382680517</v>
       </c>
-      <c r="G56" s="101">
+      <c r="H56" s="101">
         <v>25138.83</v>
       </c>
-      <c r="H56" s="101">
+      <c r="I56" s="101">
         <v>23207.286030272626</v>
       </c>
-      <c r="I56" s="101">
+      <c r="J56" s="101">
         <v>25212.588701954566</v>
       </c>
-      <c r="J56" s="101">
+      <c r="K56" s="101">
         <v>25836.907107209001</v>
       </c>
-      <c r="K56" s="101">
+      <c r="L56" s="101">
         <v>26758.842373396939</v>
       </c>
-      <c r="L56" s="101">
+      <c r="M56" s="101">
         <v>25597.021284721799</v>
       </c>
-      <c r="M56" s="101">
+      <c r="N56" s="101">
         <v>24499.571</v>
       </c>
-      <c r="N56" s="101">
+      <c r="O56" s="101">
         <v>27029.582658120438</v>
       </c>
-      <c r="O56" s="101">
+      <c r="P56" s="101">
         <v>25531.69792182701</v>
       </c>
-      <c r="P56" s="101">
+      <c r="Q56" s="101">
         <v>26071.178245113337</v>
       </c>
-      <c r="Q56" s="101">
+      <c r="R56" s="101">
         <v>25682.571626288958</v>
       </c>
-      <c r="R56" s="101">
+      <c r="S56" s="101">
         <v>21127.298310996932</v>
       </c>
-      <c r="S56" s="67">
+      <c r="T56" s="67">
         <v>20875.026571934985</v>
       </c>
-      <c r="T56" s="67">
+      <c r="U56" s="67">
         <v>21024.011114955469</v>
       </c>
-      <c r="U56" s="67">
+      <c r="V56" s="67">
         <v>23326</v>
       </c>
-      <c r="V56" s="67">
+      <c r="W56" s="67">
         <v>17077</v>
       </c>
-      <c r="W56" s="67">
+      <c r="X56" s="67">
         <v>16325</v>
       </c>
-      <c r="X56" s="67">
+      <c r="Y56" s="67">
         <v>16532</v>
       </c>
-      <c r="Y56" s="67">
+      <c r="Z56" s="67">
         <v>18202</v>
       </c>
-      <c r="Z56" s="67">
+      <c r="AA56" s="67">
         <v>15901.767885772741</v>
       </c>
-      <c r="AA56" s="67">
+      <c r="AB56" s="67">
         <v>14344</v>
       </c>
-      <c r="AB56" s="67">
+      <c r="AC56" s="67">
         <v>35189</v>
       </c>
-      <c r="AC56" s="67">
+      <c r="AD56" s="67">
         <v>27521.387633654289</v>
       </c>
-      <c r="AD56" s="67">
+      <c r="AE56" s="67">
         <v>27642.27555732174</v>
       </c>
-      <c r="AE56" s="67">
+      <c r="AF56" s="67">
         <v>22859.938380822816</v>
       </c>
-      <c r="AF56" s="67">
+      <c r="AG56" s="67">
         <v>34928.543835490214</v>
       </c>
-      <c r="AG56" s="67">
+      <c r="AH56" s="67">
         <v>18132.651533504079</v>
       </c>
-      <c r="AH56" s="67">
+      <c r="AI56" s="67">
         <v>26974.440720904007</v>
       </c>
-      <c r="AI56" s="67">
+      <c r="AJ56" s="67">
         <v>21263.907389854183</v>
       </c>
-      <c r="AJ56" s="67">
+      <c r="AK56" s="67">
         <v>36936.659575447025</v>
       </c>
-      <c r="AK56" s="67">
+      <c r="AL56" s="67">
         <v>40489.635763388564</v>
       </c>
-      <c r="AL56" s="67">
+      <c r="AM56" s="67">
         <v>48606.050374937942</v>
       </c>
     </row>
-    <row r="57" spans="1:38" s="102" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="57" spans="1:39" s="102" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A57" s="63"/>
       <c r="B57" s="103" t="s">
         <v>123</v>
       </c>
       <c r="C57" s="315" t="s">
         <v>123</v>
       </c>
       <c r="D57" s="104">
+        <v>2.5673724616521523E-2</v>
+      </c>
+      <c r="E57" s="104">
         <v>1.9720532601479129E-2</v>
       </c>
-      <c r="E57" s="104">
+      <c r="F57" s="104">
         <v>1.3377932674140157E-2</v>
       </c>
-      <c r="F57" s="104">
+      <c r="G57" s="104">
         <v>1.0136414187593068E-2</v>
       </c>
-      <c r="G57" s="104">
+      <c r="H57" s="104">
         <v>1.37E-2</v>
       </c>
-      <c r="H57" s="104">
+      <c r="I57" s="104">
         <v>1.2611439993274812E-2</v>
       </c>
-      <c r="I57" s="104">
+      <c r="J57" s="104">
         <v>1.4719985517869605E-2</v>
       </c>
-      <c r="J57" s="104">
+      <c r="K57" s="104">
         <v>1.5290853141737381E-2</v>
       </c>
-      <c r="K57" s="104">
+      <c r="L57" s="104">
         <v>1.8794243215091096E-2</v>
       </c>
-      <c r="L57" s="104">
+      <c r="M57" s="104">
         <v>1.7819701427802138E-2</v>
       </c>
-      <c r="M57" s="104">
+      <c r="N57" s="104">
         <v>1.7057921406363325E-2</v>
       </c>
-      <c r="N57" s="104">
+      <c r="O57" s="104">
         <v>1.9212167676252397E-2</v>
       </c>
-      <c r="O57" s="104">
+      <c r="P57" s="104">
         <v>2.3601695870346429E-2</v>
       </c>
-      <c r="P57" s="104">
+      <c r="Q57" s="104">
         <v>1.9878145786912816E-2</v>
       </c>
-      <c r="Q57" s="104">
+      <c r="R57" s="104">
         <v>2.0279254354902233E-2</v>
       </c>
-      <c r="R57" s="104">
+      <c r="S57" s="104">
         <v>1.9792287335497205E-2</v>
       </c>
-      <c r="S57" s="104">
+      <c r="T57" s="104">
         <v>2.0884629631545769E-2</v>
       </c>
-      <c r="T57" s="104">
+      <c r="U57" s="104">
         <v>2.5418023288569954E-2</v>
       </c>
-      <c r="U57" s="104">
+      <c r="V57" s="104">
         <v>0.03</v>
       </c>
-      <c r="V57" s="104">
+      <c r="W57" s="104">
         <v>2.2301854406871043E-2</v>
       </c>
-      <c r="W57" s="104">
+      <c r="X57" s="104">
         <v>2.1821996687580104E-2</v>
       </c>
-      <c r="X57" s="104">
+      <c r="Y57" s="104">
         <v>3.4952289646855081E-2</v>
       </c>
-      <c r="Y57" s="104">
+      <c r="Z57" s="104">
         <v>3.8233897282152748E-2</v>
       </c>
-      <c r="Z57" s="104">
+      <c r="AA57" s="104">
         <v>3.4684569068921131E-2</v>
       </c>
-      <c r="AA57" s="104">
+      <c r="AB57" s="104">
         <v>2.6886574681142451E-2</v>
       </c>
-      <c r="AB57" s="104">
+      <c r="AC57" s="104">
         <v>7.5938782714302155E-2</v>
       </c>
-      <c r="AC57" s="104">
+      <c r="AD57" s="104">
         <v>8.1721103564697056E-2</v>
       </c>
-      <c r="AD57" s="104">
+      <c r="AE57" s="104">
         <v>7.1087474477361898E-2</v>
       </c>
-      <c r="AE57" s="104">
+      <c r="AF57" s="104">
         <v>5.9362388962248734E-2</v>
       </c>
-      <c r="AF57" s="104">
+      <c r="AG57" s="104">
         <v>7.870243478274612E-2</v>
       </c>
-      <c r="AG57" s="104">
+      <c r="AH57" s="104">
         <v>5.0792987307068597E-2</v>
       </c>
-      <c r="AH57" s="104">
+      <c r="AI57" s="104">
         <v>7.0009703161073703E-2</v>
       </c>
-      <c r="AI57" s="104">
+      <c r="AJ57" s="104">
         <v>5.2130774135671687E-2</v>
       </c>
-      <c r="AJ57" s="104">
+      <c r="AK57" s="104">
         <v>8.7157514951504672E-2</v>
       </c>
-      <c r="AK57" s="104">
+      <c r="AL57" s="104">
         <v>0.13739948851135445</v>
       </c>
-      <c r="AL57" s="104">
+      <c r="AM57" s="104">
         <v>0.1331602362953905</v>
       </c>
     </row>
-    <row r="58" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="58" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A58" s="63"/>
       <c r="B58" s="96" t="s">
         <v>57</v>
       </c>
       <c r="C58" s="316" t="s">
         <v>126</v>
       </c>
       <c r="D58" s="67">
+        <v>6425</v>
+      </c>
+      <c r="E58" s="67">
         <v>7548</v>
       </c>
-      <c r="E58" s="67">
+      <c r="F58" s="67">
         <v>6852</v>
       </c>
-      <c r="F58" s="67">
+      <c r="G58" s="67">
         <v>7548</v>
       </c>
-      <c r="G58" s="67">
+      <c r="H58" s="67">
         <v>5206</v>
       </c>
-      <c r="H58" s="67">
+      <c r="I58" s="67">
         <v>5609</v>
       </c>
-      <c r="I58" s="67">
+      <c r="J58" s="67">
         <v>5139</v>
       </c>
-      <c r="J58" s="67">
+      <c r="K58" s="67">
         <v>5320</v>
       </c>
-      <c r="K58" s="67">
+      <c r="L58" s="67">
         <v>4991</v>
       </c>
-      <c r="L58" s="67">
+      <c r="M58" s="67">
         <v>4652</v>
       </c>
-      <c r="M58" s="67">
+      <c r="N58" s="67">
         <v>4485</v>
       </c>
-      <c r="N58" s="67">
+      <c r="O58" s="67">
         <v>4859</v>
       </c>
-      <c r="O58" s="67">
+      <c r="P58" s="67">
         <v>3781</v>
       </c>
-      <c r="P58" s="67">
+      <c r="Q58" s="67">
         <v>4575</v>
       </c>
-      <c r="Q58" s="67">
+      <c r="R58" s="67">
         <v>4393</v>
       </c>
-      <c r="R58" s="67">
+      <c r="S58" s="67">
         <v>4579</v>
       </c>
-      <c r="S58" s="67">
+      <c r="T58" s="67">
         <v>4600</v>
       </c>
-      <c r="T58" s="67">
+      <c r="U58" s="67">
         <v>3989</v>
       </c>
-      <c r="U58" s="67">
+      <c r="V58" s="67">
         <v>3904</v>
       </c>
-      <c r="V58" s="67">
+      <c r="W58" s="67">
         <v>3934</v>
       </c>
-      <c r="W58" s="67">
+      <c r="X58" s="67">
         <v>3837</v>
       </c>
-      <c r="X58" s="67">
+      <c r="Y58" s="67">
         <v>2466</v>
       </c>
-      <c r="Y58" s="67">
+      <c r="Z58" s="67">
         <v>2563</v>
       </c>
-      <c r="Z58" s="67">
+      <c r="AA58" s="67">
         <v>2329</v>
       </c>
-      <c r="AA58" s="67">
+      <c r="AB58" s="67">
         <v>2675</v>
       </c>
-      <c r="AB58" s="67">
+      <c r="AC58" s="67">
         <v>2426</v>
       </c>
-      <c r="AC58" s="67">
+      <c r="AD58" s="67">
         <v>1778</v>
       </c>
-      <c r="AD58" s="67">
+      <c r="AE58" s="67">
         <v>1973</v>
       </c>
-      <c r="AE58" s="67">
+      <c r="AF58" s="67">
         <v>1761</v>
       </c>
-      <c r="AF58" s="67">
+      <c r="AG58" s="67">
         <v>2019</v>
       </c>
-      <c r="AG58" s="67">
+      <c r="AH58" s="67">
         <v>1660</v>
       </c>
-      <c r="AH58" s="67">
+      <c r="AI58" s="67">
         <v>1838</v>
       </c>
-      <c r="AI58" s="75">
+      <c r="AJ58" s="75">
         <v>1925</v>
       </c>
-      <c r="AJ58" s="75">
+      <c r="AK58" s="75">
         <v>1930</v>
       </c>
-      <c r="AK58" s="75">
+      <c r="AL58" s="75">
         <v>1243</v>
       </c>
-      <c r="AL58" s="75">
+      <c r="AM58" s="75">
         <v>1525</v>
       </c>
     </row>
-    <row r="59" spans="1:38" s="208" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="59" spans="1:39" s="208" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A59" s="63"/>
       <c r="B59" s="205" t="s">
         <v>127</v>
       </c>
       <c r="C59" s="317" t="s">
         <v>127</v>
       </c>
       <c r="D59" s="206">
+        <v>2571</v>
+      </c>
+      <c r="E59" s="206">
         <v>4276</v>
       </c>
-      <c r="E59" s="206">
+      <c r="F59" s="206">
         <v>3633</v>
       </c>
-      <c r="F59" s="206">
+      <c r="G59" s="206">
         <v>4802</v>
       </c>
-      <c r="G59" s="206">
+      <c r="H59" s="206">
         <v>2476</v>
       </c>
-      <c r="H59" s="206">
+      <c r="I59" s="206">
         <v>2841</v>
       </c>
-      <c r="I59" s="206">
+      <c r="J59" s="206">
         <v>2065</v>
       </c>
-      <c r="J59" s="206">
+      <c r="K59" s="206">
         <v>3234</v>
       </c>
-      <c r="K59" s="206">
+      <c r="L59" s="206">
         <v>3228</v>
       </c>
-      <c r="L59" s="206">
+      <c r="M59" s="206">
         <v>2839</v>
       </c>
-      <c r="M59" s="206">
+      <c r="N59" s="206">
         <v>2696</v>
       </c>
-      <c r="N59" s="206">
+      <c r="O59" s="206">
         <v>3304</v>
       </c>
-      <c r="O59" s="206">
+      <c r="P59" s="206">
         <v>2399</v>
       </c>
-      <c r="P59" s="206">
+      <c r="Q59" s="206">
         <v>3281</v>
       </c>
-      <c r="Q59" s="206">
+      <c r="R59" s="206">
         <v>2869</v>
       </c>
-      <c r="R59" s="206">
+      <c r="S59" s="206">
         <v>3219</v>
       </c>
-      <c r="S59" s="206">
+      <c r="T59" s="206">
         <v>3687</v>
       </c>
-      <c r="T59" s="206">
+      <c r="U59" s="206">
         <v>3230</v>
       </c>
-      <c r="U59" s="206">
+      <c r="V59" s="206">
         <v>3306</v>
       </c>
-      <c r="V59" s="206">
+      <c r="W59" s="206">
         <v>2979</v>
       </c>
-      <c r="W59" s="206">
+      <c r="X59" s="206">
         <v>3010</v>
       </c>
-      <c r="X59" s="206">
+      <c r="Y59" s="206">
         <v>1311</v>
       </c>
-      <c r="Y59" s="206">
+      <c r="Z59" s="206">
         <v>1252</v>
       </c>
-      <c r="Z59" s="206">
+      <c r="AA59" s="206">
         <v>1299</v>
       </c>
-      <c r="AA59" s="206">
+      <c r="AB59" s="206">
         <v>1696</v>
       </c>
-      <c r="AB59" s="206">
+      <c r="AC59" s="206">
         <v>1662</v>
       </c>
-      <c r="AC59" s="206">
+      <c r="AD59" s="206">
         <v>1015</v>
       </c>
-      <c r="AD59" s="206">
+      <c r="AE59" s="206">
         <v>1229</v>
       </c>
-      <c r="AE59" s="206">
+      <c r="AF59" s="206">
         <v>1157</v>
       </c>
-      <c r="AF59" s="206">
+      <c r="AG59" s="206">
         <v>1340</v>
       </c>
-      <c r="AG59" s="206">
+      <c r="AH59" s="206">
         <v>784</v>
       </c>
-      <c r="AH59" s="206">
+      <c r="AI59" s="206">
         <v>855</v>
       </c>
-      <c r="AI59" s="207">
+      <c r="AJ59" s="207">
         <v>1022</v>
       </c>
-      <c r="AJ59" s="207">
+      <c r="AK59" s="207">
         <v>995</v>
       </c>
-      <c r="AK59" s="207">
+      <c r="AL59" s="207">
         <v>684</v>
       </c>
-      <c r="AL59" s="207">
+      <c r="AM59" s="207">
         <v>739</v>
       </c>
     </row>
-    <row r="60" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="60" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A60" s="63"/>
       <c r="B60" s="96" t="s">
         <v>128</v>
       </c>
       <c r="C60" s="316" t="s">
         <v>128</v>
       </c>
       <c r="D60" s="67">
+        <v>3854</v>
+      </c>
+      <c r="E60" s="67">
         <v>3272</v>
       </c>
-      <c r="E60" s="67">
+      <c r="F60" s="67">
         <v>3219</v>
       </c>
-      <c r="F60" s="67">
+      <c r="G60" s="67">
         <v>2746</v>
       </c>
-      <c r="G60" s="67">
+      <c r="H60" s="67">
         <v>2730</v>
       </c>
-      <c r="H60" s="67">
+      <c r="I60" s="67">
         <v>2768</v>
       </c>
-      <c r="I60" s="67">
+      <c r="J60" s="67">
         <v>3074</v>
       </c>
-      <c r="J60" s="67">
+      <c r="K60" s="67">
         <v>2086</v>
       </c>
-      <c r="K60" s="67">
+      <c r="L60" s="67">
         <v>1763</v>
       </c>
-      <c r="L60" s="67">
+      <c r="M60" s="67">
         <v>1813</v>
       </c>
-      <c r="M60" s="67">
+      <c r="N60" s="67">
         <v>1789</v>
       </c>
-      <c r="N60" s="67">
+      <c r="O60" s="67">
         <v>1555</v>
       </c>
-      <c r="O60" s="67">
+      <c r="P60" s="67">
         <v>1382</v>
       </c>
-      <c r="P60" s="67">
+      <c r="Q60" s="67">
         <v>1294</v>
       </c>
-      <c r="Q60" s="67">
+      <c r="R60" s="67">
         <v>1524</v>
       </c>
-      <c r="R60" s="67">
+      <c r="S60" s="67">
         <v>1360</v>
       </c>
-      <c r="S60" s="67">
+      <c r="T60" s="67">
         <v>913</v>
       </c>
-      <c r="T60" s="67">
+      <c r="U60" s="67">
         <v>759</v>
       </c>
-      <c r="U60" s="67">
+      <c r="V60" s="67">
         <v>598</v>
       </c>
-      <c r="V60" s="67">
+      <c r="W60" s="67">
         <v>955</v>
       </c>
-      <c r="W60" s="67">
+      <c r="X60" s="67">
         <v>827</v>
       </c>
-      <c r="X60" s="67">
+      <c r="Y60" s="67">
         <v>1155</v>
       </c>
-      <c r="Y60" s="67">
+      <c r="Z60" s="67">
         <v>1311</v>
       </c>
-      <c r="Z60" s="67">
+      <c r="AA60" s="67">
         <v>1030</v>
       </c>
-      <c r="AA60" s="67">
+      <c r="AB60" s="67">
         <v>979</v>
       </c>
-      <c r="AB60" s="67">
+      <c r="AC60" s="67">
         <v>764</v>
       </c>
-      <c r="AC60" s="67">
+      <c r="AD60" s="67">
         <v>763</v>
       </c>
-      <c r="AD60" s="67">
+      <c r="AE60" s="67">
         <v>744</v>
       </c>
-      <c r="AE60" s="67">
+      <c r="AF60" s="67">
         <v>604</v>
       </c>
-      <c r="AF60" s="67">
+      <c r="AG60" s="67">
         <v>679</v>
       </c>
-      <c r="AG60" s="67">
+      <c r="AH60" s="67">
         <v>876</v>
       </c>
-      <c r="AH60" s="67">
+      <c r="AI60" s="67">
         <v>983</v>
       </c>
-      <c r="AI60" s="75">
+      <c r="AJ60" s="75">
         <v>903</v>
       </c>
-      <c r="AJ60" s="75">
+      <c r="AK60" s="75">
         <v>935</v>
       </c>
-      <c r="AK60" s="75">
+      <c r="AL60" s="75">
         <v>559</v>
       </c>
-      <c r="AL60" s="75">
+      <c r="AM60" s="75">
         <v>786</v>
       </c>
     </row>
-    <row r="61" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="61" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A61" s="63"/>
       <c r="B61" s="105" t="s">
         <v>59</v>
       </c>
       <c r="C61" s="313" t="s">
         <v>60</v>
       </c>
       <c r="D61" s="266">
+        <v>374.52463526330394</v>
+      </c>
+      <c r="E61" s="266">
         <v>354.82311648161709</v>
       </c>
-      <c r="E61" s="266">
+      <c r="F61" s="266">
         <v>364.52468352311456</v>
       </c>
-      <c r="F61" s="266">
+      <c r="G61" s="266">
         <v>335.32685020536525</v>
       </c>
-      <c r="G61" s="266">
+      <c r="H61" s="266">
         <v>352.15040338071458</v>
       </c>
-      <c r="H61" s="266">
+      <c r="I61" s="266">
         <v>328.07583070776519</v>
       </c>
-      <c r="I61" s="266">
+      <c r="J61" s="266">
         <v>333.29702619278919</v>
       </c>
-      <c r="J61" s="266">
+      <c r="K61" s="266">
         <v>317.61219869813345</v>
       </c>
-      <c r="K61" s="266">
+      <c r="L61" s="266">
         <v>285.26921608774541</v>
       </c>
-      <c r="L61" s="266">
+      <c r="M61" s="266">
         <v>308.78009780699699</v>
       </c>
-      <c r="M61" s="266">
+      <c r="N61" s="266">
         <v>320.23583099219621</v>
       </c>
-      <c r="N61" s="266">
+      <c r="O61" s="266">
         <v>289.54500202119704</v>
       </c>
-      <c r="O61" s="266">
+      <c r="P61" s="266">
         <v>286.10787404458</v>
       </c>
-      <c r="P61" s="266">
+      <c r="Q61" s="266">
         <v>286.67755316519464</v>
       </c>
-      <c r="Q61" s="266">
+      <c r="R61" s="266">
         <v>286.45711860427872</v>
       </c>
-      <c r="R61" s="266">
+      <c r="S61" s="266">
         <v>233.11881870660747</v>
       </c>
-      <c r="S61" s="266">
+      <c r="T61" s="266">
         <v>228.38958808568492</v>
       </c>
-      <c r="T61" s="266">
+      <c r="U61" s="266">
         <v>207.352734895059</v>
       </c>
-      <c r="U61" s="266">
+      <c r="V61" s="266">
         <v>199.13678278688499</v>
       </c>
-      <c r="V61" s="266">
+      <c r="W61" s="266">
         <v>194.64186021794001</v>
       </c>
-      <c r="W61" s="266">
+      <c r="X61" s="266">
         <v>194.969602040361</v>
       </c>
-      <c r="X61" s="266">
+      <c r="Y61" s="266">
         <v>191.80357323580799</v>
       </c>
-      <c r="Y61" s="266">
+      <c r="Z61" s="266">
         <v>185.74705414203601</v>
       </c>
-      <c r="Z61" s="266">
+      <c r="AA61" s="266">
         <v>196.85190333090199</v>
       </c>
-      <c r="AA61" s="266">
+      <c r="AB61" s="266">
         <v>199.43942485225301</v>
       </c>
-      <c r="AB61" s="266">
+      <c r="AC61" s="266">
         <v>191.008413558862</v>
       </c>
-      <c r="AC61" s="266">
+      <c r="AD61" s="266">
         <v>189.41062972754901</v>
       </c>
-      <c r="AD61" s="266">
+      <c r="AE61" s="266">
         <v>197.085022566509</v>
       </c>
-      <c r="AE61" s="266">
+      <c r="AF61" s="266">
         <v>218.67761529273901</v>
       </c>
-      <c r="AF61" s="266">
+      <c r="AG61" s="266">
         <v>219.81432595194099</v>
       </c>
-      <c r="AG61" s="266">
+      <c r="AH61" s="266">
         <v>215.05496399121299</v>
       </c>
-      <c r="AH61" s="266">
+      <c r="AI61" s="266">
         <v>209.627717505296</v>
       </c>
-      <c r="AI61" s="266">
+      <c r="AJ61" s="266">
         <v>211.89375834548599</v>
       </c>
-      <c r="AJ61" s="266">
+      <c r="AK61" s="266">
         <v>219.58135903463801</v>
       </c>
-      <c r="AK61" s="266">
+      <c r="AL61" s="266">
         <v>237.07601866915499</v>
       </c>
-      <c r="AL61" s="266">
+      <c r="AM61" s="266">
         <v>239.356889148862</v>
       </c>
     </row>
-    <row r="62" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="62" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A62" s="63"/>
       <c r="B62" s="96" t="s">
-        <v>129</v>
+        <v>443</v>
       </c>
       <c r="C62" s="316" t="s">
-        <v>130</v>
+        <v>444</v>
       </c>
       <c r="D62" s="75">
         <v>5.8634959070228927</v>
       </c>
-      <c r="E62" s="75">
+      <c r="E62" s="67">
+        <v>2309292.7327399999</v>
+      </c>
+      <c r="F62" s="67">
+        <v>2180545.5786535819</v>
+      </c>
+      <c r="G62" s="67">
+        <v>2328489.4376029852</v>
+      </c>
+      <c r="H62" s="67">
+        <v>1560458.5036068554</v>
+      </c>
+      <c r="I62" s="67">
+        <v>1633846.8574219178</v>
+      </c>
+      <c r="J62" s="67">
+        <v>1482485.2749938087</v>
+      </c>
+      <c r="K62" s="67">
+        <v>1416394.8227736023</v>
+      </c>
+      <c r="L62" s="67">
+        <v>1233743.9380247206</v>
+      </c>
+      <c r="M62" s="67">
+        <v>1321780.5110695106</v>
+      </c>
+      <c r="N62" s="67">
+        <v>1373295.9352128301</v>
+      </c>
+      <c r="O62" s="67">
+        <v>1366984.8420708231</v>
+      </c>
+      <c r="P62" s="67">
+        <v>1023827.2564766734</v>
+      </c>
+      <c r="Q62" s="67">
+        <v>1226515.8055268531</v>
+      </c>
+      <c r="R62" s="67">
+        <v>1180950.2197870929</v>
+      </c>
+      <c r="S62" s="67">
+        <v>956522.80791418778</v>
+      </c>
+      <c r="T62" s="67">
+        <v>859011.41722489602</v>
+      </c>
+      <c r="U62" s="67">
+        <v>733840.77156683826</v>
+      </c>
+      <c r="V62" s="67">
+        <v>655813.32331885572</v>
+      </c>
+      <c r="W62" s="67">
+        <v>594466.6503031078</v>
+      </c>
+      <c r="X62" s="67">
+        <v>660822.84582671535</v>
+      </c>
+      <c r="Y62" s="67">
+        <v>399307.68949394405</v>
+      </c>
+      <c r="Z62" s="67">
+        <v>372559.70761451084</v>
+      </c>
+      <c r="AA62" s="67">
+        <v>308593.16819806228</v>
+      </c>
+      <c r="AB62" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC62" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="AD62" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="AE62" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="AF62" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="AG62" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="AH62" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="AI62" s="67" t="s">
+        <v>54</v>
+      </c>
+      <c r="AJ62" s="75" t="s">
+        <v>54</v>
+      </c>
+      <c r="AK62" s="75" t="s">
+        <v>54</v>
+      </c>
+      <c r="AL62" s="75" t="s">
+        <v>54</v>
+      </c>
+      <c r="AM62" s="75" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="63" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
+      <c r="A63" s="63"/>
+      <c r="B63" s="105" t="s">
+        <v>129</v>
+      </c>
+      <c r="C63" s="313" t="s">
+        <v>130</v>
+      </c>
+      <c r="D63" s="266">
+        <v>6.1845804918732687</v>
+      </c>
+      <c r="E63" s="266">
+        <v>5.8634959070228927</v>
+      </c>
+      <c r="F63" s="266">
         <v>4</v>
       </c>
-      <c r="F62" s="75">
+      <c r="G63" s="266">
         <v>4.8082682999857722</v>
       </c>
-      <c r="G62" s="75">
+      <c r="H63" s="266">
         <v>5.1506165416913667</v>
       </c>
-      <c r="H62" s="75">
+      <c r="I63" s="266">
         <v>5.1217363393196784</v>
       </c>
-      <c r="I62" s="75">
+      <c r="J63" s="266">
         <v>3.9167031970276338</v>
       </c>
-      <c r="J62" s="75">
+      <c r="K63" s="266">
         <v>4.3545092391737992</v>
       </c>
-      <c r="K62" s="75">
+      <c r="L63" s="266">
         <v>6.295228808010501</v>
       </c>
-      <c r="L62" s="75">
+      <c r="M63" s="266">
         <v>5.9073827397428254</v>
       </c>
-      <c r="M62" s="75">
+      <c r="N63" s="266">
         <v>4.8117820430443281</v>
       </c>
-      <c r="N62" s="75">
+      <c r="O63" s="266">
         <v>5.2160890942362963</v>
       </c>
-      <c r="O62" s="75">
+      <c r="P63" s="266">
         <v>5.7460012801984535</v>
       </c>
-      <c r="P62" s="75">
+      <c r="Q63" s="266">
         <v>5.9223370677065752</v>
       </c>
-      <c r="Q62" s="75">
+      <c r="R63" s="266">
         <v>5.6085866290364317</v>
       </c>
-      <c r="R62" s="75">
+      <c r="S63" s="266">
         <v>4.2507263369957915</v>
       </c>
-      <c r="S62" s="75">
+      <c r="T63" s="266">
         <v>4.9047871243322216</v>
       </c>
-      <c r="T62" s="75">
+      <c r="U63" s="266">
         <v>3.6364264671964452</v>
       </c>
-      <c r="U62" s="75">
+      <c r="V63" s="266">
         <v>3.4168842242205288</v>
       </c>
-      <c r="V62" s="75">
+      <c r="W63" s="266">
         <v>3.891034909957789</v>
       </c>
-      <c r="W62" s="75">
+      <c r="X63" s="266">
         <v>5.5468804903981717</v>
       </c>
-      <c r="X62" s="75">
+      <c r="Y63" s="266">
         <v>3.4579701374203644</v>
       </c>
-      <c r="Y62" s="75">
+      <c r="Z63" s="266">
         <v>4.8897504320764282</v>
       </c>
-      <c r="Z62" s="75">
+      <c r="AA63" s="266">
         <v>5.7577736608391179</v>
       </c>
-      <c r="AA62" s="75">
+      <c r="AB63" s="266">
         <v>4.8590640872364679</v>
       </c>
-      <c r="AB62" s="75">
+      <c r="AC63" s="266">
         <v>5.3252748832655588</v>
       </c>
-      <c r="AC62" s="75">
+      <c r="AD63" s="266">
         <v>4.9213815279862008</v>
       </c>
-      <c r="AD62" s="75">
+      <c r="AE63" s="266">
         <v>6.2577792162903476</v>
       </c>
-      <c r="AE62" s="75">
+      <c r="AF63" s="266">
         <v>3.481015963473991</v>
       </c>
-      <c r="AF62" s="75">
+      <c r="AG63" s="266">
         <v>6.3772299861342194</v>
       </c>
-      <c r="AG62" s="75">
+      <c r="AH63" s="266">
         <v>5.0758520577261281</v>
       </c>
-      <c r="AH62" s="75">
+      <c r="AI63" s="266">
         <v>8.55820329943964</v>
       </c>
-      <c r="AI62" s="75">
+      <c r="AJ63" s="266">
         <v>3.8965432398070887</v>
       </c>
-      <c r="AJ62" s="75">
+      <c r="AK63" s="266">
         <v>6.3784240603641127</v>
       </c>
-      <c r="AK62" s="75">
+      <c r="AL63" s="266">
         <v>7.2984381438189629</v>
       </c>
-      <c r="AL62" s="75">
+      <c r="AM63" s="266">
         <v>10.262512080270488</v>
       </c>
     </row>
-    <row r="63" spans="1:38" x14ac:dyDescent="0.75">
-[...18 lines deleted...]
-      <c r="U63" s="106"/>
+    <row r="64" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A64" s="63"/>
+      <c r="C64" s="289"/>
+      <c r="E64" s="106"/>
+      <c r="F64" s="106"/>
+      <c r="G64" s="106"/>
+      <c r="H64" s="106"/>
+      <c r="I64" s="106"/>
+      <c r="J64" s="106"/>
+      <c r="K64" s="106"/>
+      <c r="L64" s="106"/>
+      <c r="M64" s="106"/>
+      <c r="N64" s="106"/>
+      <c r="O64" s="106"/>
+      <c r="P64" s="106"/>
+      <c r="Q64" s="106"/>
+      <c r="R64" s="106"/>
+      <c r="S64" s="106"/>
+      <c r="T64" s="106"/>
+      <c r="V64" s="106"/>
     </row>
-    <row r="64" spans="1:38" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-      <c r="B64" s="64" t="s">
+    <row r="65" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A65" s="63"/>
+      <c r="B65" s="64" t="s">
         <v>131</v>
       </c>
-      <c r="C64" s="291" t="s">
+      <c r="C65" s="291" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="65" spans="1:38" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-      <c r="B65" s="31" t="s">
+    <row r="66" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A66" s="63"/>
+      <c r="B66" s="31" t="s">
         <v>133</v>
       </c>
-      <c r="C65" s="290" t="s">
+      <c r="C66" s="290" t="s">
         <v>132</v>
       </c>
-      <c r="D65" s="31" t="s">
+      <c r="D66" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="E66" s="31" t="s">
         <v>11</v>
       </c>
-      <c r="E65" s="31" t="s">
+      <c r="F66" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="F65" s="31" t="s">
+      <c r="G66" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="G65" s="31" t="s">
+      <c r="H66" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="H65" s="31" t="s">
+      <c r="I66" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="I65" s="31" t="s">
+      <c r="J66" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="J65" s="31" t="s">
+      <c r="K66" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="K65" s="31" t="s">
+      <c r="L66" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="L65" s="31" t="s">
+      <c r="M66" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="M65" s="31" t="s">
+      <c r="N66" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="N65" s="31" t="s">
+      <c r="O66" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="O65" s="31" t="s">
+      <c r="P66" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="P65" s="31" t="s">
+      <c r="Q66" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="Q65" s="31" t="s">
+      <c r="R66" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="R65" s="31" t="s">
+      <c r="S66" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="S65" s="31" t="s">
+      <c r="T66" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="T65" s="31" t="s">
+      <c r="U66" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="U65" s="31" t="s">
+      <c r="V66" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="V65" s="31" t="s">
+      <c r="W66" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="W65" s="31" t="s">
+      <c r="X66" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="X65" s="31" t="s">
+      <c r="Y66" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="Y65" s="31" t="s">
+      <c r="Z66" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="Z65" s="31" t="s">
+      <c r="AA66" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="AA65" s="31" t="s">
+      <c r="AB66" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="AB65" s="31" t="s">
+      <c r="AC66" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="AC65" s="31" t="s">
+      <c r="AD66" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="AD65" s="31" t="s">
+      <c r="AE66" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="AE65" s="31" t="s">
+      <c r="AF66" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="AF65" s="31" t="s">
+      <c r="AG66" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="AG65" s="31" t="s">
+      <c r="AH66" s="31" t="s">
         <v>40</v>
       </c>
-      <c r="AH65" s="31" t="s">
+      <c r="AI66" s="31" t="s">
         <v>41</v>
       </c>
-      <c r="AI65" s="31" t="s">
+      <c r="AJ66" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="AJ65" s="31" t="s">
+      <c r="AK66" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="AK65" s="31" t="s">
+      <c r="AL66" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="AL65" s="31" t="s">
+      <c r="AM66" s="31" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="66" spans="1:38" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-      <c r="B66" s="107" t="s">
+    <row r="67" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A67" s="63"/>
+      <c r="B67" s="107" t="s">
         <v>134</v>
       </c>
-      <c r="C66" s="299" t="s">
+      <c r="C67" s="299" t="s">
         <v>135</v>
       </c>
-      <c r="D66" s="67">
+      <c r="D67" s="67">
+        <v>84</v>
+      </c>
+      <c r="E67" s="67">
         <v>82</v>
       </c>
-      <c r="E66" s="67">
+      <c r="F67" s="67">
         <v>81</v>
       </c>
-      <c r="F66" s="67">
+      <c r="G67" s="67">
         <v>72</v>
       </c>
-      <c r="G66" s="67">
+      <c r="H67" s="67">
         <v>70</v>
       </c>
-      <c r="H66" s="67">
+      <c r="I67" s="67">
         <v>68</v>
       </c>
-      <c r="I66" s="67">
+      <c r="J67" s="67">
         <v>63.333333333333336</v>
       </c>
-      <c r="J66" s="67">
+      <c r="K67" s="67">
         <v>66.333333333333329</v>
       </c>
-      <c r="K66" s="67">
+      <c r="L67" s="67">
         <v>57</v>
       </c>
-      <c r="L66" s="67">
+      <c r="M67" s="67">
         <v>56</v>
       </c>
-      <c r="M66" s="67">
+      <c r="N67" s="67">
         <v>52</v>
       </c>
-      <c r="N66" s="67">
+      <c r="O67" s="67">
         <v>49</v>
       </c>
-      <c r="O66" s="67">
+      <c r="P67" s="67">
         <v>51.333333333333336</v>
       </c>
-      <c r="P66" s="67">
+      <c r="Q67" s="67">
         <v>49.666666666666664</v>
       </c>
-      <c r="Q66" s="67">
+      <c r="R67" s="67">
         <v>48</v>
       </c>
-      <c r="R66" s="67">
+      <c r="S67" s="67">
         <v>48.666666666666664</v>
       </c>
-      <c r="S66" s="67">
+      <c r="T67" s="67">
         <v>47.06666666666667</v>
       </c>
-      <c r="T66" s="67">
+      <c r="U67" s="67">
         <v>40.333333333333336</v>
       </c>
-      <c r="U66" s="67">
+      <c r="V67" s="67">
         <v>31</v>
       </c>
-      <c r="V66" s="67">
+      <c r="W67" s="67">
         <v>26.666666666666668</v>
       </c>
-      <c r="W66" s="67">
+      <c r="X67" s="67">
         <v>26</v>
       </c>
-      <c r="X66" s="67">
+      <c r="Y67" s="67">
         <v>27.666666666666668</v>
       </c>
-      <c r="Y66" s="67">
+      <c r="Z67" s="67">
         <v>29</v>
       </c>
-      <c r="Z66" s="67">
+      <c r="AA67" s="67">
         <v>30.333333333333332</v>
       </c>
-      <c r="AA66" s="67">
+      <c r="AB67" s="67">
         <v>27</v>
       </c>
-      <c r="AB66" s="75">
+      <c r="AC67" s="75">
         <v>28.333333333333332</v>
       </c>
-      <c r="AC66" s="75">
+      <c r="AD67" s="75">
         <v>29</v>
       </c>
-      <c r="AD66" s="75">
+      <c r="AE67" s="75">
         <v>35.666666666666664</v>
       </c>
-      <c r="AE66" s="75">
+      <c r="AF67" s="75">
         <v>34</v>
       </c>
-      <c r="AF66" s="75">
+      <c r="AG67" s="75">
         <v>36</v>
       </c>
-      <c r="AG66" s="75">
+      <c r="AH67" s="75">
         <v>35</v>
       </c>
-      <c r="AH66" s="75">
+      <c r="AI67" s="75">
         <v>40</v>
       </c>
-      <c r="AI66" s="75">
+      <c r="AJ67" s="75">
         <v>44.666666666666664</v>
       </c>
-      <c r="AJ66" s="75">
+      <c r="AK67" s="75">
         <v>54</v>
       </c>
-      <c r="AK66" s="75">
+      <c r="AL67" s="75">
         <v>60</v>
       </c>
-      <c r="AL66" s="75">
+      <c r="AM67" s="75">
         <v>60.666666666666664</v>
       </c>
     </row>
-    <row r="67" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
-[...113 lines deleted...]
-    <row r="68" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
+    <row r="68" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
       <c r="A68" s="63"/>
       <c r="B68" s="94" t="s">
+        <v>136</v>
+      </c>
+      <c r="C68" s="307" t="s">
+        <v>137</v>
+      </c>
+      <c r="D68" s="69">
+        <v>57163</v>
+      </c>
+      <c r="E68" s="69">
+        <v>53066</v>
+      </c>
+      <c r="F68" s="69">
+        <v>51374</v>
+      </c>
+      <c r="G68" s="69">
+        <v>46054</v>
+      </c>
+      <c r="H68" s="69">
+        <v>40531</v>
+      </c>
+      <c r="I68" s="69">
+        <v>39398</v>
+      </c>
+      <c r="J68" s="69">
+        <v>35713</v>
+      </c>
+      <c r="K68" s="69">
+        <v>33294</v>
+      </c>
+      <c r="L68" s="69">
+        <v>31082</v>
+      </c>
+      <c r="M68" s="69">
+        <v>30815</v>
+      </c>
+      <c r="N68" s="69">
+        <v>25821</v>
+      </c>
+      <c r="O68" s="69">
+        <v>25009</v>
+      </c>
+      <c r="P68" s="69">
+        <v>22946</v>
+      </c>
+      <c r="Q68" s="69">
+        <v>21994</v>
+      </c>
+      <c r="R68" s="69">
+        <v>21069</v>
+      </c>
+      <c r="S68" s="69">
+        <v>19454</v>
+      </c>
+      <c r="T68" s="69">
+        <v>17406</v>
+      </c>
+      <c r="U68" s="69">
+        <v>19582</v>
+      </c>
+      <c r="V68" s="69">
+        <v>16148</v>
+      </c>
+      <c r="W68" s="69">
+        <v>11232.666666666666</v>
+      </c>
+      <c r="X68" s="69">
+        <v>11046</v>
+      </c>
+      <c r="Y68" s="69">
+        <v>11470</v>
+      </c>
+      <c r="Z68" s="69">
+        <v>11642</v>
+      </c>
+      <c r="AA68" s="69">
+        <v>11805.333333333334</v>
+      </c>
+      <c r="AB68" s="69">
+        <v>9857.3333333333339</v>
+      </c>
+      <c r="AC68" s="74">
+        <v>10169.333333333334</v>
+      </c>
+      <c r="AD68" s="74">
+        <v>10263.333333333334</v>
+      </c>
+      <c r="AE68" s="74">
+        <v>11767.666666666666</v>
+      </c>
+      <c r="AF68" s="74">
+        <v>10556.333333333334</v>
+      </c>
+      <c r="AG68" s="74">
+        <v>11201.666666666666</v>
+      </c>
+      <c r="AH68" s="74">
+        <v>11050</v>
+      </c>
+      <c r="AI68" s="74">
+        <v>11523</v>
+      </c>
+      <c r="AJ68" s="74">
+        <v>12239.333333333334</v>
+      </c>
+      <c r="AK68" s="74">
+        <v>13817.666666666666</v>
+      </c>
+      <c r="AL68" s="74">
+        <v>15232.666666666666</v>
+      </c>
+      <c r="AM68" s="74">
+        <v>15347</v>
+      </c>
+    </row>
+    <row r="69" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
+      <c r="A69" s="63"/>
+      <c r="B69" s="94" t="s">
         <v>138</v>
       </c>
-      <c r="C68" s="307" t="s">
+      <c r="C69" s="307" t="s">
         <v>139</v>
       </c>
-      <c r="D68" s="69">
+      <c r="D69" s="69">
+        <v>4882</v>
+      </c>
+      <c r="E69" s="69">
         <v>6262</v>
       </c>
-      <c r="E68" s="69">
+      <c r="F69" s="69">
         <v>1613</v>
       </c>
-      <c r="F68" s="69">
+      <c r="G69" s="69">
         <v>2220</v>
       </c>
-      <c r="G68" s="69">
+      <c r="H69" s="69">
         <v>3145</v>
       </c>
-      <c r="H68" s="69">
+      <c r="I69" s="69">
         <v>2644</v>
       </c>
-      <c r="I68" s="69">
+      <c r="J69" s="69">
         <v>1543</v>
       </c>
-      <c r="J68" s="69">
+      <c r="K69" s="69">
         <v>790</v>
       </c>
-      <c r="K68" s="69">
+      <c r="L69" s="69">
         <v>3201</v>
       </c>
-      <c r="L68" s="69">
+      <c r="M69" s="69">
         <v>1232</v>
       </c>
-      <c r="M68" s="69">
+      <c r="N69" s="69">
         <v>2832</v>
       </c>
-      <c r="N68" s="69">
+      <c r="O69" s="69">
         <v>2563</v>
       </c>
-      <c r="O68" s="69">
+      <c r="P69" s="69">
         <v>2144</v>
       </c>
-      <c r="P68" s="69">
+      <c r="Q69" s="69">
         <v>906</v>
       </c>
-      <c r="Q68" s="69">
+      <c r="R69" s="69">
         <v>980</v>
       </c>
-      <c r="R68" s="69">
+      <c r="S69" s="69">
         <v>1952</v>
       </c>
-      <c r="S68" s="69">
+      <c r="T69" s="69">
         <v>899</v>
       </c>
-      <c r="T68" s="69">
+      <c r="U69" s="69">
         <v>2054</v>
       </c>
-      <c r="U68" s="69">
+      <c r="V69" s="69">
         <v>773</v>
       </c>
-      <c r="V68" s="69">
+      <c r="W69" s="69">
         <v>400</v>
       </c>
-      <c r="W68" s="69">
+      <c r="X69" s="69">
         <v>2550</v>
       </c>
-      <c r="X68" s="69">
+      <c r="Y69" s="69">
         <v>1412</v>
       </c>
-      <c r="Y68" s="69">
+      <c r="Z69" s="69">
         <v>1322</v>
       </c>
-      <c r="Z68" s="69">
+      <c r="AA69" s="69">
         <v>800</v>
       </c>
-      <c r="AA68" s="69">
+      <c r="AB69" s="69">
         <v>1314</v>
       </c>
-      <c r="AB68" s="74">
+      <c r="AC69" s="74">
         <v>1405</v>
       </c>
-      <c r="AC68" s="74">
+      <c r="AD69" s="74">
         <v>1084</v>
       </c>
-      <c r="AD68" s="74">
+      <c r="AE69" s="74">
         <v>2400</v>
       </c>
-      <c r="AE68" s="74">
+      <c r="AF69" s="74">
         <v>970</v>
       </c>
-      <c r="AF68" s="74">
+      <c r="AG69" s="74">
         <v>1620</v>
       </c>
-      <c r="AG68" s="74">
+      <c r="AH69" s="74">
         <v>821</v>
       </c>
-      <c r="AH68" s="74">
+      <c r="AI69" s="74">
         <v>2295</v>
       </c>
-      <c r="AI68" s="74">
+      <c r="AJ69" s="74">
         <v>1623</v>
       </c>
-      <c r="AJ68" s="74">
+      <c r="AK69" s="74">
         <v>3503</v>
       </c>
-      <c r="AK68" s="74">
+      <c r="AL69" s="74">
         <v>1531</v>
       </c>
-      <c r="AL68" s="74">
+      <c r="AM69" s="74">
         <v>600</v>
       </c>
     </row>
-    <row r="69" spans="1:38" s="95" customFormat="1" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-      <c r="B69" s="96" t="s">
+    <row r="70" spans="1:39" s="95" customFormat="1" x14ac:dyDescent="0.6">
+      <c r="A70" s="63"/>
+      <c r="B70" s="96" t="s">
         <v>140</v>
       </c>
-      <c r="C69" s="316" t="s">
+      <c r="C70" s="316" t="s">
         <v>141</v>
       </c>
-      <c r="D69" s="75">
+      <c r="D70" s="75">
+        <v>4472</v>
+      </c>
+      <c r="E70" s="75">
         <v>4908</v>
       </c>
-      <c r="E69" s="75">
+      <c r="F70" s="75">
         <v>4046</v>
       </c>
-      <c r="F69" s="75">
+      <c r="G70" s="75">
         <v>3363</v>
       </c>
-      <c r="G69" s="75">
+      <c r="H70" s="75">
         <v>3225</v>
       </c>
-      <c r="H69" s="75">
+      <c r="I70" s="75">
         <v>4168</v>
       </c>
-      <c r="I69" s="75">
+      <c r="J70" s="75">
         <v>3694</v>
       </c>
-      <c r="J69" s="75">
+      <c r="K70" s="75">
         <v>2932</v>
       </c>
-      <c r="K69" s="75">
+      <c r="L70" s="75">
         <v>2817</v>
       </c>
-      <c r="L69" s="75">
+      <c r="M70" s="75">
         <v>3473</v>
       </c>
-      <c r="M69" s="75">
+      <c r="N70" s="75">
         <v>3090</v>
       </c>
-      <c r="N69" s="75">
+      <c r="O70" s="75">
         <v>2458</v>
       </c>
-      <c r="O69" s="75">
+      <c r="P70" s="75">
         <v>2520</v>
       </c>
-      <c r="P69" s="75">
+      <c r="Q70" s="75">
         <v>2747.7016976557125</v>
       </c>
-      <c r="Q69" s="75">
+      <c r="R70" s="75">
         <v>2613.4258091701113</v>
       </c>
-      <c r="R69" s="75">
+      <c r="S70" s="75">
         <v>1913.5612240714272</v>
       </c>
-      <c r="S69" s="75">
+      <c r="T70" s="75">
         <v>2048.9595384249387</v>
       </c>
-      <c r="T69" s="75">
+      <c r="U70" s="75">
         <v>2182.4651596626709</v>
       </c>
-      <c r="U69" s="75">
+      <c r="V70" s="75">
         <v>1832</v>
       </c>
-      <c r="V69" s="75">
+      <c r="W70" s="75">
         <v>1365</v>
       </c>
-      <c r="W69" s="75">
+      <c r="X70" s="75">
         <v>1588.7941789717988</v>
       </c>
-      <c r="X69" s="75">
+      <c r="Y70" s="75">
         <v>1707.3298596368602</v>
       </c>
-      <c r="Y69" s="75">
+      <c r="Z70" s="75">
         <v>1719.7046122031329</v>
       </c>
-      <c r="Z69" s="75">
+      <c r="AA70" s="75">
         <v>1380.524508668128</v>
       </c>
-      <c r="AA69" s="75">
+      <c r="AB70" s="75">
         <v>1210</v>
       </c>
-      <c r="AB69" s="75"/>
-[...9 lines deleted...]
-      <c r="AL69" s="75"/>
+      <c r="AC70" s="75"/>
+      <c r="AD70" s="75"/>
+      <c r="AE70" s="75"/>
+      <c r="AF70" s="75"/>
+      <c r="AG70" s="75"/>
+      <c r="AH70" s="75"/>
+      <c r="AI70" s="75"/>
+      <c r="AJ70" s="75"/>
+      <c r="AK70" s="75"/>
+      <c r="AL70" s="75"/>
+      <c r="AM70" s="75"/>
     </row>
-    <row r="70" spans="1:38" x14ac:dyDescent="0.75">
-[...1 lines deleted...]
-      <c r="B70" s="269" t="s">
+    <row r="71" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A71" s="63"/>
+      <c r="B71" s="269" t="s">
         <v>142</v>
       </c>
-      <c r="C70" s="318" t="s">
-[...14 lines deleted...]
-      <c r="B71" s="269"/>
       <c r="C71" s="318" t="s">
-        <v>143</v>
+        <v>442</v>
       </c>
       <c r="D71" s="184"/>
       <c r="E71" s="184"/>
       <c r="F71" s="184"/>
       <c r="G71" s="184"/>
       <c r="H71" s="184"/>
       <c r="I71" s="184"/>
       <c r="J71" s="184"/>
       <c r="K71" s="184"/>
       <c r="L71" s="184"/>
+      <c r="M71" s="184"/>
     </row>
-    <row r="72" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="72" spans="1:39" x14ac:dyDescent="0.6">
       <c r="A72" s="63"/>
-      <c r="B72" s="31" t="s">
+      <c r="B72" s="269"/>
+      <c r="C72" s="318" t="s">
+        <v>113</v>
+      </c>
+      <c r="D72" s="184"/>
+      <c r="E72" s="184"/>
+      <c r="F72" s="184"/>
+      <c r="G72" s="184"/>
+      <c r="H72" s="184"/>
+      <c r="I72" s="184"/>
+      <c r="J72" s="184"/>
+      <c r="K72" s="184"/>
+      <c r="L72" s="184"/>
+      <c r="M72" s="184"/>
+    </row>
+    <row r="73" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A73" s="63"/>
+      <c r="B73" s="31" t="s">
+        <v>143</v>
+      </c>
+      <c r="C73" s="290" t="s">
         <v>144</v>
       </c>
-      <c r="C72" s="290" t="s">
+      <c r="D73" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="E73" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="I73" s="31" t="s">
+        <v>15</v>
+      </c>
+      <c r="J73" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="K73" s="31" t="s">
+        <v>17</v>
+      </c>
+      <c r="L73" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="M73" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="N73" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="O73" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="P73" s="31" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q73" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="R73" s="31" t="s">
+        <v>24</v>
+      </c>
+      <c r="S73" s="31" t="s">
+        <v>25</v>
+      </c>
+      <c r="T73" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="U73" s="31" t="s">
+        <v>27</v>
+      </c>
+      <c r="V73" s="31" t="s">
+        <v>28</v>
+      </c>
+      <c r="W73" s="31" t="s">
+        <v>29</v>
+      </c>
+      <c r="X73" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="Y73" s="31" t="s">
+        <v>31</v>
+      </c>
+      <c r="Z73" s="31" t="s">
+        <v>32</v>
+      </c>
+      <c r="AA73" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="AB73" s="31" t="s">
+        <v>34</v>
+      </c>
+      <c r="AC73" s="31" t="s">
+        <v>35</v>
+      </c>
+      <c r="AD73" s="31" t="s">
+        <v>36</v>
+      </c>
+      <c r="AE73" s="31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF73" s="31" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG73" s="31" t="s">
+        <v>39</v>
+      </c>
+      <c r="AH73" s="31" t="s">
+        <v>40</v>
+      </c>
+      <c r="AI73" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="AJ73" s="31" t="s">
+        <v>42</v>
+      </c>
+      <c r="AK73" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL73" s="31" t="s">
+        <v>44</v>
+      </c>
+      <c r="AM73" s="31" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="74" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A74" s="63"/>
+      <c r="B74" s="107" t="s">
         <v>145</v>
       </c>
-      <c r="D72" s="31" t="s">
+      <c r="C74" s="319" t="s">
+        <v>146</v>
+      </c>
+      <c r="D74" s="193">
+        <v>24641.296077999999</v>
+      </c>
+      <c r="E74" s="193">
+        <v>23343.742622000002</v>
+      </c>
+      <c r="F74" s="193">
+        <v>21114.378100000002</v>
+      </c>
+      <c r="G74" s="193">
+        <v>19805.343511999999</v>
+      </c>
+      <c r="H74" s="193">
+        <v>20122.400000000001</v>
+      </c>
+      <c r="I74" s="193">
+        <v>19517.275011999998</v>
+      </c>
+      <c r="J74" s="193">
+        <v>17585.580512</v>
+      </c>
+      <c r="K74" s="193">
+        <v>15637.376806</v>
+      </c>
+      <c r="L74" s="193">
+        <v>14508.048284</v>
+      </c>
+      <c r="M74" s="193">
+        <v>11848.093692</v>
+      </c>
+      <c r="N74" s="193">
+        <v>10182.554849530001</v>
+      </c>
+      <c r="O74" s="193">
+        <v>9905.5312655300004</v>
+      </c>
+      <c r="P74" s="194">
+        <v>10138.416628000001</v>
+      </c>
+      <c r="Q74" s="194">
+        <v>10487.09493404</v>
+      </c>
+      <c r="R74" s="194">
+        <v>9647.1947034000004</v>
+      </c>
+      <c r="S74" s="194">
+        <v>9952.7106042000014</v>
+      </c>
+      <c r="T74" s="194">
+        <v>9793.6199983000006</v>
+      </c>
+      <c r="U74" s="194">
+        <v>11456.497934560002</v>
+      </c>
+      <c r="V74" s="194">
+        <v>10430</v>
+      </c>
+      <c r="W74" s="194">
+        <v>9966</v>
+      </c>
+      <c r="X74" s="194">
+        <v>10531.639290160001</v>
+      </c>
+      <c r="Y74" s="194">
+        <v>8828</v>
+      </c>
+      <c r="Z74" s="194">
+        <v>7945</v>
+      </c>
+      <c r="AA74" s="194">
+        <v>7469</v>
+      </c>
+      <c r="AB74" s="194">
+        <v>5766</v>
+      </c>
+      <c r="AC74" s="194">
+        <v>4720</v>
+      </c>
+      <c r="AD74" s="67"/>
+      <c r="AE74" s="67"/>
+      <c r="AF74" s="67"/>
+      <c r="AG74" s="67"/>
+      <c r="AH74" s="67"/>
+      <c r="AI74" s="67"/>
+      <c r="AJ74" s="67"/>
+      <c r="AK74" s="67"/>
+      <c r="AL74" s="67"/>
+      <c r="AM74" s="67"/>
+    </row>
+    <row r="75" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A75" s="63"/>
+      <c r="B75" s="94" t="s">
+        <v>147</v>
+      </c>
+      <c r="C75" s="320" t="s">
+        <v>148</v>
+      </c>
+      <c r="D75" s="109">
+        <v>96</v>
+      </c>
+      <c r="E75" s="109">
+        <v>82</v>
+      </c>
+      <c r="F75" s="109">
+        <v>75</v>
+      </c>
+      <c r="G75" s="109">
+        <v>73</v>
+      </c>
+      <c r="H75" s="109">
+        <v>79</v>
+      </c>
+      <c r="I75" s="109">
+        <v>71</v>
+      </c>
+      <c r="J75" s="109">
+        <v>73</v>
+      </c>
+      <c r="K75" s="109">
+        <v>80</v>
+      </c>
+      <c r="L75" s="109">
+        <v>76</v>
+      </c>
+      <c r="M75" s="109">
+        <v>68</v>
+      </c>
+      <c r="N75" s="109">
+        <v>61</v>
+      </c>
+      <c r="O75" s="109">
+        <v>63</v>
+      </c>
+      <c r="P75" s="69">
+        <v>67</v>
+      </c>
+      <c r="Q75" s="69">
+        <v>72</v>
+      </c>
+      <c r="R75" s="69">
+        <v>70</v>
+      </c>
+      <c r="S75" s="69">
+        <v>78</v>
+      </c>
+      <c r="T75" s="69">
+        <v>78</v>
+      </c>
+      <c r="U75" s="69">
+        <v>95</v>
+      </c>
+      <c r="V75" s="69">
+        <v>91</v>
+      </c>
+      <c r="W75" s="69">
+        <v>92</v>
+      </c>
+      <c r="X75" s="69">
+        <v>99</v>
+      </c>
+      <c r="Y75" s="69">
+        <v>84</v>
+      </c>
+      <c r="Z75" s="69">
+        <v>81</v>
+      </c>
+      <c r="AA75" s="69">
+        <v>73</v>
+      </c>
+      <c r="AB75" s="69">
+        <v>67</v>
+      </c>
+      <c r="AC75" s="69">
+        <v>54</v>
+      </c>
+      <c r="AD75" s="69"/>
+      <c r="AE75" s="69"/>
+      <c r="AF75" s="69"/>
+      <c r="AG75" s="69"/>
+      <c r="AH75" s="69"/>
+      <c r="AI75" s="69"/>
+      <c r="AJ75" s="69"/>
+      <c r="AK75" s="69"/>
+      <c r="AL75" s="69"/>
+      <c r="AM75" s="69"/>
+    </row>
+    <row r="76" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A76" s="63"/>
+      <c r="B76" s="107" t="s">
+        <v>149</v>
+      </c>
+      <c r="C76" s="319" t="s">
+        <v>150</v>
+      </c>
+      <c r="D76" s="108">
+        <v>81240</v>
+      </c>
+      <c r="E76" s="108">
+        <v>79193</v>
+      </c>
+      <c r="F76" s="108">
+        <v>72928</v>
+      </c>
+      <c r="G76" s="108">
+        <v>68218</v>
+      </c>
+      <c r="H76" s="108">
+        <v>69554</v>
+      </c>
+      <c r="I76" s="108">
+        <v>67118</v>
+      </c>
+      <c r="J76" s="108">
+        <v>59835</v>
+      </c>
+      <c r="K76" s="108">
+        <v>52402</v>
+      </c>
+      <c r="L76" s="108">
+        <v>50731</v>
+      </c>
+      <c r="M76" s="108">
+        <v>45788</v>
+      </c>
+      <c r="N76" s="108">
+        <v>40027</v>
+      </c>
+      <c r="O76" s="108">
+        <v>38561</v>
+      </c>
+      <c r="P76" s="67">
+        <v>40689</v>
+      </c>
+      <c r="Q76" s="67">
+        <v>42849</v>
+      </c>
+      <c r="R76" s="67">
+        <v>41575</v>
+      </c>
+      <c r="S76" s="67">
+        <v>44639.000000000007</v>
+      </c>
+      <c r="T76" s="67">
+        <v>45515</v>
+      </c>
+      <c r="U76" s="67">
+        <v>55670</v>
+      </c>
+      <c r="V76" s="67">
+        <v>51950</v>
+      </c>
+      <c r="W76" s="67">
+        <v>52146</v>
+      </c>
+      <c r="X76" s="67">
+        <v>55135</v>
+      </c>
+      <c r="Y76" s="67">
+        <v>46589</v>
+      </c>
+      <c r="Z76" s="67">
+        <v>44063</v>
+      </c>
+      <c r="AA76" s="67">
+        <v>39991</v>
+      </c>
+      <c r="AB76" s="67">
+        <v>30168</v>
+      </c>
+      <c r="AC76" s="67">
+        <v>25168</v>
+      </c>
+      <c r="AD76" s="67"/>
+      <c r="AE76" s="67"/>
+      <c r="AF76" s="67"/>
+      <c r="AG76" s="67"/>
+      <c r="AH76" s="67"/>
+      <c r="AI76" s="67"/>
+      <c r="AJ76" s="67"/>
+      <c r="AK76" s="67"/>
+      <c r="AL76" s="67"/>
+      <c r="AM76" s="67"/>
+    </row>
+    <row r="77" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A77" s="63"/>
+      <c r="B77" s="94" t="s">
+        <v>151</v>
+      </c>
+      <c r="C77" s="307" t="s">
+        <v>152</v>
+      </c>
+      <c r="D77" s="110">
+        <v>303.31482124569175</v>
+      </c>
+      <c r="E77" s="110">
+        <v>294.77027795385959</v>
+      </c>
+      <c r="F77" s="110">
+        <v>289.52361370118473</v>
+      </c>
+      <c r="G77" s="110">
+        <v>290.32430607757482</v>
+      </c>
+      <c r="H77" s="110">
+        <v>289.3</v>
+      </c>
+      <c r="I77" s="110">
+        <v>290.79047367323221</v>
+      </c>
+      <c r="J77" s="110">
+        <v>293.90123693490432</v>
+      </c>
+      <c r="K77" s="110">
+        <v>298.41183172398001</v>
+      </c>
+      <c r="L77" s="110">
+        <v>285.97993897222608</v>
+      </c>
+      <c r="M77" s="110">
+        <v>258.75979933607056</v>
+      </c>
+      <c r="N77" s="110">
+        <v>254.39215653259052</v>
+      </c>
+      <c r="O77" s="110">
+        <v>256.87952245870184</v>
+      </c>
+      <c r="P77" s="110">
+        <v>249.16848848583157</v>
+      </c>
+      <c r="Q77" s="110">
+        <v>244.74538341711593</v>
+      </c>
+      <c r="R77" s="74">
+        <v>232.04316785087192</v>
+      </c>
+      <c r="S77" s="74">
+        <v>222.95998127646226</v>
+      </c>
+      <c r="T77" s="74">
+        <v>215.17345926178186</v>
+      </c>
+      <c r="U77" s="74">
+        <v>205.79302918196518</v>
+      </c>
+      <c r="V77" s="74">
+        <v>200.8</v>
+      </c>
+      <c r="W77" s="74">
+        <v>191.1</v>
+      </c>
+      <c r="X77" s="74">
+        <v>191</v>
+      </c>
+      <c r="Y77" s="74">
+        <v>189</v>
+      </c>
+      <c r="Z77" s="74">
+        <v>180.3</v>
+      </c>
+      <c r="AA77" s="74">
+        <v>186.8</v>
+      </c>
+      <c r="AB77" s="74">
+        <v>191</v>
+      </c>
+      <c r="AC77" s="74">
+        <v>188</v>
+      </c>
+      <c r="AD77" s="74"/>
+      <c r="AE77" s="74"/>
+      <c r="AF77" s="74"/>
+      <c r="AG77" s="74"/>
+      <c r="AH77" s="74"/>
+      <c r="AI77" s="74"/>
+      <c r="AJ77" s="74"/>
+      <c r="AK77" s="74"/>
+      <c r="AL77" s="74"/>
+      <c r="AM77" s="74"/>
+    </row>
+    <row r="78" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A78" s="63"/>
+      <c r="B78" s="202" t="s">
+        <v>152</v>
+      </c>
+      <c r="C78" s="321" t="s">
+        <v>144</v>
+      </c>
+      <c r="D78" s="202"/>
+      <c r="E78" s="202"/>
+      <c r="F78" s="202"/>
+      <c r="G78" s="202"/>
+      <c r="H78" s="202"/>
+      <c r="I78" s="202"/>
+      <c r="J78" s="202"/>
+      <c r="K78" s="202"/>
+      <c r="L78" s="202"/>
+      <c r="M78" s="202"/>
+      <c r="N78" s="67"/>
+      <c r="O78" s="67"/>
+      <c r="P78" s="67"/>
+      <c r="Q78" s="67"/>
+      <c r="R78" s="67"/>
+      <c r="S78" s="67"/>
+      <c r="T78" s="67"/>
+      <c r="U78" s="67"/>
+      <c r="V78" s="67"/>
+      <c r="W78" s="67"/>
+      <c r="X78" s="67"/>
+      <c r="Y78" s="67"/>
+      <c r="Z78" s="67"/>
+      <c r="AA78" s="67"/>
+      <c r="AB78" s="67"/>
+      <c r="AC78" s="67"/>
+      <c r="AD78" s="67"/>
+      <c r="AE78" s="67"/>
+      <c r="AF78" s="67"/>
+      <c r="AG78" s="67"/>
+      <c r="AH78" s="67"/>
+      <c r="AI78" s="67"/>
+      <c r="AJ78" s="67"/>
+      <c r="AK78" s="67"/>
+      <c r="AL78" s="67"/>
+      <c r="AM78" s="67"/>
+    </row>
+    <row r="79" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A79" s="63"/>
+      <c r="B79" s="68" t="s">
+        <v>153</v>
+      </c>
+      <c r="C79" s="293" t="s">
+        <v>146</v>
+      </c>
+      <c r="D79" s="244">
+        <v>19024.105978</v>
+      </c>
+      <c r="E79" s="244">
+        <v>18047.224522</v>
+      </c>
+      <c r="F79" s="244">
+        <v>15751.021000000001</v>
+      </c>
+      <c r="G79" s="244">
+        <v>14094.693512</v>
+      </c>
+      <c r="H79" s="244">
+        <v>14428.418012</v>
+      </c>
+      <c r="I79" s="244">
+        <v>13616.625012</v>
+      </c>
+      <c r="J79" s="244">
+        <v>12094.130512</v>
+      </c>
+      <c r="K79" s="244">
+        <v>9579.5295220000007</v>
+      </c>
+      <c r="L79" s="244">
+        <v>9491.6550000000007</v>
+      </c>
+      <c r="M79" s="244">
+        <v>8081.8206920000002</v>
+      </c>
+      <c r="N79" s="244">
+        <v>7441.14</v>
+      </c>
+      <c r="O79" s="244">
+        <v>7109.0180325300007</v>
+      </c>
+      <c r="P79" s="244">
+        <v>7041.8490000000002</v>
+      </c>
+      <c r="Q79" s="244">
+        <v>7571.7310050400001</v>
+      </c>
+      <c r="R79" s="244">
+        <v>7097.5183473999996</v>
+      </c>
+      <c r="S79" s="244">
+        <v>7328.9276751999996</v>
+      </c>
+      <c r="T79" s="244">
+        <v>7009.7995462999997</v>
+      </c>
+      <c r="U79" s="244">
+        <v>9025.2035375600008</v>
+      </c>
+      <c r="V79" s="244">
+        <v>8029.3513950400002</v>
+      </c>
+      <c r="W79" s="244">
+        <v>7686.1628340999996</v>
+      </c>
+      <c r="X79" s="244">
+        <v>8023.882326160001</v>
+      </c>
+      <c r="Y79" s="244">
+        <v>6562.8229283999999</v>
+      </c>
+      <c r="Z79" s="244">
+        <v>6154.3422079000002</v>
+      </c>
+      <c r="AA79" s="244">
+        <v>5511.7431630000001</v>
+      </c>
+      <c r="AB79" s="244">
+        <v>3901.9</v>
+      </c>
+      <c r="AC79" s="244">
+        <v>3385.16025184</v>
+      </c>
+      <c r="AD79" s="244"/>
+      <c r="AE79" s="244"/>
+      <c r="AF79" s="244"/>
+      <c r="AG79" s="244"/>
+      <c r="AH79" s="244"/>
+      <c r="AI79" s="244"/>
+      <c r="AJ79" s="244"/>
+      <c r="AK79" s="244"/>
+      <c r="AL79" s="244"/>
+      <c r="AM79" s="244"/>
+    </row>
+    <row r="80" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A80" s="63"/>
+      <c r="B80" s="96" t="s">
+        <v>154</v>
+      </c>
+      <c r="C80" s="316" t="s">
+        <v>148</v>
+      </c>
+      <c r="D80" s="101">
+        <v>75</v>
+      </c>
+      <c r="E80" s="101">
+        <v>61</v>
+      </c>
+      <c r="F80" s="101">
+        <v>55</v>
+      </c>
+      <c r="G80" s="101">
+        <v>54</v>
+      </c>
+      <c r="H80" s="101">
+        <v>58</v>
+      </c>
+      <c r="I80" s="101">
+        <v>49</v>
+      </c>
+      <c r="J80" s="101">
+        <v>45</v>
+      </c>
+      <c r="K80" s="101">
+        <v>51</v>
+      </c>
+      <c r="L80" s="101">
+        <v>47</v>
+      </c>
+      <c r="M80" s="101">
+        <v>42</v>
+      </c>
+      <c r="N80" s="101">
+        <v>36</v>
+      </c>
+      <c r="O80" s="101">
+        <v>38</v>
+      </c>
+      <c r="P80" s="101">
+        <v>40</v>
+      </c>
+      <c r="Q80" s="101">
+        <v>45</v>
+      </c>
+      <c r="R80" s="101">
+        <v>45</v>
+      </c>
+      <c r="S80" s="101">
+        <v>53</v>
+      </c>
+      <c r="T80" s="101">
+        <v>56</v>
+      </c>
+      <c r="U80" s="101">
+        <v>73</v>
+      </c>
+      <c r="V80" s="101">
+        <v>67</v>
+      </c>
+      <c r="W80" s="101">
+        <v>67</v>
+      </c>
+      <c r="X80" s="101">
+        <v>71</v>
+      </c>
+      <c r="Y80" s="101">
+        <v>58</v>
+      </c>
+      <c r="Z80" s="101">
+        <v>57</v>
+      </c>
+      <c r="AA80" s="101">
+        <v>48</v>
+      </c>
+      <c r="AB80" s="101">
+        <v>43</v>
+      </c>
+      <c r="AC80" s="101">
+        <v>38</v>
+      </c>
+      <c r="AD80" s="101"/>
+      <c r="AE80" s="101"/>
+      <c r="AF80" s="101"/>
+      <c r="AG80" s="101"/>
+      <c r="AH80" s="101"/>
+      <c r="AI80" s="101"/>
+      <c r="AJ80" s="101"/>
+      <c r="AK80" s="101"/>
+      <c r="AL80" s="101"/>
+      <c r="AM80" s="101"/>
+    </row>
+    <row r="81" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A81" s="63"/>
+      <c r="B81" s="68" t="s">
+        <v>155</v>
+      </c>
+      <c r="C81" s="293" t="s">
+        <v>150</v>
+      </c>
+      <c r="D81" s="99">
+        <v>63646</v>
+      </c>
+      <c r="E81" s="99">
+        <v>62597</v>
+      </c>
+      <c r="F81" s="99">
+        <v>56221</v>
+      </c>
+      <c r="G81" s="99">
+        <v>51123</v>
+      </c>
+      <c r="H81" s="99">
+        <v>52740</v>
+      </c>
+      <c r="I81" s="99">
+        <v>49923</v>
+      </c>
+      <c r="J81" s="99">
+        <v>45036</v>
+      </c>
+      <c r="K81" s="99">
+        <v>36431</v>
+      </c>
+      <c r="L81" s="99">
+        <v>36494</v>
+      </c>
+      <c r="M81" s="99">
+        <v>33653</v>
+      </c>
+      <c r="N81" s="99">
+        <v>30011</v>
+      </c>
+      <c r="O81" s="99">
+        <v>28351</v>
+      </c>
+      <c r="P81" s="99">
+        <v>29256</v>
+      </c>
+      <c r="Q81" s="99">
+        <v>31552</v>
+      </c>
+      <c r="R81" s="99">
+        <v>31343</v>
+      </c>
+      <c r="S81" s="99">
+        <v>34223</v>
+      </c>
+      <c r="T81" s="99">
+        <v>34535</v>
+      </c>
+      <c r="U81" s="99">
+        <v>46138</v>
+      </c>
+      <c r="V81" s="99">
+        <v>42113</v>
+      </c>
+      <c r="W81" s="99">
+        <v>41286</v>
+      </c>
+      <c r="X81" s="99">
+        <v>43235</v>
+      </c>
+      <c r="Y81" s="99">
+        <v>35306</v>
+      </c>
+      <c r="Z81" s="99">
+        <v>34003</v>
+      </c>
+      <c r="AA81" s="99">
+        <v>29764</v>
+      </c>
+      <c r="AB81" s="99">
+        <v>20280</v>
+      </c>
+      <c r="AC81" s="99">
+        <v>17675</v>
+      </c>
+      <c r="AD81" s="99"/>
+      <c r="AE81" s="99"/>
+      <c r="AF81" s="99"/>
+      <c r="AG81" s="99"/>
+      <c r="AH81" s="99"/>
+      <c r="AI81" s="99"/>
+      <c r="AJ81" s="99"/>
+      <c r="AK81" s="99"/>
+      <c r="AL81" s="99"/>
+      <c r="AM81" s="99"/>
+    </row>
+    <row r="82" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A82" s="63"/>
+      <c r="B82" s="96" t="s">
+        <v>156</v>
+      </c>
+      <c r="C82" s="316" t="s">
+        <v>157</v>
+      </c>
+      <c r="D82" s="245">
+        <v>298.90497404393045</v>
+      </c>
+      <c r="E82" s="245">
+        <v>288.30813812163524</v>
+      </c>
+      <c r="F82" s="245">
+        <v>280.16259049109766</v>
+      </c>
+      <c r="G82" s="245">
+        <v>275.7</v>
+      </c>
+      <c r="H82" s="245">
+        <v>273.60000000000002</v>
+      </c>
+      <c r="I82" s="245">
+        <v>272.75253915029145</v>
+      </c>
+      <c r="J82" s="245">
+        <v>268.54362092548183</v>
+      </c>
+      <c r="K82" s="245">
+        <v>262.94994707803795</v>
+      </c>
+      <c r="L82" s="245">
+        <v>260.08809667342581</v>
+      </c>
+      <c r="M82" s="245">
+        <v>240.15156723026178</v>
+      </c>
+      <c r="N82" s="245">
+        <v>247.9</v>
+      </c>
+      <c r="O82" s="245">
+        <v>246.6</v>
+      </c>
+      <c r="P82" s="245">
+        <v>240.69792657916324</v>
+      </c>
+      <c r="Q82" s="245">
+        <v>239.9762615694726</v>
+      </c>
+      <c r="R82" s="245">
+        <v>226.44668179178763</v>
+      </c>
+      <c r="S82" s="245">
+        <v>214.15211042865909</v>
+      </c>
+      <c r="T82" s="245">
+        <v>202.97667717677717</v>
+      </c>
+      <c r="U82" s="245">
+        <v>195.61323719190258</v>
+      </c>
+      <c r="V82" s="245">
+        <v>190.66206147840333</v>
+      </c>
+      <c r="W82" s="245">
+        <v>186.16632355035608</v>
+      </c>
+      <c r="X82" s="245">
+        <v>185.58765643945878</v>
+      </c>
+      <c r="Y82" s="245">
+        <v>185.88406866821504</v>
+      </c>
+      <c r="Z82" s="245">
+        <v>180.99409487104077</v>
+      </c>
+      <c r="AA82" s="245">
+        <v>185.18153349684181</v>
+      </c>
+      <c r="AB82" s="245">
+        <v>192.40138067061145</v>
+      </c>
+      <c r="AC82" s="245">
+        <v>191.52250364016973</v>
+      </c>
+      <c r="AD82" s="245"/>
+      <c r="AE82" s="245"/>
+      <c r="AF82" s="245"/>
+      <c r="AG82" s="245"/>
+      <c r="AH82" s="245"/>
+      <c r="AI82" s="245"/>
+      <c r="AJ82" s="245"/>
+      <c r="AK82" s="245"/>
+      <c r="AL82" s="245"/>
+      <c r="AM82" s="245"/>
+    </row>
+    <row r="83" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A83" s="63"/>
+      <c r="B83" s="246" t="s">
+        <v>157</v>
+      </c>
+      <c r="C83" s="322" t="s">
+        <v>144</v>
+      </c>
+      <c r="D83" s="246"/>
+      <c r="E83" s="246"/>
+      <c r="F83" s="246"/>
+      <c r="G83" s="246"/>
+      <c r="H83" s="246"/>
+      <c r="I83" s="246"/>
+      <c r="J83" s="246"/>
+      <c r="K83" s="246"/>
+      <c r="L83" s="246"/>
+      <c r="M83" s="246"/>
+      <c r="N83" s="244"/>
+      <c r="O83" s="244"/>
+      <c r="P83" s="244"/>
+      <c r="Q83" s="244"/>
+      <c r="R83" s="244"/>
+      <c r="S83" s="244"/>
+      <c r="T83" s="244"/>
+      <c r="U83" s="244"/>
+      <c r="V83" s="244"/>
+      <c r="W83" s="244"/>
+      <c r="X83" s="244"/>
+      <c r="Y83" s="244"/>
+      <c r="Z83" s="244"/>
+      <c r="AA83" s="244"/>
+      <c r="AB83" s="244"/>
+      <c r="AC83" s="244"/>
+      <c r="AD83" s="244"/>
+      <c r="AE83" s="244"/>
+      <c r="AF83" s="244"/>
+      <c r="AG83" s="244"/>
+      <c r="AH83" s="244"/>
+      <c r="AI83" s="244"/>
+      <c r="AJ83" s="244"/>
+      <c r="AK83" s="244"/>
+      <c r="AL83" s="244"/>
+      <c r="AM83" s="244"/>
+    </row>
+    <row r="84" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A84" s="63"/>
+      <c r="B84" s="96" t="s">
+        <v>153</v>
+      </c>
+      <c r="C84" s="316" t="s">
+        <v>146</v>
+      </c>
+      <c r="D84" s="245">
+        <v>5617.1900999999998</v>
+      </c>
+      <c r="E84" s="245">
+        <v>5296.5181000000002</v>
+      </c>
+      <c r="F84" s="245">
+        <v>5363.3571000000002</v>
+      </c>
+      <c r="G84" s="245">
+        <v>5710.65</v>
+      </c>
+      <c r="H84" s="245">
+        <v>5693.9435000000003</v>
+      </c>
+      <c r="I84" s="245">
+        <v>5900.65</v>
+      </c>
+      <c r="J84" s="245">
+        <v>5491.45</v>
+      </c>
+      <c r="K84" s="245">
+        <v>6057.8472840000004</v>
+      </c>
+      <c r="L84" s="245">
+        <v>5016.3932839999998</v>
+      </c>
+      <c r="M84" s="245">
+        <v>3766.2730000000001</v>
+      </c>
+      <c r="N84" s="245">
+        <v>2741.415</v>
+      </c>
+      <c r="O84" s="245">
+        <v>2796.5132330000001</v>
+      </c>
+      <c r="P84" s="245">
+        <v>3096.5580880000002</v>
+      </c>
+      <c r="Q84" s="245">
+        <v>2915.3639290000001</v>
+      </c>
+      <c r="R84" s="245">
+        <v>2549.6763559999999</v>
+      </c>
+      <c r="S84" s="245">
+        <v>2623.7829290000004</v>
+      </c>
+      <c r="T84" s="245">
+        <v>2783.8204519999999</v>
+      </c>
+      <c r="U84" s="245">
+        <v>2431.2943970000001</v>
+      </c>
+      <c r="V84" s="245">
+        <v>2400.695397</v>
+      </c>
+      <c r="W84" s="245">
+        <v>2279.8597140000002</v>
+      </c>
+      <c r="X84" s="245">
+        <v>2507.7569640000002</v>
+      </c>
+      <c r="Y84" s="245">
+        <v>2265.1292257</v>
+      </c>
+      <c r="Z84" s="245">
+        <v>1790.663575</v>
+      </c>
+      <c r="AA84" s="245">
+        <v>1957.2804550000001</v>
+      </c>
+      <c r="AB84" s="245">
+        <v>1864.1</v>
+      </c>
+      <c r="AC84" s="245">
+        <v>1334.8601389999999</v>
+      </c>
+      <c r="AD84" s="245"/>
+      <c r="AE84" s="245"/>
+      <c r="AF84" s="245"/>
+      <c r="AG84" s="245"/>
+      <c r="AH84" s="245"/>
+      <c r="AI84" s="245"/>
+      <c r="AJ84" s="245"/>
+      <c r="AK84" s="245"/>
+      <c r="AL84" s="245"/>
+      <c r="AM84" s="245"/>
+    </row>
+    <row r="85" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A85" s="63"/>
+      <c r="B85" s="68" t="s">
+        <v>154</v>
+      </c>
+      <c r="C85" s="293" t="s">
+        <v>148</v>
+      </c>
+      <c r="D85" s="99">
+        <v>21</v>
+      </c>
+      <c r="E85" s="99">
+        <v>21</v>
+      </c>
+      <c r="F85" s="99">
+        <v>20</v>
+      </c>
+      <c r="G85" s="99">
+        <v>19</v>
+      </c>
+      <c r="H85" s="99">
+        <v>21</v>
+      </c>
+      <c r="I85" s="99">
+        <v>22</v>
+      </c>
+      <c r="J85" s="99">
+        <v>28</v>
+      </c>
+      <c r="K85" s="99">
+        <v>29</v>
+      </c>
+      <c r="L85" s="99">
+        <v>29</v>
+      </c>
+      <c r="M85" s="99">
+        <v>26</v>
+      </c>
+      <c r="N85" s="99">
+        <v>25</v>
+      </c>
+      <c r="O85" s="99">
+        <v>25</v>
+      </c>
+      <c r="P85" s="99">
+        <v>27</v>
+      </c>
+      <c r="Q85" s="99">
+        <v>27</v>
+      </c>
+      <c r="R85" s="99">
+        <v>25</v>
+      </c>
+      <c r="S85" s="99">
+        <v>25</v>
+      </c>
+      <c r="T85" s="99">
+        <v>22</v>
+      </c>
+      <c r="U85" s="99">
+        <v>22</v>
+      </c>
+      <c r="V85" s="99">
+        <v>24</v>
+      </c>
+      <c r="W85" s="99">
+        <v>25</v>
+      </c>
+      <c r="X85" s="99">
+        <v>28</v>
+      </c>
+      <c r="Y85" s="99">
+        <v>26</v>
+      </c>
+      <c r="Z85" s="99">
+        <v>24</v>
+      </c>
+      <c r="AA85" s="99">
+        <v>25</v>
+      </c>
+      <c r="AB85" s="99">
+        <v>24</v>
+      </c>
+      <c r="AC85" s="99">
+        <v>17</v>
+      </c>
+      <c r="AD85" s="99"/>
+      <c r="AE85" s="99"/>
+      <c r="AF85" s="99"/>
+      <c r="AG85" s="99"/>
+      <c r="AH85" s="99"/>
+      <c r="AI85" s="99"/>
+      <c r="AJ85" s="99"/>
+      <c r="AK85" s="99"/>
+      <c r="AL85" s="99"/>
+      <c r="AM85" s="99"/>
+    </row>
+    <row r="86" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A86" s="63"/>
+      <c r="B86" s="96" t="s">
+        <v>155</v>
+      </c>
+      <c r="C86" s="316"/>
+      <c r="D86" s="101">
+        <v>17594</v>
+      </c>
+      <c r="E86" s="101">
+        <v>16596</v>
+      </c>
+      <c r="F86" s="101">
+        <v>16707</v>
+      </c>
+      <c r="G86" s="101">
+        <v>17095</v>
+      </c>
+      <c r="H86" s="101">
+        <v>16814</v>
+      </c>
+      <c r="I86" s="101">
+        <v>17195</v>
+      </c>
+      <c r="J86" s="101">
+        <v>14799</v>
+      </c>
+      <c r="K86" s="101">
+        <v>15971</v>
+      </c>
+      <c r="L86" s="101">
+        <v>14237</v>
+      </c>
+      <c r="M86" s="101">
+        <v>12135</v>
+      </c>
+      <c r="N86" s="101">
+        <v>10016</v>
+      </c>
+      <c r="O86" s="101">
+        <v>10210</v>
+      </c>
+      <c r="P86" s="101">
+        <v>11433</v>
+      </c>
+      <c r="Q86" s="101">
+        <v>11297</v>
+      </c>
+      <c r="R86" s="101">
+        <v>10232</v>
+      </c>
+      <c r="S86" s="101">
+        <v>10414</v>
+      </c>
+      <c r="T86" s="101">
+        <v>10980</v>
+      </c>
+      <c r="U86" s="101">
+        <v>9532</v>
+      </c>
+      <c r="V86" s="101">
+        <v>9837</v>
+      </c>
+      <c r="W86" s="101">
+        <v>10860</v>
+      </c>
+      <c r="X86" s="101">
+        <v>11900</v>
+      </c>
+      <c r="Y86" s="101">
+        <v>11283</v>
+      </c>
+      <c r="Z86" s="101">
+        <v>10060</v>
+      </c>
+      <c r="AA86" s="101">
+        <v>10227</v>
+      </c>
+      <c r="AB86" s="101">
+        <v>9888</v>
+      </c>
+      <c r="AC86" s="101">
+        <v>7493</v>
+      </c>
+      <c r="AD86" s="101"/>
+      <c r="AE86" s="101"/>
+      <c r="AF86" s="101"/>
+      <c r="AG86" s="101"/>
+      <c r="AH86" s="101"/>
+      <c r="AI86" s="101"/>
+      <c r="AJ86" s="101"/>
+      <c r="AK86" s="101"/>
+      <c r="AL86" s="101"/>
+      <c r="AM86" s="101"/>
+    </row>
+    <row r="87" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A87" s="63"/>
+      <c r="B87" s="68" t="s">
+        <v>156</v>
+      </c>
+      <c r="C87" s="293" t="s">
+        <v>150</v>
+      </c>
+      <c r="D87" s="244">
+        <v>319.26736955780376</v>
+      </c>
+      <c r="E87" s="244">
+        <v>319.14425765244636</v>
+      </c>
+      <c r="F87" s="244">
+        <v>321.02454659723469</v>
+      </c>
+      <c r="G87" s="244">
+        <v>334.1</v>
+      </c>
+      <c r="H87" s="244">
+        <v>338.6</v>
+      </c>
+      <c r="I87" s="244">
+        <v>343.1608025588834</v>
+      </c>
+      <c r="J87" s="244">
+        <v>348.19922642825441</v>
+      </c>
+      <c r="K87" s="244">
+        <v>379.30294183207064</v>
+      </c>
+      <c r="L87" s="244">
+        <v>352.34904010676405</v>
+      </c>
+      <c r="M87" s="244">
+        <v>310.36448290070047</v>
+      </c>
+      <c r="N87" s="244">
+        <v>273.7</v>
+      </c>
+      <c r="O87" s="244">
+        <v>272.7</v>
+      </c>
+      <c r="P87" s="244">
+        <v>270.8438806962302</v>
+      </c>
+      <c r="Q87" s="244">
+        <v>258.06532079313092</v>
+      </c>
+      <c r="R87" s="244">
+        <v>249.18650860046912</v>
+      </c>
+      <c r="S87" s="244">
+        <v>251.94765978490497</v>
+      </c>
+      <c r="T87" s="244">
+        <v>253.53556029143897</v>
+      </c>
+      <c r="U87" s="244">
+        <v>255.06655444817457</v>
+      </c>
+      <c r="V87" s="244">
+        <v>244.04751418115279</v>
+      </c>
+      <c r="W87" s="244">
+        <v>209.93183370165747</v>
+      </c>
+      <c r="X87" s="244">
+        <v>210.73587932773111</v>
+      </c>
+      <c r="Y87" s="244">
+        <v>200.75593598333776</v>
+      </c>
+      <c r="Z87" s="244">
+        <v>177.99836729622265</v>
+      </c>
+      <c r="AA87" s="244">
+        <v>191.38363694142956</v>
+      </c>
+      <c r="AB87" s="244">
+        <v>188.52144012944984</v>
+      </c>
+      <c r="AC87" s="244">
+        <v>178.14762298144936</v>
+      </c>
+      <c r="AD87" s="244"/>
+      <c r="AE87" s="244"/>
+      <c r="AF87" s="244"/>
+      <c r="AG87" s="244"/>
+      <c r="AH87" s="244"/>
+      <c r="AI87" s="244"/>
+      <c r="AJ87" s="244"/>
+      <c r="AK87" s="244"/>
+      <c r="AL87" s="244"/>
+      <c r="AM87" s="244"/>
+    </row>
+    <row r="88" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A88" s="63"/>
+      <c r="B88" s="190"/>
+      <c r="C88" s="320"/>
+      <c r="D88" s="191"/>
+      <c r="E88" s="191"/>
+      <c r="F88" s="191"/>
+      <c r="G88" s="191"/>
+      <c r="H88" s="191"/>
+      <c r="I88" s="191"/>
+      <c r="J88" s="191"/>
+      <c r="K88" s="191"/>
+      <c r="L88" s="191"/>
+      <c r="M88" s="191"/>
+      <c r="N88" s="191"/>
+      <c r="O88" s="191"/>
+      <c r="P88" s="191"/>
+      <c r="Q88" s="191"/>
+      <c r="R88" s="192"/>
+      <c r="S88" s="192"/>
+      <c r="T88" s="192"/>
+      <c r="U88" s="192"/>
+      <c r="V88" s="192"/>
+      <c r="W88" s="192"/>
+      <c r="X88" s="192"/>
+      <c r="Y88" s="192"/>
+      <c r="Z88" s="192"/>
+      <c r="AA88" s="192"/>
+      <c r="AB88" s="192"/>
+      <c r="AC88" s="192"/>
+      <c r="AD88" s="192"/>
+      <c r="AE88" s="192"/>
+      <c r="AF88" s="192"/>
+      <c r="AG88" s="192"/>
+      <c r="AH88" s="192"/>
+      <c r="AI88" s="192"/>
+      <c r="AJ88" s="192"/>
+      <c r="AK88" s="192"/>
+      <c r="AL88" s="192"/>
+      <c r="AM88" s="192"/>
+    </row>
+    <row r="89" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A89" s="63"/>
+      <c r="B89" s="31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C89" s="290" t="s">
+        <v>159</v>
+      </c>
+      <c r="D89" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="E89" s="31" t="s">
         <v>11</v>
       </c>
-      <c r="E72" s="31" t="s">
+      <c r="F89" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="F72" s="31" t="s">
+      <c r="G89" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="G72" s="31" t="s">
+      <c r="H89" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="H72" s="31" t="s">
+      <c r="I89" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="I72" s="31" t="s">
+      <c r="J89" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="J72" s="31" t="s">
+      <c r="K89" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="K72" s="31" t="s">
+      <c r="L89" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="L72" s="31" t="s">
+      <c r="M89" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="M72" s="31" t="s">
+      <c r="N89" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="N72" s="31" t="s">
+      <c r="O89" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="O72" s="31" t="s">
+      <c r="P89" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="P72" s="31" t="s">
+      <c r="Q89" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="Q72" s="31" t="s">
+      <c r="R89" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="R72" s="31" t="s">
+      <c r="S89" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="S72" s="31" t="s">
+      <c r="T89" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="T72" s="31" t="s">
+      <c r="U89" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="U72" s="31" t="s">
+      <c r="V89" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="V72" s="31" t="s">
+      <c r="W89" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="W72" s="31" t="s">
+      <c r="X89" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="X72" s="31" t="s">
+      <c r="Y89" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="Y72" s="31" t="s">
+      <c r="Z89" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="Z72" s="31" t="s">
+      <c r="AA89" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="AA72" s="31" t="s">
+      <c r="AB89" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="AB72" s="31" t="s">
+      <c r="AC89" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="AC72" s="31" t="s">
+      <c r="AD89" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="AD72" s="31" t="s">
+      <c r="AE89" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="AE72" s="31" t="s">
+      <c r="AF89" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="AF72" s="31" t="s">
+      <c r="AG89" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="AG72" s="31" t="s">
+      <c r="AH89" s="31" t="s">
         <v>40</v>
       </c>
-      <c r="AH72" s="31" t="s">
+      <c r="AI89" s="31" t="s">
         <v>41</v>
       </c>
-      <c r="AI72" s="31" t="s">
+      <c r="AJ89" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="AJ72" s="31" t="s">
+      <c r="AK89" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="AK72" s="31" t="s">
+      <c r="AL89" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="AL72" s="31" t="s">
+      <c r="AM89" s="31" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="73" spans="1:38" x14ac:dyDescent="0.75">
-[...91 lines deleted...]
-      <c r="AL73" s="67"/>
+    <row r="90" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="A90" s="63"/>
+      <c r="B90" s="68" t="s">
+        <v>160</v>
+      </c>
+      <c r="C90" s="293" t="s">
+        <v>161</v>
+      </c>
+      <c r="D90" s="69">
+        <v>321082.76165879855</v>
+      </c>
+      <c r="E90" s="69">
+        <v>233100</v>
+      </c>
+      <c r="F90" s="69">
+        <v>103341.86680866966</v>
+      </c>
+      <c r="G90" s="69">
+        <v>25736</v>
+      </c>
+      <c r="H90" s="69">
+        <v>150435</v>
+      </c>
+      <c r="I90" s="69">
+        <v>146967.25830940934</v>
+      </c>
+      <c r="J90" s="69">
+        <v>152141.78007485782</v>
+      </c>
+      <c r="K90" s="69">
+        <v>17117</v>
+      </c>
+      <c r="L90" s="69">
+        <v>176101.91896200067</v>
+      </c>
+      <c r="M90" s="69">
+        <v>137314</v>
+      </c>
+      <c r="N90" s="69">
+        <v>108976.88030599881</v>
+      </c>
+      <c r="O90" s="69">
+        <v>1767.9217540005484</v>
+      </c>
+      <c r="P90" s="69">
+        <v>135796.44622999971</v>
+      </c>
+      <c r="Q90" s="69">
+        <v>65053.554409999037</v>
+      </c>
+      <c r="R90" s="69">
+        <v>79865.414930000712</v>
+      </c>
+      <c r="S90" s="69">
+        <v>17682.243269999733</v>
+      </c>
+      <c r="T90" s="69">
+        <v>92727.616207339524</v>
+      </c>
+      <c r="U90" s="69">
+        <v>64657.928902660722</v>
+      </c>
+      <c r="V90" s="69">
+        <v>71635.532579999825</v>
+      </c>
+      <c r="W90" s="69">
+        <v>8359.1518330572799</v>
+      </c>
+      <c r="X90" s="69">
+        <v>49241.411252833524</v>
+      </c>
+      <c r="Y90" s="69">
+        <v>55891.673141958352</v>
+      </c>
+      <c r="Z90" s="69">
+        <v>61287.89126874831</v>
+      </c>
+      <c r="AA90" s="69">
+        <v>3917.6260585254204</v>
+      </c>
+      <c r="AB90" s="69">
+        <v>108293.02995624903</v>
+      </c>
+      <c r="AC90" s="69">
+        <v>26874.222269785401</v>
+      </c>
+      <c r="AD90" s="69">
+        <v>29428.973355604059</v>
+      </c>
+      <c r="AE90" s="69">
+        <v>-178.23125589172469</v>
+      </c>
+      <c r="AF90" s="69"/>
+      <c r="AG90" s="69"/>
+      <c r="AH90" s="69"/>
+      <c r="AI90" s="69"/>
+      <c r="AJ90" s="69"/>
+      <c r="AK90" s="69"/>
+      <c r="AL90" s="69"/>
+      <c r="AM90" s="69"/>
     </row>
-    <row r="74" spans="1:38" x14ac:dyDescent="0.75">
-[...91 lines deleted...]
-      <c r="AL74" s="69"/>
+    <row r="91" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="B91" s="111" t="s">
+        <v>162</v>
+      </c>
+      <c r="C91" s="323"/>
+      <c r="D91" s="183"/>
+      <c r="E91" s="183"/>
+      <c r="F91" s="183"/>
+      <c r="G91" s="183"/>
+      <c r="H91" s="183"/>
+      <c r="Q91" s="184"/>
     </row>
-    <row r="75" spans="1:38" x14ac:dyDescent="0.75">
-[...91 lines deleted...]
-      <c r="AL75" s="67"/>
+    <row r="92" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="C92" s="289"/>
+      <c r="D92" s="258"/>
+      <c r="E92" s="184"/>
+      <c r="F92" s="184"/>
     </row>
-    <row r="76" spans="1:38" x14ac:dyDescent="0.75">
-[...91 lines deleted...]
-      <c r="AL76" s="74"/>
+    <row r="93" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="C93" s="289"/>
+      <c r="H93" s="258"/>
     </row>
-    <row r="77" spans="1:38" x14ac:dyDescent="0.75">
-[...41 lines deleted...]
-      <c r="AL77" s="67"/>
+    <row r="94" spans="1:39" x14ac:dyDescent="0.6">
+      <c r="C94" s="289"/>
+      <c r="H94" s="258"/>
     </row>
-    <row r="78" spans="1:38" x14ac:dyDescent="0.75">
-[...1074 lines deleted...]
-    <row r="95" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="95" spans="1:39" x14ac:dyDescent="0.6">
       <c r="C95" s="289"/>
     </row>
-    <row r="96" spans="1:38" x14ac:dyDescent="0.75">
+    <row r="96" spans="1:39" x14ac:dyDescent="0.6">
       <c r="C96" s="289"/>
     </row>
-    <row r="97" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="97" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C97" s="289"/>
     </row>
-    <row r="98" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="98" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C98" s="289"/>
     </row>
-    <row r="99" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="99" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C99" s="289"/>
     </row>
-    <row r="100" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="100" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C100" s="289"/>
     </row>
-    <row r="101" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="101" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C101" s="289"/>
     </row>
-    <row r="102" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="102" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C102" s="289"/>
     </row>
-    <row r="103" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="103" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C103" s="289"/>
     </row>
-    <row r="104" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="104" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C104" s="289"/>
     </row>
-    <row r="105" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="105" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C105" s="289"/>
     </row>
-    <row r="106" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="106" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C106" s="289"/>
     </row>
-    <row r="107" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="107" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C107" s="289"/>
     </row>
-    <row r="108" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="108" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C108" s="289"/>
     </row>
-    <row r="109" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="109" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C109" s="289"/>
     </row>
-    <row r="110" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="110" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C110" s="289"/>
     </row>
-    <row r="111" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="111" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C111" s="289"/>
     </row>
-    <row r="112" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="112" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C112" s="289"/>
     </row>
-    <row r="113" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="113" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C113" s="289"/>
     </row>
-    <row r="114" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="114" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C114" s="289"/>
     </row>
-    <row r="115" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="115" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C115" s="289"/>
     </row>
-    <row r="116" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="116" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C116" s="289"/>
     </row>
-    <row r="117" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="117" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C117" s="289"/>
     </row>
-    <row r="118" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="118" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C118" s="289"/>
     </row>
-    <row r="119" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="119" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C119" s="289"/>
     </row>
-    <row r="120" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="120" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C120" s="289"/>
     </row>
-    <row r="121" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="121" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C121" s="289"/>
     </row>
-    <row r="122" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="122" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C122" s="289"/>
     </row>
-    <row r="123" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="123" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C123" s="289"/>
     </row>
-    <row r="124" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="124" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C124" s="289"/>
     </row>
-    <row r="125" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="125" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C125" s="289"/>
     </row>
-    <row r="126" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="126" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C126" s="289"/>
     </row>
-    <row r="127" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="127" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C127" s="289"/>
     </row>
-    <row r="128" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="128" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C128" s="289"/>
     </row>
-    <row r="129" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="129" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C129" s="289"/>
     </row>
-    <row r="130" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="130" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C130" s="289"/>
     </row>
-    <row r="131" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="131" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C131" s="289"/>
     </row>
-    <row r="132" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="132" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C132" s="289"/>
     </row>
-    <row r="133" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="133" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C133" s="289"/>
     </row>
-    <row r="134" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="134" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C134" s="289"/>
     </row>
-    <row r="135" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="135" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C135" s="289"/>
     </row>
-    <row r="136" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="136" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C136" s="289"/>
     </row>
-    <row r="137" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="137" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C137" s="289"/>
     </row>
-    <row r="138" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="138" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C138" s="289"/>
     </row>
-    <row r="139" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="139" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C139" s="289"/>
     </row>
-    <row r="140" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="140" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C140" s="289"/>
     </row>
-    <row r="141" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="141" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C141" s="289"/>
     </row>
-    <row r="142" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="142" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C142" s="289"/>
     </row>
-    <row r="143" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="143" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C143" s="289"/>
     </row>
-    <row r="144" spans="3:3" x14ac:dyDescent="0.75">
+    <row r="144" spans="3:3" x14ac:dyDescent="0.6">
       <c r="C144" s="289"/>
     </row>
-    <row r="145" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="145" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C145" s="289"/>
     </row>
-    <row r="146" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="146" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C146" s="289"/>
     </row>
-    <row r="147" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="147" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C147" s="289"/>
     </row>
-    <row r="148" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="148" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C148" s="289"/>
     </row>
-    <row r="149" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="149" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C149" s="289"/>
     </row>
-    <row r="150" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="150" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C150" s="289"/>
     </row>
-    <row r="151" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="151" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C151" s="289"/>
     </row>
-    <row r="152" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="152" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C152" s="289"/>
     </row>
-    <row r="153" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="153" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C153" s="289"/>
     </row>
-    <row r="154" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="154" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C154" s="289"/>
       <c r="D154" s="324"/>
     </row>
-    <row r="155" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="155" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C155" s="289"/>
+      <c r="E155" s="324"/>
     </row>
-    <row r="156" spans="3:4" x14ac:dyDescent="0.75">
+    <row r="156" spans="3:5" x14ac:dyDescent="0.6">
       <c r="C156" s="289"/>
+    </row>
+    <row r="157" spans="3:5" x14ac:dyDescent="0.6">
+      <c r="C157" s="289"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" scale="22" fitToHeight="0" orientation="portrait" verticalDpi="598" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33A796B9-2154-438B-91D2-925EA99268BC}">
   <sheetPr codeName="Planilha3"/>
-  <dimension ref="A1:AT57"/>
+  <dimension ref="A1:AV58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="D4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B65" sqref="B65"/>
       <selection pane="topRight" activeCell="B65" sqref="B65"/>
       <selection pane="bottomLeft" activeCell="B65" sqref="B65"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="17" defaultRowHeight="26.15" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="17" defaultRowHeight="26.1" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.4140625" style="9" bestFit="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="47" max="16384" width="17" style="2"/>
+    <col min="1" max="1" width="4.3984375" style="9" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="38.09765625" style="4" customWidth="1"/>
+    <col min="4" max="4" width="11.5" style="226" customWidth="1"/>
+    <col min="5" max="6" width="12.5" style="226" customWidth="1"/>
+    <col min="7" max="8" width="12.5" style="226" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="11.5" style="226" customWidth="1"/>
+    <col min="10" max="10" width="12.5" style="226" bestFit="1" customWidth="1"/>
+    <col min="11" max="15" width="11.5" style="226" customWidth="1"/>
+    <col min="16" max="18" width="10.09765625" style="226" customWidth="1"/>
+    <col min="19" max="23" width="11.5" style="226" customWidth="1"/>
+    <col min="24" max="46" width="11.09765625" style="3" customWidth="1"/>
+    <col min="47" max="47" width="11.5" style="3" customWidth="1"/>
+    <col min="48" max="48" width="11.09765625" style="3" customWidth="1"/>
+    <col min="49" max="16384" width="17" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="187"/>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
-      <c r="D1" s="278"/>
+      <c r="D1" s="210"/>
       <c r="E1" s="278"/>
       <c r="F1" s="278"/>
-      <c r="G1" s="210"/>
+      <c r="G1" s="278"/>
       <c r="H1" s="278"/>
       <c r="I1" s="210"/>
-      <c r="J1" s="210"/>
+      <c r="J1" s="278"/>
       <c r="K1" s="210"/>
       <c r="L1" s="210"/>
       <c r="M1" s="210"/>
       <c r="N1" s="210"/>
       <c r="O1" s="210"/>
       <c r="P1" s="210"/>
       <c r="Q1" s="210"/>
       <c r="R1" s="210"/>
       <c r="S1" s="210"/>
       <c r="T1" s="210"/>
       <c r="U1" s="210"/>
+      <c r="V1" s="210"/>
+      <c r="W1" s="210"/>
     </row>
-    <row r="2" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="187"/>
       <c r="B2" s="30"/>
       <c r="C2" s="30"/>
       <c r="D2" s="273"/>
       <c r="E2" s="273"/>
       <c r="F2" s="273"/>
       <c r="G2" s="273"/>
       <c r="H2" s="273"/>
-      <c r="I2" s="274"/>
-[...3 lines deleted...]
-      <c r="M2" s="260"/>
+      <c r="I2" s="273"/>
+      <c r="J2" s="273"/>
+      <c r="K2" s="274"/>
+      <c r="L2" s="274"/>
+      <c r="M2" s="210"/>
       <c r="N2" s="210"/>
-      <c r="O2" s="210"/>
+      <c r="O2" s="260"/>
       <c r="P2" s="210"/>
       <c r="Q2" s="210"/>
       <c r="R2" s="210"/>
       <c r="S2" s="210"/>
       <c r="T2" s="210"/>
       <c r="U2" s="210"/>
+      <c r="V2" s="210"/>
+      <c r="W2" s="210"/>
     </row>
-    <row r="3" spans="1:46" s="29" customFormat="1" ht="26.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:48" s="29" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="187"/>
       <c r="B3" s="31" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C3" s="31" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D3" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="D3" s="264">
+        <v>2025</v>
+      </c>
+      <c r="E3" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="F3" s="31" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="31" t="s">
+      <c r="G3" s="31" t="s">
         <v>12</v>
       </c>
-      <c r="F3" s="31" t="s">
+      <c r="H3" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="264">
+      <c r="I3" s="264">
         <v>2024</v>
       </c>
-      <c r="H3" s="31" t="s">
+      <c r="J3" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="I3" s="31" t="s">
+      <c r="K3" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="J3" s="31" t="s">
+      <c r="L3" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="K3" s="31" t="s">
+      <c r="M3" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="L3" s="264">
+      <c r="N3" s="264">
         <v>2023</v>
       </c>
-      <c r="M3" s="31" t="s">
+      <c r="O3" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="N3" s="32" t="s">
+      <c r="P3" s="32" t="s">
         <v>19</v>
       </c>
-      <c r="O3" s="32" t="s">
+      <c r="Q3" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="P3" s="32" t="s">
+      <c r="R3" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="Q3" s="264">
+      <c r="S3" s="264">
         <v>2022</v>
       </c>
-      <c r="R3" s="31" t="s">
+      <c r="T3" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="S3" s="31" t="s">
+      <c r="U3" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="T3" s="31" t="s">
+      <c r="V3" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="U3" s="31" t="s">
+      <c r="W3" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="V3" s="264">
+      <c r="X3" s="264">
         <v>2021</v>
       </c>
-      <c r="W3" s="31" t="s">
+      <c r="Y3" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="X3" s="31" t="s">
+      <c r="Z3" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="Y3" s="31" t="s">
+      <c r="AA3" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="Z3" s="31" t="s">
+      <c r="AB3" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="AA3" s="264">
+      <c r="AC3" s="264">
         <v>2020</v>
       </c>
-      <c r="AB3" s="31" t="s">
+      <c r="AD3" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="AC3" s="31" t="s">
+      <c r="AE3" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="AD3" s="31" t="s">
+      <c r="AF3" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="AE3" s="31" t="s">
+      <c r="AG3" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="AF3" s="264">
+      <c r="AH3" s="264">
         <v>2019</v>
       </c>
-      <c r="AG3" s="31" t="s">
+      <c r="AI3" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="AH3" s="31" t="s">
+      <c r="AJ3" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="AI3" s="31" t="s">
+      <c r="AK3" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="AJ3" s="31" t="s">
+      <c r="AL3" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="AK3" s="264">
+      <c r="AM3" s="264">
         <v>2018</v>
       </c>
-      <c r="AL3" s="31" t="s">
+      <c r="AN3" s="31" t="s">
         <v>38</v>
       </c>
-      <c r="AM3" s="31" t="s">
+      <c r="AO3" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="AN3" s="31" t="s">
+      <c r="AP3" s="31" t="s">
         <v>40</v>
       </c>
-      <c r="AO3" s="31" t="s">
+      <c r="AQ3" s="31" t="s">
         <v>41</v>
       </c>
-      <c r="AP3" s="264">
+      <c r="AR3" s="264">
         <v>2017</v>
       </c>
-      <c r="AQ3" s="31" t="s">
+      <c r="AS3" s="31" t="s">
         <v>42</v>
       </c>
-      <c r="AR3" s="31" t="s">
+      <c r="AT3" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="AS3" s="31" t="s">
+      <c r="AU3" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="AT3" s="31" t="s">
+      <c r="AV3" s="31" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="187"/>
       <c r="B4" s="33" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C4" s="33" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D4" s="211"/>
+        <v>166</v>
+      </c>
+      <c r="D4" s="279"/>
       <c r="E4" s="211"/>
       <c r="F4" s="211"/>
-      <c r="G4" s="279"/>
+      <c r="G4" s="211"/>
       <c r="H4" s="211"/>
-      <c r="I4" s="211"/>
+      <c r="I4" s="279"/>
       <c r="J4" s="211"/>
       <c r="K4" s="211"/>
       <c r="L4" s="211"/>
       <c r="M4" s="211"/>
       <c r="N4" s="211"/>
       <c r="O4" s="211"/>
       <c r="P4" s="211"/>
       <c r="Q4" s="211"/>
       <c r="R4" s="211"/>
       <c r="S4" s="211"/>
       <c r="T4" s="211"/>
       <c r="U4" s="211"/>
-      <c r="V4" s="34"/>
-      <c r="W4" s="34"/>
+      <c r="V4" s="211"/>
+      <c r="W4" s="211"/>
       <c r="X4" s="34"/>
       <c r="Y4" s="34"/>
       <c r="Z4" s="34"/>
       <c r="AA4" s="34"/>
       <c r="AB4" s="34"/>
       <c r="AC4" s="34"/>
       <c r="AD4" s="34"/>
       <c r="AE4" s="34"/>
       <c r="AF4" s="34"/>
       <c r="AG4" s="34"/>
       <c r="AH4" s="34"/>
       <c r="AI4" s="34"/>
       <c r="AJ4" s="34"/>
       <c r="AK4" s="34"/>
       <c r="AL4" s="34"/>
       <c r="AM4" s="34"/>
       <c r="AN4" s="34"/>
       <c r="AO4" s="34"/>
       <c r="AP4" s="34"/>
       <c r="AQ4" s="34"/>
       <c r="AR4" s="34"/>
       <c r="AS4" s="34"/>
       <c r="AT4" s="34"/>
+      <c r="AU4" s="34"/>
+      <c r="AV4" s="34"/>
     </row>
-    <row r="5" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="187"/>
       <c r="B5" s="35" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C5" s="35" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D5" s="212">
+        <v>168</v>
+      </c>
+      <c r="D5" s="228">
+        <v>5399424</v>
+      </c>
+      <c r="E5" s="228">
+        <v>1419715</v>
+      </c>
+      <c r="F5" s="228">
         <v>1416926</v>
       </c>
-      <c r="E5" s="212">
+      <c r="G5" s="228">
         <v>1346599</v>
       </c>
-      <c r="F5" s="212">
+      <c r="H5" s="228">
         <v>1216184</v>
       </c>
-      <c r="G5" s="212">
+      <c r="I5" s="228">
         <v>3926310</v>
       </c>
-      <c r="H5" s="212">
+      <c r="J5" s="228">
         <v>1034971</v>
       </c>
-      <c r="I5" s="212">
+      <c r="K5" s="228">
         <v>1055872</v>
       </c>
-      <c r="J5" s="212">
+      <c r="L5" s="228">
         <v>998085</v>
       </c>
-      <c r="K5" s="212">
+      <c r="M5" s="228">
         <v>837382</v>
       </c>
-      <c r="L5" s="212">
+      <c r="N5" s="228">
         <v>2886172</v>
       </c>
-      <c r="M5" s="212">
+      <c r="O5" s="228">
         <v>811596</v>
       </c>
-      <c r="N5" s="212">
+      <c r="P5" s="228">
         <v>751874</v>
       </c>
-      <c r="O5" s="212">
+      <c r="Q5" s="228">
         <v>727746</v>
       </c>
-      <c r="P5" s="212">
+      <c r="R5" s="228">
         <v>594956</v>
       </c>
-      <c r="Q5" s="212">
+      <c r="S5" s="228">
         <v>2257294</v>
       </c>
-      <c r="R5" s="212">
+      <c r="T5" s="228">
         <v>580478</v>
       </c>
-      <c r="S5" s="212">
+      <c r="U5" s="228">
         <v>626659</v>
       </c>
-      <c r="T5" s="212">
+      <c r="V5" s="228">
         <v>602783</v>
       </c>
-      <c r="U5" s="212">
+      <c r="W5" s="228">
         <v>447374</v>
       </c>
-      <c r="V5" s="36">
+      <c r="X5" s="41">
         <v>1738295.5804300001</v>
       </c>
-      <c r="W5" s="36">
+      <c r="Y5" s="41">
         <v>491223</v>
       </c>
-      <c r="X5" s="36">
+      <c r="Z5" s="41">
         <v>456449.58043000003</v>
       </c>
-      <c r="Y5" s="36">
+      <c r="AA5" s="41">
         <v>451337</v>
       </c>
-      <c r="Z5" s="36">
+      <c r="AB5" s="41">
         <v>339286</v>
       </c>
-      <c r="AA5" s="36">
+      <c r="AC5" s="41">
         <v>1144682</v>
       </c>
-      <c r="AB5" s="36">
+      <c r="AD5" s="41">
         <v>345259</v>
       </c>
-      <c r="AC5" s="36">
+      <c r="AE5" s="41">
         <v>325898</v>
       </c>
-      <c r="AD5" s="36">
+      <c r="AF5" s="41">
         <v>246204</v>
       </c>
-      <c r="AE5" s="36">
+      <c r="AG5" s="41">
         <v>227321</v>
       </c>
-      <c r="AF5" s="36">
+      <c r="AH5" s="41">
         <v>1019277.5349999999</v>
       </c>
-      <c r="AG5" s="36">
+      <c r="AI5" s="41">
         <v>301650.30099999998</v>
       </c>
-      <c r="AH5" s="36">
+      <c r="AJ5" s="41">
         <v>261524.06400000007</v>
       </c>
-      <c r="AI5" s="36">
+      <c r="AK5" s="41">
         <v>267732.93</v>
       </c>
-      <c r="AJ5" s="36">
+      <c r="AL5" s="41">
         <v>188370.24</v>
       </c>
-      <c r="AK5" s="36">
+      <c r="AM5" s="41">
         <v>920253.49600000004</v>
       </c>
-      <c r="AL5" s="36">
+      <c r="AN5" s="41">
         <v>276609.674</v>
       </c>
-      <c r="AM5" s="36">
+      <c r="AO5" s="41">
         <v>263308.75300000003</v>
       </c>
-      <c r="AN5" s="36">
+      <c r="AP5" s="41">
         <v>231968.27500000002</v>
       </c>
-      <c r="AO5" s="36">
+      <c r="AQ5" s="41">
         <v>148366.79399999999</v>
       </c>
-      <c r="AP5" s="36">
+      <c r="AR5" s="41">
         <v>814384.50300000003</v>
       </c>
-      <c r="AQ5" s="36">
+      <c r="AS5" s="41">
         <v>223097.27000000002</v>
       </c>
-      <c r="AR5" s="36">
+      <c r="AT5" s="41">
         <v>216839.89299999998</v>
       </c>
-      <c r="AS5" s="36">
+      <c r="AU5" s="41">
         <v>208158.86000000002</v>
       </c>
-      <c r="AT5" s="36">
+      <c r="AV5" s="41">
         <v>166288.48000000001</v>
       </c>
     </row>
-    <row r="6" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="187"/>
       <c r="B6" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="C6" s="37" t="s">
+        <v>170</v>
+      </c>
+      <c r="D6" s="217">
+        <v>-3252837</v>
+      </c>
+      <c r="E6" s="217">
+        <v>-847019</v>
+      </c>
+      <c r="F6" s="217">
+        <v>-850699</v>
+      </c>
+      <c r="G6" s="217">
+        <v>-813823</v>
+      </c>
+      <c r="H6" s="217">
+        <v>-741296</v>
+      </c>
+      <c r="I6" s="217">
+        <v>-2413370</v>
+      </c>
+      <c r="J6" s="217">
+        <v>-630617</v>
+      </c>
+      <c r="K6" s="217">
+        <v>-646426</v>
+      </c>
+      <c r="L6" s="217">
+        <v>-615554</v>
+      </c>
+      <c r="M6" s="217">
+        <v>-520773</v>
+      </c>
+      <c r="N6" s="217">
+        <v>-1790819</v>
+      </c>
+      <c r="O6" s="217">
+        <v>-497862</v>
+      </c>
+      <c r="P6" s="217">
+        <v>-467971</v>
+      </c>
+      <c r="Q6" s="217">
+        <v>-453192</v>
+      </c>
+      <c r="R6" s="217">
+        <v>-371794</v>
+      </c>
+      <c r="S6" s="217">
+        <v>-1420402</v>
+      </c>
+      <c r="T6" s="217">
+        <v>-358735</v>
+      </c>
+      <c r="U6" s="217">
+        <v>-392916</v>
+      </c>
+      <c r="V6" s="217">
+        <v>-387286</v>
+      </c>
+      <c r="W6" s="217">
+        <v>-281465</v>
+      </c>
+      <c r="X6" s="38">
+        <v>-1093623.7397799999</v>
+      </c>
+      <c r="Y6" s="38">
+        <v>-304781</v>
+      </c>
+      <c r="Z6" s="38">
+        <v>-281477.73978</v>
+      </c>
+      <c r="AA6" s="38">
+        <v>-288421</v>
+      </c>
+      <c r="AB6" s="38">
+        <v>-218944</v>
+      </c>
+      <c r="AC6" s="38">
+        <v>-716292</v>
+      </c>
+      <c r="AD6" s="38">
+        <v>-205433</v>
+      </c>
+      <c r="AE6" s="38">
+        <v>-202541</v>
+      </c>
+      <c r="AF6" s="38">
+        <v>-159137</v>
+      </c>
+      <c r="AG6" s="38">
+        <v>-149181</v>
+      </c>
+      <c r="AH6" s="38">
+        <v>-663392.44700000004</v>
+      </c>
+      <c r="AI6" s="38">
+        <v>-182681.95700000005</v>
+      </c>
+      <c r="AJ6" s="38">
+        <v>-180689.76500000001</v>
+      </c>
+      <c r="AK6" s="38">
+        <v>-166981.32599999997</v>
+      </c>
+      <c r="AL6" s="38">
+        <v>-133039.399</v>
+      </c>
+      <c r="AM6" s="38">
+        <v>-605525.60600000003</v>
+      </c>
+      <c r="AN6" s="38">
+        <v>-176534.66100000002</v>
+      </c>
+      <c r="AO6" s="38">
+        <v>-165749.61599999998</v>
+      </c>
+      <c r="AP6" s="38">
+        <v>-159413.27200000003</v>
+      </c>
+      <c r="AQ6" s="38">
+        <v>-103828.057</v>
+      </c>
+      <c r="AR6" s="38">
+        <v>-570540.31499999994</v>
+      </c>
+      <c r="AS6" s="38">
+        <v>-138225.35699999996</v>
+      </c>
+      <c r="AT6" s="38">
+        <v>-151238.84099999996</v>
+      </c>
+      <c r="AU6" s="38">
+        <v>-152984.22400000005</v>
+      </c>
+      <c r="AV6" s="38">
+        <v>-128091.893</v>
+      </c>
+    </row>
+    <row r="7" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="187"/>
+      <c r="B7" s="336" t="s">
         <v>171</v>
       </c>
-      <c r="C6" s="37" t="s">
+      <c r="C7" s="39" t="s">
         <v>172</v>
       </c>
-      <c r="D6" s="217">
-[...126 lines deleted...]
-        <v>-128091.893</v>
+      <c r="D7" s="213">
+        <v>2146587</v>
+      </c>
+      <c r="E7" s="213">
+        <v>572696</v>
+      </c>
+      <c r="F7" s="213">
+        <v>566227</v>
+      </c>
+      <c r="G7" s="213">
+        <v>532776</v>
+      </c>
+      <c r="H7" s="213">
+        <v>474888</v>
+      </c>
+      <c r="I7" s="213">
+        <v>1512940</v>
+      </c>
+      <c r="J7" s="213">
+        <v>404354</v>
+      </c>
+      <c r="K7" s="213">
+        <v>409446</v>
+      </c>
+      <c r="L7" s="213">
+        <v>382531</v>
+      </c>
+      <c r="M7" s="213">
+        <v>316609</v>
+      </c>
+      <c r="N7" s="213">
+        <v>1095353</v>
+      </c>
+      <c r="O7" s="213">
+        <v>313734</v>
+      </c>
+      <c r="P7" s="212">
+        <v>283903</v>
+      </c>
+      <c r="Q7" s="212">
+        <v>274554</v>
+      </c>
+      <c r="R7" s="213">
+        <v>223162</v>
+      </c>
+      <c r="S7" s="213">
+        <v>836892</v>
+      </c>
+      <c r="T7" s="213">
+        <v>221743</v>
+      </c>
+      <c r="U7" s="213">
+        <v>233743</v>
+      </c>
+      <c r="V7" s="213">
+        <v>215497</v>
+      </c>
+      <c r="W7" s="213">
+        <v>165909</v>
+      </c>
+      <c r="X7" s="41">
+        <v>644671.84065000003</v>
+      </c>
+      <c r="Y7" s="41">
+        <v>186442</v>
+      </c>
+      <c r="Z7" s="41">
+        <v>174971.84065000003</v>
+      </c>
+      <c r="AA7" s="41">
+        <v>162916</v>
+      </c>
+      <c r="AB7" s="41">
+        <v>120342</v>
+      </c>
+      <c r="AC7" s="41">
+        <v>428390</v>
+      </c>
+      <c r="AD7" s="41">
+        <v>139826</v>
+      </c>
+      <c r="AE7" s="41">
+        <v>123357</v>
+      </c>
+      <c r="AF7" s="41">
+        <v>87067</v>
+      </c>
+      <c r="AG7" s="41">
+        <v>78140</v>
+      </c>
+      <c r="AH7" s="41">
+        <v>355885.08799999999</v>
+      </c>
+      <c r="AI7" s="41">
+        <v>118968.34399999992</v>
+      </c>
+      <c r="AJ7" s="41">
+        <v>80834.299000000057</v>
+      </c>
+      <c r="AK7" s="41">
+        <v>100751.60400000002</v>
+      </c>
+      <c r="AL7" s="41">
+        <v>55330.840999999986</v>
+      </c>
+      <c r="AM7" s="41">
+        <v>314727.89</v>
+      </c>
+      <c r="AN7" s="41">
+        <v>100075.01299999998</v>
+      </c>
+      <c r="AO7" s="41">
+        <v>97559.137000000046</v>
+      </c>
+      <c r="AP7" s="41">
+        <v>72555.002999999997</v>
+      </c>
+      <c r="AQ7" s="41">
+        <v>44538.736999999994</v>
+      </c>
+      <c r="AR7" s="41">
+        <v>243844.18800000008</v>
+      </c>
+      <c r="AS7" s="41">
+        <v>84871.913000000059</v>
+      </c>
+      <c r="AT7" s="41">
+        <v>65601.052000000025</v>
+      </c>
+      <c r="AU7" s="41">
+        <v>55174.635999999984</v>
+      </c>
+      <c r="AV7" s="41">
+        <v>38196.587000000014</v>
       </c>
     </row>
-    <row r="7" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...137 lines deleted...]
-    <row r="8" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="187"/>
       <c r="B8" s="37" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C8" s="37" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D8" s="214">
+        <v>0.3975585173529621</v>
+      </c>
+      <c r="E8" s="214">
+        <v>0.40338800393036628</v>
+      </c>
+      <c r="F8" s="214">
         <v>0.39961649373361768</v>
       </c>
-      <c r="E8" s="214">
+      <c r="G8" s="214">
         <v>0.39564562278748167</v>
       </c>
-      <c r="F8" s="214">
+      <c r="H8" s="214">
         <v>0.39047380988403069</v>
       </c>
-      <c r="G8" s="214">
+      <c r="I8" s="214">
         <v>0.3853338121544147</v>
       </c>
-      <c r="H8" s="214">
+      <c r="J8" s="214">
         <v>0.39069114013822609</v>
       </c>
-      <c r="I8" s="214">
+      <c r="K8" s="214">
         <v>0.38777995817674871</v>
       </c>
-      <c r="J8" s="214">
+      <c r="L8" s="214">
         <v>0.38326495238381503</v>
       </c>
-      <c r="K8" s="214">
+      <c r="M8" s="214">
         <v>0.37809386874807438</v>
       </c>
-      <c r="L8" s="214">
+      <c r="N8" s="214">
         <v>0.37951757552910914</v>
       </c>
-      <c r="M8" s="214">
+      <c r="O8" s="214">
         <v>0.3865642511791581</v>
       </c>
-      <c r="N8" s="227">
+      <c r="P8" s="227">
         <v>0.3775938521613994</v>
       </c>
-      <c r="O8" s="227">
+      <c r="Q8" s="227">
         <v>0.37726624399172237</v>
       </c>
-      <c r="P8" s="214">
+      <c r="R8" s="214">
         <v>0.37508992261612623</v>
       </c>
-      <c r="Q8" s="214">
+      <c r="S8" s="214">
         <v>0.37075011053057333</v>
       </c>
-      <c r="R8" s="214">
+      <c r="T8" s="214">
         <v>0.38200069597814212</v>
       </c>
-      <c r="S8" s="214">
+      <c r="U8" s="214">
         <v>0.37299871221828779</v>
       </c>
-      <c r="T8" s="214">
+      <c r="V8" s="214">
         <v>0.35750344651391958</v>
       </c>
-      <c r="U8" s="214">
+      <c r="W8" s="214">
         <v>0.370850787037244</v>
       </c>
-      <c r="V8" s="42">
+      <c r="X8" s="42">
         <v>0.37086433855543044</v>
       </c>
-      <c r="W8" s="42">
+      <c r="Y8" s="42">
         <v>0.38</v>
       </c>
-      <c r="X8" s="42">
+      <c r="Z8" s="42">
         <v>0.38333224117583187</v>
       </c>
-      <c r="Y8" s="42">
+      <c r="AA8" s="42">
         <v>0.36096309409598593</v>
       </c>
-      <c r="Z8" s="42">
+      <c r="AB8" s="42">
         <v>0.35469191183839005</v>
       </c>
-      <c r="AA8" s="42">
+      <c r="AC8" s="42">
         <v>0.3742436764096928</v>
       </c>
-      <c r="AB8" s="42">
+      <c r="AD8" s="42">
         <v>0.40498871861414187</v>
       </c>
-      <c r="AC8" s="42">
+      <c r="AE8" s="42">
         <v>0.37851413632486236</v>
       </c>
-      <c r="AD8" s="42">
+      <c r="AF8" s="42">
         <v>0.35363763383210672</v>
       </c>
-      <c r="AE8" s="42">
+      <c r="AG8" s="42">
         <v>0.34374298898913869</v>
       </c>
-      <c r="AF8" s="42">
+      <c r="AH8" s="42">
         <v>0.34915425463585836</v>
       </c>
-      <c r="AG8" s="42">
+      <c r="AI8" s="42">
         <v>0.39439159717596284</v>
       </c>
-      <c r="AH8" s="42">
+      <c r="AJ8" s="42">
         <v>0.30908933489195101</v>
       </c>
-      <c r="AI8" s="42">
+      <c r="AK8" s="42">
         <v>0.37631382885922932</v>
       </c>
-      <c r="AJ8" s="42">
+      <c r="AL8" s="42">
         <v>0.29373451453902694</v>
       </c>
-      <c r="AK8" s="42">
+      <c r="AM8" s="42">
         <v>0.34200129786847339</v>
       </c>
-      <c r="AL8" s="42">
+      <c r="AN8" s="42">
         <v>0.36179144262322505</v>
       </c>
-      <c r="AM8" s="42">
+      <c r="AO8" s="42">
         <v>0.37051232018861158</v>
       </c>
-      <c r="AN8" s="42">
+      <c r="AP8" s="42">
         <v>0.31277985319328683</v>
       </c>
-      <c r="AO8" s="42">
+      <c r="AQ8" s="42">
         <v>0.30019343142239763</v>
       </c>
-      <c r="AP8" s="42">
+      <c r="AR8" s="42">
         <v>0.29942144908422952</v>
       </c>
-      <c r="AQ8" s="42">
+      <c r="AS8" s="42">
         <v>0.38042560090493288</v>
       </c>
-      <c r="AR8" s="42">
+      <c r="AT8" s="42">
         <v>0.3025322097903822</v>
       </c>
-      <c r="AS8" s="42">
+      <c r="AU8" s="42">
         <v>0.26506023332372197</v>
       </c>
-      <c r="AT8" s="42">
+      <c r="AV8" s="42">
         <v>0.22970074054438414</v>
       </c>
     </row>
-    <row r="9" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="287"/>
       <c r="B9" s="247" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C9" s="247" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D9" s="248">
+        <v>0.39989999999999998</v>
+      </c>
+      <c r="E9" s="248">
+        <v>0.40600000000000003</v>
+      </c>
+      <c r="F9" s="248">
         <v>0.40200000000000002</v>
       </c>
-      <c r="E9" s="248">
+      <c r="G9" s="248">
         <v>0.39800000000000002</v>
       </c>
-      <c r="F9" s="248">
+      <c r="H9" s="248">
         <v>0.39188066937239802</v>
       </c>
-      <c r="G9" s="248">
+      <c r="I9" s="248">
         <v>0.38700000000000001</v>
       </c>
-      <c r="H9" s="248">
+      <c r="J9" s="248">
         <v>0.39300000000000002</v>
       </c>
-      <c r="I9" s="248">
+      <c r="K9" s="248">
         <v>0.39</v>
       </c>
-      <c r="J9" s="248">
+      <c r="L9" s="248">
         <v>0.38539627696262252</v>
       </c>
-      <c r="K9" s="248">
+      <c r="M9" s="248">
         <v>0.38031031145880856</v>
       </c>
-      <c r="L9" s="248">
+      <c r="N9" s="248">
         <v>0.38158398044191405</v>
       </c>
-      <c r="M9" s="248">
+      <c r="O9" s="248">
         <v>0.38873353244717823</v>
       </c>
-      <c r="N9" s="249">
+      <c r="P9" s="249">
         <v>0.37957423717271777</v>
       </c>
-      <c r="O9" s="249">
+      <c r="Q9" s="249">
         <v>0.37921082351534735</v>
       </c>
-      <c r="P9" s="248">
+      <c r="R9" s="248">
         <v>0.37727300847457623</v>
       </c>
-      <c r="Q9" s="248">
+      <c r="S9" s="248">
         <v>0.37220494982044872</v>
       </c>
-      <c r="R9" s="248">
+      <c r="T9" s="248">
         <v>0.38342366118957133</v>
       </c>
-      <c r="S9" s="248">
+      <c r="U9" s="248">
         <v>0.37475414748691077</v>
       </c>
-      <c r="T9" s="248">
+      <c r="V9" s="248">
         <v>0.35874923594394664</v>
       </c>
-      <c r="U9" s="248">
+      <c r="W9" s="248">
         <v>0.37219641731526643</v>
       </c>
-      <c r="V9" s="250">
+      <c r="X9" s="250">
         <v>0.3716335744466413</v>
       </c>
-      <c r="W9" s="250">
+      <c r="Y9" s="250">
         <v>0.38077003723359859</v>
       </c>
-      <c r="X9" s="250">
+      <c r="Z9" s="250">
         <v>0.38444649396914327</v>
       </c>
-      <c r="Y9" s="250">
+      <c r="AA9" s="250">
         <v>0.3612799305175512</v>
       </c>
-      <c r="Z9" s="250">
+      <c r="AB9" s="250">
         <v>0.35519591141396933</v>
       </c>
-      <c r="AA9" s="250">
+      <c r="AC9" s="250">
         <v>0.37791893294382195</v>
       </c>
-      <c r="AB9" s="250">
+      <c r="AD9" s="250">
         <v>0.40698382318780968</v>
       </c>
-      <c r="AC9" s="250">
+      <c r="AE9" s="250">
         <v>0.37977219866338546</v>
       </c>
-      <c r="AD9" s="250">
+      <c r="AF9" s="250">
         <v>0.36045718184919823</v>
       </c>
-      <c r="AE9" s="250">
+      <c r="AG9" s="250">
         <v>0.34974771358563439</v>
       </c>
-      <c r="AF9" s="250"/>
-      <c r="AG9" s="250"/>
       <c r="AH9" s="250"/>
       <c r="AI9" s="250"/>
       <c r="AJ9" s="250"/>
       <c r="AK9" s="250"/>
       <c r="AL9" s="250"/>
       <c r="AM9" s="250"/>
       <c r="AN9" s="250"/>
       <c r="AO9" s="250"/>
       <c r="AP9" s="250"/>
       <c r="AQ9" s="250"/>
       <c r="AR9" s="250"/>
       <c r="AS9" s="250"/>
       <c r="AT9" s="250"/>
+      <c r="AU9" s="250"/>
+      <c r="AV9" s="250"/>
     </row>
-    <row r="10" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="187"/>
       <c r="B10" s="43"/>
       <c r="C10" s="43"/>
       <c r="D10" s="271"/>
       <c r="E10" s="271"/>
       <c r="F10" s="271"/>
       <c r="G10" s="271"/>
       <c r="H10" s="271"/>
       <c r="I10" s="271"/>
       <c r="J10" s="271"/>
-      <c r="K10" s="280"/>
+      <c r="K10" s="271"/>
       <c r="L10" s="271"/>
-      <c r="M10" s="215"/>
-[...3 lines deleted...]
-      <c r="Q10" s="215"/>
+      <c r="M10" s="280"/>
+      <c r="N10" s="271"/>
+      <c r="O10" s="215"/>
+      <c r="P10" s="222"/>
+      <c r="Q10" s="222"/>
       <c r="R10" s="215"/>
       <c r="S10" s="215"/>
       <c r="T10" s="215"/>
       <c r="U10" s="215"/>
-      <c r="V10" s="44"/>
-      <c r="W10" s="44"/>
+      <c r="V10" s="215"/>
+      <c r="W10" s="215"/>
       <c r="X10" s="44"/>
       <c r="Y10" s="44"/>
       <c r="Z10" s="44"/>
       <c r="AA10" s="44"/>
       <c r="AB10" s="44"/>
       <c r="AC10" s="44"/>
       <c r="AD10" s="44"/>
       <c r="AE10" s="44"/>
       <c r="AF10" s="44"/>
       <c r="AG10" s="44"/>
       <c r="AH10" s="44"/>
       <c r="AI10" s="44"/>
       <c r="AJ10" s="44"/>
       <c r="AK10" s="44"/>
       <c r="AL10" s="44"/>
       <c r="AM10" s="44"/>
       <c r="AN10" s="44"/>
       <c r="AO10" s="44"/>
       <c r="AP10" s="44"/>
       <c r="AQ10" s="44"/>
       <c r="AR10" s="44"/>
       <c r="AS10" s="44"/>
       <c r="AT10" s="44"/>
+      <c r="AU10" s="44"/>
+      <c r="AV10" s="44"/>
     </row>
-    <row r="11" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="187"/>
       <c r="B11" s="45" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C11" s="45" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D11" s="216">
+        <v>-494890.99389999994</v>
+      </c>
+      <c r="E11" s="216">
+        <v>-129085</v>
+      </c>
+      <c r="F11" s="216">
         <v>-134823</v>
       </c>
-      <c r="E11" s="216">
+      <c r="G11" s="216">
         <v>-124746.99389999994</v>
       </c>
-      <c r="F11" s="216">
+      <c r="H11" s="216">
         <v>-106236</v>
       </c>
-      <c r="G11" s="216">
+      <c r="I11" s="216">
         <v>-391873</v>
       </c>
-      <c r="H11" s="216">
+      <c r="J11" s="216">
         <v>-103983</v>
       </c>
-      <c r="I11" s="216">
+      <c r="K11" s="216">
         <v>-113852</v>
       </c>
-      <c r="J11" s="216">
+      <c r="L11" s="216">
         <v>-97945.736609999949</v>
       </c>
-      <c r="K11" s="216">
+      <c r="M11" s="216">
         <v>-76092</v>
       </c>
-      <c r="L11" s="216">
+      <c r="N11" s="216">
         <v>-285230</v>
       </c>
-      <c r="M11" s="216">
+      <c r="O11" s="216">
         <v>-75476</v>
       </c>
-      <c r="N11" s="216">
+      <c r="P11" s="216">
         <v>-80995</v>
       </c>
-      <c r="O11" s="216">
+      <c r="Q11" s="216">
         <v>-66728</v>
       </c>
-      <c r="P11" s="216">
+      <c r="R11" s="216">
         <v>-62031</v>
       </c>
-      <c r="Q11" s="216">
+      <c r="S11" s="216">
         <v>-212188</v>
       </c>
-      <c r="R11" s="216">
+      <c r="T11" s="216">
         <v>-54552</v>
       </c>
-      <c r="S11" s="216">
+      <c r="U11" s="216">
         <v>-59384</v>
       </c>
-      <c r="T11" s="216">
+      <c r="V11" s="216">
         <v>-53835</v>
       </c>
-      <c r="U11" s="216">
+      <c r="W11" s="216">
         <v>-44417</v>
       </c>
-      <c r="V11" s="47">
+      <c r="X11" s="47">
         <v>-164172</v>
       </c>
-      <c r="W11" s="47">
+      <c r="Y11" s="47">
         <v>-46959</v>
       </c>
-      <c r="X11" s="47">
+      <c r="Z11" s="47">
         <v>-47900</v>
       </c>
-      <c r="Y11" s="47">
+      <c r="AA11" s="47">
         <v>-38953</v>
       </c>
-      <c r="Z11" s="47">
+      <c r="AB11" s="47">
         <v>-30360</v>
       </c>
-      <c r="AA11" s="47">
+      <c r="AC11" s="47">
         <v>-102804</v>
       </c>
-      <c r="AB11" s="47">
+      <c r="AD11" s="47">
         <v>-26987</v>
       </c>
-      <c r="AC11" s="47">
+      <c r="AE11" s="47">
         <v>-27428</v>
       </c>
-      <c r="AD11" s="47">
+      <c r="AF11" s="47">
         <v>-26343</v>
       </c>
-      <c r="AE11" s="47">
+      <c r="AG11" s="47">
         <v>-22046</v>
       </c>
-      <c r="AF11" s="47">
+      <c r="AH11" s="47">
         <v>-96842.823999999993</v>
       </c>
-      <c r="AG11" s="47">
+      <c r="AI11" s="47">
         <v>-18586.841000000008</v>
       </c>
-      <c r="AH11" s="47">
+      <c r="AJ11" s="47">
         <v>-24843.112999999994</v>
       </c>
-      <c r="AI11" s="47">
+      <c r="AK11" s="47">
         <v>-27173</v>
       </c>
-      <c r="AJ11" s="47">
+      <c r="AL11" s="47">
         <v>-26239.87</v>
       </c>
-      <c r="AK11" s="47">
+      <c r="AM11" s="47">
         <v>-85834.910999999993</v>
       </c>
-      <c r="AL11" s="47">
+      <c r="AN11" s="47">
         <v>-25372.386999999999</v>
       </c>
-      <c r="AM11" s="47">
+      <c r="AO11" s="47">
         <v>-21281.70299999999</v>
       </c>
-      <c r="AN11" s="47">
+      <c r="AP11" s="47">
         <v>-22900.000000000004</v>
       </c>
-      <c r="AO11" s="47">
+      <c r="AQ11" s="47">
         <v>-16280.821</v>
       </c>
-      <c r="AP11" s="47">
+      <c r="AR11" s="47">
         <v>-103344.86599999999</v>
       </c>
-      <c r="AQ11" s="47">
+      <c r="AS11" s="47">
         <v>-33013.442999999999</v>
       </c>
-      <c r="AR11" s="47">
+      <c r="AT11" s="47">
         <v>-23200.762999999988</v>
       </c>
-      <c r="AS11" s="47">
+      <c r="AU11" s="47">
         <v>-27523.964000000004</v>
       </c>
-      <c r="AT11" s="47">
+      <c r="AV11" s="47">
         <v>-19606.696</v>
       </c>
     </row>
-    <row r="12" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="187"/>
       <c r="B12" s="37" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C12" s="37" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D12" s="217">
+        <v>-239338.68264999997</v>
+      </c>
+      <c r="E12" s="217">
+        <v>-58575</v>
+      </c>
+      <c r="F12" s="217">
         <v>-66007</v>
       </c>
-      <c r="E12" s="217">
+      <c r="G12" s="217">
         <v>-64401.682649999988</v>
       </c>
-      <c r="F12" s="217">
+      <c r="H12" s="217">
         <v>-50355</v>
       </c>
-      <c r="G12" s="217">
+      <c r="I12" s="217">
         <v>-224429</v>
       </c>
-      <c r="H12" s="217">
+      <c r="J12" s="217">
         <v>-52894</v>
       </c>
-      <c r="I12" s="217">
+      <c r="K12" s="217">
         <v>-68034</v>
       </c>
-      <c r="J12" s="217">
+      <c r="L12" s="217">
         <v>-62203</v>
       </c>
-      <c r="K12" s="217">
+      <c r="M12" s="217">
         <v>-41298</v>
       </c>
-      <c r="L12" s="217">
+      <c r="N12" s="217">
         <v>-165783</v>
       </c>
-      <c r="M12" s="217">
+      <c r="O12" s="217">
         <v>-36075</v>
       </c>
-      <c r="N12" s="217">
+      <c r="P12" s="217">
         <v>-54245</v>
       </c>
-      <c r="O12" s="217">
+      <c r="Q12" s="217">
         <v>-42088</v>
       </c>
-      <c r="P12" s="217">
+      <c r="R12" s="217">
         <v>-33375</v>
       </c>
-      <c r="Q12" s="217">
+      <c r="S12" s="217">
         <v>-136568</v>
       </c>
-      <c r="R12" s="217">
+      <c r="T12" s="217">
         <v>-30206</v>
       </c>
-      <c r="S12" s="217">
+      <c r="U12" s="217">
         <v>-49409</v>
       </c>
-      <c r="T12" s="217">
+      <c r="V12" s="217">
         <v>-34143</v>
       </c>
-      <c r="U12" s="217">
+      <c r="W12" s="217">
         <v>-22810</v>
       </c>
-      <c r="V12" s="48">
+      <c r="X12" s="48">
         <v>-102517</v>
       </c>
-      <c r="W12" s="48">
+      <c r="Y12" s="48">
         <v>-26689</v>
       </c>
-      <c r="X12" s="48">
+      <c r="Z12" s="48">
         <v>-31170</v>
       </c>
-      <c r="Y12" s="48">
+      <c r="AA12" s="48">
         <v>-24043</v>
       </c>
-      <c r="Z12" s="48">
+      <c r="AB12" s="48">
         <v>-20615</v>
       </c>
-      <c r="AA12" s="48">
+      <c r="AC12" s="48">
         <v>-96892</v>
       </c>
-      <c r="AB12" s="48">
+      <c r="AD12" s="48">
         <v>-28377</v>
       </c>
-      <c r="AC12" s="48">
+      <c r="AE12" s="48">
         <v>-25631</v>
       </c>
-      <c r="AD12" s="48">
+      <c r="AF12" s="48">
         <v>-14508</v>
       </c>
-      <c r="AE12" s="48">
+      <c r="AG12" s="48">
         <v>-28376</v>
       </c>
-      <c r="AF12" s="48">
+      <c r="AH12" s="48">
         <v>-100668.49300000002</v>
       </c>
-      <c r="AG12" s="48">
+      <c r="AI12" s="48">
         <v>-39637.915000000001</v>
       </c>
-      <c r="AH12" s="48">
+      <c r="AJ12" s="48">
         <v>-26575.024000000005</v>
       </c>
-      <c r="AI12" s="48">
+      <c r="AK12" s="48">
         <v>-20311.688999999998</v>
       </c>
-      <c r="AJ12" s="48">
+      <c r="AL12" s="48">
         <v>-14143.865</v>
       </c>
-      <c r="AK12" s="48">
+      <c r="AM12" s="48">
         <v>-45830.55</v>
       </c>
-      <c r="AL12" s="48">
+      <c r="AN12" s="48">
         <v>-9316.1240000000034</v>
       </c>
-      <c r="AM12" s="48">
+      <c r="AO12" s="48">
         <v>-15626.307000000001</v>
       </c>
-      <c r="AN12" s="48">
+      <c r="AP12" s="48">
         <v>-10511.934999999999</v>
       </c>
-      <c r="AO12" s="48">
+      <c r="AQ12" s="48">
         <v>-10376.183999999999</v>
       </c>
-      <c r="AP12" s="48">
+      <c r="AR12" s="48">
         <v>-43270.383000000002</v>
       </c>
-      <c r="AQ12" s="48">
+      <c r="AS12" s="48">
         <v>-15305.771000000001</v>
       </c>
-      <c r="AR12" s="48">
+      <c r="AT12" s="48">
         <v>-8775.2540000000008</v>
       </c>
-      <c r="AS12" s="48">
+      <c r="AU12" s="48">
         <v>-11511.16</v>
       </c>
-      <c r="AT12" s="48">
+      <c r="AV12" s="48">
         <v>-7678.1980000000003</v>
       </c>
     </row>
-    <row r="13" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="187"/>
       <c r="B13" s="45" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C13" s="45" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D13" s="216">
+        <v>-151686.82557999998</v>
+      </c>
+      <c r="E13" s="216">
+        <v>-42251</v>
+      </c>
+      <c r="F13" s="216">
         <v>-39204</v>
       </c>
-      <c r="E13" s="216">
+      <c r="G13" s="216">
         <v>-30493.825579999982</v>
       </c>
-      <c r="F13" s="216">
+      <c r="H13" s="216">
         <v>-39738</v>
       </c>
-      <c r="G13" s="216">
+      <c r="I13" s="216">
         <v>-85498</v>
       </c>
-      <c r="H13" s="216">
+      <c r="J13" s="216">
         <v>-21156</v>
       </c>
-      <c r="I13" s="216">
+      <c r="K13" s="216">
         <v>-19747</v>
       </c>
-      <c r="J13" s="216">
+      <c r="L13" s="216">
         <v>-23250</v>
       </c>
-      <c r="K13" s="216">
+      <c r="M13" s="216">
         <v>-21345</v>
       </c>
-      <c r="L13" s="216">
+      <c r="N13" s="216">
         <v>-64047</v>
       </c>
-      <c r="M13" s="216">
+      <c r="O13" s="216">
         <v>-19866</v>
       </c>
-      <c r="N13" s="216">
+      <c r="P13" s="216">
         <v>-12803</v>
       </c>
-      <c r="O13" s="216">
+      <c r="Q13" s="216">
         <v>-18568</v>
       </c>
-      <c r="P13" s="216">
+      <c r="R13" s="216">
         <v>-12810</v>
       </c>
-      <c r="Q13" s="216">
+      <c r="S13" s="216">
         <v>-59074</v>
       </c>
-      <c r="R13" s="216">
+      <c r="T13" s="216">
         <v>-12938</v>
       </c>
-      <c r="S13" s="216">
+      <c r="U13" s="216">
         <v>-11456</v>
       </c>
-      <c r="T13" s="216">
+      <c r="V13" s="216">
         <v>-15382</v>
       </c>
-      <c r="U13" s="216">
+      <c r="W13" s="216">
         <v>-19298</v>
       </c>
-      <c r="V13" s="47">
+      <c r="X13" s="47">
         <v>-2543</v>
       </c>
-      <c r="W13" s="47">
+      <c r="Y13" s="47">
         <v>23796</v>
       </c>
-      <c r="X13" s="47">
+      <c r="Z13" s="47">
         <v>-8910</v>
       </c>
-      <c r="Y13" s="47">
+      <c r="AA13" s="47">
         <v>-10905</v>
       </c>
-      <c r="Z13" s="47">
+      <c r="AB13" s="47">
         <v>-6524</v>
       </c>
-      <c r="AA13" s="47">
+      <c r="AC13" s="47">
         <v>-6032</v>
       </c>
-      <c r="AB13" s="47">
+      <c r="AD13" s="47">
         <v>-1914</v>
       </c>
-      <c r="AC13" s="47">
+      <c r="AE13" s="47">
         <v>-3304</v>
       </c>
-      <c r="AD13" s="47">
+      <c r="AF13" s="47">
         <v>2365</v>
       </c>
-      <c r="AE13" s="47">
+      <c r="AG13" s="47">
         <v>-3179</v>
       </c>
-      <c r="AF13" s="47">
+      <c r="AH13" s="47">
         <v>77649.191000000006</v>
       </c>
-      <c r="AG13" s="47">
+      <c r="AI13" s="47">
         <v>17364.516000000003</v>
       </c>
-      <c r="AH13" s="47">
+      <c r="AJ13" s="47">
         <v>19360.394</v>
       </c>
-      <c r="AI13" s="47">
+      <c r="AK13" s="47">
         <v>26801.730000000003</v>
       </c>
-      <c r="AJ13" s="47">
+      <c r="AL13" s="47">
         <v>14122.550999999999</v>
       </c>
-      <c r="AK13" s="47">
+      <c r="AM13" s="47">
         <v>9435.2479999999996</v>
       </c>
-      <c r="AL13" s="47">
+      <c r="AN13" s="47">
         <v>3306.1839999999993</v>
       </c>
-      <c r="AM13" s="47">
+      <c r="AO13" s="47">
         <v>1677.1880000000001</v>
       </c>
-      <c r="AN13" s="47">
+      <c r="AP13" s="47">
         <v>1197.3360000000002</v>
       </c>
-      <c r="AO13" s="47">
+      <c r="AQ13" s="47">
         <v>3254.54</v>
       </c>
-      <c r="AP13" s="47">
+      <c r="AR13" s="47">
         <v>29267.324000000001</v>
       </c>
-      <c r="AQ13" s="47">
+      <c r="AS13" s="47">
         <v>15799.157000000001</v>
       </c>
-      <c r="AR13" s="47">
+      <c r="AT13" s="47">
         <v>10691.398999999999</v>
       </c>
-      <c r="AS13" s="47">
+      <c r="AU13" s="47">
         <v>879.2170000000001</v>
       </c>
-      <c r="AT13" s="47">
+      <c r="AV13" s="47">
         <v>1897.5509999999999</v>
       </c>
     </row>
-    <row r="14" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="187"/>
       <c r="B14" s="37" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C14" s="37" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D14" s="271"/>
+        <v>184</v>
+      </c>
+      <c r="D14" s="217"/>
       <c r="E14" s="271"/>
       <c r="F14" s="271"/>
-      <c r="G14" s="217"/>
+      <c r="G14" s="271"/>
       <c r="H14" s="271"/>
-      <c r="I14" s="271"/>
+      <c r="I14" s="217"/>
       <c r="J14" s="271"/>
       <c r="K14" s="271"/>
-      <c r="L14" s="217"/>
+      <c r="L14" s="271"/>
       <c r="M14" s="271"/>
-      <c r="N14" s="271"/>
+      <c r="N14" s="217"/>
       <c r="O14" s="271"/>
       <c r="P14" s="271"/>
-      <c r="Q14" s="217"/>
-      <c r="R14" s="217"/>
+      <c r="Q14" s="271"/>
+      <c r="R14" s="271"/>
       <c r="S14" s="217"/>
       <c r="T14" s="217"/>
       <c r="U14" s="217"/>
-      <c r="V14" s="48"/>
-      <c r="W14" s="48"/>
+      <c r="V14" s="217"/>
+      <c r="W14" s="217"/>
       <c r="X14" s="48"/>
       <c r="Y14" s="48"/>
       <c r="Z14" s="48"/>
       <c r="AA14" s="48"/>
       <c r="AB14" s="48"/>
       <c r="AC14" s="48"/>
       <c r="AD14" s="48"/>
       <c r="AE14" s="48"/>
       <c r="AF14" s="48"/>
       <c r="AG14" s="48"/>
       <c r="AH14" s="48"/>
       <c r="AI14" s="48"/>
       <c r="AJ14" s="48"/>
       <c r="AK14" s="48"/>
       <c r="AL14" s="48"/>
       <c r="AM14" s="48"/>
       <c r="AN14" s="48"/>
       <c r="AO14" s="48"/>
       <c r="AP14" s="48"/>
       <c r="AQ14" s="48"/>
       <c r="AR14" s="48"/>
       <c r="AS14" s="48"/>
       <c r="AT14" s="48"/>
+      <c r="AU14" s="48"/>
+      <c r="AV14" s="48"/>
     </row>
-    <row r="15" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="187"/>
       <c r="B15" s="45" t="s">
+        <v>185</v>
+      </c>
+      <c r="C15" s="45" t="s">
+        <v>186</v>
+      </c>
+      <c r="D15" s="216">
+        <v>7390.0761999999995</v>
+      </c>
+      <c r="E15" s="216">
+        <v>3137</v>
+      </c>
+      <c r="F15" s="216">
+        <v>2474</v>
+      </c>
+      <c r="G15" s="216">
+        <v>1091.0762</v>
+      </c>
+      <c r="H15" s="216">
+        <v>688</v>
+      </c>
+      <c r="I15" s="216">
+        <v>8539</v>
+      </c>
+      <c r="J15" s="216">
+        <v>1044</v>
+      </c>
+      <c r="K15" s="216">
+        <v>3389</v>
+      </c>
+      <c r="L15" s="216">
+        <v>2807</v>
+      </c>
+      <c r="M15" s="216">
+        <v>1299</v>
+      </c>
+      <c r="N15" s="216">
+        <v>1647</v>
+      </c>
+      <c r="O15" s="216">
+        <v>1356</v>
+      </c>
+      <c r="P15" s="216">
+        <v>-295</v>
+      </c>
+      <c r="Q15" s="216">
+        <v>696</v>
+      </c>
+      <c r="R15" s="216">
+        <v>-110</v>
+      </c>
+      <c r="S15" s="216">
+        <v>379</v>
+      </c>
+      <c r="T15" s="216">
+        <v>-145</v>
+      </c>
+      <c r="U15" s="216">
+        <v>976</v>
+      </c>
+      <c r="V15" s="216">
+        <v>-141</v>
+      </c>
+      <c r="W15" s="216">
+        <v>-311</v>
+      </c>
+      <c r="X15" s="47">
+        <v>923</v>
+      </c>
+      <c r="Y15" s="47">
+        <v>-991</v>
+      </c>
+      <c r="Z15" s="47">
+        <v>-950</v>
+      </c>
+      <c r="AA15" s="47">
+        <v>1726</v>
+      </c>
+      <c r="AB15" s="47">
+        <v>1138</v>
+      </c>
+      <c r="AC15" s="47">
+        <v>2360</v>
+      </c>
+      <c r="AD15" s="47">
+        <v>1038</v>
+      </c>
+      <c r="AE15" s="47">
+        <v>336</v>
+      </c>
+      <c r="AF15" s="47">
+        <v>195</v>
+      </c>
+      <c r="AG15" s="47">
+        <v>791</v>
+      </c>
+      <c r="AH15" s="47">
+        <v>1486.3920000000001</v>
+      </c>
+      <c r="AI15" s="47">
+        <v>2058.2690000000002</v>
+      </c>
+      <c r="AJ15" s="47">
+        <v>849.34300000000007</v>
+      </c>
+      <c r="AK15" s="47">
+        <v>-1062.0740000000001</v>
+      </c>
+      <c r="AL15" s="47">
+        <v>-359.14600000000002</v>
+      </c>
+      <c r="AM15" s="47">
+        <v>-498.24300000000039</v>
+      </c>
+      <c r="AN15" s="47">
+        <v>-869.85799999999995</v>
+      </c>
+      <c r="AO15" s="47">
+        <v>-3157.2020000000002</v>
+      </c>
+      <c r="AP15" s="47">
+        <v>3178.105</v>
+      </c>
+      <c r="AQ15" s="47">
+        <v>350.71199999999999</v>
+      </c>
+      <c r="AR15" s="47">
+        <v>1042.1790000000001</v>
+      </c>
+      <c r="AS15" s="47">
+        <v>665.8370000000001</v>
+      </c>
+      <c r="AT15" s="47">
+        <v>469.95799999999997</v>
+      </c>
+      <c r="AU15" s="47">
+        <v>-88.245000000000005</v>
+      </c>
+      <c r="AV15" s="47">
+        <v>-5.3710000000000004</v>
+      </c>
+    </row>
+    <row r="16" spans="1:48" s="56" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="337"/>
+      <c r="B16" s="33" t="s">
         <v>187</v>
       </c>
-      <c r="C15" s="45" t="s">
+      <c r="C16" s="33" t="s">
         <v>188</v>
       </c>
-      <c r="D15" s="216">
-[...126 lines deleted...]
-        <v>-5.3710000000000004</v>
+      <c r="D16" s="338">
+        <v>-878527</v>
+      </c>
+      <c r="E16" s="338">
+        <v>-226774</v>
+      </c>
+      <c r="F16" s="338">
+        <v>-237560</v>
+      </c>
+      <c r="G16" s="338">
+        <v>-218552</v>
+      </c>
+      <c r="H16" s="338">
+        <v>-195641</v>
+      </c>
+      <c r="I16" s="338">
+        <v>-693260</v>
+      </c>
+      <c r="J16" s="338">
+        <v>-176989</v>
+      </c>
+      <c r="K16" s="338">
+        <v>-198243</v>
+      </c>
+      <c r="L16" s="338">
+        <v>-180592</v>
+      </c>
+      <c r="M16" s="338">
+        <v>-137436</v>
+      </c>
+      <c r="N16" s="338">
+        <v>-513413</v>
+      </c>
+      <c r="O16" s="338">
+        <v>-130061</v>
+      </c>
+      <c r="P16" s="338">
+        <v>-148338</v>
+      </c>
+      <c r="Q16" s="338">
+        <v>-126688</v>
+      </c>
+      <c r="R16" s="338">
+        <v>-108326</v>
+      </c>
+      <c r="S16" s="338">
+        <v>-407451</v>
+      </c>
+      <c r="T16" s="338">
+        <v>-97841</v>
+      </c>
+      <c r="U16" s="338">
+        <v>-119273</v>
+      </c>
+      <c r="V16" s="338">
+        <v>-103501</v>
+      </c>
+      <c r="W16" s="338">
+        <v>-86836</v>
+      </c>
+      <c r="X16" s="339">
+        <v>-268308</v>
+      </c>
+      <c r="Y16" s="339">
+        <v>-50842</v>
+      </c>
+      <c r="Z16" s="339">
+        <v>-88930</v>
+      </c>
+      <c r="AA16" s="339">
+        <v>-72175</v>
+      </c>
+      <c r="AB16" s="339">
+        <v>-56361</v>
+      </c>
+      <c r="AC16" s="339">
+        <v>-203368</v>
+      </c>
+      <c r="AD16" s="339">
+        <v>-56240</v>
+      </c>
+      <c r="AE16" s="339">
+        <v>-56027</v>
+      </c>
+      <c r="AF16" s="339">
+        <v>-38291</v>
+      </c>
+      <c r="AG16" s="339">
+        <v>-52810</v>
+      </c>
+      <c r="AH16" s="339">
+        <v>-118375.73400000001</v>
+      </c>
+      <c r="AI16" s="339">
+        <v>-38801.971000000005</v>
+      </c>
+      <c r="AJ16" s="339">
+        <v>-31208.400000000001</v>
+      </c>
+      <c r="AK16" s="339">
+        <v>-21745.032999999996</v>
+      </c>
+      <c r="AL16" s="339">
+        <v>-26620.33</v>
+      </c>
+      <c r="AM16" s="339">
+        <v>-122728.45599999999</v>
+      </c>
+      <c r="AN16" s="339">
+        <v>-32252.184999999998</v>
+      </c>
+      <c r="AO16" s="339">
+        <v>-38388.02399999999</v>
+      </c>
+      <c r="AP16" s="339">
+        <v>-29036.494000000006</v>
+      </c>
+      <c r="AQ16" s="339">
+        <v>-23051.752999999997</v>
+      </c>
+      <c r="AR16" s="339">
+        <v>-116305.74600000001</v>
+      </c>
+      <c r="AS16" s="339">
+        <v>-31854.22</v>
+      </c>
+      <c r="AT16" s="339">
+        <v>-20814.659999999989</v>
+      </c>
+      <c r="AU16" s="339">
+        <v>-38244.152000000009</v>
+      </c>
+      <c r="AV16" s="339">
+        <v>-25392.714</v>
       </c>
     </row>
-    <row r="16" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...137 lines deleted...]
-    <row r="17" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="187"/>
       <c r="B17" s="35" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C17" s="35" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D17" s="219">
+        <v>1268060</v>
+      </c>
+      <c r="E17" s="219">
+        <v>345922</v>
+      </c>
+      <c r="F17" s="219">
         <v>328667</v>
       </c>
-      <c r="E17" s="219">
+      <c r="G17" s="219">
         <v>314224</v>
       </c>
-      <c r="F17" s="219">
+      <c r="H17" s="219">
         <v>279247</v>
       </c>
-      <c r="G17" s="219">
+      <c r="I17" s="219">
         <v>819680</v>
       </c>
-      <c r="H17" s="219">
+      <c r="J17" s="219">
         <v>227365</v>
       </c>
-      <c r="I17" s="219">
+      <c r="K17" s="219">
         <v>211203</v>
       </c>
-      <c r="J17" s="219">
+      <c r="L17" s="219">
         <v>201938.5</v>
       </c>
-      <c r="K17" s="219">
+      <c r="M17" s="219">
         <v>179173</v>
       </c>
-      <c r="L17" s="219">
+      <c r="N17" s="219">
         <v>581940</v>
       </c>
-      <c r="M17" s="219">
+      <c r="O17" s="219">
         <v>183673</v>
       </c>
-      <c r="N17" s="219">
+      <c r="P17" s="219">
         <v>135565</v>
       </c>
-      <c r="O17" s="219">
+      <c r="Q17" s="219">
         <v>147866</v>
       </c>
-      <c r="P17" s="219">
+      <c r="R17" s="219">
         <v>114836</v>
       </c>
-      <c r="Q17" s="219">
+      <c r="S17" s="219">
         <v>429441</v>
       </c>
-      <c r="R17" s="219">
+      <c r="T17" s="219">
         <v>123902</v>
       </c>
-      <c r="S17" s="228">
+      <c r="U17" s="228">
         <v>114470</v>
       </c>
-      <c r="T17" s="228">
+      <c r="V17" s="228">
         <v>111996</v>
       </c>
-      <c r="U17" s="228">
+      <c r="W17" s="228">
         <v>79073</v>
       </c>
-      <c r="V17" s="41">
+      <c r="X17" s="41">
         <v>376363.84065000003</v>
       </c>
-      <c r="W17" s="41">
+      <c r="Y17" s="41">
         <v>135600</v>
       </c>
-      <c r="X17" s="41">
+      <c r="Z17" s="41">
         <v>86041.840650000027</v>
       </c>
-      <c r="Y17" s="41">
+      <c r="AA17" s="41">
         <v>90741</v>
       </c>
-      <c r="Z17" s="41">
+      <c r="AB17" s="41">
         <v>63981</v>
       </c>
-      <c r="AA17" s="41">
+      <c r="AC17" s="41">
         <v>225022</v>
       </c>
-      <c r="AB17" s="41">
+      <c r="AD17" s="41">
         <v>83586</v>
       </c>
-      <c r="AC17" s="41">
+      <c r="AE17" s="41">
         <v>67330</v>
       </c>
-      <c r="AD17" s="41">
+      <c r="AF17" s="41">
         <v>48776</v>
       </c>
-      <c r="AE17" s="41">
+      <c r="AG17" s="41">
         <v>25330</v>
       </c>
-      <c r="AF17" s="41">
+      <c r="AH17" s="41">
         <v>237509.35399999999</v>
       </c>
-      <c r="AG17" s="41">
+      <c r="AI17" s="41">
         <v>80166.37299999992</v>
       </c>
-      <c r="AH17" s="41">
+      <c r="AJ17" s="41">
         <v>49625.899000000056</v>
       </c>
-      <c r="AI17" s="41">
+      <c r="AK17" s="41">
         <v>79006.571000000025</v>
       </c>
-      <c r="AJ17" s="41">
+      <c r="AL17" s="41">
         <v>28710.510999999984</v>
       </c>
-      <c r="AK17" s="41">
+      <c r="AM17" s="41">
         <v>191999.43400000001</v>
       </c>
-      <c r="AL17" s="41">
+      <c r="AN17" s="41">
         <v>67822.82799999998</v>
       </c>
-      <c r="AM17" s="41">
+      <c r="AO17" s="41">
         <v>59171.113000000056</v>
       </c>
-      <c r="AN17" s="41">
+      <c r="AP17" s="41">
         <v>43518.508999999991</v>
       </c>
-      <c r="AO17" s="41">
+      <c r="AQ17" s="41">
         <v>21486.983999999997</v>
       </c>
-      <c r="AP17" s="41">
+      <c r="AR17" s="41">
         <v>127538.4420000001</v>
       </c>
-      <c r="AQ17" s="41">
+      <c r="AS17" s="41">
         <v>53017.693000000058</v>
       </c>
-      <c r="AR17" s="41">
+      <c r="AT17" s="41">
         <v>44786.392000000036</v>
       </c>
-      <c r="AS17" s="41">
+      <c r="AU17" s="41">
         <v>16930.483999999975</v>
       </c>
-      <c r="AT17" s="41">
+      <c r="AV17" s="41">
         <v>12803.873000000014</v>
       </c>
     </row>
-    <row r="18" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="187"/>
       <c r="B18" s="49"/>
       <c r="C18" s="49"/>
-      <c r="D18" s="327"/>
+      <c r="D18" s="271"/>
       <c r="E18" s="327"/>
       <c r="F18" s="327"/>
       <c r="G18" s="327"/>
-      <c r="H18" s="215"/>
-      <c r="I18" s="327"/>
+      <c r="H18" s="327"/>
+      <c r="I18" s="271"/>
       <c r="J18" s="215"/>
-      <c r="K18" s="215"/>
+      <c r="K18" s="327"/>
       <c r="L18" s="215"/>
       <c r="M18" s="215"/>
       <c r="N18" s="215"/>
       <c r="O18" s="215"/>
       <c r="P18" s="215"/>
       <c r="Q18" s="215"/>
       <c r="R18" s="215"/>
       <c r="S18" s="215"/>
       <c r="T18" s="215"/>
       <c r="U18" s="215"/>
-      <c r="V18" s="44"/>
-      <c r="W18" s="44"/>
+      <c r="V18" s="215"/>
+      <c r="W18" s="215"/>
       <c r="X18" s="44"/>
       <c r="Y18" s="44"/>
       <c r="Z18" s="44"/>
       <c r="AA18" s="44"/>
       <c r="AB18" s="44"/>
       <c r="AC18" s="44"/>
       <c r="AD18" s="44"/>
       <c r="AE18" s="44"/>
       <c r="AF18" s="44"/>
       <c r="AG18" s="44"/>
       <c r="AH18" s="44"/>
       <c r="AI18" s="44"/>
       <c r="AJ18" s="44"/>
       <c r="AK18" s="44"/>
       <c r="AL18" s="44"/>
       <c r="AM18" s="44"/>
       <c r="AN18" s="44"/>
       <c r="AO18" s="44"/>
       <c r="AP18" s="44"/>
       <c r="AQ18" s="44"/>
       <c r="AR18" s="44"/>
       <c r="AS18" s="44"/>
       <c r="AT18" s="44"/>
+      <c r="AU18" s="44"/>
+      <c r="AV18" s="44"/>
     </row>
-    <row r="19" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="187"/>
       <c r="B19" s="45" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C19" s="45" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D19" s="216">
+        <v>-217836.24429000006</v>
+      </c>
+      <c r="E19" s="216">
+        <v>-59596</v>
+      </c>
+      <c r="F19" s="216">
         <v>-56062</v>
       </c>
-      <c r="E19" s="216">
+      <c r="G19" s="216">
         <v>-50846.244290000053</v>
       </c>
-      <c r="F19" s="216">
+      <c r="H19" s="216">
         <v>-51332</v>
       </c>
-      <c r="G19" s="216">
+      <c r="I19" s="216">
         <v>-137165</v>
       </c>
-      <c r="H19" s="216">
+      <c r="J19" s="216">
         <v>-41587</v>
       </c>
-      <c r="I19" s="216">
+      <c r="K19" s="216">
         <v>-39673</v>
       </c>
-      <c r="J19" s="216">
+      <c r="L19" s="216">
         <v>-31099</v>
       </c>
-      <c r="K19" s="216">
+      <c r="M19" s="216">
         <v>-24806</v>
       </c>
-      <c r="L19" s="216">
+      <c r="N19" s="216">
         <v>-100127</v>
       </c>
-      <c r="M19" s="216">
+      <c r="O19" s="216">
         <v>-25215</v>
       </c>
-      <c r="N19" s="216">
+      <c r="P19" s="216">
         <v>-23214</v>
       </c>
-      <c r="O19" s="216">
+      <c r="Q19" s="216">
         <v>-26026</v>
       </c>
-      <c r="P19" s="216">
+      <c r="R19" s="216">
         <v>-25672</v>
       </c>
-      <c r="Q19" s="216">
+      <c r="S19" s="216">
         <v>-88468</v>
       </c>
-      <c r="R19" s="216">
+      <c r="T19" s="216">
         <v>-26332</v>
       </c>
-      <c r="S19" s="216">
+      <c r="U19" s="216">
         <v>-22860</v>
       </c>
-      <c r="T19" s="216">
+      <c r="V19" s="216">
         <v>-22214</v>
       </c>
-      <c r="U19" s="216">
+      <c r="W19" s="216">
         <v>-17062</v>
       </c>
-      <c r="V19" s="47">
+      <c r="X19" s="47">
         <v>-49717</v>
       </c>
-      <c r="W19" s="47">
+      <c r="Y19" s="47">
         <v>-21731</v>
       </c>
-      <c r="X19" s="47">
+      <c r="Z19" s="47">
         <v>-11430</v>
       </c>
-      <c r="Y19" s="47">
+      <c r="AA19" s="47">
         <v>-9300</v>
       </c>
-      <c r="Z19" s="47">
+      <c r="AB19" s="47">
         <v>-7256</v>
       </c>
-      <c r="AA19" s="47">
+      <c r="AC19" s="47">
         <v>-23483</v>
       </c>
-      <c r="AB19" s="47">
+      <c r="AD19" s="47">
         <v>-6166</v>
       </c>
-      <c r="AC19" s="47">
+      <c r="AE19" s="47">
         <v>-6639</v>
       </c>
-      <c r="AD19" s="47">
+      <c r="AF19" s="47">
         <v>-5719</v>
       </c>
-      <c r="AE19" s="47">
+      <c r="AG19" s="47">
         <v>-4959</v>
       </c>
-      <c r="AF19" s="47">
+      <c r="AH19" s="47">
         <v>-26689.101999999999</v>
       </c>
-      <c r="AG19" s="47">
+      <c r="AI19" s="47">
         <v>-10240.973999999998</v>
       </c>
-      <c r="AH19" s="47">
+      <c r="AJ19" s="47">
         <v>-7768.4710000000014</v>
       </c>
-      <c r="AI19" s="47">
+      <c r="AK19" s="47">
         <v>-5214.9599999999991</v>
       </c>
-      <c r="AJ19" s="47">
+      <c r="AL19" s="47">
         <v>-3464.6970000000001</v>
       </c>
-      <c r="AK19" s="47">
+      <c r="AM19" s="47">
         <v>-8669.4339999999993</v>
       </c>
-      <c r="AL19" s="47">
+      <c r="AN19" s="47">
         <v>-3259.3489999999993</v>
       </c>
-      <c r="AM19" s="47">
+      <c r="AO19" s="47">
         <v>-3741.3919999999998</v>
       </c>
-      <c r="AN19" s="47">
+      <c r="AP19" s="47">
         <v>-1107.788</v>
       </c>
-      <c r="AO19" s="47">
+      <c r="AQ19" s="47">
         <v>-560.90499999999997</v>
       </c>
-      <c r="AP19" s="47">
+      <c r="AR19" s="47">
         <v>-5279.777</v>
       </c>
-      <c r="AQ19" s="47">
+      <c r="AS19" s="47">
         <v>-2114.6080000000002</v>
       </c>
-      <c r="AR19" s="47">
+      <c r="AT19" s="47">
         <v>-1353.6529999999998</v>
       </c>
-      <c r="AS19" s="47">
+      <c r="AU19" s="47">
         <v>-1045.3510000000001</v>
       </c>
-      <c r="AT19" s="47">
+      <c r="AV19" s="47">
         <v>-766.16499999999996</v>
       </c>
     </row>
-    <row r="20" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="187"/>
       <c r="B20" s="37" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C20" s="37" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D20" s="217">
+        <v>170022.01197999995</v>
+      </c>
+      <c r="E20" s="217">
+        <v>50684</v>
+      </c>
+      <c r="F20" s="217">
         <v>47368</v>
       </c>
-      <c r="E20" s="217">
+      <c r="G20" s="217">
         <v>35218.011979999967</v>
       </c>
-      <c r="F20" s="217">
+      <c r="H20" s="217">
         <v>36752</v>
       </c>
-      <c r="G20" s="217">
+      <c r="I20" s="217">
         <v>106081</v>
       </c>
-      <c r="H20" s="217">
+      <c r="J20" s="217">
         <v>28782</v>
       </c>
-      <c r="I20" s="217">
+      <c r="K20" s="217">
         <v>32060</v>
       </c>
-      <c r="J20" s="217">
+      <c r="L20" s="217">
         <v>25350</v>
       </c>
-      <c r="K20" s="217">
+      <c r="M20" s="217">
         <v>19889</v>
       </c>
-      <c r="L20" s="217">
+      <c r="N20" s="217">
         <v>86216</v>
       </c>
-      <c r="M20" s="217">
+      <c r="O20" s="217">
         <v>25895</v>
       </c>
-      <c r="N20" s="217">
+      <c r="P20" s="217">
         <v>19668</v>
       </c>
-      <c r="O20" s="217">
+      <c r="Q20" s="217">
         <v>20425</v>
       </c>
-      <c r="P20" s="217">
+      <c r="R20" s="217">
         <v>20228</v>
       </c>
-      <c r="Q20" s="217">
+      <c r="S20" s="217">
         <v>64031</v>
       </c>
-      <c r="R20" s="217">
+      <c r="T20" s="217">
         <v>14654</v>
       </c>
-      <c r="S20" s="217">
+      <c r="U20" s="217">
         <v>18795</v>
       </c>
-      <c r="T20" s="217">
+      <c r="V20" s="217">
         <v>17605</v>
       </c>
-      <c r="U20" s="217">
+      <c r="W20" s="217">
         <v>12977</v>
       </c>
-      <c r="V20" s="48">
+      <c r="X20" s="48">
         <v>24991</v>
       </c>
-      <c r="W20" s="48">
+      <c r="Y20" s="48">
         <v>8485</v>
       </c>
-      <c r="X20" s="48">
+      <c r="Z20" s="48">
         <v>10360</v>
       </c>
-      <c r="Y20" s="48">
+      <c r="AA20" s="48">
         <v>3924</v>
       </c>
-      <c r="Z20" s="48">
+      <c r="AB20" s="48">
         <v>2222</v>
       </c>
-      <c r="AA20" s="48">
+      <c r="AC20" s="48">
         <v>14673</v>
       </c>
-      <c r="AB20" s="48">
+      <c r="AD20" s="48">
         <v>3634</v>
       </c>
-      <c r="AC20" s="48">
+      <c r="AE20" s="48">
         <v>5428</v>
       </c>
-      <c r="AD20" s="48">
+      <c r="AF20" s="48">
         <v>2827</v>
       </c>
-      <c r="AE20" s="48">
+      <c r="AG20" s="48">
         <v>2784</v>
       </c>
-      <c r="AF20" s="48">
+      <c r="AH20" s="48">
         <v>15275.246999999999</v>
       </c>
-      <c r="AG20" s="48">
+      <c r="AI20" s="48">
         <v>3461.1239999999998</v>
       </c>
-      <c r="AH20" s="48">
+      <c r="AJ20" s="48">
         <v>3325.2089999999989</v>
       </c>
-      <c r="AI20" s="48">
+      <c r="AK20" s="48">
         <v>5477.0620000000008</v>
       </c>
-      <c r="AJ20" s="48">
+      <c r="AL20" s="48">
         <v>3011.8519999999999</v>
       </c>
-      <c r="AK20" s="48">
+      <c r="AM20" s="48">
         <v>11131.648999999999</v>
       </c>
-      <c r="AL20" s="48">
+      <c r="AN20" s="48">
         <v>2850.5199999999986</v>
       </c>
-      <c r="AM20" s="48">
+      <c r="AO20" s="48">
         <v>3401.0650000000005</v>
       </c>
-      <c r="AN20" s="48">
+      <c r="AP20" s="48">
         <v>2209.2230000000004</v>
       </c>
-      <c r="AO20" s="48">
+      <c r="AQ20" s="48">
         <v>2670.8409999999999</v>
       </c>
-      <c r="AP20" s="48">
+      <c r="AR20" s="48">
         <v>20336.743999999999</v>
       </c>
-      <c r="AQ20" s="48">
+      <c r="AS20" s="48">
         <v>5265.7349999999988</v>
       </c>
-      <c r="AR20" s="48">
+      <c r="AT20" s="48">
         <v>6442</v>
       </c>
-      <c r="AS20" s="48">
+      <c r="AU20" s="48">
         <v>4201.6490000000003</v>
       </c>
-      <c r="AT20" s="48">
+      <c r="AV20" s="48">
         <v>4427.3599999999997</v>
       </c>
     </row>
-    <row r="21" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="187"/>
       <c r="B21" s="35" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C21" s="35" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D21" s="220">
+        <v>-47814.232310000087</v>
+      </c>
+      <c r="E21" s="220">
+        <v>-8912</v>
+      </c>
+      <c r="F21" s="220">
         <v>-8694</v>
       </c>
-      <c r="E21" s="220">
+      <c r="G21" s="220">
         <v>-15628.232310000087</v>
       </c>
-      <c r="F21" s="220">
+      <c r="H21" s="220">
         <v>-14580</v>
       </c>
-      <c r="G21" s="220">
+      <c r="I21" s="220">
         <v>-31084</v>
       </c>
-      <c r="H21" s="220">
+      <c r="J21" s="220">
         <v>-12805</v>
       </c>
-      <c r="I21" s="220">
+      <c r="K21" s="220">
         <v>-7613</v>
       </c>
-      <c r="J21" s="220">
+      <c r="L21" s="220">
         <v>-5749</v>
       </c>
-      <c r="K21" s="220">
+      <c r="M21" s="220">
         <v>-4917</v>
       </c>
-      <c r="L21" s="220">
+      <c r="N21" s="220">
         <v>-13911</v>
       </c>
-      <c r="M21" s="220">
+      <c r="O21" s="220">
         <v>680</v>
       </c>
-      <c r="N21" s="220">
+      <c r="P21" s="220">
         <v>-3546</v>
       </c>
-      <c r="O21" s="220">
+      <c r="Q21" s="220">
         <v>-5601</v>
       </c>
-      <c r="P21" s="220">
+      <c r="R21" s="220">
         <v>-5444</v>
       </c>
-      <c r="Q21" s="220">
+      <c r="S21" s="220">
         <v>-24437</v>
       </c>
-      <c r="R21" s="220">
+      <c r="T21" s="220">
         <v>-11678</v>
       </c>
-      <c r="S21" s="220">
+      <c r="U21" s="220">
         <v>-4065</v>
       </c>
-      <c r="T21" s="220">
+      <c r="V21" s="220">
         <v>-4609</v>
       </c>
-      <c r="U21" s="220">
+      <c r="W21" s="220">
         <v>-4085</v>
       </c>
-      <c r="V21" s="40">
+      <c r="X21" s="40">
         <v>-24726</v>
       </c>
-      <c r="W21" s="40">
+      <c r="Y21" s="40">
         <v>-13246</v>
       </c>
-      <c r="X21" s="40">
+      <c r="Z21" s="40">
         <v>-1070</v>
       </c>
-      <c r="Y21" s="40">
+      <c r="AA21" s="40">
         <v>-5376</v>
       </c>
-      <c r="Z21" s="40">
+      <c r="AB21" s="40">
         <v>-5034</v>
       </c>
-      <c r="AA21" s="40">
+      <c r="AC21" s="40">
         <v>-8810</v>
       </c>
-      <c r="AB21" s="40">
+      <c r="AD21" s="40">
         <v>-2532</v>
       </c>
-      <c r="AC21" s="40">
+      <c r="AE21" s="40">
         <v>-1211</v>
       </c>
-      <c r="AD21" s="40">
+      <c r="AF21" s="40">
         <v>-2892</v>
       </c>
-      <c r="AE21" s="40">
+      <c r="AG21" s="40">
         <v>-2175</v>
       </c>
-      <c r="AF21" s="40">
+      <c r="AH21" s="40">
         <v>-11413.855</v>
       </c>
-      <c r="AG21" s="40">
+      <c r="AI21" s="40">
         <v>-6779.8499999999985</v>
       </c>
-      <c r="AH21" s="40">
+      <c r="AJ21" s="40">
         <v>-4443.2620000000024</v>
       </c>
-      <c r="AI21" s="40">
+      <c r="AK21" s="40">
         <v>262.10200000000168</v>
       </c>
-      <c r="AJ21" s="40">
+      <c r="AL21" s="40">
         <v>-452.84500000000025</v>
       </c>
-      <c r="AK21" s="40">
+      <c r="AM21" s="40">
         <v>2462.2150000000001</v>
       </c>
-      <c r="AL21" s="40">
+      <c r="AN21" s="40">
         <v>-408.82900000000063</v>
       </c>
-      <c r="AM21" s="40">
+      <c r="AO21" s="40">
         <v>-340.32699999999932</v>
       </c>
-      <c r="AN21" s="40">
+      <c r="AP21" s="40">
         <v>1101.4350000000004</v>
       </c>
-      <c r="AO21" s="40">
+      <c r="AQ21" s="40">
         <v>2109.9359999999997</v>
       </c>
-      <c r="AP21" s="40">
+      <c r="AR21" s="40">
         <v>15056.966999999999</v>
       </c>
-      <c r="AQ21" s="40">
+      <c r="AS21" s="40">
         <v>3151.1269999999986</v>
       </c>
-      <c r="AR21" s="40">
+      <c r="AT21" s="40">
         <v>5088.3469999999998</v>
       </c>
-      <c r="AS21" s="40">
+      <c r="AU21" s="40">
         <v>3156.2980000000007</v>
       </c>
-      <c r="AT21" s="40">
+      <c r="AV21" s="40">
         <v>3661.1949999999997</v>
       </c>
     </row>
-    <row r="22" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="187"/>
       <c r="B22" s="33" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C22" s="33" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D22" s="221">
+        <v>1220245.7676899999</v>
+      </c>
+      <c r="E22" s="221">
+        <v>337010</v>
+      </c>
+      <c r="F22" s="221">
         <v>319973</v>
       </c>
-      <c r="E22" s="221">
+      <c r="G22" s="221">
         <v>298595.76768999989</v>
       </c>
-      <c r="F22" s="221">
+      <c r="H22" s="221">
         <v>264667</v>
       </c>
-      <c r="G22" s="221">
+      <c r="I22" s="221">
         <v>788596</v>
       </c>
-      <c r="H22" s="221">
+      <c r="J22" s="221">
         <v>214560</v>
       </c>
-      <c r="I22" s="221">
+      <c r="K22" s="221">
         <v>203590</v>
       </c>
-      <c r="J22" s="221">
+      <c r="L22" s="221">
         <v>196189.5</v>
       </c>
-      <c r="K22" s="221">
+      <c r="M22" s="221">
         <v>174256</v>
       </c>
-      <c r="L22" s="221">
+      <c r="N22" s="221">
         <v>568029</v>
       </c>
-      <c r="M22" s="221">
+      <c r="O22" s="221">
         <v>184353</v>
       </c>
-      <c r="N22" s="221">
+      <c r="P22" s="221">
         <v>132019</v>
       </c>
-      <c r="O22" s="221">
+      <c r="Q22" s="221">
         <v>142265</v>
       </c>
-      <c r="P22" s="221">
+      <c r="R22" s="221">
         <v>109392</v>
       </c>
-      <c r="Q22" s="221">
+      <c r="S22" s="221">
         <v>405004</v>
       </c>
-      <c r="R22" s="221">
+      <c r="T22" s="221">
         <v>112224</v>
       </c>
-      <c r="S22" s="221">
+      <c r="U22" s="221">
         <v>110405</v>
       </c>
-      <c r="T22" s="221">
+      <c r="V22" s="221">
         <v>107387</v>
       </c>
-      <c r="U22" s="221">
+      <c r="W22" s="221">
         <v>74988</v>
       </c>
-      <c r="V22" s="34">
+      <c r="X22" s="34">
         <v>351637.84065000003</v>
       </c>
-      <c r="W22" s="34">
+      <c r="Y22" s="34">
         <v>122354</v>
       </c>
-      <c r="X22" s="34">
+      <c r="Z22" s="34">
         <v>84971.840650000027</v>
       </c>
-      <c r="Y22" s="34">
+      <c r="AA22" s="34">
         <v>85365</v>
       </c>
-      <c r="Z22" s="34">
+      <c r="AB22" s="34">
         <v>58947</v>
       </c>
-      <c r="AA22" s="34">
+      <c r="AC22" s="34">
         <v>216212</v>
       </c>
-      <c r="AB22" s="34">
+      <c r="AD22" s="34">
         <v>81054</v>
       </c>
-      <c r="AC22" s="34">
+      <c r="AE22" s="34">
         <v>66119</v>
       </c>
-      <c r="AD22" s="34">
+      <c r="AF22" s="34">
         <v>45884</v>
       </c>
-      <c r="AE22" s="34">
+      <c r="AG22" s="34">
         <v>23155</v>
       </c>
-      <c r="AF22" s="34">
+      <c r="AH22" s="34">
         <v>226095.49899999995</v>
       </c>
-      <c r="AG22" s="34">
+      <c r="AI22" s="34">
         <v>73386.522999999928</v>
       </c>
-      <c r="AH22" s="34">
+      <c r="AJ22" s="34">
         <v>45182.637000000053</v>
       </c>
-      <c r="AI22" s="34">
+      <c r="AK22" s="34">
         <v>79268.673000000024</v>
       </c>
-      <c r="AJ22" s="34">
+      <c r="AL22" s="34">
         <v>28257.665999999983</v>
       </c>
-      <c r="AK22" s="34">
+      <c r="AM22" s="34">
         <v>194461.64900000003</v>
       </c>
-      <c r="AL22" s="34">
+      <c r="AN22" s="34">
         <v>67413.998999999982</v>
       </c>
-      <c r="AM22" s="34">
+      <c r="AO22" s="34">
         <v>58830.786000000058</v>
       </c>
-      <c r="AN22" s="34">
+      <c r="AP22" s="34">
         <v>44619.943999999989</v>
       </c>
-      <c r="AO22" s="34">
+      <c r="AQ22" s="34">
         <v>23596.92</v>
       </c>
-      <c r="AP22" s="34">
+      <c r="AR22" s="34">
         <v>142595.4090000001</v>
       </c>
-      <c r="AQ22" s="34">
+      <c r="AS22" s="34">
         <v>56168.820000000058</v>
       </c>
-      <c r="AR22" s="34">
+      <c r="AT22" s="34">
         <v>49874.739000000038</v>
       </c>
-      <c r="AS22" s="34">
+      <c r="AU22" s="34">
         <v>20086.781999999977</v>
       </c>
-      <c r="AT22" s="34">
+      <c r="AV22" s="34">
         <v>16465.068000000014</v>
       </c>
     </row>
-    <row r="23" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="187"/>
       <c r="B23" s="49"/>
       <c r="C23" s="49"/>
       <c r="D23" s="215"/>
       <c r="E23" s="215"/>
       <c r="F23" s="215"/>
       <c r="G23" s="215"/>
       <c r="H23" s="215"/>
       <c r="I23" s="215"/>
       <c r="J23" s="215"/>
       <c r="K23" s="215"/>
       <c r="L23" s="215"/>
       <c r="M23" s="215"/>
       <c r="N23" s="215"/>
       <c r="O23" s="215"/>
       <c r="P23" s="215"/>
       <c r="Q23" s="215"/>
       <c r="R23" s="215"/>
       <c r="S23" s="215"/>
       <c r="T23" s="215"/>
       <c r="U23" s="215"/>
-      <c r="V23" s="44"/>
-      <c r="W23" s="44"/>
+      <c r="V23" s="215"/>
+      <c r="W23" s="215"/>
       <c r="X23" s="44"/>
       <c r="Y23" s="44"/>
       <c r="Z23" s="44"/>
       <c r="AA23" s="44"/>
       <c r="AB23" s="44"/>
       <c r="AC23" s="44"/>
       <c r="AD23" s="44"/>
       <c r="AE23" s="44"/>
       <c r="AF23" s="44"/>
       <c r="AG23" s="44"/>
       <c r="AH23" s="44"/>
       <c r="AI23" s="44"/>
       <c r="AJ23" s="44"/>
       <c r="AK23" s="44"/>
       <c r="AL23" s="44"/>
       <c r="AM23" s="44"/>
       <c r="AN23" s="44"/>
       <c r="AO23" s="44"/>
       <c r="AP23" s="44"/>
       <c r="AQ23" s="44"/>
       <c r="AR23" s="44"/>
       <c r="AS23" s="44"/>
       <c r="AT23" s="44"/>
+      <c r="AU23" s="44"/>
+      <c r="AV23" s="44"/>
     </row>
-    <row r="24" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="187"/>
       <c r="B24" s="45" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C24" s="45" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D24" s="216">
+        <v>-11191</v>
+      </c>
+      <c r="E24" s="216">
+        <v>136</v>
+      </c>
+      <c r="F24" s="216">
         <v>260</v>
       </c>
-      <c r="E24" s="216">
+      <c r="G24" s="216">
         <v>-2894</v>
       </c>
-      <c r="F24" s="216">
+      <c r="H24" s="216">
         <v>-8693</v>
       </c>
-      <c r="G24" s="216">
+      <c r="I24" s="216">
         <v>-3233</v>
       </c>
-      <c r="H24" s="216">
+      <c r="J24" s="216">
         <v>2237</v>
       </c>
-      <c r="I24" s="216">
+      <c r="K24" s="216">
         <v>-1562</v>
       </c>
-      <c r="J24" s="216">
+      <c r="L24" s="216">
         <v>-951</v>
       </c>
-      <c r="K24" s="216">
+      <c r="M24" s="216">
         <v>-2957</v>
       </c>
-      <c r="L24" s="216">
+      <c r="N24" s="216">
         <v>-4583</v>
       </c>
-      <c r="M24" s="216">
+      <c r="O24" s="216">
         <v>133</v>
       </c>
-      <c r="N24" s="216">
+      <c r="P24" s="216">
         <v>-800</v>
       </c>
-      <c r="O24" s="216">
+      <c r="Q24" s="216">
         <v>-2289</v>
       </c>
-      <c r="P24" s="216">
+      <c r="R24" s="216">
         <v>-1627</v>
       </c>
-      <c r="Q24" s="216">
+      <c r="S24" s="216">
         <v>-5808</v>
       </c>
-      <c r="R24" s="216">
+      <c r="T24" s="216">
         <v>81</v>
       </c>
-      <c r="S24" s="216">
+      <c r="U24" s="216">
         <v>-1635</v>
       </c>
-      <c r="T24" s="216">
+      <c r="V24" s="216">
         <v>-2124</v>
       </c>
-      <c r="U24" s="216">
+      <c r="W24" s="216">
         <v>-2130</v>
       </c>
-      <c r="V24" s="46">
+      <c r="X24" s="46">
         <v>-4438</v>
       </c>
-      <c r="W24" s="46">
+      <c r="Y24" s="46">
         <v>89</v>
       </c>
-      <c r="X24" s="46">
+      <c r="Z24" s="46">
         <v>-842</v>
       </c>
-      <c r="Y24" s="46">
+      <c r="AA24" s="46">
         <v>-2193</v>
       </c>
-      <c r="Z24" s="46">
+      <c r="AB24" s="46">
         <v>-1492</v>
       </c>
-      <c r="AA24" s="46">
+      <c r="AC24" s="46">
         <v>-1564</v>
       </c>
-      <c r="AB24" s="46">
+      <c r="AD24" s="46">
         <v>-82</v>
       </c>
-      <c r="AC24" s="46">
+      <c r="AE24" s="46">
         <v>-1002</v>
       </c>
-      <c r="AD24" s="46">
+      <c r="AF24" s="46">
         <v>186</v>
       </c>
-      <c r="AE24" s="46">
+      <c r="AG24" s="46">
         <v>-666</v>
       </c>
-      <c r="AF24" s="46">
+      <c r="AH24" s="46">
         <v>-756</v>
       </c>
-      <c r="AG24" s="46">
+      <c r="AI24" s="46">
         <v>-891</v>
       </c>
-      <c r="AH24" s="46">
+      <c r="AJ24" s="46">
         <v>800</v>
       </c>
-      <c r="AI24" s="46">
+      <c r="AK24" s="46">
         <v>-481</v>
       </c>
-      <c r="AJ24" s="46">
+      <c r="AL24" s="46">
         <v>-184</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AM24" s="46">
         <v>0</v>
       </c>
       <c r="AN24" s="46">
         <v>0</v>
       </c>
       <c r="AO24" s="46">
         <v>0</v>
       </c>
       <c r="AP24" s="46">
         <v>0</v>
       </c>
       <c r="AQ24" s="46">
         <v>0</v>
       </c>
       <c r="AR24" s="46">
         <v>0</v>
       </c>
       <c r="AS24" s="46">
         <v>0</v>
       </c>
       <c r="AT24" s="46">
         <v>0</v>
       </c>
+      <c r="AU24" s="46">
+        <v>0</v>
+      </c>
+      <c r="AV24" s="46">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="187"/>
       <c r="B25" s="37" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C25" s="37" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D25" s="217">
+        <v>-127835</v>
+      </c>
+      <c r="E25" s="217">
+        <v>-39957</v>
+      </c>
+      <c r="F25" s="217">
         <v>-37023</v>
       </c>
-      <c r="E25" s="217">
+      <c r="G25" s="217">
         <v>-28545</v>
       </c>
-      <c r="F25" s="217">
+      <c r="H25" s="217">
         <v>-22310</v>
       </c>
-      <c r="G25" s="217">
+      <c r="I25" s="217">
         <v>-86551</v>
       </c>
-      <c r="H25" s="217">
+      <c r="J25" s="217">
         <v>-27925</v>
       </c>
-      <c r="I25" s="217">
+      <c r="K25" s="217">
         <v>-21440</v>
       </c>
-      <c r="J25" s="217">
+      <c r="L25" s="217">
         <v>-19957</v>
       </c>
-      <c r="K25" s="217">
+      <c r="M25" s="217">
         <v>-17229</v>
       </c>
-      <c r="L25" s="217">
+      <c r="N25" s="217">
         <v>-67835</v>
       </c>
-      <c r="M25" s="217">
+      <c r="O25" s="217">
         <v>-19892</v>
       </c>
-      <c r="N25" s="217">
+      <c r="P25" s="217">
         <v>-18328</v>
       </c>
-      <c r="O25" s="217">
+      <c r="Q25" s="217">
         <v>-15906</v>
       </c>
-      <c r="P25" s="217">
+      <c r="R25" s="217">
         <v>-13709</v>
       </c>
-      <c r="Q25" s="217">
+      <c r="S25" s="217">
         <v>-50756</v>
       </c>
-      <c r="R25" s="217">
+      <c r="T25" s="217">
         <v>-15026</v>
       </c>
-      <c r="S25" s="217">
+      <c r="U25" s="217">
         <v>-13899</v>
       </c>
-      <c r="T25" s="217">
+      <c r="V25" s="217">
         <v>-12324</v>
       </c>
-      <c r="U25" s="217">
+      <c r="W25" s="217">
         <v>-9507</v>
       </c>
-      <c r="V25" s="48">
+      <c r="X25" s="48">
         <v>-31897</v>
       </c>
-      <c r="W25" s="48">
+      <c r="Y25" s="48">
         <v>-10799</v>
       </c>
-      <c r="X25" s="48">
+      <c r="Z25" s="48">
         <v>-9490</v>
       </c>
-      <c r="Y25" s="48">
+      <c r="AA25" s="48">
         <v>-6221</v>
       </c>
-      <c r="Z25" s="48">
+      <c r="AB25" s="48">
         <v>-5387</v>
       </c>
-      <c r="AA25" s="48">
+      <c r="AC25" s="48">
         <v>-24650</v>
       </c>
-      <c r="AB25" s="48">
+      <c r="AD25" s="48">
         <v>-6620</v>
       </c>
-      <c r="AC25" s="48">
+      <c r="AE25" s="48">
         <v>-5901</v>
       </c>
-      <c r="AD25" s="48">
+      <c r="AF25" s="48">
         <v>-5058</v>
       </c>
-      <c r="AE25" s="48">
+      <c r="AG25" s="48">
         <v>-7071</v>
       </c>
-      <c r="AF25" s="48">
+      <c r="AH25" s="48">
         <v>-21283</v>
       </c>
-      <c r="AG25" s="48">
+      <c r="AI25" s="48">
         <v>-5982</v>
       </c>
-      <c r="AH25" s="48">
+      <c r="AJ25" s="48">
         <v>-5680</v>
       </c>
-      <c r="AI25" s="48">
+      <c r="AK25" s="48">
         <v>-5054</v>
       </c>
-      <c r="AJ25" s="48">
+      <c r="AL25" s="48">
         <v>-4567</v>
       </c>
-      <c r="AK25" s="48">
+      <c r="AM25" s="48">
         <v>-18450.359000000004</v>
       </c>
-      <c r="AL25" s="48">
+      <c r="AN25" s="48">
         <v>-5436.5540000000001</v>
       </c>
-      <c r="AM25" s="48">
+      <c r="AO25" s="48">
         <v>-5401.951</v>
       </c>
-      <c r="AN25" s="48">
+      <c r="AP25" s="48">
         <v>-4774.8620000000001</v>
       </c>
-      <c r="AO25" s="48">
+      <c r="AQ25" s="48">
         <v>-2836.9920000000002</v>
       </c>
-      <c r="AP25" s="48">
+      <c r="AR25" s="48">
         <v>-13819.902</v>
       </c>
-      <c r="AQ25" s="48">
+      <c r="AS25" s="48">
         <v>-5466.1830000000009</v>
       </c>
-      <c r="AR25" s="48">
+      <c r="AT25" s="48">
         <v>-3848.1929999999993</v>
       </c>
-      <c r="AS25" s="48">
+      <c r="AU25" s="48">
         <v>-1974.1320000000001</v>
       </c>
-      <c r="AT25" s="48">
+      <c r="AV25" s="48">
         <v>-2531.3939999999998</v>
       </c>
     </row>
-    <row r="26" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="325"/>
       <c r="B26" s="35" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C26" s="35" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D26" s="216">
+        <v>-139026</v>
+      </c>
+      <c r="E26" s="216">
+        <v>-39821</v>
+      </c>
+      <c r="F26" s="216">
         <v>-36763</v>
       </c>
-      <c r="E26" s="216">
+      <c r="G26" s="216">
         <v>-31439</v>
       </c>
-      <c r="F26" s="216">
+      <c r="H26" s="216">
         <v>-31003</v>
       </c>
-      <c r="G26" s="216">
+      <c r="I26" s="216">
         <v>-89784</v>
       </c>
-      <c r="H26" s="216">
+      <c r="J26" s="216">
         <v>-25687.530830000003</v>
       </c>
-      <c r="I26" s="216">
+      <c r="K26" s="216">
         <v>-23002.469170000004</v>
       </c>
-      <c r="J26" s="216">
+      <c r="L26" s="216">
         <v>-20908</v>
       </c>
-      <c r="K26" s="216">
+      <c r="M26" s="216">
         <v>-20186</v>
       </c>
-      <c r="L26" s="216">
+      <c r="N26" s="216">
         <v>-72418</v>
       </c>
-      <c r="M26" s="216">
+      <c r="O26" s="216">
         <v>-19759</v>
       </c>
-      <c r="N26" s="216">
+      <c r="P26" s="216">
         <v>-19128</v>
       </c>
-      <c r="O26" s="216">
+      <c r="Q26" s="216">
         <v>-18195</v>
       </c>
-      <c r="P26" s="216">
+      <c r="R26" s="216">
         <v>-15336</v>
       </c>
-      <c r="Q26" s="216">
+      <c r="S26" s="216">
         <v>-56564</v>
       </c>
-      <c r="R26" s="216">
+      <c r="T26" s="216">
         <v>-14945</v>
       </c>
-      <c r="S26" s="216">
+      <c r="U26" s="216">
         <v>-15534</v>
       </c>
-      <c r="T26" s="216">
+      <c r="V26" s="216">
         <v>-14448</v>
       </c>
-      <c r="U26" s="216">
+      <c r="W26" s="216">
         <v>-11637</v>
       </c>
-      <c r="V26" s="47">
+      <c r="X26" s="47">
         <v>-36335</v>
       </c>
-      <c r="W26" s="47">
+      <c r="Y26" s="47">
         <v>-10710</v>
       </c>
-      <c r="X26" s="47">
+      <c r="Z26" s="47">
         <v>-10332</v>
       </c>
-      <c r="Y26" s="47">
+      <c r="AA26" s="47">
         <v>-8414</v>
       </c>
-      <c r="Z26" s="47">
+      <c r="AB26" s="47">
         <v>-6879</v>
       </c>
-      <c r="AA26" s="47">
+      <c r="AC26" s="47">
         <v>-26214</v>
       </c>
-      <c r="AB26" s="47">
+      <c r="AD26" s="47">
         <v>-6702</v>
       </c>
-      <c r="AC26" s="47">
+      <c r="AE26" s="47">
         <v>-6903</v>
       </c>
-      <c r="AD26" s="47">
+      <c r="AF26" s="47">
         <v>-4872</v>
       </c>
-      <c r="AE26" s="47">
+      <c r="AG26" s="47">
         <v>-7737</v>
       </c>
-      <c r="AF26" s="47">
+      <c r="AH26" s="47">
         <v>-22038.021000000001</v>
       </c>
-      <c r="AG26" s="47">
+      <c r="AI26" s="47">
         <v>-6872.1670000000013</v>
       </c>
-      <c r="AH26" s="47">
+      <c r="AJ26" s="47">
         <v>-4879.9639999999999</v>
       </c>
-      <c r="AI26" s="47">
+      <c r="AK26" s="47">
         <v>-5534.5049999999992</v>
       </c>
-      <c r="AJ26" s="47">
+      <c r="AL26" s="47">
         <v>-4751.3850000000002</v>
       </c>
-      <c r="AK26" s="47">
+      <c r="AM26" s="47">
         <v>-18450.359000000004</v>
       </c>
-      <c r="AL26" s="47">
+      <c r="AN26" s="47">
         <v>-5436.5540000000001</v>
       </c>
-      <c r="AM26" s="47">
+      <c r="AO26" s="47">
         <v>-5401.951</v>
       </c>
-      <c r="AN26" s="47">
+      <c r="AP26" s="47">
         <v>-4774.8620000000001</v>
       </c>
-      <c r="AO26" s="47">
+      <c r="AQ26" s="47">
         <v>-2836.9920000000002</v>
       </c>
-      <c r="AP26" s="47">
+      <c r="AR26" s="47">
         <v>-13819.902</v>
       </c>
-      <c r="AQ26" s="47">
+      <c r="AS26" s="47">
         <v>-5466.1830000000009</v>
       </c>
-      <c r="AR26" s="47">
+      <c r="AT26" s="47">
         <v>-3848.1929999999993</v>
       </c>
-      <c r="AS26" s="47">
+      <c r="AU26" s="47">
         <v>-1974.1320000000001</v>
       </c>
-      <c r="AT26" s="47">
+      <c r="AV26" s="47">
         <v>-2531.3939999999998</v>
       </c>
     </row>
-    <row r="27" spans="1:46" s="29" customFormat="1" ht="36" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:48" s="29" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.3">
       <c r="A27" s="187"/>
       <c r="B27" s="33" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C27" s="33" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D27" s="221">
+        <v>1081220</v>
+      </c>
+      <c r="E27" s="221">
+        <v>297189</v>
+      </c>
+      <c r="F27" s="221">
         <v>283210</v>
       </c>
-      <c r="E27" s="221">
+      <c r="G27" s="221">
         <v>267157</v>
       </c>
-      <c r="F27" s="221">
+      <c r="H27" s="221">
         <v>233664</v>
       </c>
-      <c r="G27" s="221">
+      <c r="I27" s="221">
         <v>698812</v>
       </c>
-      <c r="H27" s="221">
+      <c r="J27" s="221">
         <v>188872</v>
       </c>
-      <c r="I27" s="221">
+      <c r="K27" s="221">
         <v>180588</v>
       </c>
-      <c r="J27" s="221">
+      <c r="L27" s="221">
         <v>175282</v>
       </c>
-      <c r="K27" s="221">
+      <c r="M27" s="221">
         <v>154070</v>
       </c>
-      <c r="L27" s="221">
+      <c r="N27" s="221">
         <v>495611</v>
       </c>
-      <c r="M27" s="221">
+      <c r="O27" s="221">
         <v>164594</v>
       </c>
-      <c r="N27" s="221">
+      <c r="P27" s="221">
         <v>112891</v>
       </c>
-      <c r="O27" s="221">
+      <c r="Q27" s="221">
         <v>124070</v>
       </c>
-      <c r="P27" s="221">
+      <c r="R27" s="221">
         <v>94056</v>
       </c>
-      <c r="Q27" s="221">
+      <c r="S27" s="221">
         <v>348440</v>
       </c>
-      <c r="R27" s="221">
+      <c r="T27" s="221">
         <v>97279</v>
       </c>
-      <c r="S27" s="221">
+      <c r="U27" s="221">
         <v>94871</v>
       </c>
-      <c r="T27" s="221">
+      <c r="V27" s="221">
         <v>92939</v>
       </c>
-      <c r="U27" s="221">
+      <c r="W27" s="221">
         <v>63351</v>
       </c>
-      <c r="V27" s="34">
+      <c r="X27" s="34">
         <v>315302.48998000001</v>
       </c>
-      <c r="W27" s="34">
+      <c r="Y27" s="34">
         <v>111644</v>
       </c>
-      <c r="X27" s="34">
+      <c r="Z27" s="34">
         <v>74639.489980000028</v>
       </c>
-      <c r="Y27" s="34">
+      <c r="AA27" s="34">
         <v>76951</v>
       </c>
-      <c r="Z27" s="34">
+      <c r="AB27" s="34">
         <v>52068</v>
       </c>
-      <c r="AA27" s="34">
+      <c r="AC27" s="34">
         <v>189998</v>
       </c>
-      <c r="AB27" s="34">
+      <c r="AD27" s="34">
         <v>74352</v>
       </c>
-      <c r="AC27" s="34">
+      <c r="AE27" s="34">
         <v>59216</v>
       </c>
-      <c r="AD27" s="34">
+      <c r="AF27" s="34">
         <v>41012</v>
       </c>
-      <c r="AE27" s="34">
+      <c r="AG27" s="34">
         <v>15418</v>
       </c>
-      <c r="AF27" s="34">
+      <c r="AH27" s="34">
         <v>204057.47799999997</v>
       </c>
-      <c r="AG27" s="34">
+      <c r="AI27" s="34">
         <v>66514.355999999927</v>
       </c>
-      <c r="AH27" s="34">
+      <c r="AJ27" s="34">
         <v>40302.673000000053</v>
       </c>
-      <c r="AI27" s="34">
+      <c r="AK27" s="34">
         <v>73734.16800000002</v>
       </c>
-      <c r="AJ27" s="34">
+      <c r="AL27" s="34">
         <v>23506.280999999981</v>
       </c>
-      <c r="AK27" s="34">
+      <c r="AM27" s="34">
         <v>176011.29000000004</v>
       </c>
-      <c r="AL27" s="34">
+      <c r="AN27" s="34">
         <v>61977.444999999978</v>
       </c>
-      <c r="AM27" s="34">
+      <c r="AO27" s="34">
         <v>53428.835000000057</v>
       </c>
-      <c r="AN27" s="34">
+      <c r="AP27" s="34">
         <v>39845.081999999988</v>
       </c>
-      <c r="AO27" s="34">
+      <c r="AQ27" s="34">
         <v>20759.928</v>
       </c>
-      <c r="AP27" s="34">
+      <c r="AR27" s="34">
         <v>128775.5070000001</v>
       </c>
-      <c r="AQ27" s="34">
+      <c r="AS27" s="34">
         <v>50702.637000000061</v>
       </c>
-      <c r="AR27" s="34">
+      <c r="AT27" s="34">
         <v>46026.546000000038</v>
       </c>
-      <c r="AS27" s="34">
+      <c r="AU27" s="34">
         <v>18112.649999999976</v>
       </c>
-      <c r="AT27" s="34">
+      <c r="AV27" s="34">
         <v>13933.674000000014</v>
       </c>
     </row>
-    <row r="28" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="187"/>
       <c r="B28" s="45" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C28" s="45" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D28" s="223">
+        <v>0.2002472856363938</v>
+      </c>
+      <c r="E28" s="223">
+        <v>0.20899999999999999</v>
+      </c>
+      <c r="F28" s="223">
         <v>0.2</v>
       </c>
-      <c r="E28" s="223">
+      <c r="G28" s="223">
         <v>0.19839387969246969</v>
       </c>
-      <c r="F28" s="223">
+      <c r="H28" s="223">
         <v>0.19212882261236786</v>
       </c>
-      <c r="G28" s="223">
+      <c r="I28" s="223">
         <v>0.17798187101884466</v>
       </c>
-      <c r="H28" s="223">
+      <c r="J28" s="223">
         <v>0.18249013740481618</v>
       </c>
-      <c r="I28" s="223">
+      <c r="K28" s="223">
         <v>0.17103209479936962</v>
       </c>
-      <c r="J28" s="223">
+      <c r="L28" s="223">
         <v>0.17561830906185344</v>
       </c>
-      <c r="K28" s="223">
+      <c r="M28" s="223">
         <v>0.18399010248608161</v>
       </c>
-      <c r="L28" s="223">
+      <c r="N28" s="223">
         <v>0.17171914910130096</v>
       </c>
-      <c r="M28" s="223">
+      <c r="O28" s="223">
         <v>0.20280287236506833</v>
       </c>
-      <c r="N28" s="223">
+      <c r="P28" s="223">
         <v>0.15014616810795425</v>
       </c>
-      <c r="O28" s="223">
+      <c r="Q28" s="223">
         <v>0.17048530668667364</v>
       </c>
-      <c r="P28" s="223">
+      <c r="R28" s="223">
         <v>0.15808900153960964</v>
       </c>
-      <c r="Q28" s="223">
+      <c r="S28" s="223">
         <v>0.15436181551893549</v>
       </c>
-      <c r="R28" s="223">
+      <c r="T28" s="223">
         <v>0.16758430121382722</v>
       </c>
-      <c r="S28" s="223">
+      <c r="U28" s="223">
         <v>0.15139174575008099</v>
       </c>
-      <c r="T28" s="223">
+      <c r="V28" s="223">
         <v>0.15418318034848361</v>
       </c>
-      <c r="U28" s="223">
+      <c r="W28" s="223">
         <v>0.14160635173255487</v>
       </c>
-      <c r="V28" s="51">
+      <c r="X28" s="51">
         <v>0.18138600450333309</v>
       </c>
-      <c r="W28" s="51">
+      <c r="Y28" s="51">
         <v>0.22700000000000001</v>
       </c>
-      <c r="X28" s="51">
+      <c r="Z28" s="51">
         <v>0.16352187225078751</v>
       </c>
-      <c r="Y28" s="51">
+      <c r="AA28" s="51">
         <v>0.17049566067040814</v>
       </c>
-      <c r="Z28" s="51">
+      <c r="AB28" s="51">
         <v>0.15346344971498971</v>
       </c>
-      <c r="AA28" s="51">
+      <c r="AC28" s="51">
         <v>0.16598321629937399</v>
       </c>
-      <c r="AB28" s="51">
+      <c r="AD28" s="51">
         <v>0.21535137389611855</v>
       </c>
-      <c r="AC28" s="51">
+      <c r="AE28" s="51">
         <v>0.18170102301947236</v>
       </c>
-      <c r="AD28" s="51">
+      <c r="AF28" s="51">
         <v>0.16657730987311337</v>
       </c>
-      <c r="AE28" s="51">
+      <c r="AG28" s="51">
         <v>6.782479401375148E-2</v>
       </c>
-      <c r="AF28" s="51">
+      <c r="AH28" s="51">
         <v>0.20019815113456807</v>
       </c>
-      <c r="AG28" s="51">
+      <c r="AI28" s="51">
         <v>0.22081359368509271</v>
       </c>
-      <c r="AH28" s="51">
+      <c r="AJ28" s="51">
         <v>0.15498829201430606</v>
       </c>
-      <c r="AI28" s="51">
+      <c r="AK28" s="51">
         <v>0.27687980705249832</v>
       </c>
-      <c r="AJ28" s="51">
+      <c r="AL28" s="51">
         <v>0.12478765754080889</v>
       </c>
-      <c r="AK28" s="51">
+      <c r="AM28" s="51">
         <v>0.19126391887132807</v>
       </c>
-      <c r="AL28" s="51">
+      <c r="AN28" s="51">
         <v>0.22385734057876783</v>
       </c>
-      <c r="AM28" s="51">
+      <c r="AO28" s="51">
         <v>0.20320492346108995</v>
       </c>
-      <c r="AN28" s="51">
+      <c r="AP28" s="51">
         <v>0.17213648719851884</v>
       </c>
-      <c r="AO28" s="51">
+      <c r="AQ28" s="51">
         <v>0.13992300730040713</v>
       </c>
-      <c r="AP28" s="51">
+      <c r="AR28" s="51">
         <v>0.15812617568927401</v>
       </c>
-      <c r="AQ28" s="51">
+      <c r="AS28" s="51">
         <v>0.21850980068021431</v>
       </c>
-      <c r="AR28" s="51">
+      <c r="AT28" s="51">
         <v>0.21437810338709237</v>
       </c>
-      <c r="AS28" s="51">
+      <c r="AU28" s="51">
         <v>9.4193290643501709E-2</v>
       </c>
-      <c r="AT28" s="51">
+      <c r="AV28" s="51">
         <v>8.3792178508096365E-2</v>
       </c>
     </row>
-    <row r="29" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="187"/>
       <c r="B29" s="37"/>
       <c r="C29" s="37"/>
-      <c r="D29" s="280"/>
+      <c r="D29" s="237"/>
       <c r="E29" s="280"/>
       <c r="F29" s="280"/>
-      <c r="G29" s="237"/>
+      <c r="G29" s="280"/>
       <c r="H29" s="280"/>
-      <c r="I29" s="271"/>
-[...1 lines deleted...]
-      <c r="K29" s="281"/>
+      <c r="I29" s="237"/>
+      <c r="J29" s="280"/>
+      <c r="K29" s="271"/>
       <c r="L29" s="271"/>
-      <c r="M29" s="215"/>
-      <c r="N29" s="215"/>
+      <c r="M29" s="281"/>
+      <c r="N29" s="271"/>
       <c r="O29" s="215"/>
       <c r="P29" s="215"/>
       <c r="Q29" s="215"/>
       <c r="R29" s="215"/>
       <c r="S29" s="215"/>
       <c r="T29" s="215"/>
       <c r="U29" s="215"/>
-      <c r="V29" s="44"/>
-      <c r="W29" s="44"/>
+      <c r="V29" s="215"/>
+      <c r="W29" s="215"/>
       <c r="X29" s="44"/>
       <c r="Y29" s="44"/>
       <c r="Z29" s="44"/>
       <c r="AA29" s="44"/>
       <c r="AB29" s="44"/>
       <c r="AC29" s="44"/>
       <c r="AD29" s="44"/>
       <c r="AE29" s="44"/>
       <c r="AF29" s="44"/>
       <c r="AG29" s="44"/>
       <c r="AH29" s="44"/>
       <c r="AI29" s="44"/>
       <c r="AJ29" s="44"/>
       <c r="AK29" s="44"/>
       <c r="AL29" s="44"/>
       <c r="AM29" s="44"/>
       <c r="AN29" s="44"/>
       <c r="AO29" s="44"/>
       <c r="AP29" s="44"/>
       <c r="AQ29" s="44"/>
       <c r="AR29" s="44"/>
       <c r="AS29" s="44"/>
       <c r="AT29" s="44"/>
+      <c r="AU29" s="44"/>
+      <c r="AV29" s="44"/>
     </row>
-    <row r="30" spans="1:46" s="29" customFormat="1" ht="36" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:48" s="29" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.3">
       <c r="A30" s="187"/>
       <c r="B30" s="45" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="C30" s="45" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D30" s="216">
+        <v>210</v>
+      </c>
+      <c r="D30" s="212">
+        <v>105684.4</v>
+      </c>
+      <c r="E30" s="216">
+        <v>27112</v>
+      </c>
+      <c r="F30" s="216">
         <v>27957</v>
       </c>
-      <c r="E30" s="216">
+      <c r="G30" s="216">
         <v>30426.400000000001</v>
       </c>
-      <c r="F30" s="216">
+      <c r="H30" s="216">
         <v>20189</v>
       </c>
-      <c r="G30" s="212">
+      <c r="I30" s="212">
         <v>48969</v>
       </c>
-      <c r="H30" s="216">
+      <c r="J30" s="216">
         <v>23088</v>
       </c>
-      <c r="I30" s="216">
+      <c r="K30" s="216">
         <v>10017</v>
       </c>
-      <c r="J30" s="216">
+      <c r="L30" s="216">
         <v>3035</v>
       </c>
-      <c r="K30" s="216">
+      <c r="M30" s="216">
         <v>12829</v>
       </c>
-      <c r="L30" s="212">
+      <c r="N30" s="212">
         <v>13846</v>
       </c>
-      <c r="M30" s="216">
+      <c r="O30" s="216">
         <v>4271</v>
       </c>
-      <c r="N30" s="212">
+      <c r="P30" s="212">
         <v>4671</v>
       </c>
-      <c r="O30" s="212">
+      <c r="Q30" s="212">
         <v>2697</v>
       </c>
-      <c r="P30" s="212">
+      <c r="R30" s="212">
         <v>2207</v>
       </c>
-      <c r="Q30" s="212">
+      <c r="S30" s="212">
         <v>18555</v>
       </c>
-      <c r="R30" s="216">
+      <c r="T30" s="216">
         <v>5494</v>
       </c>
-      <c r="S30" s="212">
+      <c r="U30" s="212">
         <v>4999</v>
       </c>
-      <c r="T30" s="212">
+      <c r="V30" s="212">
         <v>6614</v>
       </c>
-      <c r="U30" s="212">
+      <c r="W30" s="212">
         <v>1448</v>
       </c>
-      <c r="V30" s="47">
+      <c r="X30" s="47">
         <v>15555.72588752408</v>
       </c>
-      <c r="W30" s="47">
+      <c r="Y30" s="47">
         <v>7891</v>
       </c>
-      <c r="X30" s="47">
+      <c r="Z30" s="47">
         <v>7241.7258875240796</v>
       </c>
-      <c r="Y30" s="47">
+      <c r="AA30" s="47">
         <v>-1652</v>
       </c>
-      <c r="Z30" s="36">
+      <c r="AB30" s="36">
         <v>2075</v>
       </c>
-      <c r="AA30" s="36">
+      <c r="AC30" s="36">
         <v>29186</v>
       </c>
-      <c r="AB30" s="36">
+      <c r="AD30" s="36">
         <v>6384</v>
       </c>
-      <c r="AC30" s="36">
+      <c r="AE30" s="36">
         <v>9861</v>
       </c>
-      <c r="AD30" s="36">
+      <c r="AF30" s="36">
         <v>4023</v>
       </c>
-      <c r="AE30" s="36">
+      <c r="AG30" s="36">
         <v>8918</v>
       </c>
-      <c r="AF30" s="36">
+      <c r="AH30" s="36">
         <v>43929.175000000003</v>
       </c>
-      <c r="AG30" s="36">
+      <c r="AI30" s="36">
         <v>16143.431000000004</v>
       </c>
-      <c r="AH30" s="36">
+      <c r="AJ30" s="36">
         <v>9994.4049999999988</v>
       </c>
-      <c r="AI30" s="36">
+      <c r="AK30" s="36">
         <v>12661.404999999999</v>
       </c>
-      <c r="AJ30" s="36">
+      <c r="AL30" s="36">
         <v>5129.9340000000002</v>
       </c>
-      <c r="AK30" s="36">
+      <c r="AM30" s="36">
         <v>45011.828000000001</v>
       </c>
-      <c r="AL30" s="36">
+      <c r="AN30" s="36">
         <v>18858.055</v>
       </c>
-      <c r="AM30" s="36">
+      <c r="AO30" s="36">
         <v>17211.594000000001</v>
       </c>
-      <c r="AN30" s="36">
+      <c r="AP30" s="36">
         <v>8289.8289999999997</v>
       </c>
-      <c r="AO30" s="36">
+      <c r="AQ30" s="36">
         <v>652.35</v>
       </c>
-      <c r="AP30" s="36">
+      <c r="AR30" s="36">
         <v>15941.332</v>
       </c>
-      <c r="AQ30" s="36">
+      <c r="AS30" s="36">
         <v>3753.4240000000009</v>
       </c>
-      <c r="AR30" s="36">
+      <c r="AT30" s="36">
         <v>12400</v>
       </c>
-      <c r="AS30" s="47">
+      <c r="AU30" s="47">
         <v>-1501</v>
       </c>
-      <c r="AT30" s="36">
+      <c r="AV30" s="36">
         <v>1288.9079999999999</v>
       </c>
     </row>
-    <row r="31" spans="1:46" s="29" customFormat="1" ht="36" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:48" s="29" customFormat="1" ht="37.200000000000003" x14ac:dyDescent="0.3">
       <c r="A31" s="187"/>
       <c r="B31" s="33" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C31" s="33" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D31" s="221">
+        <v>975535.6</v>
+      </c>
+      <c r="E31" s="221">
+        <v>270077</v>
+      </c>
+      <c r="F31" s="221">
         <v>255253</v>
       </c>
-      <c r="E31" s="221">
+      <c r="G31" s="221">
         <v>236730.6</v>
       </c>
-      <c r="F31" s="221">
+      <c r="H31" s="221">
         <v>213475</v>
       </c>
-      <c r="G31" s="221">
+      <c r="I31" s="221">
         <v>649843</v>
       </c>
-      <c r="H31" s="221">
+      <c r="J31" s="221">
         <v>165784</v>
       </c>
-      <c r="I31" s="221">
+      <c r="K31" s="221">
         <v>170571</v>
       </c>
-      <c r="J31" s="221">
+      <c r="L31" s="221">
         <v>172247</v>
       </c>
-      <c r="K31" s="221">
+      <c r="M31" s="221">
         <v>141241</v>
       </c>
-      <c r="L31" s="221">
+      <c r="N31" s="221">
         <v>481765</v>
       </c>
-      <c r="M31" s="221">
+      <c r="O31" s="221">
         <v>160323</v>
       </c>
-      <c r="N31" s="221">
+      <c r="P31" s="221">
         <v>108220</v>
       </c>
-      <c r="O31" s="221">
+      <c r="Q31" s="221">
         <v>121373</v>
       </c>
-      <c r="P31" s="221">
+      <c r="R31" s="221">
         <v>91849</v>
       </c>
-      <c r="Q31" s="221">
+      <c r="S31" s="221">
         <v>329885</v>
       </c>
-      <c r="R31" s="221">
+      <c r="T31" s="221">
         <v>91785</v>
       </c>
-      <c r="S31" s="221">
+      <c r="U31" s="221">
         <v>89872</v>
       </c>
-      <c r="T31" s="221">
+      <c r="V31" s="221">
         <v>86325</v>
       </c>
-      <c r="U31" s="221">
+      <c r="W31" s="221">
         <v>61903</v>
       </c>
-      <c r="V31" s="34">
+      <c r="X31" s="34">
         <v>299746.76409247593</v>
       </c>
-      <c r="W31" s="34">
+      <c r="Y31" s="34">
         <v>103753</v>
       </c>
-      <c r="X31" s="34">
+      <c r="Z31" s="34">
         <v>67397.764092475947</v>
       </c>
-      <c r="Y31" s="34">
+      <c r="AA31" s="34">
         <v>78603</v>
       </c>
-      <c r="Z31" s="34">
+      <c r="AB31" s="34">
         <v>49993</v>
       </c>
-      <c r="AA31" s="34">
+      <c r="AC31" s="34">
         <v>160812</v>
       </c>
-      <c r="AB31" s="34">
+      <c r="AD31" s="34">
         <v>67968</v>
       </c>
-      <c r="AC31" s="34">
+      <c r="AE31" s="34">
         <v>49355</v>
       </c>
-      <c r="AD31" s="34">
+      <c r="AF31" s="34">
         <v>36989</v>
       </c>
-      <c r="AE31" s="34">
+      <c r="AG31" s="34">
         <v>6500</v>
       </c>
-      <c r="AF31" s="34">
+      <c r="AH31" s="34">
         <v>160128.30299999999</v>
       </c>
-      <c r="AG31" s="34">
+      <c r="AI31" s="34">
         <v>50370.924999999923</v>
       </c>
-      <c r="AH31" s="34">
+      <c r="AJ31" s="34">
         <v>30308.268000000055</v>
       </c>
-      <c r="AI31" s="34">
+      <c r="AK31" s="34">
         <v>61072.763000000021</v>
       </c>
-      <c r="AJ31" s="34">
+      <c r="AL31" s="34">
         <v>18376.34699999998</v>
       </c>
-      <c r="AK31" s="34">
+      <c r="AM31" s="34">
         <v>130999.46200000003</v>
       </c>
-      <c r="AL31" s="34">
+      <c r="AN31" s="34">
         <v>43119.389999999978</v>
       </c>
-      <c r="AM31" s="34">
+      <c r="AO31" s="34">
         <v>36217.241000000053</v>
       </c>
-      <c r="AN31" s="34">
+      <c r="AP31" s="34">
         <v>31555.25299999999</v>
       </c>
-      <c r="AO31" s="34">
+      <c r="AQ31" s="34">
         <v>20107.578000000001</v>
       </c>
-      <c r="AP31" s="34">
+      <c r="AR31" s="34">
         <v>112834.1750000001</v>
       </c>
-      <c r="AQ31" s="34">
+      <c r="AS31" s="34">
         <v>46949.213000000062</v>
       </c>
-      <c r="AR31" s="34">
+      <c r="AT31" s="34">
         <v>33626.546000000038</v>
       </c>
-      <c r="AS31" s="34">
+      <c r="AU31" s="34">
         <v>19613.649999999976</v>
       </c>
-      <c r="AT31" s="34">
+      <c r="AV31" s="34">
         <v>12644.766000000014</v>
       </c>
     </row>
-    <row r="32" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="187"/>
       <c r="B32" s="45" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C32" s="45" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D32" s="224">
+        <v>0.18067408671739801</v>
+      </c>
+      <c r="E32" s="224">
+        <v>0.19</v>
+      </c>
+      <c r="F32" s="224">
         <v>0.18</v>
       </c>
-      <c r="E32" s="224">
+      <c r="G32" s="224">
         <v>0.17579918000830239</v>
       </c>
-      <c r="F32" s="224">
+      <c r="H32" s="224">
         <v>0.17552853844484059</v>
       </c>
-      <c r="G32" s="224">
+      <c r="I32" s="224">
         <v>0.16550985530943813</v>
       </c>
-      <c r="H32" s="224">
+      <c r="J32" s="224">
         <v>0.16018226597653462</v>
       </c>
-      <c r="I32" s="224">
+      <c r="K32" s="224">
         <v>0.16154514941204995</v>
       </c>
-      <c r="J32" s="224">
+      <c r="L32" s="224">
         <v>0.17257748588547067</v>
       </c>
-      <c r="K32" s="224">
+      <c r="M32" s="224">
         <v>0.16866973495967194</v>
       </c>
-      <c r="L32" s="224">
+      <c r="N32" s="224">
         <v>0.16692179121687828</v>
       </c>
-      <c r="M32" s="224">
+      <c r="O32" s="224">
         <v>0.19754040187482441</v>
       </c>
-      <c r="N32" s="224">
+      <c r="P32" s="224">
         <v>0.14393369101737791</v>
       </c>
-      <c r="O32" s="224">
+      <c r="Q32" s="224">
         <v>0.16677934334231997</v>
       </c>
-      <c r="P32" s="224">
+      <c r="R32" s="224">
         <v>0.15437948352483208</v>
       </c>
-      <c r="Q32" s="224">
+      <c r="S32" s="224">
         <v>0.14614179632781552</v>
       </c>
-      <c r="R32" s="224">
+      <c r="T32" s="224">
         <v>0.15811968756783204</v>
       </c>
-      <c r="S32" s="223">
+      <c r="U32" s="223">
         <v>0.14341452049679332</v>
       </c>
-      <c r="T32" s="223">
+      <c r="V32" s="223">
         <v>0.14321074084703783</v>
       </c>
-      <c r="U32" s="223">
+      <c r="W32" s="223">
         <v>0.13836968621332488</v>
       </c>
-      <c r="V32" s="50">
+      <c r="X32" s="50">
         <v>0.1724371663065081</v>
       </c>
-      <c r="W32" s="50">
+      <c r="Y32" s="50">
         <v>0.21121364431225736</v>
       </c>
-      <c r="X32" s="50">
+      <c r="Z32" s="50">
         <v>0.1476565364108422</v>
       </c>
-      <c r="Y32" s="50">
+      <c r="AA32" s="50">
         <v>0.17415589681324598</v>
       </c>
-      <c r="Z32" s="50">
+      <c r="AB32" s="50">
         <v>0.14734766539143968</v>
       </c>
-      <c r="AA32" s="50">
+      <c r="AC32" s="50">
         <v>0.14048617869417007</v>
       </c>
-      <c r="AB32" s="50">
+      <c r="AD32" s="50">
         <v>0.19686090731885339</v>
       </c>
-      <c r="AC32" s="50">
+      <c r="AE32" s="50">
         <v>0.15144308955562782</v>
       </c>
-      <c r="AD32" s="50">
+      <c r="AF32" s="50">
         <v>0.15023720167015969</v>
       </c>
-      <c r="AE32" s="50">
+      <c r="AG32" s="50">
         <v>2.8593926649979545E-2</v>
       </c>
-      <c r="AF32" s="50">
+      <c r="AH32" s="50">
         <v>0.15709980599150555</v>
       </c>
-      <c r="AG32" s="50">
+      <c r="AI32" s="50">
         <v>0.16698450103651621</v>
       </c>
-      <c r="AH32" s="50">
+      <c r="AJ32" s="50">
         <v>0.11589093384538429</v>
       </c>
-      <c r="AI32" s="50">
+      <c r="AK32" s="50">
         <v>0.22811076321467078</v>
       </c>
-      <c r="AJ32" s="50">
+      <c r="AL32" s="50">
         <v>9.755440668334861E-2</v>
       </c>
-      <c r="AK32" s="50">
+      <c r="AM32" s="50">
         <v>0.14235149615775003</v>
       </c>
-      <c r="AL32" s="50">
+      <c r="AN32" s="50">
         <v>0.15588532886958964</v>
       </c>
-      <c r="AM32" s="50">
+      <c r="AO32" s="50">
         <v>0.13754666560590961</v>
       </c>
-      <c r="AN32" s="50">
+      <c r="AP32" s="50">
         <v>0.13603262342663017</v>
       </c>
-      <c r="AO32" s="50">
+      <c r="AQ32" s="50">
         <v>0.13552613396768554</v>
       </c>
-      <c r="AP32" s="50">
+      <c r="AR32" s="50">
         <v>0.13855147609556134</v>
       </c>
-      <c r="AQ32" s="50">
+      <c r="AS32" s="50">
         <v>0.21044279475046943</v>
       </c>
-      <c r="AR32" s="50">
+      <c r="AT32" s="50">
         <v>0.15507545929290806</v>
       </c>
-      <c r="AS32" s="50">
+      <c r="AU32" s="50">
         <v>9.42244303221106E-2</v>
       </c>
-      <c r="AT32" s="50">
+      <c r="AV32" s="50">
         <v>7.6041142477217979E-2</v>
       </c>
     </row>
-    <row r="33" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="187"/>
       <c r="B33" s="37"/>
       <c r="C33" s="37"/>
-      <c r="D33" s="282"/>
+      <c r="D33" s="237"/>
       <c r="E33" s="282"/>
       <c r="F33" s="282"/>
-      <c r="G33" s="237"/>
+      <c r="G33" s="282"/>
       <c r="H33" s="282"/>
       <c r="I33" s="237"/>
-      <c r="J33" s="237"/>
-      <c r="K33" s="282"/>
+      <c r="J33" s="282"/>
+      <c r="K33" s="237"/>
       <c r="L33" s="237"/>
-      <c r="M33" s="237"/>
+      <c r="M33" s="282"/>
       <c r="N33" s="237"/>
-      <c r="O33" s="238"/>
-      <c r="P33" s="238"/>
+      <c r="O33" s="237"/>
+      <c r="P33" s="237"/>
       <c r="Q33" s="238"/>
       <c r="R33" s="238"/>
       <c r="S33" s="238"/>
       <c r="T33" s="238"/>
       <c r="U33" s="238"/>
       <c r="V33" s="238"/>
       <c r="W33" s="238"/>
       <c r="X33" s="238"/>
       <c r="Y33" s="238"/>
       <c r="Z33" s="238"/>
       <c r="AA33" s="238"/>
       <c r="AB33" s="238"/>
       <c r="AC33" s="238"/>
       <c r="AD33" s="238"/>
       <c r="AE33" s="238"/>
       <c r="AF33" s="238"/>
       <c r="AG33" s="238"/>
       <c r="AH33" s="238"/>
       <c r="AI33" s="238"/>
       <c r="AJ33" s="238"/>
       <c r="AK33" s="238"/>
       <c r="AL33" s="238"/>
       <c r="AM33" s="238"/>
       <c r="AN33" s="238"/>
       <c r="AO33" s="238"/>
       <c r="AP33" s="238"/>
       <c r="AQ33" s="238"/>
       <c r="AR33" s="238"/>
       <c r="AS33" s="238"/>
       <c r="AT33" s="238"/>
+      <c r="AU33" s="238"/>
+      <c r="AV33" s="238"/>
     </row>
-    <row r="34" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="187"/>
       <c r="B34" s="45" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C34" s="45" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D34" s="212">
+        <v>34878</v>
+      </c>
+      <c r="E34" s="212">
+        <v>9070</v>
+      </c>
+      <c r="F34" s="212">
         <v>8521</v>
       </c>
-      <c r="E34" s="212">
+      <c r="G34" s="212">
         <v>8754</v>
       </c>
-      <c r="F34" s="212">
+      <c r="H34" s="212">
         <v>8533</v>
       </c>
-      <c r="G34" s="212">
+      <c r="I34" s="212">
         <v>31129</v>
       </c>
-      <c r="H34" s="212">
+      <c r="J34" s="212">
         <v>8811.1873100000012</v>
       </c>
-      <c r="I34" s="212">
+      <c r="K34" s="212">
         <v>8191.3272200000001</v>
       </c>
-      <c r="J34" s="212">
+      <c r="L34" s="212">
         <v>7009</v>
       </c>
-      <c r="K34" s="212">
+      <c r="M34" s="212">
         <v>7117</v>
       </c>
-      <c r="L34" s="212">
+      <c r="N34" s="212">
         <v>25872</v>
       </c>
-      <c r="M34" s="240">
+      <c r="O34" s="240">
         <v>7010.0234500000006</v>
       </c>
-      <c r="N34" s="240">
+      <c r="P34" s="240">
         <v>6340.8938500000004</v>
       </c>
-      <c r="O34" s="240">
+      <c r="Q34" s="240">
         <v>6300</v>
       </c>
-      <c r="P34" s="240">
+      <c r="R34" s="240">
         <v>6221.0826999999999</v>
       </c>
-      <c r="Q34" s="240">
+      <c r="S34" s="240">
         <v>23596</v>
       </c>
-      <c r="R34" s="240">
+      <c r="T34" s="240">
         <v>6302</v>
       </c>
-      <c r="S34" s="240">
+      <c r="U34" s="240">
         <v>5715</v>
       </c>
-      <c r="T34" s="240">
+      <c r="V34" s="240">
         <v>5704</v>
       </c>
-      <c r="U34" s="240">
+      <c r="W34" s="240">
         <v>5875</v>
       </c>
-      <c r="V34" s="240">
+      <c r="X34" s="240">
         <v>1437.7429500000001</v>
       </c>
-      <c r="W34" s="240">
+      <c r="Y34" s="240">
         <v>378</v>
       </c>
-      <c r="X34" s="240">
+      <c r="Z34" s="240">
         <v>370.45283999999998</v>
       </c>
-      <c r="Y34" s="240">
+      <c r="AA34" s="240">
         <v>355.05849999999998</v>
       </c>
-      <c r="Z34" s="240">
+      <c r="AB34" s="240">
         <v>334.74295000000001</v>
       </c>
-      <c r="AA34" s="240">
+      <c r="AC34" s="240">
         <v>1559</v>
       </c>
-      <c r="AB34" s="240">
+      <c r="AD34" s="240">
         <v>265</v>
       </c>
-      <c r="AC34" s="240">
+      <c r="AE34" s="240">
         <v>365</v>
       </c>
-      <c r="AD34" s="240">
+      <c r="AF34" s="240">
         <v>307</v>
       </c>
-      <c r="AE34" s="240">
+      <c r="AG34" s="240">
         <v>2925</v>
       </c>
-      <c r="AF34" s="50"/>
-      <c r="AG34" s="50"/>
       <c r="AH34" s="50"/>
       <c r="AI34" s="50"/>
       <c r="AJ34" s="50"/>
       <c r="AK34" s="50"/>
       <c r="AL34" s="50"/>
       <c r="AM34" s="50"/>
       <c r="AN34" s="50"/>
       <c r="AO34" s="50"/>
       <c r="AP34" s="50"/>
       <c r="AQ34" s="50"/>
       <c r="AR34" s="50"/>
       <c r="AS34" s="50"/>
       <c r="AT34" s="50"/>
+      <c r="AU34" s="50"/>
+      <c r="AV34" s="50"/>
     </row>
-    <row r="35" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="187"/>
       <c r="B35" s="37" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C35" s="37" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D35" s="217">
+        <v>1302938</v>
+      </c>
+      <c r="E35" s="217">
+        <v>354992</v>
+      </c>
+      <c r="F35" s="217">
         <v>337188</v>
       </c>
-      <c r="E35" s="217">
+      <c r="G35" s="217">
         <v>322978</v>
       </c>
-      <c r="F35" s="217">
+      <c r="H35" s="217">
         <v>287780</v>
       </c>
-      <c r="G35" s="217">
+      <c r="I35" s="217">
         <v>850809</v>
       </c>
-      <c r="H35" s="217">
+      <c r="J35" s="217">
         <v>236176.18731000001</v>
       </c>
-      <c r="I35" s="217">
+      <c r="K35" s="217">
         <v>219394.19894500033</v>
       </c>
-      <c r="J35" s="217">
+      <c r="L35" s="217">
         <v>208950.076789999</v>
       </c>
-      <c r="K35" s="217">
+      <c r="M35" s="217">
         <v>186290</v>
       </c>
-      <c r="L35" s="217">
+      <c r="N35" s="217">
         <v>607812</v>
       </c>
-      <c r="M35" s="241">
+      <c r="O35" s="241">
         <v>190683.02344999998</v>
       </c>
-      <c r="N35" s="241">
+      <c r="P35" s="241">
         <v>141905.89384999999</v>
       </c>
-      <c r="O35" s="241">
+      <c r="Q35" s="241">
         <v>154166</v>
       </c>
-      <c r="P35" s="241">
+      <c r="R35" s="241">
         <v>121057.0827</v>
       </c>
-      <c r="Q35" s="241">
+      <c r="S35" s="241">
         <v>453037</v>
       </c>
-      <c r="R35" s="241">
+      <c r="T35" s="241">
         <v>130204</v>
       </c>
-      <c r="S35" s="241">
+      <c r="U35" s="241">
         <v>120185</v>
       </c>
-      <c r="T35" s="241">
+      <c r="V35" s="241">
         <v>117700</v>
       </c>
-      <c r="U35" s="241">
+      <c r="W35" s="241">
         <v>79997.386809999996</v>
       </c>
-      <c r="V35" s="241">
+      <c r="X35" s="241">
         <v>377806.74294999999</v>
       </c>
-      <c r="W35" s="241">
+      <c r="Y35" s="241">
         <v>135977.74206999995</v>
       </c>
-      <c r="X35" s="241">
+      <c r="Z35" s="241">
         <v>86417.801010000025</v>
       </c>
-      <c r="Y35" s="241">
+      <c r="AA35" s="241">
         <v>91096.058499999999</v>
       </c>
-      <c r="Z35" s="241">
+      <c r="AB35" s="241">
         <v>64315.652710000038</v>
       </c>
-      <c r="AA35" s="241">
+      <c r="AC35" s="241">
         <v>226581</v>
       </c>
-      <c r="AB35" s="241">
+      <c r="AD35" s="241">
         <v>83849.710060000041</v>
       </c>
-      <c r="AC35" s="241">
+      <c r="AE35" s="241">
         <v>67695</v>
       </c>
-      <c r="AD35" s="241">
+      <c r="AF35" s="241">
         <v>49083</v>
       </c>
-      <c r="AE35" s="241">
+      <c r="AG35" s="241">
         <v>28255</v>
       </c>
-      <c r="AF35" s="238"/>
-      <c r="AG35" s="238"/>
       <c r="AH35" s="238"/>
       <c r="AI35" s="238"/>
       <c r="AJ35" s="238"/>
       <c r="AK35" s="238"/>
       <c r="AL35" s="238"/>
       <c r="AM35" s="238"/>
       <c r="AN35" s="238"/>
       <c r="AO35" s="238"/>
       <c r="AP35" s="238"/>
       <c r="AQ35" s="238"/>
       <c r="AR35" s="238"/>
       <c r="AS35" s="238"/>
       <c r="AT35" s="238"/>
+      <c r="AU35" s="238"/>
+      <c r="AV35" s="238"/>
     </row>
-    <row r="36" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="187"/>
       <c r="B36" s="45" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C36" s="45" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D36" s="224">
+        <v>0.24131055460730627</v>
+      </c>
+      <c r="E36" s="224">
+        <v>0.25004455119513425</v>
+      </c>
+      <c r="F36" s="224">
         <v>0.23797149604143053</v>
       </c>
-      <c r="E36" s="224">
+      <c r="G36" s="224">
         <v>0.23984720024298251</v>
       </c>
-      <c r="F36" s="224">
+      <c r="H36" s="224">
         <v>0.23662537905448516</v>
       </c>
-      <c r="G36" s="224">
+      <c r="I36" s="224">
         <v>0.21669430075567137</v>
       </c>
-      <c r="H36" s="224">
+      <c r="J36" s="224">
         <v>0.22819594685261713</v>
       </c>
-      <c r="I36" s="224">
+      <c r="K36" s="224">
         <v>0.20778500165605546</v>
       </c>
-      <c r="J36" s="224">
+      <c r="L36" s="224">
         <v>0.20935088266197163</v>
       </c>
-      <c r="K36" s="224">
+      <c r="M36" s="224">
         <v>0.22246716552302295</v>
       </c>
-      <c r="L36" s="224">
+      <c r="N36" s="224">
         <v>0.2105945175824587</v>
       </c>
-      <c r="M36" s="242">
+      <c r="O36" s="242">
         <v>0.2349482050798673</v>
       </c>
-      <c r="N36" s="242">
+      <c r="P36" s="242">
         <v>0.18873626944142236</v>
       </c>
-      <c r="O36" s="242">
+      <c r="Q36" s="242">
         <v>0.21184039486304287</v>
       </c>
-      <c r="P36" s="242">
+      <c r="R36" s="242">
         <v>0.20347232854194258</v>
       </c>
-      <c r="Q36" s="242">
+      <c r="S36" s="242">
         <v>0.20069915571476291</v>
       </c>
-      <c r="R36" s="242">
+      <c r="T36" s="242">
         <v>0.22430479708102632</v>
       </c>
-      <c r="S36" s="242">
+      <c r="U36" s="242">
         <v>0.19178692079743528</v>
       </c>
-      <c r="T36" s="242">
+      <c r="V36" s="242">
         <v>0.1952609811491034</v>
       </c>
-      <c r="U36" s="242">
+      <c r="W36" s="242">
         <v>0.17881545822957973</v>
       </c>
-      <c r="V36" s="242">
+      <c r="X36" s="242">
         <v>0.21734321090348879</v>
       </c>
-      <c r="W36" s="242">
+      <c r="Y36" s="242">
         <v>0.27681468919411334</v>
       </c>
-      <c r="X36" s="242">
+      <c r="Z36" s="242">
         <v>0.18932606078548656</v>
       </c>
-      <c r="Y36" s="242">
+      <c r="AA36" s="242">
         <v>0.20183600834852891</v>
       </c>
-      <c r="Z36" s="242">
+      <c r="AB36" s="242">
         <v>0.18956176414588294</v>
       </c>
-      <c r="AA36" s="242">
+      <c r="AC36" s="242">
         <v>0.19794231061552467</v>
       </c>
-      <c r="AB36" s="242">
+      <c r="AD36" s="242">
         <v>0.242860316631862</v>
       </c>
-      <c r="AC36" s="242">
+      <c r="AE36" s="242">
         <v>0.20771836586907561</v>
       </c>
-      <c r="AD36" s="242">
+      <c r="AF36" s="242">
         <v>0.19935906808987669</v>
       </c>
-      <c r="AE36" s="242">
+      <c r="AG36" s="242">
         <v>0.12429559961464184</v>
       </c>
-      <c r="AF36" s="50"/>
-      <c r="AG36" s="50"/>
       <c r="AH36" s="50"/>
       <c r="AI36" s="50"/>
       <c r="AJ36" s="50"/>
       <c r="AK36" s="50"/>
       <c r="AL36" s="50"/>
       <c r="AM36" s="50"/>
       <c r="AN36" s="50"/>
       <c r="AO36" s="50"/>
       <c r="AP36" s="50"/>
       <c r="AQ36" s="50"/>
       <c r="AR36" s="50"/>
       <c r="AS36" s="50"/>
       <c r="AT36" s="50"/>
+      <c r="AU36" s="50"/>
+      <c r="AV36" s="50"/>
     </row>
-    <row r="37" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="187"/>
       <c r="B37" s="37" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C37" s="37" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D37" s="217">
+        <v>1315494.3909</v>
+      </c>
+      <c r="E37" s="217">
+        <v>359319</v>
+      </c>
+      <c r="F37" s="217">
         <v>340249</v>
       </c>
-      <c r="E37" s="217">
+      <c r="G37" s="217">
         <v>326435.3909</v>
       </c>
-      <c r="F37" s="217">
+      <c r="H37" s="217">
         <v>289491</v>
       </c>
-      <c r="G37" s="217">
+      <c r="I37" s="217">
         <v>859170</v>
       </c>
-      <c r="H37" s="217">
+      <c r="J37" s="217">
         <v>238513.68521</v>
       </c>
-      <c r="I37" s="217">
+      <c r="K37" s="217">
         <v>221434.29515500032</v>
       </c>
-      <c r="J37" s="217">
+      <c r="L37" s="217">
         <v>211076</v>
       </c>
-      <c r="K37" s="217">
+      <c r="M37" s="217">
         <v>188146.00923</v>
       </c>
-      <c r="L37" s="217">
+      <c r="N37" s="217">
         <v>613776</v>
       </c>
-      <c r="M37" s="241">
+      <c r="O37" s="241">
         <v>192444.02344999998</v>
       </c>
-      <c r="N37" s="241">
+      <c r="P37" s="241">
         <v>143394.89384999999</v>
       </c>
-      <c r="O37" s="241">
+      <c r="Q37" s="241">
         <v>155581.15997000001</v>
       </c>
-      <c r="P37" s="241">
+      <c r="R37" s="241">
         <v>122355.92273000001</v>
       </c>
-      <c r="Q37" s="241">
+      <c r="S37" s="241">
         <v>456321</v>
       </c>
-      <c r="R37" s="241">
+      <c r="T37" s="241">
         <v>131030</v>
       </c>
-      <c r="S37" s="241">
+      <c r="U37" s="241">
         <v>121285.05931</v>
       </c>
-      <c r="T37" s="241">
+      <c r="V37" s="241">
         <v>118450.94069</v>
       </c>
-      <c r="U37" s="241">
+      <c r="W37" s="241">
         <v>80604.386809999996</v>
       </c>
-      <c r="V37" s="241">
+      <c r="X37" s="241">
         <v>379140.74294999999</v>
       </c>
-      <c r="W37" s="241">
+      <c r="Y37" s="241">
         <v>136539.14184999996</v>
       </c>
-      <c r="X37" s="241">
+      <c r="Z37" s="241">
         <v>86926.401230000018</v>
       </c>
-      <c r="Y37" s="241">
+      <c r="AA37" s="241">
         <v>91238.058499999999</v>
       </c>
-      <c r="Z37" s="241">
+      <c r="AB37" s="241">
         <v>64437.652710000038</v>
       </c>
-      <c r="AA37" s="241">
+      <c r="AC37" s="241">
         <v>230796</v>
       </c>
-      <c r="AB37" s="241">
+      <c r="AD37" s="241">
         <v>84604.710060000041</v>
       </c>
-      <c r="AC37" s="241">
+      <c r="AE37" s="241">
         <v>68104</v>
       </c>
-      <c r="AD37" s="241">
+      <c r="AF37" s="241">
         <v>50769</v>
       </c>
-      <c r="AE37" s="241">
+      <c r="AG37" s="241">
         <v>29620</v>
       </c>
-      <c r="AF37" s="238"/>
-      <c r="AG37" s="238"/>
       <c r="AH37" s="238"/>
       <c r="AI37" s="238"/>
       <c r="AJ37" s="238"/>
       <c r="AK37" s="238"/>
       <c r="AL37" s="238"/>
       <c r="AM37" s="238"/>
       <c r="AN37" s="238"/>
       <c r="AO37" s="238"/>
       <c r="AP37" s="238"/>
       <c r="AQ37" s="238"/>
       <c r="AR37" s="238"/>
       <c r="AS37" s="238"/>
       <c r="AT37" s="238"/>
+      <c r="AU37" s="238"/>
+      <c r="AV37" s="238"/>
     </row>
-    <row r="38" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="187"/>
       <c r="B38" s="239" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C38" s="239" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D38" s="224">
+        <v>0.24363606023531398</v>
+      </c>
+      <c r="E38" s="224">
+        <v>0.25309234599902092</v>
+      </c>
+      <c r="F38" s="224">
         <v>0.24013180645989982</v>
       </c>
-      <c r="E38" s="224">
+      <c r="G38" s="224">
         <v>0.24241469873362448</v>
       </c>
-      <c r="F38" s="224">
+      <c r="H38" s="224">
         <v>0.23803223854285208</v>
       </c>
-      <c r="G38" s="224">
+      <c r="I38" s="224">
         <v>0.219</v>
       </c>
-      <c r="H38" s="224">
+      <c r="J38" s="224">
         <v>0.23</v>
       </c>
-      <c r="I38" s="224">
+      <c r="K38" s="224">
         <v>0.20971714660980431</v>
       </c>
-      <c r="J38" s="224">
+      <c r="L38" s="224">
         <v>0.21148236007219887</v>
       </c>
-      <c r="K38" s="224">
+      <c r="M38" s="224">
         <v>0.2246836082337571</v>
       </c>
-      <c r="L38" s="224">
+      <c r="N38" s="224">
         <v>0.21266092249526361</v>
       </c>
-      <c r="M38" s="243">
+      <c r="O38" s="243">
         <v>0.23711800384674145</v>
       </c>
-      <c r="N38" s="243">
+      <c r="P38" s="243">
         <v>0.19071665445274075</v>
       </c>
-      <c r="O38" s="243">
+      <c r="Q38" s="243">
         <v>0.21378497438666788</v>
       </c>
-      <c r="P38" s="243">
+      <c r="R38" s="243">
         <v>0.20565541440039264</v>
       </c>
-      <c r="Q38" s="243">
+      <c r="S38" s="243">
         <v>0.20215399500463829</v>
       </c>
-      <c r="R38" s="243">
+      <c r="T38" s="243">
         <v>0.22572776229245553</v>
       </c>
-      <c r="S38" s="243">
+      <c r="U38" s="243">
         <v>0.19354235606605824</v>
       </c>
-      <c r="T38" s="243">
+      <c r="V38" s="243">
         <v>0.19650677057913046</v>
       </c>
-      <c r="U38" s="243">
+      <c r="W38" s="243">
         <v>0.18017226483881493</v>
       </c>
-      <c r="V38" s="243">
+      <c r="X38" s="243">
         <v>0.2181106292959753</v>
       </c>
-      <c r="W38" s="243">
+      <c r="Y38" s="243">
         <v>0.27795755054221799</v>
       </c>
-      <c r="X38" s="243">
+      <c r="Z38" s="243">
         <v>0.19044031357879806</v>
       </c>
-      <c r="Y38" s="243">
+      <c r="AA38" s="243">
         <v>0.20215062913078255</v>
       </c>
-      <c r="Z38" s="243">
+      <c r="AB38" s="243">
         <v>0.18992134279044828</v>
       </c>
-      <c r="AA38" s="243">
+      <c r="AC38" s="243">
         <v>0.20162455599022261</v>
       </c>
-      <c r="AB38" s="243">
+      <c r="AD38" s="243">
         <v>0.24504708077124721</v>
       </c>
-      <c r="AC38" s="243">
+      <c r="AE38" s="243">
         <v>0.2089733597628706</v>
       </c>
-      <c r="AD38" s="243">
+      <c r="AF38" s="243">
         <v>0.20620704781400789</v>
       </c>
-      <c r="AE38" s="243">
+      <c r="AG38" s="243">
         <v>0.13030032421113755</v>
       </c>
-      <c r="AF38" s="52"/>
-      <c r="AG38" s="52"/>
       <c r="AH38" s="52"/>
       <c r="AI38" s="52"/>
       <c r="AJ38" s="52"/>
       <c r="AK38" s="52"/>
       <c r="AL38" s="52"/>
       <c r="AM38" s="52"/>
       <c r="AN38" s="52"/>
       <c r="AO38" s="52"/>
       <c r="AP38" s="52"/>
       <c r="AQ38" s="52"/>
       <c r="AR38" s="52"/>
       <c r="AS38" s="52"/>
       <c r="AT38" s="52"/>
+      <c r="AU38" s="52"/>
+      <c r="AV38" s="52"/>
     </row>
-    <row r="39" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="187"/>
       <c r="B39" s="43"/>
       <c r="C39" s="43"/>
-      <c r="D39" s="230"/>
+      <c r="D39" s="272"/>
       <c r="E39" s="230"/>
       <c r="F39" s="230"/>
-      <c r="G39" s="272"/>
+      <c r="G39" s="230"/>
       <c r="H39" s="230"/>
-      <c r="I39" s="230"/>
+      <c r="I39" s="272"/>
       <c r="J39" s="230"/>
       <c r="K39" s="230"/>
       <c r="L39" s="230"/>
       <c r="M39" s="230"/>
       <c r="N39" s="230"/>
       <c r="O39" s="230"/>
-      <c r="P39" s="272"/>
-[...3 lines deleted...]
-      <c r="T39" s="222"/>
+      <c r="P39" s="230"/>
+      <c r="Q39" s="230"/>
+      <c r="R39" s="272"/>
+      <c r="S39" s="272"/>
+      <c r="T39" s="218"/>
       <c r="U39" s="222"/>
-      <c r="V39" s="49"/>
-      <c r="W39" s="49"/>
+      <c r="V39" s="222"/>
+      <c r="W39" s="222"/>
       <c r="X39" s="49"/>
       <c r="Y39" s="49"/>
       <c r="Z39" s="49"/>
       <c r="AA39" s="49"/>
       <c r="AB39" s="49"/>
       <c r="AC39" s="49"/>
       <c r="AD39" s="49"/>
       <c r="AE39" s="49"/>
       <c r="AF39" s="49"/>
       <c r="AG39" s="49"/>
       <c r="AH39" s="49"/>
       <c r="AI39" s="49"/>
       <c r="AJ39" s="49"/>
       <c r="AK39" s="49"/>
       <c r="AL39" s="49"/>
       <c r="AM39" s="49"/>
       <c r="AN39" s="49"/>
       <c r="AO39" s="49"/>
       <c r="AP39" s="49"/>
       <c r="AQ39" s="49"/>
       <c r="AR39" s="49"/>
       <c r="AS39" s="49"/>
       <c r="AT39" s="49"/>
+      <c r="AU39" s="49"/>
+      <c r="AV39" s="49"/>
     </row>
-    <row r="40" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="187"/>
       <c r="B40" s="35" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C40" s="35" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="D40" s="225"/>
+        <v>225</v>
+      </c>
+      <c r="D40" s="216"/>
       <c r="E40" s="225"/>
       <c r="F40" s="225"/>
-      <c r="G40" s="216"/>
+      <c r="G40" s="225"/>
       <c r="H40" s="225"/>
-      <c r="I40" s="225"/>
+      <c r="I40" s="216"/>
       <c r="J40" s="225"/>
       <c r="K40" s="225"/>
-      <c r="L40" s="216"/>
+      <c r="L40" s="225"/>
       <c r="M40" s="225"/>
       <c r="N40" s="216"/>
-      <c r="O40" s="216"/>
+      <c r="O40" s="225"/>
       <c r="P40" s="216"/>
       <c r="Q40" s="216"/>
-      <c r="R40" s="225"/>
+      <c r="R40" s="216"/>
       <c r="S40" s="216"/>
-      <c r="T40" s="229"/>
-[...3 lines deleted...]
-      <c r="X40" s="53"/>
+      <c r="T40" s="225"/>
+      <c r="U40" s="216"/>
+      <c r="V40" s="229"/>
+      <c r="W40" s="229"/>
+      <c r="X40" s="47"/>
       <c r="Y40" s="52"/>
-      <c r="Z40" s="52"/>
+      <c r="Z40" s="53"/>
       <c r="AA40" s="52"/>
       <c r="AB40" s="52"/>
       <c r="AC40" s="52"/>
       <c r="AD40" s="52"/>
       <c r="AE40" s="52"/>
       <c r="AF40" s="52"/>
-      <c r="AG40" s="47"/>
-      <c r="AH40" s="36"/>
+      <c r="AG40" s="52"/>
+      <c r="AH40" s="52"/>
       <c r="AI40" s="47"/>
-      <c r="AJ40" s="47"/>
-[...1 lines deleted...]
-      <c r="AL40" s="36"/>
+      <c r="AJ40" s="36"/>
+      <c r="AK40" s="47"/>
+      <c r="AL40" s="47"/>
       <c r="AM40" s="36"/>
       <c r="AN40" s="36"/>
       <c r="AO40" s="36"/>
       <c r="AP40" s="36"/>
       <c r="AQ40" s="36"/>
       <c r="AR40" s="36"/>
       <c r="AS40" s="36"/>
       <c r="AT40" s="36"/>
+      <c r="AU40" s="36"/>
+      <c r="AV40" s="36"/>
     </row>
-    <row r="41" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="187"/>
       <c r="B41" s="37" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C41" s="37" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D41" s="215">
+        <v>7802275</v>
+      </c>
+      <c r="E41" s="215">
+        <v>7802275</v>
+      </c>
+      <c r="F41" s="215">
         <v>7701127</v>
       </c>
-      <c r="E41" s="215">
+      <c r="G41" s="215">
         <v>7284016</v>
       </c>
-      <c r="F41" s="215">
+      <c r="H41" s="215">
         <v>6430448</v>
       </c>
-      <c r="G41" s="215">
+      <c r="I41" s="215">
         <v>5565297</v>
       </c>
-      <c r="H41" s="215">
+      <c r="J41" s="215">
         <v>5565297</v>
       </c>
-      <c r="I41" s="215">
+      <c r="K41" s="215">
         <v>5203643</v>
       </c>
-      <c r="J41" s="215">
+      <c r="L41" s="215">
         <v>4837930</v>
       </c>
-      <c r="K41" s="215">
+      <c r="M41" s="215">
         <v>4153406</v>
       </c>
-      <c r="L41" s="215">
+      <c r="N41" s="215">
         <v>3501917</v>
       </c>
-      <c r="M41" s="215">
+      <c r="O41" s="215">
         <v>3501917</v>
       </c>
-      <c r="N41" s="215">
+      <c r="P41" s="215">
         <v>3439133</v>
       </c>
-      <c r="O41" s="215">
+      <c r="Q41" s="215">
         <v>3245796</v>
       </c>
-      <c r="P41" s="215">
+      <c r="R41" s="215">
         <v>2914433</v>
       </c>
-      <c r="Q41" s="215">
+      <c r="S41" s="215">
         <v>2454399</v>
       </c>
-      <c r="R41" s="215">
+      <c r="T41" s="215">
         <v>2454399</v>
       </c>
-      <c r="S41" s="217">
+      <c r="U41" s="217">
         <v>2322205</v>
       </c>
-      <c r="T41" s="217">
+      <c r="V41" s="217">
         <v>2064638</v>
       </c>
-      <c r="U41" s="230">
+      <c r="W41" s="230">
         <v>1826371</v>
       </c>
-      <c r="V41" s="48">
+      <c r="X41" s="48">
         <v>1560016</v>
       </c>
-      <c r="W41" s="48">
+      <c r="Y41" s="48">
         <v>1560016</v>
       </c>
-      <c r="X41" s="48">
+      <c r="Z41" s="48">
         <v>1427093</v>
       </c>
-      <c r="Y41" s="48">
+      <c r="AA41" s="48">
         <v>1172291</v>
       </c>
-      <c r="Z41" s="48">
+      <c r="AB41" s="48">
         <v>972631.16594171198</v>
       </c>
-      <c r="AA41" s="48">
+      <c r="AC41" s="48">
         <v>778549.95593306073</v>
       </c>
-      <c r="AB41" s="48">
+      <c r="AD41" s="48">
         <v>778549.95593306073</v>
       </c>
-      <c r="AC41" s="48">
+      <c r="AE41" s="48">
         <v>726078.170683434</v>
       </c>
-      <c r="AD41" s="48">
+      <c r="AF41" s="48">
         <v>649455.48306791612</v>
       </c>
-      <c r="AE41" s="48">
+      <c r="AG41" s="48">
         <v>641562.56501818029</v>
       </c>
-      <c r="AF41" s="48">
+      <c r="AH41" s="48">
         <v>672539.64028496423</v>
       </c>
-      <c r="AG41" s="48">
+      <c r="AI41" s="48">
         <v>672539.64028496423</v>
       </c>
-      <c r="AH41" s="48">
+      <c r="AJ41" s="48">
         <v>618948.71312547626</v>
       </c>
-      <c r="AI41" s="48">
+      <c r="AK41" s="48">
         <v>600966.97128955368</v>
       </c>
-      <c r="AJ41" s="48">
+      <c r="AL41" s="48">
         <v>674833.91375358484</v>
       </c>
-      <c r="AK41" s="48"/>
-      <c r="AL41" s="48"/>
       <c r="AM41" s="48"/>
       <c r="AN41" s="48"/>
       <c r="AO41" s="48"/>
       <c r="AP41" s="48"/>
       <c r="AQ41" s="48"/>
       <c r="AR41" s="48"/>
       <c r="AS41" s="48"/>
       <c r="AT41" s="48"/>
+      <c r="AU41" s="48"/>
+      <c r="AV41" s="48"/>
     </row>
-    <row r="42" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="187"/>
       <c r="B42" s="45" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C42" s="45" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D42" s="216">
+        <v>-4420540</v>
+      </c>
+      <c r="E42" s="216">
+        <v>-4420540</v>
+      </c>
+      <c r="F42" s="216">
         <v>-4355125</v>
       </c>
-      <c r="E42" s="216">
+      <c r="G42" s="216">
         <v>-4123959</v>
       </c>
-      <c r="F42" s="216">
+      <c r="H42" s="216">
         <v>-3656268</v>
       </c>
-      <c r="G42" s="216">
+      <c r="I42" s="216">
         <v>-3150416</v>
       </c>
-      <c r="H42" s="216">
+      <c r="J42" s="216">
         <v>-3150416</v>
       </c>
-      <c r="I42" s="216">
+      <c r="K42" s="216">
         <v>-2950257</v>
       </c>
-      <c r="J42" s="216">
+      <c r="L42" s="216">
         <v>-2769753</v>
       </c>
-      <c r="K42" s="216">
+      <c r="M42" s="216">
         <v>-2404100</v>
       </c>
-      <c r="L42" s="216">
+      <c r="N42" s="216">
         <v>-2032161</v>
       </c>
-      <c r="M42" s="216">
+      <c r="O42" s="216">
         <v>-2032161</v>
       </c>
-      <c r="N42" s="216">
+      <c r="P42" s="216">
         <v>-1996732</v>
       </c>
-      <c r="O42" s="216">
+      <c r="Q42" s="216">
         <v>-1885672</v>
       </c>
-      <c r="P42" s="216">
+      <c r="R42" s="216">
         <v>-1691437</v>
       </c>
-      <c r="Q42" s="216">
+      <c r="S42" s="216">
         <v>-1426532</v>
       </c>
-      <c r="R42" s="216">
+      <c r="T42" s="216">
         <v>-1426532</v>
       </c>
-      <c r="S42" s="216">
+      <c r="U42" s="216">
         <v>-1343940</v>
       </c>
-      <c r="T42" s="216">
+      <c r="V42" s="216">
         <v>-1227464</v>
       </c>
-      <c r="U42" s="216">
+      <c r="W42" s="216">
         <v>-1101334</v>
       </c>
-      <c r="V42" s="47">
+      <c r="X42" s="47">
         <v>-949761</v>
       </c>
-      <c r="W42" s="47">
+      <c r="Y42" s="47">
         <v>-949761</v>
       </c>
-      <c r="X42" s="47">
+      <c r="Z42" s="47">
         <v>-872072</v>
       </c>
-      <c r="Y42" s="47">
+      <c r="AA42" s="47">
         <v>-735781</v>
       </c>
-      <c r="Z42" s="47">
+      <c r="AB42" s="47">
         <v>-608580.971494406</v>
       </c>
-      <c r="AA42" s="47">
+      <c r="AC42" s="47">
         <v>-475106.13689204707</v>
       </c>
-      <c r="AB42" s="47">
+      <c r="AD42" s="47">
         <v>-475106.13689204707</v>
       </c>
-      <c r="AC42" s="47">
+      <c r="AE42" s="47">
         <v>-451569.29458626779</v>
       </c>
-      <c r="AD42" s="47">
+      <c r="AF42" s="47">
         <v>-409404.41893024259</v>
       </c>
-      <c r="AE42" s="47">
+      <c r="AG42" s="47">
         <v>-416158.21078653162</v>
       </c>
-      <c r="AF42" s="47">
+      <c r="AH42" s="47">
         <v>-435643.57346444769</v>
       </c>
-      <c r="AG42" s="47">
+      <c r="AI42" s="47">
         <v>-435643.57346444769</v>
       </c>
-      <c r="AH42" s="47">
+      <c r="AJ42" s="47">
         <v>-396529.77490379976</v>
       </c>
-      <c r="AI42" s="47">
+      <c r="AK42" s="47">
         <v>-392958.87449366355</v>
       </c>
-      <c r="AJ42" s="47">
+      <c r="AL42" s="47">
         <v>-414498.05640520301</v>
       </c>
-      <c r="AK42" s="47"/>
-      <c r="AL42" s="47"/>
       <c r="AM42" s="47"/>
       <c r="AN42" s="47"/>
       <c r="AO42" s="47"/>
       <c r="AP42" s="47"/>
       <c r="AQ42" s="47"/>
       <c r="AR42" s="47"/>
       <c r="AS42" s="47"/>
       <c r="AT42" s="47"/>
+      <c r="AU42" s="47"/>
+      <c r="AV42" s="47"/>
     </row>
-    <row r="43" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="187"/>
       <c r="B43" s="37" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C43" s="37" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D43" s="217">
+        <v>3381735</v>
+      </c>
+      <c r="E43" s="217">
+        <v>3381735</v>
+      </c>
+      <c r="F43" s="217">
         <v>3346002</v>
       </c>
-      <c r="E43" s="217">
+      <c r="G43" s="217">
         <v>3160057</v>
       </c>
-      <c r="F43" s="217">
+      <c r="H43" s="217">
         <v>2774180</v>
       </c>
-      <c r="G43" s="217">
+      <c r="I43" s="217">
         <v>2414881</v>
       </c>
-      <c r="H43" s="217">
+      <c r="J43" s="217">
         <v>2414881</v>
       </c>
-      <c r="I43" s="217">
+      <c r="K43" s="217">
         <v>2253386</v>
       </c>
-      <c r="J43" s="217">
+      <c r="L43" s="217">
         <v>2068177</v>
       </c>
-      <c r="K43" s="217">
+      <c r="M43" s="217">
         <v>1749306</v>
       </c>
-      <c r="L43" s="217">
+      <c r="N43" s="217">
         <v>1469756</v>
       </c>
-      <c r="M43" s="217">
+      <c r="O43" s="217">
         <v>1469756</v>
       </c>
-      <c r="N43" s="217">
+      <c r="P43" s="217">
         <v>1442401</v>
       </c>
-      <c r="O43" s="217">
+      <c r="Q43" s="217">
         <v>1360124</v>
       </c>
-      <c r="P43" s="217">
+      <c r="R43" s="217">
         <v>1222996</v>
       </c>
-      <c r="Q43" s="217">
+      <c r="S43" s="217">
         <v>1027867</v>
       </c>
-      <c r="R43" s="217">
+      <c r="T43" s="217">
         <v>1027867</v>
       </c>
-      <c r="S43" s="217">
+      <c r="U43" s="217">
         <v>978265</v>
       </c>
-      <c r="T43" s="217">
+      <c r="V43" s="217">
         <v>837174</v>
       </c>
-      <c r="U43" s="217">
+      <c r="W43" s="217">
         <v>725037</v>
       </c>
-      <c r="V43" s="38">
+      <c r="X43" s="38">
         <v>610255</v>
       </c>
-      <c r="W43" s="38">
+      <c r="Y43" s="38">
         <v>610255</v>
       </c>
-      <c r="X43" s="38">
+      <c r="Z43" s="38">
         <v>555021</v>
       </c>
-      <c r="Y43" s="38">
+      <c r="AA43" s="38">
         <v>436510</v>
       </c>
-      <c r="Z43" s="38">
+      <c r="AB43" s="38">
         <v>364050.19444730598</v>
       </c>
-      <c r="AA43" s="38">
+      <c r="AC43" s="38">
         <v>303443.81904101366</v>
       </c>
-      <c r="AB43" s="38">
+      <c r="AD43" s="38">
         <v>303443.81904101366</v>
       </c>
-      <c r="AC43" s="38">
+      <c r="AE43" s="38">
         <v>274508.87609716621</v>
       </c>
-      <c r="AD43" s="38">
+      <c r="AF43" s="38">
         <v>240051.06413767353</v>
       </c>
-      <c r="AE43" s="38">
+      <c r="AG43" s="38">
         <v>225404.35423164867</v>
       </c>
-      <c r="AF43" s="38">
+      <c r="AH43" s="38">
         <v>236896.06682051654</v>
       </c>
-      <c r="AG43" s="38">
+      <c r="AI43" s="38">
         <v>236896.06682051654</v>
       </c>
-      <c r="AH43" s="38">
+      <c r="AJ43" s="38">
         <v>222418.93822167651</v>
       </c>
-      <c r="AI43" s="38">
+      <c r="AK43" s="38">
         <v>208008.09679589013</v>
       </c>
-      <c r="AJ43" s="38">
+      <c r="AL43" s="38">
         <v>260335.85734838183</v>
       </c>
-      <c r="AK43" s="48"/>
-      <c r="AL43" s="48"/>
       <c r="AM43" s="48"/>
       <c r="AN43" s="48"/>
       <c r="AO43" s="48"/>
       <c r="AP43" s="48"/>
       <c r="AQ43" s="48"/>
       <c r="AR43" s="48"/>
       <c r="AS43" s="48"/>
       <c r="AT43" s="48"/>
+      <c r="AU43" s="48"/>
+      <c r="AV43" s="48"/>
     </row>
-    <row r="44" spans="1:46" s="56" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:48" s="56" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="187"/>
       <c r="B44" s="35" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C44" s="35" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D44" s="209">
+        <v>0.433</v>
+      </c>
+      <c r="E44" s="209">
+        <v>0.433</v>
+      </c>
+      <c r="F44" s="209">
         <v>0.434</v>
       </c>
-      <c r="E44" s="209">
+      <c r="G44" s="209">
         <v>0.434</v>
       </c>
-      <c r="F44" s="209">
+      <c r="H44" s="209">
         <v>0.43141317681132013</v>
       </c>
-      <c r="G44" s="209">
+      <c r="I44" s="209">
         <v>0.43391772263007705</v>
       </c>
-      <c r="H44" s="209">
+      <c r="J44" s="209">
         <v>0.43391772263007705</v>
       </c>
-      <c r="I44" s="209">
+      <c r="K44" s="209">
         <v>0.43304008364908969</v>
       </c>
-      <c r="J44" s="209">
+      <c r="L44" s="209">
         <v>0.42699999999999999</v>
       </c>
-      <c r="K44" s="209">
+      <c r="M44" s="209">
         <v>0.42117385105140215</v>
       </c>
-      <c r="L44" s="209">
+      <c r="N44" s="209">
         <v>0.41970040980411588</v>
       </c>
-      <c r="M44" s="209">
+      <c r="O44" s="209">
         <v>0.41970040980411588</v>
       </c>
-      <c r="N44" s="209">
+      <c r="P44" s="209">
         <v>0.41940832180668802</v>
       </c>
-      <c r="O44" s="209">
+      <c r="Q44" s="209">
         <v>0.41904173891396801</v>
       </c>
-      <c r="P44" s="209">
+      <c r="R44" s="209">
         <v>0.41963428220858051</v>
       </c>
-      <c r="Q44" s="209">
+      <c r="S44" s="209">
         <v>0.41878561717145418</v>
       </c>
-      <c r="R44" s="209">
+      <c r="T44" s="209">
         <v>0.41878561717145418</v>
       </c>
-      <c r="S44" s="209">
+      <c r="U44" s="209">
         <v>0.42126556440968821</v>
       </c>
-      <c r="T44" s="209">
+      <c r="V44" s="209">
         <v>0.40548222012769308</v>
       </c>
-      <c r="U44" s="209">
+      <c r="W44" s="209">
         <v>0.39698232177361553</v>
       </c>
-      <c r="V44" s="54">
+      <c r="X44" s="54">
         <v>0.39118509040932914</v>
       </c>
-      <c r="W44" s="54">
+      <c r="Y44" s="54">
         <v>0.39118509040932914</v>
       </c>
-      <c r="X44" s="54">
+      <c r="Z44" s="54">
         <v>0.38891719040034534</v>
       </c>
-      <c r="Y44" s="54">
+      <c r="AA44" s="54">
         <v>0.37235635179319809</v>
       </c>
-      <c r="Z44" s="54">
+      <c r="AB44" s="54">
         <v>0.37429419002302755</v>
       </c>
-      <c r="AA44" s="54">
+      <c r="AC44" s="54">
         <v>0.3897551039963113</v>
       </c>
-      <c r="AB44" s="54">
+      <c r="AD44" s="54">
         <v>0.3897551039963113</v>
       </c>
-      <c r="AC44" s="54">
+      <c r="AE44" s="54">
         <v>0.3780706915328137</v>
       </c>
-      <c r="AD44" s="54">
+      <c r="AF44" s="54">
         <v>0.36961896603553723</v>
       </c>
-      <c r="AE44" s="54">
+      <c r="AG44" s="54">
         <v>0.35133651263655208</v>
       </c>
-      <c r="AF44" s="54">
+      <c r="AH44" s="54">
         <v>0.35224104666922001</v>
       </c>
-      <c r="AG44" s="54">
+      <c r="AI44" s="54">
         <v>0.35224104666922001</v>
       </c>
-      <c r="AH44" s="54">
+      <c r="AJ44" s="54">
         <v>0.35934954464730695</v>
       </c>
-      <c r="AI44" s="54">
+      <c r="AK44" s="54">
         <v>0.34612234404421061</v>
       </c>
-      <c r="AJ44" s="54">
+      <c r="AL44" s="54">
         <v>0.38577767365059146</v>
       </c>
-      <c r="AK44" s="55"/>
-      <c r="AL44" s="55"/>
       <c r="AM44" s="55"/>
       <c r="AN44" s="55"/>
       <c r="AO44" s="55"/>
       <c r="AP44" s="55"/>
       <c r="AQ44" s="55"/>
       <c r="AR44" s="55"/>
       <c r="AS44" s="55"/>
       <c r="AT44" s="55"/>
+      <c r="AU44" s="55"/>
+      <c r="AV44" s="55"/>
     </row>
-    <row r="45" spans="1:46" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:48" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="187"/>
       <c r="B45" s="30"/>
       <c r="C45" s="30"/>
-      <c r="D45" s="274"/>
+      <c r="D45" s="210"/>
       <c r="E45" s="274"/>
-      <c r="F45" s="210"/>
-      <c r="G45" s="210"/>
+      <c r="F45" s="274"/>
+      <c r="G45" s="274"/>
       <c r="H45" s="210"/>
       <c r="I45" s="210"/>
       <c r="J45" s="210"/>
       <c r="K45" s="210"/>
       <c r="L45" s="210"/>
       <c r="M45" s="210"/>
       <c r="N45" s="210"/>
       <c r="O45" s="210"/>
       <c r="P45" s="210"/>
       <c r="Q45" s="210"/>
       <c r="R45" s="210"/>
       <c r="S45" s="210"/>
       <c r="T45" s="210"/>
       <c r="U45" s="210"/>
+      <c r="V45" s="210"/>
+      <c r="W45" s="210"/>
     </row>
-    <row r="46" spans="1:46" s="56" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:48" s="56" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="187"/>
       <c r="B46" s="35" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C46" s="35" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D46" s="209">
+        <v>0.78761945053560989</v>
+      </c>
+      <c r="E46" s="209">
+        <v>0.78761945053560989</v>
+      </c>
+      <c r="F46" s="209">
         <v>0.70567582256114725</v>
       </c>
-      <c r="E46" s="209">
+      <c r="G46" s="209">
         <v>0.70121536689279462</v>
       </c>
-      <c r="F46" s="209">
+      <c r="H46" s="209">
         <v>0.67500000000000004</v>
       </c>
-      <c r="G46" s="209">
+      <c r="I46" s="209">
         <v>0.66300000000000003</v>
       </c>
-      <c r="H46" s="209">
+      <c r="J46" s="209">
         <v>0.66300000000000003</v>
       </c>
-      <c r="I46" s="209">
+      <c r="K46" s="209">
         <v>0.64200000000000002</v>
       </c>
-      <c r="J46" s="209">
+      <c r="L46" s="209">
         <v>0.61970527624402527</v>
       </c>
-      <c r="K46" s="209">
+      <c r="M46" s="209">
         <v>0.57428835242016396</v>
       </c>
-      <c r="L46" s="209">
+      <c r="N46" s="209">
         <v>0.59598491249469598</v>
       </c>
-      <c r="M46" s="209">
+      <c r="O46" s="209">
         <v>0.59598491249469598</v>
       </c>
-      <c r="N46" s="209">
+      <c r="P46" s="209">
         <v>0.4974206715823673</v>
       </c>
-      <c r="O46" s="209">
+      <c r="Q46" s="209">
         <v>0.49</v>
       </c>
-      <c r="P46" s="209">
+      <c r="R46" s="209">
         <v>0.48244645513520545</v>
       </c>
-      <c r="Q46" s="209">
+      <c r="S46" s="209">
         <v>0.49132618676159023</v>
       </c>
-      <c r="R46" s="209">
+      <c r="T46" s="209">
         <v>0.49132618676159023</v>
       </c>
-      <c r="S46" s="209">
+      <c r="U46" s="209">
         <v>0.50758248978273701</v>
       </c>
-      <c r="T46" s="209">
+      <c r="V46" s="209">
         <v>0.50758248978273701</v>
       </c>
-      <c r="U46" s="209">
+      <c r="W46" s="209">
         <v>0.53692741565592117</v>
       </c>
-      <c r="V46" s="54">
+      <c r="X46" s="54">
         <v>0.53692741565592117</v>
       </c>
-      <c r="W46" s="54">
+      <c r="Y46" s="54">
         <v>0.524879791560667</v>
       </c>
-      <c r="X46" s="54">
+      <c r="Z46" s="54">
         <v>0.55481074870978242</v>
       </c>
-      <c r="Y46" s="54">
+      <c r="AA46" s="54">
         <v>0.55481074870978242</v>
       </c>
-      <c r="Z46" s="54">
+      <c r="AB46" s="54">
         <v>0.49416446208606762</v>
       </c>
-      <c r="AA46" s="54">
+      <c r="AC46" s="54">
         <v>0.49416446208606762</v>
       </c>
-      <c r="AB46" s="54">
+      <c r="AD46" s="54">
         <v>0.61606247263115133</v>
       </c>
-      <c r="AC46" s="54">
+      <c r="AE46" s="54">
         <v>0.61606247263115133</v>
       </c>
-      <c r="AD46" s="54">
+      <c r="AF46" s="54">
         <v>0.53794740651628548</v>
       </c>
-      <c r="AE46" s="54">
+      <c r="AG46" s="54">
         <v>0.45745240215168159</v>
       </c>
-      <c r="AF46" s="54">
+      <c r="AH46" s="54">
         <v>0.45745240215168159</v>
       </c>
-      <c r="AG46" s="54">
+      <c r="AI46" s="54">
         <v>0.42499999999999999</v>
       </c>
-      <c r="AH46" s="54">
+      <c r="AJ46" s="54">
         <v>0.52800000000000002</v>
       </c>
-      <c r="AI46" s="54">
+      <c r="AK46" s="54">
         <v>0.68400000000000005</v>
       </c>
-      <c r="AJ46" s="54">
+      <c r="AL46" s="54">
         <v>0.751</v>
       </c>
-      <c r="AK46" s="55">
+      <c r="AM46" s="55">
         <v>0.751</v>
       </c>
-      <c r="AL46" s="55">
+      <c r="AN46" s="55">
         <v>0.57099999999999995</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AO46" s="55">
         <v>0</v>
       </c>
       <c r="AP46" s="55">
         <v>0</v>
       </c>
       <c r="AQ46" s="55">
         <v>0</v>
       </c>
       <c r="AR46" s="55">
         <v>0</v>
       </c>
       <c r="AS46" s="55">
         <v>0</v>
       </c>
-      <c r="AT46" s="55"/>
+      <c r="AT46" s="55">
+        <v>0</v>
+      </c>
+      <c r="AU46" s="55">
+        <v>0</v>
+      </c>
+      <c r="AV46" s="55"/>
     </row>
-    <row r="47" spans="1:46" ht="11" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:48" ht="10.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D47" s="263"/>
-      <c r="G47" s="263"/>
+      <c r="E47" s="263"/>
+      <c r="F47" s="263"/>
+      <c r="I47" s="263"/>
     </row>
-    <row r="48" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="48" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B48" s="201" t="s">
+        <v>235</v>
+      </c>
+      <c r="C48" s="201" t="s">
+        <v>236</v>
+      </c>
+      <c r="D48" s="231">
+        <v>3317.9398780000001</v>
+      </c>
+      <c r="E48" s="231">
+        <v>3317.9398780000001</v>
+      </c>
+      <c r="F48" s="231">
+        <v>3236.3983290000001</v>
+      </c>
+      <c r="G48" s="231">
+        <v>2951.5</v>
+      </c>
+      <c r="H48" s="231">
+        <v>2611.3000000000002</v>
+      </c>
+      <c r="I48" s="231">
+        <v>2186.6999999999998</v>
+      </c>
+      <c r="J48" s="231">
+        <v>2186.6999999999998</v>
+      </c>
+      <c r="K48" s="231">
+        <v>1967.6000000000001</v>
+      </c>
+      <c r="L48" s="231">
+        <v>1726.597172</v>
+      </c>
+      <c r="M48" s="231">
+        <v>1485.0687560000001</v>
+      </c>
+      <c r="N48" s="231">
+        <v>1296.65804551</v>
+      </c>
+      <c r="O48" s="231">
+        <v>1296.65804551</v>
+      </c>
+      <c r="P48" s="231">
+        <v>1278.4724524999999</v>
+      </c>
+      <c r="Q48" s="231">
+        <v>1160.5210730000001</v>
+      </c>
+      <c r="R48" s="231">
+        <v>1063.5042410000001</v>
+      </c>
+      <c r="S48" s="231">
+        <v>969.14101087000006</v>
+      </c>
+      <c r="T48" s="231">
+        <v>969.14101087000006</v>
+      </c>
+      <c r="U48" s="231">
+        <v>979.76858400000003</v>
+      </c>
+      <c r="V48" s="231">
+        <v>885.15794900000003</v>
+      </c>
+      <c r="W48" s="231">
+        <v>828.78728999999998</v>
+      </c>
+      <c r="X48" s="231">
+        <v>759.65628600000002</v>
+      </c>
+      <c r="Y48" s="231">
+        <v>759.65628600000002</v>
+      </c>
+      <c r="Z48" s="231">
+        <v>712.04997905999994</v>
+      </c>
+      <c r="AA48" s="231">
+        <v>616.81725766</v>
+      </c>
+      <c r="AB48" s="231">
+        <v>528.0780909199998</v>
+      </c>
+      <c r="AC48" s="231">
+        <v>470.00206523999987</v>
+      </c>
+      <c r="AD48" s="231">
+        <v>470.00206523999987</v>
+      </c>
+      <c r="AE48" s="231">
+        <v>432.40513646999989</v>
+      </c>
+      <c r="AF48" s="231">
+        <v>386.59711820000007</v>
+      </c>
+      <c r="AG48" s="231">
+        <v>378.32015946000001</v>
+      </c>
+    </row>
+    <row r="49" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B49" s="199" t="s">
         <v>237</v>
       </c>
-      <c r="C48" s="201" t="s">
+      <c r="C49" s="199" t="s">
         <v>238</v>
       </c>
-      <c r="D48" s="231">
-[...81 lines deleted...]
-        <v>378.32015946000001</v>
+      <c r="D49" s="232">
+        <v>-379.08879899999999</v>
+      </c>
+      <c r="E49" s="232">
+        <v>-379.08879899999999</v>
+      </c>
+      <c r="F49" s="232">
+        <v>309.48443800000001</v>
+      </c>
+      <c r="G49" s="232">
+        <v>241.2</v>
+      </c>
+      <c r="H49" s="232">
+        <v>263.3</v>
+      </c>
+      <c r="I49" s="232">
+        <v>230.79999999999998</v>
+      </c>
+      <c r="J49" s="232">
+        <v>230.79999999999998</v>
+      </c>
+      <c r="K49" s="232">
+        <v>228.2</v>
+      </c>
+      <c r="L49" s="232">
+        <v>214.745079</v>
+      </c>
+      <c r="M49" s="232">
+        <v>211.8</v>
+      </c>
+      <c r="N49" s="232">
+        <v>215.73697700000002</v>
+      </c>
+      <c r="O49" s="232">
+        <v>215.73697700000002</v>
+      </c>
+      <c r="P49" s="232">
+        <v>213.09557525</v>
+      </c>
+      <c r="Q49" s="232">
+        <v>220.278479</v>
+      </c>
+      <c r="R49" s="232">
+        <v>213.20439100000002</v>
+      </c>
+      <c r="S49" s="232">
+        <v>211.36726492</v>
+      </c>
+      <c r="T49" s="232">
+        <v>211.36726492</v>
+      </c>
+      <c r="U49" s="232">
+        <v>207.53615300000001</v>
+      </c>
+      <c r="V49" s="232">
+        <v>207.97771599999999</v>
+      </c>
+      <c r="W49" s="232">
+        <v>193.303844</v>
+      </c>
+      <c r="X49" s="232">
+        <v>200.70685300000002</v>
+      </c>
+      <c r="Y49" s="232">
+        <v>200.70685300000002</v>
+      </c>
+      <c r="Z49" s="232">
+        <v>180.195796</v>
+      </c>
+      <c r="AA49" s="232">
+        <v>181.49517485000001</v>
+      </c>
+      <c r="AB49" s="232">
+        <v>183.98650441999979</v>
+      </c>
+      <c r="AC49" s="232">
+        <v>163.6486605099999</v>
+      </c>
+      <c r="AD49" s="232">
+        <v>163.6486605099999</v>
+      </c>
+      <c r="AE49" s="232">
+        <v>156.2922824799999</v>
+      </c>
+      <c r="AF49" s="232">
+        <v>153.84446624000009</v>
+      </c>
+      <c r="AG49" s="232">
+        <v>149.42230502000001</v>
       </c>
     </row>
-    <row r="49" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.65">
-[...91 lines deleted...]
-    <row r="50" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="50" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B50" s="200" t="s">
         <v>134</v>
       </c>
       <c r="C50" s="200" t="s">
+        <v>239</v>
+      </c>
+      <c r="D50" s="233">
+        <v>2938.851079</v>
+      </c>
+      <c r="E50" s="233">
+        <v>2938.851079</v>
+      </c>
+      <c r="F50" s="233">
+        <v>2926.9138910000001</v>
+      </c>
+      <c r="G50" s="233">
+        <v>2710.3</v>
+      </c>
+      <c r="H50" s="233">
+        <v>2348</v>
+      </c>
+      <c r="I50" s="233">
+        <v>1955.8999999999999</v>
+      </c>
+      <c r="J50" s="233">
+        <v>1955.8999999999999</v>
+      </c>
+      <c r="K50" s="233">
+        <v>1739.4</v>
+      </c>
+      <c r="L50" s="233">
+        <v>1511.852093</v>
+      </c>
+      <c r="M50" s="233">
+        <v>1273.1737880000001</v>
+      </c>
+      <c r="N50" s="233">
+        <v>1080.9210685099999</v>
+      </c>
+      <c r="O50" s="233">
+        <v>1080.9210685099999</v>
+      </c>
+      <c r="P50" s="233">
+        <v>1065.37687725</v>
+      </c>
+      <c r="Q50" s="233">
+        <v>940.24259400000005</v>
+      </c>
+      <c r="R50" s="233">
+        <v>850.29985000000011</v>
+      </c>
+      <c r="S50" s="233">
+        <v>757.77374595000003</v>
+      </c>
+      <c r="T50" s="233">
+        <v>757.77374595000003</v>
+      </c>
+      <c r="U50" s="233">
+        <v>772.23243100000002</v>
+      </c>
+      <c r="V50" s="233">
+        <v>677.18023300000004</v>
+      </c>
+      <c r="W50" s="233">
+        <v>635.48344599999996</v>
+      </c>
+      <c r="X50" s="233">
+        <v>558.949433</v>
+      </c>
+      <c r="Y50" s="233">
+        <v>558.949433</v>
+      </c>
+      <c r="Z50" s="233">
+        <v>531.85418305999997</v>
+      </c>
+      <c r="AA50" s="233">
+        <v>435.32208280999998</v>
+      </c>
+      <c r="AB50" s="233">
+        <v>344.09158650000001</v>
+      </c>
+      <c r="AC50" s="233">
+        <v>306.35340472999997</v>
+      </c>
+      <c r="AD50" s="233">
+        <v>306.35340472999997</v>
+      </c>
+      <c r="AE50" s="233">
+        <v>276.11285399000002</v>
+      </c>
+      <c r="AF50" s="233">
+        <v>232.75265195999998</v>
+      </c>
+      <c r="AG50" s="233">
+        <v>228.89785444</v>
+      </c>
+    </row>
+    <row r="51" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B51" s="202" t="s">
+        <v>240</v>
+      </c>
+      <c r="C51" s="202" t="s">
         <v>241</v>
       </c>
-      <c r="D50" s="233">
-[...81 lines deleted...]
-        <v>228.89785444</v>
+      <c r="D51" s="234">
+        <v>1339.7562579999999</v>
+      </c>
+      <c r="E51" s="234">
+        <v>1339.7562579999999</v>
+      </c>
+      <c r="F51" s="234">
+        <v>1333.8783080000001</v>
+      </c>
+      <c r="G51" s="234">
+        <v>1219.3</v>
+      </c>
+      <c r="H51" s="234">
+        <v>1042.8</v>
+      </c>
+      <c r="I51" s="234">
+        <v>889.5</v>
+      </c>
+      <c r="J51" s="234">
+        <v>889.5</v>
+      </c>
+      <c r="K51" s="234">
+        <v>849.2</v>
+      </c>
+      <c r="L51" s="234">
+        <v>773.40399600000001</v>
+      </c>
+      <c r="M51" s="234">
+        <v>676.34401700000001</v>
+      </c>
+      <c r="N51" s="234">
+        <v>628.11011151000002</v>
+      </c>
+      <c r="O51" s="234">
+        <v>628.11011151000002</v>
+      </c>
+      <c r="P51" s="234">
+        <v>632.74980200000005</v>
+      </c>
+      <c r="Q51" s="234">
+        <v>596.42051900000001</v>
+      </c>
+      <c r="R51" s="234">
+        <v>534.83766800000001</v>
+      </c>
+      <c r="S51" s="234">
+        <v>476.13844431000001</v>
+      </c>
+      <c r="T51" s="234">
+        <v>476.13844431000001</v>
+      </c>
+      <c r="U51" s="234">
+        <v>477.74446399999999</v>
+      </c>
+      <c r="V51" s="234">
+        <v>418.26418100000001</v>
+      </c>
+      <c r="W51" s="234">
+        <v>374.46680300000003</v>
+      </c>
+      <c r="X51" s="234">
+        <v>337.437003</v>
+      </c>
+      <c r="Y51" s="234">
+        <v>337.437003</v>
+      </c>
+      <c r="Z51" s="234">
+        <v>329.43499558000002</v>
+      </c>
+      <c r="AA51" s="234">
+        <v>287.76529665999999</v>
+      </c>
+      <c r="AB51" s="234">
+        <v>248.81619567999979</v>
+      </c>
+      <c r="AC51" s="234">
+        <v>222.70212959999992</v>
+      </c>
+      <c r="AD51" s="234">
+        <v>222.70212959999992</v>
+      </c>
+      <c r="AE51" s="234">
+        <v>212.30698466000001</v>
+      </c>
+      <c r="AF51" s="234">
+        <v>197.84304592000009</v>
+      </c>
+      <c r="AG51" s="234">
+        <v>188.70837641</v>
       </c>
     </row>
-    <row r="51" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.65">
-[...88 lines deleted...]
-        <v>188.70837641</v>
+    <row r="52" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B52" s="200" t="s">
+        <v>237</v>
+      </c>
+      <c r="C52" s="200" t="s">
+        <v>238</v>
+      </c>
+      <c r="D52" s="233">
+        <v>252.69996</v>
+      </c>
+      <c r="E52" s="233">
+        <v>252.69996</v>
+      </c>
+      <c r="F52" s="233">
+        <v>212.35227900000001</v>
+      </c>
+      <c r="G52" s="233">
+        <v>171</v>
+      </c>
+      <c r="H52" s="233">
+        <v>180.77596600000001</v>
+      </c>
+      <c r="I52" s="233">
+        <v>157.69999999999999</v>
+      </c>
+      <c r="J52" s="233">
+        <v>157.69999999999999</v>
+      </c>
+      <c r="K52" s="233">
+        <v>152.1</v>
+      </c>
+      <c r="L52" s="233">
+        <v>143.08695</v>
+      </c>
+      <c r="M52" s="233">
+        <v>141.746297</v>
+      </c>
+      <c r="N52" s="233">
+        <v>140.650991</v>
+      </c>
+      <c r="O52" s="233">
+        <v>140.650991</v>
+      </c>
+      <c r="P52" s="233">
+        <v>139.52936</v>
+      </c>
+      <c r="Q52" s="233">
+        <v>139.875394</v>
+      </c>
+      <c r="R52" s="233">
+        <v>133.75791000000001</v>
+      </c>
+      <c r="S52" s="233">
+        <v>126.449754</v>
+      </c>
+      <c r="T52" s="233">
+        <v>126.449754</v>
+      </c>
+      <c r="U52" s="233">
+        <v>122.474322</v>
+      </c>
+      <c r="V52" s="233">
+        <v>115.068609</v>
+      </c>
+      <c r="W52" s="233">
+        <v>104.172967</v>
+      </c>
+      <c r="X52" s="233">
+        <v>106.380796</v>
+      </c>
+      <c r="Y52" s="233">
+        <v>106.380796</v>
+      </c>
+      <c r="Z52" s="233">
+        <v>94.918885000000003</v>
+      </c>
+      <c r="AA52" s="233">
+        <v>91.432226850000006</v>
+      </c>
+      <c r="AB52" s="233">
+        <v>90.226263749999802</v>
+      </c>
+      <c r="AC52" s="233">
+        <v>81.391614139999902</v>
+      </c>
+      <c r="AD52" s="233">
+        <v>81.391614139999902</v>
+      </c>
+      <c r="AE52" s="233">
+        <v>76.12967544</v>
+      </c>
+      <c r="AF52" s="233">
+        <v>70.079578820000094</v>
+      </c>
+      <c r="AG52" s="233">
+        <v>66.817212260000005</v>
       </c>
     </row>
-    <row r="52" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.65">
-[...91 lines deleted...]
-    <row r="53" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="53" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B53" s="199" t="s">
         <v>134</v>
       </c>
       <c r="C53" s="199" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D53" s="232">
+        <v>1087.056298</v>
+      </c>
+      <c r="E53" s="232">
+        <v>1087.056298</v>
+      </c>
+      <c r="F53" s="232">
         <v>1121.5260290000001</v>
       </c>
-      <c r="E53" s="232">
+      <c r="G53" s="232">
         <v>1048.3</v>
       </c>
-      <c r="F53" s="232">
+      <c r="H53" s="232">
         <v>862.012609</v>
       </c>
-      <c r="G53" s="232">
+      <c r="I53" s="232">
         <v>731.8</v>
       </c>
-      <c r="H53" s="232">
+      <c r="J53" s="232">
         <v>731.8</v>
       </c>
-      <c r="I53" s="232">
+      <c r="K53" s="232">
         <v>697.1</v>
       </c>
-      <c r="J53" s="232">
+      <c r="L53" s="232">
         <v>630.317046</v>
       </c>
-      <c r="K53" s="232">
+      <c r="M53" s="232">
         <v>534.59771999999998</v>
       </c>
-      <c r="L53" s="232">
+      <c r="N53" s="232">
         <v>487.45912050999999</v>
       </c>
-      <c r="M53" s="232">
+      <c r="O53" s="232">
         <v>487.45912050999999</v>
       </c>
-      <c r="N53" s="232">
+      <c r="P53" s="232">
         <v>493.22044199999999</v>
       </c>
-      <c r="O53" s="232">
+      <c r="Q53" s="232">
         <v>456.54512499999998</v>
       </c>
-      <c r="P53" s="232">
+      <c r="R53" s="232">
         <v>401.07975800000003</v>
       </c>
-      <c r="Q53" s="232">
+      <c r="S53" s="232">
         <v>349.68869031000003</v>
       </c>
-      <c r="R53" s="232">
+      <c r="T53" s="232">
         <v>349.68869031000003</v>
       </c>
-      <c r="S53" s="232">
+      <c r="U53" s="232">
         <v>355.27014200000002</v>
       </c>
-      <c r="T53" s="232">
+      <c r="V53" s="232">
         <v>303.19557200000003</v>
       </c>
-      <c r="U53" s="232">
+      <c r="W53" s="232">
         <v>270.293836</v>
       </c>
-      <c r="V53" s="232">
+      <c r="X53" s="232">
         <v>231.056207</v>
       </c>
-      <c r="W53" s="232">
+      <c r="Y53" s="232">
         <v>231.056207</v>
       </c>
-      <c r="X53" s="232">
+      <c r="Z53" s="232">
         <v>234.51611058</v>
       </c>
-      <c r="Y53" s="232">
+      <c r="AA53" s="232">
         <v>196.33306981000001</v>
       </c>
-      <c r="Z53" s="232">
+      <c r="AB53" s="232">
         <v>158.58993193000001</v>
       </c>
-      <c r="AA53" s="232">
+      <c r="AC53" s="232">
         <v>141.31051546</v>
       </c>
-      <c r="AB53" s="232">
+      <c r="AD53" s="232">
         <v>141.31051546</v>
       </c>
-      <c r="AC53" s="232">
+      <c r="AE53" s="232">
         <v>136.17730922000001</v>
       </c>
-      <c r="AD53" s="232">
+      <c r="AF53" s="232">
         <v>127.7634671</v>
       </c>
-      <c r="AE53" s="232">
+      <c r="AG53" s="232">
         <v>121.89116414999999</v>
       </c>
     </row>
-    <row r="54" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="54" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B54" s="201" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C54" s="201" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D54" s="231">
+        <v>1978.18362</v>
+      </c>
+      <c r="E54" s="231">
+        <v>1978.18362</v>
+      </c>
+      <c r="F54" s="231">
         <v>1902.520021</v>
       </c>
-      <c r="E54" s="231">
+      <c r="G54" s="231">
         <v>1732.2</v>
       </c>
-      <c r="F54" s="231">
+      <c r="H54" s="231">
         <v>1568.5</v>
       </c>
-      <c r="G54" s="231">
+      <c r="I54" s="231">
         <v>1297.1999999999998</v>
       </c>
-      <c r="H54" s="231">
+      <c r="J54" s="231">
         <v>1297.1999999999998</v>
       </c>
-      <c r="I54" s="231">
+      <c r="K54" s="231">
         <v>1118.4000000000001</v>
       </c>
-      <c r="J54" s="231">
+      <c r="L54" s="231">
         <v>953.19317599999999</v>
       </c>
-      <c r="K54" s="231">
+      <c r="M54" s="231">
         <v>808.724739</v>
       </c>
-      <c r="L54" s="231">
+      <c r="N54" s="231">
         <v>668.54793400000005</v>
       </c>
-      <c r="M54" s="231">
+      <c r="O54" s="231">
         <v>668.54793400000005</v>
       </c>
-      <c r="N54" s="231">
+      <c r="P54" s="231">
         <v>645.72265049999999</v>
       </c>
-      <c r="O54" s="231">
+      <c r="Q54" s="231">
         <v>564.10055399999999</v>
       </c>
-      <c r="P54" s="231">
+      <c r="R54" s="231">
         <v>528.66657299999997</v>
       </c>
-      <c r="Q54" s="231">
+      <c r="S54" s="231">
         <v>493.00256655999999</v>
       </c>
-      <c r="R54" s="231">
+      <c r="T54" s="231">
         <v>493.00256655999999</v>
       </c>
-      <c r="S54" s="231">
+      <c r="U54" s="231">
         <v>501.92412000000002</v>
       </c>
-      <c r="T54" s="231">
+      <c r="V54" s="231">
         <v>466.89376800000002</v>
       </c>
-      <c r="U54" s="231">
+      <c r="W54" s="231">
         <v>454.32048700000001</v>
       </c>
-      <c r="V54" s="231">
+      <c r="X54" s="231">
         <v>422.21928300000002</v>
       </c>
-      <c r="W54" s="231">
+      <c r="Y54" s="231">
         <v>422.21928300000002</v>
       </c>
-      <c r="X54" s="231">
+      <c r="Z54" s="231">
         <v>382.61498347999998</v>
       </c>
-      <c r="Y54" s="231">
+      <c r="AA54" s="231">
         <v>329.05196100000001</v>
       </c>
-      <c r="Z54" s="231">
+      <c r="AB54" s="231">
         <v>279.26189524</v>
       </c>
-      <c r="AA54" s="231">
+      <c r="AC54" s="231">
         <v>247.29993564</v>
       </c>
-      <c r="AB54" s="231">
+      <c r="AD54" s="231">
         <v>247.29993564</v>
       </c>
-      <c r="AC54" s="231">
+      <c r="AE54" s="231">
         <v>220.09815180999991</v>
       </c>
-      <c r="AD54" s="231">
+      <c r="AF54" s="231">
         <v>188.75407228</v>
       </c>
-      <c r="AE54" s="231">
+      <c r="AG54" s="231">
         <v>189.61178304999999</v>
       </c>
     </row>
-    <row r="55" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="55" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B55" s="199" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C55" s="199" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D55" s="232">
+        <v>126.388839</v>
+      </c>
+      <c r="E55" s="232">
+        <v>126.388839</v>
+      </c>
+      <c r="F55" s="232">
         <v>97.132159000000001</v>
       </c>
-      <c r="E55" s="232">
+      <c r="G55" s="232">
         <v>70.2</v>
       </c>
-      <c r="F55" s="232">
+      <c r="H55" s="232">
         <v>82.480485000000002</v>
       </c>
-      <c r="G55" s="232">
+      <c r="I55" s="232">
         <v>73.099999999999994</v>
       </c>
-      <c r="H55" s="232">
+      <c r="J55" s="232">
         <v>73.099999999999994</v>
       </c>
-      <c r="I55" s="232">
+      <c r="K55" s="232">
         <v>76.099999999999994</v>
       </c>
-      <c r="J55" s="232">
+      <c r="L55" s="232">
         <v>71.658129000000002</v>
       </c>
-      <c r="K55" s="232">
+      <c r="M55" s="232">
         <v>70.148670999999993</v>
       </c>
-      <c r="L55" s="232">
+      <c r="N55" s="232">
         <v>75.085986000000005</v>
       </c>
-      <c r="M55" s="232">
+      <c r="O55" s="232">
         <v>75.085986000000005</v>
       </c>
-      <c r="N55" s="232">
+      <c r="P55" s="232">
         <v>73.566215249999999</v>
       </c>
-      <c r="O55" s="232">
+      <c r="Q55" s="232">
         <v>80.403085000000004</v>
       </c>
-      <c r="P55" s="232">
+      <c r="R55" s="232">
         <v>79.446481000000006</v>
       </c>
-      <c r="Q55" s="232">
+      <c r="S55" s="232">
         <v>84.917510919999998</v>
       </c>
-      <c r="R55" s="232">
+      <c r="T55" s="232">
         <v>84.917510919999998</v>
       </c>
-      <c r="S55" s="232">
+      <c r="U55" s="232">
         <v>84.961831000000004</v>
       </c>
-      <c r="T55" s="232">
+      <c r="V55" s="232">
         <v>92.909107000000006</v>
       </c>
-      <c r="U55" s="232">
+      <c r="W55" s="232">
         <v>89.130876999999998</v>
       </c>
-      <c r="V55" s="232">
+      <c r="X55" s="232">
         <v>94.326057000000006</v>
       </c>
-      <c r="W55" s="232">
+      <c r="Y55" s="232">
         <v>94.326057000000006</v>
       </c>
-      <c r="X55" s="232">
+      <c r="Z55" s="232">
         <v>85.276910999999998</v>
       </c>
-      <c r="Y55" s="232">
+      <c r="AA55" s="232">
         <v>90.062948000000006</v>
       </c>
-      <c r="Z55" s="232">
+      <c r="AB55" s="232">
         <v>93.760240670000002</v>
       </c>
-      <c r="AA55" s="232">
+      <c r="AC55" s="232">
         <v>82.257046369999998</v>
       </c>
-      <c r="AB55" s="232">
+      <c r="AD55" s="232">
         <v>82.257046369999998</v>
       </c>
-      <c r="AC55" s="232">
+      <c r="AE55" s="232">
         <v>80.162607039999898</v>
       </c>
-      <c r="AD55" s="232">
+      <c r="AF55" s="232">
         <v>83.764887419999994</v>
       </c>
-      <c r="AE55" s="232">
+      <c r="AG55" s="232">
         <v>82.605092760000005</v>
       </c>
     </row>
-    <row r="56" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="56" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B56" s="200" t="s">
         <v>134</v>
       </c>
       <c r="C56" s="200" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D56" s="233">
+        <v>1851.7947810000001</v>
+      </c>
+      <c r="E56" s="233">
+        <v>1851.7947810000001</v>
+      </c>
+      <c r="F56" s="233">
         <v>1805.387862</v>
       </c>
-      <c r="E56" s="233">
+      <c r="G56" s="233">
         <v>1662</v>
       </c>
-      <c r="F56" s="233">
+      <c r="H56" s="233">
         <v>1486.01127</v>
       </c>
-      <c r="G56" s="233">
+      <c r="I56" s="233">
         <v>1224.0999999999999</v>
       </c>
-      <c r="H56" s="233">
+      <c r="J56" s="233">
         <v>1224.0999999999999</v>
       </c>
-      <c r="I56" s="233">
+      <c r="K56" s="233">
         <v>1042.3</v>
       </c>
-      <c r="J56" s="233">
+      <c r="L56" s="233">
         <v>881.53504699999996</v>
       </c>
-      <c r="K56" s="233">
+      <c r="M56" s="233">
         <v>738.57606799999996</v>
       </c>
-      <c r="L56" s="233">
+      <c r="N56" s="233">
         <v>593.46194800000001</v>
       </c>
-      <c r="M56" s="233">
+      <c r="O56" s="233">
         <v>593.46194800000001</v>
       </c>
-      <c r="N56" s="233">
+      <c r="P56" s="233">
         <v>572.15643524999996</v>
       </c>
-      <c r="O56" s="233">
+      <c r="Q56" s="233">
         <v>483.69746900000001</v>
       </c>
-      <c r="P56" s="233">
+      <c r="R56" s="233">
         <v>449.22009200000002</v>
       </c>
-      <c r="Q56" s="233">
+      <c r="S56" s="233">
         <v>408.08505564000001</v>
       </c>
-      <c r="R56" s="233">
+      <c r="T56" s="233">
         <v>408.08505564000001</v>
       </c>
-      <c r="S56" s="233">
+      <c r="U56" s="233">
         <v>416.962289</v>
       </c>
-      <c r="T56" s="233">
+      <c r="V56" s="233">
         <v>373.98466100000002</v>
       </c>
-      <c r="U56" s="233">
+      <c r="W56" s="233">
         <v>365.18961000000002</v>
       </c>
-      <c r="V56" s="233">
+      <c r="X56" s="233">
         <v>327.89322600000003</v>
       </c>
-      <c r="W56" s="233">
+      <c r="Y56" s="233">
         <v>327.89322600000003</v>
       </c>
-      <c r="X56" s="233">
+      <c r="Z56" s="233">
         <v>297.33807247999999</v>
       </c>
-      <c r="Y56" s="233">
+      <c r="AA56" s="233">
         <v>238.989013</v>
       </c>
-      <c r="Z56" s="233">
+      <c r="AB56" s="233">
         <v>185.50165457</v>
       </c>
-      <c r="AA56" s="233">
+      <c r="AC56" s="233">
         <v>165.04288926999999</v>
       </c>
-      <c r="AB56" s="233">
+      <c r="AD56" s="233">
         <v>165.04288926999999</v>
       </c>
-      <c r="AC56" s="233">
+      <c r="AE56" s="233">
         <v>139.93554477000001</v>
       </c>
-      <c r="AD56" s="233">
+      <c r="AF56" s="233">
         <v>104.98918485999999</v>
       </c>
-      <c r="AE56" s="233">
+      <c r="AG56" s="233">
         <v>107.00669028999999</v>
       </c>
     </row>
-    <row r="57" spans="2:31" ht="26.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="2:33" ht="26.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D57" s="326"/>
       <c r="E57" s="326"/>
       <c r="F57" s="326"/>
       <c r="G57" s="326"/>
       <c r="H57" s="326"/>
       <c r="I57" s="326"/>
       <c r="J57" s="326"/>
       <c r="K57" s="326"/>
       <c r="L57" s="326"/>
       <c r="M57" s="326"/>
       <c r="N57" s="326"/>
       <c r="O57" s="326"/>
+      <c r="P57" s="326"/>
+      <c r="Q57" s="326"/>
+    </row>
+    <row r="58" spans="2:33" ht="26.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D58" s="326"/>
+      <c r="I58" s="326"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C2B7F1D-049B-4BF8-A4DF-C23D19B8EF41}">
   <sheetPr codeName="Planilha4"/>
-  <dimension ref="A1:AL25"/>
+  <dimension ref="A1:AM25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="5" topLeftCell="C6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B65" sqref="B65"/>
       <selection pane="topRight" activeCell="B65" sqref="B65"/>
       <selection pane="bottomLeft" activeCell="B65" sqref="B65"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="1" style="1" customWidth="1"/>
-    <col min="2" max="2" width="34.4140625" style="8" bestFit="1" customWidth="1"/>
-[...20 lines deleted...]
-    <col min="39" max="16384" width="9" style="1"/>
+    <col min="2" max="2" width="34.3984375" style="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="34.3984375" style="8" customWidth="1"/>
+    <col min="4" max="13" width="10.8984375" style="8" customWidth="1"/>
+    <col min="14" max="14" width="11" style="8" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="10.5" style="8" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="10.69921875" style="8" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="11" style="8" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="11.09765625" style="8" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="11" style="8" bestFit="1" customWidth="1"/>
+    <col min="21" max="22" width="10.59765625" style="8" bestFit="1" customWidth="1"/>
+    <col min="23" max="24" width="10" style="8" bestFit="1" customWidth="1"/>
+    <col min="25" max="26" width="11.09765625" style="8" bestFit="1" customWidth="1"/>
+    <col min="27" max="28" width="10.5" style="8" bestFit="1" customWidth="1"/>
+    <col min="29" max="30" width="10.69921875" style="8" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="10.09765625" style="8" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="9.59765625" style="8" bestFit="1" customWidth="1"/>
+    <col min="33" max="34" width="10.69921875" style="8" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="10.3984375" style="8" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="10.19921875" style="8" bestFit="1" customWidth="1"/>
+    <col min="37" max="38" width="10.5" style="8" bestFit="1" customWidth="1"/>
+    <col min="39" max="39" width="10.3984375" style="8" bestFit="1" customWidth="1"/>
+    <col min="40" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="AE1" s="11"/>
+    <row r="1" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="AF1" s="11"/>
       <c r="AG1" s="11"/>
       <c r="AH1" s="11"/>
       <c r="AI1" s="11"/>
       <c r="AJ1" s="11"/>
       <c r="AK1" s="11"/>
       <c r="AL1" s="11"/>
+      <c r="AM1" s="11"/>
     </row>
-    <row r="2" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="AE2" s="11"/>
+    <row r="2" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="AF2" s="11"/>
       <c r="AG2" s="11"/>
       <c r="AH2" s="11"/>
       <c r="AI2" s="11"/>
       <c r="AJ2" s="11"/>
       <c r="AK2" s="11"/>
       <c r="AL2" s="11"/>
+      <c r="AM2" s="11"/>
     </row>
-    <row r="3" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="AE3" s="11"/>
+    <row r="3" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="AF3" s="11"/>
       <c r="AG3" s="11"/>
       <c r="AH3" s="11"/>
       <c r="AI3" s="11"/>
       <c r="AJ3" s="11"/>
       <c r="AK3" s="11"/>
       <c r="AL3" s="11"/>
+      <c r="AM3" s="11"/>
     </row>
-    <row r="4" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="4" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B4" s="12" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C4" s="12" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D4" s="262"/>
       <c r="E4" s="262"/>
       <c r="F4" s="262"/>
       <c r="G4" s="262"/>
       <c r="H4" s="262"/>
-      <c r="I4" s="11"/>
+      <c r="I4" s="262"/>
       <c r="J4" s="11"/>
-      <c r="K4" s="262"/>
-      <c r="L4" s="11"/>
+      <c r="K4" s="11"/>
+      <c r="L4" s="262"/>
       <c r="M4" s="11"/>
       <c r="N4" s="11"/>
       <c r="O4" s="11"/>
       <c r="P4" s="11"/>
       <c r="Q4" s="11"/>
       <c r="R4" s="11"/>
       <c r="S4" s="11"/>
       <c r="T4" s="11"/>
       <c r="U4" s="11"/>
       <c r="V4" s="11"/>
       <c r="W4" s="11"/>
       <c r="X4" s="11"/>
       <c r="Y4" s="11"/>
       <c r="Z4" s="11"/>
       <c r="AA4" s="11"/>
       <c r="AB4" s="11"/>
       <c r="AC4" s="11"/>
       <c r="AD4" s="11"/>
       <c r="AE4" s="11"/>
       <c r="AF4" s="11"/>
       <c r="AG4" s="11"/>
       <c r="AH4" s="11"/>
       <c r="AI4" s="11"/>
       <c r="AJ4" s="11"/>
       <c r="AK4" s="11"/>
       <c r="AL4" s="11"/>
+      <c r="AM4" s="11"/>
     </row>
-    <row r="5" spans="1:38" s="10" customFormat="1" ht="30.5" x14ac:dyDescent="0.75">
+    <row r="5" spans="1:39" s="10" customFormat="1" ht="31.8" x14ac:dyDescent="0.6">
       <c r="B5" s="12" t="s">
+        <v>246</v>
+      </c>
+      <c r="C5" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="D5" s="13">
+        <v>46022</v>
+      </c>
+      <c r="E5" s="13">
+        <v>45930</v>
+      </c>
+      <c r="F5" s="13">
+        <v>45838</v>
+      </c>
+      <c r="G5" s="13">
+        <v>45747</v>
+      </c>
+      <c r="H5" s="13">
+        <v>45657</v>
+      </c>
+      <c r="I5" s="13">
+        <v>45565</v>
+      </c>
+      <c r="J5" s="13">
+        <v>45473</v>
+      </c>
+      <c r="K5" s="13">
+        <v>45382</v>
+      </c>
+      <c r="L5" s="13">
+        <v>45291</v>
+      </c>
+      <c r="M5" s="13">
+        <v>45199</v>
+      </c>
+      <c r="N5" s="13">
+        <v>45107</v>
+      </c>
+      <c r="O5" s="13">
+        <v>45016</v>
+      </c>
+      <c r="P5" s="13">
+        <v>44926</v>
+      </c>
+      <c r="Q5" s="13">
+        <v>44834</v>
+      </c>
+      <c r="R5" s="13">
+        <v>44742</v>
+      </c>
+      <c r="S5" s="13">
+        <v>44651</v>
+      </c>
+      <c r="T5" s="14" t="s">
         <v>248</v>
       </c>
-      <c r="C5" s="12" t="s">
+      <c r="U5" s="13">
+        <v>44469</v>
+      </c>
+      <c r="V5" s="13">
+        <v>44377</v>
+      </c>
+      <c r="W5" s="13">
+        <v>44286</v>
+      </c>
+      <c r="X5" s="13">
+        <v>44196</v>
+      </c>
+      <c r="Y5" s="13">
+        <v>44104</v>
+      </c>
+      <c r="Z5" s="13">
+        <v>44012</v>
+      </c>
+      <c r="AA5" s="13">
+        <v>43921</v>
+      </c>
+      <c r="AB5" s="13">
+        <v>43830</v>
+      </c>
+      <c r="AC5" s="13">
+        <v>43738</v>
+      </c>
+      <c r="AD5" s="13">
+        <v>43646</v>
+      </c>
+      <c r="AE5" s="13">
+        <v>43555</v>
+      </c>
+      <c r="AF5" s="13">
+        <v>43465</v>
+      </c>
+      <c r="AG5" s="13">
+        <v>43373</v>
+      </c>
+      <c r="AH5" s="13">
+        <v>43281</v>
+      </c>
+      <c r="AI5" s="13">
+        <v>43190</v>
+      </c>
+      <c r="AJ5" s="13">
+        <v>43100</v>
+      </c>
+      <c r="AK5" s="13">
+        <v>43008</v>
+      </c>
+      <c r="AL5" s="13">
+        <v>42916</v>
+      </c>
+      <c r="AM5" s="13">
+        <v>42825</v>
+      </c>
+    </row>
+    <row r="6" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B6" s="15" t="s">
         <v>249</v>
       </c>
-      <c r="D5" s="13">
-[...44 lines deleted...]
-      <c r="S5" s="14" t="s">
+      <c r="C6" s="15" t="s">
         <v>250</v>
-      </c>
-[...63 lines deleted...]
-        <v>252</v>
       </c>
       <c r="D6" s="328"/>
       <c r="E6" s="328"/>
-      <c r="F6" s="15"/>
+      <c r="F6" s="328"/>
       <c r="G6" s="15"/>
       <c r="H6" s="15"/>
       <c r="I6" s="15"/>
       <c r="J6" s="15"/>
       <c r="K6" s="15"/>
       <c r="L6" s="15"/>
       <c r="M6" s="15"/>
       <c r="N6" s="15"/>
       <c r="O6" s="15"/>
       <c r="P6" s="15"/>
-      <c r="Q6" s="16"/>
+      <c r="Q6" s="15"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16"/>
       <c r="X6" s="16"/>
       <c r="Y6" s="16"/>
       <c r="Z6" s="16"/>
       <c r="AA6" s="16"/>
       <c r="AB6" s="16"/>
       <c r="AC6" s="16"/>
       <c r="AD6" s="16"/>
       <c r="AE6" s="16"/>
       <c r="AF6" s="16"/>
       <c r="AG6" s="16"/>
       <c r="AH6" s="16"/>
       <c r="AI6" s="16"/>
       <c r="AJ6" s="16"/>
       <c r="AK6" s="16"/>
       <c r="AL6" s="16"/>
+      <c r="AM6" s="16"/>
     </row>
-    <row r="7" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="7" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B7" s="17" t="s">
+        <v>251</v>
+      </c>
+      <c r="C7" s="17" t="s">
+        <v>252</v>
+      </c>
+      <c r="D7" s="18">
+        <v>1355394</v>
+      </c>
+      <c r="E7" s="18">
+        <v>1287134</v>
+      </c>
+      <c r="F7" s="18">
+        <v>1035262</v>
+      </c>
+      <c r="G7" s="18">
+        <v>1031724</v>
+      </c>
+      <c r="H7" s="18">
+        <v>975224</v>
+      </c>
+      <c r="I7" s="18">
+        <v>760259</v>
+      </c>
+      <c r="J7" s="18">
+        <v>889522</v>
+      </c>
+      <c r="K7" s="18">
+        <v>647595</v>
+      </c>
+      <c r="L7" s="18">
+        <v>643630</v>
+      </c>
+      <c r="M7" s="22">
+        <v>730072</v>
+      </c>
+      <c r="N7" s="18">
+        <v>556696</v>
+      </c>
+      <c r="O7" s="18">
+        <v>470159</v>
+      </c>
+      <c r="P7" s="18">
+        <v>562264</v>
+      </c>
+      <c r="Q7" s="18">
+        <v>394522</v>
+      </c>
+      <c r="R7" s="18">
+        <v>454074</v>
+      </c>
+      <c r="S7" s="18">
+        <v>360921</v>
+      </c>
+      <c r="T7" s="18">
+        <v>375963</v>
+      </c>
+      <c r="U7" s="18">
+        <v>414633</v>
+      </c>
+      <c r="V7" s="18">
+        <v>390596</v>
+      </c>
+      <c r="W7" s="18">
+        <v>329971</v>
+      </c>
+      <c r="X7" s="18">
+        <v>291125</v>
+      </c>
+      <c r="Y7" s="18">
+        <v>529672</v>
+      </c>
+      <c r="Z7" s="18">
+        <v>358082</v>
+      </c>
+      <c r="AA7" s="18">
+        <v>254528</v>
+      </c>
+      <c r="AB7" s="18">
+        <v>249496</v>
+      </c>
+      <c r="AC7" s="18">
+        <v>236221</v>
+      </c>
+      <c r="AD7" s="18">
+        <v>269315</v>
+      </c>
+      <c r="AE7" s="18">
+        <v>239346</v>
+      </c>
+      <c r="AF7" s="18">
+        <v>171395</v>
+      </c>
+      <c r="AG7" s="18">
+        <v>203590</v>
+      </c>
+      <c r="AH7" s="18">
+        <v>145875</v>
+      </c>
+      <c r="AI7" s="18">
+        <v>143831</v>
+      </c>
+      <c r="AJ7" s="18">
+        <v>143946</v>
+      </c>
+      <c r="AK7" s="18">
+        <v>123876</v>
+      </c>
+      <c r="AL7" s="18">
+        <v>119847</v>
+      </c>
+      <c r="AM7" s="18">
+        <v>142500</v>
+      </c>
+    </row>
+    <row r="8" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B8" s="19" t="s">
         <v>253</v>
       </c>
-      <c r="C7" s="17" t="s">
+      <c r="C8" s="19" t="s">
         <v>254</v>
       </c>
-      <c r="D7" s="18">
-[...111 lines deleted...]
-      </c>
       <c r="D8" s="235">
+        <v>435543</v>
+      </c>
+      <c r="E8" s="235">
         <v>486069</v>
       </c>
-      <c r="E8" s="235">
+      <c r="F8" s="235">
         <v>495613</v>
       </c>
-      <c r="F8" s="235">
+      <c r="G8" s="235">
         <v>512082</v>
       </c>
-      <c r="G8" s="235">
+      <c r="H8" s="235">
         <v>441012</v>
       </c>
-      <c r="H8" s="235">
+      <c r="I8" s="235">
         <v>664956</v>
       </c>
-      <c r="I8" s="235">
+      <c r="J8" s="235">
         <v>668498</v>
       </c>
-      <c r="J8" s="235">
+      <c r="K8" s="235">
         <v>364073</v>
       </c>
-      <c r="K8" s="235">
+      <c r="L8" s="235">
         <v>348639</v>
       </c>
-      <c r="L8" s="120">
+      <c r="M8" s="120">
         <v>379003</v>
       </c>
-      <c r="M8" s="20">
+      <c r="N8" s="20">
         <v>278694</v>
       </c>
-      <c r="N8" s="20">
+      <c r="O8" s="20">
         <v>259664</v>
       </c>
-      <c r="O8" s="20">
+      <c r="P8" s="20">
         <v>227162</v>
       </c>
-      <c r="P8" s="20">
+      <c r="Q8" s="20">
         <v>240386</v>
       </c>
-      <c r="Q8" s="20">
+      <c r="R8" s="20">
         <v>225903</v>
       </c>
-      <c r="R8" s="20">
+      <c r="S8" s="20">
         <v>241647</v>
       </c>
-      <c r="S8" s="20">
+      <c r="T8" s="20">
         <v>218524</v>
       </c>
-      <c r="T8" s="20">
+      <c r="U8" s="20">
         <v>140294</v>
       </c>
-      <c r="U8" s="20">
+      <c r="V8" s="20">
         <v>101391</v>
       </c>
-      <c r="V8" s="20">
+      <c r="W8" s="20">
         <v>106673</v>
       </c>
-      <c r="W8" s="20">
+      <c r="X8" s="20">
         <v>139773</v>
       </c>
-      <c r="X8" s="20">
+      <c r="Y8" s="20">
         <v>80177</v>
       </c>
-      <c r="Y8" s="20">
+      <c r="Z8" s="20">
         <v>67765</v>
       </c>
-      <c r="Z8" s="20">
+      <c r="AA8" s="20">
         <v>71000</v>
       </c>
-      <c r="AA8" s="20">
+      <c r="AB8" s="20">
         <v>64847</v>
       </c>
-      <c r="AB8" s="20">
+      <c r="AC8" s="20">
         <v>46693</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AD8" s="20">
         <v>0</v>
       </c>
       <c r="AE8" s="20">
+        <v>0</v>
+      </c>
+      <c r="AF8" s="20">
         <v>79566</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AG8" s="20">
         <v>0</v>
       </c>
       <c r="AH8" s="20">
         <v>0</v>
       </c>
       <c r="AI8" s="20">
+        <v>0</v>
+      </c>
+      <c r="AJ8" s="20">
         <v>54560</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AK8" s="20">
         <v>0</v>
       </c>
       <c r="AL8" s="20">
+        <v>0</v>
+      </c>
+      <c r="AM8" s="20">
         <v>591</v>
       </c>
     </row>
-    <row r="9" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="9" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B9" s="17" t="s">
+        <v>255</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>256</v>
+      </c>
+      <c r="D9" s="18">
+        <v>286215</v>
+      </c>
+      <c r="E9" s="18">
+        <v>475943.34078116273</v>
+      </c>
+      <c r="F9" s="18">
+        <v>552497</v>
+      </c>
+      <c r="G9" s="18">
+        <v>602207.99671063269</v>
+      </c>
+      <c r="H9" s="18">
+        <v>345783</v>
+      </c>
+      <c r="I9" s="18">
+        <v>371958</v>
+      </c>
+      <c r="J9" s="18">
+        <v>494497</v>
+      </c>
+      <c r="K9" s="18">
+        <v>649909</v>
+      </c>
+      <c r="L9" s="18">
+        <v>481218</v>
+      </c>
+      <c r="M9" s="22">
+        <v>489221</v>
+      </c>
+      <c r="N9" s="18">
+        <v>678261</v>
+      </c>
+      <c r="O9" s="18">
+        <v>677724</v>
+      </c>
+      <c r="P9" s="18">
+        <v>681536</v>
+      </c>
+      <c r="Q9" s="18">
+        <v>879561.98465843243</v>
+      </c>
+      <c r="R9" s="18">
+        <v>1004386</v>
+      </c>
+      <c r="S9" s="18">
+        <v>996524</v>
+      </c>
+      <c r="T9" s="18">
+        <v>731349</v>
+      </c>
+      <c r="U9" s="18">
+        <v>700282</v>
+      </c>
+      <c r="V9" s="18">
+        <v>835343</v>
+      </c>
+      <c r="W9" s="18">
+        <v>770187</v>
+      </c>
+      <c r="X9" s="18">
+        <v>627243</v>
+      </c>
+      <c r="Y9" s="18">
+        <v>647241</v>
+      </c>
+      <c r="Z9" s="18">
+        <v>528330</v>
+      </c>
+      <c r="AA9" s="18">
+        <v>448111</v>
+      </c>
+      <c r="AB9" s="18">
+        <v>533437</v>
+      </c>
+      <c r="AC9" s="18">
+        <v>581653</v>
+      </c>
+      <c r="AD9" s="18">
+        <v>504111</v>
+      </c>
+      <c r="AE9" s="18">
+        <v>457533</v>
+      </c>
+      <c r="AF9" s="18">
+        <v>417334</v>
+      </c>
+      <c r="AG9" s="18">
+        <v>641647</v>
+      </c>
+      <c r="AH9" s="18">
+        <v>654913</v>
+      </c>
+      <c r="AI9" s="18">
+        <v>583693</v>
+      </c>
+      <c r="AJ9" s="18">
+        <v>680292</v>
+      </c>
+      <c r="AK9" s="18">
+        <v>705210</v>
+      </c>
+      <c r="AL9" s="18">
+        <v>646570</v>
+      </c>
+      <c r="AM9" s="18">
+        <v>642834</v>
+      </c>
+    </row>
+    <row r="10" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B10" s="19" t="s">
         <v>257</v>
       </c>
-      <c r="C9" s="17" t="s">
+      <c r="C10" s="19" t="s">
         <v>258</v>
       </c>
-      <c r="D9" s="18">
-[...102 lines deleted...]
-        <v>642834</v>
+      <c r="D10" s="235">
+        <v>919547</v>
+      </c>
+      <c r="E10" s="235">
+        <v>960833</v>
+      </c>
+      <c r="F10" s="235">
+        <v>744049</v>
+      </c>
+      <c r="G10" s="235">
+        <v>742802</v>
+      </c>
+      <c r="H10" s="235">
+        <v>808203</v>
+      </c>
+      <c r="I10" s="235">
+        <v>683894</v>
+      </c>
+      <c r="J10" s="235">
+        <v>699423</v>
+      </c>
+      <c r="K10" s="235">
+        <v>683171</v>
+      </c>
+      <c r="L10" s="235">
+        <v>641546</v>
+      </c>
+      <c r="M10" s="120">
+        <v>626691</v>
+      </c>
+      <c r="N10" s="20">
+        <v>602449</v>
+      </c>
+      <c r="O10" s="20">
+        <v>675394</v>
+      </c>
+      <c r="P10" s="20">
+        <v>534993</v>
+      </c>
+      <c r="Q10" s="20">
+        <v>477113</v>
+      </c>
+      <c r="R10" s="20">
+        <v>420684</v>
+      </c>
+      <c r="S10" s="20">
+        <v>454883</v>
+      </c>
+      <c r="T10" s="20">
+        <v>486666</v>
+      </c>
+      <c r="U10" s="20">
+        <v>338886</v>
+      </c>
+      <c r="V10" s="20">
+        <v>320995</v>
+      </c>
+      <c r="W10" s="20">
+        <v>382697</v>
+      </c>
+      <c r="X10" s="20">
+        <v>270277</v>
+      </c>
+      <c r="Y10" s="20">
+        <v>226704</v>
+      </c>
+      <c r="Z10" s="20">
+        <v>190026</v>
+      </c>
+      <c r="AA10" s="20">
+        <v>210689</v>
+      </c>
+      <c r="AB10" s="20">
+        <v>181365</v>
+      </c>
+      <c r="AC10" s="20">
+        <v>235880</v>
+      </c>
+      <c r="AD10" s="20">
+        <v>206870</v>
+      </c>
+      <c r="AE10" s="20">
+        <v>218101</v>
+      </c>
+      <c r="AF10" s="20">
+        <v>216094</v>
+      </c>
+      <c r="AG10" s="20">
+        <v>241342</v>
+      </c>
+      <c r="AH10" s="20">
+        <v>193980</v>
+      </c>
+      <c r="AI10" s="20">
+        <v>233112</v>
+      </c>
+      <c r="AJ10" s="20">
+        <v>173079</v>
+      </c>
+      <c r="AK10" s="20">
+        <v>249339</v>
+      </c>
+      <c r="AL10" s="20">
+        <v>223747</v>
+      </c>
+      <c r="AM10" s="20">
+        <v>231020</v>
       </c>
     </row>
-    <row r="10" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B10" s="19" t="s">
+    <row r="11" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B11" s="21" t="s">
         <v>259</v>
       </c>
-      <c r="C10" s="19" t="s">
+      <c r="C11" s="21" t="s">
         <v>260</v>
       </c>
-      <c r="D10" s="235">
-[...102 lines deleted...]
-        <v>231020</v>
+      <c r="D11" s="18">
+        <v>11708</v>
+      </c>
+      <c r="E11" s="18">
+        <v>9581</v>
+      </c>
+      <c r="F11" s="18">
+        <v>8316</v>
+      </c>
+      <c r="G11" s="18">
+        <v>15238</v>
+      </c>
+      <c r="H11" s="18">
+        <v>17033</v>
+      </c>
+      <c r="I11" s="18">
+        <v>15022</v>
+      </c>
+      <c r="J11" s="18">
+        <v>26070</v>
+      </c>
+      <c r="K11" s="18">
+        <v>9839</v>
+      </c>
+      <c r="L11" s="18">
+        <v>13547</v>
+      </c>
+      <c r="M11" s="22">
+        <v>11558</v>
+      </c>
+      <c r="N11" s="22">
+        <v>9562</v>
+      </c>
+      <c r="O11" s="22">
+        <v>7108</v>
+      </c>
+      <c r="P11" s="22">
+        <v>7297</v>
+      </c>
+      <c r="Q11" s="22">
+        <v>8343</v>
+      </c>
+      <c r="R11" s="22">
+        <v>6582</v>
+      </c>
+      <c r="S11" s="22">
+        <v>6676</v>
+      </c>
+      <c r="T11" s="22">
+        <v>6611</v>
+      </c>
+      <c r="U11" s="22">
+        <v>9083</v>
+      </c>
+      <c r="V11" s="22">
+        <v>5560</v>
+      </c>
+      <c r="W11" s="22">
+        <v>7755</v>
+      </c>
+      <c r="X11" s="22">
+        <v>7748</v>
+      </c>
+      <c r="Y11" s="22">
+        <v>8463</v>
+      </c>
+      <c r="Z11" s="22">
+        <v>9125</v>
+      </c>
+      <c r="AA11" s="22">
+        <v>11718</v>
+      </c>
+      <c r="AB11" s="22">
+        <v>8922</v>
+      </c>
+      <c r="AC11" s="22">
+        <v>33715</v>
+      </c>
+      <c r="AD11" s="22">
+        <v>35450</v>
+      </c>
+      <c r="AE11" s="22">
+        <v>28104</v>
+      </c>
+      <c r="AF11" s="22">
+        <v>4471</v>
+      </c>
+      <c r="AG11" s="22">
+        <v>48794</v>
+      </c>
+      <c r="AH11" s="22">
+        <v>38695</v>
+      </c>
+      <c r="AI11" s="22">
+        <v>32917</v>
+      </c>
+      <c r="AJ11" s="22">
+        <v>4801</v>
+      </c>
+      <c r="AK11" s="22">
+        <v>20975</v>
+      </c>
+      <c r="AL11" s="22">
+        <v>40019</v>
+      </c>
+      <c r="AM11" s="22">
+        <v>25920</v>
       </c>
     </row>
-    <row r="11" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B11" s="21" t="s">
+    <row r="12" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B12" s="19" t="s">
         <v>261</v>
       </c>
-      <c r="C11" s="21" t="s">
+      <c r="C12" s="19" t="s">
         <v>262</v>
       </c>
-      <c r="D11" s="18">
-[...102 lines deleted...]
-        <v>25920</v>
+      <c r="D12" s="235">
+        <v>203465</v>
+      </c>
+      <c r="E12" s="235">
+        <v>187277</v>
+      </c>
+      <c r="F12" s="235">
+        <v>170013</v>
+      </c>
+      <c r="G12" s="235">
+        <v>144504</v>
+      </c>
+      <c r="H12" s="235">
+        <v>138882</v>
+      </c>
+      <c r="I12" s="235">
+        <v>132338</v>
+      </c>
+      <c r="J12" s="235">
+        <v>115011</v>
+      </c>
+      <c r="K12" s="235">
+        <v>92050</v>
+      </c>
+      <c r="L12" s="235">
+        <v>84228</v>
+      </c>
+      <c r="M12" s="120">
+        <v>79675</v>
+      </c>
+      <c r="N12" s="20">
+        <v>63169</v>
+      </c>
+      <c r="O12" s="20">
+        <v>58214</v>
+      </c>
+      <c r="P12" s="20">
+        <v>50270</v>
+      </c>
+      <c r="Q12" s="20">
+        <v>43329</v>
+      </c>
+      <c r="R12" s="20">
+        <v>36248</v>
+      </c>
+      <c r="S12" s="20">
+        <v>30305</v>
+      </c>
+      <c r="T12" s="20">
+        <v>27836</v>
+      </c>
+      <c r="U12" s="20">
+        <v>24330</v>
+      </c>
+      <c r="V12" s="20">
+        <v>19254</v>
+      </c>
+      <c r="W12" s="20">
+        <v>15478</v>
+      </c>
+      <c r="X12" s="20">
+        <v>16345</v>
+      </c>
+      <c r="Y12" s="20">
+        <v>42749</v>
+      </c>
+      <c r="Z12" s="20">
+        <v>36889</v>
+      </c>
+      <c r="AA12" s="20">
+        <v>34332</v>
+      </c>
+      <c r="AB12" s="20">
+        <v>38789</v>
+      </c>
+      <c r="AC12" s="20">
+        <v>26008</v>
+      </c>
+      <c r="AD12" s="20">
+        <v>25895</v>
+      </c>
+      <c r="AE12" s="20">
+        <v>24543</v>
+      </c>
+      <c r="AF12" s="20">
+        <v>32923</v>
+      </c>
+      <c r="AG12" s="20">
+        <v>15119</v>
+      </c>
+      <c r="AH12" s="20">
+        <v>14708</v>
+      </c>
+      <c r="AI12" s="20">
+        <v>13709</v>
+      </c>
+      <c r="AJ12" s="20">
+        <v>12936</v>
+      </c>
+      <c r="AK12" s="20">
+        <v>12069</v>
+      </c>
+      <c r="AL12" s="20">
+        <v>9955</v>
+      </c>
+      <c r="AM12" s="20">
+        <v>9768</v>
       </c>
     </row>
-    <row r="12" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B12" s="19" t="s">
+    <row r="13" spans="1:39" s="10" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="B13" s="23" t="s">
         <v>263</v>
       </c>
-      <c r="C12" s="19" t="s">
+      <c r="C13" s="23" t="s">
         <v>264</v>
       </c>
-      <c r="D12" s="235">
-[...102 lines deleted...]
-        <v>9768</v>
+      <c r="D13" s="24">
+        <v>3211872</v>
+      </c>
+      <c r="E13" s="24">
+        <v>3406837.3407811625</v>
+      </c>
+      <c r="F13" s="24">
+        <v>3005750</v>
+      </c>
+      <c r="G13" s="24">
+        <v>3048557.9967106329</v>
+      </c>
+      <c r="H13" s="24">
+        <v>2726137</v>
+      </c>
+      <c r="I13" s="24">
+        <v>2628427</v>
+      </c>
+      <c r="J13" s="24">
+        <v>2893021</v>
+      </c>
+      <c r="K13" s="24">
+        <v>2446637</v>
+      </c>
+      <c r="L13" s="24">
+        <v>2212808</v>
+      </c>
+      <c r="M13" s="24">
+        <v>2316220</v>
+      </c>
+      <c r="N13" s="24">
+        <v>2188831</v>
+      </c>
+      <c r="O13" s="24">
+        <v>2148263</v>
+      </c>
+      <c r="P13" s="24">
+        <v>2063522</v>
+      </c>
+      <c r="Q13" s="24">
+        <v>2043254.9846584324</v>
+      </c>
+      <c r="R13" s="24">
+        <v>2147877</v>
+      </c>
+      <c r="S13" s="24">
+        <v>2090956</v>
+      </c>
+      <c r="T13" s="24">
+        <v>1846949</v>
+      </c>
+      <c r="U13" s="24">
+        <v>1627508</v>
+      </c>
+      <c r="V13" s="24">
+        <v>1673139</v>
+      </c>
+      <c r="W13" s="24">
+        <v>1612761</v>
+      </c>
+      <c r="X13" s="24">
+        <v>1352511</v>
+      </c>
+      <c r="Y13" s="24">
+        <v>1535006</v>
+      </c>
+      <c r="Z13" s="24">
+        <v>1190217</v>
+      </c>
+      <c r="AA13" s="24">
+        <v>1030378</v>
+      </c>
+      <c r="AB13" s="24">
+        <v>1076856</v>
+      </c>
+      <c r="AC13" s="24">
+        <v>1160170</v>
+      </c>
+      <c r="AD13" s="24">
+        <v>1041641</v>
+      </c>
+      <c r="AE13" s="24">
+        <v>967627</v>
+      </c>
+      <c r="AF13" s="24">
+        <v>921783</v>
+      </c>
+      <c r="AG13" s="24">
+        <v>1150492</v>
+      </c>
+      <c r="AH13" s="24">
+        <v>1048171</v>
+      </c>
+      <c r="AI13" s="24">
+        <v>1007262</v>
+      </c>
+      <c r="AJ13" s="24">
+        <v>1069614</v>
+      </c>
+      <c r="AK13" s="24">
+        <v>1111469</v>
+      </c>
+      <c r="AL13" s="24">
+        <v>1040138</v>
+      </c>
+      <c r="AM13" s="24">
+        <v>1052633</v>
       </c>
     </row>
-    <row r="13" spans="1:38" s="10" customFormat="1" ht="21" thickBot="1" x14ac:dyDescent="0.8">
-[...112 lines deleted...]
-    <row r="14" spans="1:38" ht="17" thickTop="1" x14ac:dyDescent="0.45">
+    <row r="14" spans="1:39" ht="17.399999999999999" thickTop="1" x14ac:dyDescent="0.4">
       <c r="A14" s="5"/>
       <c r="B14" s="6" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="7"/>
       <c r="I14" s="7"/>
       <c r="J14" s="7"/>
       <c r="K14" s="7"/>
       <c r="L14" s="7"/>
       <c r="M14" s="7"/>
       <c r="N14" s="7"/>
       <c r="O14" s="7"/>
       <c r="P14" s="7"/>
       <c r="Q14" s="7"/>
       <c r="R14" s="7"/>
       <c r="S14" s="7"/>
       <c r="T14" s="7"/>
       <c r="U14" s="7"/>
       <c r="V14" s="7"/>
       <c r="W14" s="7"/>
       <c r="X14" s="7"/>
       <c r="Y14" s="7"/>
       <c r="Z14" s="7"/>
       <c r="AA14" s="7"/>
       <c r="AB14" s="7"/>
       <c r="AC14" s="7"/>
       <c r="AD14" s="7"/>
       <c r="AE14" s="7"/>
       <c r="AF14" s="7"/>
       <c r="AG14" s="7"/>
       <c r="AH14" s="7"/>
       <c r="AI14" s="7"/>
       <c r="AJ14" s="7"/>
       <c r="AK14" s="7"/>
       <c r="AL14" s="7"/>
+      <c r="AM14" s="7"/>
     </row>
-    <row r="15" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="15" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B15" s="17" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C15" s="17" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D15" s="125">
+        <v>1871728</v>
+      </c>
+      <c r="E15" s="125">
         <v>1722834.6592188373</v>
       </c>
-      <c r="E15" s="125">
+      <c r="F15" s="125">
         <v>1581210</v>
       </c>
-      <c r="F15" s="125">
+      <c r="G15" s="125">
         <v>1294500.0032893673</v>
       </c>
-      <c r="G15" s="125">
+      <c r="H15" s="125">
         <v>1091454</v>
       </c>
-      <c r="H15" s="125">
+      <c r="I15" s="125">
         <v>1082272</v>
       </c>
-      <c r="I15" s="125">
+      <c r="J15" s="125">
         <v>884755</v>
       </c>
-      <c r="J15" s="125">
+      <c r="K15" s="125">
         <v>635299</v>
       </c>
-      <c r="K15" s="125">
+      <c r="L15" s="125">
         <v>609583</v>
       </c>
-      <c r="L15" s="125">
+      <c r="M15" s="125">
         <v>591170</v>
       </c>
-      <c r="M15" s="125">
+      <c r="N15" s="125">
         <v>407428</v>
       </c>
-      <c r="N15" s="125">
+      <c r="O15" s="125">
         <v>372912</v>
       </c>
-      <c r="O15" s="125">
+      <c r="P15" s="125">
         <v>497726</v>
       </c>
-      <c r="P15" s="125">
+      <c r="Q15" s="125">
         <v>520139.01534156757</v>
       </c>
-      <c r="Q15" s="125">
+      <c r="R15" s="125">
         <v>552406</v>
       </c>
-      <c r="R15" s="125">
+      <c r="S15" s="125">
         <v>634055</v>
       </c>
-      <c r="S15" s="125">
+      <c r="T15" s="125">
         <v>546316</v>
       </c>
-      <c r="T15" s="125">
+      <c r="U15" s="125">
         <v>406000</v>
       </c>
-      <c r="U15" s="125">
+      <c r="V15" s="125">
         <v>213781</v>
       </c>
-      <c r="V15" s="125">
+      <c r="W15" s="125">
         <v>167826</v>
       </c>
-      <c r="W15" s="125">
+      <c r="X15" s="125">
         <v>172079</v>
       </c>
-      <c r="X15" s="125">
+      <c r="Y15" s="125">
         <v>183813</v>
-      </c>
-[...1 lines deleted...]
-        <v>157343</v>
       </c>
       <c r="Z15" s="125">
         <v>157343</v>
       </c>
       <c r="AA15" s="125">
+        <v>157343</v>
+      </c>
+      <c r="AB15" s="125">
         <v>125898</v>
       </c>
-      <c r="AB15" s="125">
+      <c r="AC15" s="125">
         <v>104116</v>
       </c>
-      <c r="AC15" s="125">
+      <c r="AD15" s="125">
         <v>88668</v>
       </c>
-      <c r="AD15" s="125">
+      <c r="AE15" s="125">
         <v>86164</v>
       </c>
-      <c r="AE15" s="125">
+      <c r="AF15" s="125">
         <v>139731</v>
       </c>
-      <c r="AF15" s="125">
+      <c r="AG15" s="125">
         <v>93309</v>
       </c>
-      <c r="AG15" s="125">
+      <c r="AH15" s="125">
         <v>105260</v>
       </c>
-      <c r="AH15" s="125">
+      <c r="AI15" s="125">
         <v>97078</v>
       </c>
-      <c r="AI15" s="125">
+      <c r="AJ15" s="125">
         <v>85006</v>
       </c>
-      <c r="AJ15" s="125">
+      <c r="AK15" s="125">
         <v>178357</v>
       </c>
-      <c r="AK15" s="125">
+      <c r="AL15" s="125">
         <v>178988</v>
       </c>
-      <c r="AL15" s="125">
+      <c r="AM15" s="125">
         <v>160043</v>
       </c>
     </row>
-    <row r="16" spans="1:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="16" spans="1:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B16" s="19" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C16" s="19" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D16" s="124">
+        <v>429102</v>
+      </c>
+      <c r="E16" s="124">
         <v>356022</v>
       </c>
-      <c r="E16" s="124">
+      <c r="F16" s="124">
         <v>439808</v>
       </c>
-      <c r="F16" s="124">
+      <c r="G16" s="124">
         <v>392141</v>
       </c>
-      <c r="G16" s="124">
+      <c r="H16" s="124">
         <v>384925</v>
       </c>
-      <c r="H16" s="124">
+      <c r="I16" s="124">
         <v>107723</v>
       </c>
-      <c r="I16" s="124">
+      <c r="J16" s="124">
         <v>66628</v>
       </c>
-      <c r="J16" s="124">
+      <c r="K16" s="124">
         <v>128214</v>
       </c>
-      <c r="K16" s="124">
+      <c r="L16" s="124">
         <v>76002</v>
       </c>
-      <c r="L16" s="124">
+      <c r="M16" s="124">
         <v>62334</v>
       </c>
-      <c r="M16" s="124">
+      <c r="N16" s="124">
         <v>55154</v>
       </c>
-      <c r="N16" s="124">
+      <c r="O16" s="124">
         <v>37104</v>
       </c>
-      <c r="O16" s="124">
+      <c r="P16" s="124">
         <v>69096</v>
       </c>
-      <c r="P16" s="124">
+      <c r="Q16" s="124">
         <v>51027</v>
       </c>
-      <c r="Q16" s="124">
+      <c r="R16" s="124">
         <v>49903</v>
       </c>
-      <c r="R16" s="124">
+      <c r="S16" s="124">
         <v>45908</v>
       </c>
-      <c r="S16" s="124">
+      <c r="T16" s="124">
         <v>46042</v>
       </c>
-      <c r="T16" s="124">
+      <c r="U16" s="124">
         <v>42742</v>
       </c>
-      <c r="U16" s="124">
+      <c r="V16" s="124">
         <v>44683</v>
       </c>
-      <c r="V16" s="124">
+      <c r="W16" s="124">
         <v>36788</v>
       </c>
-      <c r="W16" s="124">
+      <c r="X16" s="124">
         <v>25981</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="Y16" s="124">
         <v>0</v>
       </c>
       <c r="Z16" s="124">
         <v>0</v>
       </c>
       <c r="AA16" s="124">
+        <v>0</v>
+      </c>
+      <c r="AB16" s="124">
         <v>17434</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AC16" s="124">
         <v>0</v>
       </c>
       <c r="AD16" s="124">
         <v>0</v>
       </c>
       <c r="AE16" s="124">
+        <v>0</v>
+      </c>
+      <c r="AF16" s="124">
         <v>24985</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AG16" s="124">
         <v>0</v>
       </c>
       <c r="AH16" s="124">
         <v>0</v>
       </c>
       <c r="AI16" s="124">
+        <v>0</v>
+      </c>
+      <c r="AJ16" s="124">
         <v>76070</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AK16" s="124">
         <v>0</v>
       </c>
       <c r="AL16" s="124">
         <v>0</v>
       </c>
+      <c r="AM16" s="124">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="17" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B17" s="17" t="s">
+        <v>267</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>268</v>
+      </c>
+      <c r="D17" s="125">
+        <v>11893</v>
+      </c>
+      <c r="E17" s="125">
+        <v>12336</v>
+      </c>
+      <c r="F17" s="125">
+        <v>19451</v>
+      </c>
+      <c r="G17" s="125">
+        <v>15765</v>
+      </c>
+      <c r="H17" s="125">
+        <v>19811</v>
+      </c>
+      <c r="I17" s="125">
+        <v>18436</v>
+      </c>
+      <c r="J17" s="125">
+        <v>20868</v>
+      </c>
+      <c r="K17" s="125">
+        <v>17035</v>
+      </c>
+      <c r="L17" s="125">
+        <v>12877</v>
+      </c>
+      <c r="M17" s="125">
+        <v>9055</v>
+      </c>
+      <c r="N17" s="125">
+        <v>9220</v>
+      </c>
+      <c r="O17" s="125">
+        <v>4990</v>
+      </c>
+      <c r="P17" s="125">
+        <v>5073</v>
+      </c>
+      <c r="Q17" s="125">
+        <v>4355</v>
+      </c>
+      <c r="R17" s="125">
+        <v>4724</v>
+      </c>
+      <c r="S17" s="125">
+        <v>4445</v>
+      </c>
+      <c r="T17" s="125">
+        <v>4321</v>
+      </c>
+      <c r="U17" s="125">
+        <v>4788</v>
+      </c>
+      <c r="V17" s="125">
+        <v>4771</v>
+      </c>
+      <c r="W17" s="125">
+        <v>12223</v>
+      </c>
+      <c r="X17" s="125">
+        <v>12206</v>
+      </c>
+      <c r="Y17" s="125">
+        <v>32688</v>
+      </c>
+      <c r="Z17" s="125">
+        <v>41232</v>
+      </c>
+      <c r="AA17" s="125">
+        <v>41381</v>
+      </c>
+      <c r="AB17" s="125">
+        <v>35414</v>
+      </c>
+      <c r="AC17" s="125">
+        <v>30287</v>
+      </c>
+      <c r="AD17" s="125">
+        <v>9167</v>
+      </c>
+      <c r="AE17" s="125">
+        <v>0</v>
+      </c>
+      <c r="AF17" s="125">
+        <v>16864</v>
+      </c>
+      <c r="AG17" s="125">
+        <v>0</v>
+      </c>
+      <c r="AH17" s="125">
+        <v>1649</v>
+      </c>
+      <c r="AI17" s="125">
+        <v>848</v>
+      </c>
+      <c r="AJ17" s="125">
+        <v>15827</v>
+      </c>
+      <c r="AK17" s="125">
+        <v>17783</v>
+      </c>
+      <c r="AL17" s="125">
+        <v>0</v>
+      </c>
+      <c r="AM17" s="125">
+        <v>6612</v>
+      </c>
+    </row>
+    <row r="18" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B18" s="19" t="s">
+        <v>261</v>
+      </c>
+      <c r="C18" s="19" t="s">
+        <v>262</v>
+      </c>
+      <c r="D18" s="124">
+        <v>47276</v>
+      </c>
+      <c r="E18" s="124">
+        <v>52251</v>
+      </c>
+      <c r="F18" s="124">
+        <v>56629</v>
+      </c>
+      <c r="G18" s="124">
+        <v>37748</v>
+      </c>
+      <c r="H18" s="124">
+        <v>33123</v>
+      </c>
+      <c r="I18" s="124">
+        <v>37791</v>
+      </c>
+      <c r="J18" s="124">
+        <v>36529</v>
+      </c>
+      <c r="K18" s="124">
+        <v>40040</v>
+      </c>
+      <c r="L18" s="124">
+        <v>37440</v>
+      </c>
+      <c r="M18" s="124">
+        <v>40775</v>
+      </c>
+      <c r="N18" s="124">
+        <v>40822</v>
+      </c>
+      <c r="O18" s="124">
+        <v>38625</v>
+      </c>
+      <c r="P18" s="124">
+        <v>37485</v>
+      </c>
+      <c r="Q18" s="124">
+        <v>39513</v>
+      </c>
+      <c r="R18" s="124">
+        <v>38934</v>
+      </c>
+      <c r="S18" s="124">
+        <v>36988</v>
+      </c>
+      <c r="T18" s="124">
+        <v>35863</v>
+      </c>
+      <c r="U18" s="124">
+        <v>40920</v>
+      </c>
+      <c r="V18" s="124">
+        <v>40488</v>
+      </c>
+      <c r="W18" s="124">
+        <v>39751</v>
+      </c>
+      <c r="X18" s="124">
+        <v>40318</v>
+      </c>
+      <c r="Y18" s="124">
+        <v>4441</v>
+      </c>
+      <c r="Z18" s="124">
+        <v>3725</v>
+      </c>
+      <c r="AA18" s="124">
+        <v>3640</v>
+      </c>
+      <c r="AB18" s="124">
+        <v>3840</v>
+      </c>
+      <c r="AC18" s="124">
+        <v>3849</v>
+      </c>
+      <c r="AD18" s="124">
+        <v>3555</v>
+      </c>
+      <c r="AE18" s="124">
+        <v>3153</v>
+      </c>
+      <c r="AF18" s="124">
+        <v>3160</v>
+      </c>
+      <c r="AG18" s="124">
+        <v>3095</v>
+      </c>
+      <c r="AH18" s="124">
+        <v>2785</v>
+      </c>
+      <c r="AI18" s="124">
+        <v>2693</v>
+      </c>
+      <c r="AJ18" s="124">
+        <v>4084</v>
+      </c>
+      <c r="AK18" s="124">
+        <v>3493</v>
+      </c>
+      <c r="AL18" s="124">
+        <v>1941</v>
+      </c>
+      <c r="AM18" s="124">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="19" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B19" s="17" t="s">
         <v>269</v>
       </c>
-      <c r="C17" s="17" t="s">
+      <c r="C19" s="17" t="s">
         <v>270</v>
       </c>
-      <c r="D17" s="125">
-[...102 lines deleted...]
-        <v>6612</v>
+      <c r="D19" s="125">
+        <v>41321</v>
+      </c>
+      <c r="E19" s="125">
+        <v>41203</v>
+      </c>
+      <c r="F19" s="125">
+        <v>40727</v>
+      </c>
+      <c r="G19" s="125">
+        <v>40372</v>
+      </c>
+      <c r="H19" s="125">
+        <v>42244</v>
+      </c>
+      <c r="I19" s="125">
+        <v>42837</v>
+      </c>
+      <c r="J19" s="125">
+        <v>44707</v>
+      </c>
+      <c r="K19" s="125">
+        <v>40803</v>
+      </c>
+      <c r="L19" s="125">
+        <v>40875</v>
+      </c>
+      <c r="M19" s="125">
+        <v>29692</v>
+      </c>
+      <c r="N19" s="125">
+        <v>33598</v>
+      </c>
+      <c r="O19" s="125">
+        <v>32327</v>
+      </c>
+      <c r="P19" s="125">
+        <v>34316</v>
+      </c>
+      <c r="Q19" s="125">
+        <v>36393</v>
+      </c>
+      <c r="R19" s="125">
+        <v>33604</v>
+      </c>
+      <c r="S19" s="125">
+        <v>30764</v>
+      </c>
+      <c r="T19" s="125">
+        <v>29770</v>
+      </c>
+      <c r="U19" s="125">
+        <v>29674</v>
+      </c>
+      <c r="V19" s="125">
+        <v>32139</v>
+      </c>
+      <c r="W19" s="125">
+        <v>28737</v>
+      </c>
+      <c r="X19" s="125">
+        <v>26948</v>
+      </c>
+      <c r="Y19" s="125">
+        <v>25680</v>
+      </c>
+      <c r="Z19" s="125">
+        <v>24778</v>
+      </c>
+      <c r="AA19" s="125">
+        <v>18857</v>
+      </c>
+      <c r="AB19" s="125">
+        <v>16517</v>
+      </c>
+      <c r="AC19" s="125">
+        <v>15933</v>
+      </c>
+      <c r="AD19" s="125">
+        <v>14251</v>
+      </c>
+      <c r="AE19" s="125">
+        <v>16538</v>
+      </c>
+      <c r="AF19" s="125">
+        <v>16063</v>
+      </c>
+      <c r="AG19" s="125">
+        <v>63041</v>
+      </c>
+      <c r="AH19" s="125">
+        <v>20702</v>
+      </c>
+      <c r="AI19" s="125">
+        <v>17498</v>
+      </c>
+      <c r="AJ19" s="125">
+        <v>17147</v>
+      </c>
+      <c r="AK19" s="125">
+        <v>894</v>
+      </c>
+      <c r="AL19" s="125">
+        <v>422</v>
+      </c>
+      <c r="AM19" s="125">
+        <v>498</v>
       </c>
     </row>
-    <row r="18" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-[...109 lines deleted...]
-        <v>2430</v>
+    <row r="20" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B20" s="19" t="s">
+        <v>271</v>
+      </c>
+      <c r="C20" s="19" t="s">
+        <v>272</v>
+      </c>
+      <c r="D20" s="124">
+        <v>41203</v>
+      </c>
+      <c r="E20" s="124">
+        <v>40513</v>
+      </c>
+      <c r="F20" s="124">
+        <v>40389</v>
+      </c>
+      <c r="G20" s="124">
+        <v>41884</v>
+      </c>
+      <c r="H20" s="124">
+        <v>41601</v>
+      </c>
+      <c r="I20" s="124">
+        <v>39806</v>
+      </c>
+      <c r="J20" s="124">
+        <v>37163</v>
+      </c>
+      <c r="K20" s="124">
+        <v>36855</v>
+      </c>
+      <c r="L20" s="124">
+        <v>34596</v>
+      </c>
+      <c r="M20" s="124">
+        <v>33278</v>
+      </c>
+      <c r="N20" s="124">
+        <v>33293</v>
+      </c>
+      <c r="O20" s="124">
+        <v>31101</v>
+      </c>
+      <c r="P20" s="124">
+        <v>22931</v>
+      </c>
+      <c r="Q20" s="124">
+        <v>22203</v>
+      </c>
+      <c r="R20" s="124">
+        <v>22509</v>
+      </c>
+      <c r="S20" s="124">
+        <v>24330</v>
+      </c>
+      <c r="T20" s="124">
+        <v>25765</v>
+      </c>
+      <c r="U20" s="124">
+        <v>25579</v>
+      </c>
+      <c r="V20" s="124">
+        <v>23569</v>
+      </c>
+      <c r="W20" s="124">
+        <v>20211</v>
+      </c>
+      <c r="X20" s="124">
+        <v>14669</v>
+      </c>
+      <c r="Y20" s="124">
+        <v>13604</v>
+      </c>
+      <c r="Z20" s="124">
+        <v>12871</v>
+      </c>
+      <c r="AA20" s="124">
+        <v>12276</v>
+      </c>
+      <c r="AB20" s="124">
+        <v>12039</v>
+      </c>
+      <c r="AC20" s="124">
+        <v>9461</v>
+      </c>
+      <c r="AD20" s="124">
+        <v>9499</v>
+      </c>
+      <c r="AE20" s="124">
+        <v>7625</v>
+      </c>
+      <c r="AF20" s="124">
+        <v>6902</v>
+      </c>
+      <c r="AG20" s="124">
+        <v>7764</v>
+      </c>
+      <c r="AH20" s="124">
+        <v>6815</v>
+      </c>
+      <c r="AI20" s="124">
+        <v>7241</v>
+      </c>
+      <c r="AJ20" s="124">
+        <v>7856</v>
+      </c>
+      <c r="AK20" s="124">
+        <v>7661</v>
+      </c>
+      <c r="AL20" s="124">
+        <v>8530</v>
+      </c>
+      <c r="AM20" s="124">
+        <v>8992</v>
       </c>
     </row>
-    <row r="19" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-[...113 lines deleted...]
-      <c r="B20" s="19" t="s">
+    <row r="21" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B21" s="112" t="s">
         <v>273</v>
       </c>
-      <c r="C20" s="19" t="s">
+      <c r="C21" s="112" t="s">
         <v>274</v>
-      </c>
-[...111 lines deleted...]
-        <v>276</v>
       </c>
       <c r="D21" s="127">
         <v>0</v>
       </c>
       <c r="E21" s="127">
         <v>0</v>
       </c>
       <c r="F21" s="127">
         <v>0</v>
       </c>
       <c r="G21" s="127">
         <v>0</v>
       </c>
       <c r="H21" s="127">
         <v>0</v>
       </c>
-      <c r="I21" s="127" t="s">
-        <v>54</v>
+      <c r="I21" s="127">
+        <v>0</v>
       </c>
       <c r="J21" s="127" t="s">
         <v>54</v>
       </c>
       <c r="K21" s="127" t="s">
         <v>54</v>
       </c>
       <c r="L21" s="127" t="s">
         <v>54</v>
       </c>
-      <c r="M21" s="127">
-        <v>0</v>
+      <c r="M21" s="127" t="s">
+        <v>54</v>
       </c>
       <c r="N21" s="127">
         <v>0</v>
       </c>
-      <c r="O21" s="127" t="s">
+      <c r="O21" s="127">
+        <v>0</v>
+      </c>
+      <c r="P21" s="127" t="s">
         <v>54</v>
       </c>
-      <c r="P21" s="127">
+      <c r="Q21" s="127">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="R21" s="127" t="s">
         <v>54</v>
       </c>
       <c r="S21" s="127" t="s">
         <v>54</v>
       </c>
       <c r="T21" s="127" t="s">
         <v>54</v>
       </c>
-      <c r="U21" s="127">
-        <v>0</v>
+      <c r="U21" s="127" t="s">
+        <v>54</v>
       </c>
       <c r="V21" s="127">
         <v>0</v>
       </c>
       <c r="W21" s="127">
         <v>0</v>
       </c>
       <c r="X21" s="127">
         <v>0</v>
       </c>
       <c r="Y21" s="127">
         <v>0</v>
       </c>
       <c r="Z21" s="127">
         <v>0</v>
       </c>
       <c r="AA21" s="127">
         <v>0</v>
       </c>
       <c r="AB21" s="127">
         <v>0</v>
       </c>
       <c r="AC21" s="127">
         <v>0</v>
       </c>
       <c r="AD21" s="127">
         <v>0</v>
       </c>
       <c r="AE21" s="127">
+        <v>0</v>
+      </c>
+      <c r="AF21" s="127">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AG21" s="127">
         <v>0</v>
       </c>
       <c r="AH21" s="127">
         <v>0</v>
       </c>
-      <c r="AI21" s="126">
+      <c r="AI21" s="127">
+        <v>0</v>
+      </c>
+      <c r="AJ21" s="126">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AK21" s="127">
         <v>0</v>
       </c>
       <c r="AL21" s="127">
         <v>0</v>
       </c>
+      <c r="AM21" s="127">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="22" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B22" s="19" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C22" s="19" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="D22" s="124">
         <v>0</v>
       </c>
       <c r="E22" s="124">
         <v>0</v>
       </c>
       <c r="F22" s="124">
         <v>0</v>
       </c>
       <c r="G22" s="124">
         <v>0</v>
       </c>
-      <c r="H22" s="124" t="s">
-        <v>54</v>
+      <c r="H22" s="124">
+        <v>0</v>
       </c>
       <c r="I22" s="124" t="s">
         <v>54</v>
       </c>
-      <c r="J22" s="124">
+      <c r="J22" s="124" t="s">
+        <v>54</v>
+      </c>
+      <c r="K22" s="124">
         <v>67594</v>
       </c>
-      <c r="K22" s="124">
+      <c r="L22" s="124">
         <v>67842</v>
       </c>
-      <c r="L22" s="124">
+      <c r="M22" s="124">
         <v>68088</v>
       </c>
-      <c r="M22" s="124">
+      <c r="N22" s="124">
         <v>68304</v>
       </c>
-      <c r="N22" s="124">
+      <c r="O22" s="124">
         <v>68514</v>
       </c>
-      <c r="O22" s="124">
+      <c r="P22" s="124">
         <v>68282</v>
       </c>
-      <c r="P22" s="124">
+      <c r="Q22" s="124">
         <v>67968</v>
       </c>
-      <c r="Q22" s="124">
+      <c r="R22" s="124">
         <v>67674</v>
       </c>
-      <c r="R22" s="124">
+      <c r="S22" s="124">
         <v>66463</v>
       </c>
-      <c r="S22" s="124">
+      <c r="T22" s="124">
         <v>62896</v>
       </c>
-      <c r="T22" s="124"/>
       <c r="U22" s="124"/>
       <c r="V22" s="124"/>
       <c r="W22" s="124"/>
       <c r="X22" s="124"/>
       <c r="Y22" s="124"/>
       <c r="Z22" s="124"/>
       <c r="AA22" s="124"/>
       <c r="AB22" s="124"/>
       <c r="AC22" s="124"/>
       <c r="AD22" s="124"/>
       <c r="AE22" s="124"/>
       <c r="AF22" s="124"/>
       <c r="AG22" s="124"/>
       <c r="AH22" s="124"/>
       <c r="AI22" s="124"/>
       <c r="AJ22" s="124"/>
       <c r="AK22" s="124"/>
       <c r="AL22" s="124"/>
+      <c r="AM22" s="124"/>
     </row>
-    <row r="23" spans="2:38" s="10" customFormat="1" ht="21" thickBot="1" x14ac:dyDescent="0.8">
+    <row r="23" spans="2:39" s="10" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.65">
       <c r="B23" s="195" t="s">
+        <v>277</v>
+      </c>
+      <c r="C23" s="195" t="s">
+        <v>278</v>
+      </c>
+      <c r="D23" s="196">
+        <v>2442523</v>
+      </c>
+      <c r="E23" s="196">
+        <v>2225159.6592188375</v>
+      </c>
+      <c r="F23" s="196">
+        <v>2178214</v>
+      </c>
+      <c r="G23" s="196">
+        <v>1822410.0032893673</v>
+      </c>
+      <c r="H23" s="196">
+        <v>1613158</v>
+      </c>
+      <c r="I23" s="196">
+        <v>1328865</v>
+      </c>
+      <c r="J23" s="196">
+        <v>1090650</v>
+      </c>
+      <c r="K23" s="196">
+        <v>965840</v>
+      </c>
+      <c r="L23" s="196">
+        <v>879215</v>
+      </c>
+      <c r="M23" s="196">
+        <v>834392</v>
+      </c>
+      <c r="N23" s="196">
+        <v>647819</v>
+      </c>
+      <c r="O23" s="196">
+        <v>585573</v>
+      </c>
+      <c r="P23" s="196">
+        <v>734909</v>
+      </c>
+      <c r="Q23" s="196">
+        <v>741598.01534156757</v>
+      </c>
+      <c r="R23" s="196">
+        <v>769754</v>
+      </c>
+      <c r="S23" s="196">
+        <v>842953</v>
+      </c>
+      <c r="T23" s="196">
+        <v>750973</v>
+      </c>
+      <c r="U23" s="196">
+        <v>549703</v>
+      </c>
+      <c r="V23" s="196">
+        <v>359431</v>
+      </c>
+      <c r="W23" s="196">
+        <v>305536</v>
+      </c>
+      <c r="X23" s="196">
+        <v>292201</v>
+      </c>
+      <c r="Y23" s="196">
+        <v>260226</v>
+      </c>
+      <c r="Z23" s="196">
+        <v>239949</v>
+      </c>
+      <c r="AA23" s="196">
+        <v>233497</v>
+      </c>
+      <c r="AB23" s="196">
+        <v>211142</v>
+      </c>
+      <c r="AC23" s="196">
+        <v>163646</v>
+      </c>
+      <c r="AD23" s="196">
+        <v>125140</v>
+      </c>
+      <c r="AE23" s="196">
+        <v>113480</v>
+      </c>
+      <c r="AF23" s="196">
+        <v>207734</v>
+      </c>
+      <c r="AG23" s="196">
+        <v>167209</v>
+      </c>
+      <c r="AH23" s="196">
+        <v>137211</v>
+      </c>
+      <c r="AI23" s="196">
+        <v>125358</v>
+      </c>
+      <c r="AJ23" s="196">
+        <v>206082</v>
+      </c>
+      <c r="AK23" s="196">
+        <v>208188</v>
+      </c>
+      <c r="AL23" s="196">
+        <v>189881</v>
+      </c>
+      <c r="AM23" s="196">
+        <v>178575</v>
+      </c>
+    </row>
+    <row r="24" spans="2:39" s="10" customFormat="1" ht="21" thickTop="1" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="B24" s="197" t="s">
         <v>279</v>
       </c>
-      <c r="C23" s="195" t="s">
+      <c r="C24" s="197" t="s">
         <v>280</v>
       </c>
-      <c r="D23" s="196">
-[...102 lines deleted...]
-        <v>178575</v>
+      <c r="D24" s="198">
+        <v>5654395</v>
+      </c>
+      <c r="E24" s="198">
+        <v>5631997</v>
+      </c>
+      <c r="F24" s="198">
+        <v>5183964</v>
+      </c>
+      <c r="G24" s="198">
+        <v>4870968</v>
+      </c>
+      <c r="H24" s="198">
+        <v>4339295</v>
+      </c>
+      <c r="I24" s="198">
+        <v>3957292</v>
+      </c>
+      <c r="J24" s="198">
+        <v>3983671</v>
+      </c>
+      <c r="K24" s="198">
+        <v>3412477</v>
+      </c>
+      <c r="L24" s="198">
+        <v>3092023</v>
+      </c>
+      <c r="M24" s="198">
+        <v>3150612</v>
+      </c>
+      <c r="N24" s="198">
+        <v>2836650</v>
+      </c>
+      <c r="O24" s="198">
+        <v>2733836</v>
+      </c>
+      <c r="P24" s="198">
+        <v>2798431</v>
+      </c>
+      <c r="Q24" s="198">
+        <v>2784853</v>
+      </c>
+      <c r="R24" s="198">
+        <v>2917631</v>
+      </c>
+      <c r="S24" s="198">
+        <v>2933909</v>
+      </c>
+      <c r="T24" s="198">
+        <v>2597922</v>
+      </c>
+      <c r="U24" s="198">
+        <v>2177211</v>
+      </c>
+      <c r="V24" s="198">
+        <v>2032570</v>
+      </c>
+      <c r="W24" s="198">
+        <v>1918297</v>
+      </c>
+      <c r="X24" s="198">
+        <v>1644712</v>
+      </c>
+      <c r="Y24" s="198">
+        <v>1795232</v>
+      </c>
+      <c r="Z24" s="198">
+        <v>1430166</v>
+      </c>
+      <c r="AA24" s="198">
+        <v>1263875</v>
+      </c>
+      <c r="AB24" s="198">
+        <v>1287998</v>
+      </c>
+      <c r="AC24" s="198">
+        <v>1323816</v>
+      </c>
+      <c r="AD24" s="198">
+        <v>1166781</v>
+      </c>
+      <c r="AE24" s="198">
+        <v>1081107</v>
+      </c>
+      <c r="AF24" s="198">
+        <v>1129517</v>
+      </c>
+      <c r="AG24" s="198">
+        <v>1317701</v>
+      </c>
+      <c r="AH24" s="198">
+        <v>1185382</v>
+      </c>
+      <c r="AI24" s="198">
+        <v>1132620</v>
+      </c>
+      <c r="AJ24" s="198">
+        <v>1275696</v>
+      </c>
+      <c r="AK24" s="198">
+        <v>1319657</v>
+      </c>
+      <c r="AL24" s="198">
+        <v>1230019</v>
+      </c>
+      <c r="AM24" s="198">
+        <v>1231208</v>
       </c>
     </row>
-    <row r="24" spans="2:38" s="10" customFormat="1" ht="21.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.8">
-[...112 lines deleted...]
-    <row r="25" spans="2:38" ht="15" thickTop="1" x14ac:dyDescent="0.35"/>
+    <row r="25" spans="2:39" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3490F29A-8A98-4D77-AFE3-DAFCFB5FD36E}">
   <sheetPr codeName="Planilha5"/>
-  <dimension ref="B1:AL37"/>
+  <dimension ref="B1:AM46"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C26" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="D27" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B65" sqref="B65"/>
       <selection pane="topRight" activeCell="B65" sqref="B65"/>
       <selection pane="bottomLeft" activeCell="B65" sqref="B65"/>
-      <selection pane="bottomRight" activeCell="D29" sqref="D29:D33"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="16.5" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="16.8" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="1.1640625" style="1" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="39" max="16384" width="9" style="1"/>
+    <col min="1" max="1" width="1.19921875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="40.69921875" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="40.69921875" style="5" customWidth="1"/>
+    <col min="4" max="4" width="12.69921875" style="5" bestFit="1" customWidth="1"/>
+    <col min="5" max="13" width="10.8984375" style="5" customWidth="1"/>
+    <col min="14" max="14" width="10.8984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="10.5" style="5" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="10.3984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="17" max="19" width="10.8984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="20" max="22" width="10.5" style="5" bestFit="1" customWidth="1"/>
+    <col min="23" max="24" width="9.8984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="25" max="26" width="11" style="5" bestFit="1" customWidth="1"/>
+    <col min="27" max="28" width="10.3984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="29" max="30" width="10.59765625" style="5" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="10" style="5" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="9.5" style="5" bestFit="1" customWidth="1"/>
+    <col min="33" max="34" width="10.59765625" style="5" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="10" style="5" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="10.19921875" style="5" bestFit="1" customWidth="1"/>
+    <col min="37" max="38" width="10.3984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="39" max="39" width="9.8984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="40" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="1" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="D1" s="270"/>
       <c r="E1" s="270"/>
       <c r="F1" s="270"/>
+      <c r="G1" s="270"/>
     </row>
-    <row r="2" spans="2:38" s="10" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.75"/>
-    <row r="3" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="2" spans="2:39" s="10" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.6"/>
+    <row r="3" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B3" s="12" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C3" s="12" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="D3" s="261"/>
       <c r="E3" s="261"/>
       <c r="F3" s="261"/>
       <c r="G3" s="261"/>
-      <c r="H3" s="11"/>
+      <c r="H3" s="261"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
-      <c r="K3" s="261"/>
-      <c r="L3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="261"/>
       <c r="M3" s="11"/>
       <c r="N3" s="11"/>
       <c r="O3" s="11"/>
       <c r="P3" s="11"/>
       <c r="Q3" s="11"/>
       <c r="R3" s="11"/>
       <c r="S3" s="11"/>
       <c r="T3" s="11"/>
       <c r="U3" s="11"/>
       <c r="V3" s="11"/>
       <c r="W3" s="11"/>
       <c r="X3" s="11"/>
       <c r="Y3" s="11"/>
       <c r="Z3" s="11"/>
       <c r="AA3" s="11"/>
       <c r="AB3" s="11"/>
       <c r="AC3" s="11"/>
       <c r="AD3" s="11"/>
       <c r="AE3" s="11"/>
       <c r="AF3" s="11"/>
       <c r="AG3" s="11"/>
       <c r="AH3" s="11"/>
       <c r="AI3" s="11"/>
       <c r="AJ3" s="11"/>
       <c r="AK3" s="11"/>
       <c r="AL3" s="11"/>
+      <c r="AM3" s="11"/>
     </row>
-    <row r="4" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="4" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B4" s="12" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C4" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="D4" s="13">
+        <v>46022</v>
+      </c>
+      <c r="E4" s="13">
+        <v>45930</v>
+      </c>
+      <c r="F4" s="13">
+        <v>45838</v>
+      </c>
+      <c r="G4" s="13">
+        <v>45747</v>
+      </c>
+      <c r="H4" s="13">
+        <v>45657</v>
+      </c>
+      <c r="I4" s="13">
+        <v>45565</v>
+      </c>
+      <c r="J4" s="13">
+        <v>45473</v>
+      </c>
+      <c r="K4" s="13">
+        <v>45382</v>
+      </c>
+      <c r="L4" s="13">
+        <v>45291</v>
+      </c>
+      <c r="M4" s="13">
+        <v>45199</v>
+      </c>
+      <c r="N4" s="13">
+        <v>45107</v>
+      </c>
+      <c r="O4" s="13">
+        <v>45016</v>
+      </c>
+      <c r="P4" s="13">
+        <v>44926</v>
+      </c>
+      <c r="Q4" s="13">
+        <v>44834</v>
+      </c>
+      <c r="R4" s="13">
+        <v>44742</v>
+      </c>
+      <c r="S4" s="13">
+        <v>44651</v>
+      </c>
+      <c r="T4" s="13">
+        <v>44561</v>
+      </c>
+      <c r="U4" s="13">
+        <v>44469</v>
+      </c>
+      <c r="V4" s="13">
+        <v>44377</v>
+      </c>
+      <c r="W4" s="13">
+        <v>44286</v>
+      </c>
+      <c r="X4" s="13">
+        <v>44196</v>
+      </c>
+      <c r="Y4" s="13">
+        <v>44104</v>
+      </c>
+      <c r="Z4" s="13">
+        <v>44012</v>
+      </c>
+      <c r="AA4" s="13">
+        <v>43921</v>
+      </c>
+      <c r="AB4" s="13">
+        <v>43830</v>
+      </c>
+      <c r="AC4" s="13">
+        <v>43738</v>
+      </c>
+      <c r="AD4" s="13">
+        <v>43646</v>
+      </c>
+      <c r="AE4" s="13">
+        <v>43555</v>
+      </c>
+      <c r="AF4" s="13">
+        <v>43465</v>
+      </c>
+      <c r="AG4" s="13">
+        <v>43373</v>
+      </c>
+      <c r="AH4" s="13">
+        <v>43281</v>
+      </c>
+      <c r="AI4" s="13">
+        <v>43190</v>
+      </c>
+      <c r="AJ4" s="13">
+        <v>43100</v>
+      </c>
+      <c r="AK4" s="13">
+        <v>43008</v>
+      </c>
+      <c r="AL4" s="13">
+        <v>42916</v>
+      </c>
+      <c r="AM4" s="13">
+        <v>42825</v>
+      </c>
+    </row>
+    <row r="5" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B5" s="15" t="s">
         <v>249</v>
       </c>
-      <c r="D4" s="13">
-[...108 lines deleted...]
-      </c>
       <c r="C5" s="15" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="D5" s="329"/>
       <c r="E5" s="329"/>
-      <c r="F5" s="15"/>
+      <c r="F5" s="329"/>
       <c r="G5" s="15"/>
       <c r="H5" s="15"/>
       <c r="I5" s="15"/>
       <c r="J5" s="15"/>
       <c r="K5" s="15"/>
       <c r="L5" s="15"/>
       <c r="M5" s="15"/>
       <c r="N5" s="15"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
-      <c r="Q5" s="16"/>
+      <c r="Q5" s="15"/>
       <c r="R5" s="16"/>
       <c r="S5" s="16"/>
       <c r="T5" s="16"/>
       <c r="U5" s="16"/>
       <c r="V5" s="16"/>
       <c r="W5" s="16"/>
       <c r="X5" s="16"/>
       <c r="Y5" s="16"/>
       <c r="Z5" s="16"/>
       <c r="AA5" s="16"/>
       <c r="AB5" s="16"/>
       <c r="AC5" s="16"/>
       <c r="AD5" s="16"/>
       <c r="AE5" s="16"/>
       <c r="AF5" s="16"/>
       <c r="AG5" s="16"/>
       <c r="AH5" s="16"/>
       <c r="AI5" s="16"/>
       <c r="AJ5" s="16"/>
       <c r="AK5" s="16"/>
       <c r="AL5" s="16"/>
+      <c r="AM5" s="16"/>
     </row>
-    <row r="6" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="6" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B6" s="112" t="s">
+        <v>284</v>
+      </c>
+      <c r="C6" s="112" t="s">
+        <v>285</v>
+      </c>
+      <c r="D6" s="113">
+        <v>278476</v>
+      </c>
+      <c r="E6" s="113">
+        <v>283823</v>
+      </c>
+      <c r="F6" s="113">
+        <v>286650</v>
+      </c>
+      <c r="G6" s="113">
+        <v>256301</v>
+      </c>
+      <c r="H6" s="113">
+        <v>187317</v>
+      </c>
+      <c r="I6" s="113">
+        <v>182227</v>
+      </c>
+      <c r="J6" s="113">
+        <v>141397</v>
+      </c>
+      <c r="K6" s="113">
+        <v>172207</v>
+      </c>
+      <c r="L6" s="113">
+        <v>171904</v>
+      </c>
+      <c r="M6" s="113">
+        <v>144821</v>
+      </c>
+      <c r="N6" s="113">
+        <v>118958</v>
+      </c>
+      <c r="O6" s="113">
+        <v>121055</v>
+      </c>
+      <c r="P6" s="113">
+        <v>114591</v>
+      </c>
+      <c r="Q6" s="113">
+        <v>104282</v>
+      </c>
+      <c r="R6" s="113">
+        <v>113748</v>
+      </c>
+      <c r="S6" s="113">
+        <v>83823</v>
+      </c>
+      <c r="T6" s="113">
+        <v>87488</v>
+      </c>
+      <c r="U6" s="113">
+        <v>90214</v>
+      </c>
+      <c r="V6" s="113">
+        <v>91549</v>
+      </c>
+      <c r="W6" s="114">
+        <v>60296</v>
+      </c>
+      <c r="X6" s="114">
+        <v>43910</v>
+      </c>
+      <c r="Y6" s="113">
+        <v>92811</v>
+      </c>
+      <c r="Z6" s="113">
+        <v>62684</v>
+      </c>
+      <c r="AA6" s="113">
+        <v>54281</v>
+      </c>
+      <c r="AB6" s="113">
+        <v>38540</v>
+      </c>
+      <c r="AC6" s="113">
+        <v>63386</v>
+      </c>
+      <c r="AD6" s="113">
+        <v>55171</v>
+      </c>
+      <c r="AE6" s="113">
+        <v>49517</v>
+      </c>
+      <c r="AF6" s="113">
+        <v>49217</v>
+      </c>
+      <c r="AG6" s="113">
+        <v>54365</v>
+      </c>
+      <c r="AH6" s="113">
+        <v>46999</v>
+      </c>
+      <c r="AI6" s="113">
+        <v>44654</v>
+      </c>
+      <c r="AJ6" s="113">
+        <v>40602</v>
+      </c>
+      <c r="AK6" s="113">
+        <v>54068</v>
+      </c>
+      <c r="AL6" s="113">
+        <v>54889</v>
+      </c>
+      <c r="AM6" s="113">
+        <v>55436</v>
+      </c>
+    </row>
+    <row r="7" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B7" s="19" t="s">
         <v>286</v>
       </c>
-      <c r="C6" s="112" t="s">
+      <c r="C7" s="19" t="s">
         <v>287</v>
       </c>
-      <c r="D6" s="113">
-[...102 lines deleted...]
-        <v>55436</v>
+      <c r="D7" s="123">
+        <v>299859</v>
+      </c>
+      <c r="E7" s="123">
+        <v>150698</v>
+      </c>
+      <c r="F7" s="123">
+        <v>156104</v>
+      </c>
+      <c r="G7" s="123">
+        <v>132078</v>
+      </c>
+      <c r="H7" s="123">
+        <v>208869</v>
+      </c>
+      <c r="I7" s="123">
+        <v>141500</v>
+      </c>
+      <c r="J7" s="123">
+        <v>120030</v>
+      </c>
+      <c r="K7" s="123">
+        <v>121622</v>
+      </c>
+      <c r="L7" s="123">
+        <v>124271</v>
+      </c>
+      <c r="M7" s="115">
+        <v>134940</v>
+      </c>
+      <c r="N7" s="115">
+        <v>138967</v>
+      </c>
+      <c r="O7" s="115">
+        <v>114117</v>
+      </c>
+      <c r="P7" s="115">
+        <v>120906</v>
+      </c>
+      <c r="Q7" s="115">
+        <v>32789</v>
+      </c>
+      <c r="R7" s="115">
+        <v>75764</v>
+      </c>
+      <c r="S7" s="115">
+        <v>67654</v>
+      </c>
+      <c r="T7" s="115">
+        <v>68020</v>
+      </c>
+      <c r="U7" s="115">
+        <v>63863</v>
+      </c>
+      <c r="V7" s="115">
+        <v>116920</v>
+      </c>
+      <c r="W7" s="20">
+        <v>100616</v>
+      </c>
+      <c r="X7" s="116">
+        <v>91704</v>
+      </c>
+      <c r="Y7" s="115">
+        <v>93603</v>
+      </c>
+      <c r="Z7" s="115">
+        <v>102684</v>
+      </c>
+      <c r="AA7" s="115">
+        <v>60662</v>
+      </c>
+      <c r="AB7" s="115">
+        <v>123694</v>
+      </c>
+      <c r="AC7" s="115">
+        <v>69560</v>
+      </c>
+      <c r="AD7" s="115">
+        <v>65670</v>
+      </c>
+      <c r="AE7" s="115">
+        <v>60279</v>
+      </c>
+      <c r="AF7" s="115">
+        <v>40763</v>
+      </c>
+      <c r="AG7" s="115">
+        <v>59623</v>
+      </c>
+      <c r="AH7" s="115">
+        <v>67484</v>
+      </c>
+      <c r="AI7" s="115">
+        <v>80312</v>
+      </c>
+      <c r="AJ7" s="115">
+        <v>108366</v>
+      </c>
+      <c r="AK7" s="115">
+        <v>99159</v>
+      </c>
+      <c r="AL7" s="115">
+        <v>89194</v>
+      </c>
+      <c r="AM7" s="115">
+        <v>92104</v>
       </c>
     </row>
-    <row r="7" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B7" s="19" t="s">
+    <row r="8" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B8" s="112" t="s">
         <v>288</v>
       </c>
-      <c r="C7" s="19" t="s">
+      <c r="C8" s="112" t="s">
         <v>289</v>
       </c>
-      <c r="D7" s="123">
-[...102 lines deleted...]
-        <v>92104</v>
+      <c r="D8" s="113">
+        <v>43999</v>
+      </c>
+      <c r="E8" s="113">
+        <v>56389</v>
+      </c>
+      <c r="F8" s="113">
+        <v>49007</v>
+      </c>
+      <c r="G8" s="113">
+        <v>38661</v>
+      </c>
+      <c r="H8" s="113">
+        <v>32592</v>
+      </c>
+      <c r="I8" s="113">
+        <v>49938</v>
+      </c>
+      <c r="J8" s="113">
+        <v>35591</v>
+      </c>
+      <c r="K8" s="113">
+        <v>27739</v>
+      </c>
+      <c r="L8" s="113">
+        <v>22734</v>
+      </c>
+      <c r="M8" s="117">
+        <v>29799</v>
+      </c>
+      <c r="N8" s="117">
+        <v>26462</v>
+      </c>
+      <c r="O8" s="117">
+        <v>22653</v>
+      </c>
+      <c r="P8" s="117">
+        <v>18487</v>
+      </c>
+      <c r="Q8" s="117">
+        <v>23709</v>
+      </c>
+      <c r="R8" s="117">
+        <v>20929</v>
+      </c>
+      <c r="S8" s="117">
+        <v>16264</v>
+      </c>
+      <c r="T8" s="117">
+        <v>16567</v>
+      </c>
+      <c r="U8" s="117">
+        <v>17006</v>
+      </c>
+      <c r="V8" s="117">
+        <v>18538</v>
+      </c>
+      <c r="W8" s="118">
+        <v>13813</v>
+      </c>
+      <c r="X8" s="118">
+        <v>11444</v>
+      </c>
+      <c r="Y8" s="117">
+        <v>15530</v>
+      </c>
+      <c r="Z8" s="117">
+        <v>14812</v>
+      </c>
+      <c r="AA8" s="117">
+        <v>11709</v>
+      </c>
+      <c r="AB8" s="117">
+        <v>10705</v>
+      </c>
+      <c r="AC8" s="117">
+        <v>12989</v>
+      </c>
+      <c r="AD8" s="117">
+        <v>11123</v>
+      </c>
+      <c r="AE8" s="117">
+        <v>9075</v>
+      </c>
+      <c r="AF8" s="117">
+        <v>9196</v>
+      </c>
+      <c r="AG8" s="117">
+        <v>12185</v>
+      </c>
+      <c r="AH8" s="117">
+        <v>10713</v>
+      </c>
+      <c r="AI8" s="117">
+        <v>8766</v>
+      </c>
+      <c r="AJ8" s="117">
+        <v>8857</v>
+      </c>
+      <c r="AK8" s="117">
+        <v>11555</v>
+      </c>
+      <c r="AL8" s="117">
+        <v>10303</v>
+      </c>
+      <c r="AM8" s="117">
+        <v>7704</v>
       </c>
     </row>
-    <row r="8" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B8" s="112" t="s">
+    <row r="9" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B9" s="19" t="s">
         <v>290</v>
       </c>
-      <c r="C8" s="112" t="s">
+      <c r="C9" s="19" t="s">
         <v>291</v>
       </c>
-      <c r="D8" s="113">
-[...102 lines deleted...]
-        <v>7704</v>
+      <c r="D9" s="123">
+        <v>42103</v>
+      </c>
+      <c r="E9" s="123">
+        <v>39048</v>
+      </c>
+      <c r="F9" s="123">
+        <v>30682</v>
+      </c>
+      <c r="G9" s="123">
+        <v>24510</v>
+      </c>
+      <c r="H9" s="123">
+        <v>27898</v>
+      </c>
+      <c r="I9" s="123">
+        <v>20725</v>
+      </c>
+      <c r="J9" s="123">
+        <v>19541</v>
+      </c>
+      <c r="K9" s="123">
+        <v>17695</v>
+      </c>
+      <c r="L9" s="123">
+        <v>19051</v>
+      </c>
+      <c r="M9" s="115">
+        <v>16903</v>
+      </c>
+      <c r="N9" s="115">
+        <v>14002</v>
+      </c>
+      <c r="O9" s="115">
+        <v>14924</v>
+      </c>
+      <c r="P9" s="115">
+        <v>14840</v>
+      </c>
+      <c r="Q9" s="115">
+        <v>12142</v>
+      </c>
+      <c r="R9" s="115">
+        <v>12518</v>
+      </c>
+      <c r="S9" s="115">
+        <v>10182</v>
+      </c>
+      <c r="T9" s="115">
+        <v>8366</v>
+      </c>
+      <c r="U9" s="115">
+        <v>9271</v>
+      </c>
+      <c r="V9" s="115">
+        <v>8745</v>
+      </c>
+      <c r="W9" s="20">
+        <v>9385</v>
+      </c>
+      <c r="X9" s="20">
+        <v>9201</v>
+      </c>
+      <c r="Y9" s="115">
+        <v>9230</v>
+      </c>
+      <c r="Z9" s="115">
+        <v>6957</v>
+      </c>
+      <c r="AA9" s="115">
+        <v>8131</v>
+      </c>
+      <c r="AB9" s="115">
+        <v>8810</v>
+      </c>
+      <c r="AC9" s="115">
+        <v>10123</v>
+      </c>
+      <c r="AD9" s="115">
+        <v>9059</v>
+      </c>
+      <c r="AE9" s="115">
+        <v>8462</v>
+      </c>
+      <c r="AF9" s="115">
+        <v>7193</v>
+      </c>
+      <c r="AG9" s="115">
+        <v>7777</v>
+      </c>
+      <c r="AH9" s="115">
+        <v>7668</v>
+      </c>
+      <c r="AI9" s="115">
+        <v>7140</v>
+      </c>
+      <c r="AJ9" s="115">
+        <v>6357</v>
+      </c>
+      <c r="AK9" s="115">
+        <v>7488</v>
+      </c>
+      <c r="AL9" s="115">
+        <v>7220</v>
+      </c>
+      <c r="AM9" s="115">
+        <v>5848</v>
       </c>
     </row>
-    <row r="9" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B9" s="19" t="s">
+    <row r="10" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B10" s="17" t="s">
         <v>292</v>
       </c>
-      <c r="C9" s="19" t="s">
+      <c r="C10" s="17" t="s">
         <v>293</v>
       </c>
-      <c r="D9" s="123">
-[...102 lines deleted...]
-        <v>5848</v>
+      <c r="D10" s="113">
+        <v>717439</v>
+      </c>
+      <c r="E10" s="113">
+        <v>675251</v>
+      </c>
+      <c r="F10" s="113">
+        <v>627468</v>
+      </c>
+      <c r="G10" s="113">
+        <v>574539</v>
+      </c>
+      <c r="H10" s="113">
+        <v>521618</v>
+      </c>
+      <c r="I10" s="113">
+        <v>642080</v>
+      </c>
+      <c r="J10" s="113">
+        <v>599894</v>
+      </c>
+      <c r="K10" s="113">
+        <v>562486</v>
+      </c>
+      <c r="L10" s="113">
+        <v>506369</v>
+      </c>
+      <c r="M10" s="113">
+        <v>431398</v>
+      </c>
+      <c r="N10" s="113">
+        <v>396647</v>
+      </c>
+      <c r="O10" s="113">
+        <v>350278</v>
+      </c>
+      <c r="P10" s="113">
+        <v>346258</v>
+      </c>
+      <c r="Q10" s="113">
+        <v>299651.28139108041</v>
+      </c>
+      <c r="R10" s="113">
+        <v>316154</v>
+      </c>
+      <c r="S10" s="113">
+        <v>315359</v>
+      </c>
+      <c r="T10" s="113">
+        <v>321259</v>
+      </c>
+      <c r="U10" s="113">
+        <v>140604</v>
+      </c>
+      <c r="V10" s="113">
+        <v>180089</v>
+      </c>
+      <c r="W10" s="114">
+        <v>140502</v>
+      </c>
+      <c r="X10" s="114">
+        <v>101121</v>
+      </c>
+      <c r="Y10" s="113">
+        <v>119689</v>
+      </c>
+      <c r="Z10" s="113">
+        <v>55922</v>
+      </c>
+      <c r="AA10" s="113">
+        <v>74798</v>
+      </c>
+      <c r="AB10" s="113">
+        <v>76784</v>
+      </c>
+      <c r="AC10" s="113">
+        <v>67465</v>
+      </c>
+      <c r="AD10" s="113">
+        <v>58011</v>
+      </c>
+      <c r="AE10" s="113">
+        <v>58829</v>
+      </c>
+      <c r="AF10" s="113">
+        <v>52360</v>
+      </c>
+      <c r="AG10" s="113">
+        <v>57507</v>
+      </c>
+      <c r="AH10" s="113">
+        <v>29777</v>
+      </c>
+      <c r="AI10" s="113">
+        <v>37280</v>
+      </c>
+      <c r="AJ10" s="113">
+        <v>44356</v>
+      </c>
+      <c r="AK10" s="113">
+        <v>34274</v>
+      </c>
+      <c r="AL10" s="113">
+        <v>7472</v>
+      </c>
+      <c r="AM10" s="113">
+        <v>13261</v>
       </c>
     </row>
-    <row r="10" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B10" s="17" t="s">
+    <row r="11" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B11" s="19" t="s">
         <v>294</v>
       </c>
-      <c r="C10" s="17" t="s">
+      <c r="C11" s="19" t="s">
         <v>295</v>
       </c>
-      <c r="D10" s="113">
-[...102 lines deleted...]
-        <v>13261</v>
+      <c r="D11" s="123">
+        <v>333123</v>
+      </c>
+      <c r="E11" s="123">
+        <v>273630</v>
+      </c>
+      <c r="F11" s="123">
+        <v>253521</v>
+      </c>
+      <c r="G11" s="123">
+        <v>238841</v>
+      </c>
+      <c r="H11" s="123">
+        <v>184216</v>
+      </c>
+      <c r="I11" s="123">
+        <v>122895</v>
+      </c>
+      <c r="J11" s="123">
+        <v>150036</v>
+      </c>
+      <c r="K11" s="123">
+        <v>118652</v>
+      </c>
+      <c r="L11" s="123">
+        <v>97208</v>
+      </c>
+      <c r="M11" s="119">
+        <v>54193</v>
+      </c>
+      <c r="N11" s="119">
+        <v>63829</v>
+      </c>
+      <c r="O11" s="119">
+        <v>96307</v>
+      </c>
+      <c r="P11" s="119">
+        <v>342626</v>
+      </c>
+      <c r="Q11" s="119">
+        <v>489825</v>
+      </c>
+      <c r="R11" s="119">
+        <v>668553</v>
+      </c>
+      <c r="S11" s="119">
+        <v>806999</v>
+      </c>
+      <c r="T11" s="119">
+        <v>515238</v>
+      </c>
+      <c r="U11" s="119">
+        <v>403842</v>
+      </c>
+      <c r="V11" s="119">
+        <v>358402</v>
+      </c>
+      <c r="W11" s="120">
+        <v>336426</v>
+      </c>
+      <c r="X11" s="120">
+        <v>279670</v>
+      </c>
+      <c r="Y11" s="119">
+        <v>289238</v>
+      </c>
+      <c r="Z11" s="119">
+        <v>193921</v>
+      </c>
+      <c r="AA11" s="119">
+        <v>113611</v>
+      </c>
+      <c r="AB11" s="119">
+        <v>182793</v>
+      </c>
+      <c r="AC11" s="119">
+        <v>188111</v>
+      </c>
+      <c r="AD11" s="119">
+        <v>126413</v>
+      </c>
+      <c r="AE11" s="119">
+        <v>110887</v>
+      </c>
+      <c r="AF11" s="119">
+        <v>153205</v>
+      </c>
+      <c r="AG11" s="119">
+        <v>164633</v>
+      </c>
+      <c r="AH11" s="119">
+        <v>197158</v>
+      </c>
+      <c r="AI11" s="119">
+        <v>197091</v>
+      </c>
+      <c r="AJ11" s="119">
+        <v>278787</v>
+      </c>
+      <c r="AK11" s="119">
+        <v>265253</v>
+      </c>
+      <c r="AL11" s="119">
+        <v>231440</v>
+      </c>
+      <c r="AM11" s="119">
+        <v>221354</v>
       </c>
     </row>
-    <row r="11" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B11" s="19" t="s">
+    <row r="12" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B12" s="17" t="s">
         <v>296</v>
       </c>
-      <c r="C11" s="19" t="s">
+      <c r="C12" s="17" t="s">
         <v>297</v>
       </c>
-      <c r="D11" s="123">
-[...102 lines deleted...]
-        <v>221354</v>
+      <c r="D12" s="113">
+        <v>10146</v>
+      </c>
+      <c r="E12" s="113">
+        <v>9258</v>
+      </c>
+      <c r="F12" s="113">
+        <v>11134</v>
+      </c>
+      <c r="G12" s="113">
+        <v>12640</v>
+      </c>
+      <c r="H12" s="113">
+        <v>7330</v>
+      </c>
+      <c r="I12" s="113">
+        <v>8335</v>
+      </c>
+      <c r="J12" s="113">
+        <v>11403</v>
+      </c>
+      <c r="K12" s="113">
+        <v>16238</v>
+      </c>
+      <c r="L12" s="113">
+        <v>12772</v>
+      </c>
+      <c r="M12" s="113">
+        <v>13172</v>
+      </c>
+      <c r="N12" s="113">
+        <v>17632</v>
+      </c>
+      <c r="O12" s="113">
+        <v>16598</v>
+      </c>
+      <c r="P12" s="113">
+        <v>13853</v>
+      </c>
+      <c r="Q12" s="113">
+        <v>15787</v>
+      </c>
+      <c r="R12" s="113">
+        <v>14374</v>
+      </c>
+      <c r="S12" s="113">
+        <v>12111</v>
+      </c>
+      <c r="T12" s="113">
+        <v>9527</v>
+      </c>
+      <c r="U12" s="113">
+        <v>14208</v>
+      </c>
+      <c r="V12" s="113">
+        <v>13775</v>
+      </c>
+      <c r="W12" s="18">
+        <v>11847</v>
+      </c>
+      <c r="X12" s="18">
+        <v>10089</v>
+      </c>
+      <c r="Y12" s="113">
+        <v>8586</v>
+      </c>
+      <c r="Z12" s="113">
+        <v>10814</v>
+      </c>
+      <c r="AA12" s="113">
+        <v>10985</v>
+      </c>
+      <c r="AB12" s="113">
+        <v>14727</v>
+      </c>
+      <c r="AC12" s="113">
+        <v>15109</v>
+      </c>
+      <c r="AD12" s="113">
+        <v>17873</v>
+      </c>
+      <c r="AE12" s="113">
+        <v>17520</v>
+      </c>
+      <c r="AF12" s="113">
+        <v>16782</v>
+      </c>
+      <c r="AG12" s="113">
+        <v>17860</v>
+      </c>
+      <c r="AH12" s="113">
+        <v>16592</v>
+      </c>
+      <c r="AI12" s="113">
+        <v>15467</v>
+      </c>
+      <c r="AJ12" s="113">
+        <v>15422</v>
+      </c>
+      <c r="AK12" s="113">
+        <v>15030</v>
+      </c>
+      <c r="AL12" s="113">
+        <v>11970</v>
+      </c>
+      <c r="AM12" s="113">
+        <v>15797</v>
       </c>
     </row>
-    <row r="12" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B12" s="17" t="s">
+    <row r="13" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B13" s="19" t="s">
         <v>298</v>
       </c>
-      <c r="C12" s="17" t="s">
+      <c r="C13" s="19" t="s">
         <v>299</v>
       </c>
-      <c r="D12" s="113">
-[...111 lines deleted...]
-      </c>
       <c r="D13" s="123">
+        <v>0</v>
+      </c>
+      <c r="E13" s="123">
         <v>200000</v>
       </c>
-      <c r="E13" s="123">
+      <c r="F13" s="123">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>54338</v>
       </c>
       <c r="G13" s="123">
         <v>54338</v>
       </c>
-      <c r="H13" s="123" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="123">
+      <c r="H13" s="123">
+        <v>54338</v>
+      </c>
+      <c r="I13" s="123" t="s">
+        <v>300</v>
+      </c>
+      <c r="J13" s="123">
         <v>265000</v>
-      </c>
-[...1 lines deleted...]
-        <v>118537</v>
       </c>
       <c r="K13" s="123">
         <v>118537</v>
       </c>
-      <c r="L13" s="119">
+      <c r="L13" s="123">
+        <v>118537</v>
+      </c>
+      <c r="M13" s="119">
         <v>150000</v>
       </c>
-      <c r="M13" s="119">
+      <c r="N13" s="119">
         <v>0</v>
       </c>
-      <c r="N13" s="119">
+      <c r="O13" s="119">
         <v>18348</v>
       </c>
-      <c r="O13" s="119">
+      <c r="P13" s="119">
         <v>78348</v>
       </c>
-      <c r="P13" s="119">
+      <c r="Q13" s="119">
         <v>0</v>
       </c>
-      <c r="Q13" s="119">
+      <c r="R13" s="119">
         <v>150000</v>
-      </c>
-[...1 lines deleted...]
-        <v>71191</v>
       </c>
       <c r="S13" s="119">
         <v>71191</v>
       </c>
       <c r="T13" s="119">
+        <v>71191</v>
+      </c>
+      <c r="U13" s="119">
         <v>0</v>
       </c>
-      <c r="U13" s="119">
+      <c r="V13" s="119">
         <v>115000</v>
-      </c>
-[...1 lines deleted...]
-        <v>38193</v>
       </c>
       <c r="W13" s="121">
         <v>38193</v>
       </c>
-      <c r="X13" s="119">
-        <v>170000</v>
+      <c r="X13" s="121">
+        <v>38193</v>
       </c>
       <c r="Y13" s="119">
         <v>170000</v>
       </c>
       <c r="Z13" s="119">
         <v>170000</v>
       </c>
       <c r="AA13" s="119">
         <v>170000</v>
       </c>
       <c r="AB13" s="119">
-        <v>134369</v>
+        <v>170000</v>
       </c>
       <c r="AC13" s="119">
         <v>134369</v>
       </c>
       <c r="AD13" s="119">
         <v>134369</v>
       </c>
       <c r="AE13" s="119">
         <v>134369</v>
       </c>
       <c r="AF13" s="119">
+        <v>134369</v>
+      </c>
+      <c r="AG13" s="119">
         <v>101058</v>
       </c>
-      <c r="AG13" s="119">
+      <c r="AH13" s="119">
         <v>188740</v>
       </c>
-      <c r="AH13" s="119">
+      <c r="AI13" s="119">
         <v>203740</v>
       </c>
-      <c r="AI13" s="119">
+      <c r="AJ13" s="119">
         <v>242057</v>
       </c>
-      <c r="AJ13" s="119">
+      <c r="AK13" s="119">
         <v>168740</v>
       </c>
-      <c r="AK13" s="119">
+      <c r="AL13" s="119">
         <v>183740</v>
       </c>
-      <c r="AL13" s="119">
+      <c r="AM13" s="119">
         <v>202136</v>
       </c>
     </row>
-    <row r="14" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="14" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B14" s="17" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D14" s="113">
+        <v>12388</v>
+      </c>
+      <c r="E14" s="113">
         <v>13826</v>
       </c>
-      <c r="E14" s="113">
+      <c r="F14" s="113">
         <v>13623</v>
       </c>
-      <c r="F14" s="113">
+      <c r="G14" s="113">
         <v>13600</v>
       </c>
-      <c r="G14" s="113">
+      <c r="H14" s="113">
         <v>13493</v>
       </c>
-      <c r="H14" s="113">
+      <c r="I14" s="113">
         <v>12641</v>
       </c>
-      <c r="I14" s="113">
+      <c r="J14" s="113">
         <v>12885</v>
       </c>
-      <c r="J14" s="113">
+      <c r="K14" s="113">
         <v>13291</v>
       </c>
-      <c r="K14" s="113">
+      <c r="L14" s="113">
         <v>11390</v>
       </c>
-      <c r="L14" s="113">
+      <c r="M14" s="113">
         <v>10925</v>
       </c>
-      <c r="M14" s="113">
+      <c r="N14" s="113">
         <v>11097</v>
       </c>
-      <c r="N14" s="113">
+      <c r="O14" s="113">
         <v>10716</v>
       </c>
-      <c r="O14" s="113">
+      <c r="P14" s="113">
         <v>10189</v>
       </c>
-      <c r="P14" s="113">
+      <c r="Q14" s="113">
         <v>10266</v>
       </c>
-      <c r="Q14" s="113">
+      <c r="R14" s="113">
         <v>11492</v>
       </c>
-      <c r="R14" s="113">
+      <c r="S14" s="113">
         <v>11414</v>
       </c>
-      <c r="S14" s="113">
+      <c r="T14" s="113">
         <v>11780</v>
       </c>
-      <c r="T14" s="113">
+      <c r="U14" s="113">
         <v>12286</v>
       </c>
-      <c r="U14" s="113">
+      <c r="V14" s="113">
         <v>13229</v>
       </c>
-      <c r="V14" s="18">
+      <c r="W14" s="18">
         <v>14496</v>
       </c>
-      <c r="W14" s="18">
+      <c r="X14" s="18">
         <v>14696</v>
       </c>
-      <c r="X14" s="113">
+      <c r="Y14" s="113">
         <v>9909</v>
       </c>
-      <c r="Y14" s="113">
+      <c r="Z14" s="113">
         <v>9804</v>
       </c>
-      <c r="Z14" s="113">
+      <c r="AA14" s="113">
         <v>12700</v>
       </c>
-      <c r="AA14" s="113">
+      <c r="AB14" s="113">
         <v>15490</v>
       </c>
-      <c r="AB14" s="113">
+      <c r="AC14" s="113">
         <v>1731</v>
       </c>
-      <c r="AC14" s="113">
+      <c r="AD14" s="113">
         <v>206</v>
       </c>
-      <c r="AD14" s="113">
+      <c r="AE14" s="113">
         <v>1400</v>
       </c>
-      <c r="AE14" s="113">
+      <c r="AF14" s="113">
         <v>15023</v>
       </c>
-      <c r="AF14" s="113">
+      <c r="AG14" s="113">
         <v>1766</v>
       </c>
-      <c r="AG14" s="113">
+      <c r="AH14" s="113">
         <v>1604</v>
       </c>
-      <c r="AH14" s="113">
+      <c r="AI14" s="113">
         <v>0</v>
       </c>
-      <c r="AI14" s="113">
+      <c r="AJ14" s="113">
         <v>13387</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AK14" s="113">
         <v>0</v>
       </c>
       <c r="AL14" s="113">
         <v>0</v>
       </c>
+      <c r="AM14" s="113">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="15" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B15" s="19" t="s">
+        <v>303</v>
+      </c>
+      <c r="C15" s="19" t="s">
+        <v>304</v>
+      </c>
+      <c r="D15" s="123">
+        <v>6167</v>
+      </c>
+      <c r="E15" s="123">
+        <v>4186</v>
+      </c>
+      <c r="F15" s="123">
+        <v>2713</v>
+      </c>
+      <c r="G15" s="123">
+        <v>1558</v>
+      </c>
+      <c r="H15" s="123">
+        <v>12294</v>
+      </c>
+      <c r="I15" s="123">
+        <v>10399</v>
+      </c>
+      <c r="J15" s="123">
+        <v>10137</v>
+      </c>
+      <c r="K15" s="123">
+        <v>2721</v>
+      </c>
+      <c r="L15" s="123">
+        <v>3900</v>
+      </c>
+      <c r="M15" s="115">
+        <v>4586</v>
+      </c>
+      <c r="N15" s="115">
+        <v>3867</v>
+      </c>
+      <c r="O15" s="115">
+        <v>5088</v>
+      </c>
+      <c r="P15" s="115">
+        <v>7388</v>
+      </c>
+      <c r="Q15" s="115">
+        <v>3507</v>
+      </c>
+      <c r="R15" s="115">
+        <v>4414</v>
+      </c>
+      <c r="S15" s="115">
+        <v>5253</v>
+      </c>
+      <c r="T15" s="115">
+        <v>5943</v>
+      </c>
+      <c r="U15" s="115">
+        <v>5274</v>
+      </c>
+      <c r="V15" s="115">
+        <v>12838</v>
+      </c>
+      <c r="W15" s="20">
+        <v>13356</v>
+      </c>
+      <c r="X15" s="20">
+        <v>2007</v>
+      </c>
+      <c r="Y15" s="115">
+        <v>1876</v>
+      </c>
+      <c r="Z15" s="115">
+        <v>1312</v>
+      </c>
+      <c r="AA15" s="115">
+        <v>2464</v>
+      </c>
+      <c r="AB15" s="115">
+        <v>2841</v>
+      </c>
+      <c r="AC15" s="115">
+        <v>14061</v>
+      </c>
+      <c r="AD15" s="115">
+        <v>15805</v>
+      </c>
+      <c r="AE15" s="115">
+        <v>13357</v>
+      </c>
+      <c r="AF15" s="115">
+        <v>12738</v>
+      </c>
+      <c r="AG15" s="115">
+        <v>77854</v>
+      </c>
+      <c r="AH15" s="115">
+        <v>62526</v>
+      </c>
+      <c r="AI15" s="115">
+        <v>2025</v>
+      </c>
+      <c r="AJ15" s="115">
+        <v>3018</v>
+      </c>
+      <c r="AK15" s="115">
+        <v>3690</v>
+      </c>
+      <c r="AL15" s="115">
+        <v>3726</v>
+      </c>
+      <c r="AM15" s="115">
+        <v>6575</v>
+      </c>
+    </row>
+    <row r="16" spans="2:39" s="10" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="B16" s="23" t="s">
         <v>305</v>
       </c>
-      <c r="C15" s="19" t="s">
+      <c r="C16" s="23" t="s">
         <v>306</v>
       </c>
-      <c r="D15" s="123">
-[...102 lines deleted...]
-        <v>6575</v>
+      <c r="D16" s="24">
+        <v>1743700</v>
+      </c>
+      <c r="E16" s="24">
+        <v>1706109</v>
+      </c>
+      <c r="F16" s="24">
+        <v>1430902</v>
+      </c>
+      <c r="G16" s="24">
+        <v>1347066</v>
+      </c>
+      <c r="H16" s="24">
+        <v>1249965</v>
+      </c>
+      <c r="I16" s="24">
+        <v>1190740</v>
+      </c>
+      <c r="J16" s="24">
+        <v>1365914</v>
+      </c>
+      <c r="K16" s="24">
+        <v>1171188</v>
+      </c>
+      <c r="L16" s="24">
+        <v>1088136</v>
+      </c>
+      <c r="M16" s="24">
+        <v>990737</v>
+      </c>
+      <c r="N16" s="24">
+        <v>791461</v>
+      </c>
+      <c r="O16" s="24">
+        <v>770084</v>
+      </c>
+      <c r="P16" s="24">
+        <v>1067486</v>
+      </c>
+      <c r="Q16" s="24">
+        <v>991958.28139108047</v>
+      </c>
+      <c r="R16" s="24">
+        <v>1387946</v>
+      </c>
+      <c r="S16" s="24">
+        <v>1400250</v>
+      </c>
+      <c r="T16" s="24">
+        <v>1115379</v>
+      </c>
+      <c r="U16" s="24">
+        <v>756568</v>
+      </c>
+      <c r="V16" s="24">
+        <v>929085</v>
+      </c>
+      <c r="W16" s="24">
+        <v>738930</v>
+      </c>
+      <c r="X16" s="24">
+        <v>602035</v>
+      </c>
+      <c r="Y16" s="24">
+        <v>810472</v>
+      </c>
+      <c r="Z16" s="24">
+        <v>628910</v>
+      </c>
+      <c r="AA16" s="24">
+        <v>519341</v>
+      </c>
+      <c r="AB16" s="24">
+        <v>644384</v>
+      </c>
+      <c r="AC16" s="24">
+        <v>576904</v>
+      </c>
+      <c r="AD16" s="24">
+        <v>493700</v>
+      </c>
+      <c r="AE16" s="24">
+        <v>463695</v>
+      </c>
+      <c r="AF16" s="24">
+        <v>490846</v>
+      </c>
+      <c r="AG16" s="24">
+        <v>554628</v>
+      </c>
+      <c r="AH16" s="24">
+        <v>629261</v>
+      </c>
+      <c r="AI16" s="24">
+        <v>596475</v>
+      </c>
+      <c r="AJ16" s="24">
+        <v>761209</v>
+      </c>
+      <c r="AK16" s="24">
+        <v>659257</v>
+      </c>
+      <c r="AL16" s="24">
+        <v>599954</v>
+      </c>
+      <c r="AM16" s="24">
+        <v>620215</v>
       </c>
     </row>
-    <row r="16" spans="2:38" s="10" customFormat="1" ht="21" thickBot="1" x14ac:dyDescent="0.8">
-      <c r="B16" s="23" t="s">
+    <row r="17" spans="2:39" s="10" customFormat="1" ht="20.399999999999999" thickTop="1" x14ac:dyDescent="0.6">
+      <c r="B17" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="C17" s="15" t="s">
         <v>307</v>
-      </c>
-[...114 lines deleted...]
-        <v>309</v>
       </c>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="16"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16"/>
       <c r="I17" s="16"/>
       <c r="J17" s="16"/>
       <c r="K17" s="16"/>
       <c r="L17" s="16"/>
       <c r="M17" s="16"/>
       <c r="N17" s="16"/>
       <c r="O17" s="16"/>
       <c r="P17" s="16"/>
       <c r="Q17" s="16"/>
       <c r="R17" s="16"/>
       <c r="S17" s="16"/>
       <c r="T17" s="16"/>
       <c r="U17" s="16"/>
       <c r="V17" s="16"/>
       <c r="W17" s="16"/>
       <c r="X17" s="16"/>
       <c r="Y17" s="16"/>
       <c r="Z17" s="16"/>
       <c r="AA17" s="16"/>
       <c r="AB17" s="16"/>
       <c r="AC17" s="16"/>
       <c r="AD17" s="16"/>
       <c r="AE17" s="16"/>
       <c r="AF17" s="16"/>
       <c r="AG17" s="16"/>
       <c r="AH17" s="16"/>
       <c r="AI17" s="16"/>
       <c r="AJ17" s="16"/>
       <c r="AK17" s="16"/>
       <c r="AL17" s="16"/>
+      <c r="AM17" s="16"/>
     </row>
-    <row r="18" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="18" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B18" s="17" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D18" s="113">
+        <v>1175028</v>
+      </c>
+      <c r="E18" s="113">
         <v>1172288</v>
       </c>
-      <c r="E18" s="113">
+      <c r="F18" s="113">
         <v>1147008</v>
       </c>
-      <c r="F18" s="113">
+      <c r="G18" s="113">
         <v>1150733</v>
       </c>
-      <c r="G18" s="113">
+      <c r="H18" s="113">
         <v>777513</v>
       </c>
-      <c r="H18" s="113">
+      <c r="I18" s="113">
         <v>961025</v>
       </c>
-      <c r="I18" s="113">
+      <c r="J18" s="113">
         <v>960708</v>
       </c>
-      <c r="J18" s="113">
+      <c r="K18" s="113">
         <v>480268</v>
       </c>
-      <c r="K18" s="113">
+      <c r="L18" s="113">
         <v>489081</v>
       </c>
-      <c r="L18" s="113">
+      <c r="M18" s="113">
         <v>510779</v>
       </c>
-      <c r="M18" s="113">
+      <c r="N18" s="113">
         <v>360640</v>
       </c>
-      <c r="N18" s="113">
+      <c r="O18" s="113">
         <v>360400</v>
       </c>
-      <c r="O18" s="113">
+      <c r="P18" s="113">
         <v>360082</v>
       </c>
-      <c r="P18" s="113">
+      <c r="Q18" s="113">
         <v>423232</v>
-      </c>
-[...1 lines deleted...]
-        <v>323208</v>
       </c>
       <c r="R18" s="113">
         <v>323208</v>
       </c>
       <c r="S18" s="113">
         <v>323208</v>
       </c>
       <c r="T18" s="113">
+        <v>323208</v>
+      </c>
+      <c r="U18" s="113">
         <v>326361</v>
       </c>
-      <c r="U18" s="113">
+      <c r="V18" s="113">
         <v>153375</v>
       </c>
-      <c r="V18" s="122">
+      <c r="W18" s="122">
         <v>180173</v>
       </c>
-      <c r="W18" s="122">
+      <c r="X18" s="122">
         <v>184999</v>
       </c>
-      <c r="X18" s="113">
+      <c r="Y18" s="113">
         <v>212589</v>
       </c>
-      <c r="Y18" s="113">
+      <c r="Z18" s="113">
         <v>233112</v>
       </c>
-      <c r="Z18" s="113">
+      <c r="AA18" s="113">
         <v>234669</v>
       </c>
-      <c r="AA18" s="113">
+      <c r="AB18" s="113">
         <v>163272</v>
       </c>
-      <c r="AB18" s="113">
+      <c r="AC18" s="113">
         <v>138779</v>
       </c>
-      <c r="AC18" s="113">
+      <c r="AD18" s="113">
         <v>156536</v>
       </c>
-      <c r="AD18" s="113">
+      <c r="AE18" s="113">
         <v>156710</v>
       </c>
-      <c r="AE18" s="113">
+      <c r="AF18" s="113">
         <v>176833</v>
       </c>
-      <c r="AF18" s="113">
+      <c r="AG18" s="113">
         <v>161484</v>
       </c>
-      <c r="AG18" s="113">
+      <c r="AH18" s="113">
         <v>61074</v>
       </c>
-      <c r="AH18" s="113">
+      <c r="AI18" s="113">
         <v>72208</v>
       </c>
-      <c r="AI18" s="113">
+      <c r="AJ18" s="113">
         <v>79197</v>
       </c>
-      <c r="AJ18" s="113">
+      <c r="AK18" s="113">
         <v>88479</v>
       </c>
-      <c r="AK18" s="113">
+      <c r="AL18" s="113">
         <v>100071</v>
       </c>
-      <c r="AL18" s="113">
+      <c r="AM18" s="113">
         <v>104019</v>
       </c>
     </row>
-    <row r="19" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="19" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B19" s="19" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C19" s="19" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="D19" s="123">
+        <v>91000</v>
+      </c>
+      <c r="E19" s="123">
         <v>82797</v>
       </c>
-      <c r="E19" s="123">
+      <c r="F19" s="123">
         <v>76096</v>
       </c>
-      <c r="F19" s="123">
+      <c r="G19" s="123">
         <v>67925</v>
       </c>
-      <c r="G19" s="123">
+      <c r="H19" s="123">
         <v>60743</v>
       </c>
-      <c r="H19" s="123">
+      <c r="I19" s="123">
         <v>54775</v>
       </c>
-      <c r="I19" s="123">
+      <c r="J19" s="123">
         <v>48724</v>
       </c>
-      <c r="J19" s="123">
+      <c r="K19" s="123">
         <v>43195</v>
       </c>
-      <c r="K19" s="123">
+      <c r="L19" s="123">
         <v>38880</v>
       </c>
-      <c r="L19" s="123">
+      <c r="M19" s="123">
         <v>30803</v>
       </c>
-      <c r="M19" s="123">
+      <c r="N19" s="123">
         <v>27158</v>
       </c>
-      <c r="N19" s="123">
+      <c r="O19" s="123">
         <v>23738</v>
       </c>
-      <c r="O19" s="123">
+      <c r="P19" s="123">
         <v>21389</v>
       </c>
-      <c r="P19" s="123">
+      <c r="Q19" s="123">
         <v>18755</v>
       </c>
-      <c r="Q19" s="123">
+      <c r="R19" s="123">
         <v>16723</v>
       </c>
-      <c r="R19" s="123">
+      <c r="S19" s="123">
         <v>15037</v>
       </c>
-      <c r="S19" s="123">
+      <c r="T19" s="123">
         <v>13220</v>
       </c>
-      <c r="T19" s="123">
+      <c r="U19" s="123">
         <v>11427</v>
       </c>
-      <c r="U19" s="123">
+      <c r="V19" s="123">
         <v>10377</v>
       </c>
-      <c r="V19" s="124">
+      <c r="W19" s="124">
         <v>9475</v>
       </c>
-      <c r="W19" s="124">
+      <c r="X19" s="124">
         <v>9174</v>
       </c>
-      <c r="X19" s="123">
+      <c r="Y19" s="123">
         <v>7761</v>
       </c>
-      <c r="Y19" s="123">
+      <c r="Z19" s="123">
         <v>8360</v>
       </c>
-      <c r="Z19" s="123">
+      <c r="AA19" s="123">
         <v>7309</v>
       </c>
-      <c r="AA19" s="123">
+      <c r="AB19" s="123">
         <v>6760</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AC19" s="123">
         <v>0</v>
       </c>
       <c r="AD19" s="123">
         <v>0</v>
       </c>
       <c r="AE19" s="123">
+        <v>0</v>
+      </c>
+      <c r="AF19" s="123">
         <v>7261</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AG19" s="123">
         <v>0</v>
       </c>
       <c r="AH19" s="123">
         <v>0</v>
       </c>
       <c r="AI19" s="123">
+        <v>0</v>
+      </c>
+      <c r="AJ19" s="123">
         <v>9371</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AK19" s="123">
         <v>0</v>
       </c>
       <c r="AL19" s="123">
         <v>0</v>
       </c>
+      <c r="AM19" s="123">
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="20" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B20" s="17" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C20" s="17" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="D20" s="113">
+        <v>864061</v>
+      </c>
+      <c r="E20" s="113">
         <v>910977</v>
       </c>
-      <c r="E20" s="113">
+      <c r="F20" s="113">
         <v>841734</v>
       </c>
-      <c r="F20" s="113">
+      <c r="G20" s="113">
         <v>828495</v>
       </c>
-      <c r="G20" s="113">
+      <c r="H20" s="113">
         <v>843900</v>
       </c>
-      <c r="H20" s="113">
+      <c r="I20" s="113">
         <v>447808</v>
       </c>
-      <c r="I20" s="113">
+      <c r="J20" s="113">
         <v>490050</v>
       </c>
-      <c r="J20" s="113">
+      <c r="K20" s="113">
         <v>497891</v>
       </c>
-      <c r="K20" s="113">
+      <c r="L20" s="113">
         <v>423231</v>
       </c>
-      <c r="L20" s="113">
+      <c r="M20" s="113">
         <v>509198</v>
       </c>
-      <c r="M20" s="113">
+      <c r="N20" s="113">
         <v>507425</v>
       </c>
-      <c r="N20" s="113">
+      <c r="O20" s="113">
         <v>567132</v>
       </c>
-      <c r="O20" s="113">
+      <c r="P20" s="113">
         <v>429912</v>
       </c>
-      <c r="P20" s="113">
+      <c r="Q20" s="113">
         <v>439709.71860891959</v>
       </c>
-      <c r="Q20" s="113">
+      <c r="R20" s="113">
         <v>355650</v>
       </c>
-      <c r="R20" s="113">
+      <c r="S20" s="113">
         <v>367692</v>
       </c>
-      <c r="S20" s="113">
+      <c r="T20" s="113">
         <v>374570</v>
       </c>
-      <c r="T20" s="113">
+      <c r="U20" s="113">
         <v>294980</v>
       </c>
-      <c r="U20" s="113">
+      <c r="V20" s="113">
         <v>217357</v>
       </c>
-      <c r="V20" s="125">
+      <c r="W20" s="125">
         <v>266241</v>
       </c>
-      <c r="W20" s="125">
+      <c r="X20" s="125">
         <v>170772</v>
       </c>
-      <c r="X20" s="113">
+      <c r="Y20" s="113">
         <v>90466</v>
       </c>
-      <c r="Y20" s="113">
+      <c r="Z20" s="113">
         <v>86565</v>
       </c>
-      <c r="Z20" s="113">
+      <c r="AA20" s="113">
         <v>72269</v>
       </c>
-      <c r="AA20" s="113">
+      <c r="AB20" s="113">
         <v>57370</v>
       </c>
-      <c r="AB20" s="113">
+      <c r="AC20" s="113">
         <v>49063</v>
       </c>
-      <c r="AC20" s="113">
+      <c r="AD20" s="113">
         <v>10936</v>
       </c>
-      <c r="AD20" s="113">
+      <c r="AE20" s="113">
         <v>11028</v>
       </c>
-      <c r="AE20" s="113">
+      <c r="AF20" s="113">
         <v>13625</v>
       </c>
-      <c r="AF20" s="113">
+      <c r="AG20" s="113">
         <v>16598</v>
       </c>
-      <c r="AG20" s="113">
+      <c r="AH20" s="113">
         <v>31933</v>
       </c>
-      <c r="AH20" s="113">
+      <c r="AI20" s="113">
         <v>37239</v>
       </c>
-      <c r="AI20" s="113">
+      <c r="AJ20" s="113">
         <v>45218</v>
       </c>
-      <c r="AJ20" s="113">
+      <c r="AK20" s="113">
         <v>71374</v>
       </c>
-      <c r="AK20" s="113">
+      <c r="AL20" s="113">
         <v>78166</v>
       </c>
-      <c r="AL20" s="113">
+      <c r="AM20" s="113">
         <v>65639</v>
       </c>
     </row>
-    <row r="21" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="21" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B21" s="19" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C21" s="19" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D21" s="123">
+        <v>28640</v>
+      </c>
+      <c r="E21" s="123">
         <v>24107</v>
       </c>
-      <c r="E21" s="123">
+      <c r="F21" s="123">
         <v>21401</v>
       </c>
-      <c r="F21" s="123">
+      <c r="G21" s="123">
         <v>16877</v>
       </c>
-      <c r="G21" s="123">
+      <c r="H21" s="123">
         <v>13769</v>
       </c>
-      <c r="H21" s="123">
+      <c r="I21" s="123">
         <v>14537</v>
       </c>
-      <c r="I21" s="123">
+      <c r="J21" s="123">
         <v>14816</v>
       </c>
-      <c r="J21" s="123">
+      <c r="K21" s="123">
         <v>15285</v>
       </c>
-      <c r="K21" s="123">
+      <c r="L21" s="123">
         <v>12048</v>
       </c>
-      <c r="L21" s="123">
+      <c r="M21" s="123">
         <v>9412</v>
       </c>
-      <c r="M21" s="123">
+      <c r="N21" s="123">
         <v>9904</v>
       </c>
-      <c r="N21" s="123">
+      <c r="O21" s="123">
         <v>9016</v>
       </c>
-      <c r="O21" s="123">
+      <c r="P21" s="123">
         <v>8679</v>
       </c>
-      <c r="P21" s="123">
+      <c r="Q21" s="123">
         <v>7656</v>
       </c>
-      <c r="Q21" s="123">
+      <c r="R21" s="123">
         <v>8607</v>
       </c>
-      <c r="R21" s="123">
+      <c r="S21" s="123">
         <v>8804</v>
       </c>
-      <c r="S21" s="123">
+      <c r="T21" s="123">
         <v>9299</v>
       </c>
-      <c r="T21" s="123">
+      <c r="U21" s="123">
         <v>10089</v>
       </c>
-      <c r="U21" s="123">
+      <c r="V21" s="123">
         <v>11086</v>
       </c>
-      <c r="V21" s="124">
+      <c r="W21" s="124">
         <v>12466</v>
       </c>
-      <c r="W21" s="124">
+      <c r="X21" s="124">
         <v>12638</v>
       </c>
-      <c r="X21" s="123">
+      <c r="Y21" s="123">
         <v>19035</v>
       </c>
-      <c r="Y21" s="123">
+      <c r="Z21" s="123">
         <v>18835</v>
-      </c>
-[...1 lines deleted...]
-        <v>13321</v>
       </c>
       <c r="AA21" s="123">
         <v>13321</v>
       </c>
       <c r="AB21" s="123">
+        <v>13321</v>
+      </c>
+      <c r="AC21" s="123">
         <v>28342</v>
       </c>
-      <c r="AC21" s="123">
+      <c r="AD21" s="123">
         <v>29471</v>
       </c>
-      <c r="AD21" s="123">
+      <c r="AE21" s="123">
         <v>30455</v>
       </c>
-      <c r="AE21" s="123">
+      <c r="AF21" s="123">
         <v>14452</v>
       </c>
-      <c r="AF21" s="123">
+      <c r="AG21" s="123">
         <v>30172</v>
       </c>
-      <c r="AG21" s="123">
+      <c r="AH21" s="123">
         <v>27409</v>
       </c>
-      <c r="AH21" s="123">
+      <c r="AI21" s="123">
         <v>26668</v>
       </c>
-      <c r="AI21" s="123">
+      <c r="AJ21" s="123">
         <v>3006</v>
       </c>
-      <c r="AJ21" s="123">
+      <c r="AK21" s="123">
         <v>30411</v>
       </c>
-      <c r="AK21" s="123">
+      <c r="AL21" s="123">
         <v>29982</v>
       </c>
-      <c r="AL21" s="123">
+      <c r="AM21" s="123">
         <v>28789</v>
       </c>
     </row>
-    <row r="22" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="22" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B22" s="17" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C22" s="17" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="D22" s="113">
+        <v>896</v>
+      </c>
+      <c r="E22" s="113">
         <v>835</v>
       </c>
-      <c r="E22" s="113">
+      <c r="F22" s="113">
         <v>833</v>
       </c>
-      <c r="F22" s="113">
+      <c r="G22" s="113">
         <v>769</v>
       </c>
-      <c r="G22" s="113">
+      <c r="H22" s="113">
         <v>756</v>
       </c>
-      <c r="H22" s="113">
+      <c r="I22" s="113">
         <v>755</v>
       </c>
-      <c r="I22" s="113">
+      <c r="J22" s="113">
         <v>730</v>
       </c>
-      <c r="J22" s="113">
+      <c r="K22" s="113">
         <v>695</v>
       </c>
-      <c r="K22" s="113">
+      <c r="L22" s="113">
         <v>766</v>
       </c>
-      <c r="L22" s="113">
+      <c r="M22" s="113">
         <v>750</v>
       </c>
-      <c r="M22" s="113">
+      <c r="N22" s="113">
         <v>932</v>
       </c>
-      <c r="N22" s="113">
+      <c r="O22" s="113">
         <v>929</v>
       </c>
-      <c r="O22" s="113">
+      <c r="P22" s="113">
         <v>893</v>
       </c>
-      <c r="P22" s="113">
+      <c r="Q22" s="113">
         <v>750</v>
       </c>
-      <c r="Q22" s="113">
+      <c r="R22" s="113">
         <v>807</v>
       </c>
-      <c r="R22" s="113">
+      <c r="S22" s="113">
         <v>777</v>
       </c>
-      <c r="S22" s="113">
+      <c r="T22" s="113">
         <v>755</v>
       </c>
-      <c r="T22" s="113">
+      <c r="U22" s="113">
         <v>794</v>
       </c>
-      <c r="U22" s="113">
+      <c r="V22" s="113">
         <v>696</v>
       </c>
-      <c r="V22" s="125">
+      <c r="W22" s="125">
         <v>656</v>
       </c>
-      <c r="W22" s="125">
+      <c r="X22" s="125">
         <v>642</v>
       </c>
-      <c r="X22" s="113">
+      <c r="Y22" s="113">
         <v>597</v>
       </c>
-      <c r="Y22" s="113">
+      <c r="Z22" s="113">
         <v>1902</v>
       </c>
-      <c r="Z22" s="113">
+      <c r="AA22" s="113">
         <v>1796</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AB22" s="113">
         <v>0</v>
       </c>
       <c r="AC22" s="113">
         <v>0</v>
       </c>
       <c r="AD22" s="113">
         <v>0</v>
       </c>
       <c r="AE22" s="113">
         <v>0</v>
       </c>
       <c r="AF22" s="113">
         <v>0</v>
       </c>
       <c r="AG22" s="113">
         <v>0</v>
       </c>
       <c r="AH22" s="113">
         <v>0</v>
       </c>
       <c r="AI22" s="113">
         <v>0</v>
       </c>
       <c r="AJ22" s="113">
         <v>0</v>
       </c>
       <c r="AK22" s="113">
         <v>0</v>
       </c>
       <c r="AL22" s="113">
         <v>0</v>
       </c>
+      <c r="AM22" s="113">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="23" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B23" s="19" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="C23" s="19" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="D23" s="123">
         <v>0</v>
       </c>
       <c r="E23" s="123">
         <v>0</v>
       </c>
       <c r="F23" s="123">
         <v>0</v>
       </c>
-      <c r="G23" s="123" t="s">
-        <v>54</v>
+      <c r="G23" s="123">
+        <v>0</v>
       </c>
       <c r="H23" s="123" t="s">
         <v>54</v>
       </c>
       <c r="I23" s="123" t="s">
         <v>54</v>
       </c>
       <c r="J23" s="123" t="s">
         <v>54</v>
       </c>
       <c r="K23" s="123" t="s">
         <v>54</v>
       </c>
-      <c r="L23" s="115" t="s">
+      <c r="L23" s="123" t="s">
         <v>54</v>
       </c>
-      <c r="M23" s="115">
-        <v>0</v>
+      <c r="M23" s="115" t="s">
+        <v>54</v>
       </c>
       <c r="N23" s="115">
         <v>0</v>
       </c>
-      <c r="O23" s="115" t="s">
+      <c r="O23" s="115">
+        <v>0</v>
+      </c>
+      <c r="P23" s="115" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="Q23" s="115">
         <v>0</v>
       </c>
-      <c r="R23" s="115" t="s">
-        <v>54</v>
+      <c r="R23" s="115">
+        <v>0</v>
       </c>
       <c r="S23" s="115" t="s">
         <v>54</v>
       </c>
-      <c r="T23" s="115">
-        <v>0</v>
+      <c r="T23" s="115" t="s">
+        <v>54</v>
       </c>
       <c r="U23" s="115">
         <v>0</v>
       </c>
-      <c r="V23" s="124">
+      <c r="V23" s="115">
         <v>0</v>
       </c>
       <c r="W23" s="124">
         <v>0</v>
       </c>
-      <c r="X23" s="115">
+      <c r="X23" s="124">
         <v>0</v>
       </c>
       <c r="Y23" s="115">
         <v>0</v>
       </c>
       <c r="Z23" s="115">
         <v>0</v>
       </c>
       <c r="AA23" s="115">
         <v>0</v>
       </c>
       <c r="AB23" s="115">
         <v>0</v>
       </c>
       <c r="AC23" s="115">
         <v>0</v>
       </c>
       <c r="AD23" s="115">
         <v>0</v>
       </c>
       <c r="AE23" s="115">
+        <v>0</v>
+      </c>
+      <c r="AF23" s="115">
         <v>49</v>
       </c>
-      <c r="AF23" s="115">
+      <c r="AG23" s="115">
         <v>70</v>
       </c>
-      <c r="AG23" s="115">
+      <c r="AH23" s="115">
         <v>262</v>
       </c>
-      <c r="AH23" s="115">
+      <c r="AI23" s="115">
         <v>1096</v>
       </c>
-      <c r="AI23" s="115">
+      <c r="AJ23" s="115">
         <v>1685</v>
       </c>
-      <c r="AJ23" s="115">
+      <c r="AK23" s="115">
         <v>3069</v>
       </c>
-      <c r="AK23" s="115">
+      <c r="AL23" s="115">
         <v>5324</v>
       </c>
-      <c r="AL23" s="115">
+      <c r="AM23" s="115">
         <v>7338</v>
       </c>
     </row>
-    <row r="24" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="24" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B24" s="112" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C24" s="112" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D24" s="126">
+        <v>71175</v>
+      </c>
+      <c r="E24" s="126">
         <v>72346</v>
       </c>
-      <c r="E24" s="126">
+      <c r="F24" s="126">
         <v>71013</v>
       </c>
-      <c r="F24" s="126">
+      <c r="G24" s="126">
         <v>63477</v>
       </c>
-      <c r="G24" s="126">
+      <c r="H24" s="126">
         <v>50677</v>
       </c>
-      <c r="H24" s="126">
+      <c r="I24" s="126">
         <v>54332</v>
       </c>
-      <c r="I24" s="126">
+      <c r="J24" s="126">
         <v>49759</v>
       </c>
-      <c r="J24" s="126">
+      <c r="K24" s="126">
         <v>45513</v>
       </c>
-      <c r="K24" s="126">
+      <c r="L24" s="126">
         <v>42901</v>
       </c>
-      <c r="L24" s="126">
+      <c r="M24" s="126">
         <v>42769</v>
       </c>
-      <c r="M24" s="126">
+      <c r="N24" s="126">
         <v>36643</v>
       </c>
-      <c r="N24" s="126">
+      <c r="O24" s="126">
         <v>32884</v>
       </c>
-      <c r="O24" s="126">
+      <c r="P24" s="126">
         <v>32242</v>
       </c>
-      <c r="P24" s="126">
+      <c r="Q24" s="126">
         <v>30459</v>
       </c>
-      <c r="Q24" s="126">
+      <c r="R24" s="126">
         <v>28444</v>
       </c>
-      <c r="R24" s="126">
+      <c r="S24" s="126">
         <v>25999</v>
       </c>
-      <c r="S24" s="126">
+      <c r="T24" s="126">
         <v>23163</v>
       </c>
-      <c r="T24" s="126">
+      <c r="U24" s="126">
         <v>19048</v>
       </c>
-      <c r="U24" s="126">
+      <c r="V24" s="126">
         <v>18467</v>
       </c>
-      <c r="V24" s="127">
+      <c r="W24" s="127">
         <v>15899</v>
       </c>
-      <c r="W24" s="127">
+      <c r="X24" s="127">
         <v>14544</v>
       </c>
-      <c r="X24" s="126">
+      <c r="Y24" s="126">
         <v>16026</v>
       </c>
-      <c r="Y24" s="126">
+      <c r="Z24" s="126">
         <v>11715</v>
       </c>
-      <c r="Z24" s="126">
+      <c r="AA24" s="126">
         <v>11900</v>
       </c>
-      <c r="AA24" s="126">
+      <c r="AB24" s="126">
         <v>6818</v>
       </c>
-      <c r="AB24" s="126">
+      <c r="AC24" s="126">
         <v>4945</v>
       </c>
-      <c r="AC24" s="126">
+      <c r="AD24" s="126">
         <v>3914</v>
       </c>
-      <c r="AD24" s="126">
+      <c r="AE24" s="126">
         <v>3448</v>
       </c>
-      <c r="AE24" s="126">
+      <c r="AF24" s="126">
         <v>3909</v>
       </c>
-      <c r="AF24" s="126">
+      <c r="AG24" s="126">
         <v>3802</v>
       </c>
-      <c r="AG24" s="126">
+      <c r="AH24" s="126">
         <v>4366</v>
       </c>
-      <c r="AH24" s="126">
+      <c r="AI24" s="126">
         <v>4222</v>
       </c>
-      <c r="AI24" s="126">
+      <c r="AJ24" s="126">
         <v>4616</v>
       </c>
-      <c r="AJ24" s="126">
+      <c r="AK24" s="126">
         <v>9034</v>
       </c>
-      <c r="AK24" s="126">
+      <c r="AL24" s="126">
         <v>9076</v>
       </c>
-      <c r="AL24" s="126">
+      <c r="AM24" s="126">
         <v>8386</v>
       </c>
     </row>
-    <row r="25" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="25" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B25" s="128" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C25" s="128" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="D25" s="123">
         <v>0</v>
       </c>
       <c r="E25" s="123">
         <v>0</v>
       </c>
       <c r="F25" s="123">
         <v>0</v>
       </c>
       <c r="G25" s="123">
         <v>0</v>
       </c>
-      <c r="H25" s="123" t="s">
-        <v>54</v>
+      <c r="H25" s="123">
+        <v>0</v>
       </c>
       <c r="I25" s="123" t="s">
         <v>54</v>
       </c>
       <c r="J25" s="123" t="s">
         <v>54</v>
       </c>
       <c r="K25" s="123" t="s">
         <v>54</v>
       </c>
-      <c r="L25" s="115" t="s">
+      <c r="L25" s="123" t="s">
         <v>54</v>
       </c>
       <c r="M25" s="115" t="s">
         <v>54</v>
       </c>
-      <c r="N25" s="115">
+      <c r="N25" s="115" t="s">
+        <v>54</v>
+      </c>
+      <c r="O25" s="115">
         <v>0</v>
       </c>
-      <c r="O25" s="115" t="s">
+      <c r="P25" s="115" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="Q25" s="115">
         <v>0</v>
       </c>
       <c r="R25" s="115">
         <v>0</v>
       </c>
       <c r="S25" s="115">
         <v>0</v>
       </c>
       <c r="T25" s="115">
+        <v>0</v>
+      </c>
+      <c r="U25" s="115">
         <v>752</v>
       </c>
-      <c r="U25" s="115">
+      <c r="V25" s="115">
         <v>742</v>
       </c>
-      <c r="V25" s="124">
+      <c r="W25" s="124">
         <v>742</v>
       </c>
-      <c r="W25" s="124">
+      <c r="X25" s="124">
         <v>7521</v>
       </c>
-      <c r="X25" s="115">
+      <c r="Y25" s="115">
         <v>7663</v>
       </c>
-      <c r="Y25" s="115">
+      <c r="Z25" s="115">
         <v>20995</v>
       </c>
-      <c r="Z25" s="115">
+      <c r="AA25" s="115">
         <v>27645</v>
       </c>
-      <c r="AA25" s="115">
+      <c r="AB25" s="115">
         <v>32277</v>
       </c>
-      <c r="AB25" s="115">
+      <c r="AC25" s="115">
         <v>51110</v>
       </c>
-      <c r="AC25" s="115">
+      <c r="AD25" s="115">
         <v>37290</v>
       </c>
-      <c r="AD25" s="115">
+      <c r="AE25" s="115">
         <v>54567</v>
       </c>
-      <c r="AE25" s="115">
+      <c r="AF25" s="115">
         <v>75895</v>
       </c>
-      <c r="AF25" s="115">
+      <c r="AG25" s="115">
         <v>62597</v>
       </c>
-      <c r="AG25" s="115">
+      <c r="AH25" s="115">
         <v>10851</v>
       </c>
-      <c r="AH25" s="115">
+      <c r="AI25" s="115">
         <v>13087</v>
       </c>
-      <c r="AI25" s="115">
+      <c r="AJ25" s="115">
         <v>33762</v>
       </c>
-      <c r="AJ25" s="115">
+      <c r="AK25" s="115">
         <v>13475</v>
       </c>
-      <c r="AK25" s="115">
+      <c r="AL25" s="115">
         <v>7357</v>
       </c>
-      <c r="AL25" s="115">
+      <c r="AM25" s="115">
         <v>13475</v>
       </c>
     </row>
-    <row r="26" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="26" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B26" s="129" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C26" s="129" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="D26" s="126">
+        <v>17841</v>
+      </c>
+      <c r="E26" s="126">
         <v>20409</v>
       </c>
-      <c r="E26" s="126">
+      <c r="F26" s="126">
         <v>16683</v>
       </c>
-      <c r="F26" s="126">
+      <c r="G26" s="126">
         <v>34142</v>
       </c>
-      <c r="G26" s="126">
+      <c r="H26" s="126">
         <v>32433</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="I26" s="126" t="s">
         <v>54</v>
       </c>
       <c r="J26" s="126" t="s">
         <v>54</v>
       </c>
       <c r="K26" s="126" t="s">
         <v>54</v>
       </c>
       <c r="L26" s="126" t="s">
         <v>54</v>
       </c>
       <c r="M26" s="126" t="s">
         <v>54</v>
       </c>
-      <c r="N26" s="126">
+      <c r="N26" s="126" t="s">
+        <v>54</v>
+      </c>
+      <c r="O26" s="126">
         <v>0</v>
       </c>
-      <c r="O26" s="126" t="s">
+      <c r="P26" s="126" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="Q26" s="126">
         <v>0</v>
       </c>
-      <c r="R26" s="126" t="s">
+      <c r="R26" s="126">
+        <v>0</v>
+      </c>
+      <c r="S26" s="126" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="T26" s="126">
         <v>0</v>
       </c>
       <c r="U26" s="126">
         <v>0</v>
       </c>
-      <c r="V26" s="127">
+      <c r="V26" s="126">
         <v>0</v>
       </c>
       <c r="W26" s="127">
         <v>0</v>
       </c>
-      <c r="X26" s="126">
+      <c r="X26" s="127">
         <v>0</v>
       </c>
       <c r="Y26" s="126">
         <v>0</v>
       </c>
       <c r="Z26" s="126">
         <v>0</v>
       </c>
       <c r="AA26" s="126">
         <v>0</v>
       </c>
       <c r="AB26" s="126">
         <v>0</v>
       </c>
       <c r="AC26" s="126">
         <v>0</v>
       </c>
       <c r="AD26" s="126">
         <v>0</v>
       </c>
       <c r="AE26" s="126">
         <v>0</v>
       </c>
       <c r="AF26" s="126">
+        <v>0</v>
+      </c>
+      <c r="AG26" s="126">
         <v>46481</v>
       </c>
-      <c r="AG26" s="126">
+      <c r="AH26" s="126">
         <v>0</v>
       </c>
-      <c r="AH26" s="126">
+      <c r="AI26" s="126">
         <v>934</v>
       </c>
-      <c r="AI26" s="126">
+      <c r="AJ26" s="126">
         <v>933</v>
       </c>
-      <c r="AJ26" s="126">
+      <c r="AK26" s="126">
         <v>1128</v>
       </c>
-      <c r="AK26" s="126">
+      <c r="AL26" s="126">
         <v>1171</v>
       </c>
-      <c r="AL26" s="126">
+      <c r="AM26" s="126">
         <v>1378</v>
       </c>
     </row>
-    <row r="27" spans="2:38" s="10" customFormat="1" ht="21" thickBot="1" x14ac:dyDescent="0.8">
+    <row r="27" spans="2:39" s="10" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.65">
       <c r="B27" s="130" t="s">
+        <v>314</v>
+      </c>
+      <c r="C27" s="130" t="s">
+        <v>315</v>
+      </c>
+      <c r="D27" s="236">
+        <v>2248641</v>
+      </c>
+      <c r="E27" s="236">
+        <v>2283759</v>
+      </c>
+      <c r="F27" s="236">
+        <v>2174768</v>
+      </c>
+      <c r="G27" s="236">
+        <v>2162418</v>
+      </c>
+      <c r="H27" s="236">
+        <v>1779791</v>
+      </c>
+      <c r="I27" s="236">
+        <v>1533232</v>
+      </c>
+      <c r="J27" s="236">
+        <v>1564787</v>
+      </c>
+      <c r="K27" s="236">
+        <v>1082847</v>
+      </c>
+      <c r="L27" s="236">
+        <v>1006907</v>
+      </c>
+      <c r="M27" s="131">
+        <v>1103711</v>
+      </c>
+      <c r="N27" s="131">
+        <v>942702</v>
+      </c>
+      <c r="O27" s="131">
+        <v>994099</v>
+      </c>
+      <c r="P27" s="131">
+        <v>853197</v>
+      </c>
+      <c r="Q27" s="131">
+        <v>920561.71860891953</v>
+      </c>
+      <c r="R27" s="131">
+        <v>733439</v>
+      </c>
+      <c r="S27" s="131">
+        <v>741517</v>
+      </c>
+      <c r="T27" s="131">
+        <v>744215</v>
+      </c>
+      <c r="U27" s="131">
+        <v>663451</v>
+      </c>
+      <c r="V27" s="131">
+        <v>412100</v>
+      </c>
+      <c r="W27" s="131">
+        <v>485652</v>
+      </c>
+      <c r="X27" s="131">
+        <v>400290</v>
+      </c>
+      <c r="Y27" s="131">
+        <v>354137</v>
+      </c>
+      <c r="Z27" s="131">
+        <v>381484</v>
+      </c>
+      <c r="AA27" s="131">
+        <v>368909</v>
+      </c>
+      <c r="AB27" s="131">
+        <v>279818</v>
+      </c>
+      <c r="AC27" s="131">
+        <v>272239</v>
+      </c>
+      <c r="AD27" s="131">
+        <v>238147</v>
+      </c>
+      <c r="AE27" s="131">
+        <v>256208</v>
+      </c>
+      <c r="AF27" s="131">
+        <v>292024</v>
+      </c>
+      <c r="AG27" s="131">
+        <v>321204</v>
+      </c>
+      <c r="AH27" s="131">
+        <v>135895</v>
+      </c>
+      <c r="AI27" s="131">
+        <v>155454</v>
+      </c>
+      <c r="AJ27" s="131">
+        <v>177788</v>
+      </c>
+      <c r="AK27" s="131">
+        <v>216970</v>
+      </c>
+      <c r="AL27" s="131">
+        <v>231147</v>
+      </c>
+      <c r="AM27" s="131">
+        <v>229024</v>
+      </c>
+    </row>
+    <row r="28" spans="2:39" s="10" customFormat="1" ht="20.399999999999999" thickTop="1" x14ac:dyDescent="0.6">
+      <c r="B28" s="132" t="s">
         <v>316</v>
       </c>
-      <c r="C27" s="130" t="s">
+      <c r="C28" s="132" t="s">
         <v>317</v>
       </c>
-      <c r="D27" s="236">
-[...102 lines deleted...]
-        <v>229024</v>
+      <c r="D28" s="133">
+        <v>1662054</v>
+      </c>
+      <c r="E28" s="133">
+        <v>1642129</v>
+      </c>
+      <c r="F28" s="133">
+        <v>1578294</v>
+      </c>
+      <c r="G28" s="133">
+        <v>1361484</v>
+      </c>
+      <c r="H28" s="133">
+        <v>1309539</v>
+      </c>
+      <c r="I28" s="133">
+        <v>1233320</v>
+      </c>
+      <c r="J28" s="133">
+        <v>1052970</v>
+      </c>
+      <c r="K28" s="133">
+        <v>1158442</v>
+      </c>
+      <c r="L28" s="133">
+        <v>996980</v>
+      </c>
+      <c r="M28" s="133">
+        <v>1056164</v>
+      </c>
+      <c r="N28" s="133">
+        <v>1102487</v>
+      </c>
+      <c r="O28" s="133">
+        <v>969653</v>
+      </c>
+      <c r="P28" s="133">
+        <v>877748</v>
+      </c>
+      <c r="Q28" s="133">
+        <v>872333</v>
+      </c>
+      <c r="R28" s="133">
+        <v>796246</v>
+      </c>
+      <c r="S28" s="133">
+        <v>792142</v>
+      </c>
+      <c r="T28" s="133">
+        <v>738328</v>
+      </c>
+      <c r="U28" s="133">
+        <v>757192</v>
+      </c>
+      <c r="V28" s="133">
+        <v>691385</v>
+      </c>
+      <c r="W28" s="133">
+        <v>693715</v>
+      </c>
+      <c r="X28" s="134">
+        <v>642387</v>
+      </c>
+      <c r="Y28" s="133">
+        <v>630623</v>
+      </c>
+      <c r="Z28" s="133">
+        <v>419772</v>
+      </c>
+      <c r="AA28" s="133">
+        <v>375625</v>
+      </c>
+      <c r="AB28" s="133">
+        <v>363796</v>
+      </c>
+      <c r="AC28" s="133">
+        <v>474673</v>
+      </c>
+      <c r="AD28" s="133">
+        <v>434934</v>
+      </c>
+      <c r="AE28" s="133">
+        <v>361204</v>
+      </c>
+      <c r="AF28" s="133">
+        <v>346647</v>
+      </c>
+      <c r="AG28" s="133">
+        <v>441869</v>
+      </c>
+      <c r="AH28" s="133">
+        <v>420226</v>
+      </c>
+      <c r="AI28" s="133">
+        <v>380691</v>
+      </c>
+      <c r="AJ28" s="133">
+        <v>336699</v>
+      </c>
+      <c r="AK28" s="133">
+        <v>443430</v>
+      </c>
+      <c r="AL28" s="133">
+        <v>398918</v>
+      </c>
+      <c r="AM28" s="133">
+        <v>381969</v>
       </c>
     </row>
-    <row r="28" spans="2:38" s="10" customFormat="1" ht="21" thickTop="1" x14ac:dyDescent="0.75">
-      <c r="B28" s="132" t="s">
+    <row r="29" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B29" s="19" t="s">
         <v>318</v>
       </c>
-      <c r="C28" s="132" t="s">
+      <c r="C29" s="19" t="s">
         <v>319</v>
       </c>
-      <c r="D28" s="133">
-[...111 lines deleted...]
-      </c>
       <c r="D29" s="124">
-        <v>491054</v>
+        <v>642267</v>
       </c>
       <c r="E29" s="124">
         <v>491054</v>
       </c>
       <c r="F29" s="124">
         <v>491054</v>
       </c>
       <c r="G29" s="124">
         <v>491054</v>
       </c>
       <c r="H29" s="124">
-        <v>291054</v>
+        <v>491054</v>
       </c>
       <c r="I29" s="124">
         <v>291054</v>
       </c>
       <c r="J29" s="124">
         <v>291054</v>
       </c>
       <c r="K29" s="124">
         <v>291054</v>
       </c>
       <c r="L29" s="124">
         <v>291054</v>
       </c>
       <c r="M29" s="124">
         <v>291054</v>
       </c>
       <c r="N29" s="124">
         <v>291054</v>
       </c>
       <c r="O29" s="124">
         <v>291054</v>
       </c>
       <c r="P29" s="124">
         <v>291054</v>
       </c>
       <c r="Q29" s="124">
         <v>291054</v>
       </c>
       <c r="R29" s="124">
         <v>291054</v>
       </c>
       <c r="S29" s="124">
         <v>291054</v>
       </c>
       <c r="T29" s="124">
         <v>291054</v>
       </c>
       <c r="U29" s="124">
         <v>291054</v>
       </c>
       <c r="V29" s="124">
         <v>291054</v>
       </c>
       <c r="W29" s="124">
         <v>291054</v>
       </c>
       <c r="X29" s="124">
         <v>291054</v>
       </c>
       <c r="Y29" s="124">
+        <v>291054</v>
+      </c>
+      <c r="Z29" s="124">
         <v>136847</v>
       </c>
-      <c r="Z29" s="124">
+      <c r="AA29" s="124">
         <v>106847</v>
       </c>
-      <c r="AA29" s="124">
+      <c r="AB29" s="124">
         <v>71134</v>
-      </c>
-[...1 lines deleted...]
-        <v>68644</v>
       </c>
       <c r="AC29" s="124">
         <v>68644</v>
       </c>
       <c r="AD29" s="124">
         <v>68644</v>
       </c>
       <c r="AE29" s="124">
         <v>68644</v>
       </c>
       <c r="AF29" s="124">
         <v>68644</v>
       </c>
       <c r="AG29" s="124">
         <v>68644</v>
       </c>
       <c r="AH29" s="124">
         <v>68644</v>
       </c>
       <c r="AI29" s="124">
         <v>68644</v>
       </c>
       <c r="AJ29" s="124">
         <v>68644</v>
       </c>
       <c r="AK29" s="124">
         <v>68644</v>
       </c>
       <c r="AL29" s="124">
         <v>68644</v>
       </c>
+      <c r="AM29" s="124">
+        <v>68644</v>
+      </c>
     </row>
-    <row r="30" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="30" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B30" s="112" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C30" s="112" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D30" s="127">
-        <v>64680</v>
+        <v>462875</v>
       </c>
       <c r="E30" s="127">
         <v>64680</v>
       </c>
       <c r="F30" s="127">
-        <v>17598</v>
+        <v>64680</v>
       </c>
       <c r="G30" s="127">
         <v>17598</v>
       </c>
       <c r="H30" s="127">
         <v>17598</v>
       </c>
       <c r="I30" s="127">
         <v>17598</v>
       </c>
       <c r="J30" s="127">
         <v>17598</v>
       </c>
       <c r="K30" s="127">
         <v>17598</v>
       </c>
       <c r="L30" s="127">
         <v>17598</v>
       </c>
       <c r="M30" s="127">
         <v>17598</v>
       </c>
       <c r="N30" s="127">
         <v>17598</v>
       </c>
@@ -35322,6821 +36398,7200 @@
       <c r="S30" s="127">
         <v>17598</v>
       </c>
       <c r="T30" s="127">
         <v>17598</v>
       </c>
       <c r="U30" s="127">
         <v>17598</v>
       </c>
       <c r="V30" s="127">
         <v>17598</v>
       </c>
       <c r="W30" s="127">
         <v>17598</v>
       </c>
       <c r="X30" s="127">
         <v>17598</v>
       </c>
       <c r="Y30" s="127">
         <v>17598</v>
       </c>
       <c r="Z30" s="127">
         <v>17598</v>
       </c>
       <c r="AA30" s="127">
+        <v>17598</v>
+      </c>
+      <c r="AB30" s="127">
         <v>18846</v>
-      </c>
-[...1 lines deleted...]
-        <v>10734</v>
       </c>
       <c r="AC30" s="127">
         <v>10734</v>
       </c>
       <c r="AD30" s="127">
         <v>10734</v>
       </c>
       <c r="AE30" s="127">
         <v>10734</v>
       </c>
       <c r="AF30" s="127">
         <v>10734</v>
       </c>
       <c r="AG30" s="127">
         <v>10734</v>
       </c>
       <c r="AH30" s="127">
         <v>10734</v>
       </c>
       <c r="AI30" s="127">
         <v>10734</v>
       </c>
       <c r="AJ30" s="127">
         <v>10734</v>
       </c>
       <c r="AK30" s="127">
         <v>10734</v>
       </c>
       <c r="AL30" s="127">
         <v>10734</v>
       </c>
+      <c r="AM30" s="127">
+        <v>10734</v>
+      </c>
     </row>
-    <row r="31" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="31" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B31" s="19" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C31" s="19" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D31" s="124">
         <v>93860</v>
       </c>
       <c r="E31" s="124">
         <v>93860</v>
       </c>
       <c r="F31" s="124">
         <v>93860</v>
       </c>
       <c r="G31" s="124">
         <v>93860</v>
       </c>
       <c r="H31" s="124">
-        <v>61368</v>
+        <v>93860</v>
       </c>
       <c r="I31" s="124">
         <v>61368</v>
       </c>
       <c r="J31" s="124">
         <v>61368</v>
       </c>
       <c r="K31" s="124">
         <v>61368</v>
       </c>
       <c r="L31" s="124">
-        <v>53750</v>
+        <v>61368</v>
       </c>
       <c r="M31" s="124">
         <v>53750</v>
       </c>
       <c r="N31" s="124">
         <v>53750</v>
       </c>
       <c r="O31" s="124">
         <v>53750</v>
       </c>
       <c r="P31" s="124">
-        <v>37256</v>
+        <v>53750</v>
       </c>
       <c r="Q31" s="124">
         <v>37256</v>
       </c>
       <c r="R31" s="124">
         <v>37256</v>
       </c>
       <c r="S31" s="124">
         <v>37256</v>
       </c>
       <c r="T31" s="124">
-        <v>22268</v>
+        <v>37256</v>
       </c>
       <c r="U31" s="124">
         <v>22268</v>
       </c>
       <c r="V31" s="124">
         <v>22268</v>
       </c>
       <c r="W31" s="124">
         <v>22268</v>
       </c>
       <c r="X31" s="124">
-        <v>14227</v>
+        <v>22268</v>
       </c>
       <c r="Y31" s="124">
         <v>14227</v>
       </c>
       <c r="Z31" s="124">
         <v>14227</v>
       </c>
       <c r="AA31" s="124">
         <v>14227</v>
       </c>
       <c r="AB31" s="124">
-        <v>13729</v>
+        <v>14227</v>
       </c>
       <c r="AC31" s="124">
         <v>13729</v>
       </c>
       <c r="AD31" s="124">
         <v>13729</v>
       </c>
       <c r="AE31" s="124">
         <v>13729</v>
       </c>
       <c r="AF31" s="124">
         <v>13729</v>
       </c>
       <c r="AG31" s="124">
         <v>13729</v>
       </c>
       <c r="AH31" s="124">
         <v>13729</v>
       </c>
       <c r="AI31" s="124">
         <v>13729</v>
       </c>
       <c r="AJ31" s="124">
         <v>13729</v>
       </c>
       <c r="AK31" s="124">
         <v>13729</v>
       </c>
       <c r="AL31" s="124">
         <v>13729</v>
       </c>
+      <c r="AM31" s="124">
+        <v>13729</v>
+      </c>
     </row>
-    <row r="32" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="32" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B32" s="129" t="s">
+        <v>324</v>
+      </c>
+      <c r="C32" s="129" t="s">
+        <v>325</v>
+      </c>
+      <c r="D32" s="135">
+        <v>182704</v>
+      </c>
+      <c r="E32" s="135">
+        <v>735627</v>
+      </c>
+      <c r="F32" s="135">
+        <v>680374</v>
+      </c>
+      <c r="G32" s="135">
+        <v>543643</v>
+      </c>
+      <c r="H32" s="135">
+        <v>505168</v>
+      </c>
+      <c r="I32" s="135">
+        <v>726214</v>
+      </c>
+      <c r="J32" s="135">
+        <v>555643</v>
+      </c>
+      <c r="K32" s="135">
+        <v>648396</v>
+      </c>
+      <c r="L32" s="135">
+        <v>507155</v>
+      </c>
+      <c r="M32" s="135">
+        <v>572987</v>
+      </c>
+      <c r="N32" s="135">
+        <v>614767</v>
+      </c>
+      <c r="O32" s="135">
+        <v>493394</v>
+      </c>
+      <c r="P32" s="135">
+        <v>401545</v>
+      </c>
+      <c r="Q32" s="135">
+        <v>404602</v>
+      </c>
+      <c r="R32" s="135">
+        <v>314730</v>
+      </c>
+      <c r="S32" s="135">
+        <v>307214</v>
+      </c>
+      <c r="T32" s="135">
+        <v>245311</v>
+      </c>
+      <c r="U32" s="135">
+        <v>277738</v>
+      </c>
+      <c r="V32" s="135">
+        <v>210333</v>
+      </c>
+      <c r="W32" s="135">
+        <v>208537</v>
+      </c>
+      <c r="X32" s="135">
+        <v>158544</v>
+      </c>
+      <c r="Y32" s="135">
+        <v>136808</v>
+      </c>
+      <c r="Z32" s="135">
+        <v>88432</v>
+      </c>
+      <c r="AA32" s="135">
+        <v>81443</v>
+      </c>
+      <c r="AB32" s="135">
+        <v>109407</v>
+      </c>
+      <c r="AC32" s="135">
+        <v>229534</v>
+      </c>
+      <c r="AD32" s="135">
+        <v>199226</v>
+      </c>
+      <c r="AE32" s="135">
+        <v>138153</v>
+      </c>
+      <c r="AF32" s="135">
+        <v>119776</v>
+      </c>
+      <c r="AG32" s="135">
+        <v>219745</v>
+      </c>
+      <c r="AH32" s="135">
+        <v>211159</v>
+      </c>
+      <c r="AI32" s="135">
+        <v>179604</v>
+      </c>
+      <c r="AJ32" s="135">
+        <v>119047</v>
+      </c>
+      <c r="AK32" s="135">
+        <v>201817</v>
+      </c>
+      <c r="AL32" s="135">
+        <v>168190</v>
+      </c>
+      <c r="AM32" s="135">
+        <v>148577</v>
+      </c>
+    </row>
+    <row r="33" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B33" s="19" t="s">
         <v>326</v>
       </c>
-      <c r="C32" s="129" t="s">
+      <c r="C33" s="19" t="s">
         <v>327</v>
-      </c>
-[...111 lines deleted...]
-        <v>329</v>
       </c>
       <c r="D33" s="136">
         <v>0</v>
       </c>
       <c r="E33" s="136">
         <v>0</v>
       </c>
       <c r="F33" s="136">
-        <v>-12210</v>
+        <v>0</v>
       </c>
       <c r="G33" s="136">
         <v>-12210</v>
       </c>
       <c r="H33" s="136">
         <v>-12210</v>
       </c>
       <c r="I33" s="136">
         <v>-12210</v>
       </c>
       <c r="J33" s="136">
         <v>-12210</v>
       </c>
       <c r="K33" s="136">
         <v>-12210</v>
       </c>
       <c r="L33" s="136">
         <v>-12210</v>
       </c>
       <c r="M33" s="136">
         <v>-12210</v>
       </c>
       <c r="N33" s="136">
         <v>-12210</v>
       </c>
       <c r="O33" s="136">
         <v>-12210</v>
       </c>
       <c r="P33" s="136">
         <v>-12210</v>
       </c>
-      <c r="Q33" s="124">
+      <c r="Q33" s="136">
         <v>-12210</v>
       </c>
       <c r="R33" s="124">
+        <v>-12210</v>
+      </c>
+      <c r="S33" s="124">
         <v>-5015</v>
       </c>
-      <c r="S33" s="124">
+      <c r="T33" s="124">
         <v>-121</v>
       </c>
-      <c r="T33" s="124"/>
       <c r="U33" s="124"/>
       <c r="V33" s="124"/>
       <c r="W33" s="124"/>
       <c r="X33" s="124"/>
       <c r="Y33" s="124"/>
       <c r="Z33" s="124"/>
       <c r="AA33" s="124"/>
       <c r="AB33" s="124"/>
       <c r="AC33" s="124"/>
       <c r="AD33" s="124"/>
       <c r="AE33" s="124"/>
       <c r="AF33" s="124"/>
       <c r="AG33" s="124"/>
       <c r="AH33" s="124"/>
       <c r="AI33" s="124"/>
       <c r="AJ33" s="124"/>
       <c r="AK33" s="124"/>
       <c r="AL33" s="124"/>
+      <c r="AM33" s="124"/>
     </row>
-    <row r="34" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
+    <row r="34" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
       <c r="B34" s="129" t="s">
+        <v>328</v>
+      </c>
+      <c r="C34" s="129" t="s">
+        <v>329</v>
+      </c>
+      <c r="D34" s="135">
+        <v>1381706</v>
+      </c>
+      <c r="E34" s="135">
+        <v>1385221</v>
+      </c>
+      <c r="F34" s="135">
+        <v>1329968</v>
+      </c>
+      <c r="G34" s="135">
+        <v>1133945</v>
+      </c>
+      <c r="H34" s="135">
+        <v>1095470</v>
+      </c>
+      <c r="I34" s="135">
+        <v>1084024</v>
+      </c>
+      <c r="J34" s="135">
+        <v>913453</v>
+      </c>
+      <c r="K34" s="135">
+        <v>1006206</v>
+      </c>
+      <c r="L34" s="135">
+        <v>864965</v>
+      </c>
+      <c r="M34" s="135">
+        <v>923179</v>
+      </c>
+      <c r="N34" s="135">
+        <v>964959</v>
+      </c>
+      <c r="O34" s="135">
+        <v>843586</v>
+      </c>
+      <c r="P34" s="135">
+        <v>751737</v>
+      </c>
+      <c r="Q34" s="135">
+        <v>738300</v>
+      </c>
+      <c r="R34" s="135">
+        <v>648428</v>
+      </c>
+      <c r="S34" s="135">
+        <v>648107</v>
+      </c>
+      <c r="T34" s="135">
+        <v>591098</v>
+      </c>
+      <c r="U34" s="135">
+        <v>608658</v>
+      </c>
+      <c r="V34" s="135">
+        <v>541253</v>
+      </c>
+      <c r="W34" s="135">
+        <v>539457</v>
+      </c>
+      <c r="X34" s="135">
+        <v>489464</v>
+      </c>
+      <c r="Y34" s="135">
+        <v>459687</v>
+      </c>
+      <c r="Z34" s="135">
+        <v>257104</v>
+      </c>
+      <c r="AA34" s="135">
+        <v>220115</v>
+      </c>
+      <c r="AB34" s="135">
+        <v>213614</v>
+      </c>
+      <c r="AC34" s="135">
+        <v>322641</v>
+      </c>
+      <c r="AD34" s="135">
+        <v>292333</v>
+      </c>
+      <c r="AE34" s="135">
+        <v>231260</v>
+      </c>
+      <c r="AF34" s="135">
+        <v>212883</v>
+      </c>
+      <c r="AG34" s="135">
+        <v>312852</v>
+      </c>
+      <c r="AH34" s="135">
+        <v>304266</v>
+      </c>
+      <c r="AI34" s="135">
+        <v>272711</v>
+      </c>
+      <c r="AJ34" s="135">
+        <v>212154</v>
+      </c>
+      <c r="AK34" s="135">
+        <v>294924</v>
+      </c>
+      <c r="AL34" s="135">
+        <v>261297</v>
+      </c>
+      <c r="AM34" s="135">
+        <v>241684</v>
+      </c>
+    </row>
+    <row r="35" spans="2:39" s="10" customFormat="1" ht="19.8" x14ac:dyDescent="0.6">
+      <c r="B35" s="137" t="s">
         <v>330</v>
       </c>
-      <c r="C34" s="129" t="s">
+      <c r="C35" s="137" t="s">
         <v>331</v>
       </c>
-      <c r="D34" s="135">
-[...102 lines deleted...]
-        <v>241684</v>
+      <c r="D35" s="138">
+        <v>280348</v>
+      </c>
+      <c r="E35" s="138">
+        <v>256908</v>
+      </c>
+      <c r="F35" s="138">
+        <v>248326</v>
+      </c>
+      <c r="G35" s="138">
+        <v>227539</v>
+      </c>
+      <c r="H35" s="138">
+        <v>214069</v>
+      </c>
+      <c r="I35" s="138">
+        <v>149296</v>
+      </c>
+      <c r="J35" s="138">
+        <v>139517</v>
+      </c>
+      <c r="K35" s="138">
+        <v>152236</v>
+      </c>
+      <c r="L35" s="138">
+        <v>132015</v>
+      </c>
+      <c r="M35" s="138">
+        <v>132985</v>
+      </c>
+      <c r="N35" s="138">
+        <v>137528</v>
+      </c>
+      <c r="O35" s="138">
+        <v>126067</v>
+      </c>
+      <c r="P35" s="138">
+        <v>126011</v>
+      </c>
+      <c r="Q35" s="138">
+        <v>134033</v>
+      </c>
+      <c r="R35" s="138">
+        <v>147818</v>
+      </c>
+      <c r="S35" s="138">
+        <v>144035</v>
+      </c>
+      <c r="T35" s="138">
+        <v>147230</v>
+      </c>
+      <c r="U35" s="138">
+        <v>148534</v>
+      </c>
+      <c r="V35" s="138">
+        <v>150132</v>
+      </c>
+      <c r="W35" s="138">
+        <v>154258</v>
+      </c>
+      <c r="X35" s="138">
+        <v>152923</v>
+      </c>
+      <c r="Y35" s="138">
+        <v>170936</v>
+      </c>
+      <c r="Z35" s="138">
+        <v>162668</v>
+      </c>
+      <c r="AA35" s="138">
+        <v>155510</v>
+      </c>
+      <c r="AB35" s="138">
+        <v>150182</v>
+      </c>
+      <c r="AC35" s="138">
+        <v>152032</v>
+      </c>
+      <c r="AD35" s="138">
+        <v>142601</v>
+      </c>
+      <c r="AE35" s="138">
+        <v>129944</v>
+      </c>
+      <c r="AF35" s="138">
+        <v>133764</v>
+      </c>
+      <c r="AG35" s="138">
+        <v>129017</v>
+      </c>
+      <c r="AH35" s="138">
+        <v>115960</v>
+      </c>
+      <c r="AI35" s="138">
+        <v>107980</v>
+      </c>
+      <c r="AJ35" s="138">
+        <v>124545</v>
+      </c>
+      <c r="AK35" s="138">
+        <v>148506</v>
+      </c>
+      <c r="AL35" s="138">
+        <v>137621</v>
+      </c>
+      <c r="AM35" s="138">
+        <v>140285</v>
       </c>
     </row>
-    <row r="35" spans="2:38" s="10" customFormat="1" ht="20.5" x14ac:dyDescent="0.75">
-      <c r="B35" s="137" t="s">
+    <row r="36" spans="2:39" s="10" customFormat="1" ht="20.399999999999999" thickBot="1" x14ac:dyDescent="0.65">
+      <c r="B36" s="139" t="s">
         <v>332</v>
       </c>
-      <c r="C35" s="137" t="s">
+      <c r="C36" s="139" t="s">
         <v>333</v>
       </c>
-      <c r="D35" s="138">
-[...102 lines deleted...]
-        <v>140285</v>
+      <c r="D36" s="140">
+        <v>5654395</v>
+      </c>
+      <c r="E36" s="140">
+        <v>5631997</v>
+      </c>
+      <c r="F36" s="140">
+        <v>5183964</v>
+      </c>
+      <c r="G36" s="140">
+        <v>4870968</v>
+      </c>
+      <c r="H36" s="140">
+        <v>4339295</v>
+      </c>
+      <c r="I36" s="140">
+        <v>3957292</v>
+      </c>
+      <c r="J36" s="140">
+        <v>3983671</v>
+      </c>
+      <c r="K36" s="140">
+        <v>3412477</v>
+      </c>
+      <c r="L36" s="140">
+        <v>3092023</v>
+      </c>
+      <c r="M36" s="140">
+        <v>3150612</v>
+      </c>
+      <c r="N36" s="140">
+        <v>2836650</v>
+      </c>
+      <c r="O36" s="140">
+        <v>2733836</v>
+      </c>
+      <c r="P36" s="140">
+        <v>2798431</v>
+      </c>
+      <c r="Q36" s="140">
+        <v>2784853</v>
+      </c>
+      <c r="R36" s="140">
+        <v>2917631</v>
+      </c>
+      <c r="S36" s="140">
+        <v>2933909</v>
+      </c>
+      <c r="T36" s="140">
+        <v>2597922</v>
+      </c>
+      <c r="U36" s="140">
+        <v>2177211</v>
+      </c>
+      <c r="V36" s="140">
+        <v>2032570</v>
+      </c>
+      <c r="W36" s="140">
+        <v>1918297</v>
+      </c>
+      <c r="X36" s="140">
+        <v>1644712</v>
+      </c>
+      <c r="Y36" s="140">
+        <v>1795232</v>
+      </c>
+      <c r="Z36" s="140">
+        <v>1430166</v>
+      </c>
+      <c r="AA36" s="140">
+        <v>1263875</v>
+      </c>
+      <c r="AB36" s="140">
+        <v>1287998</v>
+      </c>
+      <c r="AC36" s="140">
+        <v>1323816</v>
+      </c>
+      <c r="AD36" s="140">
+        <v>1166781</v>
+      </c>
+      <c r="AE36" s="140">
+        <v>1081107</v>
+      </c>
+      <c r="AF36" s="140">
+        <v>1129517</v>
+      </c>
+      <c r="AG36" s="140">
+        <v>1317701</v>
+      </c>
+      <c r="AH36" s="140">
+        <v>1185382</v>
+      </c>
+      <c r="AI36" s="140">
+        <v>1132620</v>
+      </c>
+      <c r="AJ36" s="140">
+        <v>1275696</v>
+      </c>
+      <c r="AK36" s="140">
+        <v>1319657</v>
+      </c>
+      <c r="AL36" s="140">
+        <v>1230019</v>
+      </c>
+      <c r="AM36" s="140">
+        <v>1231208</v>
       </c>
     </row>
-    <row r="36" spans="2:38" s="10" customFormat="1" ht="21" thickBot="1" x14ac:dyDescent="0.8">
-[...110 lines deleted...]
-      </c>
+    <row r="37" spans="2:39" ht="17.399999999999999" thickTop="1" x14ac:dyDescent="0.4">
+      <c r="D37" s="333"/>
+      <c r="H37" s="333"/>
     </row>
-    <row r="37" spans="2:38" ht="17" thickTop="1" x14ac:dyDescent="0.45"/>
+    <row r="39" spans="2:39" x14ac:dyDescent="0.4">
+      <c r="D39" s="331"/>
+      <c r="H39" s="331"/>
+    </row>
+    <row r="41" spans="2:39" x14ac:dyDescent="0.4">
+      <c r="D41" s="334"/>
+      <c r="H41" s="334"/>
+    </row>
+    <row r="43" spans="2:39" x14ac:dyDescent="0.4">
+      <c r="D43" s="335"/>
+      <c r="H43" s="335"/>
+    </row>
+    <row r="44" spans="2:39" x14ac:dyDescent="0.4">
+      <c r="D44" s="334"/>
+    </row>
+    <row r="45" spans="2:39" x14ac:dyDescent="0.4">
+      <c r="D45" s="331"/>
+    </row>
+    <row r="46" spans="2:39" x14ac:dyDescent="0.4">
+      <c r="D46" s="332"/>
+    </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{864A2A4C-8A9E-47F7-85E5-9916C1282C7E}">
   <sheetPr codeName="Planilha6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A3:AL64"/>
+  <dimension ref="A3:AN64"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="136" workbookViewId="0">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B65" sqref="B65"/>
       <selection pane="topRight" activeCell="B65" sqref="B65"/>
       <selection pane="bottomLeft" activeCell="B65" sqref="B65"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="16.5" x14ac:dyDescent="0.6"/>
+  <sheetFormatPr defaultColWidth="8.69921875" defaultRowHeight="16.2" x14ac:dyDescent="0.5"/>
   <cols>
-    <col min="1" max="1" width="2.9140625" style="141" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="57.4140625" style="141" customWidth="1"/>
+    <col min="1" max="1" width="2.8984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="57.3984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="57.3984375" style="141" customWidth="1"/>
     <col min="4" max="4" width="10" style="141" customWidth="1"/>
-    <col min="5" max="5" width="10" style="141" bestFit="1" customWidth="1"/>
-[...28 lines deleted...]
-    <col min="39" max="16384" width="8.6640625" style="141"/>
+    <col min="5" max="5" width="11" style="141" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10" style="141" customWidth="1"/>
+    <col min="7" max="7" width="10" style="141" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="9.5" style="141" customWidth="1"/>
+    <col min="9" max="9" width="9.3984375" style="141" customWidth="1"/>
+    <col min="10" max="13" width="9.5" style="141" customWidth="1"/>
+    <col min="14" max="14" width="9.3984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="9.5" style="141" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="9" style="141" customWidth="1"/>
+    <col min="17" max="17" width="9" style="141" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="9.09765625" style="141" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="9.3984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="8.69921875" style="141" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="9.59765625" style="141" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="8.8984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.3984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="9.3984375" style="142" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="8.59765625" style="141" bestFit="1" customWidth="1"/>
+    <col min="26" max="27" width="9" style="141" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="8.8984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="9.3984375" style="142" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="9.5" style="141" bestFit="1" customWidth="1"/>
+    <col min="31" max="32" width="8.8984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="8.8984375" style="142" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="9.3984375" style="142" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="8.8984375" style="141" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="9.09765625" style="141" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="8.59765625" style="141" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="8.09765625" style="143" bestFit="1" customWidth="1"/>
+    <col min="39" max="39" width="9.5" style="143" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="8.69921875" style="143" bestFit="1" customWidth="1"/>
+    <col min="41" max="16384" width="8.69921875" style="141"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="3" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="142"/>
       <c r="B3" s="251" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C3" s="251" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="D3" s="144" t="s">
+        <v>335</v>
+      </c>
+      <c r="D3" s="265">
+        <v>2025</v>
+      </c>
+      <c r="E3" s="144" t="s">
+        <v>441</v>
+      </c>
+      <c r="F3" s="144" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="144" t="s">
+      <c r="G3" s="144" t="s">
         <v>12</v>
       </c>
-      <c r="F3" s="144" t="s">
+      <c r="H3" s="144" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="264">
+      <c r="I3" s="264">
         <v>2024</v>
       </c>
-      <c r="H3" s="144" t="s">
+      <c r="J3" s="144" t="s">
         <v>14</v>
       </c>
-      <c r="I3" s="144" t="s">
+      <c r="K3" s="144" t="s">
         <v>15</v>
       </c>
-      <c r="J3" s="144" t="s">
+      <c r="L3" s="144" t="s">
         <v>16</v>
       </c>
-      <c r="K3" s="144" t="s">
+      <c r="M3" s="144" t="s">
         <v>17</v>
       </c>
-      <c r="L3" s="264">
+      <c r="N3" s="264">
         <v>2023</v>
       </c>
-      <c r="M3" s="144" t="s">
+      <c r="O3" s="144" t="s">
         <v>18</v>
       </c>
-      <c r="N3" s="144" t="s">
+      <c r="P3" s="144" t="s">
         <v>19</v>
       </c>
-      <c r="O3" s="144" t="s">
+      <c r="Q3" s="144" t="s">
         <v>20</v>
       </c>
-      <c r="P3" s="144" t="s">
+      <c r="R3" s="144" t="s">
         <v>21</v>
       </c>
-      <c r="Q3" s="264">
+      <c r="S3" s="264">
         <v>2022</v>
       </c>
-      <c r="R3" s="144" t="s">
+      <c r="T3" s="144" t="s">
         <v>22</v>
       </c>
-      <c r="S3" s="31" t="s">
+      <c r="U3" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="T3" s="31" t="s">
+      <c r="V3" s="31" t="s">
         <v>24</v>
       </c>
-      <c r="U3" s="31" t="s">
+      <c r="W3" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="V3" s="264">
+      <c r="X3" s="264">
         <v>2021</v>
       </c>
-      <c r="W3" s="31" t="s">
+      <c r="Y3" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="X3" s="31" t="s">
+      <c r="Z3" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="Y3" s="31" t="s">
+      <c r="AA3" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="Z3" s="31" t="s">
+      <c r="AB3" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="AA3" s="264">
+      <c r="AC3" s="264">
         <v>2020</v>
       </c>
-      <c r="AB3" s="31" t="s">
+      <c r="AD3" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="AC3" s="31" t="s">
+      <c r="AE3" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="AD3" s="31" t="s">
+      <c r="AF3" s="31" t="s">
         <v>32</v>
       </c>
-      <c r="AE3" s="31" t="s">
+      <c r="AG3" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="AF3" s="264">
+      <c r="AH3" s="264">
         <v>2019</v>
       </c>
-      <c r="AG3" s="31" t="s">
+      <c r="AI3" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="AH3" s="31" t="s">
+      <c r="AJ3" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="AI3" s="31" t="s">
+      <c r="AK3" s="31" t="s">
         <v>36</v>
       </c>
-      <c r="AJ3" s="31" t="s">
+      <c r="AL3" s="31" t="s">
         <v>37</v>
       </c>
-      <c r="AK3" s="265">
+      <c r="AM3" s="265">
         <v>2018</v>
       </c>
-      <c r="AL3" s="265">
+      <c r="AN3" s="265">
         <v>2017</v>
       </c>
     </row>
-    <row r="4" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="4" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="142"/>
       <c r="B4" s="145" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C4" s="145" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D4" s="146"/>
       <c r="E4" s="146"/>
       <c r="F4" s="146"/>
       <c r="G4" s="146"/>
       <c r="H4" s="146"/>
       <c r="I4" s="146"/>
       <c r="J4" s="146"/>
       <c r="K4" s="146"/>
       <c r="L4" s="146"/>
       <c r="M4" s="146"/>
-      <c r="N4" s="145"/>
-      <c r="O4" s="145"/>
+      <c r="N4" s="146"/>
+      <c r="O4" s="146"/>
       <c r="P4" s="145"/>
-      <c r="Q4" s="146"/>
-      <c r="R4" s="146"/>
+      <c r="Q4" s="145"/>
+      <c r="R4" s="145"/>
       <c r="S4" s="146"/>
       <c r="T4" s="146"/>
       <c r="U4" s="146"/>
-      <c r="V4" s="147"/>
+      <c r="V4" s="146"/>
       <c r="W4" s="146"/>
-      <c r="X4" s="146"/>
+      <c r="X4" s="147"/>
       <c r="Y4" s="146"/>
       <c r="Z4" s="146"/>
-      <c r="AA4" s="147"/>
+      <c r="AA4" s="146"/>
       <c r="AB4" s="146"/>
-      <c r="AC4" s="146"/>
+      <c r="AC4" s="147"/>
       <c r="AD4" s="146"/>
-      <c r="AE4" s="147"/>
-[...2 lines deleted...]
-      <c r="AH4" s="146"/>
+      <c r="AE4" s="146"/>
+      <c r="AF4" s="146"/>
+      <c r="AG4" s="147"/>
+      <c r="AH4" s="147"/>
       <c r="AI4" s="146"/>
-      <c r="AJ4" s="148"/>
-      <c r="AK4" s="148"/>
+      <c r="AJ4" s="146"/>
+      <c r="AK4" s="146"/>
       <c r="AL4" s="148"/>
+      <c r="AM4" s="148"/>
+      <c r="AN4" s="148"/>
     </row>
-    <row r="5" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="5" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="142"/>
       <c r="B5" s="149" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C5" s="149" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D5" s="150"/>
       <c r="E5" s="150"/>
       <c r="F5" s="150"/>
       <c r="G5" s="150"/>
       <c r="H5" s="150"/>
       <c r="I5" s="150"/>
       <c r="J5" s="150"/>
       <c r="K5" s="150"/>
       <c r="L5" s="150"/>
       <c r="M5" s="150"/>
-      <c r="N5" s="149"/>
-      <c r="O5" s="149"/>
+      <c r="N5" s="150"/>
+      <c r="O5" s="150"/>
       <c r="P5" s="149"/>
-      <c r="Q5" s="150"/>
-      <c r="R5" s="150"/>
+      <c r="Q5" s="149"/>
+      <c r="R5" s="149"/>
       <c r="S5" s="150"/>
       <c r="T5" s="150"/>
       <c r="U5" s="150"/>
-      <c r="V5" s="151"/>
+      <c r="V5" s="150"/>
       <c r="W5" s="150"/>
-      <c r="X5" s="150"/>
+      <c r="X5" s="151"/>
       <c r="Y5" s="150"/>
       <c r="Z5" s="150"/>
-      <c r="AA5" s="151"/>
+      <c r="AA5" s="150"/>
       <c r="AB5" s="150"/>
-      <c r="AC5" s="150"/>
+      <c r="AC5" s="151"/>
       <c r="AD5" s="150"/>
-      <c r="AE5" s="151"/>
-[...2 lines deleted...]
-      <c r="AH5" s="150"/>
+      <c r="AE5" s="150"/>
+      <c r="AF5" s="150"/>
+      <c r="AG5" s="151"/>
+      <c r="AH5" s="151"/>
       <c r="AI5" s="150"/>
-      <c r="AJ5" s="152"/>
-      <c r="AK5" s="152"/>
+      <c r="AJ5" s="150"/>
+      <c r="AK5" s="150"/>
       <c r="AL5" s="152"/>
+      <c r="AM5" s="152"/>
+      <c r="AN5" s="152"/>
     </row>
-    <row r="6" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="6" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="142"/>
       <c r="B6" s="153" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C6" s="153" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="D6" s="154">
+        <v>1220245.7676899999</v>
+      </c>
+      <c r="E6" s="154">
+        <v>337010</v>
+      </c>
+      <c r="F6" s="154">
         <v>319973</v>
       </c>
-      <c r="E6" s="154">
+      <c r="G6" s="154">
         <v>298596</v>
       </c>
-      <c r="F6" s="154">
+      <c r="H6" s="154">
         <v>264667</v>
       </c>
-      <c r="G6" s="154">
+      <c r="I6" s="154">
         <v>788596</v>
       </c>
-      <c r="H6" s="154">
+      <c r="J6" s="154">
         <v>214560</v>
       </c>
-      <c r="I6" s="154">
+      <c r="K6" s="154">
         <v>203590</v>
       </c>
-      <c r="J6" s="154">
+      <c r="L6" s="154">
         <v>196190</v>
       </c>
-      <c r="K6" s="154">
+      <c r="M6" s="154">
         <v>174256</v>
       </c>
-      <c r="L6" s="154">
+      <c r="N6" s="154">
         <v>568029</v>
       </c>
-      <c r="M6" s="154">
+      <c r="O6" s="154">
         <v>184353</v>
       </c>
-      <c r="N6" s="154">
+      <c r="P6" s="154">
         <v>132019</v>
       </c>
-      <c r="O6" s="154">
+      <c r="Q6" s="154">
         <v>142265</v>
       </c>
-      <c r="P6" s="154">
+      <c r="R6" s="154">
         <v>109392</v>
       </c>
-      <c r="Q6" s="154">
+      <c r="S6" s="154">
         <v>405004</v>
       </c>
-      <c r="R6" s="154">
+      <c r="T6" s="154">
         <v>112224</v>
       </c>
-      <c r="S6" s="154">
+      <c r="U6" s="154">
         <v>110405</v>
       </c>
-      <c r="T6" s="154">
+      <c r="V6" s="154">
         <v>107387</v>
       </c>
-      <c r="U6" s="154">
+      <c r="W6" s="154">
         <v>74988</v>
       </c>
-      <c r="V6" s="154">
+      <c r="X6" s="154">
         <v>351641</v>
       </c>
-      <c r="W6" s="154">
+      <c r="Y6" s="154">
         <v>122353</v>
       </c>
-      <c r="X6" s="154">
+      <c r="Z6" s="154">
         <v>84976</v>
       </c>
-      <c r="Y6" s="154">
+      <c r="AA6" s="154">
         <v>85365</v>
       </c>
-      <c r="Z6" s="154">
+      <c r="AB6" s="154">
         <v>58947</v>
       </c>
-      <c r="AA6" s="154">
+      <c r="AC6" s="154">
         <v>216212</v>
       </c>
-      <c r="AB6" s="154">
+      <c r="AD6" s="154">
         <v>81053.864159999997</v>
       </c>
-      <c r="AC6" s="154">
+      <c r="AE6" s="154">
         <v>66119.034840000008</v>
       </c>
-      <c r="AD6" s="154">
+      <c r="AF6" s="154">
         <v>45883.630000000005</v>
       </c>
-      <c r="AE6" s="154">
+      <c r="AG6" s="154">
         <v>23155.47099999999</v>
       </c>
-      <c r="AF6" s="154">
+      <c r="AH6" s="154">
         <v>226096</v>
       </c>
-      <c r="AG6" s="154">
+      <c r="AI6" s="154">
         <v>73387.191999999923</v>
       </c>
-      <c r="AH6" s="154">
+      <c r="AJ6" s="154">
         <v>45182.808000000077</v>
       </c>
-      <c r="AI6" s="154">
+      <c r="AK6" s="154">
         <v>79269</v>
       </c>
-      <c r="AJ6" s="154">
+      <c r="AL6" s="154">
         <v>28257</v>
       </c>
-      <c r="AK6" s="154">
+      <c r="AM6" s="154">
         <v>194461</v>
       </c>
-      <c r="AL6" s="154">
+      <c r="AN6" s="154">
         <v>142596</v>
       </c>
     </row>
-    <row r="7" spans="1:38" ht="33" x14ac:dyDescent="0.65">
+    <row r="7" spans="1:40" ht="32.4" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="142"/>
       <c r="B7" s="175" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C7" s="175" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D7" s="155"/>
       <c r="E7" s="155"/>
       <c r="F7" s="155"/>
       <c r="G7" s="155"/>
       <c r="H7" s="155"/>
       <c r="I7" s="155"/>
       <c r="J7" s="155"/>
       <c r="K7" s="155"/>
       <c r="L7" s="155"/>
       <c r="M7" s="155"/>
       <c r="N7" s="155"/>
       <c r="O7" s="155"/>
       <c r="P7" s="155"/>
       <c r="Q7" s="155"/>
       <c r="R7" s="155"/>
       <c r="S7" s="155"/>
       <c r="T7" s="155"/>
       <c r="U7" s="155"/>
       <c r="V7" s="155"/>
       <c r="W7" s="155"/>
       <c r="X7" s="155"/>
       <c r="Y7" s="155"/>
       <c r="Z7" s="155"/>
       <c r="AA7" s="155"/>
       <c r="AB7" s="155"/>
       <c r="AC7" s="155"/>
       <c r="AD7" s="155"/>
       <c r="AE7" s="155"/>
       <c r="AF7" s="155"/>
       <c r="AG7" s="155"/>
       <c r="AH7" s="155"/>
       <c r="AI7" s="155"/>
       <c r="AJ7" s="155"/>
       <c r="AK7" s="155"/>
       <c r="AL7" s="155"/>
+      <c r="AM7" s="155"/>
+      <c r="AN7" s="155"/>
     </row>
-    <row r="8" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="8" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="142"/>
       <c r="B8" s="156" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C8" s="156" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D8" s="157">
+        <v>34878</v>
+      </c>
+      <c r="E8" s="157">
+        <v>9070</v>
+      </c>
+      <c r="F8" s="157">
         <v>8521</v>
       </c>
-      <c r="E8" s="157">
+      <c r="G8" s="157">
         <v>8754</v>
       </c>
-      <c r="F8" s="157">
+      <c r="H8" s="157">
         <v>8533</v>
       </c>
-      <c r="G8" s="157">
+      <c r="I8" s="157">
         <v>31129</v>
       </c>
-      <c r="H8" s="157">
+      <c r="J8" s="157">
         <v>8812</v>
       </c>
-      <c r="I8" s="157">
+      <c r="K8" s="157">
         <v>8191</v>
       </c>
-      <c r="J8" s="157">
+      <c r="L8" s="157">
         <v>7009</v>
       </c>
-      <c r="K8" s="157">
+      <c r="M8" s="157">
         <v>7117</v>
       </c>
-      <c r="L8" s="157">
+      <c r="N8" s="157">
         <v>25872</v>
       </c>
-      <c r="M8" s="157">
+      <c r="O8" s="157">
         <v>6902</v>
       </c>
-      <c r="N8" s="157">
+      <c r="P8" s="157">
         <v>6449</v>
       </c>
-      <c r="O8" s="157">
+      <c r="Q8" s="157">
         <v>6298</v>
       </c>
-      <c r="P8" s="157">
+      <c r="R8" s="157">
         <v>6223</v>
       </c>
-      <c r="Q8" s="157">
+      <c r="S8" s="157">
         <v>23596</v>
       </c>
-      <c r="R8" s="157">
+      <c r="T8" s="157">
         <v>7647</v>
       </c>
-      <c r="S8" s="157">
+      <c r="U8" s="157">
         <v>4371</v>
       </c>
-      <c r="T8" s="157">
+      <c r="V8" s="157">
         <v>5703</v>
       </c>
-      <c r="U8" s="157">
+      <c r="W8" s="157">
         <v>5875</v>
       </c>
-      <c r="V8" s="157">
+      <c r="X8" s="157">
         <v>20605</v>
       </c>
-      <c r="W8" s="157">
+      <c r="Y8" s="157">
         <v>6183</v>
       </c>
-      <c r="X8" s="157">
+      <c r="Z8" s="157">
         <v>5044</v>
       </c>
-      <c r="Y8" s="157">
+      <c r="AA8" s="157">
         <v>4796</v>
       </c>
-      <c r="Z8" s="157">
+      <c r="AB8" s="157">
         <v>4582</v>
       </c>
-      <c r="AA8" s="157">
+      <c r="AC8" s="157">
         <v>15069</v>
       </c>
-      <c r="AB8" s="157">
+      <c r="AD8" s="157">
         <v>4387.0000000000009</v>
       </c>
-      <c r="AC8" s="157">
+      <c r="AE8" s="157">
         <v>4496.2918099999997</v>
       </c>
-      <c r="AD8" s="157">
+      <c r="AF8" s="157">
         <v>2938.7081900000003</v>
       </c>
-      <c r="AE8" s="157">
+      <c r="AG8" s="157">
         <v>3247</v>
       </c>
-      <c r="AF8" s="157">
+      <c r="AH8" s="157">
         <v>7144</v>
       </c>
-      <c r="AG8" s="157">
+      <c r="AI8" s="157">
         <v>1786</v>
       </c>
-      <c r="AH8" s="157">
+      <c r="AJ8" s="157">
         <v>-1786</v>
       </c>
-      <c r="AI8" s="157">
+      <c r="AK8" s="157">
         <v>5359</v>
       </c>
-      <c r="AJ8" s="157">
+      <c r="AL8" s="157">
         <v>1785</v>
       </c>
-      <c r="AK8" s="157">
+      <c r="AM8" s="157">
         <v>3520</v>
       </c>
-      <c r="AL8" s="157">
+      <c r="AN8" s="157">
         <v>7286</v>
       </c>
     </row>
-    <row r="9" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="9" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="142"/>
       <c r="B9" s="158" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C9" s="158" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D9" s="155">
+        <v>-7390</v>
+      </c>
+      <c r="E9" s="155">
+        <v>-3137</v>
+      </c>
+      <c r="F9" s="155">
         <v>-2474</v>
       </c>
-      <c r="E9" s="155">
+      <c r="G9" s="155">
         <v>-1091</v>
       </c>
-      <c r="F9" s="155">
+      <c r="H9" s="155">
         <v>-688</v>
       </c>
-      <c r="G9" s="155">
+      <c r="I9" s="155">
         <v>-8539</v>
       </c>
-      <c r="H9" s="155">
+      <c r="J9" s="155">
         <v>-1044</v>
       </c>
-      <c r="I9" s="155">
+      <c r="K9" s="155">
         <v>-3390</v>
       </c>
-      <c r="J9" s="155">
+      <c r="L9" s="155">
         <v>-2806</v>
       </c>
-      <c r="K9" s="155">
+      <c r="M9" s="155">
         <v>-1299</v>
       </c>
-      <c r="L9" s="155">
+      <c r="N9" s="155">
         <v>-1647</v>
       </c>
-      <c r="M9" s="155">
+      <c r="O9" s="155">
         <v>-1356</v>
       </c>
-      <c r="N9" s="155">
+      <c r="P9" s="155">
         <v>295</v>
       </c>
-      <c r="O9" s="155">
+      <c r="Q9" s="155">
         <v>-696</v>
       </c>
-      <c r="P9" s="155">
+      <c r="R9" s="155">
         <v>110</v>
       </c>
-      <c r="Q9" s="155">
+      <c r="S9" s="155">
         <v>-379</v>
       </c>
-      <c r="R9" s="155">
+      <c r="T9" s="155">
         <v>145</v>
       </c>
-      <c r="S9" s="155">
+      <c r="U9" s="155">
         <v>-976</v>
       </c>
-      <c r="T9" s="155">
+      <c r="V9" s="155">
         <v>141</v>
       </c>
-      <c r="U9" s="155">
+      <c r="W9" s="155">
         <v>311</v>
       </c>
-      <c r="V9" s="155">
+      <c r="X9" s="155">
         <v>-927</v>
       </c>
-      <c r="W9" s="155">
+      <c r="Y9" s="155">
         <v>991</v>
       </c>
-      <c r="X9" s="155">
+      <c r="Z9" s="155">
         <v>946</v>
       </c>
-      <c r="Y9" s="155">
+      <c r="AA9" s="155">
         <v>-1726</v>
       </c>
-      <c r="Z9" s="155">
+      <c r="AB9" s="155">
         <v>-1138</v>
       </c>
-      <c r="AA9" s="155">
+      <c r="AC9" s="155">
         <v>-2360</v>
       </c>
-      <c r="AB9" s="155">
+      <c r="AD9" s="155">
         <v>-1038</v>
       </c>
-      <c r="AC9" s="155">
+      <c r="AE9" s="155">
         <v>-335.86099999999988</v>
       </c>
-      <c r="AD9" s="155">
+      <c r="AF9" s="155">
         <v>-195.13900000000001</v>
       </c>
-      <c r="AE9" s="155">
+      <c r="AG9" s="155">
         <v>-791</v>
       </c>
-      <c r="AF9" s="155">
+      <c r="AH9" s="155">
         <v>-1486</v>
       </c>
-      <c r="AG9" s="155">
+      <c r="AI9" s="155">
         <v>-2058</v>
       </c>
-      <c r="AH9" s="155">
+      <c r="AJ9" s="155">
         <v>1993</v>
       </c>
-      <c r="AI9" s="155">
+      <c r="AK9" s="155">
         <v>-1780</v>
       </c>
-      <c r="AJ9" s="155">
+      <c r="AL9" s="155">
         <v>359</v>
       </c>
-      <c r="AK9" s="155">
+      <c r="AM9" s="155">
         <v>498</v>
       </c>
-      <c r="AL9" s="155">
+      <c r="AN9" s="155">
         <v>-1042</v>
       </c>
     </row>
-    <row r="10" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="10" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="142"/>
       <c r="B10" s="156" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C10" s="156" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="D10" s="157">
         <v>0</v>
       </c>
       <c r="E10" s="157">
         <v>0</v>
       </c>
       <c r="F10" s="157">
         <v>0</v>
       </c>
       <c r="G10" s="157">
         <v>0</v>
       </c>
       <c r="H10" s="157">
         <v>0</v>
       </c>
-      <c r="I10" s="157" t="s">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="I10" s="157">
+        <v>0</v>
+      </c>
+      <c r="J10" s="157">
+        <v>0</v>
       </c>
       <c r="K10" s="157" t="s">
         <v>54</v>
       </c>
       <c r="L10" s="157" t="s">
         <v>54</v>
       </c>
       <c r="M10" s="157" t="s">
         <v>54</v>
       </c>
       <c r="N10" s="157" t="s">
         <v>54</v>
       </c>
       <c r="O10" s="157" t="s">
         <v>54</v>
       </c>
-      <c r="P10" s="157">
-        <v>0</v>
+      <c r="P10" s="157" t="s">
+        <v>54</v>
       </c>
       <c r="Q10" s="157" t="s">
         <v>54</v>
       </c>
-      <c r="R10" s="157"/>
-      <c r="S10" s="157">
+      <c r="R10" s="157">
         <v>0</v>
       </c>
-      <c r="T10" s="157">
-[...1 lines deleted...]
-      </c>
+      <c r="S10" s="157" t="s">
+        <v>54</v>
+      </c>
+      <c r="T10" s="157"/>
       <c r="U10" s="157">
         <v>0</v>
       </c>
       <c r="V10" s="157">
         <v>0</v>
       </c>
       <c r="W10" s="157">
         <v>0</v>
       </c>
       <c r="X10" s="157">
         <v>0</v>
       </c>
       <c r="Y10" s="157">
         <v>0</v>
       </c>
       <c r="Z10" s="157">
         <v>0</v>
       </c>
       <c r="AA10" s="157">
         <v>0</v>
       </c>
       <c r="AB10" s="157">
         <v>0</v>
       </c>
       <c r="AC10" s="157">
         <v>0</v>
       </c>
       <c r="AD10" s="157">
         <v>0</v>
       </c>
       <c r="AE10" s="157">
         <v>0</v>
       </c>
       <c r="AF10" s="157">
-        <v>214</v>
+        <v>0</v>
       </c>
       <c r="AG10" s="157">
         <v>0</v>
       </c>
       <c r="AH10" s="157">
+        <v>214</v>
+      </c>
+      <c r="AI10" s="157">
+        <v>0</v>
+      </c>
+      <c r="AJ10" s="157">
         <v>110</v>
       </c>
-      <c r="AI10" s="157">
+      <c r="AK10" s="157">
         <v>104</v>
       </c>
-      <c r="AJ10" s="157">
+      <c r="AL10" s="157">
         <v>0</v>
       </c>
-      <c r="AK10" s="157">
+      <c r="AM10" s="157">
         <v>198</v>
       </c>
-      <c r="AL10" s="157">
+      <c r="AN10" s="157">
         <v>185</v>
       </c>
     </row>
-    <row r="11" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="11" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A11" s="142"/>
       <c r="B11" s="158" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C11" s="158" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="D11" s="155">
-        <v>1123</v>
+        <v>5019</v>
       </c>
       <c r="E11" s="155">
         <v>1126</v>
       </c>
       <c r="F11" s="155">
+        <v>1123</v>
+      </c>
+      <c r="G11" s="155">
+        <v>1126</v>
+      </c>
+      <c r="H11" s="155">
         <v>1644</v>
       </c>
-      <c r="G11" s="155">
+      <c r="I11" s="155">
         <v>3183</v>
       </c>
-      <c r="H11" s="155">
+      <c r="J11" s="155">
         <v>913</v>
       </c>
-      <c r="I11" s="155">
+      <c r="K11" s="155">
         <v>913</v>
       </c>
-      <c r="J11" s="155">
+      <c r="L11" s="155">
         <v>998</v>
       </c>
-      <c r="K11" s="155">
+      <c r="M11" s="155">
         <v>359</v>
       </c>
-      <c r="L11" s="155">
+      <c r="N11" s="155">
         <v>510</v>
       </c>
-      <c r="M11" s="155">
+      <c r="O11" s="155">
         <v>-446</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
       <c r="P11" s="155">
         <v>319</v>
       </c>
       <c r="Q11" s="155">
+        <v>318</v>
+      </c>
+      <c r="R11" s="155">
+        <v>319</v>
+      </c>
+      <c r="S11" s="155">
         <v>-957</v>
       </c>
-      <c r="R11" s="155">
+      <c r="T11" s="155">
         <v>-1434</v>
       </c>
-      <c r="S11" s="155">
+      <c r="U11" s="155">
         <v>5</v>
       </c>
-      <c r="T11" s="155">
+      <c r="V11" s="155">
         <v>255</v>
       </c>
-      <c r="U11" s="155">
+      <c r="W11" s="155">
         <v>217</v>
       </c>
-      <c r="V11" s="155">
+      <c r="X11" s="155">
         <v>807</v>
       </c>
-      <c r="W11" s="155">
+      <c r="Y11" s="155">
         <v>449</v>
       </c>
-      <c r="X11" s="155">
+      <c r="Z11" s="155">
         <v>0</v>
       </c>
-      <c r="Y11" s="155">
+      <c r="AA11" s="155">
         <v>179</v>
       </c>
-      <c r="Z11" s="155">
+      <c r="AB11" s="155">
         <v>179</v>
       </c>
-      <c r="AA11" s="155">
+      <c r="AC11" s="155">
         <v>13</v>
       </c>
-      <c r="AB11" s="155">
+      <c r="AD11" s="155">
         <v>177</v>
       </c>
-      <c r="AC11" s="155">
+      <c r="AE11" s="155">
         <v>603</v>
       </c>
-      <c r="AD11" s="155">
+      <c r="AF11" s="155">
         <v>0</v>
       </c>
-      <c r="AE11" s="155">
+      <c r="AG11" s="155">
         <v>-767</v>
       </c>
-      <c r="AF11" s="155">
+      <c r="AH11" s="155">
         <v>-2442</v>
       </c>
-      <c r="AG11" s="155">
+      <c r="AI11" s="155">
         <v>-611</v>
       </c>
-      <c r="AH11" s="155">
+      <c r="AJ11" s="155">
         <v>-1831</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AK11" s="155">
         <v>0</v>
       </c>
-      <c r="AL11" s="155">
+      <c r="AL11" s="159">
+        <v>0</v>
+      </c>
+      <c r="AM11" s="155">
+        <v>0</v>
+      </c>
+      <c r="AN11" s="155">
         <v>7378</v>
       </c>
     </row>
-    <row r="12" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="12" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="142"/>
       <c r="B12" s="156" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C12" s="156" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="D12" s="157">
+        <v>160178</v>
+      </c>
+      <c r="E12" s="157">
+        <v>41769</v>
+      </c>
+      <c r="F12" s="157">
         <v>37120</v>
       </c>
-      <c r="E12" s="157">
+      <c r="G12" s="157">
         <v>41297</v>
       </c>
-      <c r="F12" s="157">
+      <c r="H12" s="157">
         <v>39992</v>
       </c>
-      <c r="G12" s="157">
+      <c r="I12" s="157">
         <v>100680</v>
       </c>
-      <c r="H12" s="157">
+      <c r="J12" s="157">
         <v>31141</v>
       </c>
-      <c r="I12" s="157">
+      <c r="K12" s="157">
         <v>37118</v>
       </c>
-      <c r="J12" s="157">
+      <c r="L12" s="157">
         <v>14938</v>
       </c>
-      <c r="K12" s="157">
+      <c r="M12" s="157">
         <v>17483</v>
       </c>
-      <c r="L12" s="157">
+      <c r="N12" s="157">
         <v>67517</v>
       </c>
-      <c r="M12" s="157">
+      <c r="O12" s="157">
         <v>18142</v>
       </c>
-      <c r="N12" s="157">
+      <c r="P12" s="157">
         <v>16211</v>
       </c>
-      <c r="O12" s="157">
+      <c r="Q12" s="157">
         <v>16446</v>
       </c>
-      <c r="P12" s="157">
+      <c r="R12" s="157">
         <v>16718</v>
       </c>
-      <c r="Q12" s="157">
+      <c r="S12" s="157">
         <v>51634</v>
       </c>
-      <c r="R12" s="157">
+      <c r="T12" s="157">
         <v>14931</v>
       </c>
-      <c r="S12" s="157">
+      <c r="U12" s="157">
         <v>13911</v>
       </c>
-      <c r="T12" s="157">
+      <c r="V12" s="157">
         <v>12385</v>
       </c>
-      <c r="U12" s="157">
+      <c r="W12" s="157">
         <v>10407</v>
       </c>
-      <c r="V12" s="157">
+      <c r="X12" s="157">
         <v>18704</v>
       </c>
-      <c r="W12" s="157">
+      <c r="Y12" s="157">
         <v>8923</v>
       </c>
-      <c r="X12" s="157">
+      <c r="Z12" s="157">
         <v>5138</v>
       </c>
-      <c r="Y12" s="157">
+      <c r="AA12" s="157">
         <v>2466</v>
       </c>
-      <c r="Z12" s="157">
+      <c r="AB12" s="157">
         <v>2177</v>
       </c>
-      <c r="AA12" s="157">
+      <c r="AC12" s="157">
         <v>12649</v>
       </c>
-      <c r="AB12" s="157">
+      <c r="AD12" s="157">
         <v>2338</v>
       </c>
-      <c r="AC12" s="157">
+      <c r="AE12" s="157">
         <v>1877</v>
       </c>
-      <c r="AD12" s="157">
+      <c r="AF12" s="157">
         <v>4219</v>
       </c>
-      <c r="AE12" s="157">
+      <c r="AG12" s="157">
         <v>4215</v>
       </c>
-      <c r="AF12" s="157">
+      <c r="AH12" s="157">
         <v>14388</v>
       </c>
-      <c r="AG12" s="157">
+      <c r="AI12" s="157">
         <v>8929</v>
       </c>
-      <c r="AH12" s="157">
+      <c r="AJ12" s="157">
         <v>-686</v>
       </c>
-      <c r="AI12" s="157">
+      <c r="AK12" s="157">
         <v>3271</v>
       </c>
-      <c r="AJ12" s="157">
+      <c r="AL12" s="157">
         <v>2874</v>
       </c>
-      <c r="AK12" s="157">
+      <c r="AM12" s="157">
         <v>17178</v>
       </c>
-      <c r="AL12" s="157">
+      <c r="AN12" s="157">
         <v>16887</v>
       </c>
     </row>
-    <row r="13" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="13" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A13" s="142"/>
       <c r="B13" s="158" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C13" s="158" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D13" s="155">
+        <v>37369</v>
+      </c>
+      <c r="E13" s="155">
+        <v>9739</v>
+      </c>
+      <c r="F13" s="155">
         <v>9673</v>
       </c>
-      <c r="E13" s="155">
+      <c r="G13" s="155">
         <v>9935</v>
       </c>
-      <c r="F13" s="155">
+      <c r="H13" s="155">
         <v>8022</v>
       </c>
-      <c r="G13" s="155">
+      <c r="I13" s="155">
         <v>31163</v>
       </c>
-      <c r="H13" s="155">
+      <c r="J13" s="155">
         <v>8959</v>
       </c>
-      <c r="I13" s="155">
+      <c r="K13" s="155">
         <v>9032</v>
       </c>
-      <c r="J13" s="155">
+      <c r="L13" s="155">
         <v>6373</v>
       </c>
-      <c r="K13" s="155">
+      <c r="M13" s="155">
         <v>6799</v>
       </c>
-      <c r="L13" s="155">
+      <c r="N13" s="155">
         <v>27937</v>
       </c>
-      <c r="M13" s="155">
+      <c r="O13" s="155">
         <v>6666</v>
       </c>
-      <c r="N13" s="155">
+      <c r="P13" s="155">
         <v>6291</v>
       </c>
-      <c r="O13" s="155">
+      <c r="Q13" s="155">
         <v>7678</v>
       </c>
-      <c r="P13" s="155">
+      <c r="R13" s="155">
         <v>7302</v>
       </c>
-      <c r="Q13" s="155">
+      <c r="S13" s="155">
         <v>27013</v>
       </c>
-      <c r="R13" s="155">
+      <c r="T13" s="155">
         <v>9163</v>
       </c>
-      <c r="S13" s="155">
+      <c r="U13" s="155">
         <v>7350</v>
       </c>
-      <c r="T13" s="155">
+      <c r="V13" s="155">
         <v>5555</v>
       </c>
-      <c r="U13" s="155">
+      <c r="W13" s="155">
         <v>4945</v>
       </c>
-      <c r="V13" s="155">
+      <c r="X13" s="155">
         <v>17286</v>
       </c>
-      <c r="W13" s="155">
+      <c r="Y13" s="155">
         <v>3926</v>
       </c>
-      <c r="X13" s="155">
+      <c r="Z13" s="155">
         <v>4828</v>
       </c>
-      <c r="Y13" s="155">
+      <c r="AA13" s="155">
         <v>4414</v>
       </c>
-      <c r="Z13" s="155">
+      <c r="AB13" s="155">
         <v>4118</v>
       </c>
-      <c r="AA13" s="155">
+      <c r="AC13" s="155">
         <v>13626</v>
       </c>
-      <c r="AB13" s="155">
+      <c r="AD13" s="155">
         <v>3814</v>
       </c>
-      <c r="AC13" s="155">
+      <c r="AE13" s="155">
         <v>9812</v>
       </c>
-      <c r="AD13" s="155">
+      <c r="AF13" s="155">
         <v>0</v>
       </c>
-      <c r="AE13" s="155">
+      <c r="AG13" s="155">
         <v>0</v>
       </c>
-      <c r="AF13" s="155">
+      <c r="AH13" s="155">
         <v>12845</v>
       </c>
-      <c r="AG13" s="155">
+      <c r="AI13" s="155">
         <v>3211.25</v>
       </c>
-      <c r="AH13" s="155">
+      <c r="AJ13" s="155">
         <v>9633.75</v>
       </c>
-      <c r="AI13" s="155">
-[...5 lines deleted...]
-      <c r="AK13" s="159">
+      <c r="AK13" s="155">
         <v>0</v>
       </c>
       <c r="AL13" s="159">
         <v>0</v>
       </c>
+      <c r="AM13" s="159">
+        <v>0</v>
+      </c>
+      <c r="AN13" s="159">
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="14" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A14" s="142"/>
       <c r="B14" s="156" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C14" s="156" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="D14" s="157">
+        <v>30257</v>
+      </c>
+      <c r="E14" s="157">
+        <v>8203</v>
+      </c>
+      <c r="F14" s="157">
         <v>6701</v>
       </c>
-      <c r="E14" s="157">
+      <c r="G14" s="157">
         <v>8171</v>
       </c>
-      <c r="F14" s="157">
+      <c r="H14" s="157">
         <v>7182</v>
       </c>
-      <c r="G14" s="157">
+      <c r="I14" s="157">
         <v>21863</v>
       </c>
-      <c r="H14" s="157">
+      <c r="J14" s="157">
         <v>5968</v>
       </c>
-      <c r="I14" s="157">
+      <c r="K14" s="157">
         <v>6051</v>
       </c>
-      <c r="J14" s="157">
+      <c r="L14" s="157">
         <v>5529</v>
       </c>
-      <c r="K14" s="157">
+      <c r="M14" s="157">
         <v>4315</v>
       </c>
-      <c r="L14" s="157">
+      <c r="N14" s="157">
         <v>17491</v>
       </c>
-      <c r="M14" s="157">
+      <c r="O14" s="157">
         <v>8077</v>
       </c>
-      <c r="N14" s="157">
+      <c r="P14" s="157">
         <v>3645</v>
       </c>
-      <c r="O14" s="157">
+      <c r="Q14" s="157">
         <v>3420</v>
       </c>
-      <c r="P14" s="157">
+      <c r="R14" s="157">
         <v>2349</v>
       </c>
-      <c r="Q14" s="157">
+      <c r="S14" s="157">
         <v>8169</v>
       </c>
-      <c r="R14" s="157">
+      <c r="T14" s="157">
         <v>2634</v>
       </c>
-      <c r="S14" s="157">
+      <c r="U14" s="157">
         <v>2032</v>
       </c>
-      <c r="T14" s="157">
+      <c r="V14" s="157">
         <v>1686</v>
       </c>
-      <c r="U14" s="157">
+      <c r="W14" s="157">
         <v>1817</v>
       </c>
-      <c r="V14" s="157">
+      <c r="X14" s="157">
         <v>4046</v>
       </c>
-      <c r="W14" s="157">
+      <c r="Y14" s="157">
         <v>1793</v>
       </c>
-      <c r="X14" s="157">
+      <c r="Z14" s="157">
         <v>1050</v>
       </c>
-      <c r="Y14" s="157">
+      <c r="AA14" s="157">
         <v>902</v>
       </c>
-      <c r="Z14" s="157">
+      <c r="AB14" s="157">
         <v>301</v>
       </c>
-      <c r="AA14" s="157">
+      <c r="AC14" s="157">
         <v>2414</v>
       </c>
-      <c r="AB14" s="157">
+      <c r="AD14" s="157">
         <v>1413</v>
       </c>
-      <c r="AC14" s="157">
+      <c r="AE14" s="157">
         <v>-598.59740000000056</v>
       </c>
-      <c r="AD14" s="157">
+      <c r="AF14" s="157">
         <v>1050.5974000000006</v>
       </c>
-      <c r="AE14" s="157">
+      <c r="AG14" s="157">
         <v>549</v>
       </c>
-      <c r="AF14" s="157">
+      <c r="AH14" s="157">
         <v>-502</v>
       </c>
-      <c r="AG14" s="157">
+      <c r="AI14" s="157">
         <v>-3623</v>
       </c>
-      <c r="AH14" s="157">
+      <c r="AJ14" s="157">
         <v>1054</v>
       </c>
-      <c r="AI14" s="157">
+      <c r="AK14" s="157">
         <v>1282</v>
       </c>
-      <c r="AJ14" s="157">
+      <c r="AL14" s="157">
         <v>785</v>
       </c>
-      <c r="AK14" s="157">
+      <c r="AM14" s="157">
         <v>-2110</v>
       </c>
-      <c r="AL14" s="157">
+      <c r="AN14" s="157">
         <v>-11274</v>
       </c>
     </row>
-    <row r="15" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="15" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="142"/>
       <c r="B15" s="158" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C15" s="158" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="D15" s="155">
+        <v>-11191</v>
+      </c>
+      <c r="E15" s="155">
+        <v>136</v>
+      </c>
+      <c r="F15" s="155">
         <v>260</v>
       </c>
-      <c r="E15" s="155">
+      <c r="G15" s="155">
         <v>-2894</v>
       </c>
-      <c r="F15" s="155">
+      <c r="H15" s="155">
         <v>-8693</v>
       </c>
-      <c r="G15" s="155">
+      <c r="I15" s="155">
         <v>-3233</v>
       </c>
-      <c r="H15" s="155">
+      <c r="J15" s="155">
         <v>2237</v>
       </c>
-      <c r="I15" s="155">
+      <c r="K15" s="155">
         <v>-7051</v>
       </c>
-      <c r="J15" s="155">
+      <c r="L15" s="155">
         <v>-1540</v>
       </c>
-      <c r="K15" s="155">
+      <c r="M15" s="155">
         <v>3121</v>
       </c>
-      <c r="L15" s="155">
+      <c r="N15" s="155">
         <v>4995</v>
       </c>
-      <c r="M15" s="155">
+      <c r="O15" s="155">
         <v>-135</v>
       </c>
-      <c r="N15" s="155">
+      <c r="P15" s="155">
         <v>866</v>
       </c>
-      <c r="O15" s="155">
+      <c r="Q15" s="155">
         <v>2504</v>
       </c>
-      <c r="P15" s="155">
+      <c r="R15" s="155">
         <v>1760</v>
       </c>
-      <c r="Q15" s="155">
+      <c r="S15" s="155">
         <v>7597</v>
       </c>
-      <c r="R15" s="155">
+      <c r="T15" s="155">
         <v>-70</v>
       </c>
-      <c r="S15" s="155">
+      <c r="U15" s="155">
         <v>1793</v>
       </c>
-      <c r="T15" s="155">
+      <c r="V15" s="155">
         <v>2584</v>
       </c>
-      <c r="U15" s="155">
+      <c r="W15" s="155">
         <v>3290</v>
       </c>
-      <c r="V15" s="155">
+      <c r="X15" s="155">
         <v>3618</v>
       </c>
-      <c r="W15" s="155">
+      <c r="Y15" s="155">
         <v>-477</v>
       </c>
-      <c r="X15" s="155">
+      <c r="Z15" s="155">
         <v>171</v>
       </c>
-      <c r="Y15" s="155">
+      <c r="AA15" s="155">
         <v>2303</v>
       </c>
-      <c r="Z15" s="155">
+      <c r="AB15" s="155">
         <v>1621</v>
       </c>
-      <c r="AA15" s="155">
+      <c r="AC15" s="155">
         <v>1564</v>
       </c>
-      <c r="AB15" s="155">
+      <c r="AD15" s="155">
         <v>-21</v>
       </c>
-      <c r="AC15" s="155">
+      <c r="AE15" s="155">
         <v>1080.1970000000001</v>
       </c>
-      <c r="AD15" s="155">
+      <c r="AF15" s="155">
         <v>-169.19700000000012</v>
       </c>
-      <c r="AE15" s="155">
+      <c r="AG15" s="155">
         <v>674</v>
       </c>
-      <c r="AF15" s="155">
+      <c r="AH15" s="155">
         <v>98</v>
       </c>
-      <c r="AG15" s="155">
+      <c r="AI15" s="155">
         <v>24.5</v>
       </c>
-      <c r="AH15" s="155">
+      <c r="AJ15" s="155">
         <v>-357.5</v>
       </c>
-      <c r="AI15" s="155">
+      <c r="AK15" s="155">
         <v>339</v>
       </c>
-      <c r="AJ15" s="155">
+      <c r="AL15" s="155">
         <v>92</v>
       </c>
-      <c r="AK15" s="155">
+      <c r="AM15" s="155">
         <v>653</v>
       </c>
-      <c r="AL15" s="155">
+      <c r="AN15" s="155">
         <v>801</v>
       </c>
     </row>
-    <row r="16" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="16" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" s="142"/>
       <c r="B16" s="156" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C16" s="156" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="D16" s="157">
+        <v>80830</v>
+      </c>
+      <c r="E16" s="157">
+        <v>19655</v>
+      </c>
+      <c r="F16" s="157">
         <v>20268</v>
       </c>
-      <c r="E16" s="157">
+      <c r="G16" s="157">
         <v>18769</v>
       </c>
-      <c r="F16" s="157">
+      <c r="H16" s="157">
         <v>22138</v>
       </c>
-      <c r="G16" s="157">
+      <c r="I16" s="157">
         <v>51943</v>
       </c>
-      <c r="H16" s="157">
+      <c r="J16" s="157">
         <v>16712</v>
       </c>
-      <c r="I16" s="157">
+      <c r="K16" s="157">
         <v>12524</v>
       </c>
-      <c r="J16" s="157">
+      <c r="L16" s="157">
         <v>15157</v>
       </c>
-      <c r="K16" s="157">
+      <c r="M16" s="157">
         <v>7550</v>
       </c>
-      <c r="L16" s="157">
+      <c r="N16" s="157">
         <v>34027</v>
       </c>
-      <c r="M16" s="157">
+      <c r="O16" s="157">
         <v>8215</v>
       </c>
-      <c r="N16" s="157">
+      <c r="P16" s="157">
         <v>7022</v>
       </c>
-      <c r="O16" s="157">
+      <c r="Q16" s="157">
         <v>10773</v>
       </c>
-      <c r="P16" s="157">
+      <c r="R16" s="157">
         <v>8017</v>
       </c>
-      <c r="Q16" s="157">
+      <c r="S16" s="157">
         <v>25678</v>
       </c>
-      <c r="R16" s="157">
+      <c r="T16" s="157">
         <v>6228</v>
       </c>
-      <c r="S16" s="157">
+      <c r="U16" s="157">
         <v>4638</v>
       </c>
-      <c r="T16" s="157">
+      <c r="V16" s="157">
         <v>6880</v>
       </c>
-      <c r="U16" s="157">
+      <c r="W16" s="157">
         <v>7932</v>
       </c>
-      <c r="V16" s="157">
+      <c r="X16" s="157">
         <v>11514</v>
       </c>
-      <c r="W16" s="157">
+      <c r="Y16" s="157">
         <v>1111</v>
       </c>
-      <c r="X16" s="157">
+      <c r="Z16" s="157">
         <v>5649</v>
       </c>
-      <c r="Y16" s="157">
+      <c r="AA16" s="157">
         <v>2532</v>
       </c>
-      <c r="Z16" s="157">
+      <c r="AB16" s="157">
         <v>2222</v>
       </c>
-      <c r="AA16" s="157">
+      <c r="AC16" s="157">
         <v>-1601</v>
       </c>
-      <c r="AB16" s="157">
+      <c r="AD16" s="157">
         <v>11430</v>
       </c>
-      <c r="AC16" s="157">
+      <c r="AE16" s="157">
         <v>-13031</v>
       </c>
-      <c r="AD16" s="157">
+      <c r="AF16" s="157">
         <v>0</v>
       </c>
-      <c r="AE16" s="157">
+      <c r="AG16" s="157">
         <v>0</v>
       </c>
-      <c r="AF16" s="157">
+      <c r="AH16" s="157">
         <v>59837</v>
       </c>
-      <c r="AG16" s="157">
+      <c r="AI16" s="157">
         <v>100448</v>
       </c>
-      <c r="AH16" s="157">
+      <c r="AJ16" s="157">
         <v>-18463</v>
       </c>
-      <c r="AI16" s="157">
+      <c r="AK16" s="157">
         <v>-14773</v>
       </c>
-      <c r="AJ16" s="157">
+      <c r="AL16" s="157">
         <v>-7375</v>
       </c>
-      <c r="AK16" s="160">
+      <c r="AM16" s="160">
         <v>-3958</v>
       </c>
-      <c r="AL16" s="160">
+      <c r="AN16" s="160">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="17" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A17" s="142"/>
       <c r="B17" s="158" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="C17" s="158" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="D17" s="155">
+        <v>4801</v>
+      </c>
+      <c r="E17" s="155">
+        <v>851</v>
+      </c>
+      <c r="F17" s="155">
         <v>1308</v>
       </c>
-      <c r="E17" s="155">
+      <c r="G17" s="155">
         <v>2058</v>
       </c>
-      <c r="F17" s="155">
+      <c r="H17" s="155">
         <v>584</v>
       </c>
-      <c r="G17" s="155">
+      <c r="I17" s="155">
         <v>-93</v>
       </c>
-      <c r="H17" s="155">
+      <c r="J17" s="155">
         <v>1775.8468600000001</v>
       </c>
-      <c r="I17" s="155">
+      <c r="K17" s="155">
         <v>-500</v>
       </c>
-      <c r="J17" s="155">
+      <c r="L17" s="155">
         <v>-608.24405999999954</v>
       </c>
-      <c r="K17" s="155">
+      <c r="M17" s="155">
         <v>-760.60280000000057</v>
       </c>
-      <c r="L17" s="155">
+      <c r="N17" s="155">
         <v>1369</v>
       </c>
-      <c r="M17" s="155">
+      <c r="O17" s="155">
         <v>90</v>
       </c>
-      <c r="N17" s="155">
+      <c r="P17" s="155">
         <v>1034</v>
       </c>
-      <c r="O17" s="155">
+      <c r="Q17" s="155">
         <v>-343</v>
       </c>
-      <c r="P17" s="155">
+      <c r="R17" s="155">
         <v>588</v>
       </c>
-      <c r="Q17" s="155">
+      <c r="S17" s="155">
         <v>4437</v>
       </c>
-      <c r="R17" s="155">
+      <c r="T17" s="155">
         <v>850</v>
       </c>
-      <c r="S17" s="155">
+      <c r="U17" s="155">
         <v>929</v>
       </c>
-      <c r="T17" s="155">
+      <c r="V17" s="155">
         <v>1690</v>
       </c>
-      <c r="U17" s="155">
+      <c r="W17" s="155">
         <v>968</v>
       </c>
-      <c r="V17" s="155">
+      <c r="X17" s="155">
         <v>4799</v>
       </c>
-      <c r="W17" s="155">
+      <c r="Y17" s="155">
         <v>92</v>
       </c>
-      <c r="X17" s="155">
+      <c r="Z17" s="155">
         <v>2358</v>
       </c>
-      <c r="Y17" s="155">
+      <c r="AA17" s="155">
         <v>1805</v>
       </c>
-      <c r="Z17" s="155">
+      <c r="AB17" s="155">
         <v>544</v>
       </c>
-      <c r="AA17" s="155">
+      <c r="AC17" s="155">
         <v>6149</v>
       </c>
-      <c r="AB17" s="155">
+      <c r="AD17" s="155">
         <v>6149</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AE17" s="155">
         <v>0</v>
       </c>
       <c r="AF17" s="155">
         <v>0</v>
       </c>
       <c r="AG17" s="155">
         <v>0</v>
       </c>
       <c r="AH17" s="155">
         <v>0</v>
       </c>
       <c r="AI17" s="155">
         <v>0</v>
       </c>
       <c r="AJ17" s="155">
         <v>0</v>
       </c>
-      <c r="AK17" s="159"/>
-      <c r="AL17" s="159">
+      <c r="AK17" s="155">
         <v>0</v>
       </c>
+      <c r="AL17" s="155">
+        <v>0</v>
+      </c>
+      <c r="AM17" s="159"/>
+      <c r="AN17" s="159">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="18" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="142"/>
       <c r="B18" s="156" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="C18" s="156" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D18" s="157">
+        <v>28222</v>
+      </c>
+      <c r="E18" s="157">
+        <v>3829</v>
+      </c>
+      <c r="F18" s="157">
         <v>5132</v>
       </c>
-      <c r="E18" s="157">
+      <c r="G18" s="157">
         <v>5801</v>
       </c>
-      <c r="F18" s="157">
+      <c r="H18" s="157">
         <v>13460</v>
       </c>
-      <c r="G18" s="157">
+      <c r="I18" s="157">
         <v>22239</v>
       </c>
-      <c r="H18" s="157">
+      <c r="J18" s="157">
         <v>8212</v>
       </c>
-      <c r="I18" s="157">
+      <c r="K18" s="157">
         <v>4345</v>
       </c>
-      <c r="J18" s="157">
+      <c r="L18" s="157">
         <v>7897</v>
       </c>
-      <c r="K18" s="157">
+      <c r="M18" s="157">
         <v>1785</v>
       </c>
-      <c r="L18" s="157">
+      <c r="N18" s="157">
         <v>4768</v>
       </c>
-      <c r="M18" s="157">
+      <c r="O18" s="157">
         <v>3356</v>
       </c>
-      <c r="N18" s="157">
+      <c r="P18" s="157">
         <v>-2798</v>
       </c>
-      <c r="O18" s="157">
+      <c r="Q18" s="157">
         <v>1993</v>
       </c>
-      <c r="P18" s="157">
+      <c r="R18" s="157">
         <v>2217</v>
       </c>
-      <c r="Q18" s="157">
+      <c r="S18" s="157">
         <v>-1474</v>
       </c>
-      <c r="R18" s="157">
+      <c r="T18" s="157">
         <v>-3390</v>
       </c>
-      <c r="S18" s="157">
+      <c r="U18" s="157">
         <v>561</v>
       </c>
-      <c r="T18" s="157">
+      <c r="V18" s="157">
         <v>489</v>
       </c>
-      <c r="U18" s="157">
+      <c r="W18" s="157">
         <v>866</v>
       </c>
-      <c r="V18" s="157">
+      <c r="X18" s="157">
         <v>1555</v>
       </c>
-      <c r="W18" s="157">
+      <c r="Y18" s="157">
         <v>-556</v>
       </c>
-      <c r="X18" s="157">
+      <c r="Z18" s="157">
         <v>2016</v>
       </c>
-      <c r="Y18" s="157">
+      <c r="AA18" s="157">
         <v>-93</v>
       </c>
-      <c r="Z18" s="157">
+      <c r="AB18" s="157">
         <v>188</v>
       </c>
-      <c r="AA18" s="157">
+      <c r="AC18" s="157">
         <v>914</v>
       </c>
-      <c r="AB18" s="157">
+      <c r="AD18" s="157">
         <v>915</v>
       </c>
-      <c r="AC18" s="157">
+      <c r="AE18" s="157">
         <v>-1</v>
       </c>
-      <c r="AD18" s="157">
+      <c r="AF18" s="157">
         <v>0</v>
       </c>
-      <c r="AE18" s="157">
+      <c r="AG18" s="157">
         <v>0</v>
       </c>
-      <c r="AF18" s="157">
+      <c r="AH18" s="157">
         <v>240</v>
       </c>
-      <c r="AG18" s="157">
+      <c r="AI18" s="157">
         <v>241</v>
       </c>
-      <c r="AH18" s="157">
+      <c r="AJ18" s="157">
         <v>-1</v>
       </c>
-      <c r="AI18" s="157">
+      <c r="AK18" s="157">
         <v>0</v>
       </c>
-      <c r="AJ18" s="157">
+      <c r="AL18" s="157">
         <v>0</v>
       </c>
-      <c r="AK18" s="160">
+      <c r="AM18" s="160">
         <v>880</v>
       </c>
-      <c r="AL18" s="160">
+      <c r="AN18" s="160">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="19" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A19" s="142"/>
       <c r="B19" s="158" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="C19" s="158" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="D19" s="155">
+        <v>38969</v>
+      </c>
+      <c r="E19" s="155">
+        <v>7404</v>
+      </c>
+      <c r="F19" s="155">
         <v>10503</v>
       </c>
-      <c r="E19" s="155">
+      <c r="G19" s="155">
         <v>12056</v>
       </c>
-      <c r="F19" s="155">
+      <c r="H19" s="155">
         <v>9006</v>
       </c>
-      <c r="G19" s="155">
+      <c r="I19" s="155">
         <v>26840</v>
       </c>
-      <c r="H19" s="155">
+      <c r="J19" s="155">
         <v>7519</v>
       </c>
-      <c r="I19" s="155">
+      <c r="K19" s="155">
         <v>6004</v>
       </c>
-      <c r="J19" s="155">
+      <c r="L19" s="155">
         <v>4562</v>
       </c>
-      <c r="K19" s="155">
+      <c r="M19" s="155">
         <v>8755</v>
       </c>
-      <c r="L19" s="155">
+      <c r="N19" s="155">
         <v>21053</v>
       </c>
-      <c r="M19" s="155">
+      <c r="O19" s="155">
         <v>7133</v>
       </c>
-      <c r="N19" s="155">
+      <c r="P19" s="155">
         <v>3593</v>
       </c>
-      <c r="O19" s="155">
+      <c r="Q19" s="155">
         <v>6197</v>
       </c>
-      <c r="P19" s="155">
+      <c r="R19" s="155">
         <v>4130</v>
       </c>
-      <c r="Q19" s="155">
+      <c r="S19" s="155">
         <v>26569</v>
       </c>
-      <c r="R19" s="155">
+      <c r="T19" s="155">
         <v>7672</v>
       </c>
-      <c r="S19" s="155">
+      <c r="U19" s="155">
         <v>4498</v>
       </c>
-      <c r="T19" s="155">
+      <c r="V19" s="155">
         <v>4341</v>
       </c>
-      <c r="U19" s="155">
+      <c r="W19" s="155">
         <v>10058</v>
       </c>
-      <c r="V19" s="155">
+      <c r="X19" s="155">
         <v>20039</v>
       </c>
-      <c r="W19" s="155">
+      <c r="Y19" s="155">
         <v>8213</v>
       </c>
-      <c r="X19" s="155">
+      <c r="Z19" s="155">
         <v>3548</v>
       </c>
-      <c r="Y19" s="155">
+      <c r="AA19" s="155">
         <v>5550</v>
       </c>
-      <c r="Z19" s="155">
+      <c r="AB19" s="155">
         <v>2728</v>
       </c>
-      <c r="AA19" s="155">
+      <c r="AC19" s="155">
         <v>7990</v>
       </c>
-      <c r="AB19" s="155">
+      <c r="AD19" s="155">
         <v>2200</v>
       </c>
-      <c r="AC19" s="155">
+      <c r="AE19" s="155">
         <v>5790</v>
       </c>
-      <c r="AD19" s="155">
+      <c r="AF19" s="155">
         <v>0</v>
       </c>
-      <c r="AE19" s="155">
+      <c r="AG19" s="155">
         <v>0</v>
       </c>
-      <c r="AF19" s="155">
+      <c r="AH19" s="155">
         <v>14826</v>
       </c>
-      <c r="AG19" s="155">
+      <c r="AI19" s="155">
         <v>14826</v>
       </c>
-      <c r="AH19" s="155">
+      <c r="AJ19" s="155">
         <v>-1980</v>
       </c>
-      <c r="AI19" s="155">
+      <c r="AK19" s="155">
         <v>480</v>
       </c>
-      <c r="AJ19" s="155">
+      <c r="AL19" s="155">
         <v>1500</v>
       </c>
-      <c r="AK19" s="155">
+      <c r="AM19" s="155">
         <v>32469</v>
       </c>
-      <c r="AL19" s="155">
+      <c r="AN19" s="155">
         <v>9000</v>
       </c>
     </row>
-    <row r="20" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="20" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="142"/>
       <c r="B20" s="156" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="C20" s="156" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D20" s="157">
         <v>0</v>
       </c>
       <c r="E20" s="157">
         <v>0</v>
       </c>
       <c r="F20" s="157">
         <v>0</v>
       </c>
       <c r="G20" s="157">
-        <v>1348</v>
+        <v>0</v>
       </c>
       <c r="H20" s="157">
         <v>0</v>
       </c>
-      <c r="I20" s="157" t="s">
-        <v>54</v>
+      <c r="I20" s="157">
+        <v>1348</v>
       </c>
       <c r="J20" s="157">
-        <v>1348</v>
+        <v>0</v>
       </c>
       <c r="K20" s="157" t="s">
         <v>54</v>
       </c>
-      <c r="L20" s="157" t="s">
-        <v>54</v>
+      <c r="L20" s="157">
+        <v>1348</v>
       </c>
       <c r="M20" s="157" t="s">
         <v>54</v>
       </c>
       <c r="N20" s="157" t="s">
         <v>54</v>
       </c>
       <c r="O20" s="157" t="s">
         <v>54</v>
       </c>
       <c r="P20" s="157" t="s">
         <v>54</v>
       </c>
       <c r="Q20" s="157" t="s">
         <v>54</v>
       </c>
       <c r="R20" s="157" t="s">
         <v>54</v>
       </c>
-      <c r="S20" s="157">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="S20" s="157" t="s">
+        <v>54</v>
+      </c>
+      <c r="T20" s="157" t="s">
+        <v>54</v>
       </c>
       <c r="U20" s="157">
         <v>0</v>
       </c>
-      <c r="V20" s="160">
+      <c r="V20" s="157">
+        <v>0</v>
+      </c>
+      <c r="W20" s="157">
+        <v>0</v>
+      </c>
+      <c r="X20" s="160">
         <v>-40444</v>
       </c>
-      <c r="W20" s="157">
+      <c r="Y20" s="157">
         <v>-40444</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="Z20" s="157">
         <v>0</v>
       </c>
-      <c r="AA20" s="160">
+      <c r="AA20" s="157">
         <v>0</v>
       </c>
       <c r="AB20" s="157">
         <v>0</v>
       </c>
-      <c r="AC20" s="157">
+      <c r="AC20" s="160">
+        <v>0</v>
+      </c>
+      <c r="AD20" s="157">
+        <v>0</v>
+      </c>
+      <c r="AE20" s="157">
         <v>-84</v>
       </c>
-      <c r="AD20" s="157">
+      <c r="AF20" s="157">
         <v>84</v>
       </c>
-      <c r="AE20" s="160">
+      <c r="AG20" s="160">
         <v>0</v>
       </c>
-      <c r="AF20" s="160">
-[...5 lines deleted...]
-      <c r="AH20" s="157">
+      <c r="AH20" s="160">
         <v>0</v>
       </c>
       <c r="AI20" s="157">
         <v>0</v>
       </c>
-      <c r="AJ20" s="160">
+      <c r="AJ20" s="157">
         <v>0</v>
       </c>
-      <c r="AK20" s="160">
+      <c r="AK20" s="157">
         <v>0</v>
       </c>
       <c r="AL20" s="160">
         <v>0</v>
       </c>
+      <c r="AM20" s="160">
+        <v>0</v>
+      </c>
+      <c r="AN20" s="160">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="21" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A21" s="142"/>
       <c r="B21" s="146"/>
       <c r="C21" s="146"/>
       <c r="D21" s="155"/>
       <c r="E21" s="155"/>
       <c r="F21" s="155"/>
       <c r="G21" s="155"/>
       <c r="H21" s="155"/>
       <c r="I21" s="155"/>
       <c r="J21" s="155"/>
       <c r="K21" s="155"/>
       <c r="L21" s="155"/>
       <c r="M21" s="155"/>
       <c r="N21" s="155"/>
       <c r="O21" s="155"/>
       <c r="P21" s="155"/>
       <c r="Q21" s="155"/>
       <c r="R21" s="155"/>
       <c r="S21" s="155"/>
       <c r="T21" s="155"/>
       <c r="U21" s="155"/>
       <c r="V21" s="155"/>
       <c r="W21" s="155"/>
       <c r="X21" s="155"/>
       <c r="Y21" s="155"/>
       <c r="Z21" s="155"/>
       <c r="AA21" s="155"/>
       <c r="AB21" s="155"/>
       <c r="AC21" s="155"/>
       <c r="AD21" s="155"/>
       <c r="AE21" s="155"/>
       <c r="AF21" s="155"/>
       <c r="AG21" s="155"/>
       <c r="AH21" s="155"/>
       <c r="AI21" s="155"/>
       <c r="AJ21" s="155"/>
       <c r="AK21" s="155"/>
       <c r="AL21" s="155"/>
+      <c r="AM21" s="155"/>
+      <c r="AN21" s="155"/>
     </row>
-    <row r="22" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="22" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="142"/>
       <c r="B22" s="149" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="C22" s="149" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="D22" s="155"/>
       <c r="E22" s="155"/>
       <c r="F22" s="155"/>
       <c r="G22" s="155"/>
       <c r="H22" s="155"/>
       <c r="I22" s="155"/>
       <c r="J22" s="155"/>
       <c r="K22" s="155"/>
       <c r="L22" s="155"/>
       <c r="M22" s="155"/>
       <c r="N22" s="155"/>
       <c r="O22" s="155"/>
       <c r="P22" s="155"/>
       <c r="Q22" s="155"/>
       <c r="R22" s="155"/>
       <c r="S22" s="155"/>
       <c r="T22" s="155"/>
       <c r="U22" s="155"/>
       <c r="V22" s="155"/>
       <c r="W22" s="155"/>
       <c r="X22" s="155"/>
       <c r="Y22" s="155"/>
       <c r="Z22" s="155"/>
       <c r="AA22" s="155"/>
       <c r="AB22" s="155"/>
       <c r="AC22" s="155"/>
       <c r="AD22" s="155"/>
       <c r="AE22" s="155"/>
       <c r="AF22" s="155"/>
       <c r="AG22" s="155"/>
       <c r="AH22" s="155"/>
       <c r="AI22" s="155"/>
       <c r="AJ22" s="155"/>
       <c r="AK22" s="155"/>
       <c r="AL22" s="155"/>
+      <c r="AM22" s="155"/>
+      <c r="AN22" s="155"/>
     </row>
-    <row r="23" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="23" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A23" s="142"/>
       <c r="B23" s="156" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="C23" s="156" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="D23" s="157">
+        <v>-879111</v>
+      </c>
+      <c r="E23" s="157">
+        <v>5557</v>
+      </c>
+      <c r="F23" s="157">
         <v>-86025.249649999896</v>
       </c>
-      <c r="E23" s="157">
+      <c r="G23" s="157">
         <v>-293462.7503500001</v>
       </c>
-      <c r="F23" s="157">
+      <c r="H23" s="157">
         <v>-505180</v>
       </c>
-      <c r="G23" s="157">
+      <c r="I23" s="157">
         <v>-403531</v>
       </c>
-      <c r="H23" s="157">
+      <c r="J23" s="157">
         <v>-70094</v>
       </c>
-      <c r="I23" s="157">
+      <c r="K23" s="157">
         <v>-126108</v>
       </c>
-      <c r="J23" s="157">
+      <c r="L23" s="157">
         <v>-42021</v>
       </c>
-      <c r="K23" s="157">
+      <c r="M23" s="157">
         <v>-165308</v>
       </c>
-      <c r="L23" s="157">
+      <c r="N23" s="157">
         <v>-196225</v>
       </c>
-      <c r="M23" s="157">
+      <c r="O23" s="157">
         <v>29643</v>
       </c>
-      <c r="N23" s="157">
+      <c r="P23" s="157">
         <v>-149475</v>
       </c>
-      <c r="O23" s="157">
+      <c r="Q23" s="157">
         <v>31665</v>
       </c>
-      <c r="P23" s="157">
+      <c r="R23" s="157">
         <v>-108058</v>
       </c>
-      <c r="Q23" s="157">
+      <c r="S23" s="157">
         <v>-238630</v>
       </c>
-      <c r="R23" s="157">
+      <c r="T23" s="157">
         <v>-28211</v>
       </c>
-      <c r="S23" s="157">
+      <c r="U23" s="157">
         <v>127039</v>
       </c>
-      <c r="T23" s="157">
+      <c r="V23" s="157">
         <v>30771</v>
       </c>
-      <c r="U23" s="157">
+      <c r="W23" s="157">
         <v>-368229</v>
       </c>
-      <c r="V23" s="157">
+      <c r="X23" s="157">
         <v>-447144</v>
       </c>
-      <c r="W23" s="157">
+      <c r="Y23" s="157">
         <v>-102155</v>
       </c>
-      <c r="X23" s="157">
+      <c r="Z23" s="157">
         <v>-75750</v>
       </c>
-      <c r="Y23" s="157">
+      <c r="AA23" s="157">
         <v>-101355</v>
       </c>
-      <c r="Z23" s="157">
+      <c r="AB23" s="157">
         <v>-167884</v>
       </c>
-      <c r="AA23" s="157">
+      <c r="AC23" s="157">
         <v>-169693</v>
       </c>
-      <c r="AB23" s="157">
+      <c r="AD23" s="157">
         <v>-1194</v>
       </c>
-      <c r="AC23" s="157">
+      <c r="AE23" s="157">
         <v>-142161</v>
       </c>
-      <c r="AD23" s="157">
+      <c r="AF23" s="157">
         <v>-80219</v>
       </c>
-      <c r="AE23" s="157">
+      <c r="AG23" s="157">
         <v>53881</v>
       </c>
-      <c r="AF23" s="157">
+      <c r="AH23" s="157">
         <v>-175192</v>
       </c>
-      <c r="AG23" s="157">
+      <c r="AI23" s="157">
         <v>-77466</v>
       </c>
-      <c r="AH23" s="157">
+      <c r="AJ23" s="157">
         <v>-84160.041100000017</v>
       </c>
-      <c r="AI23" s="157">
+      <c r="AK23" s="157">
         <v>-34308.958899999983</v>
       </c>
-      <c r="AJ23" s="157">
+      <c r="AL23" s="157">
         <v>20743</v>
       </c>
-      <c r="AK23" s="157">
+      <c r="AM23" s="157">
         <v>98340</v>
       </c>
-      <c r="AL23" s="157">
+      <c r="AN23" s="157">
         <v>-138738</v>
       </c>
     </row>
-    <row r="24" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="24" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A24" s="142"/>
       <c r="B24" s="158" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C24" s="158" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D24" s="155">
+        <v>681171</v>
+      </c>
+      <c r="E24" s="155">
+        <v>190746</v>
+      </c>
+      <c r="F24" s="155">
         <v>71117</v>
       </c>
-      <c r="E24" s="155">
+      <c r="G24" s="155">
         <v>172825</v>
       </c>
-      <c r="F24" s="155">
+      <c r="H24" s="155">
         <v>246483</v>
       </c>
-      <c r="G24" s="155">
+      <c r="I24" s="155">
         <v>473606</v>
       </c>
-      <c r="H24" s="155">
+      <c r="J24" s="155">
         <v>-7113.8468599999323</v>
       </c>
-      <c r="I24" s="155">
+      <c r="K24" s="155">
         <v>155716.94903000002</v>
       </c>
-      <c r="J24" s="155">
+      <c r="L24" s="155">
         <v>175181.29502999992</v>
       </c>
-      <c r="K24" s="155">
+      <c r="M24" s="155">
         <v>149821.60279999999</v>
       </c>
-      <c r="L24" s="155">
+      <c r="N24" s="155">
         <v>400304</v>
       </c>
-      <c r="M24" s="155">
+      <c r="O24" s="155">
         <v>65656</v>
       </c>
-      <c r="N24" s="155">
+      <c r="P24" s="155">
         <v>110170</v>
       </c>
-      <c r="O24" s="155">
+      <c r="Q24" s="155">
         <v>114963</v>
       </c>
-      <c r="P24" s="155">
+      <c r="R24" s="155">
         <v>109515</v>
       </c>
-      <c r="Q24" s="155">
+      <c r="S24" s="155">
         <v>215009</v>
       </c>
-      <c r="R24" s="155">
+      <c r="T24" s="155">
         <v>61516</v>
       </c>
-      <c r="S24" s="155">
+      <c r="U24" s="155">
         <v>-4028</v>
       </c>
-      <c r="T24" s="155">
+      <c r="V24" s="155">
         <v>84313</v>
       </c>
-      <c r="U24" s="155">
+      <c r="W24" s="155">
         <v>73208</v>
       </c>
-      <c r="V24" s="155">
+      <c r="X24" s="155">
         <v>299598</v>
       </c>
-      <c r="W24" s="155">
+      <c r="Y24" s="155">
         <v>154388</v>
       </c>
-      <c r="X24" s="155">
+      <c r="Z24" s="155">
         <v>39321</v>
       </c>
-      <c r="Y24" s="155">
+      <c r="AA24" s="155">
         <v>71190</v>
       </c>
-      <c r="Z24" s="155">
+      <c r="AB24" s="155">
         <v>34699</v>
       </c>
-      <c r="AA24" s="155">
+      <c r="AC24" s="155">
         <v>98678</v>
       </c>
-      <c r="AB24" s="155">
+      <c r="AD24" s="155">
         <v>50582</v>
       </c>
-      <c r="AC24" s="155">
+      <c r="AE24" s="155">
         <v>39322.988300000026</v>
       </c>
-      <c r="AD24" s="155">
+      <c r="AF24" s="155">
         <v>20663.328699999984</v>
       </c>
-      <c r="AE24" s="155">
+      <c r="AG24" s="155">
         <v>-11890.31700000001</v>
       </c>
-      <c r="AF24" s="155">
+      <c r="AH24" s="155">
         <v>42280</v>
       </c>
-      <c r="AG24" s="155">
+      <c r="AI24" s="155">
         <v>5283</v>
       </c>
-      <c r="AH24" s="155">
+      <c r="AJ24" s="155">
         <v>2788</v>
       </c>
-      <c r="AI24" s="155">
+      <c r="AK24" s="155">
         <v>11231</v>
       </c>
-      <c r="AJ24" s="155">
+      <c r="AL24" s="155">
         <v>22978</v>
       </c>
-      <c r="AK24" s="155">
+      <c r="AM24" s="155">
         <v>8196</v>
       </c>
-      <c r="AL24" s="155">
+      <c r="AN24" s="155">
         <v>3024</v>
       </c>
     </row>
-    <row r="25" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="25" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A25" s="142"/>
       <c r="B25" s="156" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="C25" s="156" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D25" s="157">
+        <v>-9056</v>
+      </c>
+      <c r="E25" s="157">
+        <v>-2127</v>
+      </c>
+      <c r="F25" s="157">
         <v>154</v>
       </c>
-      <c r="E25" s="157">
+      <c r="G25" s="157">
         <v>-8878</v>
       </c>
-      <c r="F25" s="157">
+      <c r="H25" s="157">
         <v>1795</v>
       </c>
-      <c r="G25" s="157">
+      <c r="I25" s="157">
         <v>-3486</v>
       </c>
-      <c r="H25" s="157">
+      <c r="J25" s="157">
         <v>-2011</v>
       </c>
-      <c r="I25" s="157">
+      <c r="K25" s="157">
         <v>11048</v>
       </c>
-      <c r="J25" s="157">
+      <c r="L25" s="157">
         <v>-16231</v>
       </c>
-      <c r="K25" s="157">
+      <c r="M25" s="157">
         <v>3708</v>
       </c>
-      <c r="L25" s="157">
+      <c r="N25" s="157">
         <v>-6250</v>
       </c>
-      <c r="M25" s="157">
+      <c r="O25" s="157">
         <v>-1989</v>
       </c>
-      <c r="N25" s="157">
+      <c r="P25" s="157">
         <v>-1996</v>
       </c>
-      <c r="O25" s="157">
+      <c r="Q25" s="157">
         <v>-2454</v>
       </c>
-      <c r="P25" s="157">
+      <c r="R25" s="157">
         <v>189</v>
       </c>
-      <c r="Q25" s="157">
+      <c r="S25" s="157">
         <v>-686</v>
       </c>
-      <c r="R25" s="157">
+      <c r="T25" s="157">
         <v>1046</v>
       </c>
-      <c r="S25" s="157">
+      <c r="U25" s="157">
         <v>-1761</v>
       </c>
-      <c r="T25" s="157">
+      <c r="V25" s="157">
         <v>94</v>
       </c>
-      <c r="U25" s="157">
+      <c r="W25" s="157">
         <v>-65</v>
       </c>
-      <c r="V25" s="157">
+      <c r="X25" s="157">
         <v>1137</v>
       </c>
-      <c r="W25" s="157">
+      <c r="Y25" s="157">
         <v>2472</v>
       </c>
-      <c r="X25" s="157">
+      <c r="Z25" s="157">
         <v>-614</v>
       </c>
-      <c r="Y25" s="157">
+      <c r="AA25" s="157">
         <v>-714</v>
       </c>
-      <c r="Z25" s="157">
+      <c r="AB25" s="157">
         <v>-7</v>
       </c>
-      <c r="AA25" s="157">
+      <c r="AC25" s="157">
         <v>1174</v>
       </c>
-      <c r="AB25" s="157">
+      <c r="AD25" s="157">
         <v>715</v>
       </c>
-      <c r="AC25" s="157">
+      <c r="AE25" s="157">
         <v>662.31122000000141</v>
       </c>
-      <c r="AD25" s="157">
+      <c r="AF25" s="157">
         <v>2593.0481299999974</v>
       </c>
-      <c r="AE25" s="157">
+      <c r="AG25" s="157">
         <v>-2796.3593499999988</v>
       </c>
-      <c r="AF25" s="157">
+      <c r="AH25" s="157">
         <v>-4451</v>
       </c>
-      <c r="AG25" s="157">
+      <c r="AI25" s="157">
         <v>-1509</v>
       </c>
-      <c r="AH25" s="157">
+      <c r="AJ25" s="157">
         <v>-2942</v>
       </c>
-      <c r="AI25" s="157">
+      <c r="AK25" s="157">
         <v>0</v>
       </c>
-      <c r="AJ25" s="157">
+      <c r="AL25" s="157">
         <v>0</v>
       </c>
-      <c r="AK25" s="157">
+      <c r="AM25" s="157">
         <v>330</v>
       </c>
-      <c r="AL25" s="157">
+      <c r="AN25" s="157">
         <v>257</v>
       </c>
     </row>
-    <row r="26" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="26" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A26" s="142"/>
       <c r="B26" s="158" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C26" s="158" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D26" s="155">
+        <v>-69641</v>
+      </c>
+      <c r="E26" s="155">
+        <v>-11213</v>
+      </c>
+      <c r="F26" s="155">
         <v>-17176</v>
       </c>
-      <c r="E26" s="155">
+      <c r="G26" s="155">
         <v>-31005</v>
       </c>
-      <c r="F26" s="155">
+      <c r="H26" s="155">
         <v>-10247</v>
       </c>
-      <c r="G26" s="155">
+      <c r="I26" s="155">
         <v>-50337</v>
       </c>
-      <c r="H26" s="155">
+      <c r="J26" s="155">
         <v>-1876</v>
       </c>
-      <c r="I26" s="155">
+      <c r="K26" s="155">
         <v>-18589</v>
       </c>
-      <c r="J26" s="155">
+      <c r="L26" s="155">
         <v>-19450</v>
       </c>
-      <c r="K26" s="155">
+      <c r="M26" s="155">
         <v>-10422</v>
       </c>
-      <c r="L26" s="155">
+      <c r="N26" s="155">
         <v>-33913</v>
       </c>
-      <c r="M26" s="155">
+      <c r="O26" s="155">
         <v>-1218</v>
       </c>
-      <c r="N26" s="155">
+      <c r="P26" s="155">
         <v>-16459</v>
       </c>
-      <c r="O26" s="155">
+      <c r="Q26" s="155">
         <v>-7152</v>
       </c>
-      <c r="P26" s="155">
+      <c r="R26" s="155">
         <v>-9084</v>
       </c>
-      <c r="Q26" s="155">
+      <c r="S26" s="155">
         <v>-24056</v>
       </c>
-      <c r="R26" s="155">
+      <c r="T26" s="155">
         <v>-4913</v>
       </c>
-      <c r="S26" s="155">
+      <c r="U26" s="155">
         <v>-7659</v>
       </c>
-      <c r="T26" s="155">
+      <c r="V26" s="155">
         <v>-7890</v>
       </c>
-      <c r="U26" s="155">
+      <c r="W26" s="155">
         <v>-3594</v>
       </c>
-      <c r="V26" s="155">
+      <c r="X26" s="155">
         <v>-7036</v>
       </c>
-      <c r="W26" s="155">
+      <c r="Y26" s="155">
         <v>1551</v>
       </c>
-      <c r="X26" s="155">
+      <c r="Z26" s="155">
         <v>-8417</v>
       </c>
-      <c r="Y26" s="155">
+      <c r="AA26" s="155">
         <v>-1604</v>
       </c>
-      <c r="Z26" s="155">
+      <c r="AB26" s="155">
         <v>1434</v>
       </c>
-      <c r="AA26" s="155">
+      <c r="AC26" s="155">
         <v>-13948</v>
       </c>
-      <c r="AB26" s="155">
+      <c r="AD26" s="155">
         <v>-9471</v>
       </c>
-      <c r="AC26" s="155">
+      <c r="AE26" s="155">
         <v>-6492.8899199999996</v>
       </c>
-      <c r="AD26" s="155">
+      <c r="AF26" s="155">
         <v>-2671.4120800000023</v>
       </c>
-      <c r="AE26" s="155">
+      <c r="AG26" s="155">
         <v>4687.3020000000024</v>
       </c>
-      <c r="AF26" s="155">
+      <c r="AH26" s="155">
         <v>-6546</v>
       </c>
-      <c r="AG26" s="155">
+      <c r="AI26" s="155">
         <v>-10546</v>
       </c>
-      <c r="AH26" s="155">
+      <c r="AJ26" s="155">
         <v>28811.535270000015</v>
       </c>
-      <c r="AI26" s="155">
+      <c r="AK26" s="155">
         <v>-11493.535270000015</v>
       </c>
-      <c r="AJ26" s="155">
+      <c r="AL26" s="155">
         <v>-13318</v>
       </c>
-      <c r="AK26" s="155">
+      <c r="AM26" s="155">
         <v>-19063</v>
       </c>
-      <c r="AL26" s="155">
+      <c r="AN26" s="155">
         <v>-6344</v>
       </c>
     </row>
-    <row r="27" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="27" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="142"/>
       <c r="B27" s="156" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="C27" s="156" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D27" s="157">
+        <v>66443</v>
+      </c>
+      <c r="E27" s="157">
+        <v>-30063</v>
+      </c>
+      <c r="F27" s="157">
         <v>-2827</v>
       </c>
-      <c r="E27" s="157">
+      <c r="G27" s="157">
         <v>30349</v>
       </c>
-      <c r="F27" s="157">
+      <c r="H27" s="157">
         <v>68984</v>
       </c>
-      <c r="G27" s="157">
+      <c r="I27" s="157">
         <v>15413</v>
       </c>
-      <c r="H27" s="157">
+      <c r="J27" s="157">
         <v>5090</v>
       </c>
-      <c r="I27" s="157">
+      <c r="K27" s="157">
         <v>40830</v>
       </c>
-      <c r="J27" s="157">
+      <c r="L27" s="157">
         <v>-30810</v>
       </c>
-      <c r="K27" s="157">
+      <c r="M27" s="157">
         <v>303</v>
       </c>
-      <c r="L27" s="157">
+      <c r="N27" s="157">
         <v>57313</v>
       </c>
-      <c r="M27" s="157">
+      <c r="O27" s="157">
         <v>27083</v>
       </c>
-      <c r="N27" s="157">
+      <c r="P27" s="157">
         <v>25863</v>
       </c>
-      <c r="O27" s="157">
+      <c r="Q27" s="157">
         <v>-2097</v>
       </c>
-      <c r="P27" s="157">
+      <c r="R27" s="157">
         <v>6464</v>
       </c>
-      <c r="Q27" s="157">
+      <c r="S27" s="157">
         <v>27103</v>
       </c>
-      <c r="R27" s="157">
+      <c r="T27" s="157">
         <v>10309</v>
       </c>
-      <c r="S27" s="157">
+      <c r="U27" s="157">
         <v>-9466</v>
       </c>
-      <c r="T27" s="157">
+      <c r="V27" s="157">
         <v>29925</v>
       </c>
-      <c r="U27" s="157">
+      <c r="W27" s="157">
         <v>-3665</v>
       </c>
-      <c r="V27" s="157">
+      <c r="X27" s="157">
         <v>43578</v>
       </c>
-      <c r="W27" s="157">
+      <c r="Y27" s="157">
         <v>-2726</v>
       </c>
-      <c r="X27" s="157">
+      <c r="Z27" s="157">
         <v>-1335</v>
       </c>
-      <c r="Y27" s="157">
+      <c r="AA27" s="157">
         <v>31253</v>
       </c>
-      <c r="Z27" s="157">
+      <c r="AB27" s="157">
         <v>16386</v>
       </c>
-      <c r="AA27" s="157">
+      <c r="AC27" s="157">
         <v>5370</v>
       </c>
-      <c r="AB27" s="157">
+      <c r="AD27" s="157">
         <v>-48901</v>
       </c>
-      <c r="AC27" s="157">
+      <c r="AE27" s="157">
         <v>30127.22322</v>
       </c>
-      <c r="AD27" s="157">
+      <c r="AF27" s="157">
         <v>8402.790780000003</v>
       </c>
-      <c r="AE27" s="157">
+      <c r="AG27" s="157">
         <v>15740.985999999997</v>
       </c>
-      <c r="AF27" s="157">
+      <c r="AH27" s="157">
         <v>-10677</v>
       </c>
-      <c r="AG27" s="157">
+      <c r="AI27" s="157">
         <v>-24846</v>
       </c>
-      <c r="AH27" s="157">
+      <c r="AJ27" s="157">
         <v>8215</v>
       </c>
-      <c r="AI27" s="157">
+      <c r="AK27" s="157">
         <v>5654</v>
       </c>
-      <c r="AJ27" s="157">
+      <c r="AL27" s="157">
         <v>300</v>
       </c>
-      <c r="AK27" s="157">
+      <c r="AM27" s="157">
         <v>8615</v>
       </c>
-      <c r="AL27" s="157">
+      <c r="AN27" s="157">
         <v>-10672</v>
       </c>
     </row>
-    <row r="28" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="28" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A28" s="142"/>
       <c r="B28" s="158" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C28" s="158" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D28" s="155">
+        <v>24939</v>
+      </c>
+      <c r="E28" s="155">
+        <v>-1372</v>
+      </c>
+      <c r="F28" s="155">
         <v>4639</v>
       </c>
-      <c r="E28" s="155">
+      <c r="G28" s="155">
         <v>9408</v>
       </c>
-      <c r="F28" s="155">
+      <c r="H28" s="155">
         <v>12264</v>
       </c>
-      <c r="G28" s="155">
+      <c r="I28" s="155">
         <v>3790</v>
       </c>
-      <c r="H28" s="155">
+      <c r="J28" s="155">
         <v>-1770</v>
       </c>
-      <c r="I28" s="155">
+      <c r="K28" s="155">
         <v>7336</v>
       </c>
-      <c r="J28" s="155">
+      <c r="L28" s="155">
         <v>1266</v>
       </c>
-      <c r="K28" s="155">
+      <c r="M28" s="155">
         <v>-3042</v>
       </c>
-      <c r="L28" s="155">
+      <c r="N28" s="155">
         <v>-3529</v>
       </c>
-      <c r="M28" s="155">
+      <c r="O28" s="155">
         <v>137</v>
       </c>
-      <c r="N28" s="155">
+      <c r="P28" s="155">
         <v>798</v>
       </c>
-      <c r="O28" s="155">
+      <c r="Q28" s="155">
         <v>-2593</v>
       </c>
-      <c r="P28" s="155">
+      <c r="R28" s="155">
         <v>-1871</v>
       </c>
-      <c r="Q28" s="155">
+      <c r="S28" s="155">
         <v>-6786</v>
       </c>
-      <c r="R28" s="155">
+      <c r="T28" s="155">
         <v>-6464</v>
       </c>
-      <c r="S28" s="155">
+      <c r="U28" s="155">
         <v>-1776</v>
       </c>
-      <c r="T28" s="155">
+      <c r="V28" s="155">
         <v>2351</v>
       </c>
-      <c r="U28" s="155">
+      <c r="W28" s="155">
         <v>-897</v>
       </c>
-      <c r="V28" s="155">
+      <c r="X28" s="155">
         <v>-2656</v>
       </c>
-      <c r="W28" s="155">
+      <c r="Y28" s="155">
         <v>-4425</v>
       </c>
-      <c r="X28" s="155">
+      <c r="Z28" s="155">
         <v>1144</v>
       </c>
-      <c r="Y28" s="155">
+      <c r="AA28" s="155">
         <v>441</v>
       </c>
-      <c r="Z28" s="155">
+      <c r="AB28" s="155">
         <v>184</v>
       </c>
-      <c r="AA28" s="155">
+      <c r="AC28" s="155">
         <v>391</v>
       </c>
-      <c r="AB28" s="155">
+      <c r="AD28" s="155">
         <v>-29</v>
       </c>
-      <c r="AC28" s="155">
+      <c r="AE28" s="155">
         <v>2272.7906399999993</v>
       </c>
-      <c r="AD28" s="155">
+      <c r="AF28" s="155">
         <v>-1173.7906399999993</v>
       </c>
-      <c r="AE28" s="155">
+      <c r="AG28" s="155">
         <v>-679</v>
       </c>
-      <c r="AF28" s="155">
+      <c r="AH28" s="155">
         <v>1617</v>
       </c>
-      <c r="AG28" s="155">
+      <c r="AI28" s="155">
         <v>-16565</v>
       </c>
-      <c r="AH28" s="155">
+      <c r="AJ28" s="155">
         <v>18105</v>
       </c>
-      <c r="AI28" s="155">
+      <c r="AK28" s="155">
         <v>-1192</v>
       </c>
-      <c r="AJ28" s="155">
+      <c r="AL28" s="155">
         <v>1269</v>
       </c>
-      <c r="AK28" s="155">
+      <c r="AM28" s="155">
         <v>836</v>
       </c>
-      <c r="AL28" s="155">
+      <c r="AN28" s="155">
         <v>-1455</v>
       </c>
     </row>
-    <row r="29" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="29" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A29" s="142"/>
       <c r="B29" s="156" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="C29" s="156" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D29" s="157">
+        <v>7117</v>
+      </c>
+      <c r="E29" s="157">
+        <v>-12390</v>
+      </c>
+      <c r="F29" s="157">
         <v>3092</v>
       </c>
-      <c r="E29" s="157">
+      <c r="G29" s="157">
         <v>10346</v>
       </c>
-      <c r="F29" s="157">
+      <c r="H29" s="157">
         <v>6069</v>
       </c>
-      <c r="G29" s="157">
+      <c r="I29" s="157">
         <v>9858</v>
       </c>
-      <c r="H29" s="157">
+      <c r="J29" s="157">
         <v>-17346</v>
       </c>
-      <c r="I29" s="157">
+      <c r="K29" s="157">
         <v>14347</v>
       </c>
-      <c r="J29" s="157">
+      <c r="L29" s="157">
         <v>7852</v>
       </c>
-      <c r="K29" s="157">
+      <c r="M29" s="157">
         <v>5005</v>
       </c>
-      <c r="L29" s="157">
+      <c r="N29" s="157">
         <v>4247</v>
       </c>
-      <c r="M29" s="157">
+      <c r="O29" s="157">
         <v>-7065</v>
       </c>
-      <c r="N29" s="157">
+      <c r="P29" s="157">
         <v>3337</v>
       </c>
-      <c r="O29" s="157">
+      <c r="Q29" s="157">
         <v>3809</v>
       </c>
-      <c r="P29" s="157">
+      <c r="R29" s="157">
         <v>4166</v>
       </c>
-      <c r="Q29" s="157">
+      <c r="S29" s="157">
         <v>1920</v>
       </c>
-      <c r="R29" s="157">
+      <c r="T29" s="157">
         <v>-5222</v>
       </c>
-      <c r="S29" s="157">
+      <c r="U29" s="157">
         <v>2780</v>
       </c>
-      <c r="T29" s="157">
+      <c r="V29" s="157">
         <v>4665</v>
       </c>
-      <c r="U29" s="157">
+      <c r="W29" s="157">
         <v>-303</v>
       </c>
-      <c r="V29" s="157">
+      <c r="X29" s="157">
         <v>5123</v>
       </c>
-      <c r="W29" s="157">
+      <c r="Y29" s="157">
         <v>-439</v>
       </c>
-      <c r="X29" s="157">
+      <c r="Z29" s="157">
         <v>-1532</v>
       </c>
-      <c r="Y29" s="157">
+      <c r="AA29" s="157">
         <v>4725</v>
       </c>
-      <c r="Z29" s="157">
+      <c r="AB29" s="157">
         <v>2369</v>
       </c>
-      <c r="AA29" s="157">
+      <c r="AC29" s="157">
         <v>739</v>
       </c>
-      <c r="AB29" s="157">
+      <c r="AD29" s="157">
         <v>-4086</v>
       </c>
-      <c r="AC29" s="157">
+      <c r="AE29" s="157">
         <v>718.01632000000063</v>
       </c>
-      <c r="AD29" s="157">
+      <c r="AF29" s="157">
         <v>3102.7566799999986</v>
       </c>
-      <c r="AE29" s="157">
+      <c r="AG29" s="157">
         <v>1004.2270000000008</v>
       </c>
-      <c r="AF29" s="157">
+      <c r="AH29" s="157">
         <v>1509</v>
       </c>
-      <c r="AG29" s="157">
+      <c r="AI29" s="157">
         <v>-2284</v>
       </c>
-      <c r="AH29" s="157">
+      <c r="AJ29" s="157">
         <v>77</v>
       </c>
-      <c r="AI29" s="157">
+      <c r="AK29" s="157">
         <v>3837</v>
       </c>
-      <c r="AJ29" s="157">
+      <c r="AL29" s="157">
         <v>-121</v>
       </c>
-      <c r="AK29" s="157">
+      <c r="AM29" s="157">
         <v>339</v>
       </c>
-      <c r="AL29" s="157">
+      <c r="AN29" s="157">
         <v>1882</v>
       </c>
     </row>
-    <row r="30" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="30" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A30" s="142"/>
       <c r="B30" s="158" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C30" s="158" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D30" s="155">
+        <v>148907</v>
+      </c>
+      <c r="E30" s="155">
+        <v>59493</v>
+      </c>
+      <c r="F30" s="155">
         <v>37771.249649999983</v>
       </c>
-      <c r="E30" s="155">
+      <c r="G30" s="155">
         <v>28922.750350000017</v>
       </c>
-      <c r="F30" s="155">
+      <c r="H30" s="155">
         <v>22720</v>
       </c>
-      <c r="G30" s="155">
+      <c r="I30" s="155">
         <v>82348</v>
       </c>
-      <c r="H30" s="155">
+      <c r="J30" s="155">
         <v>56661</v>
       </c>
-      <c r="I30" s="155">
+      <c r="K30" s="155">
         <v>-27141</v>
       </c>
-      <c r="J30" s="155">
+      <c r="L30" s="155">
         <v>48752</v>
       </c>
-      <c r="K30" s="155">
+      <c r="M30" s="155">
         <v>4076</v>
       </c>
-      <c r="L30" s="155">
+      <c r="N30" s="155">
         <v>62079</v>
       </c>
-      <c r="M30" s="155">
+      <c r="O30" s="155">
         <v>20402</v>
       </c>
-      <c r="N30" s="155">
+      <c r="P30" s="155">
         <v>115257</v>
       </c>
-      <c r="O30" s="155">
+      <c r="Q30" s="155">
         <v>-55571</v>
       </c>
-      <c r="P30" s="155">
+      <c r="R30" s="155">
         <v>-18009</v>
       </c>
-      <c r="Q30" s="155">
+      <c r="S30" s="155">
         <v>68866</v>
       </c>
-      <c r="R30" s="155">
+      <c r="T30" s="155">
         <v>115769</v>
       </c>
-      <c r="S30" s="155">
+      <c r="U30" s="155">
         <v>-200218</v>
       </c>
-      <c r="T30" s="155">
+      <c r="V30" s="155">
         <v>-138446</v>
       </c>
-      <c r="U30" s="155">
+      <c r="W30" s="155">
         <v>291761</v>
       </c>
-      <c r="V30" s="155">
+      <c r="X30" s="155">
         <v>235568</v>
       </c>
-      <c r="W30" s="155">
+      <c r="Y30" s="155">
         <v>111396</v>
       </c>
-      <c r="X30" s="155">
+      <c r="Z30" s="155">
         <v>45440</v>
       </c>
-      <c r="Y30" s="155">
+      <c r="AA30" s="155">
         <v>875</v>
       </c>
-      <c r="Z30" s="155">
+      <c r="AB30" s="155">
         <v>77857</v>
       </c>
-      <c r="AA30" s="155">
+      <c r="AC30" s="155">
         <v>96876.999999999985</v>
       </c>
-      <c r="AB30" s="155">
+      <c r="AD30" s="155">
         <v>-9568</v>
       </c>
-      <c r="AC30" s="155">
+      <c r="AE30" s="155">
         <v>95317.448999999993</v>
       </c>
-      <c r="AD30" s="155">
+      <c r="AF30" s="155">
         <v>80309.308000000005</v>
       </c>
-      <c r="AE30" s="155">
+      <c r="AG30" s="155">
         <v>-69181.756999999998</v>
       </c>
-      <c r="AF30" s="155">
+      <c r="AH30" s="155">
         <v>29539</v>
       </c>
-      <c r="AG30" s="155">
+      <c r="AI30" s="155">
         <v>-5318</v>
       </c>
-      <c r="AH30" s="155">
+      <c r="AJ30" s="155">
         <v>61697.994489999997</v>
       </c>
-      <c r="AI30" s="155">
+      <c r="AK30" s="155">
         <v>15526.005510000003</v>
       </c>
-      <c r="AJ30" s="155">
+      <c r="AL30" s="155">
         <v>-42367</v>
       </c>
-      <c r="AK30" s="155">
+      <c r="AM30" s="155">
         <v>-127218</v>
       </c>
-      <c r="AL30" s="155">
+      <c r="AN30" s="155">
         <v>111911</v>
       </c>
     </row>
-    <row r="31" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="31" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A31" s="142"/>
       <c r="B31" s="156" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C31" s="156" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="D31" s="157">
+        <v>-587578</v>
+      </c>
+      <c r="E31" s="157">
+        <v>-231871</v>
+      </c>
+      <c r="F31" s="157">
         <v>-104222</v>
       </c>
-      <c r="E31" s="157">
+      <c r="G31" s="157">
         <v>-134113</v>
       </c>
-      <c r="F31" s="157">
+      <c r="H31" s="157">
         <v>-117372</v>
       </c>
-      <c r="G31" s="157">
+      <c r="I31" s="157">
         <v>-515289</v>
       </c>
-      <c r="H31" s="157">
+      <c r="J31" s="157">
         <v>-21203</v>
       </c>
-      <c r="I31" s="157">
+      <c r="K31" s="157">
         <v>-181610.94903000002</v>
       </c>
-      <c r="J31" s="157">
+      <c r="L31" s="157">
         <v>-172489.05096999998</v>
       </c>
-      <c r="K31" s="157">
+      <c r="M31" s="157">
         <v>-139986</v>
       </c>
-      <c r="L31" s="157">
+      <c r="N31" s="157">
         <v>-451245</v>
       </c>
-      <c r="M31" s="157">
+      <c r="O31" s="157">
         <v>-140942</v>
       </c>
-      <c r="N31" s="157">
+      <c r="P31" s="157">
         <v>-86737</v>
       </c>
-      <c r="O31" s="157">
+      <c r="Q31" s="157">
         <v>-137132</v>
       </c>
-      <c r="P31" s="157">
+      <c r="R31" s="157">
         <v>-86434</v>
       </c>
-      <c r="Q31" s="157">
+      <c r="S31" s="157">
         <v>-166148</v>
       </c>
-      <c r="R31" s="157">
+      <c r="T31" s="157">
         <v>-127825</v>
       </c>
-      <c r="S31" s="157">
+      <c r="U31" s="157">
         <v>52096</v>
       </c>
-      <c r="T31" s="157">
+      <c r="V31" s="157">
         <v>-36954</v>
       </c>
-      <c r="U31" s="157">
+      <c r="W31" s="157">
         <v>-53465</v>
       </c>
-      <c r="V31" s="157">
+      <c r="X31" s="157">
         <v>-97841</v>
       </c>
-      <c r="W31" s="157">
+      <c r="Y31" s="157">
         <v>-44387</v>
       </c>
-      <c r="X31" s="157">
+      <c r="Z31" s="157">
         <v>-18231</v>
       </c>
-      <c r="Y31" s="157">
+      <c r="AA31" s="157">
         <v>-23993</v>
       </c>
-      <c r="Z31" s="157">
+      <c r="AB31" s="157">
         <v>-11230</v>
       </c>
-      <c r="AA31" s="157">
+      <c r="AC31" s="157">
         <v>-47780</v>
       </c>
-      <c r="AB31" s="157">
+      <c r="AD31" s="157">
         <v>-47780</v>
       </c>
-      <c r="AC31" s="157">
+      <c r="AE31" s="157">
         <v>-8332.6205400000035</v>
       </c>
-      <c r="AD31" s="157">
+      <c r="AF31" s="157">
         <v>-4580.0824599999905</v>
       </c>
-      <c r="AE31" s="157">
+      <c r="AG31" s="157">
         <v>12912.702999999994</v>
       </c>
-      <c r="AF31" s="157">
+      <c r="AH31" s="157">
         <v>68169</v>
       </c>
-      <c r="AG31" s="157">
+      <c r="AI31" s="157">
         <v>68169</v>
       </c>
-      <c r="AH31" s="157">
+      <c r="AJ31" s="157">
         <v>-2961</v>
       </c>
-      <c r="AI31" s="157">
+      <c r="AK31" s="157">
         <v>-911</v>
       </c>
-      <c r="AJ31" s="157">
+      <c r="AL31" s="157">
         <v>3872</v>
       </c>
-      <c r="AK31" s="157">
+      <c r="AM31" s="157">
         <v>-23589</v>
       </c>
-      <c r="AL31" s="157">
+      <c r="AN31" s="157">
         <v>9942</v>
       </c>
     </row>
-    <row r="32" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="32" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A32" s="142"/>
       <c r="B32" s="158" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="C32" s="158" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="D32" s="155">
+        <v>-25203</v>
+      </c>
+      <c r="E32" s="155">
+        <v>-4309</v>
+      </c>
+      <c r="F32" s="155">
         <v>-7594</v>
       </c>
-      <c r="E32" s="155">
+      <c r="G32" s="155">
         <v>-7509</v>
       </c>
-      <c r="F32" s="155">
+      <c r="H32" s="155">
         <v>-5791</v>
       </c>
-      <c r="G32" s="155">
+      <c r="I32" s="155">
         <v>-23016</v>
       </c>
-      <c r="H32" s="155">
+      <c r="J32" s="155">
         <v>-7435</v>
       </c>
-      <c r="I32" s="155">
+      <c r="K32" s="155">
         <v>-6527</v>
       </c>
-      <c r="J32" s="155">
+      <c r="L32" s="155">
         <v>-5437</v>
       </c>
-      <c r="K32" s="155">
+      <c r="M32" s="155">
         <v>-3617</v>
       </c>
-      <c r="L32" s="155">
+      <c r="N32" s="155">
         <v>-16483</v>
       </c>
-      <c r="M32" s="155">
+      <c r="O32" s="155">
         <v>-4032</v>
       </c>
-      <c r="N32" s="155">
+      <c r="P32" s="155">
         <v>-4257</v>
       </c>
-      <c r="O32" s="155">
+      <c r="Q32" s="155">
         <v>-4928</v>
       </c>
-      <c r="P32" s="155">
+      <c r="R32" s="155">
         <v>-3266</v>
       </c>
-      <c r="Q32" s="155">
+      <c r="S32" s="155">
         <v>-28780</v>
       </c>
-      <c r="R32" s="155">
+      <c r="T32" s="155">
         <v>-6726</v>
       </c>
-      <c r="S32" s="155">
+      <c r="U32" s="155">
         <v>-6675</v>
       </c>
-      <c r="T32" s="155">
+      <c r="V32" s="155">
         <v>-4460</v>
       </c>
-      <c r="U32" s="155">
+      <c r="W32" s="155">
         <v>-10919</v>
       </c>
-      <c r="V32" s="155">
+      <c r="X32" s="155">
         <v>-26294</v>
       </c>
-      <c r="W32" s="155">
+      <c r="Y32" s="155">
         <v>-9509</v>
       </c>
-      <c r="X32" s="155">
+      <c r="Z32" s="155">
         <v>-5488</v>
       </c>
-      <c r="Y32" s="155">
+      <c r="AA32" s="155">
         <v>-8197</v>
       </c>
-      <c r="Z32" s="155">
+      <c r="AB32" s="155">
         <v>-3100</v>
       </c>
-      <c r="AA32" s="155">
+      <c r="AC32" s="155">
         <v>-9467</v>
       </c>
-      <c r="AB32" s="155">
+      <c r="AD32" s="155">
         <v>-3810</v>
       </c>
-      <c r="AC32" s="155">
+      <c r="AE32" s="155">
         <v>-5484.6889999999985</v>
       </c>
-      <c r="AD32" s="155">
+      <c r="AF32" s="155">
         <v>2617.6889999999985</v>
       </c>
-      <c r="AE32" s="155">
+      <c r="AG32" s="155">
         <v>-2790</v>
       </c>
-      <c r="AF32" s="155">
+      <c r="AH32" s="155">
         <v>-15490</v>
       </c>
-      <c r="AG32" s="155">
+      <c r="AI32" s="155">
         <v>-3975</v>
       </c>
-      <c r="AH32" s="155">
+      <c r="AJ32" s="155">
         <v>-408</v>
       </c>
-      <c r="AI32" s="155">
+      <c r="AK32" s="155">
         <v>-3941</v>
       </c>
-      <c r="AJ32" s="155">
+      <c r="AL32" s="155">
         <v>-7166</v>
       </c>
-      <c r="AK32" s="159">
+      <c r="AM32" s="159">
         <v>-19387</v>
       </c>
-      <c r="AL32" s="159">
+      <c r="AN32" s="159">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="33" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A33" s="142"/>
       <c r="B33" s="156" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="C33" s="156" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="D33" s="157">
+        <v>8267</v>
+      </c>
+      <c r="E33" s="157">
+        <v>-771</v>
+      </c>
+      <c r="F33" s="157">
         <v>10554</v>
       </c>
-      <c r="E33" s="157">
+      <c r="G33" s="157">
         <v>-870</v>
       </c>
-      <c r="F33" s="157">
+      <c r="H33" s="157">
         <v>-646</v>
       </c>
-      <c r="G33" s="157">
+      <c r="I33" s="157">
         <v>8394</v>
       </c>
-      <c r="H33" s="157">
+      <c r="J33" s="157">
         <v>1895</v>
       </c>
-      <c r="I33" s="157">
+      <c r="K33" s="157">
         <v>262</v>
       </c>
-      <c r="J33" s="157">
+      <c r="L33" s="157">
         <v>7416</v>
       </c>
-      <c r="K33" s="157">
+      <c r="M33" s="157">
         <v>-1179</v>
       </c>
-      <c r="L33" s="157">
+      <c r="N33" s="157">
         <v>-3488</v>
       </c>
-      <c r="M33" s="157">
+      <c r="O33" s="157">
         <v>-687</v>
       </c>
-      <c r="N33" s="157">
+      <c r="P33" s="157">
         <v>720</v>
       </c>
-      <c r="O33" s="157">
+      <c r="Q33" s="157">
         <v>-1221</v>
       </c>
-      <c r="P33" s="157">
+      <c r="R33" s="157">
         <v>-2300</v>
       </c>
-      <c r="Q33" s="157">
+      <c r="S33" s="157">
         <v>1445</v>
       </c>
-      <c r="R33" s="157">
+      <c r="T33" s="157">
         <v>3881</v>
       </c>
-      <c r="S33" s="157">
+      <c r="U33" s="157">
         <v>-907</v>
       </c>
-      <c r="T33" s="157">
+      <c r="V33" s="157">
         <v>-839</v>
       </c>
-      <c r="U33" s="157">
+      <c r="W33" s="157">
         <v>-690</v>
       </c>
-      <c r="V33" s="157">
+      <c r="X33" s="157">
         <v>-2051</v>
       </c>
-      <c r="W33" s="157">
+      <c r="Y33" s="157">
         <v>669</v>
       </c>
-      <c r="X33" s="157">
+      <c r="Z33" s="157">
         <v>-2725</v>
       </c>
-      <c r="Y33" s="157">
+      <c r="AA33" s="157">
         <v>-518</v>
       </c>
-      <c r="Z33" s="157">
+      <c r="AB33" s="157">
         <v>523</v>
       </c>
-      <c r="AA33" s="157">
+      <c r="AC33" s="157">
         <v>-5635</v>
       </c>
-      <c r="AB33" s="157">
+      <c r="AD33" s="157">
         <v>-4671</v>
       </c>
-      <c r="AC33" s="157">
+      <c r="AE33" s="157">
         <v>563.46</v>
       </c>
-      <c r="AD33" s="157">
+      <c r="AF33" s="157">
         <v>-1121.46</v>
       </c>
-      <c r="AE33" s="157">
+      <c r="AG33" s="157">
         <v>-406</v>
       </c>
-      <c r="AF33" s="157">
+      <c r="AH33" s="157">
         <v>-7831</v>
       </c>
-      <c r="AG33" s="157">
+      <c r="AI33" s="157">
         <v>-9154</v>
       </c>
-      <c r="AH33" s="157">
+      <c r="AJ33" s="157">
         <v>-1743.7571199999984</v>
       </c>
-      <c r="AI33" s="157">
+      <c r="AK33" s="157">
         <v>2447.7571199999984</v>
       </c>
-      <c r="AJ33" s="157">
+      <c r="AL33" s="157">
         <v>619</v>
       </c>
-      <c r="AK33" s="157">
+      <c r="AM33" s="157">
         <v>8787</v>
       </c>
-      <c r="AL33" s="157">
+      <c r="AN33" s="157">
         <v>-4234</v>
       </c>
     </row>
-    <row r="34" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="34" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A34" s="142"/>
       <c r="B34" s="158" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="C34" s="158" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D34" s="155">
+        <v>7918</v>
+      </c>
+      <c r="E34" s="155">
+        <v>443</v>
+      </c>
+      <c r="F34" s="155">
         <v>7115</v>
       </c>
-      <c r="E34" s="155">
+      <c r="G34" s="155">
         <v>-3686</v>
       </c>
-      <c r="F34" s="155">
+      <c r="H34" s="155">
         <v>4046</v>
       </c>
-      <c r="G34" s="155">
+      <c r="I34" s="155">
         <v>-6934</v>
       </c>
-      <c r="H34" s="155">
+      <c r="J34" s="155">
         <v>-1375</v>
       </c>
-      <c r="I34" s="155">
+      <c r="K34" s="155">
         <v>2432</v>
       </c>
-      <c r="J34" s="155">
+      <c r="L34" s="155">
         <v>-3833</v>
       </c>
-      <c r="K34" s="155">
+      <c r="M34" s="155">
         <v>-4158</v>
       </c>
-      <c r="L34" s="155">
+      <c r="N34" s="155">
         <v>-7804</v>
       </c>
-      <c r="M34" s="155">
+      <c r="O34" s="155">
         <v>-3822</v>
       </c>
-      <c r="N34" s="155">
+      <c r="P34" s="155">
         <v>165</v>
       </c>
-      <c r="O34" s="155">
+      <c r="Q34" s="155">
         <v>-4230</v>
       </c>
-      <c r="P34" s="155">
+      <c r="R34" s="155">
         <v>83</v>
       </c>
-      <c r="Q34" s="155">
+      <c r="S34" s="155">
         <v>-752</v>
       </c>
-      <c r="R34" s="155">
+      <c r="T34" s="155">
         <v>-718</v>
       </c>
-      <c r="S34" s="155">
+      <c r="U34" s="155">
         <v>369</v>
       </c>
-      <c r="T34" s="155">
+      <c r="V34" s="155">
         <v>-279</v>
       </c>
-      <c r="U34" s="155">
+      <c r="W34" s="155">
         <v>-124</v>
       </c>
-      <c r="V34" s="155">
+      <c r="X34" s="155">
         <v>364</v>
       </c>
-      <c r="W34" s="155">
+      <c r="Y34" s="155">
         <v>-285</v>
       </c>
-      <c r="X34" s="155">
+      <c r="Z34" s="155">
         <v>-7</v>
       </c>
-      <c r="Y34" s="155">
+      <c r="AA34" s="155">
         <v>7452</v>
       </c>
-      <c r="Z34" s="155">
+      <c r="AB34" s="155">
         <v>-6796</v>
       </c>
-      <c r="AA34" s="155">
+      <c r="AC34" s="155">
         <v>-16756</v>
       </c>
-      <c r="AB34" s="155">
+      <c r="AD34" s="155">
         <v>17898</v>
       </c>
-      <c r="AC34" s="155">
+      <c r="AE34" s="155">
         <v>-17554.622950000004</v>
       </c>
-      <c r="AD34" s="155">
+      <c r="AF34" s="155">
         <v>-6499.8360499999908</v>
       </c>
-      <c r="AE34" s="155">
+      <c r="AG34" s="155">
         <v>-10599.541000000005</v>
       </c>
-      <c r="AF34" s="155">
+      <c r="AH34" s="155">
         <v>-62168</v>
       </c>
-      <c r="AG34" s="155">
+      <c r="AI34" s="155">
         <v>-23708</v>
       </c>
-      <c r="AH34" s="155">
+      <c r="AJ34" s="155">
         <v>-7555</v>
       </c>
-      <c r="AI34" s="155">
+      <c r="AK34" s="155">
         <v>-26445</v>
       </c>
-      <c r="AJ34" s="155">
+      <c r="AL34" s="155">
         <v>-4460</v>
       </c>
-      <c r="AK34" s="155">
+      <c r="AM34" s="155">
         <v>42133</v>
       </c>
-      <c r="AL34" s="155">
+      <c r="AN34" s="155">
         <v>-4503</v>
       </c>
     </row>
-    <row r="35" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="35" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A35" s="142"/>
       <c r="B35" s="156" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C35" s="156" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D35" s="157">
+        <v>5548</v>
+      </c>
+      <c r="E35" s="157">
+        <v>2250</v>
+      </c>
+      <c r="F35" s="157">
         <v>2000</v>
       </c>
-      <c r="E35" s="157">
+      <c r="G35" s="157">
         <v>800</v>
       </c>
-      <c r="F35" s="157">
+      <c r="H35" s="157">
         <v>498</v>
       </c>
-      <c r="G35" s="157">
+      <c r="I35" s="157">
         <v>4854</v>
       </c>
-      <c r="H35" s="157">
+      <c r="J35" s="157">
         <v>24</v>
       </c>
-      <c r="I35" s="157">
+      <c r="K35" s="157">
         <v>4074</v>
       </c>
-      <c r="J35" s="157">
+      <c r="L35" s="157">
         <v>623</v>
       </c>
-      <c r="K35" s="157">
+      <c r="M35" s="157">
         <v>133</v>
       </c>
-      <c r="L35" s="157">
+      <c r="N35" s="157">
         <v>5712</v>
       </c>
-      <c r="M35" s="157">
+      <c r="O35" s="157">
         <v>1121</v>
       </c>
-      <c r="N35" s="157">
+      <c r="P35" s="157">
         <v>2462</v>
       </c>
-      <c r="O35" s="157">
+      <c r="Q35" s="157">
         <v>280</v>
       </c>
-      <c r="P35" s="157">
+      <c r="R35" s="157">
         <v>1849</v>
       </c>
-      <c r="Q35" s="157">
+      <c r="S35" s="157">
         <v>2197</v>
       </c>
-      <c r="R35" s="157">
+      <c r="T35" s="157">
         <v>2028</v>
       </c>
-      <c r="S35" s="157">
+      <c r="U35" s="157">
         <v>112</v>
       </c>
-      <c r="T35" s="157">
+      <c r="V35" s="157">
         <v>54</v>
       </c>
-      <c r="U35" s="157">
+      <c r="W35" s="157">
         <v>3</v>
       </c>
-      <c r="V35" s="160">
+      <c r="X35" s="160">
         <v>4285</v>
       </c>
-      <c r="W35" s="157">
+      <c r="Y35" s="157">
         <v>92</v>
       </c>
-      <c r="X35" s="157">
+      <c r="Z35" s="157">
         <v>2101</v>
       </c>
-      <c r="Y35" s="157">
+      <c r="AA35" s="157">
         <v>2025</v>
       </c>
-      <c r="Z35" s="157">
+      <c r="AB35" s="157">
         <v>67</v>
       </c>
-      <c r="AA35" s="160">
+      <c r="AC35" s="160">
         <v>5675</v>
       </c>
-      <c r="AB35" s="157">
+      <c r="AD35" s="157">
         <v>153</v>
       </c>
-      <c r="AC35" s="157">
+      <c r="AE35" s="157">
         <v>5522</v>
       </c>
-      <c r="AD35" s="157">
+      <c r="AF35" s="157">
         <v>0</v>
       </c>
-      <c r="AE35" s="160">
+      <c r="AG35" s="160">
         <v>0</v>
       </c>
-      <c r="AF35" s="160">
+      <c r="AH35" s="160">
         <v>0</v>
       </c>
-      <c r="AG35" s="157">
+      <c r="AI35" s="157">
         <v>-548</v>
       </c>
-      <c r="AH35" s="157">
+      <c r="AJ35" s="157">
         <v>548</v>
       </c>
-      <c r="AI35" s="157">
+      <c r="AK35" s="157">
         <v>0</v>
       </c>
-      <c r="AJ35" s="157">
+      <c r="AL35" s="157">
         <v>0</v>
       </c>
-      <c r="AK35" s="160">
+      <c r="AM35" s="160">
         <v>1044</v>
       </c>
-      <c r="AL35" s="160">
+      <c r="AN35" s="160">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="36" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A36" s="142"/>
       <c r="B36" s="161" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C36" s="161" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="D36" s="155">
+        <v>-139608</v>
+      </c>
+      <c r="E36" s="155">
+        <v>-51883</v>
+      </c>
+      <c r="F36" s="155">
         <v>-31861</v>
       </c>
-      <c r="E36" s="155">
+      <c r="G36" s="155">
         <v>-44109</v>
       </c>
-      <c r="F36" s="155">
+      <c r="H36" s="155">
         <v>-11755</v>
       </c>
-      <c r="G36" s="155">
+      <c r="I36" s="155">
         <v>-104065</v>
       </c>
-      <c r="H36" s="155">
+      <c r="J36" s="155">
         <v>-47641</v>
       </c>
-      <c r="I36" s="155">
+      <c r="K36" s="155">
         <v>-18195</v>
       </c>
-      <c r="J36" s="155">
+      <c r="L36" s="155">
         <v>-13395</v>
       </c>
-      <c r="K36" s="155">
+      <c r="M36" s="155">
         <v>-24834</v>
       </c>
-      <c r="L36" s="155">
+      <c r="N36" s="155">
         <v>-66642</v>
       </c>
-      <c r="M36" s="155">
+      <c r="O36" s="155">
         <v>-15073</v>
       </c>
-      <c r="N36" s="155">
+      <c r="P36" s="155">
         <v>-20778</v>
       </c>
-      <c r="O36" s="155">
+      <c r="Q36" s="155">
         <v>-9585</v>
       </c>
-      <c r="P36" s="155">
+      <c r="R36" s="155">
         <v>-21206</v>
       </c>
-      <c r="Q36" s="155">
+      <c r="S36" s="155">
         <v>-42727</v>
       </c>
-      <c r="R36" s="155">
+      <c r="T36" s="155">
         <v>-10321</v>
       </c>
-      <c r="S36" s="155">
+      <c r="U36" s="155">
         <v>-16021</v>
       </c>
-      <c r="T36" s="155">
+      <c r="V36" s="155">
         <v>-5801</v>
       </c>
-      <c r="U36" s="155">
+      <c r="W36" s="155">
         <v>-10584</v>
       </c>
-      <c r="V36" s="155">
+      <c r="X36" s="155">
         <v>-7508</v>
       </c>
-      <c r="W36" s="155">
+      <c r="Y36" s="155">
         <v>-1209</v>
       </c>
-      <c r="X36" s="155">
+      <c r="Z36" s="155">
         <v>-1158</v>
       </c>
-      <c r="Y36" s="155">
+      <c r="AA36" s="155">
         <v>-4147</v>
       </c>
-      <c r="Z36" s="155">
+      <c r="AB36" s="155">
         <v>-994</v>
       </c>
-      <c r="AA36" s="155">
+      <c r="AC36" s="155">
         <v>-20296</v>
       </c>
-      <c r="AB36" s="155">
+      <c r="AD36" s="155">
         <v>547.99999999999818</v>
       </c>
-      <c r="AC36" s="155">
+      <c r="AE36" s="155">
         <v>-9152.6656399999993</v>
       </c>
-      <c r="AD36" s="155">
+      <c r="AF36" s="155">
         <v>-3117.3343599999989</v>
       </c>
-      <c r="AE36" s="155">
+      <c r="AG36" s="155">
         <v>-8574</v>
       </c>
-      <c r="AF36" s="155">
+      <c r="AH36" s="155">
         <v>-24015</v>
       </c>
-      <c r="AG36" s="155">
+      <c r="AI36" s="155">
         <v>-2576.9999999999982</v>
       </c>
-      <c r="AH36" s="155">
+      <c r="AJ36" s="155">
         <v>-8932.4824600000011</v>
       </c>
-      <c r="AI36" s="155">
+      <c r="AK36" s="155">
         <v>-3672.6564200000012</v>
       </c>
-      <c r="AJ36" s="155">
+      <c r="AL36" s="155">
         <v>-8832.8611199999996</v>
       </c>
-      <c r="AK36" s="155">
+      <c r="AM36" s="155">
         <v>-49044</v>
       </c>
-      <c r="AL36" s="155">
+      <c r="AN36" s="155">
         <v>-23642</v>
       </c>
     </row>
-    <row r="37" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="37" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A37" s="142"/>
       <c r="B37" s="162" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="C37" s="162" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D37" s="157">
+        <v>-115255</v>
+      </c>
+      <c r="E37" s="157">
+        <v>-35813</v>
+      </c>
+      <c r="F37" s="157">
         <v>-33839</v>
       </c>
-      <c r="E37" s="157">
+      <c r="G37" s="157">
         <v>-25751</v>
       </c>
-      <c r="F37" s="157">
+      <c r="H37" s="157">
         <v>-19852</v>
       </c>
-      <c r="G37" s="157">
+      <c r="I37" s="157">
         <v>-79160</v>
       </c>
-      <c r="H37" s="157">
+      <c r="J37" s="157">
         <v>-23642.400399929698</v>
       </c>
-      <c r="I37" s="157">
+      <c r="K37" s="157">
         <v>-20597.599600070302</v>
       </c>
-      <c r="J37" s="157">
+      <c r="L37" s="157">
         <v>-19377</v>
       </c>
-      <c r="K37" s="157">
+      <c r="M37" s="157">
         <v>-15543</v>
       </c>
-      <c r="L37" s="157">
+      <c r="N37" s="157">
         <v>-60095</v>
       </c>
-      <c r="M37" s="157">
+      <c r="O37" s="157">
         <v>-17881</v>
       </c>
-      <c r="N37" s="157">
+      <c r="P37" s="157">
         <v>-16225</v>
       </c>
-      <c r="O37" s="157">
+      <c r="Q37" s="157">
         <v>-14235</v>
       </c>
-      <c r="P37" s="157">
+      <c r="R37" s="157">
         <v>-11754</v>
       </c>
-      <c r="Q37" s="157">
+      <c r="S37" s="157">
         <v>-37496</v>
       </c>
-      <c r="R37" s="157">
+      <c r="T37" s="157">
         <v>-5864</v>
       </c>
-      <c r="S37" s="157">
+      <c r="U37" s="157">
         <v>-12499</v>
       </c>
-      <c r="T37" s="157">
+      <c r="V37" s="157">
         <v>-12339</v>
       </c>
-      <c r="U37" s="157">
+      <c r="W37" s="157">
         <v>-6794</v>
       </c>
-      <c r="V37" s="157">
+      <c r="X37" s="157">
         <v>-30072</v>
       </c>
-      <c r="W37" s="157">
+      <c r="Y37" s="157">
         <v>-7279</v>
       </c>
-      <c r="X37" s="157">
+      <c r="Z37" s="157">
         <v>-10104</v>
       </c>
-      <c r="Y37" s="157">
+      <c r="AA37" s="157">
         <v>-7302</v>
       </c>
-      <c r="Z37" s="157">
+      <c r="AB37" s="157">
         <v>-5387</v>
       </c>
-      <c r="AA37" s="157">
+      <c r="AC37" s="157">
         <v>-19888</v>
       </c>
-      <c r="AB37" s="157">
+      <c r="AD37" s="157">
         <v>-1856</v>
       </c>
-      <c r="AC37" s="157">
+      <c r="AE37" s="157">
         <v>-5900.9873900000002</v>
       </c>
-      <c r="AD37" s="157">
+      <c r="AF37" s="157">
         <v>-5060.0126099999998</v>
       </c>
-      <c r="AE37" s="157">
+      <c r="AG37" s="157">
         <v>-7071</v>
       </c>
-      <c r="AF37" s="157">
+      <c r="AH37" s="157">
         <v>-21283</v>
       </c>
-      <c r="AG37" s="157">
+      <c r="AI37" s="157">
         <v>-5320.75</v>
       </c>
-      <c r="AH37" s="157">
+      <c r="AJ37" s="157">
         <v>-6341.4150000000009</v>
       </c>
-      <c r="AI37" s="157">
+      <c r="AK37" s="157">
         <v>-5053.8349999999991</v>
       </c>
-      <c r="AJ37" s="157">
+      <c r="AL37" s="157">
         <v>-4567</v>
       </c>
-      <c r="AK37" s="157">
+      <c r="AM37" s="157">
         <v>-16901</v>
       </c>
-      <c r="AL37" s="157">
+      <c r="AN37" s="157">
         <v>-13399</v>
       </c>
     </row>
-    <row r="38" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="38" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A38" s="142"/>
       <c r="B38" s="146"/>
       <c r="C38" s="146"/>
       <c r="D38" s="155"/>
       <c r="E38" s="155"/>
       <c r="F38" s="155"/>
       <c r="G38" s="155"/>
       <c r="H38" s="155"/>
       <c r="I38" s="155"/>
       <c r="J38" s="155"/>
       <c r="K38" s="155"/>
       <c r="L38" s="155"/>
       <c r="M38" s="155"/>
       <c r="N38" s="155"/>
       <c r="O38" s="155"/>
       <c r="P38" s="155"/>
       <c r="Q38" s="155"/>
       <c r="R38" s="155"/>
       <c r="S38" s="155"/>
       <c r="T38" s="155"/>
       <c r="U38" s="155"/>
       <c r="V38" s="155"/>
       <c r="W38" s="155"/>
       <c r="X38" s="155"/>
       <c r="Y38" s="155"/>
       <c r="Z38" s="155"/>
       <c r="AA38" s="155"/>
       <c r="AB38" s="155"/>
       <c r="AC38" s="155"/>
       <c r="AD38" s="155"/>
       <c r="AE38" s="155"/>
       <c r="AF38" s="155"/>
       <c r="AG38" s="155"/>
       <c r="AH38" s="155"/>
       <c r="AI38" s="155"/>
       <c r="AJ38" s="155"/>
       <c r="AK38" s="155"/>
       <c r="AL38" s="155"/>
+      <c r="AM38" s="155"/>
+      <c r="AN38" s="155"/>
     </row>
-    <row r="39" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="39" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A39" s="142"/>
       <c r="B39" s="178" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C39" s="178" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D39" s="163">
+        <v>747046</v>
+      </c>
+      <c r="E39" s="163">
+        <v>312332</v>
+      </c>
+      <c r="F39" s="163">
         <v>271006.00000000012</v>
       </c>
-      <c r="E39" s="163">
+      <c r="G39" s="163">
         <v>105844.99999999988</v>
       </c>
-      <c r="F39" s="163">
+      <c r="H39" s="163">
         <v>57863</v>
       </c>
-      <c r="G39" s="163">
+      <c r="I39" s="163">
         <v>479564</v>
       </c>
-      <c r="H39" s="163">
+      <c r="J39" s="163">
         <v>167927.59960007036</v>
       </c>
-      <c r="I39" s="163">
+      <c r="K39" s="163">
         <v>114104</v>
       </c>
-      <c r="J39" s="163">
+      <c r="L39" s="163">
         <v>173094</v>
       </c>
-      <c r="K39" s="163">
+      <c r="M39" s="163">
         <v>24438</v>
       </c>
-      <c r="L39" s="163">
+      <c r="N39" s="163">
         <v>455902</v>
       </c>
-      <c r="M39" s="163">
+      <c r="O39" s="163">
         <v>154885</v>
       </c>
-      <c r="N39" s="163">
+      <c r="P39" s="163">
         <v>137791</v>
       </c>
-      <c r="O39" s="163">
+      <c r="Q39" s="163">
         <v>106372</v>
       </c>
-      <c r="P39" s="163">
+      <c r="R39" s="163">
         <v>19409</v>
       </c>
-      <c r="Q39" s="163">
+      <c r="S39" s="163">
         <v>347366</v>
       </c>
-      <c r="R39" s="163">
+      <c r="T39" s="163">
         <v>154885</v>
       </c>
-      <c r="S39" s="163">
+      <c r="U39" s="163">
         <v>70903</v>
       </c>
-      <c r="T39" s="163">
+      <c r="V39" s="163">
         <v>94261</v>
       </c>
-      <c r="U39" s="163">
+      <c r="W39" s="163">
         <v>27317</v>
       </c>
-      <c r="V39" s="163">
+      <c r="X39" s="163">
         <v>382294</v>
       </c>
-      <c r="W39" s="163">
+      <c r="Y39" s="163">
         <v>210711</v>
       </c>
-      <c r="X39" s="163">
+      <c r="Z39" s="163">
         <v>78369</v>
       </c>
-      <c r="Y39" s="163">
+      <c r="AA39" s="163">
         <v>78624</v>
       </c>
-      <c r="Z39" s="163">
+      <c r="AB39" s="163">
         <v>14590</v>
       </c>
-      <c r="AA39" s="163">
+      <c r="AC39" s="163">
         <v>178080</v>
       </c>
-      <c r="AB39" s="163">
+      <c r="AD39" s="163">
         <v>51347.864159999997</v>
       </c>
-      <c r="AC39" s="163">
+      <c r="AE39" s="163">
         <v>55153.828510000021</v>
       </c>
-      <c r="AD39" s="163">
+      <c r="AF39" s="163">
         <v>67057.592679999987</v>
       </c>
-      <c r="AE39" s="163">
+      <c r="AG39" s="163">
         <v>4520.7146499999581</v>
       </c>
-      <c r="AF39" s="163">
+      <c r="AH39" s="163">
         <v>146719</v>
       </c>
-      <c r="AG39" s="163">
+      <c r="AI39" s="163">
         <v>86196.191999999923</v>
       </c>
-      <c r="AH39" s="163">
+      <c r="AJ39" s="163">
         <v>38067.892080000071</v>
       </c>
-      <c r="AI39" s="163">
+      <c r="AK39" s="163">
         <v>25228.777040000008</v>
       </c>
-      <c r="AJ39" s="163">
+      <c r="AL39" s="163">
         <v>-2773.8611199999996</v>
       </c>
-      <c r="AK39" s="163">
+      <c r="AM39" s="163">
         <v>157207</v>
       </c>
-      <c r="AL39" s="163">
+      <c r="AN39" s="163">
         <v>95846</v>
       </c>
     </row>
-    <row r="40" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="40" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A40" s="142"/>
       <c r="B40" s="146"/>
       <c r="C40" s="146"/>
       <c r="D40" s="155"/>
       <c r="E40" s="155"/>
       <c r="F40" s="155"/>
       <c r="G40" s="155"/>
       <c r="H40" s="155"/>
       <c r="I40" s="155"/>
       <c r="J40" s="155"/>
       <c r="K40" s="155"/>
       <c r="L40" s="155"/>
       <c r="M40" s="155"/>
       <c r="N40" s="155"/>
       <c r="O40" s="155"/>
       <c r="P40" s="155"/>
       <c r="Q40" s="155"/>
       <c r="R40" s="155"/>
       <c r="S40" s="155"/>
       <c r="T40" s="155"/>
       <c r="U40" s="155"/>
       <c r="V40" s="155"/>
       <c r="W40" s="155"/>
       <c r="X40" s="155"/>
       <c r="Y40" s="155"/>
       <c r="Z40" s="155"/>
       <c r="AA40" s="155"/>
       <c r="AB40" s="155"/>
       <c r="AC40" s="155"/>
       <c r="AD40" s="155"/>
       <c r="AE40" s="155"/>
       <c r="AF40" s="155"/>
       <c r="AG40" s="155"/>
       <c r="AH40" s="155"/>
       <c r="AI40" s="155"/>
       <c r="AJ40" s="155"/>
       <c r="AK40" s="155"/>
       <c r="AL40" s="155"/>
+      <c r="AM40" s="155"/>
+      <c r="AN40" s="155"/>
     </row>
-    <row r="41" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="41" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A41" s="142"/>
       <c r="B41" s="149" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C41" s="149" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D41" s="155"/>
       <c r="E41" s="155"/>
       <c r="F41" s="155"/>
       <c r="G41" s="155"/>
       <c r="H41" s="155"/>
       <c r="I41" s="155"/>
       <c r="J41" s="155"/>
       <c r="K41" s="155"/>
       <c r="L41" s="155"/>
       <c r="M41" s="155"/>
       <c r="N41" s="155"/>
       <c r="O41" s="155"/>
       <c r="P41" s="155"/>
       <c r="Q41" s="155"/>
       <c r="R41" s="155"/>
       <c r="S41" s="155"/>
       <c r="T41" s="155"/>
       <c r="U41" s="155"/>
       <c r="V41" s="155"/>
       <c r="W41" s="155"/>
       <c r="X41" s="155"/>
       <c r="Y41" s="155"/>
       <c r="Z41" s="155"/>
       <c r="AA41" s="155"/>
       <c r="AB41" s="155"/>
       <c r="AC41" s="155"/>
       <c r="AD41" s="155"/>
       <c r="AE41" s="155"/>
       <c r="AF41" s="155"/>
       <c r="AG41" s="155"/>
       <c r="AH41" s="155"/>
       <c r="AI41" s="155"/>
       <c r="AJ41" s="155"/>
       <c r="AK41" s="155"/>
       <c r="AL41" s="155"/>
+      <c r="AM41" s="155"/>
+      <c r="AN41" s="155"/>
     </row>
-    <row r="42" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="42" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A42" s="142"/>
       <c r="B42" s="164" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C42" s="164" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D42" s="165">
+        <v>5469</v>
+      </c>
+      <c r="E42" s="165">
+        <v>60748</v>
+      </c>
+      <c r="F42" s="165">
         <v>-678</v>
       </c>
-      <c r="E42" s="165">
+      <c r="G42" s="165">
         <v>16469</v>
       </c>
-      <c r="F42" s="165">
+      <c r="H42" s="165">
         <v>-71070</v>
       </c>
-      <c r="G42" s="165">
+      <c r="I42" s="165">
         <v>-92373</v>
       </c>
-      <c r="H42" s="165">
+      <c r="J42" s="165">
         <v>223944</v>
       </c>
-      <c r="I42" s="165">
+      <c r="K42" s="165">
         <v>3542</v>
       </c>
-      <c r="J42" s="165">
+      <c r="L42" s="165">
         <v>-304425</v>
       </c>
-      <c r="K42" s="165">
+      <c r="M42" s="165">
         <v>-15434</v>
       </c>
-      <c r="L42" s="165">
+      <c r="N42" s="165">
         <v>-121477</v>
       </c>
-      <c r="M42" s="165">
+      <c r="O42" s="165">
         <v>30364</v>
       </c>
-      <c r="N42" s="165">
+      <c r="P42" s="165">
         <v>-100309</v>
       </c>
-      <c r="O42" s="165">
+      <c r="Q42" s="165">
         <v>-19030</v>
       </c>
-      <c r="P42" s="165">
+      <c r="R42" s="165">
         <v>-32502</v>
       </c>
-      <c r="Q42" s="165">
+      <c r="S42" s="165">
         <v>-8638</v>
       </c>
-      <c r="R42" s="165">
+      <c r="T42" s="165">
         <v>13224</v>
       </c>
-      <c r="S42" s="165">
+      <c r="U42" s="165">
         <v>-14483</v>
       </c>
-      <c r="T42" s="165">
+      <c r="V42" s="165">
         <v>15744</v>
       </c>
-      <c r="U42" s="165">
+      <c r="W42" s="165">
         <v>-23123</v>
       </c>
-      <c r="V42" s="165">
+      <c r="X42" s="165">
         <v>-78751</v>
       </c>
-      <c r="W42" s="165">
+      <c r="Y42" s="165">
         <v>-78230</v>
       </c>
-      <c r="X42" s="165">
+      <c r="Z42" s="165">
         <v>-38903</v>
       </c>
-      <c r="Y42" s="165">
+      <c r="AA42" s="165">
         <v>5282</v>
       </c>
-      <c r="Z42" s="165">
+      <c r="AB42" s="165">
         <v>33100</v>
       </c>
-      <c r="AA42" s="165">
+      <c r="AC42" s="165">
         <v>-74926</v>
       </c>
-      <c r="AB42" s="165">
+      <c r="AD42" s="165">
         <v>-59596</v>
       </c>
-      <c r="AC42" s="165">
+      <c r="AE42" s="165">
         <v>-12412.239239999995</v>
       </c>
-      <c r="AD42" s="165">
+      <c r="AF42" s="165">
         <v>3235.0582399999985</v>
       </c>
-      <c r="AE42" s="165">
+      <c r="AG42" s="165">
         <v>-6152.8190000000031</v>
       </c>
-      <c r="AF42" s="165">
+      <c r="AH42" s="165">
         <v>14719</v>
       </c>
-      <c r="AG42" s="165">
+      <c r="AI42" s="165">
         <v>-6449</v>
       </c>
-      <c r="AH42" s="165">
+      <c r="AJ42" s="165">
         <v>-58398</v>
       </c>
-      <c r="AI42" s="165">
+      <c r="AK42" s="165">
         <v>59765</v>
       </c>
-      <c r="AJ42" s="165">
+      <c r="AL42" s="165">
         <v>19801</v>
       </c>
-      <c r="AK42" s="165">
+      <c r="AM42" s="165">
         <v>-25006</v>
       </c>
-      <c r="AL42" s="165">
+      <c r="AN42" s="165">
         <v>-16699</v>
       </c>
     </row>
-    <row r="43" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="43" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A43" s="142"/>
       <c r="B43" s="166" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C43" s="166" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D43" s="155">
+        <v>2905</v>
+      </c>
+      <c r="E43" s="155">
+        <v>830</v>
+      </c>
+      <c r="F43" s="155">
         <v>0</v>
       </c>
-      <c r="E43" s="155">
+      <c r="G43" s="155">
         <v>0</v>
       </c>
-      <c r="F43" s="155">
+      <c r="H43" s="155">
         <v>2075</v>
       </c>
-      <c r="G43" s="155">
+      <c r="I43" s="155">
         <v>2306</v>
       </c>
-      <c r="H43" s="155">
+      <c r="J43" s="155">
         <v>1614</v>
       </c>
-      <c r="I43" s="155">
+      <c r="K43" s="155">
         <v>1211</v>
       </c>
-      <c r="J43" s="155">
+      <c r="L43" s="155">
         <v>-1686</v>
       </c>
-      <c r="K43" s="155">
+      <c r="M43" s="155">
         <v>1167</v>
       </c>
-      <c r="L43" s="155">
+      <c r="N43" s="155">
         <v>-10751</v>
       </c>
-      <c r="M43" s="155">
+      <c r="O43" s="155">
         <v>-10932</v>
       </c>
-      <c r="N43" s="155">
+      <c r="P43" s="155">
         <v>967</v>
       </c>
-      <c r="O43" s="155">
+      <c r="Q43" s="155">
         <v>-852</v>
       </c>
-      <c r="P43" s="155">
+      <c r="R43" s="155">
         <v>66</v>
       </c>
-      <c r="Q43" s="155">
+      <c r="S43" s="155">
         <v>-6226</v>
       </c>
-      <c r="R43" s="155">
+      <c r="T43" s="155">
         <v>47</v>
       </c>
-      <c r="S43" s="155">
+      <c r="U43" s="155">
         <v>-1982</v>
       </c>
-      <c r="T43" s="155">
+      <c r="V43" s="155">
         <v>-3005</v>
       </c>
-      <c r="U43" s="155">
+      <c r="W43" s="155">
         <v>-1286</v>
       </c>
-      <c r="V43" s="155">
+      <c r="X43" s="155">
         <v>-6067</v>
       </c>
-      <c r="W43" s="155">
+      <c r="Y43" s="155">
         <v>-1218</v>
       </c>
-      <c r="X43" s="155">
+      <c r="Z43" s="155">
         <v>-484</v>
       </c>
-      <c r="Y43" s="155">
+      <c r="AA43" s="155">
         <v>-3661</v>
       </c>
-      <c r="Z43" s="155">
+      <c r="AB43" s="155">
         <v>-704</v>
       </c>
-      <c r="AA43" s="155">
+      <c r="AC43" s="155">
         <v>1041</v>
       </c>
-      <c r="AB43" s="155">
+      <c r="AD43" s="155">
         <v>2104</v>
       </c>
-      <c r="AC43" s="155">
+      <c r="AE43" s="155">
         <v>4310</v>
       </c>
-      <c r="AD43" s="155">
+      <c r="AF43" s="155">
         <v>-5620</v>
       </c>
-      <c r="AE43" s="155">
+      <c r="AG43" s="155">
         <v>247</v>
       </c>
-      <c r="AF43" s="155">
+      <c r="AH43" s="155">
         <v>-1034</v>
       </c>
-      <c r="AG43" s="155">
+      <c r="AI43" s="155">
         <v>1434.9999999999998</v>
       </c>
-      <c r="AH43" s="155">
+      <c r="AJ43" s="155">
         <v>-2077.9833000000008</v>
       </c>
-      <c r="AI43" s="155">
+      <c r="AK43" s="155">
         <v>442.98330000000101</v>
       </c>
-      <c r="AJ43" s="155">
+      <c r="AL43" s="155">
         <v>-834</v>
       </c>
-      <c r="AK43" s="155">
+      <c r="AM43" s="155">
         <v>-1084</v>
       </c>
-      <c r="AL43" s="155">
+      <c r="AN43" s="155">
         <v>-890</v>
       </c>
     </row>
-    <row r="44" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="44" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A44" s="142"/>
       <c r="B44" s="164" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="C44" s="164" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D44" s="165">
         <v>0</v>
       </c>
       <c r="E44" s="165">
         <v>0</v>
       </c>
       <c r="F44" s="165">
         <v>0</v>
       </c>
       <c r="G44" s="165">
-        <v>66000</v>
+        <v>0</v>
       </c>
       <c r="H44" s="165">
         <v>0</v>
       </c>
       <c r="I44" s="165">
+        <v>66000</v>
+      </c>
+      <c r="J44" s="165">
+        <v>0</v>
+      </c>
+      <c r="K44" s="165">
         <v>26000</v>
       </c>
-      <c r="J44" s="165">
+      <c r="L44" s="165">
         <v>40000</v>
       </c>
-      <c r="K44" s="165">
+      <c r="M44" s="165">
         <v>0</v>
       </c>
-      <c r="L44" s="165">
+      <c r="N44" s="165">
         <v>-915</v>
       </c>
-      <c r="M44" s="165">
+      <c r="O44" s="165">
         <v>-2</v>
       </c>
-      <c r="N44" s="165">
+      <c r="P44" s="165">
         <v>-30</v>
       </c>
-      <c r="O44" s="165">
+      <c r="Q44" s="165">
         <v>-128</v>
       </c>
-      <c r="P44" s="165">
+      <c r="R44" s="165">
         <v>-755</v>
       </c>
-      <c r="Q44" s="165">
+      <c r="S44" s="165">
         <v>-7385</v>
       </c>
-      <c r="R44" s="165">
+      <c r="T44" s="165">
         <v>-7385</v>
       </c>
-      <c r="S44" s="165">
+      <c r="U44" s="165">
         <v>5746</v>
       </c>
-      <c r="T44" s="165">
+      <c r="V44" s="165">
         <v>-1709</v>
       </c>
-      <c r="U44" s="165">
+      <c r="W44" s="165">
         <v>-4037</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="X44" s="165">
         <v>0</v>
       </c>
       <c r="Y44" s="165">
         <v>0</v>
       </c>
       <c r="Z44" s="165">
         <v>0</v>
       </c>
       <c r="AA44" s="165">
         <v>0</v>
       </c>
       <c r="AB44" s="165">
         <v>0</v>
       </c>
       <c r="AC44" s="165">
         <v>0</v>
       </c>
       <c r="AD44" s="165">
         <v>0</v>
       </c>
       <c r="AE44" s="165">
         <v>0</v>
       </c>
       <c r="AF44" s="165">
         <v>0</v>
       </c>
       <c r="AG44" s="165">
         <v>0</v>
       </c>
       <c r="AH44" s="165">
         <v>0</v>
       </c>
       <c r="AI44" s="165">
         <v>0</v>
       </c>
       <c r="AJ44" s="165">
         <v>0</v>
       </c>
       <c r="AK44" s="165">
         <v>0</v>
       </c>
       <c r="AL44" s="165">
         <v>0</v>
       </c>
+      <c r="AM44" s="165">
+        <v>0</v>
+      </c>
+      <c r="AN44" s="165">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="45" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A45" s="142"/>
       <c r="B45" s="166" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C45" s="166" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D45" s="159">
+        <v>-34480</v>
+      </c>
+      <c r="E45" s="159">
+        <v>-9760</v>
+      </c>
+      <c r="F45" s="159">
         <v>-8645</v>
       </c>
-      <c r="E45" s="159">
+      <c r="G45" s="159">
         <v>-7259</v>
       </c>
-      <c r="F45" s="159">
+      <c r="H45" s="159">
         <v>-8816</v>
       </c>
-      <c r="G45" s="159">
+      <c r="I45" s="159">
         <v>-37640</v>
       </c>
-      <c r="H45" s="159">
+      <c r="J45" s="159">
         <v>-10607</v>
       </c>
-      <c r="I45" s="159">
+      <c r="K45" s="159">
         <v>-10833</v>
       </c>
-      <c r="J45" s="159">
+      <c r="L45" s="159">
         <v>-7072</v>
       </c>
-      <c r="K45" s="159">
+      <c r="M45" s="159">
         <v>-9128</v>
       </c>
-      <c r="L45" s="159">
+      <c r="N45" s="159">
         <v>-36182</v>
       </c>
-      <c r="M45" s="159">
+      <c r="O45" s="159">
         <v>-7971</v>
       </c>
-      <c r="N45" s="159">
+      <c r="P45" s="159">
         <v>-6189</v>
       </c>
-      <c r="O45" s="159">
+      <c r="Q45" s="159">
         <v>-8152</v>
       </c>
-      <c r="P45" s="159">
+      <c r="R45" s="159">
         <v>-13870</v>
       </c>
-      <c r="Q45" s="159">
+      <c r="S45" s="159">
         <v>-18763</v>
       </c>
-      <c r="R45" s="159">
+      <c r="T45" s="159">
         <v>-12210</v>
       </c>
-      <c r="S45" s="159">
+      <c r="U45" s="159">
         <v>800</v>
       </c>
-      <c r="T45" s="159">
+      <c r="V45" s="159">
         <v>-3383</v>
       </c>
-      <c r="U45" s="159">
+      <c r="W45" s="159">
         <v>-3970</v>
       </c>
-      <c r="V45" s="155">
+      <c r="X45" s="155">
         <v>-31701</v>
       </c>
-      <c r="W45" s="159">
+      <c r="Y45" s="159">
         <v>-6369</v>
       </c>
-      <c r="X45" s="159">
+      <c r="Z45" s="159">
         <v>-7054</v>
       </c>
-      <c r="Y45" s="159">
+      <c r="AA45" s="159">
         <v>-8154</v>
       </c>
-      <c r="Z45" s="159">
+      <c r="AB45" s="159">
         <v>-10124</v>
       </c>
-      <c r="AA45" s="155">
+      <c r="AC45" s="155">
         <v>-17699</v>
       </c>
-      <c r="AB45" s="159">
+      <c r="AD45" s="159">
         <v>-5452</v>
       </c>
-      <c r="AC45" s="159">
+      <c r="AE45" s="159">
         <v>-5230</v>
       </c>
-      <c r="AD45" s="159">
+      <c r="AF45" s="159">
         <v>-3535</v>
       </c>
-      <c r="AE45" s="155">
+      <c r="AG45" s="155">
         <v>-3482</v>
       </c>
-      <c r="AF45" s="155">
+      <c r="AH45" s="155">
         <v>-12281</v>
       </c>
-      <c r="AG45" s="159">
+      <c r="AI45" s="159">
         <v>-4364</v>
       </c>
-      <c r="AH45" s="159">
+      <c r="AJ45" s="159">
         <v>-5348</v>
       </c>
-      <c r="AI45" s="159">
+      <c r="AK45" s="159">
         <v>-61</v>
       </c>
-      <c r="AJ45" s="155">
+      <c r="AL45" s="155">
         <v>-2508</v>
       </c>
-      <c r="AK45" s="167">
+      <c r="AM45" s="167">
         <v>-2566</v>
       </c>
-      <c r="AL45" s="167">
+      <c r="AN45" s="167">
         <v>-5295</v>
       </c>
     </row>
-    <row r="46" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="46" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A46" s="142"/>
       <c r="B46" s="179" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C46" s="164" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="D46" s="165"/>
+        <v>414</v>
+      </c>
+      <c r="D46" s="165">
+        <v>0</v>
+      </c>
       <c r="E46" s="165">
         <v>0</v>
       </c>
-      <c r="F46" s="165">
-[...1 lines deleted...]
-      </c>
+      <c r="F46" s="165"/>
       <c r="G46" s="165">
         <v>0</v>
       </c>
       <c r="H46" s="165">
         <v>0</v>
       </c>
-      <c r="I46" s="165" t="s">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="I46" s="165">
+        <v>0</v>
+      </c>
+      <c r="J46" s="165">
+        <v>0</v>
       </c>
       <c r="K46" s="165" t="s">
         <v>54</v>
       </c>
       <c r="L46" s="165" t="s">
         <v>54</v>
       </c>
       <c r="M46" s="165" t="s">
         <v>54</v>
       </c>
       <c r="N46" s="165" t="s">
         <v>54</v>
       </c>
       <c r="O46" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="P46" s="165">
-        <v>0</v>
+      <c r="P46" s="165" t="s">
+        <v>54</v>
       </c>
       <c r="Q46" s="165" t="s">
         <v>54</v>
       </c>
       <c r="R46" s="165">
+        <v>0</v>
+      </c>
+      <c r="S46" s="165" t="s">
+        <v>54</v>
+      </c>
+      <c r="T46" s="165">
         <v>10906</v>
       </c>
-      <c r="S46" s="165">
+      <c r="U46" s="165">
         <v>-10906</v>
       </c>
-      <c r="T46" s="165" t="s">
+      <c r="V46" s="165" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="W46" s="165">
         <v>0</v>
       </c>
       <c r="X46" s="165">
         <v>0</v>
       </c>
       <c r="Y46" s="165">
         <v>0</v>
       </c>
       <c r="Z46" s="165">
         <v>0</v>
       </c>
       <c r="AA46" s="165">
         <v>0</v>
       </c>
       <c r="AB46" s="165">
         <v>0</v>
       </c>
       <c r="AC46" s="165">
         <v>0</v>
       </c>
       <c r="AD46" s="165">
         <v>0</v>
       </c>
       <c r="AE46" s="165">
         <v>0</v>
       </c>
       <c r="AF46" s="165">
-        <v>-185</v>
+        <v>0</v>
       </c>
       <c r="AG46" s="165">
         <v>0</v>
       </c>
       <c r="AH46" s="165">
         <v>-185</v>
       </c>
       <c r="AI46" s="165">
+        <v>0</v>
+      </c>
+      <c r="AJ46" s="165">
+        <v>-185</v>
+      </c>
+      <c r="AK46" s="165">
         <v>-29</v>
       </c>
-      <c r="AJ46" s="165">
+      <c r="AL46" s="165">
         <v>29</v>
       </c>
-      <c r="AK46" s="165">
+      <c r="AM46" s="165">
         <v>-135</v>
       </c>
-      <c r="AL46" s="165">
+      <c r="AN46" s="165">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:38" ht="18.5" thickBot="1" x14ac:dyDescent="0.7">
+    <row r="47" spans="1:40" ht="19.2" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A47" s="142"/>
       <c r="B47" s="181" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="C47" s="181" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D47" s="168">
+        <v>-26106</v>
+      </c>
+      <c r="E47" s="168">
+        <v>51818</v>
+      </c>
+      <c r="F47" s="168">
         <v>-9323</v>
       </c>
-      <c r="E47" s="168">
+      <c r="G47" s="168">
         <v>9210</v>
       </c>
-      <c r="F47" s="168">
+      <c r="H47" s="168">
         <v>-77811</v>
       </c>
-      <c r="G47" s="168">
+      <c r="I47" s="168">
         <v>-61707</v>
       </c>
-      <c r="H47" s="168">
+      <c r="J47" s="168">
         <v>214951</v>
       </c>
-      <c r="I47" s="168">
+      <c r="K47" s="168">
         <v>19920</v>
       </c>
-      <c r="J47" s="168">
+      <c r="L47" s="168">
         <v>-273183</v>
       </c>
-      <c r="K47" s="168">
+      <c r="M47" s="168">
         <v>-23395</v>
       </c>
-      <c r="L47" s="168">
+      <c r="N47" s="168">
         <v>-169325</v>
       </c>
-      <c r="M47" s="168">
+      <c r="O47" s="168">
         <v>4582</v>
       </c>
-      <c r="N47" s="168">
+      <c r="P47" s="168">
         <v>-105561</v>
       </c>
-      <c r="O47" s="168">
+      <c r="Q47" s="168">
         <v>-28162</v>
       </c>
-      <c r="P47" s="168">
+      <c r="R47" s="168">
         <v>-47061</v>
       </c>
-      <c r="Q47" s="168">
+      <c r="S47" s="168">
         <v>-41012</v>
       </c>
-      <c r="R47" s="168">
+      <c r="T47" s="168">
         <v>4582</v>
       </c>
-      <c r="S47" s="168">
+      <c r="U47" s="168">
         <v>-20825</v>
       </c>
-      <c r="T47" s="168">
+      <c r="V47" s="168">
         <v>7647</v>
       </c>
-      <c r="U47" s="168">
+      <c r="W47" s="168">
         <v>-32416</v>
       </c>
-      <c r="V47" s="168">
+      <c r="X47" s="168">
         <v>-116519</v>
       </c>
-      <c r="W47" s="168">
+      <c r="Y47" s="168">
         <v>-85817</v>
       </c>
-      <c r="X47" s="168">
+      <c r="Z47" s="168">
         <v>-46441</v>
       </c>
-      <c r="Y47" s="168">
+      <c r="AA47" s="168">
         <v>-6533</v>
       </c>
-      <c r="Z47" s="168">
+      <c r="AB47" s="168">
         <v>22272</v>
       </c>
-      <c r="AA47" s="168">
+      <c r="AC47" s="168">
         <v>-91584</v>
       </c>
-      <c r="AB47" s="168">
+      <c r="AD47" s="168">
         <v>-62944</v>
       </c>
-      <c r="AC47" s="168">
+      <c r="AE47" s="168">
         <v>-13332.239239999995</v>
       </c>
-      <c r="AD47" s="168">
+      <c r="AF47" s="168">
         <v>-5919.9417600000015</v>
       </c>
-      <c r="AE47" s="168">
+      <c r="AG47" s="168">
         <v>-9387.8190000000031</v>
       </c>
-      <c r="AF47" s="168">
+      <c r="AH47" s="168">
         <v>1219</v>
       </c>
-      <c r="AG47" s="168">
+      <c r="AI47" s="168">
         <v>-9378</v>
       </c>
-      <c r="AH47" s="168">
+      <c r="AJ47" s="168">
         <v>-66008.983299999993</v>
       </c>
-      <c r="AI47" s="168">
+      <c r="AK47" s="168">
         <v>60117.9833</v>
       </c>
-      <c r="AJ47" s="168">
+      <c r="AL47" s="168">
         <v>16488</v>
       </c>
-      <c r="AK47" s="168">
+      <c r="AM47" s="168">
         <v>-28791</v>
       </c>
-      <c r="AL47" s="168">
+      <c r="AN47" s="168">
         <v>-22884</v>
       </c>
     </row>
-    <row r="48" spans="1:38" ht="18.5" thickTop="1" x14ac:dyDescent="0.65">
+    <row r="48" spans="1:40" ht="19.2" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A48" s="142"/>
       <c r="B48" s="146"/>
       <c r="C48" s="146"/>
       <c r="D48" s="155"/>
       <c r="E48" s="155"/>
       <c r="F48" s="155"/>
       <c r="G48" s="155"/>
       <c r="H48" s="155"/>
       <c r="I48" s="155"/>
       <c r="J48" s="155"/>
       <c r="K48" s="155"/>
       <c r="L48" s="155"/>
       <c r="M48" s="155"/>
       <c r="N48" s="155"/>
       <c r="O48" s="155"/>
       <c r="P48" s="155"/>
       <c r="Q48" s="155"/>
       <c r="R48" s="155"/>
       <c r="S48" s="155"/>
       <c r="T48" s="155"/>
       <c r="U48" s="155"/>
       <c r="V48" s="155"/>
       <c r="W48" s="155"/>
       <c r="X48" s="155"/>
       <c r="Y48" s="155"/>
       <c r="Z48" s="155"/>
       <c r="AA48" s="155"/>
       <c r="AB48" s="155"/>
       <c r="AC48" s="155"/>
       <c r="AD48" s="155"/>
       <c r="AE48" s="155"/>
       <c r="AF48" s="155"/>
       <c r="AG48" s="155"/>
       <c r="AH48" s="155"/>
       <c r="AI48" s="155"/>
       <c r="AJ48" s="155"/>
       <c r="AK48" s="155"/>
       <c r="AL48" s="155"/>
+      <c r="AM48" s="155"/>
+      <c r="AN48" s="155"/>
     </row>
-    <row r="49" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="49" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A49" s="142"/>
       <c r="B49" s="149" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C49" s="149" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-      <c r="G49" s="155"/>
+        <v>418</v>
+      </c>
       <c r="H49" s="155"/>
       <c r="I49" s="155"/>
       <c r="J49" s="155"/>
       <c r="K49" s="155"/>
       <c r="L49" s="155"/>
       <c r="M49" s="155"/>
       <c r="N49" s="155"/>
       <c r="O49" s="155"/>
       <c r="P49" s="155"/>
       <c r="Q49" s="155"/>
       <c r="R49" s="155"/>
       <c r="S49" s="155"/>
       <c r="T49" s="155"/>
       <c r="U49" s="155"/>
       <c r="V49" s="155"/>
       <c r="W49" s="155"/>
       <c r="X49" s="155"/>
       <c r="Y49" s="155"/>
       <c r="Z49" s="155"/>
       <c r="AA49" s="155"/>
       <c r="AB49" s="155"/>
       <c r="AC49" s="155"/>
       <c r="AD49" s="155"/>
       <c r="AE49" s="155"/>
       <c r="AF49" s="155"/>
       <c r="AG49" s="155"/>
       <c r="AH49" s="155"/>
       <c r="AI49" s="155"/>
       <c r="AJ49" s="155"/>
       <c r="AK49" s="155"/>
       <c r="AL49" s="155"/>
+      <c r="AM49" s="155"/>
+      <c r="AN49" s="155"/>
     </row>
-    <row r="50" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="50" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A50" s="142"/>
       <c r="B50" s="164" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="C50" s="164" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D50" s="165">
+        <v>-316811</v>
+      </c>
+      <c r="E50" s="165">
+        <v>-56211</v>
+      </c>
+      <c r="F50" s="165">
         <v>-32496</v>
       </c>
-      <c r="E50" s="165">
+      <c r="G50" s="165">
         <v>-56418</v>
       </c>
-      <c r="F50" s="165">
+      <c r="H50" s="165">
         <v>-171686</v>
       </c>
-      <c r="G50" s="165">
+      <c r="I50" s="165">
         <v>-431350</v>
       </c>
-      <c r="H50" s="165">
+      <c r="J50" s="165">
         <v>-102553</v>
       </c>
-      <c r="I50" s="165">
+      <c r="K50" s="165">
         <v>-48330</v>
       </c>
-      <c r="J50" s="165">
+      <c r="L50" s="165">
         <v>-239318</v>
       </c>
-      <c r="K50" s="165">
+      <c r="M50" s="165">
         <v>-41149</v>
       </c>
-      <c r="L50" s="165">
+      <c r="N50" s="165">
         <v>-191968</v>
       </c>
-      <c r="M50" s="165">
+      <c r="O50" s="165">
         <v>-97269</v>
       </c>
-      <c r="N50" s="165">
+      <c r="P50" s="165">
         <v>-39654</v>
       </c>
-      <c r="O50" s="165">
+      <c r="Q50" s="165">
         <v>-19690</v>
       </c>
-      <c r="P50" s="165">
+      <c r="R50" s="165">
         <v>-35355</v>
       </c>
-      <c r="Q50" s="165">
+      <c r="S50" s="165">
         <v>-79538</v>
       </c>
-      <c r="R50" s="165">
+      <c r="T50" s="165">
         <v>-19075</v>
       </c>
-      <c r="S50" s="165">
+      <c r="U50" s="165">
         <v>-47217</v>
       </c>
-      <c r="T50" s="165">
+      <c r="V50" s="165">
         <v>-5274</v>
       </c>
-      <c r="U50" s="165">
+      <c r="W50" s="165">
         <v>-7972</v>
       </c>
-      <c r="V50" s="165">
+      <c r="X50" s="165">
         <v>-162645</v>
       </c>
-      <c r="W50" s="165">
+      <c r="Y50" s="165">
         <v>-19709</v>
       </c>
-      <c r="X50" s="165">
+      <c r="Z50" s="165">
         <v>-105176</v>
       </c>
-      <c r="Y50" s="165">
+      <c r="AA50" s="165">
         <v>-31975</v>
       </c>
-      <c r="Z50" s="165">
+      <c r="AB50" s="165">
         <v>-5785</v>
       </c>
-      <c r="AA50" s="165">
+      <c r="AC50" s="165">
         <v>-127503</v>
       </c>
-      <c r="AB50" s="165">
+      <c r="AD50" s="165">
         <v>-36201</v>
       </c>
-      <c r="AC50" s="165">
+      <c r="AE50" s="165">
         <v>-53074.404248999999</v>
       </c>
-      <c r="AD50" s="165">
+      <c r="AF50" s="165">
         <v>-18383.595751000001</v>
       </c>
-      <c r="AE50" s="165">
+      <c r="AG50" s="165">
         <v>-19844</v>
       </c>
-      <c r="AF50" s="165">
+      <c r="AH50" s="165">
         <v>-116800</v>
       </c>
-      <c r="AG50" s="165">
+      <c r="AI50" s="165">
         <v>-32627.999999999993</v>
       </c>
-      <c r="AH50" s="165">
+      <c r="AJ50" s="165">
         <v>-34575.100780000001</v>
       </c>
-      <c r="AI50" s="165">
+      <c r="AK50" s="165">
         <v>-26364.023099999999</v>
       </c>
-      <c r="AJ50" s="165">
+      <c r="AL50" s="165">
         <v>-23232.876120000001</v>
       </c>
-      <c r="AK50" s="165">
+      <c r="AM50" s="165">
         <v>-155398</v>
       </c>
-      <c r="AL50" s="165">
+      <c r="AN50" s="165">
         <v>-121248</v>
       </c>
     </row>
-    <row r="51" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="51" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A51" s="142"/>
       <c r="B51" s="166" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C51" s="166" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D51" s="155">
+        <v>734368</v>
+      </c>
+      <c r="E51" s="155">
+        <v>212869</v>
+      </c>
+      <c r="F51" s="155">
         <v>42060</v>
       </c>
-      <c r="E51" s="155">
+      <c r="G51" s="155">
         <v>49586</v>
       </c>
-      <c r="F51" s="155">
+      <c r="H51" s="155">
         <v>429853</v>
       </c>
-      <c r="G51" s="155">
+      <c r="I51" s="155">
         <v>837015</v>
       </c>
-      <c r="H51" s="155">
+      <c r="J51" s="155">
         <v>34430</v>
       </c>
-      <c r="I51" s="155">
+      <c r="K51" s="155">
         <v>50281</v>
       </c>
-      <c r="J51" s="155">
+      <c r="L51" s="155">
         <v>715625</v>
       </c>
-      <c r="K51" s="155">
+      <c r="M51" s="155">
         <v>36679</v>
       </c>
-      <c r="L51" s="155">
+      <c r="N51" s="155">
         <v>322947</v>
       </c>
-      <c r="M51" s="155">
+      <c r="O51" s="155">
         <v>62279</v>
       </c>
-      <c r="N51" s="155">
+      <c r="P51" s="155">
         <v>190014</v>
       </c>
-      <c r="O51" s="155">
+      <c r="Q51" s="155">
         <v>37601</v>
       </c>
-      <c r="P51" s="155">
+      <c r="R51" s="155">
         <v>33053</v>
       </c>
-      <c r="Q51" s="155">
+      <c r="S51" s="155">
         <v>161348</v>
       </c>
-      <c r="R51" s="155">
+      <c r="T51" s="155">
         <v>40866</v>
       </c>
-      <c r="S51" s="155">
+      <c r="U51" s="155">
         <v>106371</v>
       </c>
-      <c r="T51" s="155">
+      <c r="V51" s="155">
         <v>6545</v>
       </c>
-      <c r="U51" s="155">
+      <c r="W51" s="155">
         <v>7566</v>
       </c>
-      <c r="V51" s="155">
+      <c r="X51" s="155">
         <v>265167</v>
       </c>
-      <c r="W51" s="159">
+      <c r="Y51" s="159">
         <v>12550</v>
       </c>
-      <c r="X51" s="159">
+      <c r="Z51" s="159">
         <v>221125</v>
       </c>
-      <c r="Y51" s="159">
+      <c r="AA51" s="159">
         <v>22983</v>
       </c>
-      <c r="Z51" s="159">
+      <c r="AB51" s="159">
         <v>8509</v>
       </c>
-      <c r="AA51" s="155">
+      <c r="AC51" s="155">
         <v>124874</v>
       </c>
-      <c r="AB51" s="159">
+      <c r="AD51" s="159">
         <v>3649</v>
       </c>
-      <c r="AC51" s="159">
+      <c r="AE51" s="159">
         <v>30142.753099999987</v>
       </c>
-      <c r="AD51" s="159">
+      <c r="AF51" s="159">
         <v>57747.246900000013</v>
       </c>
-      <c r="AE51" s="155">
+      <c r="AG51" s="155">
         <v>33335</v>
       </c>
-      <c r="AF51" s="155">
+      <c r="AH51" s="155">
         <v>198239</v>
       </c>
-      <c r="AG51" s="159">
+      <c r="AI51" s="159">
         <v>110845</v>
       </c>
-      <c r="AH51" s="159">
+      <c r="AJ51" s="159">
         <v>26826</v>
       </c>
-      <c r="AI51" s="159">
+      <c r="AK51" s="159">
         <v>31983</v>
       </c>
-      <c r="AJ51" s="155">
+      <c r="AL51" s="155">
         <v>28585</v>
       </c>
-      <c r="AK51" s="155">
+      <c r="AM51" s="155">
         <v>217297</v>
       </c>
-      <c r="AL51" s="155">
+      <c r="AN51" s="155">
         <v>141331</v>
       </c>
     </row>
-    <row r="52" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="52" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A52" s="142"/>
       <c r="B52" s="164" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C52" s="164" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D52" s="165">
+        <v>59292</v>
+      </c>
+      <c r="E52" s="165">
+        <v>0</v>
+      </c>
+      <c r="F52" s="165">
         <v>-1.1641532182693481E-10</v>
       </c>
-      <c r="E52" s="165">
+      <c r="G52" s="165">
         <v>59292.000000000116</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H52" s="165">
         <v>0</v>
       </c>
-      <c r="I52" s="165" t="s">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="I52" s="165">
+        <v>0</v>
+      </c>
+      <c r="J52" s="165">
+        <v>0</v>
       </c>
       <c r="K52" s="165" t="s">
         <v>54</v>
       </c>
       <c r="L52" s="165" t="s">
         <v>54</v>
       </c>
       <c r="M52" s="165" t="s">
         <v>54</v>
       </c>
       <c r="N52" s="165" t="s">
         <v>54</v>
       </c>
       <c r="O52" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="P52" s="165">
-[...3 lines deleted...]
-        <v>-12089</v>
+      <c r="P52" s="165" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q52" s="165" t="s">
+        <v>54</v>
       </c>
       <c r="R52" s="165">
         <v>0</v>
       </c>
       <c r="S52" s="165">
+        <v>-12089</v>
+      </c>
+      <c r="T52" s="165">
         <v>0</v>
       </c>
-      <c r="T52" s="165">
+      <c r="U52" s="165">
+        <v>0</v>
+      </c>
+      <c r="V52" s="165">
         <v>-7195</v>
       </c>
-      <c r="U52" s="165">
+      <c r="W52" s="165">
         <v>-4894</v>
       </c>
-      <c r="V52" s="165">
+      <c r="X52" s="165">
         <v>-121</v>
       </c>
-      <c r="W52" s="165">
+      <c r="Y52" s="165">
         <v>-121</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="Z52" s="165">
         <v>0</v>
       </c>
       <c r="AA52" s="165">
         <v>0</v>
       </c>
       <c r="AB52" s="165">
         <v>0</v>
       </c>
       <c r="AC52" s="165">
         <v>0</v>
       </c>
       <c r="AD52" s="165">
         <v>0</v>
       </c>
       <c r="AE52" s="165">
         <v>0</v>
       </c>
       <c r="AF52" s="165">
         <v>0</v>
       </c>
       <c r="AG52" s="165">
         <v>0</v>
       </c>
       <c r="AH52" s="165">
         <v>0</v>
       </c>
       <c r="AI52" s="165">
         <v>0</v>
       </c>
       <c r="AJ52" s="165">
         <v>0</v>
       </c>
-      <c r="AK52" s="165"/>
-      <c r="AL52" s="165"/>
+      <c r="AK52" s="165">
+        <v>0</v>
+      </c>
+      <c r="AL52" s="165">
+        <v>0</v>
+      </c>
+      <c r="AM52" s="165"/>
+      <c r="AN52" s="165"/>
     </row>
-    <row r="53" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="53" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A53" s="142"/>
       <c r="B53" s="166" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="C53" s="166" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D53" s="159">
+        <v>-39405</v>
+      </c>
+      <c r="E53" s="159">
+        <v>-3672</v>
+      </c>
+      <c r="F53" s="159">
         <v>-19375</v>
       </c>
-      <c r="E53" s="159">
+      <c r="G53" s="159">
         <v>-9639</v>
       </c>
-      <c r="F53" s="159">
+      <c r="H53" s="159">
         <v>-6719</v>
       </c>
-      <c r="G53" s="159">
+      <c r="I53" s="159">
         <v>-8391</v>
       </c>
-      <c r="H53" s="159">
+      <c r="J53" s="159">
         <v>209</v>
       </c>
-      <c r="I53" s="159">
+      <c r="K53" s="159">
         <v>-238</v>
       </c>
-      <c r="J53" s="159">
+      <c r="L53" s="159">
         <v>-15754</v>
       </c>
-      <c r="K53" s="159">
+      <c r="M53" s="159">
         <v>7392</v>
       </c>
-      <c r="L53" s="159">
+      <c r="N53" s="159">
         <v>-7842</v>
       </c>
-      <c r="M53" s="159">
+      <c r="O53" s="159">
         <v>-5241</v>
       </c>
-      <c r="N53" s="159">
+      <c r="P53" s="159">
         <v>-9214</v>
       </c>
-      <c r="O53" s="159">
+      <c r="Q53" s="159">
         <v>8764</v>
       </c>
-      <c r="P53" s="159">
+      <c r="R53" s="159">
         <v>-2151</v>
       </c>
-      <c r="Q53" s="159">
+      <c r="S53" s="159">
         <v>-39774</v>
       </c>
-      <c r="R53" s="159">
+      <c r="T53" s="159">
         <v>-13516</v>
       </c>
-      <c r="S53" s="159">
+      <c r="U53" s="159">
         <v>-18784</v>
       </c>
-      <c r="T53" s="155">
+      <c r="V53" s="155">
         <v>-2831</v>
       </c>
-      <c r="U53" s="159">
+      <c r="W53" s="159">
         <v>-4643</v>
       </c>
-      <c r="V53" s="155">
+      <c r="X53" s="155">
         <v>-21249</v>
       </c>
-      <c r="W53" s="159">
+      <c r="Y53" s="159">
         <v>-9195</v>
       </c>
-      <c r="X53" s="159">
+      <c r="Z53" s="159">
         <v>-8840</v>
       </c>
-      <c r="Y53" s="159">
+      <c r="AA53" s="159">
         <v>-2474</v>
       </c>
-      <c r="Z53" s="159">
+      <c r="AB53" s="159">
         <v>-740</v>
       </c>
-      <c r="AA53" s="155">
+      <c r="AC53" s="155">
         <v>-26445</v>
       </c>
-      <c r="AB53" s="159">
+      <c r="AD53" s="159">
         <v>-24399</v>
       </c>
-      <c r="AC53" s="159">
+      <c r="AE53" s="159">
         <v>-1507</v>
       </c>
-      <c r="AD53" s="159">
+      <c r="AF53" s="159">
         <v>3053</v>
       </c>
-      <c r="AE53" s="155">
+      <c r="AG53" s="155">
         <v>-3592</v>
       </c>
-      <c r="AF53" s="155">
+      <c r="AH53" s="155">
         <v>-27509</v>
       </c>
-      <c r="AG53" s="159">
+      <c r="AI53" s="159">
         <v>-17993</v>
       </c>
-      <c r="AH53" s="159">
+      <c r="AJ53" s="159">
         <v>-9516</v>
       </c>
-      <c r="AI53" s="159">
+      <c r="AK53" s="159">
         <v>0</v>
       </c>
-      <c r="AJ53" s="159">
+      <c r="AL53" s="159">
         <v>0</v>
       </c>
-      <c r="AK53" s="159">
+      <c r="AM53" s="159">
         <v>-21866</v>
       </c>
-      <c r="AL53" s="159">
+      <c r="AN53" s="159">
         <v>-3954</v>
       </c>
     </row>
-    <row r="54" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="54" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A54" s="142"/>
       <c r="B54" s="164" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="C54" s="164" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D54" s="165">
-        <v>0</v>
+        <v>574124</v>
       </c>
       <c r="E54" s="165">
-        <v>0</v>
+        <v>574124</v>
       </c>
       <c r="F54" s="165">
         <v>0</v>
       </c>
       <c r="G54" s="165">
         <v>0</v>
       </c>
       <c r="H54" s="165">
         <v>0</v>
       </c>
-      <c r="I54" s="165" t="s">
+      <c r="I54" s="165">
+        <v>0</v>
+      </c>
+      <c r="J54" s="165">
+        <v>0</v>
+      </c>
+      <c r="K54" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="J54" s="165" t="s">
+      <c r="L54" s="165" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M54" s="165">
         <v>0</v>
       </c>
       <c r="N54" s="165">
         <v>0</v>
       </c>
       <c r="O54" s="165">
         <v>0</v>
       </c>
       <c r="P54" s="165">
         <v>0</v>
       </c>
-      <c r="Q54" s="165" t="s">
+      <c r="Q54" s="165">
+        <v>0</v>
+      </c>
+      <c r="R54" s="165">
+        <v>0</v>
+      </c>
+      <c r="S54" s="165" t="s">
         <v>54</v>
       </c>
-      <c r="R54" s="165" t="s">
+      <c r="T54" s="165" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="U54" s="165">
         <v>0</v>
       </c>
       <c r="V54" s="165">
         <v>0</v>
       </c>
       <c r="W54" s="165">
         <v>0</v>
       </c>
       <c r="X54" s="165">
         <v>0</v>
       </c>
       <c r="Y54" s="165">
         <v>0</v>
       </c>
       <c r="Z54" s="165">
         <v>0</v>
       </c>
       <c r="AA54" s="165">
-        <v>154207</v>
+        <v>0</v>
       </c>
       <c r="AB54" s="165">
         <v>0</v>
       </c>
       <c r="AC54" s="165">
         <v>154207</v>
       </c>
       <c r="AD54" s="165">
         <v>0</v>
       </c>
       <c r="AE54" s="165">
+        <v>154207</v>
+      </c>
+      <c r="AF54" s="165">
         <v>0</v>
       </c>
-      <c r="AF54" s="165">
+      <c r="AG54" s="165">
+        <v>0</v>
+      </c>
+      <c r="AH54" s="165">
         <v>10603</v>
       </c>
-      <c r="AG54" s="165">
+      <c r="AI54" s="165">
         <v>10603</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AJ54" s="165">
         <v>0</v>
       </c>
       <c r="AK54" s="165">
         <v>0</v>
       </c>
       <c r="AL54" s="165">
         <v>0</v>
       </c>
+      <c r="AM54" s="165">
+        <v>0</v>
+      </c>
+      <c r="AN54" s="165">
+        <v>0</v>
+      </c>
     </row>
-    <row r="55" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="55" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A55" s="142"/>
       <c r="B55" s="176" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C55" s="176" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D55" s="330">
+        <v>-1352338</v>
+      </c>
+      <c r="E55" s="330">
+        <v>-1023000</v>
+      </c>
+      <c r="F55" s="330">
         <v>0</v>
       </c>
-      <c r="E55" s="159">
+      <c r="G55" s="159">
         <v>-154338</v>
       </c>
-      <c r="F55" s="159">
+      <c r="H55" s="159">
         <v>-175000</v>
       </c>
-      <c r="G55" s="159">
+      <c r="I55" s="159">
         <v>-483537</v>
       </c>
-      <c r="H55" s="159">
+      <c r="J55" s="159">
         <v>-100000.00000000012</v>
       </c>
-      <c r="I55" s="159">
+      <c r="K55" s="159">
         <v>-264999.99999999988</v>
       </c>
-      <c r="J55" s="159">
+      <c r="L55" s="159">
         <v>-118537</v>
       </c>
-      <c r="K55" s="159">
+      <c r="M55" s="159">
         <v>0</v>
       </c>
-      <c r="L55" s="159">
+      <c r="N55" s="159">
         <v>-328348</v>
       </c>
-      <c r="M55" s="159">
+      <c r="O55" s="159">
         <v>-250000</v>
       </c>
-      <c r="N55" s="159">
+      <c r="P55" s="159">
         <v>0</v>
       </c>
-      <c r="O55" s="159">
+      <c r="Q55" s="159">
         <v>-18348</v>
       </c>
-      <c r="P55" s="159">
+      <c r="R55" s="159">
         <v>-60000</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S55" s="159">
         <v>-150000</v>
       </c>
       <c r="T55" s="159">
         <v>0</v>
       </c>
       <c r="U55" s="159">
+        <v>-150000</v>
+      </c>
+      <c r="V55" s="159">
         <v>0</v>
       </c>
-      <c r="V55" s="155">
+      <c r="W55" s="159">
+        <v>0</v>
+      </c>
+      <c r="X55" s="155">
         <v>-165000</v>
       </c>
-      <c r="W55" s="159">
+      <c r="Y55" s="159">
         <v>-50000</v>
       </c>
-      <c r="X55" s="159">
+      <c r="Z55" s="159">
         <v>-115000</v>
       </c>
-      <c r="Y55" s="159">
+      <c r="AA55" s="159">
         <v>0</v>
       </c>
-      <c r="Z55" s="159">
+      <c r="AB55" s="159">
         <v>0</v>
       </c>
-      <c r="AA55" s="155">
+      <c r="AC55" s="155">
         <v>-170000</v>
       </c>
-      <c r="AB55" s="159">
+      <c r="AD55" s="159">
         <v>-170000</v>
       </c>
-      <c r="AC55" s="159">
+      <c r="AE55" s="159">
         <v>0</v>
       </c>
-      <c r="AD55" s="159">
+      <c r="AF55" s="159">
         <v>0</v>
       </c>
-      <c r="AE55" s="155">
+      <c r="AG55" s="155">
         <v>0</v>
       </c>
-      <c r="AF55" s="155">
+      <c r="AH55" s="155">
         <v>-134369</v>
       </c>
-      <c r="AG55" s="159">
+      <c r="AI55" s="159">
         <v>-134369</v>
       </c>
-      <c r="AH55" s="159">
+      <c r="AJ55" s="159">
         <v>12112</v>
       </c>
-      <c r="AI55" s="159">
+      <c r="AK55" s="159">
         <v>-1232</v>
       </c>
-      <c r="AJ55" s="159">
+      <c r="AL55" s="159">
         <v>-10880</v>
       </c>
-      <c r="AK55" s="159">
+      <c r="AM55" s="159">
         <v>-141000</v>
       </c>
-      <c r="AL55" s="159">
+      <c r="AN55" s="159">
         <v>-69023</v>
       </c>
     </row>
-    <row r="56" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="56" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A56" s="142"/>
       <c r="B56" s="177" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C56" s="177" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D56" s="259">
+        <v>-340770</v>
+      </c>
+      <c r="E56" s="259">
+        <v>-295890</v>
+      </c>
+      <c r="F56" s="259">
         <v>-9811.0000000001164</v>
       </c>
-      <c r="E56" s="169">
+      <c r="G56" s="169">
         <v>-111516.99999999988</v>
       </c>
-      <c r="F56" s="169">
+      <c r="H56" s="169">
         <v>76448</v>
       </c>
-      <c r="G56" s="169">
+      <c r="I56" s="169">
         <v>-86263</v>
       </c>
-      <c r="H56" s="259">
+      <c r="J56" s="259">
         <v>-167914.00000000012</v>
       </c>
-      <c r="I56" s="169">
+      <c r="K56" s="169">
         <v>-263286.99999999988</v>
       </c>
-      <c r="J56" s="169">
+      <c r="L56" s="169">
         <v>342016</v>
       </c>
-      <c r="K56" s="169">
+      <c r="M56" s="169">
         <v>2922</v>
       </c>
-      <c r="L56" s="169">
+      <c r="N56" s="169">
         <v>-205211</v>
       </c>
-      <c r="M56" s="169">
+      <c r="O56" s="169">
         <v>8275</v>
       </c>
-      <c r="N56" s="169">
+      <c r="P56" s="169">
         <v>141146</v>
       </c>
-      <c r="O56" s="169">
+      <c r="Q56" s="169">
         <v>8327</v>
       </c>
-      <c r="P56" s="169">
+      <c r="R56" s="169">
         <v>-64453</v>
       </c>
-      <c r="Q56" s="169">
+      <c r="S56" s="169">
         <v>-120053</v>
       </c>
-      <c r="R56" s="169">
+      <c r="T56" s="169">
         <v>8275</v>
       </c>
-      <c r="S56" s="169">
+      <c r="U56" s="169">
         <v>-109630</v>
       </c>
-      <c r="T56" s="169">
+      <c r="V56" s="169">
         <v>-8755</v>
       </c>
-      <c r="U56" s="169">
+      <c r="W56" s="169">
         <v>-9943</v>
       </c>
-      <c r="V56" s="169">
+      <c r="X56" s="169">
         <v>-83848</v>
       </c>
-      <c r="W56" s="169">
+      <c r="Y56" s="169">
         <v>-66475</v>
       </c>
-      <c r="X56" s="169">
+      <c r="Z56" s="169">
         <v>-7891</v>
       </c>
-      <c r="Y56" s="169">
+      <c r="AA56" s="169">
         <v>-11466</v>
       </c>
-      <c r="Z56" s="169">
+      <c r="AB56" s="169">
         <v>1984</v>
       </c>
-      <c r="AA56" s="169">
+      <c r="AC56" s="169">
         <v>-44867</v>
       </c>
-      <c r="AB56" s="169">
+      <c r="AD56" s="169">
         <v>-226951</v>
       </c>
-      <c r="AC56" s="169">
+      <c r="AE56" s="169">
         <v>129768.34885099999</v>
       </c>
-      <c r="AD56" s="169">
+      <c r="AF56" s="169">
         <v>42416.651149000012</v>
       </c>
-      <c r="AE56" s="169">
+      <c r="AG56" s="169">
         <v>9899</v>
       </c>
-      <c r="AF56" s="169">
+      <c r="AH56" s="169">
         <v>-69836</v>
       </c>
-      <c r="AG56" s="169">
+      <c r="AI56" s="169">
         <v>-63542</v>
       </c>
-      <c r="AH56" s="169">
+      <c r="AJ56" s="169">
         <v>-5153.1007800000007</v>
       </c>
-      <c r="AI56" s="169">
+      <c r="AK56" s="169">
         <v>4386.9769000000015</v>
       </c>
-      <c r="AJ56" s="169">
+      <c r="AL56" s="169">
         <v>-5527.8761200000008</v>
       </c>
-      <c r="AK56" s="169">
+      <c r="AM56" s="169">
         <v>-100967</v>
       </c>
-      <c r="AL56" s="169">
+      <c r="AN56" s="169">
         <v>-52894</v>
       </c>
     </row>
-    <row r="57" spans="1:38" ht="18.5" thickBot="1" x14ac:dyDescent="0.7">
+    <row r="57" spans="1:40" ht="19.2" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A57" s="142"/>
       <c r="B57" s="181" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="C57" s="181" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D57" s="168">
+        <v>380170</v>
+      </c>
+      <c r="E57" s="168">
+        <v>68260</v>
+      </c>
+      <c r="F57" s="168">
         <v>251872</v>
       </c>
-      <c r="E57" s="168">
+      <c r="G57" s="168">
         <v>3538</v>
       </c>
-      <c r="F57" s="168">
+      <c r="H57" s="168">
         <v>56500</v>
       </c>
-      <c r="G57" s="168">
+      <c r="I57" s="168">
         <v>331594</v>
       </c>
-      <c r="H57" s="168">
+      <c r="J57" s="168">
         <v>214964.59960007024</v>
       </c>
-      <c r="I57" s="168">
+      <c r="K57" s="168">
         <v>-129263</v>
       </c>
-      <c r="J57" s="168">
+      <c r="L57" s="168">
         <v>241927</v>
       </c>
-      <c r="K57" s="168">
+      <c r="M57" s="168">
         <v>3965</v>
       </c>
-      <c r="L57" s="168">
+      <c r="N57" s="168">
         <v>81366</v>
       </c>
-      <c r="M57" s="168">
+      <c r="O57" s="168">
         <v>167742</v>
       </c>
-      <c r="N57" s="168">
+      <c r="P57" s="168">
         <v>173376</v>
       </c>
-      <c r="O57" s="168">
+      <c r="Q57" s="168">
         <v>86537</v>
       </c>
-      <c r="P57" s="168">
+      <c r="R57" s="168">
         <v>-92105</v>
       </c>
-      <c r="Q57" s="168">
+      <c r="S57" s="168">
         <v>186301</v>
       </c>
-      <c r="R57" s="168">
+      <c r="T57" s="168">
         <v>167742</v>
       </c>
-      <c r="S57" s="168">
+      <c r="U57" s="168">
         <v>-59552</v>
       </c>
-      <c r="T57" s="168">
+      <c r="V57" s="168">
         <v>93153</v>
       </c>
-      <c r="U57" s="168">
+      <c r="W57" s="168">
         <v>-15042</v>
       </c>
-      <c r="V57" s="168">
+      <c r="X57" s="168">
         <v>181927</v>
       </c>
-      <c r="W57" s="168">
+      <c r="Y57" s="168">
         <v>58419</v>
       </c>
-      <c r="X57" s="168">
+      <c r="Z57" s="168">
         <v>24037</v>
       </c>
-      <c r="Y57" s="168">
+      <c r="AA57" s="168">
         <v>60625</v>
       </c>
-      <c r="Z57" s="168">
+      <c r="AB57" s="168">
         <v>38846</v>
       </c>
-      <c r="AA57" s="168">
+      <c r="AC57" s="168">
         <v>41629</v>
       </c>
-      <c r="AB57" s="168">
+      <c r="AD57" s="168">
         <v>-238547.13584</v>
       </c>
-      <c r="AC57" s="168">
+      <c r="AE57" s="168">
         <v>171589.93812100001</v>
       </c>
-      <c r="AD57" s="168">
+      <c r="AF57" s="168">
         <v>103554.302069</v>
       </c>
-      <c r="AE57" s="168">
+      <c r="AG57" s="168">
         <v>5031.8956499999549</v>
       </c>
-      <c r="AF57" s="168">
+      <c r="AH57" s="168">
         <v>78102</v>
       </c>
-      <c r="AG57" s="168">
+      <c r="AI57" s="168">
         <v>13276.191999999923</v>
       </c>
-      <c r="AH57" s="168">
+      <c r="AJ57" s="168">
         <v>-33094.191999999923</v>
       </c>
-      <c r="AI57" s="168">
+      <c r="AK57" s="168">
         <v>89733.737240000017</v>
       </c>
-      <c r="AJ57" s="168">
+      <c r="AL57" s="168">
         <v>8186.2627599999996</v>
       </c>
-      <c r="AK57" s="168">
+      <c r="AM57" s="168">
         <v>27449</v>
       </c>
-      <c r="AL57" s="168">
+      <c r="AN57" s="168">
         <v>20068</v>
       </c>
     </row>
-    <row r="58" spans="1:38" ht="18.5" thickTop="1" x14ac:dyDescent="0.65">
+    <row r="58" spans="1:40" ht="19.2" thickTop="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A58" s="142"/>
       <c r="B58" s="146"/>
       <c r="C58" s="146"/>
       <c r="D58" s="155"/>
       <c r="E58" s="155"/>
       <c r="F58" s="155"/>
       <c r="G58" s="155"/>
       <c r="H58" s="155"/>
       <c r="I58" s="155"/>
       <c r="J58" s="155"/>
       <c r="K58" s="155"/>
       <c r="L58" s="155"/>
       <c r="M58" s="155"/>
       <c r="N58" s="155"/>
       <c r="O58" s="155"/>
       <c r="P58" s="155"/>
       <c r="Q58" s="155"/>
       <c r="R58" s="155"/>
       <c r="S58" s="155"/>
       <c r="T58" s="155"/>
       <c r="U58" s="155"/>
       <c r="V58" s="155"/>
       <c r="W58" s="155"/>
       <c r="X58" s="155"/>
       <c r="Y58" s="155"/>
       <c r="Z58" s="155"/>
       <c r="AA58" s="155"/>
       <c r="AB58" s="155"/>
       <c r="AC58" s="155"/>
       <c r="AD58" s="155"/>
       <c r="AE58" s="155"/>
       <c r="AF58" s="155"/>
       <c r="AG58" s="155"/>
       <c r="AH58" s="155"/>
       <c r="AI58" s="155"/>
       <c r="AJ58" s="155"/>
       <c r="AK58" s="155"/>
       <c r="AL58" s="155"/>
+      <c r="AM58" s="155"/>
+      <c r="AN58" s="155"/>
     </row>
-    <row r="59" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="59" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A59" s="142"/>
       <c r="B59" s="149" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C59" s="149" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D59" s="155"/>
       <c r="E59" s="155"/>
       <c r="F59" s="155"/>
       <c r="G59" s="155"/>
       <c r="H59" s="155"/>
       <c r="I59" s="155"/>
       <c r="J59" s="155"/>
       <c r="K59" s="155"/>
       <c r="L59" s="155"/>
       <c r="M59" s="155"/>
       <c r="N59" s="155"/>
       <c r="O59" s="155"/>
       <c r="P59" s="155"/>
       <c r="Q59" s="155"/>
       <c r="R59" s="155"/>
       <c r="S59" s="155"/>
       <c r="T59" s="155"/>
       <c r="U59" s="155"/>
       <c r="V59" s="155"/>
       <c r="W59" s="155"/>
       <c r="X59" s="155"/>
       <c r="Y59" s="155"/>
       <c r="Z59" s="155"/>
       <c r="AA59" s="155"/>
       <c r="AB59" s="155"/>
       <c r="AC59" s="155"/>
       <c r="AD59" s="155"/>
       <c r="AE59" s="155"/>
       <c r="AF59" s="155"/>
       <c r="AG59" s="155"/>
       <c r="AH59" s="155"/>
       <c r="AI59" s="155"/>
       <c r="AJ59" s="155"/>
       <c r="AK59" s="155"/>
       <c r="AL59" s="155"/>
+      <c r="AM59" s="155"/>
+      <c r="AN59" s="155"/>
     </row>
-    <row r="60" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="60" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A60" s="142"/>
       <c r="B60" s="164" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C60" s="164" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D60" s="165">
+        <v>975224</v>
+      </c>
+      <c r="E60" s="165">
+        <v>1287134</v>
+      </c>
+      <c r="F60" s="165">
         <v>1035262</v>
       </c>
-      <c r="E60" s="165">
+      <c r="G60" s="165">
         <v>1031724</v>
       </c>
-      <c r="F60" s="165">
+      <c r="H60" s="165">
         <v>975224</v>
       </c>
-      <c r="G60" s="165">
+      <c r="I60" s="165">
         <v>643630</v>
       </c>
-      <c r="H60" s="165">
+      <c r="J60" s="165">
         <v>760259</v>
       </c>
-      <c r="I60" s="165">
+      <c r="K60" s="165">
         <v>889522</v>
       </c>
-      <c r="J60" s="165">
+      <c r="L60" s="165">
         <v>647595</v>
       </c>
-      <c r="K60" s="165">
+      <c r="M60" s="165">
         <v>643630</v>
       </c>
-      <c r="L60" s="165">
+      <c r="N60" s="165">
         <v>562264</v>
       </c>
-      <c r="M60" s="165">
+      <c r="O60" s="165">
         <v>730072</v>
       </c>
-      <c r="N60" s="165">
+      <c r="P60" s="165">
         <v>556696</v>
       </c>
-      <c r="O60" s="165">
+      <c r="Q60" s="165">
         <v>470159</v>
       </c>
-      <c r="P60" s="165">
+      <c r="R60" s="165">
         <v>562264</v>
       </c>
-      <c r="Q60" s="165">
+      <c r="S60" s="165">
         <v>375963</v>
       </c>
-      <c r="R60" s="165">
+      <c r="T60" s="165">
         <v>394522</v>
       </c>
-      <c r="S60" s="165">
+      <c r="U60" s="165">
         <v>454074</v>
       </c>
-      <c r="T60" s="165">
+      <c r="V60" s="165">
         <v>360921</v>
       </c>
-      <c r="U60" s="165">
+      <c r="W60" s="165">
         <v>375963</v>
       </c>
-      <c r="V60" s="165">
+      <c r="X60" s="165">
         <v>291125</v>
       </c>
-      <c r="W60" s="165">
+      <c r="Y60" s="165">
         <v>414633</v>
       </c>
-      <c r="X60" s="165">
+      <c r="Z60" s="165">
         <v>390596</v>
       </c>
-      <c r="Y60" s="165">
+      <c r="AA60" s="165">
         <v>329971</v>
       </c>
-      <c r="Z60" s="165">
+      <c r="AB60" s="165">
         <v>291125</v>
       </c>
-      <c r="AA60" s="165">
+      <c r="AC60" s="165">
         <v>249496</v>
       </c>
-      <c r="AB60" s="165">
+      <c r="AD60" s="165">
         <v>529672</v>
       </c>
-      <c r="AC60" s="165">
+      <c r="AE60" s="165">
         <v>358082</v>
       </c>
-      <c r="AD60" s="165">
+      <c r="AF60" s="165">
         <v>254528.30600000001</v>
       </c>
-      <c r="AE60" s="165">
+      <c r="AG60" s="165">
         <v>249496</v>
       </c>
-      <c r="AF60" s="165">
+      <c r="AH60" s="165">
         <v>171395</v>
       </c>
-      <c r="AG60" s="165">
+      <c r="AI60" s="165">
         <v>236221</v>
       </c>
-      <c r="AH60" s="165">
+      <c r="AJ60" s="165">
         <v>269315</v>
       </c>
-      <c r="AI60" s="170">
+      <c r="AK60" s="170">
         <v>179581</v>
       </c>
-      <c r="AJ60" s="165">
+      <c r="AL60" s="165">
         <v>171395</v>
       </c>
-      <c r="AK60" s="165">
+      <c r="AM60" s="165">
         <v>143946</v>
       </c>
-      <c r="AL60" s="165">
+      <c r="AN60" s="165">
         <v>123878</v>
       </c>
     </row>
-    <row r="61" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="61" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A61" s="142"/>
       <c r="B61" s="176" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="C61" s="176" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="D61" s="171">
+        <v>1355394</v>
+      </c>
+      <c r="E61" s="171">
+        <v>262176</v>
+      </c>
+      <c r="F61" s="171">
         <v>1287134</v>
       </c>
-      <c r="E61" s="171">
+      <c r="G61" s="171">
         <v>1035262</v>
       </c>
-      <c r="F61" s="171">
+      <c r="H61" s="171">
         <v>1031724</v>
       </c>
-      <c r="G61" s="171">
+      <c r="I61" s="171">
         <v>975224</v>
       </c>
-      <c r="H61" s="171">
+      <c r="J61" s="171">
         <v>975224</v>
       </c>
-      <c r="I61" s="171">
+      <c r="K61" s="171">
         <v>760259</v>
       </c>
-      <c r="J61" s="171">
+      <c r="L61" s="171">
         <v>889522</v>
       </c>
-      <c r="K61" s="171">
+      <c r="M61" s="171">
         <v>647595</v>
       </c>
-      <c r="L61" s="171">
+      <c r="N61" s="171">
         <v>643630</v>
       </c>
-      <c r="M61" s="171">
+      <c r="O61" s="171">
         <v>643630</v>
       </c>
-      <c r="N61" s="171">
+      <c r="P61" s="171">
         <v>730072</v>
       </c>
-      <c r="O61" s="171">
+      <c r="Q61" s="171">
         <v>556696</v>
       </c>
-      <c r="P61" s="171">
+      <c r="R61" s="171">
         <v>470159</v>
       </c>
-      <c r="Q61" s="171">
+      <c r="S61" s="171">
         <v>562264</v>
       </c>
-      <c r="R61" s="171">
+      <c r="T61" s="171">
         <v>562264</v>
       </c>
-      <c r="S61" s="171">
+      <c r="U61" s="171">
         <v>394522</v>
       </c>
-      <c r="T61" s="171">
+      <c r="V61" s="171">
         <v>454074</v>
       </c>
-      <c r="U61" s="171">
+      <c r="W61" s="171">
         <v>360921</v>
       </c>
-      <c r="V61" s="171">
+      <c r="X61" s="171">
         <v>473052</v>
       </c>
-      <c r="W61" s="171">
+      <c r="Y61" s="171">
         <v>473052</v>
       </c>
-      <c r="X61" s="171">
+      <c r="Z61" s="171">
         <v>414633</v>
       </c>
-      <c r="Y61" s="171">
+      <c r="AA61" s="171">
         <v>390596</v>
       </c>
-      <c r="Z61" s="171">
+      <c r="AB61" s="171">
         <v>329971</v>
       </c>
-      <c r="AA61" s="171">
+      <c r="AC61" s="171">
         <v>291125</v>
       </c>
-      <c r="AB61" s="171">
+      <c r="AD61" s="171">
         <v>291125</v>
       </c>
-      <c r="AC61" s="171">
+      <c r="AE61" s="171">
         <v>529672</v>
       </c>
-      <c r="AD61" s="171">
+      <c r="AF61" s="171">
         <v>358082</v>
       </c>
-      <c r="AE61" s="171">
+      <c r="AG61" s="171">
         <v>254528.30600000001</v>
       </c>
-      <c r="AF61" s="171">
+      <c r="AH61" s="171">
         <v>249496</v>
       </c>
-      <c r="AG61" s="171">
+      <c r="AI61" s="171">
         <v>249496</v>
       </c>
-      <c r="AH61" s="171">
+      <c r="AJ61" s="171">
         <v>236221</v>
       </c>
-      <c r="AI61" s="172">
+      <c r="AK61" s="172">
         <v>269315</v>
       </c>
-      <c r="AJ61" s="171">
+      <c r="AL61" s="171">
         <v>179581</v>
       </c>
-      <c r="AK61" s="171">
+      <c r="AM61" s="171">
         <v>171395</v>
       </c>
-      <c r="AL61" s="171">
+      <c r="AN61" s="171">
         <v>143946</v>
       </c>
     </row>
-    <row r="62" spans="1:38" ht="18" x14ac:dyDescent="0.65">
+    <row r="62" spans="1:40" ht="18.600000000000001" x14ac:dyDescent="0.55000000000000004">
       <c r="A62" s="142"/>
       <c r="B62" s="146"/>
       <c r="C62" s="146"/>
       <c r="D62" s="155"/>
       <c r="E62" s="155"/>
       <c r="F62" s="155"/>
       <c r="G62" s="155"/>
       <c r="H62" s="155"/>
       <c r="I62" s="155"/>
       <c r="J62" s="155"/>
       <c r="K62" s="155"/>
       <c r="L62" s="155"/>
       <c r="M62" s="155"/>
       <c r="N62" s="155"/>
       <c r="O62" s="155"/>
       <c r="P62" s="155"/>
       <c r="Q62" s="155"/>
       <c r="R62" s="155"/>
       <c r="S62" s="155"/>
       <c r="T62" s="155"/>
       <c r="U62" s="155"/>
       <c r="V62" s="155"/>
       <c r="W62" s="155"/>
       <c r="X62" s="155"/>
       <c r="Y62" s="155"/>
       <c r="Z62" s="155"/>
       <c r="AA62" s="155"/>
       <c r="AB62" s="155"/>
       <c r="AC62" s="155"/>
       <c r="AD62" s="155"/>
       <c r="AE62" s="155"/>
       <c r="AF62" s="155"/>
       <c r="AG62" s="155"/>
       <c r="AH62" s="155"/>
       <c r="AI62" s="155"/>
-      <c r="AJ62" s="173"/>
-      <c r="AK62" s="173"/>
+      <c r="AJ62" s="155"/>
+      <c r="AK62" s="155"/>
       <c r="AL62" s="173"/>
+      <c r="AM62" s="173"/>
+      <c r="AN62" s="173"/>
     </row>
-    <row r="63" spans="1:38" ht="18.5" thickBot="1" x14ac:dyDescent="0.7">
+    <row r="63" spans="1:40" ht="19.2" thickBot="1" x14ac:dyDescent="0.6">
       <c r="A63" s="142"/>
       <c r="B63" s="180" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="C63" s="180" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D63" s="174">
+        <v>380170</v>
+      </c>
+      <c r="E63" s="174">
+        <v>-1024958</v>
+      </c>
+      <c r="F63" s="174">
         <v>251872</v>
       </c>
-      <c r="E63" s="174">
+      <c r="G63" s="174">
         <v>3538</v>
       </c>
-      <c r="F63" s="174">
+      <c r="H63" s="174">
         <v>56500</v>
       </c>
-      <c r="G63" s="174">
+      <c r="I63" s="174">
         <v>331594</v>
       </c>
-      <c r="H63" s="174">
+      <c r="J63" s="174">
         <v>214964.59960007024</v>
       </c>
-      <c r="I63" s="174">
+      <c r="K63" s="174">
         <v>-129263</v>
       </c>
-      <c r="J63" s="174">
+      <c r="L63" s="174">
         <v>241927</v>
       </c>
-      <c r="K63" s="174">
+      <c r="M63" s="174">
         <v>3965</v>
       </c>
-      <c r="L63" s="174">
+      <c r="N63" s="174">
         <v>81366</v>
       </c>
-      <c r="M63" s="174">
+      <c r="O63" s="174">
         <v>167742</v>
       </c>
-      <c r="N63" s="174">
+      <c r="P63" s="174">
         <v>173376</v>
       </c>
-      <c r="O63" s="174">
+      <c r="Q63" s="174">
         <v>86537</v>
       </c>
-      <c r="P63" s="174">
+      <c r="R63" s="174">
         <v>-92105</v>
       </c>
-      <c r="Q63" s="174">
+      <c r="S63" s="174">
         <v>186301</v>
       </c>
-      <c r="R63" s="174">
+      <c r="T63" s="174">
         <v>167742</v>
       </c>
-      <c r="S63" s="174">
+      <c r="U63" s="174">
         <v>-59552</v>
       </c>
-      <c r="T63" s="174">
+      <c r="V63" s="174">
         <v>93153</v>
       </c>
-      <c r="U63" s="174">
+      <c r="W63" s="174">
         <v>-15042</v>
       </c>
-      <c r="V63" s="174">
+      <c r="X63" s="174">
         <v>181927</v>
       </c>
-      <c r="W63" s="174">
+      <c r="Y63" s="174">
         <v>58419</v>
       </c>
-      <c r="X63" s="174">
+      <c r="Z63" s="174">
         <v>24037</v>
       </c>
-      <c r="Y63" s="174">
+      <c r="AA63" s="174">
         <v>60625</v>
       </c>
-      <c r="Z63" s="174">
+      <c r="AB63" s="174">
         <v>38846</v>
       </c>
-      <c r="AA63" s="174">
+      <c r="AC63" s="174">
         <v>41629</v>
       </c>
-      <c r="AB63" s="174">
+      <c r="AD63" s="174">
         <v>-238546.86416</v>
       </c>
-      <c r="AC63" s="174">
+      <c r="AE63" s="174">
         <v>171590.353389</v>
       </c>
-      <c r="AD63" s="174">
+      <c r="AF63" s="174">
         <v>103553.28364999994</v>
       </c>
-      <c r="AE63" s="174">
+      <c r="AG63" s="174">
         <v>5031.8956499999549</v>
       </c>
-      <c r="AF63" s="174">
+      <c r="AH63" s="174">
         <v>78102</v>
       </c>
-      <c r="AG63" s="174">
+      <c r="AI63" s="174">
         <v>13275.108000000066</v>
       </c>
-      <c r="AH63" s="174">
+      <c r="AJ63" s="174">
         <v>-33094</v>
       </c>
-      <c r="AI63" s="174">
+      <c r="AK63" s="174">
         <v>89734.262759999998</v>
       </c>
-      <c r="AJ63" s="174">
+      <c r="AL63" s="174">
         <v>8186.2627599999996</v>
       </c>
-      <c r="AK63" s="174">
+      <c r="AM63" s="174">
         <v>27449.262759999998</v>
       </c>
-      <c r="AL63" s="174">
+      <c r="AN63" s="174">
         <v>20068.262759999998</v>
       </c>
     </row>
-    <row r="64" spans="1:38" ht="17" thickTop="1" x14ac:dyDescent="0.6"/>
+    <row r="64" spans="1:40" ht="16.8" thickTop="1" x14ac:dyDescent="0.5"/>
   </sheetData>
   <pageMargins left="1.1417322834645669" right="1.1417322834645669" top="0.6692913385826772" bottom="0.51181102362204722" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="26" firstPageNumber="17" orientation="portrait" useFirstPageNumber="1" verticalDpi="1200" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;11&amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101007F682DA2017EEE4792CECD79512957DD" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="045383bfb149dbc6762c831c15a50fb1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccfcb551-967a-49a8-90a3-88e4c3a60987" xmlns:ns3="b0b1da0f-30a2-40a6-8461-53ee39903766" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b417dbb6fb5f842d71b558f757ca3c40" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccfcb551-967a-49a8-90a3-88e4c3a60987">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b0b1da0f-30a2-40a6-8461-53ee39903766" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101007F682DA2017EEE4792CECD79512957DD" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="1fd028847b20a1fd82cd6f89bbb01a30">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccfcb551-967a-49a8-90a3-88e4c3a60987" xmlns:ns3="b0b1da0f-30a2-40a6-8461-53ee39903766" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c0fa145a67922c9bdeccf3712a9b8926" ns2:_="" ns3:_="">
     <xsd:import namespace="ccfcb551-967a-49a8-90a3-88e4c3a60987"/>
     <xsd:import namespace="b0b1da0f-30a2-40a6-8461-53ee39903766"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -42351,104 +43806,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00A4BB0B-2FAE-4175-B802-F3E9E998319C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ccfcb551-967a-49a8-90a3-88e4c3a60987"/>
+    <ds:schemaRef ds:uri="b0b1da0f-30a2-40a6-8461-53ee39903766"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBF19B18-4F0D-4504-99D6-2472B3968284}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAB1D297-8063-4D18-B630-FC4FD0107CA4}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D05695E7-589A-494B-8E5C-446E859BC726}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ccfcb551-967a-49a8-90a3-88e4c3a60987"/>
     <ds:schemaRef ds:uri="b0b1da0f-30a2-40a6-8461-53ee39903766"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="b0b1da0f-30a2-40a6-8461-53ee39903766"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>