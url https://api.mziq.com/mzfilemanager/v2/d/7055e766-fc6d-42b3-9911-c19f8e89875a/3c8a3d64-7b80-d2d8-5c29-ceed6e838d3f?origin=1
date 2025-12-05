--- v0 (2025-10-05)
+++ v1 (2025-12-05)
@@ -1,129 +1,169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr codeName="EstaPasta_de_trabalho" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="A:\RI\Balanços\Balanços_2025\2T25\4. Planilhas para o Site\Dividendos\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="A:\RI\Balanços\Balanços_2025\3T25\4. Planilhas para o Site\Dividendos\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6B399B09-BA71-48A0-96AA-2D6E69D48D9B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7710252-D878-45C8-AC89-859847857BAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="11460" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="20370" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Alupar" sheetId="2" r:id="rId1"/>
+    <sheet name="Planilha1" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L10" i="2" l="1"/>
-[...35 lines deleted...]
-  <c r="I54" i="2"/>
+  <c r="I11" i="2" l="1"/>
+  <c r="J11" i="2"/>
+  <c r="K11" i="2"/>
+  <c r="L11" i="2"/>
+  <c r="M20" i="2"/>
+  <c r="M19" i="2"/>
+  <c r="M53" i="2"/>
+  <c r="M54" i="2"/>
+  <c r="M50" i="2"/>
+  <c r="M51" i="2"/>
+  <c r="M47" i="2"/>
+  <c r="M43" i="2"/>
+  <c r="M42" i="2"/>
+  <c r="M40" i="2"/>
+  <c r="M39" i="2"/>
+  <c r="M35" i="2"/>
+  <c r="M23" i="2"/>
+  <c r="M27" i="2"/>
+  <c r="M32" i="2"/>
+  <c r="M7" i="2"/>
+  <c r="M18" i="2"/>
+  <c r="M17" i="2"/>
+  <c r="M15" i="2"/>
+  <c r="M14" i="2"/>
+  <c r="M13" i="2"/>
+  <c r="M12" i="2"/>
+  <c r="M10" i="2"/>
+  <c r="M8" i="2"/>
+  <c r="I16" i="2" l="1"/>
+  <c r="J16" i="2"/>
+  <c r="K16" i="2"/>
+  <c r="L16" i="2"/>
+  <c r="L21" i="2" l="1"/>
+  <c r="K21" i="2"/>
+  <c r="J21" i="2"/>
+  <c r="I21" i="2"/>
+  <c r="K25" i="2" l="1"/>
+  <c r="J25" i="2"/>
+  <c r="I25" i="2"/>
+  <c r="J29" i="2" l="1"/>
+  <c r="K55" i="2" l="1"/>
+  <c r="I55" i="2"/>
+  <c r="J54" i="2"/>
   <c r="J53" i="2"/>
-  <c r="J52" i="2"/>
-  <c r="K50" i="2"/>
+  <c r="K52" i="2"/>
+  <c r="I52" i="2"/>
+  <c r="J51" i="2"/>
   <c r="J50" i="2"/>
-  <c r="I50" i="2"/>
+  <c r="K49" i="2"/>
+  <c r="I49" i="2"/>
+  <c r="J48" i="2"/>
+  <c r="J47" i="2"/>
   <c r="K46" i="2"/>
   <c r="I46" i="2"/>
   <c r="J45" i="2"/>
   <c r="J44" i="2"/>
-  <c r="K42" i="2"/>
+  <c r="K43" i="2"/>
+  <c r="I43" i="2"/>
   <c r="J42" i="2"/>
-  <c r="I42" i="2"/>
-[...2 lines deleted...]
-  <c r="J66" i="2"/>
+  <c r="J41" i="2"/>
+  <c r="K40" i="2"/>
+  <c r="J40" i="2"/>
+  <c r="I40" i="2"/>
+  <c r="K37" i="2"/>
+  <c r="I37" i="2"/>
+  <c r="J36" i="2"/>
+  <c r="J35" i="2"/>
+  <c r="K34" i="2"/>
+  <c r="J34" i="2"/>
+  <c r="I34" i="2"/>
+  <c r="I56" i="2" l="1"/>
+  <c r="K56" i="2"/>
+  <c r="J49" i="2"/>
+  <c r="J55" i="2"/>
+  <c r="J52" i="2"/>
+  <c r="J37" i="2"/>
+  <c r="J43" i="2"/>
   <c r="J46" i="2"/>
-  <c r="J54" i="2"/>
-  <c r="J58" i="2"/>
+  <c r="J56" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="84">
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Yaer of Payment</t>
   </si>
   <si>
     <t>Dividends History - Alupar</t>
   </si>
   <si>
     <t>Approval Date</t>
   </si>
   <si>
     <t>Ex-Dividends Date</t>
   </si>
   <si>
     <t>Payment Date</t>
   </si>
   <si>
     <t>Origin of Resources</t>
   </si>
   <si>
     <t>Total Amount 
  (R$ '000)</t>
   </si>
@@ -163,93 +203,63 @@
   <si>
     <t>Board Meeting - Dividends</t>
   </si>
   <si>
     <t>Net Income of 6M2017</t>
   </si>
   <si>
     <t>2017 Net Income</t>
   </si>
   <si>
     <t>2016 Net Income</t>
   </si>
   <si>
     <t>Net Income Reserve</t>
   </si>
   <si>
     <t>2014 Net Income</t>
   </si>
   <si>
     <t>2013 Net Income</t>
   </si>
   <si>
     <t>04/27/21</t>
   </si>
   <si>
-    <t>04/27/20</t>
-[...1 lines deleted...]
-  <si>
     <t>05/31/21</t>
   </si>
   <si>
     <t>08/30/21</t>
   </si>
   <si>
     <t>11/30/21</t>
   </si>
   <si>
     <t>06/17/20</t>
   </si>
   <si>
     <t>11/30/20</t>
-  </si>
-[...25 lines deleted...]
-    <t>04/16/14</t>
   </si>
   <si>
     <r>
       <t>Corporate Act</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color indexed="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>1 Only Portuguese</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Record Date</t>
     </r>
@@ -286,74 +296,68 @@
   <si>
     <t>3 Considers the quotation of the Company's Units on the dates of the respective AGEM</t>
   </si>
   <si>
     <t>02/01/18</t>
   </si>
   <si>
     <t>05/31/22</t>
   </si>
   <si>
     <t>08/31/22</t>
   </si>
   <si>
     <t>11/30/22</t>
   </si>
   <si>
     <t>2020 Net Income Reserve</t>
   </si>
   <si>
     <t>2022 Net Income</t>
   </si>
   <si>
     <t>2021 Net Income Reserve</t>
   </si>
   <si>
-    <t>4.9%</t>
-[...1 lines deleted...]
-  <si>
     <t>04/17/23</t>
   </si>
   <si>
     <t>04/18/23</t>
   </si>
   <si>
     <t>Board Meeting</t>
   </si>
   <si>
     <t>05/15/23</t>
   </si>
   <si>
     <t>06/16/2023</t>
   </si>
   <si>
     <t>1Q23 – Net Income</t>
   </si>
   <si>
-    <t>0.4%</t>
-[...1 lines deleted...]
-  <si>
     <t>05/16/2023</t>
   </si>
   <si>
     <t>11/17/2023</t>
   </si>
   <si>
     <t>2Q23 – Net Income</t>
   </si>
   <si>
     <t>08/16/2023</t>
   </si>
   <si>
     <t>08/17/2023</t>
   </si>
   <si>
     <t>11/16/2023</t>
   </si>
   <si>
     <t>3Q23 – Net Income</t>
   </si>
   <si>
     <t>4Q23 – Net Income</t>
   </si>
   <si>
     <t>04/19/2024</t>
@@ -401,50 +405,62 @@
     <t>04/17/2025</t>
   </si>
   <si>
     <t>4Q24 – Net Income</t>
   </si>
   <si>
     <t>Up to 60 days after approval</t>
   </si>
   <si>
     <t>1Q25 – Net Income</t>
   </si>
   <si>
     <t>05/16/2025</t>
   </si>
   <si>
     <t>05/15/2025</t>
   </si>
   <si>
     <t>2Q25 – Net Income</t>
   </si>
   <si>
     <t>08/14/2025</t>
   </si>
   <si>
     <t>08/15/2025</t>
+  </si>
+  <si>
+    <t>11/13/2025</t>
+  </si>
+  <si>
+    <t>11/14/2025</t>
+  </si>
+  <si>
+    <t>3Q25 – Net Income</t>
+  </si>
+  <si>
+    <t>Valor da ação na data da aprovação (R$)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
     <numFmt numFmtId="168" formatCode="mm/dd/yy;@"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -693,51 +709,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="1" tint="0.14999847407452621"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="148">
+  <cellXfs count="146">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -752,146 +768,113 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="8" fillId="4" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="4" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -900,296 +883,319 @@
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="6" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="6" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="10" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="10" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="16" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="7" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="6" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="15" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="6" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="6" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙˙_x0008_" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Comma" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hiperlink" xfId="6" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Porcentagem" xfId="2" builtinId="5"/>
     <cellStyle name="Vírgula" xfId="3" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Emille Reckia" id="{4CF6A7ED-5F73-4476-8FF4-622827BD2AE9}" userId="S::emille.reckia@AES.COM::029b8abf-20c5-4903-bd8f-0d3c8fabf920" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1474,2112 +1480,2071 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-assembleias-de-acionistas-ago-age-e-agd/3c39707394feecc406856aada493b90730e806f392ff966b329d12e795350dde/ata_da_assembleia_geral_ordinaria_e_extraordinaria_de_25.04.2017." TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2020/dcb9a76d-30e7-48a9-8120-52ab34c68bb3/20200427152617000943_21490_756519.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/59a95811-4992-176c-41c5-20f0e3a9a1a2?origin=1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/d7da0a8e-4ac2-ef63-da7b-307e362f30cd?origin=2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2019/dba85120-9ec2-4fde-b06a-72f5871c4cdf/20190429173331242782_683253..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/f5d78072-2fc0-71a1-1aab-41647a4f795d?origin=2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-reuniao-de-conselho-de-administracao-rca/6cd2bbafa8d302aab0e487704818dd91c3a331331fca6fdac03c6869cff37741/ata_rca_distribuicao_de_dividendos_intercalares.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-reuniao-de-conselho-de-administracao-rca/1d957e57b5be1405268ba630a0dc6667777692f61e167233b24b486067731acb/ata_rca_distribuicao_de_dividendos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/ca523743-d614-b059-bceb-1d02d6515c1c?origin=1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/959cb54b-19c6-ea0c-f10e-29e93aa16dcf?origin=2" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2020/dcb9a76d-30e7-48a9-8120-52ab34c68bb3/20200427152617000943_21490_756519.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/9cd399e8-c4cb-198a-4719-9ab877b6738c?origin=1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/792619eb-44f3-6dbe-a701-b21aaf69236c?origin=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/40fe7199-f911-c638-5150-6eff1f8c77d8?origin=1" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-assembleias-de-acionistas-ago-age-e-agd/fb16343b80f0d41809e5cd46b7bbc422e17dc8855e3c763fe0cb4fe0f5dde338/ata_agoe.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-reuniao-de-conselho-de-administracao-rca/842eed4aa25a2bd69f08151655c5a50e5771e14243dedd6ed94a9485835926a3/ata_rca_distribuicao_de_dividendos_intermediarios.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/6ff2ade4-6d23-3ecb-01be-34b9fde1298f?origin=1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2018/487c45a4-4caa-40bf-9098-d5f4662fc3f0/20180426153950896367_613390.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2020/dcb9a76d-30e7-48a9-8120-52ab34c68bb3/20200427152617000943_21490_756519.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/dad628e8-ed5a-5b98-dad3-6a7f57955986?origin=2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-assembleias-de-acionistas-ago-age-e-agd/197762a3f1980dad1f357a5426b98da424dc041dc864e869c5edc8bc47541ebd/ata_agoe.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/170aa215-f193-0bcd-db0b-3d1a460301d4?origin=1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2018/18fcb264-ed85-4ccb-9284-9a5689b1780d/20181203205831661040_654174.12.03_ARCA__Distribuicao_de_dividendos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-assembleias-de-acionistas-ago-age-e-agd/01705b0880a4e5cf10e91dff2de601754271c87b31edd1c4857b435e08c0fe52/ata_da_assembleia_geral_ordinaria_e_extraordinaria_de_20.04.2016." TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/80266cb4-c9ec-75fd-384a-08c9654ddfc8?origin=1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/01f9bfd6-48ae-2e89-e473-f6f7931e03f4?origin=2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-reuniao-de-conselho-de-administracao-rca/1d957e57b5be1405268ba630a0dc6667777692f61e167233b24b486067731acb/ata_rca_distribuicao_de_dividendos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/ca523743-d614-b059-bceb-1d02d6515c1c?origin=1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/01f9bfd6-48ae-2e89-e473-f6f7931e03f4?origin=2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2018/487c45a4-4caa-40bf-9098-d5f4662fc3f0/20180426153950896367_613390.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/959cb54b-19c6-ea0c-f10e-29e93aa16dcf?origin=2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-reuniao-de-conselho-de-administracao-rca/842eed4aa25a2bd69f08151655c5a50e5771e14243dedd6ed94a9485835926a3/ata_rca_distribuicao_de_dividendos_intermediarios.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/9cd399e8-c4cb-198a-4719-9ab877b6738c?origin=1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/f5d78072-2fc0-71a1-1aab-41647a4f795d?origin=2" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2018/18fcb264-ed85-4ccb-9284-9a5689b1780d/20181203205831661040_654174.12.03_ARCA__Distribuicao_de_dividendos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/792619eb-44f3-6dbe-a701-b21aaf69236c?origin=1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/6ff2ade4-6d23-3ecb-01be-34b9fde1298f?origin=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2019/dba85120-9ec2-4fde-b06a-72f5871c4cdf/20190429173331242782_683253..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-assembleias-de-acionistas-ago-age-e-agd/197762a3f1980dad1f357a5426b98da424dc041dc864e869c5edc8bc47541ebd/ata_agoe.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2020/dcb9a76d-30e7-48a9-8120-52ab34c68bb3/20200427152617000943_21490_756519.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-reuniao-de-conselho-de-administracao-rca/6cd2bbafa8d302aab0e487704818dd91c3a331331fca6fdac03c6869cff37741/ata_rca_distribuicao_de_dividendos_intercalares.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/170aa215-f193-0bcd-db0b-3d1a460301d4?origin=1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/a0c5b66f-0ba6-8460-05fa-87b6985db6b6?origin=2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/80266cb4-c9ec-75fd-384a-08c9654ddfc8?origin=1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/dad628e8-ed5a-5b98-dad3-6a7f57955986?origin=2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-filemanager.s3.amazonaws.com/7055e766-fc6d-42b3-9911-c19f8e89875a/atas-de-assembleias-de-acionistas-ago-age-e-agd/fb16343b80f0d41809e5cd46b7bbc422e17dc8855e3c763fe0cb4fe0f5dde338/ata_agoe.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mz-prod-cvm.s3.amazonaws.com/21490/IPE/2020/dcb9a76d-30e7-48a9-8120-52ab34c68bb3/20200427152617000943_21490_756519.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/59a95811-4992-176c-41c5-20f0e3a9a1a2?origin=1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/d7da0a8e-4ac2-ef63-da7b-307e362f30cd?origin=2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O78"/>
+  <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F7" sqref="F7"/>
+      <selection pane="bottomLeft" activeCell="I12" sqref="I12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="0.81640625" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="12.1796875" style="2" customWidth="1"/>
+    <col min="1" max="1" width="0.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="10.85546875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="27.5703125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12.140625" style="2" customWidth="1"/>
     <col min="6" max="6" width="11" style="2" customWidth="1"/>
-    <col min="7" max="7" width="20.26953125" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="14" max="16384" width="9.1796875" style="1"/>
+    <col min="7" max="7" width="20.28515625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="22.42578125" style="2" customWidth="1"/>
+    <col min="9" max="9" width="16.5703125" style="2" customWidth="1"/>
+    <col min="10" max="10" width="13.5703125" style="43" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.5703125" style="43" customWidth="1"/>
+    <col min="13" max="13" width="14.85546875" style="43" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="5" style="107" customWidth="1"/>
+    <col min="15" max="15" width="14" style="125" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="46" t="s">
+    <row r="1" spans="1:15" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="37" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
       <c r="G1" s="16"/>
       <c r="H1" s="16"/>
       <c r="I1" s="16"/>
       <c r="J1" s="16"/>
       <c r="K1" s="16"/>
       <c r="L1" s="16"/>
       <c r="M1" s="16"/>
-    </row>
-    <row r="2" spans="1:13" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="N1" s="16"/>
+      <c r="O1" s="123"/>
+    </row>
+    <row r="2" spans="1:15" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="9"/>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="10"/>
       <c r="K2" s="9"/>
       <c r="L2" s="10"/>
       <c r="M2" s="10"/>
-    </row>
-[...1 lines deleted...]
-    <row r="4" spans="1:13" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="N2" s="10"/>
+      <c r="O2" s="124"/>
+    </row>
+    <row r="3" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:15" ht="42" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="15" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="K4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:13" ht="6" customHeight="1" x14ac:dyDescent="0.3">
+        <v>34</v>
+      </c>
+      <c r="N4" s="85"/>
+      <c r="O4" s="126" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="11"/>
       <c r="C5" s="11"/>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="13"/>
       <c r="H5" s="13"/>
       <c r="I5" s="13"/>
       <c r="J5" s="12"/>
       <c r="K5" s="12"/>
       <c r="L5" s="13"/>
       <c r="M5" s="14"/>
-    </row>
-[...17 lines deleted...]
-      <c r="B7" s="127">
+      <c r="N5" s="67"/>
+      <c r="O5" s="13"/>
+    </row>
+    <row r="6" spans="1:15" s="47" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="46"/>
+      <c r="B6" s="52"/>
+      <c r="C6" s="52"/>
+      <c r="D6" s="53"/>
+      <c r="E6" s="53"/>
+      <c r="F6" s="53"/>
+      <c r="G6" s="54"/>
+      <c r="H6" s="54"/>
+      <c r="I6" s="54"/>
+      <c r="J6" s="53"/>
+      <c r="K6" s="53"/>
+      <c r="L6" s="54"/>
+      <c r="M6" s="67"/>
+      <c r="N6" s="67"/>
+      <c r="O6" s="54"/>
+    </row>
+    <row r="7" spans="1:15" s="47" customFormat="1" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="46"/>
+      <c r="B7" s="102">
         <v>2025</v>
       </c>
-      <c r="C7" s="80" t="s">
+      <c r="C7" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" s="65">
+        <v>45819</v>
+      </c>
+      <c r="E7" s="61" t="s">
+        <v>80</v>
+      </c>
+      <c r="F7" s="65" t="s">
+        <v>81</v>
+      </c>
+      <c r="G7" s="103" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7" s="103" t="s">
+        <v>82</v>
+      </c>
+      <c r="I7" s="89">
+        <v>98888.060100000002</v>
+      </c>
+      <c r="J7" s="87">
+        <v>0.1</v>
+      </c>
+      <c r="K7" s="87">
+        <v>0.3</v>
+      </c>
+      <c r="L7" s="60">
+        <v>489390</v>
+      </c>
+      <c r="M7" s="105">
+        <f>K7/O7</f>
+        <v>8.8105726872246704E-3</v>
+      </c>
+      <c r="N7" s="105"/>
+      <c r="O7" s="87">
+        <v>34.049999999999997</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" s="47" customFormat="1" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="46"/>
+      <c r="B8" s="100">
+        <v>2025</v>
+      </c>
+      <c r="C8" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" s="65">
+        <v>45846</v>
+      </c>
+      <c r="E8" s="61" t="s">
+        <v>79</v>
+      </c>
+      <c r="F8" s="65" t="s">
+        <v>78</v>
+      </c>
+      <c r="G8" s="99" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" s="99" t="s">
+        <v>77</v>
+      </c>
+      <c r="I8" s="89">
+        <v>69221.642070000002</v>
+      </c>
+      <c r="J8" s="87">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="K8" s="87">
+        <v>0.21</v>
+      </c>
+      <c r="L8" s="60">
+        <v>144867</v>
+      </c>
+      <c r="M8" s="105">
+        <f>K8/O8</f>
+        <v>7.1186440677966098E-3</v>
+      </c>
+      <c r="N8" s="105"/>
+      <c r="O8" s="87">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" s="47" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="46"/>
+      <c r="B9" s="52"/>
+      <c r="C9" s="52"/>
+      <c r="D9" s="53"/>
+      <c r="E9" s="53"/>
+      <c r="F9" s="53"/>
+      <c r="G9" s="54"/>
+      <c r="H9" s="54"/>
+      <c r="I9" s="54"/>
+      <c r="J9" s="53"/>
+      <c r="K9" s="53"/>
+      <c r="L9" s="54"/>
+      <c r="M9" s="67"/>
+      <c r="N9" s="67"/>
+      <c r="O9" s="53"/>
+    </row>
+    <row r="10" spans="1:15" s="47" customFormat="1" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="46"/>
+      <c r="B10" s="96">
+        <v>2025</v>
+      </c>
+      <c r="C10" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="65">
+        <v>45874</v>
+      </c>
+      <c r="E10" s="61" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" s="65" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" s="97">
+        <v>45876</v>
+      </c>
+      <c r="H10" s="97" t="s">
+        <v>74</v>
+      </c>
+      <c r="I10" s="89">
+        <v>69221.642070000002</v>
+      </c>
+      <c r="J10" s="87">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="K10" s="87">
+        <v>0.21</v>
+      </c>
+      <c r="L10" s="60">
+        <v>298777</v>
+      </c>
+      <c r="M10" s="105">
+        <f>K10/O10</f>
+        <v>7.0446159007044613E-3</v>
+      </c>
+      <c r="N10" s="105"/>
+      <c r="O10" s="87">
+        <v>29.81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" s="47" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="46"/>
+      <c r="B11" s="83"/>
+      <c r="C11" s="83"/>
+      <c r="D11" s="84"/>
+      <c r="E11" s="84"/>
+      <c r="F11" s="84"/>
+      <c r="G11" s="85"/>
+      <c r="H11" s="85"/>
+      <c r="I11" s="98">
+        <f>SUM(I7:I10)</f>
+        <v>237331.34424000001</v>
+      </c>
+      <c r="J11" s="101">
+        <f>SUM(J7:J10)</f>
+        <v>0.24000000000000002</v>
+      </c>
+      <c r="K11" s="101">
+        <f>SUM(K7:K10)</f>
+        <v>0.72</v>
+      </c>
+      <c r="L11" s="98">
+        <f>SUM(L7:L10)</f>
+        <v>933034</v>
+      </c>
+      <c r="M11" s="86"/>
+      <c r="N11" s="86"/>
+      <c r="O11" s="101"/>
+    </row>
+    <row r="12" spans="1:15" s="47" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="46"/>
+      <c r="B12" s="94">
+        <v>2025</v>
+      </c>
+      <c r="C12" s="66" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="65" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" s="61" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" s="61" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" s="95">
+        <v>45967</v>
+      </c>
+      <c r="H12" s="95" t="s">
+        <v>72</v>
+      </c>
+      <c r="I12" s="89">
+        <v>76068</v>
+      </c>
+      <c r="J12" s="87">
+        <v>0.08</v>
+      </c>
+      <c r="K12" s="87">
+        <v>0.24</v>
+      </c>
+      <c r="L12" s="60">
+        <v>230322</v>
+      </c>
+      <c r="M12" s="105">
+        <f>K12/O12</f>
+        <v>8.4656084656084644E-3</v>
+      </c>
+      <c r="N12" s="105"/>
+      <c r="O12" s="87">
+        <v>28.35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="46"/>
+      <c r="B13" s="92">
+        <v>2025</v>
+      </c>
+      <c r="C13" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" s="65">
+        <v>45484</v>
+      </c>
+      <c r="E13" s="61" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" s="61" t="s">
+        <v>69</v>
+      </c>
+      <c r="G13" s="93">
+        <v>45809</v>
+      </c>
+      <c r="H13" s="93" t="s">
+        <v>67</v>
+      </c>
+      <c r="I13" s="89">
+        <v>76068</v>
+      </c>
+      <c r="J13" s="87">
+        <v>0.08</v>
+      </c>
+      <c r="K13" s="88">
+        <v>0.24</v>
+      </c>
+      <c r="L13" s="60">
+        <v>363754</v>
+      </c>
+      <c r="M13" s="105">
+        <f>K13/O13</f>
+        <v>8.3102493074792248E-3</v>
+      </c>
+      <c r="N13" s="105"/>
+      <c r="O13" s="88">
+        <v>28.88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="46"/>
+      <c r="B14" s="91">
+        <v>2024</v>
+      </c>
+      <c r="C14" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" s="65">
+        <v>45512</v>
+      </c>
+      <c r="E14" s="61" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="61" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="90">
+        <v>45568</v>
+      </c>
+      <c r="H14" s="90" t="s">
+        <v>66</v>
+      </c>
+      <c r="I14" s="89">
+        <v>57051</v>
+      </c>
+      <c r="J14" s="87">
+        <v>0.06</v>
+      </c>
+      <c r="K14" s="88">
+        <v>0.18</v>
+      </c>
+      <c r="L14" s="60">
+        <v>237070</v>
+      </c>
+      <c r="M14" s="105">
+        <f>K14/O14</f>
+        <v>5.6692913385826766E-3</v>
+      </c>
+      <c r="N14" s="105"/>
+      <c r="O14" s="88">
+        <v>31.75</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="46"/>
+      <c r="B15" s="106">
+        <v>2024</v>
+      </c>
+      <c r="C15" s="131" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" s="132">
+        <v>45540</v>
+      </c>
+      <c r="E15" s="133" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="133" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="104">
+        <v>45481</v>
+      </c>
+      <c r="H15" s="104" t="s">
+        <v>63</v>
+      </c>
+      <c r="I15" s="89">
+        <v>66559.271240000002</v>
+      </c>
+      <c r="J15" s="87">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="K15" s="88">
+        <v>0.21</v>
+      </c>
+      <c r="L15" s="60">
+        <v>254944</v>
+      </c>
+      <c r="M15" s="105">
+        <f>K15/O15</f>
+        <v>7.1794871794871795E-3</v>
+      </c>
+      <c r="N15" s="105"/>
+      <c r="O15" s="88">
+        <v>29.25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" s="47" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="46"/>
+      <c r="B16" s="83"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="84"/>
+      <c r="E16" s="84"/>
+      <c r="F16" s="84"/>
+      <c r="G16" s="85"/>
+      <c r="H16" s="85"/>
+      <c r="I16" s="134">
+        <f>SUM(I12:I15)</f>
+        <v>275746.27124000003</v>
+      </c>
+      <c r="J16" s="135">
+        <f>SUM(J12:J15)</f>
+        <v>0.29000000000000004</v>
+      </c>
+      <c r="K16" s="135">
+        <f>SUM(K12:K15)</f>
+        <v>0.86999999999999988</v>
+      </c>
+      <c r="L16" s="136">
+        <f>SUM(L12:L15)</f>
+        <v>1086090</v>
+      </c>
+      <c r="M16" s="98"/>
+      <c r="N16" s="98"/>
+      <c r="O16" s="135"/>
+    </row>
+    <row r="17" spans="1:15" s="47" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="46"/>
+      <c r="B17" s="108">
+        <v>2024</v>
+      </c>
+      <c r="C17" s="66" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" s="65" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" s="61" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" s="61" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" s="81">
+        <v>45474</v>
+      </c>
+      <c r="H17" s="62" t="s">
         <v>56</v>
       </c>
-      <c r="D7" s="77">
-[...20 lines deleted...]
-      <c r="K7" s="106">
+      <c r="I17" s="20">
+        <v>237711.68304</v>
+      </c>
+      <c r="J17" s="21">
+        <v>0.26</v>
+      </c>
+      <c r="K17" s="2">
+        <v>0.78</v>
+      </c>
+      <c r="L17" s="60">
+        <v>141162</v>
+      </c>
+      <c r="M17" s="105">
+        <f>K17/O17</f>
+        <v>2.6227303295225289E-2</v>
+      </c>
+      <c r="N17" s="105"/>
+      <c r="O17" s="2">
+        <v>29.74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="46"/>
+      <c r="B18" s="108"/>
+      <c r="C18" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" s="65">
+        <v>45180</v>
+      </c>
+      <c r="E18" s="61" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" s="61" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" s="93">
+        <v>45383</v>
+      </c>
+      <c r="H18" s="62" t="s">
+        <v>55</v>
+      </c>
+      <c r="I18" s="20">
+        <v>36571</v>
+      </c>
+      <c r="J18" s="21">
+        <v>0.04</v>
+      </c>
+      <c r="K18" s="2">
+        <v>0.12</v>
+      </c>
+      <c r="L18" s="60">
+        <v>100005</v>
+      </c>
+      <c r="M18" s="105">
+        <f>K18/O19</f>
+        <v>4.1841004184100415E-3</v>
+      </c>
+      <c r="N18" s="105"/>
+      <c r="O18" s="2">
+        <v>29.4</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="46"/>
+      <c r="B19" s="108">
+        <v>2023</v>
+      </c>
+      <c r="C19" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="61" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" s="61" t="s">
+        <v>47</v>
+      </c>
+      <c r="G19" s="93">
+        <v>45056</v>
+      </c>
+      <c r="H19" s="62" t="s">
+        <v>51</v>
+      </c>
+      <c r="I19" s="20">
+        <v>36571</v>
+      </c>
+      <c r="J19" s="21">
+        <v>0.04</v>
+      </c>
+      <c r="K19" s="2">
+        <v>0.12</v>
+      </c>
+      <c r="L19" s="60">
+        <v>222186</v>
+      </c>
+      <c r="M19" s="105">
+        <f>K19/O19</f>
+        <v>4.1841004184100415E-3</v>
+      </c>
+      <c r="N19" s="105"/>
+      <c r="O19" s="2">
+        <v>28.68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="46"/>
+      <c r="B20" s="108"/>
+      <c r="C20" s="64" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" s="65">
+        <v>45204</v>
+      </c>
+      <c r="E20" s="61" t="s">
+        <v>46</v>
+      </c>
+      <c r="F20" s="61" t="s">
+        <v>47</v>
+      </c>
+      <c r="G20" s="93">
+        <v>45053</v>
+      </c>
+      <c r="H20" s="50" t="s">
+        <v>48</v>
+      </c>
+      <c r="I20" s="20">
+        <v>36571</v>
+      </c>
+      <c r="J20" s="21">
+        <v>0.04</v>
+      </c>
+      <c r="K20" s="2">
+        <v>0.12</v>
+      </c>
+      <c r="L20" s="60">
+        <v>230710</v>
+      </c>
+      <c r="M20" s="105">
+        <f>K20/O20</f>
+        <v>4.1623309053069723E-3</v>
+      </c>
+      <c r="N20" s="105"/>
+      <c r="O20" s="2">
+        <v>28.83</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="46"/>
+      <c r="B21" s="82"/>
+      <c r="C21" s="30" t="s">
+        <v>0</v>
+      </c>
+      <c r="D21" s="68"/>
+      <c r="E21" s="69"/>
+      <c r="F21" s="69"/>
+      <c r="G21" s="70"/>
+      <c r="H21" s="71"/>
+      <c r="I21" s="73">
+        <f>SUM(I17:I20)</f>
+        <v>347424.68304000003</v>
+      </c>
+      <c r="J21" s="74">
+        <f>SUM(J17:J20)</f>
+        <v>0.37999999999999995</v>
+      </c>
+      <c r="K21" s="74">
+        <f>SUM(K17:K20)</f>
+        <v>1.1400000000000001</v>
+      </c>
+      <c r="L21" s="80">
+        <f>SUM(L17:L20)</f>
+        <v>694063</v>
+      </c>
+      <c r="M21" s="72"/>
+      <c r="N21" s="72"/>
+      <c r="O21" s="74"/>
+    </row>
+    <row r="22" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="46"/>
+      <c r="B22" s="108">
+        <v>2023</v>
+      </c>
+      <c r="C22" s="115" t="s">
+        <v>16</v>
+      </c>
+      <c r="D22" s="53"/>
+      <c r="E22" s="53"/>
+      <c r="F22" s="53"/>
+      <c r="G22" s="63"/>
+      <c r="H22" s="50" t="s">
+        <v>41</v>
+      </c>
+      <c r="I22" s="20"/>
+      <c r="J22" s="21"/>
+      <c r="K22" s="46"/>
+      <c r="L22" s="54"/>
+      <c r="M22" s="51"/>
+      <c r="N22" s="105"/>
+      <c r="O22" s="46"/>
+    </row>
+    <row r="23" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="46"/>
+      <c r="B23" s="108"/>
+      <c r="C23" s="115"/>
+      <c r="D23" s="61" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" s="61" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" s="61" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" s="113" t="s">
+        <v>49</v>
+      </c>
+      <c r="H23" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="I23" s="20">
+        <v>421973</v>
+      </c>
+      <c r="J23" s="21">
+        <v>0.48</v>
+      </c>
+      <c r="K23" s="2">
+        <v>1.44</v>
+      </c>
+      <c r="L23" s="60">
+        <v>918465</v>
+      </c>
+      <c r="M23" s="105">
+        <f>K23/O23</f>
+        <v>4.9467536928890415E-2</v>
+      </c>
+      <c r="N23" s="105"/>
+      <c r="O23" s="2">
+        <v>29.11</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="46"/>
+      <c r="B24" s="108"/>
+      <c r="C24" s="115"/>
+      <c r="D24" s="53"/>
+      <c r="E24" s="53"/>
+      <c r="F24" s="53"/>
+      <c r="G24" s="113"/>
+      <c r="H24" s="48" t="s">
+        <v>40</v>
+      </c>
+      <c r="I24" s="20"/>
+      <c r="J24" s="21"/>
+      <c r="K24" s="46"/>
+      <c r="L24" s="54"/>
+      <c r="M24" s="49"/>
+      <c r="N24" s="105"/>
+      <c r="O24" s="46"/>
+    </row>
+    <row r="25" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="46"/>
+      <c r="B25" s="109"/>
+      <c r="C25" s="30" t="s">
+        <v>0</v>
+      </c>
+      <c r="D25" s="53"/>
+      <c r="E25" s="53"/>
+      <c r="F25" s="53"/>
+      <c r="G25" s="48"/>
+      <c r="H25" s="48"/>
+      <c r="I25" s="22">
+        <f>I23</f>
+        <v>421973</v>
+      </c>
+      <c r="J25" s="79">
+        <f>J23</f>
+        <v>0.48</v>
+      </c>
+      <c r="K25" s="79">
+        <f>K23</f>
+        <v>1.44</v>
+      </c>
+      <c r="L25" s="54"/>
+      <c r="M25" s="49"/>
+      <c r="N25" s="72"/>
+      <c r="O25" s="79"/>
+    </row>
+    <row r="26" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="46"/>
+      <c r="B26" s="117">
+        <v>2022</v>
+      </c>
+      <c r="C26" s="118" t="s">
+        <v>16</v>
+      </c>
+      <c r="D26" s="119">
+        <v>44869</v>
+      </c>
+      <c r="E26" s="119">
+        <v>44899</v>
+      </c>
+      <c r="F26" s="119">
+        <v>44869</v>
+      </c>
+      <c r="G26" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="H26" s="55" t="s">
+        <v>40</v>
+      </c>
+      <c r="I26" s="56">
+        <v>131867</v>
+      </c>
+      <c r="J26" s="57">
+        <v>0.15</v>
+      </c>
+      <c r="K26" s="58">
+        <v>0.45</v>
+      </c>
+      <c r="L26" s="116">
+        <v>1115400</v>
+      </c>
+      <c r="M26" s="59"/>
+      <c r="N26" s="105"/>
+      <c r="O26" s="58"/>
+    </row>
+    <row r="27" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="46"/>
+      <c r="B27" s="111"/>
+      <c r="C27" s="115"/>
+      <c r="D27" s="113"/>
+      <c r="E27" s="113"/>
+      <c r="F27" s="113"/>
+      <c r="G27" s="48" t="s">
+        <v>38</v>
+      </c>
+      <c r="H27" s="48" t="s">
+        <v>40</v>
+      </c>
+      <c r="I27" s="20">
+        <v>131867</v>
+      </c>
+      <c r="J27" s="21">
+        <v>0.15</v>
+      </c>
+      <c r="K27" s="2">
+        <v>0.45</v>
+      </c>
+      <c r="L27" s="114"/>
+      <c r="M27" s="105">
+        <f>K29/O27</f>
+        <v>4.5793000744601638E-2</v>
+      </c>
+      <c r="N27" s="105"/>
+      <c r="O27" s="2">
+        <v>26.86</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="46"/>
+      <c r="B28" s="111"/>
+      <c r="C28" s="115"/>
+      <c r="D28" s="113"/>
+      <c r="E28" s="113"/>
+      <c r="F28" s="113"/>
+      <c r="G28" s="48" t="s">
+        <v>39</v>
+      </c>
+      <c r="H28" s="48" t="s">
+        <v>40</v>
+      </c>
+      <c r="I28" s="20">
+        <v>96702</v>
+      </c>
+      <c r="J28" s="2">
+        <v>0.11</v>
+      </c>
+      <c r="K28" s="2">
+        <v>0.33</v>
+      </c>
+      <c r="L28" s="114"/>
+      <c r="M28" s="49"/>
+      <c r="N28" s="105"/>
+      <c r="O28" s="2"/>
+    </row>
+    <row r="29" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="40"/>
+      <c r="C29" s="30" t="s">
+        <v>0</v>
+      </c>
+      <c r="D29" s="31"/>
+      <c r="E29" s="31"/>
+      <c r="F29" s="31"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="35">
+        <v>360436</v>
+      </c>
+      <c r="J29" s="33">
+        <f>J5+J26+J27+J28</f>
+        <v>0.41</v>
+      </c>
+      <c r="K29" s="33">
+        <v>1.23</v>
+      </c>
+      <c r="L29" s="36"/>
+      <c r="M29" s="34"/>
+      <c r="N29" s="137"/>
+      <c r="O29" s="33"/>
+    </row>
+    <row r="30" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="111"/>
+      <c r="C30" s="112"/>
+      <c r="D30" s="113"/>
+      <c r="E30" s="113"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="H30" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="I30" s="20">
+        <v>87911.126900000003</v>
+      </c>
+      <c r="J30" s="21">
+        <v>0.1</v>
+      </c>
+      <c r="K30" s="21">
+        <v>0.3</v>
+      </c>
+      <c r="L30" s="114">
+        <v>942086</v>
+      </c>
+      <c r="M30" s="1"/>
+      <c r="N30" s="105"/>
+      <c r="O30" s="21"/>
+    </row>
+    <row r="31" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="111"/>
+      <c r="C31" s="112"/>
+      <c r="D31" s="113"/>
+      <c r="E31" s="113"/>
+      <c r="F31" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="G31" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="H31" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="I31" s="20">
+        <v>87911.126900000003</v>
+      </c>
+      <c r="J31" s="21">
+        <v>0.1</v>
+      </c>
+      <c r="K31" s="21">
+        <v>0.3</v>
+      </c>
+      <c r="L31" s="114"/>
+      <c r="M31" s="127"/>
+      <c r="N31" s="105"/>
+      <c r="O31" s="21"/>
+    </row>
+    <row r="32" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="111"/>
+      <c r="C32" s="112"/>
+      <c r="D32" s="113"/>
+      <c r="E32" s="113"/>
+      <c r="F32" s="41"/>
+      <c r="G32" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="H32" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="I32" s="20">
+        <v>44867.009940000004</v>
+      </c>
+      <c r="J32" s="21">
+        <v>5.1036781715967261E-2</v>
+      </c>
+      <c r="K32" s="21">
+        <v>0.15311034514790178</v>
+      </c>
+      <c r="L32" s="114"/>
+      <c r="M32" s="105">
+        <f>K34/O32</f>
+        <v>3.160270880361174E-2</v>
+      </c>
+      <c r="N32" s="105"/>
+      <c r="O32" s="21">
+        <v>26.58</v>
+      </c>
+    </row>
+    <row r="33" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="111"/>
+      <c r="C33" s="112"/>
+      <c r="D33" s="113"/>
+      <c r="E33" s="113"/>
+      <c r="F33" s="41"/>
+      <c r="G33" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="H33" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="I33" s="20">
+        <v>25461.89158</v>
+      </c>
+      <c r="J33" s="21">
+        <v>2.8963218284032727E-2</v>
+      </c>
+      <c r="K33" s="21">
+        <v>8.688965485209818E-2</v>
+      </c>
+      <c r="L33" s="114"/>
+      <c r="M33" s="127"/>
+      <c r="N33" s="105"/>
+      <c r="O33" s="21"/>
+    </row>
+    <row r="34" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="40"/>
+      <c r="C34" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="D34" s="31"/>
+      <c r="E34" s="31"/>
+      <c r="F34" s="31"/>
+      <c r="G34" s="31"/>
+      <c r="H34" s="31"/>
+      <c r="I34" s="35">
+        <f>I30+I31+I32+I33</f>
+        <v>246151.15532000002</v>
+      </c>
+      <c r="J34" s="33">
+        <f>J30+J31+J32+J33</f>
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="K34" s="33">
+        <f>K30+K31+K32+K33</f>
+        <v>0.84</v>
+      </c>
+      <c r="L34" s="114"/>
+      <c r="M34" s="137"/>
+      <c r="N34" s="137"/>
+      <c r="O34" s="74"/>
+    </row>
+    <row r="35" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="120"/>
+      <c r="C35" s="112"/>
+      <c r="D35" s="113"/>
+      <c r="E35" s="113"/>
+      <c r="F35" s="113"/>
+      <c r="G35" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="H35" s="41" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="20">
+        <v>96702.239589999997</v>
+      </c>
+      <c r="J35" s="17">
+        <f>K35/3</f>
+        <v>0.11</v>
+      </c>
+      <c r="K35" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="L35" s="121">
+        <v>890283.90654999996</v>
+      </c>
+      <c r="M35" s="141">
+        <f>K37/O36</f>
+        <v>2.9613733905579396E-2</v>
+      </c>
+      <c r="N35" s="105"/>
+      <c r="O35" s="17"/>
+    </row>
+    <row r="36" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="120"/>
+      <c r="C36" s="112"/>
+      <c r="D36" s="113"/>
+      <c r="E36" s="113"/>
+      <c r="F36" s="113"/>
+      <c r="G36" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="H36" s="41" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="20">
+        <v>105493.35228000001</v>
+      </c>
+      <c r="J36" s="17">
+        <f>K36/3</f>
+        <v>0.12</v>
+      </c>
+      <c r="K36" s="17">
+        <v>0.36</v>
+      </c>
+      <c r="L36" s="114"/>
+      <c r="M36" s="110"/>
+      <c r="N36" s="105"/>
+      <c r="O36" s="17">
+        <v>23.3</v>
+      </c>
+    </row>
+    <row r="37" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="29"/>
+      <c r="C37" s="30" t="s">
+        <v>0</v>
+      </c>
+      <c r="D37" s="31"/>
+      <c r="E37" s="31"/>
+      <c r="F37" s="31"/>
+      <c r="G37" s="32"/>
+      <c r="H37" s="32"/>
+      <c r="I37" s="27">
+        <f>I35+I36</f>
+        <v>202195.59187</v>
+      </c>
+      <c r="J37" s="32">
+        <f>J35+J36</f>
+        <v>0.22999999999999998</v>
+      </c>
+      <c r="K37" s="33">
+        <f>K35+K36</f>
+        <v>0.69</v>
+      </c>
+      <c r="L37" s="142"/>
+      <c r="M37" s="143"/>
+      <c r="N37" s="138"/>
+      <c r="O37" s="74"/>
+    </row>
+    <row r="38" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="120"/>
+      <c r="C38" s="42" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" s="44">
+        <v>43437</v>
+      </c>
+      <c r="E38" s="44">
+        <v>43441</v>
+      </c>
+      <c r="F38" s="44">
+        <v>43440</v>
+      </c>
+      <c r="G38" s="44">
+        <v>43453</v>
+      </c>
+      <c r="H38" s="41" t="s">
+        <v>14</v>
+      </c>
+      <c r="I38" s="23">
+        <v>52746.676140000003</v>
+      </c>
+      <c r="J38" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="K38" s="17">
+        <v>0.18</v>
+      </c>
+      <c r="L38" s="114">
+        <v>386750.07053000003</v>
+      </c>
+      <c r="M38" s="2"/>
+      <c r="N38" s="105"/>
+      <c r="O38" s="17"/>
+    </row>
+    <row r="39" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="120"/>
+      <c r="C39" s="42" t="s">
+        <v>16</v>
+      </c>
+      <c r="D39" s="44">
+        <v>43584</v>
+      </c>
+      <c r="E39" s="44">
+        <v>43585</v>
+      </c>
+      <c r="F39" s="44">
+        <v>43584</v>
+      </c>
+      <c r="G39" s="44">
+        <v>43676</v>
+      </c>
+      <c r="H39" s="41" t="s">
+        <v>15</v>
+      </c>
+      <c r="I39" s="23">
+        <v>131866.69034999999</v>
+      </c>
+      <c r="J39" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="K39" s="17">
+        <v>0.45</v>
+      </c>
+      <c r="L39" s="114"/>
+      <c r="M39" s="105">
+        <f>K38/O39</f>
+        <v>9.6256684491978616E-3</v>
+      </c>
+      <c r="N39" s="105"/>
+      <c r="O39" s="17">
+        <v>18.7</v>
+      </c>
+    </row>
+    <row r="40" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="24"/>
+      <c r="C40" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="D40" s="25"/>
+      <c r="E40" s="25"/>
+      <c r="F40" s="25"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="26"/>
+      <c r="I40" s="27">
+        <f>I38+I39</f>
+        <v>184613.36648999999</v>
+      </c>
+      <c r="J40" s="32">
+        <f>J38+J39</f>
         <v>0.21</v>
       </c>
-      <c r="L7" s="71">
-[...50 lines deleted...]
-      <c r="K9" s="106">
+      <c r="K40" s="33">
+        <f>K38+K39</f>
+        <v>0.63</v>
+      </c>
+      <c r="L40" s="139"/>
+      <c r="M40" s="72">
+        <f>K39/O40</f>
+        <v>1.9230769230769232E-2</v>
+      </c>
+      <c r="N40" s="140"/>
+      <c r="O40" s="130">
+        <v>23.4</v>
+      </c>
+    </row>
+    <row r="41" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="120"/>
+      <c r="C41" s="42" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" s="44">
+        <v>43129</v>
+      </c>
+      <c r="E41" s="44">
+        <v>43133</v>
+      </c>
+      <c r="F41" s="45" t="s">
+        <v>36</v>
+      </c>
+      <c r="G41" s="44">
+        <v>43147</v>
+      </c>
+      <c r="H41" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="I41" s="23">
+        <v>61537.788829999998</v>
+      </c>
+      <c r="J41" s="17">
+        <f>K41/3</f>
+        <v>6.9999999999999993E-2</v>
+      </c>
+      <c r="K41" s="17">
         <v>0.21</v>
       </c>
-      <c r="L9" s="71">
-[...38 lines deleted...]
-      <c r="C11" s="80" t="s">
+      <c r="L41" s="114"/>
+      <c r="M41" s="1"/>
+      <c r="N41" s="105"/>
+      <c r="O41" s="17"/>
+    </row>
+    <row r="42" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="120"/>
+      <c r="C42" s="42" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="77" t="s">
-[...128 lines deleted...]
-      <c r="K15" s="107">
+      <c r="D42" s="44">
+        <v>43216</v>
+      </c>
+      <c r="E42" s="44">
+        <v>43217</v>
+      </c>
+      <c r="F42" s="44">
+        <v>43216</v>
+      </c>
+      <c r="G42" s="44">
+        <v>43271</v>
+      </c>
+      <c r="H42" s="41" t="s">
+        <v>20</v>
+      </c>
+      <c r="I42" s="23">
+        <v>96702.239589999997</v>
+      </c>
+      <c r="J42" s="17">
+        <f>K42/3</f>
+        <v>0.11</v>
+      </c>
+      <c r="K42" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="L42" s="114"/>
+      <c r="M42" s="105">
+        <f>K41/O42</f>
+        <v>1.1290322580645161E-2</v>
+      </c>
+      <c r="N42" s="105"/>
+      <c r="O42" s="17">
+        <v>18.600000000000001</v>
+      </c>
+    </row>
+    <row r="43" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="24"/>
+      <c r="C43" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="D43" s="25"/>
+      <c r="E43" s="25"/>
+      <c r="F43" s="25"/>
+      <c r="G43" s="26"/>
+      <c r="H43" s="26"/>
+      <c r="I43" s="27">
+        <f>I41+I42</f>
+        <v>158240.02841999999</v>
+      </c>
+      <c r="J43" s="32">
+        <f>J41+J42</f>
         <v>0.18</v>
       </c>
-      <c r="L15" s="71">
-[...740 lines deleted...]
-        <v>96702.239589999997</v>
+      <c r="K43" s="33">
+        <f>K41+K42</f>
+        <v>0.54</v>
+      </c>
+      <c r="L43" s="26"/>
+      <c r="M43" s="72">
+        <f>K42/O43</f>
+        <v>1.8675721561969439E-2</v>
+      </c>
+      <c r="N43" s="140"/>
+      <c r="O43" s="130">
+        <v>17.670000000000002</v>
+      </c>
+    </row>
+    <row r="44" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="120"/>
+      <c r="C44" s="112"/>
+      <c r="D44" s="113"/>
+      <c r="E44" s="113"/>
+      <c r="F44" s="113"/>
+      <c r="G44" s="44">
+        <v>42912</v>
+      </c>
+      <c r="H44" s="41" t="s">
+        <v>21</v>
+      </c>
+      <c r="I44" s="23">
+        <v>90106.352400000003</v>
       </c>
       <c r="J44" s="17">
         <f>K44/3</f>
-        <v>0.11</v>
+        <v>0.10333333333333333</v>
       </c>
       <c r="K44" s="17">
-        <v>0.33</v>
-[...17 lines deleted...]
-        <v>105493.35228000001</v>
+        <v>0.31</v>
+      </c>
+      <c r="L44" s="114"/>
+      <c r="M44" s="110"/>
+      <c r="N44" s="105"/>
+      <c r="O44" s="17"/>
+    </row>
+    <row r="45" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="120"/>
+      <c r="C45" s="112"/>
+      <c r="D45" s="113"/>
+      <c r="E45" s="113"/>
+      <c r="F45" s="113"/>
+      <c r="G45" s="44">
+        <v>42940</v>
+      </c>
+      <c r="H45" s="41" t="s">
+        <v>21</v>
+      </c>
+      <c r="I45" s="23">
+        <v>60070.901599999997</v>
       </c>
       <c r="J45" s="17">
         <f>K45/3</f>
+        <v>6.6666666666666666E-2</v>
+      </c>
+      <c r="K45" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="L45" s="114"/>
+      <c r="M45" s="110"/>
+      <c r="N45" s="105"/>
+      <c r="O45" s="17">
+        <v>19.350000000000001</v>
+      </c>
+    </row>
+    <row r="46" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="24"/>
+      <c r="C46" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="D46" s="25"/>
+      <c r="E46" s="25"/>
+      <c r="F46" s="25"/>
+      <c r="G46" s="26"/>
+      <c r="H46" s="26"/>
+      <c r="I46" s="27">
+        <f>I44+I45</f>
+        <v>150177.25400000002</v>
+      </c>
+      <c r="J46" s="32">
+        <f>J44+J45</f>
+        <v>0.16999999999999998</v>
+      </c>
+      <c r="K46" s="33">
+        <f>K44+K45</f>
+        <v>0.51</v>
+      </c>
+      <c r="L46" s="26"/>
+      <c r="M46" s="28"/>
+      <c r="N46" s="140"/>
+      <c r="O46" s="33"/>
+    </row>
+    <row r="47" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="122"/>
+      <c r="C47" s="112"/>
+      <c r="D47" s="113"/>
+      <c r="E47" s="113"/>
+      <c r="F47" s="113"/>
+      <c r="G47" s="44">
+        <v>42580</v>
+      </c>
+      <c r="H47" s="41" t="s">
+        <v>20</v>
+      </c>
+      <c r="I47" s="23">
+        <v>99984.288</v>
+      </c>
+      <c r="J47" s="17">
+        <f>K47/3</f>
+        <v>0.16</v>
+      </c>
+      <c r="K47" s="17">
+        <v>0.48</v>
+      </c>
+      <c r="L47" s="121">
+        <v>209169</v>
+      </c>
+      <c r="M47" s="128">
+        <f>K49/O48</f>
+        <v>5.562913907284768E-2</v>
+      </c>
+      <c r="N47" s="105"/>
+      <c r="O47" s="17"/>
+    </row>
+    <row r="48" spans="2:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="122"/>
+      <c r="C48" s="112"/>
+      <c r="D48" s="113"/>
+      <c r="E48" s="113"/>
+      <c r="F48" s="113"/>
+      <c r="G48" s="44">
+        <v>42688</v>
+      </c>
+      <c r="H48" s="41" t="s">
+        <v>20</v>
+      </c>
+      <c r="I48" s="23">
+        <v>74988.216</v>
+      </c>
+      <c r="J48" s="17">
+        <f>K48/3</f>
         <v>0.12</v>
       </c>
-      <c r="K45" s="17">
+      <c r="K48" s="17">
         <v>0.36</v>
       </c>
-      <c r="L45" s="135"/>
-[...4 lines deleted...]
-      <c r="C46" s="38" t="s">
+      <c r="L48" s="114"/>
+      <c r="M48" s="129"/>
+      <c r="N48" s="105"/>
+      <c r="O48" s="17">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="49" spans="2:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="24"/>
+      <c r="C49" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="D46" s="39"/>
-[...73 lines deleted...]
-      <c r="C49" s="52" t="s">
+      <c r="D49" s="25"/>
+      <c r="E49" s="25"/>
+      <c r="F49" s="25"/>
+      <c r="G49" s="26"/>
+      <c r="H49" s="26"/>
+      <c r="I49" s="38">
+        <f>I47+I48</f>
+        <v>174972.50400000002</v>
+      </c>
+      <c r="J49" s="32">
+        <f>J47+J48</f>
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="K49" s="33">
+        <f>K47+K48</f>
+        <v>0.84</v>
+      </c>
+      <c r="L49" s="114"/>
+      <c r="M49" s="144"/>
+      <c r="N49" s="140"/>
+      <c r="O49" s="33"/>
+    </row>
+    <row r="50" spans="2:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="122"/>
+      <c r="C50" s="42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" s="44">
+        <v>41897</v>
+      </c>
+      <c r="E50" s="44">
+        <v>41915</v>
+      </c>
+      <c r="F50" s="44">
+        <v>41914</v>
+      </c>
+      <c r="G50" s="44">
+        <v>41929</v>
+      </c>
+      <c r="H50" s="41" t="s">
+        <v>22</v>
+      </c>
+      <c r="I50" s="23">
+        <v>99984.288</v>
+      </c>
+      <c r="J50" s="17">
+        <f>K50/3</f>
+        <v>0.16</v>
+      </c>
+      <c r="K50" s="17">
+        <v>0.48</v>
+      </c>
+      <c r="L50" s="121">
+        <v>362785</v>
+      </c>
+      <c r="M50" s="105">
+        <f>K50/O50</f>
+        <v>2.7507163323782235E-2</v>
+      </c>
+      <c r="N50" s="105"/>
+      <c r="O50" s="17">
+        <v>17.45</v>
+      </c>
+    </row>
+    <row r="51" spans="2:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="122"/>
+      <c r="C51" s="42" t="s">
         <v>16</v>
       </c>
-      <c r="D49" s="55">
-[...30 lines deleted...]
-      <c r="C50" s="37" t="s">
+      <c r="D51" s="44">
+        <v>42109</v>
+      </c>
+      <c r="E51" s="44">
+        <v>42110</v>
+      </c>
+      <c r="F51" s="44">
+        <v>42109</v>
+      </c>
+      <c r="G51" s="44">
+        <v>42128</v>
+      </c>
+      <c r="H51" s="41" t="s">
+        <v>23</v>
+      </c>
+      <c r="I51" s="23">
+        <v>249960.72</v>
+      </c>
+      <c r="J51" s="17">
+        <f>K51/3</f>
+        <v>0.39999999999999997</v>
+      </c>
+      <c r="K51" s="17">
+        <v>1.2</v>
+      </c>
+      <c r="L51" s="114"/>
+      <c r="M51" s="105">
+        <f>K51/O51</f>
+        <v>5.8536585365853655E-2</v>
+      </c>
+      <c r="N51" s="105"/>
+      <c r="O51" s="17">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="52" spans="2:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="24"/>
+      <c r="C52" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="D50" s="33"/>
-[...74 lines deleted...]
-      <c r="C53" s="52" t="s">
+      <c r="D52" s="25"/>
+      <c r="E52" s="25"/>
+      <c r="F52" s="25"/>
+      <c r="G52" s="26"/>
+      <c r="H52" s="26"/>
+      <c r="I52" s="38">
+        <f>I50+I51</f>
+        <v>349945.00800000003</v>
+      </c>
+      <c r="J52" s="32">
+        <f>J50+J51</f>
+        <v>0.55999999999999994</v>
+      </c>
+      <c r="K52" s="33">
+        <f>K50+K51</f>
+        <v>1.68</v>
+      </c>
+      <c r="L52" s="114"/>
+      <c r="M52" s="28"/>
+      <c r="N52" s="140"/>
+      <c r="O52" s="33"/>
+    </row>
+    <row r="53" spans="2:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="122"/>
+      <c r="C53" s="42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" s="44">
+        <v>41697</v>
+      </c>
+      <c r="E53" s="113"/>
+      <c r="F53" s="113"/>
+      <c r="G53" s="44">
+        <v>41761</v>
+      </c>
+      <c r="H53" s="41" t="s">
+        <v>22</v>
+      </c>
+      <c r="I53" s="23">
+        <v>156225.45000000001</v>
+      </c>
+      <c r="J53" s="18">
+        <f>K53/3</f>
+        <v>0.25</v>
+      </c>
+      <c r="K53" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="L53" s="121">
+        <v>289851</v>
+      </c>
+      <c r="M53" s="105">
+        <f>K53/O53</f>
+        <v>4.3453070683661645E-2</v>
+      </c>
+      <c r="N53" s="105"/>
+      <c r="O53" s="2">
+        <v>17.260000000000002</v>
+      </c>
+    </row>
+    <row r="54" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="122"/>
+      <c r="C54" s="42" t="s">
         <v>16</v>
       </c>
-      <c r="D53" s="55">
-[...31 lines deleted...]
-      <c r="C54" s="37" t="s">
+      <c r="D54" s="44">
+        <v>41745</v>
+      </c>
+      <c r="E54" s="113"/>
+      <c r="F54" s="113"/>
+      <c r="G54" s="44">
+        <v>41761</v>
+      </c>
+      <c r="H54" s="41" t="s">
+        <v>24</v>
+      </c>
+      <c r="I54" s="23">
+        <v>193719.55799999999</v>
+      </c>
+      <c r="J54" s="18">
+        <f>K54/3</f>
+        <v>0.31</v>
+      </c>
+      <c r="K54" s="19">
+        <v>0.93</v>
+      </c>
+      <c r="L54" s="114"/>
+      <c r="M54" s="105">
+        <f>K54/O54</f>
+        <v>5.1098901098901105E-2</v>
+      </c>
+      <c r="N54" s="105"/>
+      <c r="O54" s="19">
+        <v>18.2</v>
+      </c>
+    </row>
+    <row r="55" spans="2:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="39"/>
+      <c r="C55" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="D54" s="33"/>
-[...29 lines deleted...]
-      <c r="E55" s="140" t="s">
+      <c r="D55" s="39"/>
+      <c r="E55" s="39"/>
+      <c r="F55" s="39"/>
+      <c r="G55" s="39"/>
+      <c r="H55" s="39"/>
+      <c r="I55" s="38">
+        <f>I53+I54</f>
+        <v>349945.00800000003</v>
+      </c>
+      <c r="J55" s="32">
+        <f>J53+J54</f>
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="K55" s="33">
+        <f>K53+K54</f>
+        <v>1.6800000000000002</v>
+      </c>
+      <c r="L55" s="114"/>
+      <c r="M55" s="39"/>
+      <c r="N55" s="145"/>
+      <c r="O55" s="33"/>
+    </row>
+    <row r="56" spans="2:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="75"/>
+      <c r="C56" s="76" t="s">
+        <v>59</v>
+      </c>
+      <c r="D56" s="75"/>
+      <c r="E56" s="75"/>
+      <c r="F56" s="75"/>
+      <c r="G56" s="75"/>
+      <c r="H56" s="75"/>
+      <c r="I56" s="77">
+        <f>SUM(I55,I52,I49,I46,I43,I40,I37,I34,I29,I25,I21,I16,I11)</f>
+        <v>3459151.2146200002</v>
+      </c>
+      <c r="J56" s="78">
+        <f>SUM(J55,J52,J49,J46,J43,J40,J37,J34,J29,J25,J21,J16,J11)</f>
+        <v>4.2699999999999996</v>
+      </c>
+      <c r="K56" s="78">
+        <f>SUM(K55,K52,K49,K46,K43,K40,K37,K34,K29,K25,K21,K16,K11)</f>
+        <v>12.81</v>
+      </c>
+      <c r="L56" s="75"/>
+      <c r="M56" s="75"/>
+      <c r="N56" s="145"/>
+      <c r="O56" s="78"/>
+      <c r="P56" s="46"/>
+    </row>
+    <row r="57" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B57" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C57" s="1"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
+      <c r="F57" s="1"/>
+      <c r="G57" s="1"/>
+      <c r="H57" s="1"/>
+      <c r="I57" s="1"/>
+      <c r="J57" s="1"/>
+      <c r="K57" s="1"/>
+      <c r="L57" s="1"/>
+      <c r="M57" s="1"/>
+      <c r="N57" s="1"/>
+      <c r="O57" s="1"/>
+    </row>
+    <row r="58" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B58" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1"/>
+      <c r="H58" s="1"/>
+      <c r="I58" s="1"/>
+      <c r="J58" s="1"/>
+      <c r="K58" s="1"/>
+      <c r="L58" s="1"/>
+      <c r="M58" s="1"/>
+      <c r="N58" s="1"/>
+    </row>
+    <row r="59" spans="2:16" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="F55" s="140" t="s">
-[...531 lines deleted...]
-      <c r="B78" s="1"/>
+      <c r="C59" s="1"/>
+      <c r="D59" s="1"/>
+      <c r="E59" s="1"/>
+      <c r="F59" s="1"/>
+      <c r="G59" s="1"/>
+      <c r="H59" s="1"/>
+      <c r="I59" s="1"/>
+      <c r="J59" s="1"/>
+      <c r="K59" s="1"/>
+      <c r="L59" s="1"/>
+      <c r="M59" s="1"/>
+      <c r="N59" s="1"/>
+    </row>
+    <row r="60" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="1"/>
+      <c r="C60" s="1"/>
+      <c r="D60" s="1"/>
+      <c r="E60" s="1"/>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1"/>
+      <c r="H60" s="1"/>
+      <c r="I60" s="1"/>
+      <c r="J60" s="1"/>
+      <c r="K60" s="1"/>
+      <c r="L60" s="1"/>
+      <c r="M60" s="1"/>
+      <c r="N60" s="1"/>
+    </row>
+    <row r="61" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="1"/>
+      <c r="C61" s="1"/>
+      <c r="D61" s="1"/>
+      <c r="E61" s="1"/>
+      <c r="F61" s="1"/>
+      <c r="G61" s="1"/>
+      <c r="H61" s="1"/>
+      <c r="I61" s="1"/>
+      <c r="J61" s="1"/>
+      <c r="K61" s="1"/>
+      <c r="L61" s="1"/>
+      <c r="M61" s="1"/>
+      <c r="N61" s="1"/>
+    </row>
+    <row r="62" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="1"/>
+      <c r="C62" s="1"/>
+      <c r="D62" s="1"/>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1"/>
+      <c r="H62" s="1"/>
+      <c r="I62" s="1"/>
+      <c r="J62" s="1"/>
+      <c r="K62" s="1"/>
+      <c r="L62" s="1"/>
+      <c r="M62" s="1"/>
+      <c r="N62" s="1"/>
+    </row>
+    <row r="63" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="B63" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="48">
-[...22 lines deleted...]
-    <mergeCell ref="B47:B49"/>
+  <mergeCells count="47">
+    <mergeCell ref="L30:L34"/>
+    <mergeCell ref="F26:F28"/>
+    <mergeCell ref="B50:B51"/>
+    <mergeCell ref="B53:B54"/>
+    <mergeCell ref="E53:E54"/>
+    <mergeCell ref="F53:F54"/>
+    <mergeCell ref="L38:L40"/>
     <mergeCell ref="L47:L49"/>
-    <mergeCell ref="B51:B53"/>
-[...22 lines deleted...]
-    <mergeCell ref="E33:E35"/>
+    <mergeCell ref="L50:L52"/>
+    <mergeCell ref="L53:L55"/>
+    <mergeCell ref="M44:M45"/>
+    <mergeCell ref="B47:B48"/>
+    <mergeCell ref="C47:C48"/>
+    <mergeCell ref="D47:D48"/>
+    <mergeCell ref="E47:E48"/>
+    <mergeCell ref="F47:F48"/>
+    <mergeCell ref="M47:M48"/>
+    <mergeCell ref="B44:B45"/>
+    <mergeCell ref="C44:C45"/>
+    <mergeCell ref="D44:D45"/>
+    <mergeCell ref="E44:E45"/>
+    <mergeCell ref="F44:F45"/>
+    <mergeCell ref="L44:L45"/>
+    <mergeCell ref="M35:M36"/>
+    <mergeCell ref="B38:B39"/>
+    <mergeCell ref="B41:B42"/>
+    <mergeCell ref="L41:L42"/>
+    <mergeCell ref="B35:B36"/>
+    <mergeCell ref="C35:C36"/>
+    <mergeCell ref="D35:D36"/>
+    <mergeCell ref="E35:E36"/>
+    <mergeCell ref="F35:F36"/>
+    <mergeCell ref="L35:L36"/>
+    <mergeCell ref="B19:B20"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="B22:B25"/>
+    <mergeCell ref="B30:B33"/>
+    <mergeCell ref="C30:C33"/>
+    <mergeCell ref="D30:D33"/>
+    <mergeCell ref="E30:E33"/>
+    <mergeCell ref="C22:C24"/>
+    <mergeCell ref="G23:G24"/>
+    <mergeCell ref="L26:L28"/>
+    <mergeCell ref="B26:B28"/>
+    <mergeCell ref="C26:C28"/>
+    <mergeCell ref="D26:D28"/>
+    <mergeCell ref="E26:E28"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C37" r:id="rId1" display="AGOE" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...24 lines deleted...]
-    <hyperlink ref="C7" r:id="rId26" xr:uid="{597BDE05-AABB-4B68-B463-FB03ECACF918}"/>
+    <hyperlink ref="C39" r:id="rId1" display="AGOE" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="C38" r:id="rId2" display="RCA - Dividendos Intercalares" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="C42" r:id="rId3" display="AGOE" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="C54" r:id="rId4" display="AGOE" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="C41" r:id="rId5" display="RCA - Dividendos Intercalares" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="C51" r:id="rId6" display="AGOE" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="C50" r:id="rId7" display="RCA - Dividendos Intercalares" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="C53" r:id="rId8" display="RCA - Dividendos Intermediários" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="C26" r:id="rId9" display="AGOE" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="C26:C28" r:id="rId10" display="AGEM" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="C22" r:id="rId11" display="AGOE" xr:uid="{0B556DE2-2EDA-49B3-9A9C-CE2350607F6A}"/>
+    <hyperlink ref="C22:C24" r:id="rId12" display="AGEM" xr:uid="{A2597091-85DD-49AC-B4BD-AF6CF146C971}"/>
+    <hyperlink ref="C20" r:id="rId13" display="https://api.mziq.com/mzfilemanager/v2/d/7055e766-fc6d-42b3-9911-c19f8e89875a/ca523743-d614-b059-bceb-1d02d6515c1c?origin=1" xr:uid="{EF98F2F7-F196-470E-B85D-CE077C0B6971}"/>
+    <hyperlink ref="C19" r:id="rId14" xr:uid="{D86BDF61-4129-4FA5-A331-F302D477237A}"/>
+    <hyperlink ref="C18" r:id="rId15" xr:uid="{C403980E-0857-4DBE-BCB9-4F1FB5EDD5B4}"/>
+    <hyperlink ref="C17" r:id="rId16" xr:uid="{4941B0BE-5B9F-4C12-A15B-216E53BFD339}"/>
+    <hyperlink ref="C15" r:id="rId17" xr:uid="{419C2EC5-BEE4-4EFE-B263-D462555DE6BD}"/>
+    <hyperlink ref="C14" r:id="rId18" xr:uid="{81F797A7-99FD-4265-AF24-E570CCD8D3A2}"/>
+    <hyperlink ref="C13" r:id="rId19" xr:uid="{C8994F44-B12E-433B-A209-18AF9D698DB6}"/>
+    <hyperlink ref="C12" r:id="rId20" display="AGOE" xr:uid="{4684A32A-A1B2-4816-89CC-3D08D4946A1C}"/>
+    <hyperlink ref="C10" r:id="rId21" xr:uid="{98E8515B-3BFA-427A-94A5-AA2BDD2B26D8}"/>
+    <hyperlink ref="C8" r:id="rId22" xr:uid="{597BDE05-AABB-4B68-B463-FB03ECACF918}"/>
+    <hyperlink ref="C7" r:id="rId23" xr:uid="{3258ADA1-EA00-4946-B5D7-9EF3271FE56D}"/>
   </hyperlinks>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.49212598499999999" footer="0.49212598499999999"/>
-  <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId27"/>
+  <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId24"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
-    <ignoredError sqref="F52" twoDigitTextYear="1"/>
+    <ignoredError sqref="F41" twoDigitTextYear="1"/>
   </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{405E7ADA-3C3F-4F20-A528-ECAA5976840D}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetData/>
+  <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Alupar</vt:lpstr>
+      <vt:lpstr>Planilha1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AES Eletropaulo</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>nadia.harada</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>