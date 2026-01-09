--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -1,93 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\3-RI\Balanços e Análises\II trimestre 2025\Divulgação\Pacote\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\18-01209\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16E407EE-C89E-47E1-ABB6-B6880C9BE9E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{19A0B03C-B7F5-49D4-95CF-BB9B2904BE5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Plan1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" iterate="1" concurrentManualCount="8"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E39" i="1" l="1"/>
-  <c r="D39" i="1" s="1"/>
-  <c r="D38" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="11">
   <si>
     <t>Dividendos (R$)</t>
   </si>
   <si>
     <t>Término do Exercício Social</t>
   </si>
   <si>
     <t>Lucro ou Prejuízo Líquido no Período (R$ mil)</t>
   </si>
   <si>
     <t>Valor do Provento por Ação</t>
   </si>
   <si>
     <t>Montante do Provento (R$ mil)</t>
   </si>
   <si>
     <t>Data de Inicio de Pagamento</t>
   </si>
   <si>
     <t>Quantidade de Ações no Período</t>
   </si>
   <si>
     <t>Ex-dividendos</t>
   </si>
   <si>
@@ -156,58 +154,58 @@
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
@@ -453,99 +451,99 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:I41"/>
+  <dimension ref="B1:I42"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="D32" sqref="D32"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A34" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D41" sqref="D41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" customWidth="1"/>
     <col min="2" max="9" width="20.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:9" x14ac:dyDescent="0.25">
-      <c r="B2" s="4" t="s">
+      <c r="B2" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="5"/>
-[...5 lines deleted...]
-      <c r="I2" s="5"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="6"/>
+      <c r="F2" s="6"/>
+      <c r="G2" s="6"/>
+      <c r="H2" s="6"/>
+      <c r="I2" s="6"/>
     </row>
     <row r="3" spans="2:9" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="6" t="s">
+      <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="6" t="s">
+      <c r="D3" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="6" t="s">
+      <c r="E3" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="6" t="s">
+      <c r="F3" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="6" t="s">
+      <c r="G3" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="6" t="s">
+      <c r="H3" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="I3" s="6" t="s">
+      <c r="I3" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B4" s="1">
         <v>39082</v>
       </c>
       <c r="C4" s="2">
         <v>547267</v>
       </c>
       <c r="D4">
         <v>0.63</v>
       </c>
       <c r="E4" s="2">
         <v>253954</v>
       </c>
       <c r="F4" s="1">
         <v>38960</v>
       </c>
       <c r="G4" s="2">
         <v>403101800</v>
       </c>
       <c r="H4" s="1">
         <v>38939</v>
       </c>
@@ -1397,79 +1395,77 @@
       </c>
       <c r="E37" s="2">
         <v>316198</v>
       </c>
       <c r="F37" s="1">
         <v>45260</v>
       </c>
       <c r="G37" s="2">
         <v>2020000000</v>
       </c>
       <c r="H37" s="1">
         <v>45229</v>
       </c>
       <c r="I37" s="1">
         <v>45230</v>
       </c>
     </row>
     <row r="38" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B38" s="1">
         <v>45291</v>
       </c>
       <c r="C38" s="2">
         <v>1704840</v>
       </c>
       <c r="D38">
-        <f>E38*1000/G38</f>
-        <v>0.26545594059405941</v>
+        <v>0.26586176875</v>
       </c>
       <c r="E38" s="2">
         <v>536221</v>
       </c>
       <c r="F38" s="1">
         <v>45412</v>
       </c>
       <c r="G38" s="2">
         <v>2020000000</v>
       </c>
       <c r="H38" s="1">
         <v>45400</v>
       </c>
       <c r="I38" s="1">
         <v>45401</v>
       </c>
     </row>
     <row r="39" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B39" s="1">
         <v>45657</v>
       </c>
       <c r="C39" s="2">
         <v>1248695</v>
       </c>
       <c r="D39">
-        <f>E39*1000/G39</f>
-        <v>0.15070272277227723</v>
+        <v>0.15118052193000001</v>
       </c>
       <c r="E39" s="2">
         <f>304419500/1000</f>
         <v>304419.5</v>
       </c>
       <c r="F39" s="1">
         <v>45625</v>
       </c>
       <c r="G39" s="2">
         <v>2020000000</v>
       </c>
       <c r="H39" s="1">
         <v>45601</v>
       </c>
       <c r="I39" s="1">
         <v>45602</v>
       </c>
     </row>
     <row r="40" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B40" s="1">
         <v>45657</v>
       </c>
       <c r="C40" s="2">
         <v>1248695</v>
       </c>
@@ -1494,50 +1490,76 @@
     </row>
     <row r="41" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B41" s="1">
         <v>46022</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D41">
         <v>0.179347034195</v>
       </c>
       <c r="E41" s="2">
         <v>360575</v>
       </c>
       <c r="F41" s="1">
         <v>45884</v>
       </c>
       <c r="G41" s="2">
         <v>2020000000</v>
       </c>
       <c r="H41" s="1">
         <v>45874</v>
       </c>
       <c r="I41" s="1">
         <v>45875</v>
+      </c>
+    </row>
+    <row r="42" spans="2:9" x14ac:dyDescent="0.25">
+      <c r="B42" s="1">
+        <v>46022</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42">
+        <v>0.14635469934000001</v>
+      </c>
+      <c r="E42" s="2">
+        <v>294244.31774000003</v>
+      </c>
+      <c r="F42" s="1">
+        <v>46010</v>
+      </c>
+      <c r="G42" s="2">
+        <v>2020000000</v>
+      </c>
+      <c r="H42" s="1">
+        <v>46001</v>
+      </c>
+      <c r="I42" s="1">
+        <v>46002</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B2:I2"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>