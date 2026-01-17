--- v0 (2025-11-18)
+++ v1 (2026-01-17)
@@ -11,402 +11,417 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\RI\Projeções do Mercado\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA9B55B0-0414-4052-8BAC-B918DB68937E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E4ED6F8-CC3B-403F-9D84-E927A615D4D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Projeções dos Analistas" sheetId="2" r:id="rId1"/>
-    <sheet name="Analyst Projections" sheetId="4" r:id="rId2"/>
+    <sheet name="Analyst Projections" sheetId="4" r:id="rId1"/>
+    <sheet name="Projeções dos Analistas" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
+    <definedName name="wrn.VIDAS._.1099." localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"VidasXfat ajustado"}</definedName>
     <definedName name="wrn.VIDAS._.1099." localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"VidasXfat ajustado"}</definedName>
-    <definedName name="wrn.VIDAS._.1099." localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"VidasXfat ajustado"}</definedName>
     <definedName name="wrn.VIDAS._.1099." hidden="1">{#N/A,#N/A,FALSE,"VidasXfat ajustado"}</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R13" i="2" l="1"/>
-[...2 lines deleted...]
-  <c r="F13" i="4" l="1"/>
+  <c r="F18" i="2" l="1"/>
+  <c r="X18" i="2"/>
+  <c r="W18" i="2"/>
+  <c r="V18" i="2"/>
+  <c r="T18" i="2"/>
+  <c r="S18" i="2"/>
+  <c r="R18" i="2"/>
+  <c r="P18" i="2"/>
+  <c r="O18" i="2"/>
+  <c r="N18" i="2"/>
+  <c r="L18" i="2"/>
+  <c r="K18" i="2"/>
+  <c r="J18" i="2"/>
+  <c r="H18" i="2"/>
+  <c r="G18" i="2"/>
+  <c r="K16" i="2"/>
+  <c r="L16" i="2"/>
+  <c r="P16" i="2"/>
+  <c r="J16" i="2"/>
+  <c r="H16" i="2"/>
+  <c r="I16" i="2" l="1"/>
+  <c r="T16" i="4" l="1"/>
+  <c r="S16" i="4"/>
+  <c r="T18" i="4" s="1"/>
+  <c r="R16" i="4"/>
+  <c r="T16" i="2"/>
+  <c r="T15" i="4"/>
+  <c r="S15" i="4"/>
+  <c r="R16" i="2"/>
+  <c r="S16" i="2"/>
+  <c r="X16" i="4"/>
+  <c r="O16" i="4"/>
+  <c r="O18" i="4" s="1"/>
+  <c r="N16" i="4"/>
+  <c r="N18" i="4" s="1"/>
+  <c r="L16" i="4"/>
+  <c r="L18" i="4" s="1"/>
+  <c r="K16" i="4"/>
+  <c r="K18" i="4" s="1"/>
+  <c r="J16" i="4"/>
+  <c r="J18" i="4" s="1"/>
+  <c r="H16" i="4"/>
+  <c r="H18" i="4" s="1"/>
+  <c r="G16" i="4"/>
+  <c r="G18" i="4" s="1"/>
+  <c r="F16" i="4"/>
+  <c r="F18" i="4" s="1"/>
+  <c r="E16" i="4"/>
+  <c r="U16" i="4"/>
+  <c r="X15" i="4"/>
+  <c r="W15" i="4"/>
+  <c r="W16" i="4" s="1"/>
+  <c r="V15" i="4"/>
+  <c r="V16" i="4" s="1"/>
+  <c r="V18" i="4" s="1"/>
+  <c r="S18" i="4"/>
+  <c r="R15" i="4"/>
+  <c r="R18" i="4" s="1"/>
+  <c r="P15" i="4"/>
+  <c r="P16" i="4" s="1"/>
+  <c r="P18" i="4" s="1"/>
+  <c r="O15" i="4"/>
+  <c r="N15" i="4"/>
+  <c r="L15" i="4"/>
+  <c r="K15" i="4"/>
+  <c r="J15" i="4"/>
+  <c r="H15" i="4"/>
+  <c r="G15" i="4"/>
+  <c r="F15" i="4"/>
+  <c r="D15" i="4"/>
+  <c r="I15" i="4"/>
+  <c r="I16" i="4" s="1"/>
+  <c r="M15" i="4"/>
+  <c r="M16" i="4" s="1"/>
+  <c r="Q15" i="4"/>
+  <c r="Q16" i="4" s="1"/>
+  <c r="U15" i="4"/>
+  <c r="G16" i="2"/>
+  <c r="F16" i="2"/>
+  <c r="O16" i="2"/>
+  <c r="N16" i="2"/>
+  <c r="V16" i="2"/>
+  <c r="W16" i="2"/>
+  <c r="X16" i="2"/>
+  <c r="W18" i="4" l="1"/>
+  <c r="X18" i="4"/>
+  <c r="R15" i="2" l="1"/>
+  <c r="Q16" i="2" s="1"/>
+  <c r="S15" i="2"/>
+  <c r="T15" i="2"/>
+  <c r="E16" i="2"/>
+  <c r="M16" i="2"/>
+  <c r="U16" i="2"/>
+  <c r="B16" i="2"/>
+  <c r="X21" i="2"/>
+  <c r="W21" i="2"/>
+  <c r="V21" i="2"/>
+  <c r="T21" i="2"/>
+  <c r="S21" i="2"/>
+  <c r="R21" i="2"/>
+  <c r="P21" i="2"/>
+  <c r="O21" i="2"/>
+  <c r="N21" i="2"/>
+  <c r="L21" i="2"/>
+  <c r="K21" i="2"/>
+  <c r="J21" i="2"/>
+  <c r="H21" i="2"/>
+  <c r="G21" i="2"/>
+  <c r="F21" i="2"/>
+  <c r="X20" i="2"/>
+  <c r="W20" i="2"/>
+  <c r="V20" i="2"/>
+  <c r="T20" i="2"/>
+  <c r="S20" i="2"/>
+  <c r="R20" i="2"/>
+  <c r="P20" i="2"/>
+  <c r="O20" i="2"/>
+  <c r="N20" i="2"/>
+  <c r="L20" i="2"/>
+  <c r="K20" i="2"/>
+  <c r="J20" i="2"/>
+  <c r="H20" i="2"/>
+  <c r="G20" i="2"/>
+  <c r="F20" i="2"/>
+  <c r="X19" i="2"/>
+  <c r="W19" i="2"/>
+  <c r="V19" i="2"/>
+  <c r="T19" i="2"/>
+  <c r="S19" i="2"/>
+  <c r="R19" i="2"/>
+  <c r="P19" i="2"/>
+  <c r="O19" i="2"/>
+  <c r="N19" i="2"/>
+  <c r="L19" i="2"/>
+  <c r="K19" i="2"/>
+  <c r="J19" i="2"/>
+  <c r="H19" i="2"/>
+  <c r="G19" i="2"/>
+  <c r="F19" i="2"/>
+  <c r="H11" i="4"/>
+  <c r="G11" i="4"/>
+  <c r="F11" i="4"/>
+  <c r="I11" i="4"/>
+  <c r="J11" i="4"/>
+  <c r="K11" i="4"/>
+  <c r="L11" i="4"/>
+  <c r="M11" i="4"/>
+  <c r="N11" i="4"/>
+  <c r="O11" i="4"/>
+  <c r="P11" i="4"/>
+  <c r="Q11" i="4"/>
+  <c r="R11" i="4"/>
+  <c r="U11" i="4"/>
+  <c r="V11" i="4"/>
+  <c r="W11" i="4"/>
+  <c r="X11" i="4"/>
+  <c r="F12" i="4"/>
+  <c r="G12" i="4"/>
+  <c r="H12" i="4"/>
+  <c r="I12" i="4"/>
+  <c r="J12" i="4"/>
+  <c r="K12" i="4"/>
+  <c r="L12" i="4"/>
+  <c r="M12" i="4"/>
+  <c r="N12" i="4"/>
+  <c r="O12" i="4"/>
+  <c r="P12" i="4"/>
+  <c r="Q12" i="4"/>
+  <c r="R12" i="4"/>
+  <c r="U12" i="4"/>
+  <c r="V12" i="4"/>
+  <c r="W12" i="4"/>
+  <c r="X12" i="4"/>
+  <c r="F13" i="4"/>
+  <c r="G13" i="4"/>
+  <c r="H13" i="4"/>
+  <c r="J13" i="4"/>
+  <c r="K13" i="4"/>
+  <c r="L13" i="4"/>
+  <c r="N13" i="4"/>
+  <c r="O13" i="4"/>
+  <c r="P13" i="4"/>
+  <c r="R13" i="4"/>
+  <c r="V13" i="4"/>
+  <c r="W13" i="4"/>
   <c r="X13" i="4"/>
-  <c r="W13" i="4"/>
-[...12 lines deleted...]
-  <c r="J5" i="4"/>
+  <c r="F14" i="4"/>
+  <c r="G14" i="4"/>
+  <c r="H14" i="4"/>
+  <c r="I14" i="4"/>
+  <c r="J14" i="4"/>
+  <c r="K14" i="4"/>
+  <c r="L14" i="4"/>
+  <c r="M14" i="4"/>
+  <c r="N14" i="4"/>
+  <c r="O14" i="4"/>
+  <c r="P14" i="4"/>
+  <c r="Q14" i="4"/>
+  <c r="R14" i="4"/>
+  <c r="U14" i="4"/>
+  <c r="V14" i="4"/>
+  <c r="W14" i="4"/>
+  <c r="X14" i="4"/>
+  <c r="J5" i="4" l="1"/>
   <c r="K5" i="4"/>
   <c r="L5" i="4"/>
   <c r="M5" i="4"/>
   <c r="N5" i="4"/>
   <c r="O5" i="4"/>
   <c r="P5" i="4"/>
   <c r="Q5" i="4"/>
   <c r="R5" i="4"/>
-  <c r="S5" i="4"/>
-  <c r="T5" i="4"/>
   <c r="U5" i="4"/>
   <c r="V5" i="4"/>
   <c r="W5" i="4"/>
   <c r="X5" i="4"/>
   <c r="J6" i="4"/>
   <c r="K6" i="4"/>
   <c r="L6" i="4"/>
   <c r="M6" i="4"/>
   <c r="N6" i="4"/>
   <c r="O6" i="4"/>
   <c r="P6" i="4"/>
   <c r="Q6" i="4"/>
   <c r="R6" i="4"/>
-  <c r="S6" i="4"/>
-  <c r="T6" i="4"/>
   <c r="U6" i="4"/>
   <c r="V6" i="4"/>
   <c r="W6" i="4"/>
   <c r="X6" i="4"/>
   <c r="H7" i="4"/>
-  <c r="H18" i="4" s="1"/>
   <c r="I7" i="4"/>
   <c r="J7" i="4"/>
   <c r="K7" i="4"/>
   <c r="L7" i="4"/>
   <c r="M7" i="4"/>
   <c r="N7" i="4"/>
   <c r="O7" i="4"/>
   <c r="P7" i="4"/>
   <c r="Q7" i="4"/>
   <c r="R7" i="4"/>
-  <c r="S7" i="4"/>
-  <c r="T7" i="4"/>
   <c r="U7" i="4"/>
   <c r="V7" i="4"/>
   <c r="W7" i="4"/>
   <c r="X7" i="4"/>
   <c r="I8" i="4"/>
   <c r="J8" i="4"/>
   <c r="K8" i="4"/>
   <c r="M8" i="4"/>
   <c r="N8" i="4"/>
   <c r="O8" i="4"/>
   <c r="Q8" i="4"/>
   <c r="R8" i="4"/>
-  <c r="S8" i="4"/>
   <c r="U8" i="4"/>
   <c r="V8" i="4"/>
   <c r="W8" i="4"/>
   <c r="I9" i="4"/>
   <c r="I10" i="4"/>
-  <c r="I11" i="4"/>
-[...14 lines deleted...]
-  <c r="X11" i="4"/>
   <c r="H6" i="4"/>
   <c r="I6" i="4"/>
-  <c r="G14" i="4"/>
-[...34 lines deleted...]
-  <c r="X12" i="4"/>
   <c r="G7" i="4"/>
   <c r="G8" i="4"/>
   <c r="G6" i="4"/>
   <c r="F6" i="4"/>
   <c r="F7" i="4"/>
   <c r="F8" i="4"/>
-  <c r="F12" i="4"/>
-  <c r="F14" i="4"/>
   <c r="D6" i="4"/>
   <c r="D7" i="4"/>
   <c r="D9" i="4"/>
   <c r="D10" i="4"/>
   <c r="D11" i="4"/>
   <c r="D12" i="4"/>
   <c r="D14" i="4"/>
   <c r="D5" i="4"/>
-  <c r="V15" i="4" l="1"/>
-  <c r="V17" i="4" s="1"/>
+  <c r="O21" i="4" l="1"/>
+  <c r="O20" i="4"/>
+  <c r="O19" i="4"/>
+  <c r="N21" i="4"/>
+  <c r="N20" i="4"/>
+  <c r="N19" i="4"/>
+  <c r="X21" i="4"/>
+  <c r="X20" i="4"/>
+  <c r="X19" i="4"/>
+  <c r="L19" i="4"/>
+  <c r="L21" i="4"/>
+  <c r="L20" i="4"/>
+  <c r="H19" i="4"/>
+  <c r="H21" i="4"/>
+  <c r="H20" i="4"/>
+  <c r="W20" i="4"/>
+  <c r="W19" i="4"/>
+  <c r="W21" i="4"/>
+  <c r="K21" i="4"/>
+  <c r="K20" i="4"/>
+  <c r="K19" i="4"/>
+  <c r="F21" i="4"/>
+  <c r="F20" i="4"/>
+  <c r="F19" i="4"/>
+  <c r="V21" i="4"/>
+  <c r="V20" i="4"/>
+  <c r="V19" i="4"/>
+  <c r="J21" i="4"/>
+  <c r="J20" i="4"/>
+  <c r="J19" i="4"/>
+  <c r="P19" i="4"/>
+  <c r="P21" i="4"/>
+  <c r="P20" i="4"/>
+  <c r="T21" i="4"/>
+  <c r="T20" i="4"/>
   <c r="T19" i="4"/>
-  <c r="H20" i="4"/>
-[...13 lines deleted...]
-  <c r="J19" i="4"/>
+  <c r="G21" i="4"/>
+  <c r="G20" i="4"/>
+  <c r="G19" i="4"/>
+  <c r="S21" i="4"/>
+  <c r="S19" i="4"/>
   <c r="S20" i="4"/>
-  <c r="S19" i="4"/>
-[...17 lines deleted...]
-  <c r="O19" i="4"/>
+  <c r="R21" i="4"/>
   <c r="R20" i="4"/>
-  <c r="P15" i="4"/>
-[...1 lines deleted...]
-  <c r="N20" i="4"/>
   <c r="R19" i="4"/>
-  <c r="L18" i="4"/>
-[...105 lines deleted...]
-  <c r="I13" i="2" l="1"/>
+  <c r="M13" i="4" l="1"/>
+  <c r="U13" i="4"/>
   <c r="I13" i="4"/>
-  <c r="Q13" i="2"/>
   <c r="Q13" i="4"/>
-  <c r="U13" i="2"/>
-[...2 lines deleted...]
-  <c r="M13" i="4"/>
+  <c r="D19" i="4"/>
+  <c r="D16" i="4"/>
+  <c r="D20" i="4"/>
+  <c r="D13" i="4"/>
+  <c r="D21" i="4"/>
   <c r="D19" i="2"/>
+  <c r="D16" i="2"/>
   <c r="D20" i="2"/>
-  <c r="D18" i="2"/>
-[...3 lines deleted...]
-  <c r="D15" i="4"/>
   <c r="D13" i="2"/>
-  <c r="D13" i="4"/>
-  <c r="D20" i="4"/>
+  <c r="D21" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="56">
   <si>
     <t>Recomendação</t>
   </si>
   <si>
     <t>Preço-alvo</t>
   </si>
   <si>
     <t>Receita
 (R$ milhões)</t>
   </si>
   <si>
     <t>Lucro Líquido
 (R$ milhões)</t>
   </si>
   <si>
     <t>BTG Pactual</t>
   </si>
   <si>
     <t>Neutro</t>
   </si>
   <si>
     <t>Citi</t>
   </si>
   <si>
     <t>Itaú BBA</t>
@@ -516,66 +531,75 @@
   <si>
     <t>Mean</t>
   </si>
   <si>
     <t>∆ vs previous year</t>
   </si>
   <si>
     <t xml:space="preserve">Standard Deviation </t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>08/04/2025</t>
   </si>
   <si>
     <t>07/17/2025</t>
   </si>
   <si>
-    <t>07/08/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>10/16/2025</t>
   </si>
   <si>
     <t>11/04/2025</t>
   </si>
   <si>
     <t>11/05/2025</t>
   </si>
   <si>
-    <t>11/06/2025</t>
+    <t>01/08/2026</t>
+  </si>
+  <si>
+    <t>01/13/2026</t>
+  </si>
+  <si>
+    <t>Jefferies</t>
+  </si>
+  <si>
+    <t>Compra</t>
+  </si>
+  <si>
+    <t>01/16/2026</t>
+  </si>
+  <si>
+    <t>Buy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="#,##0.0;\-#,##0.0"/>
     <numFmt numFmtId="168" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="169" formatCode="0.0%"/>
     <numFmt numFmtId="170" formatCode="0.0\ &quot;p.p.&quot;"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -903,51 +927,51 @@
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FFFFFFFF"/>
       </left>
       <right/>
       <top/>
       <bottom style="thick">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="37" fontId="8" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1010,93 +1034,96 @@
     </xf>
     <xf numFmtId="39" fontId="8" fillId="5" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="8" fillId="5" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="2" borderId="3" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="3" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="7" fillId="2" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="14" fontId="8" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="165" fontId="5" fillId="4" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="4" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="4" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="12" fillId="6" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="6" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="6" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="6" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="4" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="4" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="4" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...19 lines deleted...]
-    <xf numFmtId="165" fontId="12" fillId="6" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{6BE6E611-448A-456E-8202-6E2B12F05FAB}"/>
     <cellStyle name="Porcentagem" xfId="5" builtinId="5"/>
     <cellStyle name="Porcentagem 2" xfId="4" xr:uid="{D3949541-92A4-4BF9-AA4C-30048116ED7F}"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
     <cellStyle name="Vírgula 2" xfId="3" xr:uid="{E378B9E4-3961-4A40-974B-F2D229E23BEF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF001A2F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1114,117 +1141,117 @@
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>86783</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>323383</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>386229</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC463FF8-28B3-4855-8F13-703368745C51}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{850433D0-D357-483E-86A3-29E21BE020A8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="86783" y="139700"/>
-          <a:ext cx="2494770" cy="755412"/>
+          <a:ext cx="2446400" cy="760879"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>86783</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>323383</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>386229</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagem 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{850433D0-D357-483E-86A3-29E21BE020A8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC463FF8-28B3-4855-8F13-703368745C51}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="86783" y="139700"/>
-          <a:ext cx="2446400" cy="760879"/>
+          <a:ext cx="2494770" cy="755412"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -1462,61 +1489,61 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48384424-2B2E-44A5-A388-7163D1FE8098}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42599C50-6F61-4BB6-AD45-8C1D1487CB23}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:X21"/>
+  <dimension ref="A1:X32"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="B12" sqref="B12"/>
+      <selection pane="bottomRight" activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" outlineLevelRow="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="18.81640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.81640625" style="15" customWidth="1"/>
     <col min="3" max="3" width="17.1796875" style="7" customWidth="1"/>
     <col min="4" max="4" width="9.81640625" style="7" customWidth="1"/>
     <col min="5" max="5" width="9.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="6" max="8" width="8.81640625" style="16" customWidth="1"/>
     <col min="9" max="9" width="8.81640625" style="16" hidden="1" customWidth="1"/>
     <col min="10" max="12" width="8.81640625" style="7" customWidth="1"/>
     <col min="13" max="13" width="8.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="14" max="16" width="8.81640625" style="7" customWidth="1"/>
     <col min="17" max="17" width="8.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="18" max="20" width="8.81640625" style="7" customWidth="1"/>
     <col min="21" max="21" width="8.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="22" max="24" width="8.81640625" style="7" customWidth="1"/>
     <col min="25" max="16384" width="9.1796875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" s="6" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="1"/>
@@ -1547,96 +1574,96 @@
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
     </row>
     <row r="3" spans="1:24" ht="34" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="44"/>
-[...38 lines deleted...]
-      <c r="X3" s="43"/>
+      <c r="A3" s="45"/>
+      <c r="B3" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" s="51" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" s="42"/>
+      <c r="G3" s="42"/>
+      <c r="H3" s="43"/>
+      <c r="I3" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="J3" s="42"/>
+      <c r="K3" s="42"/>
+      <c r="L3" s="43"/>
+      <c r="M3" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" s="42"/>
+      <c r="O3" s="42"/>
+      <c r="P3" s="43"/>
+      <c r="Q3" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="R3" s="42"/>
+      <c r="S3" s="42"/>
+      <c r="T3" s="43"/>
+      <c r="U3" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="V3" s="42"/>
+      <c r="W3" s="42"/>
+      <c r="X3" s="44"/>
     </row>
     <row r="4" spans="1:24" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A4" s="45"/>
-[...2 lines deleted...]
-      <c r="D4" s="49"/>
+      <c r="A4" s="46"/>
+      <c r="B4" s="48"/>
+      <c r="C4" s="50"/>
+      <c r="D4" s="52"/>
       <c r="E4" s="17">
         <v>2024</v>
       </c>
       <c r="F4" s="17">
         <v>2025</v>
       </c>
       <c r="G4" s="17">
         <v>2026</v>
       </c>
       <c r="H4" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="22">
         <v>2024</v>
       </c>
       <c r="J4" s="17">
         <v>2025</v>
       </c>
       <c r="K4" s="17">
         <v>2026</v>
       </c>
       <c r="L4" s="22" t="s">
         <v>23</v>
       </c>
       <c r="M4" s="22">
@@ -1658,1115 +1685,1416 @@
         <v>2025</v>
       </c>
       <c r="S4" s="17">
         <v>2026</v>
       </c>
       <c r="T4" s="22" t="s">
         <v>23</v>
       </c>
       <c r="U4" s="22">
         <v>2024</v>
       </c>
       <c r="V4" s="17">
         <v>2025</v>
       </c>
       <c r="W4" s="17">
         <v>2026</v>
       </c>
       <c r="X4" s="23" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="24">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="B5" s="37" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" s="36" t="s">
+        <v>37</v>
       </c>
       <c r="D5" s="26">
+        <f>'Projeções dos Analistas'!D5</f>
         <v>13</v>
       </c>
       <c r="E5" s="26"/>
       <c r="F5" s="18"/>
       <c r="G5" s="18"/>
       <c r="H5" s="18"/>
       <c r="I5" s="18"/>
       <c r="J5" s="18">
+        <f>'Projeções dos Analistas'!J5</f>
         <v>2437</v>
       </c>
       <c r="K5" s="18">
+        <f>'Projeções dos Analistas'!K5</f>
         <v>2614</v>
       </c>
       <c r="L5" s="18">
+        <f>'Projeções dos Analistas'!L5</f>
         <v>2822</v>
       </c>
-      <c r="M5" s="18"/>
+      <c r="M5" s="18">
+        <f>'Projeções dos Analistas'!M5</f>
+        <v>0</v>
+      </c>
       <c r="N5" s="18">
+        <f>'Projeções dos Analistas'!N5</f>
         <v>776</v>
       </c>
       <c r="O5" s="18">
+        <f>'Projeções dos Analistas'!O5</f>
         <v>863</v>
       </c>
       <c r="P5" s="18">
+        <f>'Projeções dos Analistas'!P5</f>
         <v>947</v>
       </c>
-      <c r="Q5" s="18"/>
+      <c r="Q5" s="18">
+        <f>'Projeções dos Analistas'!Q5</f>
+        <v>0</v>
+      </c>
       <c r="R5" s="19">
+        <f>'Projeções dos Analistas'!R5</f>
         <v>31.8</v>
       </c>
       <c r="S5" s="19">
         <v>33</v>
       </c>
       <c r="T5" s="19">
         <v>33.6</v>
       </c>
-      <c r="U5" s="19"/>
+      <c r="U5" s="18">
+        <f>'Projeções dos Analistas'!U5</f>
+        <v>0</v>
+      </c>
       <c r="V5" s="18">
+        <f>'Projeções dos Analistas'!V5</f>
         <v>592</v>
       </c>
       <c r="W5" s="18">
+        <f>'Projeções dos Analistas'!W5</f>
         <v>644</v>
       </c>
       <c r="X5" s="18">
+        <f>'Projeções dos Analistas'!X5</f>
         <v>699</v>
       </c>
     </row>
     <row r="6" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="24">
-        <v>45939</v>
+      <c r="B6" s="37" t="s">
+        <v>44</v>
       </c>
       <c r="C6" s="25" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="26">
+        <f>'Projeções dos Analistas'!D6</f>
         <v>13</v>
       </c>
       <c r="E6" s="26"/>
       <c r="F6" s="18">
+        <f>'Projeções dos Analistas'!F6</f>
         <v>9141.5964351873699</v>
       </c>
       <c r="G6" s="18">
+        <f>'Projeções dos Analistas'!G6</f>
         <v>9354.5056127336575</v>
       </c>
       <c r="H6" s="18">
+        <f>'Projeções dos Analistas'!H6</f>
         <v>9566.2296009342281</v>
       </c>
-      <c r="I6" s="18"/>
+      <c r="I6" s="18">
+        <f>'Projeções dos Analistas'!I6</f>
+        <v>0</v>
+      </c>
       <c r="J6" s="18">
+        <f>'Projeções dos Analistas'!J6</f>
         <v>2439</v>
       </c>
       <c r="K6" s="18">
+        <f>'Projeções dos Analistas'!K6</f>
         <v>2595</v>
       </c>
-      <c r="L6" s="27">
+      <c r="L6" s="18">
+        <f>'Projeções dos Analistas'!L6</f>
         <v>2745</v>
       </c>
-      <c r="M6" s="27"/>
+      <c r="M6" s="18">
+        <f>'Projeções dos Analistas'!M6</f>
+        <v>0</v>
+      </c>
       <c r="N6" s="18">
+        <f>'Projeções dos Analistas'!N6</f>
         <v>779</v>
       </c>
       <c r="O6" s="18">
+        <f>'Projeções dos Analistas'!O6</f>
         <v>790</v>
       </c>
-      <c r="P6" s="27">
+      <c r="P6" s="18">
+        <f>'Projeções dos Analistas'!P6</f>
         <v>833</v>
       </c>
-      <c r="Q6" s="27"/>
+      <c r="Q6" s="18">
+        <f>'Projeções dos Analistas'!Q6</f>
+        <v>0</v>
+      </c>
       <c r="R6" s="19">
+        <f>'Projeções dos Analistas'!R6</f>
         <v>31.9</v>
       </c>
       <c r="S6" s="19">
         <v>30.5</v>
       </c>
       <c r="T6" s="19">
         <v>30.3</v>
       </c>
-      <c r="U6" s="19"/>
+      <c r="U6" s="18">
+        <f>'Projeções dos Analistas'!U6</f>
+        <v>0</v>
+      </c>
       <c r="V6" s="18">
+        <f>'Projeções dos Analistas'!V6</f>
         <v>575</v>
       </c>
       <c r="W6" s="18">
+        <f>'Projeções dos Analistas'!W6</f>
         <v>588</v>
       </c>
       <c r="X6" s="18">
+        <f>'Projeções dos Analistas'!X6</f>
         <v>580</v>
       </c>
     </row>
-    <row r="7" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:24" s="8" customFormat="1" ht="14.65" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="24">
-        <v>45966</v>
+      <c r="B7" s="37" t="s">
+        <v>49</v>
       </c>
       <c r="C7" s="25" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="D7" s="26">
+        <f>'Projeções dos Analistas'!D7</f>
         <v>11.5</v>
       </c>
       <c r="E7" s="26"/>
       <c r="F7" s="18">
+        <f>'Projeções dos Analistas'!F7</f>
         <v>9287</v>
       </c>
       <c r="G7" s="18">
+        <f>'Projeções dos Analistas'!G7</f>
         <v>9552</v>
       </c>
-      <c r="H7" s="27">
+      <c r="H7" s="18">
+        <f>'Projeções dos Analistas'!H7</f>
         <v>9998</v>
       </c>
-      <c r="I7" s="27"/>
+      <c r="I7" s="18">
+        <f>'Projeções dos Analistas'!I7</f>
+        <v>0</v>
+      </c>
       <c r="J7" s="18">
+        <f>'Projeções dos Analistas'!J7</f>
         <v>2423</v>
       </c>
       <c r="K7" s="18">
+        <f>'Projeções dos Analistas'!K7</f>
         <v>2583</v>
       </c>
-      <c r="L7" s="27">
+      <c r="L7" s="18">
+        <f>'Projeções dos Analistas'!L7</f>
         <v>2731</v>
       </c>
-      <c r="M7" s="27"/>
+      <c r="M7" s="18">
+        <f>'Projeções dos Analistas'!M7</f>
+        <v>0</v>
+      </c>
       <c r="N7" s="18">
+        <f>'Projeções dos Analistas'!N7</f>
         <v>763</v>
       </c>
       <c r="O7" s="18">
+        <f>'Projeções dos Analistas'!O7</f>
         <v>782</v>
       </c>
-      <c r="P7" s="27">
+      <c r="P7" s="18">
+        <f>'Projeções dos Analistas'!P7</f>
         <v>831</v>
       </c>
-      <c r="Q7" s="27"/>
+      <c r="Q7" s="18">
+        <f>'Projeções dos Analistas'!Q7</f>
+        <v>0</v>
+      </c>
       <c r="R7" s="19">
+        <f>'Projeções dos Analistas'!R7</f>
         <v>31.5</v>
       </c>
       <c r="S7" s="19">
         <v>30.3</v>
       </c>
       <c r="T7" s="28">
         <v>30.4</v>
       </c>
-      <c r="U7" s="28"/>
+      <c r="U7" s="18">
+        <f>'Projeções dos Analistas'!U7</f>
+        <v>0</v>
+      </c>
       <c r="V7" s="18">
+        <f>'Projeções dos Analistas'!V7</f>
         <v>564</v>
       </c>
       <c r="W7" s="18">
+        <f>'Projeções dos Analistas'!W7</f>
         <v>578</v>
       </c>
-      <c r="X7" s="27">
+      <c r="X7" s="18">
+        <f>'Projeções dos Analistas'!X7</f>
         <v>589</v>
       </c>
     </row>
     <row r="8" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="24">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="B8" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" s="36" t="s">
+        <v>37</v>
       </c>
       <c r="D8" s="26">
         <v>15</v>
       </c>
       <c r="E8" s="26"/>
       <c r="F8" s="18">
+        <f>'Projeções dos Analistas'!F8</f>
         <v>9323</v>
       </c>
       <c r="G8" s="18">
+        <f>'Projeções dos Analistas'!G8</f>
         <v>9756</v>
       </c>
-      <c r="H8" s="27"/>
-      <c r="I8" s="27"/>
+      <c r="H8" s="18"/>
+      <c r="I8" s="18">
+        <f>'Projeções dos Analistas'!I8</f>
+        <v>0</v>
+      </c>
       <c r="J8" s="18">
+        <f>'Projeções dos Analistas'!J8</f>
         <v>2453</v>
       </c>
       <c r="K8" s="18">
+        <f>'Projeções dos Analistas'!K8</f>
         <v>2662</v>
       </c>
-      <c r="L8" s="27"/>
-      <c r="M8" s="27"/>
+      <c r="L8" s="18"/>
+      <c r="M8" s="18">
+        <f>'Projeções dos Analistas'!M8</f>
+        <v>0</v>
+      </c>
       <c r="N8" s="18">
+        <f>'Projeções dos Analistas'!N8</f>
         <v>760</v>
       </c>
       <c r="O8" s="18">
+        <f>'Projeções dos Analistas'!O8</f>
         <v>838</v>
       </c>
-      <c r="P8" s="27"/>
-      <c r="Q8" s="27"/>
+      <c r="P8" s="18"/>
+      <c r="Q8" s="18">
+        <f>'Projeções dos Analistas'!Q8</f>
+        <v>0</v>
+      </c>
       <c r="R8" s="19">
+        <f>'Projeções dos Analistas'!R8</f>
         <v>31</v>
       </c>
       <c r="S8" s="19">
         <v>31.5</v>
       </c>
       <c r="T8" s="28"/>
-      <c r="U8" s="28"/>
+      <c r="U8" s="18">
+        <f>'Projeções dos Analistas'!U8</f>
+        <v>0</v>
+      </c>
       <c r="V8" s="18">
+        <f>'Projeções dos Analistas'!V8</f>
         <v>601</v>
       </c>
       <c r="W8" s="18">
+        <f>'Projeções dos Analistas'!W8</f>
         <v>660</v>
       </c>
-      <c r="X8" s="28"/>
+      <c r="X8" s="18"/>
     </row>
     <row r="9" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="24">
-        <v>45873</v>
+      <c r="B9" s="37" t="s">
+        <v>45</v>
       </c>
       <c r="C9" s="25" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="D9" s="26">
+        <f>'Projeções dos Analistas'!D9</f>
         <v>11</v>
       </c>
       <c r="E9" s="26"/>
-      <c r="F9" s="39"/>
-[...11 lines deleted...]
-      <c r="R9" s="39"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="18"/>
+      <c r="H9" s="18"/>
+      <c r="I9" s="18">
+        <f>'Projeções dos Analistas'!I9</f>
+        <v>0</v>
+      </c>
+      <c r="J9" s="18"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="Q9" s="18"/>
+      <c r="R9" s="18"/>
       <c r="S9" s="39"/>
       <c r="T9" s="39"/>
-      <c r="U9" s="39"/>
-[...2 lines deleted...]
-      <c r="X9" s="39"/>
+      <c r="U9" s="18"/>
+      <c r="V9" s="18"/>
+      <c r="W9" s="18"/>
+      <c r="X9" s="18"/>
     </row>
     <row r="10" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="24">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="B10" s="37" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="36" t="s">
+        <v>37</v>
       </c>
       <c r="D10" s="26">
+        <f>'Projeções dos Analistas'!D10</f>
         <v>13</v>
       </c>
       <c r="E10" s="26"/>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
-      <c r="H10" s="27"/>
-      <c r="I10" s="27"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18">
+        <f>'Projeções dos Analistas'!I10</f>
+        <v>0</v>
+      </c>
       <c r="J10" s="18"/>
       <c r="K10" s="18"/>
-      <c r="L10" s="27"/>
-      <c r="M10" s="27"/>
+      <c r="L10" s="18"/>
+      <c r="M10" s="18"/>
       <c r="N10" s="18"/>
       <c r="O10" s="18"/>
-      <c r="P10" s="27"/>
-[...1 lines deleted...]
-      <c r="R10" s="19"/>
+      <c r="P10" s="18"/>
+      <c r="Q10" s="18"/>
+      <c r="R10" s="18"/>
       <c r="S10" s="19"/>
       <c r="T10" s="28"/>
-      <c r="U10" s="28"/>
+      <c r="U10" s="18"/>
       <c r="V10" s="18"/>
       <c r="W10" s="18"/>
-      <c r="X10" s="27"/>
+      <c r="X10" s="18"/>
     </row>
     <row r="11" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="24">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="B11" s="37" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="36" t="s">
+        <v>38</v>
       </c>
       <c r="D11" s="26">
-        <v>12</v>
+        <f>'Projeções dos Analistas'!D11</f>
+        <v>11</v>
       </c>
       <c r="E11" s="26"/>
-      <c r="F11" s="18"/>
-[...2 lines deleted...]
-      <c r="I11" s="18"/>
+      <c r="F11" s="18">
+        <f>'Projeções dos Analistas'!F11</f>
+        <v>9200</v>
+      </c>
+      <c r="G11" s="18">
+        <f>'Projeções dos Analistas'!G11</f>
+        <v>9403</v>
+      </c>
+      <c r="H11" s="18">
+        <f>'Projeções dos Analistas'!H11</f>
+        <v>9677</v>
+      </c>
+      <c r="I11" s="18">
+        <f>'Projeções dos Analistas'!I11</f>
+        <v>0</v>
+      </c>
       <c r="J11" s="18">
-        <v>2437</v>
+        <f>'Projeções dos Analistas'!J11</f>
+        <v>2408</v>
       </c>
       <c r="K11" s="18">
-        <v>2528</v>
-[...4 lines deleted...]
-      <c r="M11" s="27"/>
+        <f>'Projeções dos Analistas'!K11</f>
+        <v>2510</v>
+      </c>
+      <c r="L11" s="18">
+        <f>'Projeções dos Analistas'!L11</f>
+        <v>2610</v>
+      </c>
+      <c r="M11" s="18">
+        <f>'Projeções dos Analistas'!M11</f>
+        <v>0</v>
+      </c>
       <c r="N11" s="18">
-        <v>742</v>
+        <f>'Projeções dos Analistas'!N11</f>
+        <v>759</v>
       </c>
       <c r="O11" s="18">
-        <v>764</v>
-[...4 lines deleted...]
-      <c r="Q11" s="27"/>
+        <f>'Projeções dos Analistas'!O11</f>
+        <v>779</v>
+      </c>
+      <c r="P11" s="18">
+        <f>'Projeções dos Analistas'!P11</f>
+        <v>810</v>
+      </c>
+      <c r="Q11" s="18">
+        <f>'Projeções dos Analistas'!Q11</f>
+        <v>0</v>
+      </c>
       <c r="R11" s="19">
-        <v>30.5</v>
+        <f>'Projeções dos Analistas'!R11</f>
+        <v>31.519933554817275</v>
       </c>
       <c r="S11" s="19">
-        <v>30.221518987341771</v>
+        <v>31.035856573705178</v>
       </c>
       <c r="T11" s="19">
-        <v>30.145371078806427</v>
-[...1 lines deleted...]
-      <c r="U11" s="19"/>
+        <v>31.03448275862069</v>
+      </c>
+      <c r="U11" s="18">
+        <f>'Projeções dos Analistas'!U11</f>
+        <v>0</v>
+      </c>
       <c r="V11" s="18">
-        <v>569</v>
+        <f>'Projeções dos Analistas'!V11</f>
+        <v>555</v>
       </c>
       <c r="W11" s="18">
-        <v>590</v>
-[...2 lines deleted...]
-        <v>595</v>
+        <f>'Projeções dos Analistas'!W11</f>
+        <v>559</v>
+      </c>
+      <c r="X11" s="18">
+        <f>'Projeções dos Analistas'!X11</f>
+        <v>574</v>
       </c>
     </row>
     <row r="12" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="24">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="B12" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="36" t="s">
+        <v>37</v>
       </c>
       <c r="D12" s="26">
-        <v>14.3</v>
+        <f>'Projeções dos Analistas'!D12</f>
+        <v>13</v>
       </c>
       <c r="E12" s="26"/>
       <c r="F12" s="18">
+        <f>'Projeções dos Analistas'!F12</f>
         <v>9174</v>
       </c>
       <c r="G12" s="18">
+        <f>'Projeções dos Analistas'!G12</f>
         <v>9568</v>
       </c>
       <c r="H12" s="18">
+        <f>'Projeções dos Analistas'!H12</f>
         <v>9967</v>
       </c>
-      <c r="I12" s="18"/>
+      <c r="I12" s="18">
+        <f>'Projeções dos Analistas'!I12</f>
+        <v>0</v>
+      </c>
       <c r="J12" s="18">
+        <f>'Projeções dos Analistas'!J12</f>
         <v>2432</v>
       </c>
       <c r="K12" s="18">
-        <v>2587</v>
-[...1 lines deleted...]
-      <c r="L12" s="27">
+        <f>'Projeções dos Analistas'!K12</f>
+        <v>2555</v>
+      </c>
+      <c r="L12" s="18">
+        <f>'Projeções dos Analistas'!L12</f>
         <v>2758</v>
       </c>
-      <c r="M12" s="27"/>
+      <c r="M12" s="18">
+        <f>'Projeções dos Analistas'!M12</f>
+        <v>0</v>
+      </c>
       <c r="N12" s="18">
+        <f>'Projeções dos Analistas'!N12</f>
         <v>790</v>
       </c>
       <c r="O12" s="18">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="P12" s="27">
+        <f>'Projeções dos Analistas'!O12</f>
+        <v>816</v>
+      </c>
+      <c r="P12" s="18">
+        <f>'Projeções dos Analistas'!P12</f>
         <v>861</v>
       </c>
-      <c r="Q12" s="27"/>
+      <c r="Q12" s="18">
+        <f>'Projeções dos Analistas'!Q12</f>
+        <v>0</v>
+      </c>
       <c r="R12" s="19">
-        <v>32.5</v>
+        <f>'Projeções dos Analistas'!R12</f>
+        <v>32.483552631578952</v>
       </c>
       <c r="S12" s="19">
-        <v>31.5</v>
-[...4 lines deleted...]
-      <c r="U12" s="28"/>
+        <v>31.93737769080235</v>
+      </c>
+      <c r="T12" s="19">
+        <v>31.218274111675125</v>
+      </c>
+      <c r="U12" s="18">
+        <f>'Projeções dos Analistas'!U12</f>
+        <v>0</v>
+      </c>
       <c r="V12" s="18">
+        <f>'Projeções dos Analistas'!V12</f>
         <v>573</v>
       </c>
       <c r="W12" s="18">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="X12" s="27">
+        <f>'Projeções dos Analistas'!W12</f>
+        <v>563</v>
+      </c>
+      <c r="X12" s="18">
+        <f>'Projeções dos Analistas'!X12</f>
         <v>603</v>
       </c>
     </row>
-    <row r="13" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:24" s="8" customFormat="1" ht="15.5" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="24">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="B13" s="37" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="36" t="s">
+        <v>37</v>
       </c>
       <c r="D13" s="26">
         <f ca="1">'Projeções dos Analistas'!D13</f>
         <v>13</v>
       </c>
       <c r="E13" s="26"/>
       <c r="F13" s="18">
-        <v>9191</v>
+        <f>'Projeções dos Analistas'!F13</f>
+        <v>9291.2690000000002</v>
       </c>
       <c r="G13" s="18">
-        <v>9631</v>
+        <f>'Projeções dos Analistas'!G13</f>
+        <v>9791.2690000000002</v>
       </c>
       <c r="H13" s="18">
-        <v>10039</v>
+        <f>'Projeções dos Analistas'!H13</f>
+        <v>10264.269</v>
       </c>
       <c r="I13" s="18">
-        <f ca="1">'Projeções dos Analistas'!I13</f>
+        <f>'Projeções dos Analistas'!I13</f>
         <v>0</v>
       </c>
       <c r="J13" s="18">
+        <f>'Projeções dos Analistas'!J13</f>
         <v>2416</v>
       </c>
       <c r="K13" s="18">
-        <v>2594</v>
+        <f>'Projeções dos Analistas'!K13</f>
+        <v>2599</v>
       </c>
       <c r="L13" s="18">
-        <v>2786</v>
+        <f>'Projeções dos Analistas'!L13</f>
+        <v>2816</v>
       </c>
       <c r="M13" s="18">
-        <f ca="1">'Projeções dos Analistas'!M13</f>
+        <f>'Projeções dos Analistas'!M13</f>
         <v>0</v>
       </c>
       <c r="N13" s="18">
-        <v>711</v>
+        <f>'Projeções dos Analistas'!N13</f>
+        <v>772</v>
       </c>
       <c r="O13" s="18">
-        <v>785</v>
+        <f>'Projeções dos Analistas'!O13</f>
+        <v>838</v>
       </c>
       <c r="P13" s="18">
-        <v>858</v>
+        <f>'Projeções dos Analistas'!P13</f>
+        <v>914</v>
       </c>
       <c r="Q13" s="18">
-        <f ca="1">'Projeções dos Analistas'!Q13</f>
+        <f>'Projeções dos Analistas'!Q13</f>
         <v>0</v>
       </c>
       <c r="R13" s="19">
-        <f>(N13/J13)*100</f>
-        <v>29.42880794701987</v>
+        <f>'Projeções dos Analistas'!R13</f>
+        <v>31.953642384105962</v>
       </c>
       <c r="S13" s="19">
-        <v>30.2</v>
-[...3 lines deleted...]
-        <v>30.79684134960517</v>
+        <v>32.243170450173139</v>
+      </c>
+      <c r="T13" s="28">
+        <v>32.457386363636367</v>
       </c>
       <c r="U13" s="18">
-        <f ca="1">'Projeções dos Analistas'!U13</f>
+        <f>'Projeções dos Analistas'!U13</f>
         <v>0</v>
       </c>
       <c r="V13" s="18">
-        <v>570</v>
+        <f>'Projeções dos Analistas'!V13</f>
+        <v>569</v>
       </c>
       <c r="W13" s="18">
-        <v>599</v>
+        <f>'Projeções dos Analistas'!W13</f>
+        <v>605</v>
       </c>
       <c r="X13" s="18">
-        <v>650</v>
+        <f>'Projeções dos Analistas'!X13</f>
+        <v>664</v>
       </c>
     </row>
     <row r="14" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="24">
-        <v>45965</v>
+      <c r="B14" s="37" t="s">
+        <v>48</v>
       </c>
       <c r="C14" s="25" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="D14" s="26">
+        <f>'Projeções dos Analistas'!D14</f>
         <v>11</v>
       </c>
       <c r="E14" s="26"/>
       <c r="F14" s="18">
+        <f>'Projeções dos Analistas'!F14</f>
         <v>9220</v>
       </c>
       <c r="G14" s="18">
+        <f>'Projeções dos Analistas'!G14</f>
         <v>9546</v>
       </c>
-      <c r="H14" s="27">
+      <c r="H14" s="18">
+        <f>'Projeções dos Analistas'!H14</f>
         <v>9886</v>
       </c>
-      <c r="I14" s="27"/>
+      <c r="I14" s="18">
+        <f>'Projeções dos Analistas'!I14</f>
+        <v>0</v>
+      </c>
       <c r="J14" s="18">
+        <f>'Projeções dos Analistas'!J14</f>
         <v>2404</v>
       </c>
       <c r="K14" s="18">
+        <f>'Projeções dos Analistas'!K14</f>
         <v>2523</v>
       </c>
-      <c r="L14" s="27">
+      <c r="L14" s="18">
+        <f>'Projeções dos Analistas'!L14</f>
         <v>2654</v>
       </c>
-      <c r="M14" s="27"/>
+      <c r="M14" s="18">
+        <f>'Projeções dos Analistas'!M14</f>
+        <v>0</v>
+      </c>
       <c r="N14" s="18">
+        <f>'Projeções dos Analistas'!N14</f>
         <v>747</v>
       </c>
       <c r="O14" s="18">
+        <f>'Projeções dos Analistas'!O14</f>
         <v>795</v>
       </c>
-      <c r="P14" s="27">
+      <c r="P14" s="18">
+        <f>'Projeções dos Analistas'!P14</f>
         <v>841</v>
       </c>
-      <c r="Q14" s="27"/>
+      <c r="Q14" s="18">
+        <f>'Projeções dos Analistas'!Q14</f>
+        <v>0</v>
+      </c>
       <c r="R14" s="19">
-        <v>31.1</v>
+        <f>'Projeções dos Analistas'!R14</f>
+        <v>31.073211314475873</v>
       </c>
       <c r="S14" s="19">
-        <v>31.5</v>
-[...4 lines deleted...]
-      <c r="U14" s="19"/>
+        <v>31.510107015457788</v>
+      </c>
+      <c r="T14" s="28">
+        <v>31.688018085908066</v>
+      </c>
+      <c r="U14" s="18">
+        <f>'Projeções dos Analistas'!U14</f>
+        <v>0</v>
+      </c>
       <c r="V14" s="18">
+        <f>'Projeções dos Analistas'!V14</f>
         <v>577</v>
       </c>
       <c r="W14" s="18">
+        <f>'Projeções dos Analistas'!W14</f>
         <v>581</v>
       </c>
-      <c r="X14" s="27">
+      <c r="X14" s="18">
+        <f>'Projeções dos Analistas'!X14</f>
         <v>592</v>
       </c>
     </row>
-    <row r="15" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="9" t="s">
+    <row r="15" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="B15" s="37" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" s="26">
+        <f>'Projeções dos Analistas'!D15</f>
+        <v>13.1</v>
+      </c>
+      <c r="E15" s="26"/>
+      <c r="F15" s="18">
+        <f>'Projeções dos Analistas'!F15</f>
+        <v>9255</v>
+      </c>
+      <c r="G15" s="18">
+        <f>'Projeções dos Analistas'!G15</f>
+        <v>9733</v>
+      </c>
+      <c r="H15" s="18">
+        <f>'Projeções dos Analistas'!H15</f>
+        <v>10219</v>
+      </c>
+      <c r="I15" s="18">
+        <f>'Projeções dos Analistas'!I15</f>
+        <v>0</v>
+      </c>
+      <c r="J15" s="18">
+        <f>'Projeções dos Analistas'!J15</f>
+        <v>2452</v>
+      </c>
+      <c r="K15" s="18">
+        <f>'Projeções dos Analistas'!K15</f>
+        <v>2622</v>
+      </c>
+      <c r="L15" s="18">
+        <f>'Projeções dos Analistas'!L15</f>
+        <v>2823</v>
+      </c>
+      <c r="M15" s="18">
+        <f>'Projeções dos Analistas'!M15</f>
+        <v>0</v>
+      </c>
+      <c r="N15" s="18">
+        <f>'Projeções dos Analistas'!N15</f>
+        <v>792</v>
+      </c>
+      <c r="O15" s="18">
+        <f>'Projeções dos Analistas'!O15</f>
+        <v>802</v>
+      </c>
+      <c r="P15" s="18">
+        <f>'Projeções dos Analistas'!P15</f>
+        <v>866</v>
+      </c>
+      <c r="Q15" s="18">
+        <f>'Projeções dos Analistas'!Q15</f>
+        <v>0</v>
+      </c>
+      <c r="R15" s="19">
+        <f>'Projeções dos Analistas'!R15</f>
+        <v>32.30016313213703</v>
+      </c>
+      <c r="S15" s="19">
+        <f t="shared" ref="S15:T15" si="0">(O15/K15)*100</f>
+        <v>30.587337909992375</v>
+      </c>
+      <c r="T15" s="19">
+        <f t="shared" si="0"/>
+        <v>30.676585193057033</v>
+      </c>
+      <c r="U15" s="18">
+        <f>'Projeções dos Analistas'!U15</f>
+        <v>0</v>
+      </c>
+      <c r="V15" s="18">
+        <f>'Projeções dos Analistas'!V15</f>
+        <v>566</v>
+      </c>
+      <c r="W15" s="18">
+        <f>'Projeções dos Analistas'!W15</f>
+        <v>572</v>
+      </c>
+      <c r="X15" s="18">
+        <f>'Projeções dos Analistas'!X15</f>
+        <v>617</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A16" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="35">
-[...73 lines deleted...]
-        <v>615.42857142857144</v>
+      <c r="B16" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" s="21">
+        <f ca="1">AVERAGE(D$5:D$15)</f>
+        <v>12.509090909090908</v>
+      </c>
+      <c r="E16" s="21" t="e">
+        <f t="shared" ref="E16:U16" si="1">AVERAGE(E$5:E$15)</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="F16" s="11">
+        <f>AVERAGE(F$5:F$15)</f>
+        <v>9236.4831793984213</v>
+      </c>
+      <c r="G16" s="11">
+        <f>AVERAGE(G$5:G$15)</f>
+        <v>9587.9718265917072</v>
+      </c>
+      <c r="H16" s="11">
+        <f>AVERAGE(H$5:H$15)</f>
+        <v>9939.6426572763175</v>
+      </c>
+      <c r="I16" s="11">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="11">
+        <f>AVERAGE(J$5:J$15)</f>
+        <v>2429.3333333333335</v>
+      </c>
+      <c r="K16" s="11">
+        <f>AVERAGE(K$5:K$15)</f>
+        <v>2584.7777777777778</v>
+      </c>
+      <c r="L16" s="11">
+        <f>AVERAGE(L$5:L$15)</f>
+        <v>2744.875</v>
+      </c>
+      <c r="M16" s="11">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N16" s="11">
+        <f>AVERAGE(N$5:N$15)</f>
+        <v>770.88888888888891</v>
+      </c>
+      <c r="O16" s="11">
+        <f>AVERAGE(O$5:O$15)</f>
+        <v>811.44444444444446</v>
+      </c>
+      <c r="P16" s="11">
+        <f>AVERAGE(P$5:P$15)</f>
+        <v>862.875</v>
+      </c>
+      <c r="Q16" s="21">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="R16" s="12">
+        <f>(N16/J16)*100</f>
+        <v>31.732528357116717</v>
+      </c>
+      <c r="S16" s="12">
+        <f>(O16/K16)*100</f>
+        <v>31.393199501354079</v>
+      </c>
+      <c r="T16" s="12">
+        <f>(P16/L16)*100</f>
+        <v>31.435857734869533</v>
+      </c>
+      <c r="U16" s="21">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="V16" s="11">
+        <f>AVERAGE(V$5:V$15)</f>
+        <v>574.66666666666663</v>
+      </c>
+      <c r="W16" s="11">
+        <f>AVERAGE(W$5:W$15)</f>
+        <v>594.44444444444446</v>
+      </c>
+      <c r="X16" s="11">
+        <f>AVERAGE(X$5:X$15)</f>
+        <v>614.75</v>
       </c>
     </row>
-    <row r="16" spans="1:24" s="13" customFormat="1" ht="15.65" hidden="1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="9" t="s">
+    <row r="17" spans="1:24" s="13" customFormat="1" ht="15.65" hidden="1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="B16" s="35" t="s">
+      <c r="B17" s="35" t="s">
         <v>28</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="C17" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="D16" s="21" t="s">
+      <c r="E17" s="11">
+        <v>8924.2690000000002</v>
+      </c>
+      <c r="F17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="E16" s="11">
-[...2 lines deleted...]
-      <c r="F16" s="11" t="s">
+      <c r="G17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="G16" s="11" t="s">
+      <c r="H17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="H16" s="11" t="s">
+      <c r="I17" s="11">
+        <v>2269.7860000000001</v>
+      </c>
+      <c r="J17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="I16" s="11">
-[...2 lines deleted...]
-      <c r="J16" s="11" t="s">
+      <c r="K17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="K16" s="11" t="s">
+      <c r="L17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="L16" s="11" t="s">
+      <c r="M17" s="11">
+        <v>694.39499999999998</v>
+      </c>
+      <c r="N17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="M16" s="11">
-[...2 lines deleted...]
-      <c r="N16" s="11" t="s">
+      <c r="O17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="O16" s="11" t="s">
+      <c r="P17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="P16" s="11" t="s">
+      <c r="Q17" s="12">
+        <v>30.6</v>
+      </c>
+      <c r="R17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="Q16" s="12">
-[...2 lines deleted...]
-      <c r="R16" s="11" t="s">
+      <c r="S17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="S16" s="11" t="s">
+      <c r="T17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="T16" s="11" t="s">
+      <c r="U17" s="11">
+        <v>533.58100000000002</v>
+      </c>
+      <c r="V17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="U16" s="11">
-[...2 lines deleted...]
-      <c r="V16" s="11" t="s">
+      <c r="W17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="W16" s="11" t="s">
+      <c r="X17" s="11" t="s">
         <v>28</v>
-      </c>
-[...74 lines deleted...]
-        <v>2.2518914107699128E-2</v>
       </c>
     </row>
     <row r="18" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="14"/>
-[...71 lines deleted...]
-        <v>43.308417745503554</v>
+      <c r="A18" s="30"/>
+      <c r="B18" s="31"/>
+      <c r="C18" s="40" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="32"/>
+      <c r="E18" s="32"/>
+      <c r="F18" s="33">
+        <f>F16/E17-1</f>
+        <v>3.4984846310484485E-2</v>
+      </c>
+      <c r="G18" s="33">
+        <f>(G16/F16)-1</f>
+        <v>3.8054380695161871E-2</v>
+      </c>
+      <c r="H18" s="33">
+        <f>H16/G16-1</f>
+        <v>3.6678333754514236E-2</v>
+      </c>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33">
+        <f>J16/I17-1</f>
+        <v>7.0291795496726817E-2</v>
+      </c>
+      <c r="K18" s="33">
+        <f>K16/J16-1</f>
+        <v>6.3986461763629654E-2</v>
+      </c>
+      <c r="L18" s="33">
+        <f>L16/K16-1</f>
+        <v>6.193848600782359E-2</v>
+      </c>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33">
+        <f>N16/M17-1</f>
+        <v>0.11015904332388482</v>
+      </c>
+      <c r="O18" s="33">
+        <f>O16/N16-1</f>
+        <v>5.2608820985874827E-2</v>
+      </c>
+      <c r="P18" s="33">
+        <f>P16/O16-1</f>
+        <v>6.3381487060112374E-2</v>
+      </c>
+      <c r="Q18" s="33"/>
+      <c r="R18" s="34">
+        <f>R16-Q17</f>
+        <v>1.1325283571167155</v>
+      </c>
+      <c r="S18" s="34">
+        <f>S16-R16</f>
+        <v>-0.33932885576263772</v>
+      </c>
+      <c r="T18" s="34">
+        <f>T16-S16</f>
+        <v>4.2658233515453503E-2</v>
+      </c>
+      <c r="U18" s="34"/>
+      <c r="V18" s="33">
+        <f>V16/U17-1</f>
+        <v>7.6999868186210962E-2</v>
+      </c>
+      <c r="W18" s="33">
+        <f>W16/V16-1</f>
+        <v>3.4416086620262965E-2</v>
+      </c>
+      <c r="X18" s="33">
+        <f>X16/W16-1</f>
+        <v>3.4158878504672918E-2</v>
       </c>
     </row>
     <row r="19" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="14"/>
       <c r="B19" s="10"/>
       <c r="C19" s="9" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D19" s="12">
-        <f ca="1">MAX(D$5:D$14)</f>
-        <v>14.3</v>
+        <f ca="1">STDEV(D$5:D$14)</f>
+        <v>1.3006408676751113</v>
       </c>
       <c r="E19" s="12"/>
       <c r="F19" s="11">
-        <f>MAX(F$5:F$14)</f>
-        <v>9323</v>
+        <f>STDEV(F$5:F$14)</f>
+        <v>67.700287124005953</v>
       </c>
       <c r="G19" s="11">
-        <f>MAX(G$5:G$14)</f>
-        <v>9756</v>
+        <f>STDEV(G$5:G$14)</f>
+        <v>162.65197974396679</v>
       </c>
       <c r="H19" s="11">
-        <f>MAX(H$5:H$14)</f>
-        <v>10039</v>
+        <f>STDEV(H$5:H$14)</f>
+        <v>248.12316402657319</v>
       </c>
       <c r="I19" s="11"/>
       <c r="J19" s="11">
-        <f>MAX(J$5:J$14)</f>
-        <v>2453</v>
+        <f>STDEV(J$5:J$14)</f>
+        <v>16.775832957816771</v>
       </c>
       <c r="K19" s="11">
-        <f>MAX(K$5:K$14)</f>
-        <v>2662</v>
+        <f>STDEV(K$5:K$14)</f>
+        <v>49.639953666376442</v>
       </c>
       <c r="L19" s="11">
-        <f>MAX(L$5:L$14)</f>
-        <v>2822</v>
+        <f>STDEV(L$5:L$14)</f>
+        <v>78.474442306002373</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="11">
-        <f>MAX(N$5:N$14)</f>
-        <v>790</v>
+        <f>STDEV(N$5:N$14)</f>
+        <v>13.604096021839473</v>
       </c>
       <c r="O19" s="11">
-        <f>MAX(O$5:O$14)</f>
-        <v>863</v>
+        <f>STDEV(O$5:O$14)</f>
+        <v>31.002016063475615</v>
       </c>
       <c r="P19" s="11">
-        <f>MAX(P$5:P$14)</f>
-        <v>947</v>
+        <f>STDEV(P$5:P$14)</f>
+        <v>49.79242627434131</v>
       </c>
       <c r="Q19" s="11"/>
-      <c r="R19" s="12">
-[...5 lines deleted...]
-        <v>33</v>
+      <c r="R19" s="11">
+        <f>STDEV(R$5:R$14)</f>
+        <v>0.48792506616887521</v>
+      </c>
+      <c r="S19" s="11">
+        <f>STDEV(S$5:S$14)</f>
+        <v>0.89833536335482633</v>
       </c>
       <c r="T19" s="11">
-        <f>MAX(T$5:T$14)</f>
-        <v>33.6</v>
+        <f>STDEV(T$5:T$14)</f>
+        <v>1.1763223429286669</v>
       </c>
       <c r="U19" s="11"/>
       <c r="V19" s="11">
-        <f>MAX(V$5:V$14)</f>
-        <v>601</v>
+        <f>STDEV(V$5:V$14)</f>
+        <v>14.762403985414144</v>
       </c>
       <c r="W19" s="11">
-        <f>MAX(W$5:W$14)</f>
-        <v>660</v>
+        <f>STDEV(W$5:W$14)</f>
+        <v>36.915927650347811</v>
       </c>
       <c r="X19" s="11">
-        <f>MAX(X$5:X$14)</f>
-        <v>699</v>
+        <f>STDEV(X$5:X$14)</f>
+        <v>47.801175518520267</v>
       </c>
     </row>
     <row r="20" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="14"/>
       <c r="B20" s="10"/>
       <c r="C20" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" s="12">
+        <f ca="1">MAX(D$5:D$14)</f>
         <v>15</v>
       </c>
-      <c r="D20" s="12">
+      <c r="E20" s="12"/>
+      <c r="F20" s="11">
+        <f>MAX(F$5:F$14)</f>
+        <v>9323</v>
+      </c>
+      <c r="G20" s="11">
+        <f>MAX(G$5:G$14)</f>
+        <v>9791.2690000000002</v>
+      </c>
+      <c r="H20" s="11">
+        <f>MAX(H$5:H$14)</f>
+        <v>10264.269</v>
+      </c>
+      <c r="I20" s="11"/>
+      <c r="J20" s="11">
+        <f>MAX(J$5:J$14)</f>
+        <v>2453</v>
+      </c>
+      <c r="K20" s="11">
+        <f>MAX(K$5:K$14)</f>
+        <v>2662</v>
+      </c>
+      <c r="L20" s="11">
+        <f>MAX(L$5:L$14)</f>
+        <v>2822</v>
+      </c>
+      <c r="M20" s="11"/>
+      <c r="N20" s="11">
+        <f>MAX(N$5:N$14)</f>
+        <v>790</v>
+      </c>
+      <c r="O20" s="11">
+        <f>MAX(O$5:O$14)</f>
+        <v>863</v>
+      </c>
+      <c r="P20" s="11">
+        <f>MAX(P$5:P$14)</f>
+        <v>947</v>
+      </c>
+      <c r="Q20" s="11"/>
+      <c r="R20" s="12">
+        <f>MAX(R$5:R$14)</f>
+        <v>32.483552631578952</v>
+      </c>
+      <c r="S20" s="12">
+        <f>MAX(S$5:S$14)</f>
+        <v>33</v>
+      </c>
+      <c r="T20" s="11">
+        <f>MAX(T$5:T$14)</f>
+        <v>33.6</v>
+      </c>
+      <c r="U20" s="11"/>
+      <c r="V20" s="11">
+        <f>MAX(V$5:V$14)</f>
+        <v>601</v>
+      </c>
+      <c r="W20" s="11">
+        <f>MAX(W$5:W$14)</f>
+        <v>660</v>
+      </c>
+      <c r="X20" s="11">
+        <f>MAX(X$5:X$14)</f>
+        <v>699</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="14"/>
+      <c r="B21" s="10"/>
+      <c r="C21" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" s="12">
         <f ca="1">MIN(D$5:D$14)</f>
         <v>11</v>
       </c>
-      <c r="E20" s="12"/>
-      <c r="F20" s="11">
+      <c r="E21" s="12"/>
+      <c r="F21" s="11">
         <f>MIN(F$5:F$14)</f>
         <v>9141.5964351873699</v>
       </c>
-      <c r="G20" s="11">
+      <c r="G21" s="11">
         <f>MIN(G$5:G$14)</f>
         <v>9354.5056127336575</v>
       </c>
-      <c r="H20" s="11">
+      <c r="H21" s="11">
         <f>MIN(H$5:H$14)</f>
         <v>9566.2296009342281</v>
       </c>
-      <c r="I20" s="11"/>
-      <c r="J20" s="11">
+      <c r="I21" s="11"/>
+      <c r="J21" s="11">
         <f>MIN(J$5:J$14)</f>
         <v>2404</v>
       </c>
-      <c r="K20" s="11">
+      <c r="K21" s="11">
         <f>MIN(K$5:K$14)</f>
-        <v>2523</v>
-[...1 lines deleted...]
-      <c r="L20" s="11">
+        <v>2510</v>
+      </c>
+      <c r="L21" s="11">
         <f>MIN(L$5:L$14)</f>
-        <v>2614</v>
-[...2 lines deleted...]
-      <c r="N20" s="11">
+        <v>2610</v>
+      </c>
+      <c r="M21" s="11"/>
+      <c r="N21" s="11">
         <f>MIN(N$5:N$14)</f>
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="O20" s="11">
+        <v>747</v>
+      </c>
+      <c r="O21" s="11">
         <f>MIN(O$5:O$14)</f>
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="P20" s="11">
+        <v>779</v>
+      </c>
+      <c r="P21" s="11">
         <f>MIN(P$5:P$14)</f>
-        <v>788</v>
-[...2 lines deleted...]
-      <c r="R20" s="12">
+        <v>810</v>
+      </c>
+      <c r="Q21" s="11"/>
+      <c r="R21" s="12">
         <f>MIN(R$5:R$14)</f>
-        <v>29.42880794701987</v>
-[...1 lines deleted...]
-      <c r="S20" s="12">
+        <v>31</v>
+      </c>
+      <c r="S21" s="12">
         <f>MIN(S$5:S$14)</f>
-        <v>30.2</v>
-[...1 lines deleted...]
-      <c r="T20" s="11">
+        <v>30.3</v>
+      </c>
+      <c r="T21" s="11">
         <f>MIN(T$5:T$14)</f>
-        <v>30.145371078806427</v>
-[...2 lines deleted...]
-      <c r="V20" s="11">
+        <v>30.3</v>
+      </c>
+      <c r="U21" s="11"/>
+      <c r="V21" s="11">
         <f>MIN(V$5:V$14)</f>
-        <v>564</v>
-[...1 lines deleted...]
-      <c r="W20" s="11">
+        <v>555</v>
+      </c>
+      <c r="W21" s="11">
         <f>MIN(W$5:W$14)</f>
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="X20" s="11">
+        <v>559</v>
+      </c>
+      <c r="X21" s="11">
         <f>MIN(X$5:X$14)</f>
-        <v>580</v>
+        <v>574</v>
       </c>
     </row>
-    <row r="21" spans="1:24" ht="15" thickTop="1" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:24" ht="15.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.35"/>
+    <row r="28" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="29" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="30" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="31" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="32" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:X14">
-[...1 lines deleted...]
-  </sortState>
   <mergeCells count="9">
-    <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
     <mergeCell ref="U3:X3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:H3"/>
+    <mergeCell ref="I3:L3"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;Z&amp;F&amp;F&amp;A</oddFooter>
   </headerFooter>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42599C50-6F61-4BB6-AD45-8C1D1487CB23}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48384424-2B2E-44A5-A388-7163D1FE8098}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:X21"/>
+  <dimension ref="A1:X24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="B14" sqref="B14"/>
+      <selection pane="bottomRight" activeCell="F18" sqref="F18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" outlineLevelRow="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="18.81640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.81640625" style="15" customWidth="1"/>
     <col min="3" max="3" width="17.1796875" style="7" customWidth="1"/>
     <col min="4" max="4" width="9.81640625" style="7" customWidth="1"/>
     <col min="5" max="5" width="9.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="6" max="8" width="8.81640625" style="16" customWidth="1"/>
     <col min="9" max="9" width="8.81640625" style="16" hidden="1" customWidth="1"/>
     <col min="10" max="12" width="8.81640625" style="7" customWidth="1"/>
     <col min="13" max="13" width="8.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="14" max="16" width="8.81640625" style="7" customWidth="1"/>
     <col min="17" max="17" width="8.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="18" max="20" width="8.81640625" style="7" customWidth="1"/>
     <col min="21" max="21" width="8.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="22" max="24" width="8.81640625" style="7" customWidth="1"/>
     <col min="25" max="16384" width="9.1796875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" s="6" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="1"/>
@@ -2797,96 +3125,96 @@
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
     </row>
     <row r="3" spans="1:24" ht="34" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="44"/>
-[...38 lines deleted...]
-      <c r="X3" s="43"/>
+      <c r="A3" s="45"/>
+      <c r="B3" s="54" t="s">
+        <v>21</v>
+      </c>
+      <c r="C3" s="45" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="E3" s="53" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="42"/>
+      <c r="G3" s="42"/>
+      <c r="H3" s="43"/>
+      <c r="I3" s="41" t="s">
+        <v>2</v>
+      </c>
+      <c r="J3" s="42"/>
+      <c r="K3" s="42"/>
+      <c r="L3" s="43"/>
+      <c r="M3" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="N3" s="42"/>
+      <c r="O3" s="42"/>
+      <c r="P3" s="43"/>
+      <c r="Q3" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="R3" s="42"/>
+      <c r="S3" s="42"/>
+      <c r="T3" s="43"/>
+      <c r="U3" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="V3" s="42"/>
+      <c r="W3" s="42"/>
+      <c r="X3" s="44"/>
     </row>
     <row r="4" spans="1:24" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A4" s="45"/>
-[...2 lines deleted...]
-      <c r="D4" s="49"/>
+      <c r="A4" s="46"/>
+      <c r="B4" s="55"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="52"/>
       <c r="E4" s="17">
         <v>2024</v>
       </c>
       <c r="F4" s="17">
         <v>2025</v>
       </c>
       <c r="G4" s="17">
         <v>2026</v>
       </c>
       <c r="H4" s="22" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="22">
         <v>2024</v>
       </c>
       <c r="J4" s="17">
         <v>2025</v>
       </c>
       <c r="K4" s="17">
         <v>2026</v>
       </c>
       <c r="L4" s="22" t="s">
         <v>23</v>
       </c>
       <c r="M4" s="22">
@@ -2908,1317 +3236,1203 @@
         <v>2025</v>
       </c>
       <c r="S4" s="17">
         <v>2026</v>
       </c>
       <c r="T4" s="22" t="s">
         <v>23</v>
       </c>
       <c r="U4" s="22">
         <v>2024</v>
       </c>
       <c r="V4" s="17">
         <v>2025</v>
       </c>
       <c r="W4" s="17">
         <v>2026</v>
       </c>
       <c r="X4" s="23" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="37" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B5" s="24">
+        <v>45965</v>
+      </c>
+      <c r="C5" s="25" t="s">
+        <v>5</v>
       </c>
       <c r="D5" s="26">
-        <f>'Projeções dos Analistas'!D5</f>
         <v>13</v>
       </c>
       <c r="E5" s="26"/>
       <c r="F5" s="18"/>
       <c r="G5" s="18"/>
       <c r="H5" s="18"/>
       <c r="I5" s="18"/>
       <c r="J5" s="18">
-        <f>'Projeções dos Analistas'!J5</f>
         <v>2437</v>
       </c>
       <c r="K5" s="18">
-        <f>'Projeções dos Analistas'!K5</f>
         <v>2614</v>
       </c>
       <c r="L5" s="18">
-        <f>'Projeções dos Analistas'!L5</f>
         <v>2822</v>
       </c>
-      <c r="M5" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="M5" s="18"/>
       <c r="N5" s="18">
-        <f>'Projeções dos Analistas'!N5</f>
         <v>776</v>
       </c>
       <c r="O5" s="18">
-        <f>'Projeções dos Analistas'!O5</f>
         <v>863</v>
       </c>
       <c r="P5" s="18">
-        <f>'Projeções dos Analistas'!P5</f>
         <v>947</v>
       </c>
-      <c r="Q5" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="Q5" s="18"/>
       <c r="R5" s="19">
-        <f>'Projeções dos Analistas'!R5</f>
         <v>31.8</v>
       </c>
       <c r="S5" s="19">
-        <f>'Projeções dos Analistas'!S5</f>
         <v>33</v>
       </c>
       <c r="T5" s="19">
-        <f>'Projeções dos Analistas'!T5</f>
         <v>33.6</v>
       </c>
-      <c r="U5" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="U5" s="19"/>
       <c r="V5" s="18">
-        <f>'Projeções dos Analistas'!V5</f>
         <v>592</v>
       </c>
       <c r="W5" s="18">
-        <f>'Projeções dos Analistas'!W5</f>
         <v>644</v>
       </c>
       <c r="X5" s="18">
-        <f>'Projeções dos Analistas'!X5</f>
         <v>699</v>
       </c>
     </row>
     <row r="6" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="37" t="s">
-        <v>44</v>
+      <c r="B6" s="24">
+        <v>45939</v>
       </c>
       <c r="C6" s="25" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="26">
-        <f>'Projeções dos Analistas'!D6</f>
         <v>13</v>
       </c>
       <c r="E6" s="26"/>
       <c r="F6" s="18">
-        <f>'Projeções dos Analistas'!F6</f>
         <v>9141.5964351873699</v>
       </c>
       <c r="G6" s="18">
-        <f>'Projeções dos Analistas'!G6</f>
         <v>9354.5056127336575</v>
       </c>
       <c r="H6" s="18">
-        <f>'Projeções dos Analistas'!H6</f>
         <v>9566.2296009342281</v>
       </c>
-      <c r="I6" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="I6" s="18"/>
       <c r="J6" s="18">
-        <f>'Projeções dos Analistas'!J6</f>
         <v>2439</v>
       </c>
       <c r="K6" s="18">
-        <f>'Projeções dos Analistas'!K6</f>
         <v>2595</v>
       </c>
-      <c r="L6" s="18">
-        <f>'Projeções dos Analistas'!L6</f>
+      <c r="L6" s="27">
         <v>2745</v>
       </c>
-      <c r="M6" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="M6" s="27"/>
       <c r="N6" s="18">
-        <f>'Projeções dos Analistas'!N6</f>
         <v>779</v>
       </c>
       <c r="O6" s="18">
-        <f>'Projeções dos Analistas'!O6</f>
         <v>790</v>
       </c>
-      <c r="P6" s="18">
-        <f>'Projeções dos Analistas'!P6</f>
+      <c r="P6" s="27">
         <v>833</v>
       </c>
-      <c r="Q6" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="Q6" s="27"/>
       <c r="R6" s="19">
-        <f>'Projeções dos Analistas'!R6</f>
         <v>31.9</v>
       </c>
       <c r="S6" s="19">
-        <f>'Projeções dos Analistas'!S6</f>
         <v>30.5</v>
       </c>
       <c r="T6" s="19">
-        <f>'Projeções dos Analistas'!T6</f>
         <v>30.3</v>
       </c>
-      <c r="U6" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="U6" s="19"/>
       <c r="V6" s="18">
-        <f>'Projeções dos Analistas'!V6</f>
         <v>575</v>
       </c>
       <c r="W6" s="18">
-        <f>'Projeções dos Analistas'!W6</f>
         <v>588</v>
       </c>
       <c r="X6" s="18">
-        <f>'Projeções dos Analistas'!X6</f>
         <v>580</v>
       </c>
     </row>
-    <row r="7" spans="1:24" s="8" customFormat="1" ht="14.65" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="37" t="s">
-        <v>51</v>
+      <c r="B7" s="24">
+        <v>45966</v>
       </c>
       <c r="C7" s="25" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D7" s="26">
-        <f>'Projeções dos Analistas'!D7</f>
         <v>11.5</v>
       </c>
       <c r="E7" s="26"/>
       <c r="F7" s="18">
-        <f>'Projeções dos Analistas'!F7</f>
         <v>9287</v>
       </c>
       <c r="G7" s="18">
-        <f>'Projeções dos Analistas'!G7</f>
         <v>9552</v>
       </c>
-      <c r="H7" s="18">
-        <f>'Projeções dos Analistas'!H7</f>
+      <c r="H7" s="27">
         <v>9998</v>
       </c>
-      <c r="I7" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="I7" s="27"/>
       <c r="J7" s="18">
-        <f>'Projeções dos Analistas'!J7</f>
         <v>2423</v>
       </c>
       <c r="K7" s="18">
-        <f>'Projeções dos Analistas'!K7</f>
         <v>2583</v>
       </c>
-      <c r="L7" s="18">
-        <f>'Projeções dos Analistas'!L7</f>
+      <c r="L7" s="27">
         <v>2731</v>
       </c>
-      <c r="M7" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="M7" s="27"/>
       <c r="N7" s="18">
-        <f>'Projeções dos Analistas'!N7</f>
         <v>763</v>
       </c>
       <c r="O7" s="18">
-        <f>'Projeções dos Analistas'!O7</f>
         <v>782</v>
       </c>
-      <c r="P7" s="18">
-        <f>'Projeções dos Analistas'!P7</f>
+      <c r="P7" s="27">
         <v>831</v>
       </c>
-      <c r="Q7" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="Q7" s="27"/>
       <c r="R7" s="19">
-        <f>'Projeções dos Analistas'!R7</f>
         <v>31.5</v>
       </c>
       <c r="S7" s="19">
-        <f>'Projeções dos Analistas'!S7</f>
         <v>30.3</v>
       </c>
-      <c r="T7" s="19">
-        <f>'Projeções dos Analistas'!T7</f>
+      <c r="T7" s="28">
         <v>30.4</v>
       </c>
-      <c r="U7" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="U7" s="28"/>
       <c r="V7" s="18">
-        <f>'Projeções dos Analistas'!V7</f>
         <v>564</v>
       </c>
       <c r="W7" s="18">
-        <f>'Projeções dos Analistas'!W7</f>
         <v>578</v>
       </c>
-      <c r="X7" s="18">
-        <f>'Projeções dos Analistas'!X7</f>
+      <c r="X7" s="27">
         <v>589</v>
       </c>
     </row>
     <row r="8" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="37" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B8" s="24">
+        <v>45946</v>
+      </c>
+      <c r="C8" s="25" t="s">
+        <v>5</v>
       </c>
       <c r="D8" s="26">
         <v>15</v>
       </c>
       <c r="E8" s="26"/>
       <c r="F8" s="18">
-        <f>'Projeções dos Analistas'!F8</f>
         <v>9323</v>
       </c>
       <c r="G8" s="18">
-        <f>'Projeções dos Analistas'!G8</f>
         <v>9756</v>
       </c>
-      <c r="H8" s="18"/>
-[...3 lines deleted...]
-      </c>
+      <c r="H8" s="27"/>
+      <c r="I8" s="27"/>
       <c r="J8" s="18">
-        <f>'Projeções dos Analistas'!J8</f>
         <v>2453</v>
       </c>
       <c r="K8" s="18">
-        <f>'Projeções dos Analistas'!K8</f>
         <v>2662</v>
       </c>
-      <c r="L8" s="18"/>
-[...3 lines deleted...]
-      </c>
+      <c r="L8" s="27"/>
+      <c r="M8" s="27"/>
       <c r="N8" s="18">
-        <f>'Projeções dos Analistas'!N8</f>
         <v>760</v>
       </c>
       <c r="O8" s="18">
-        <f>'Projeções dos Analistas'!O8</f>
         <v>838</v>
       </c>
-      <c r="P8" s="18"/>
-[...3 lines deleted...]
-      </c>
+      <c r="P8" s="27"/>
+      <c r="Q8" s="27"/>
       <c r="R8" s="19">
-        <f>'Projeções dos Analistas'!R8</f>
         <v>31</v>
       </c>
       <c r="S8" s="19">
-        <f>'Projeções dos Analistas'!S8</f>
         <v>31.5</v>
       </c>
-      <c r="T8" s="19"/>
-[...3 lines deleted...]
-      </c>
+      <c r="T8" s="28"/>
+      <c r="U8" s="28"/>
       <c r="V8" s="18">
-        <f>'Projeções dos Analistas'!V8</f>
         <v>601</v>
       </c>
       <c r="W8" s="18">
-        <f>'Projeções dos Analistas'!W8</f>
         <v>660</v>
       </c>
-      <c r="X8" s="18"/>
+      <c r="X8" s="28"/>
     </row>
     <row r="9" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="37" t="s">
-        <v>45</v>
+      <c r="B9" s="24">
+        <v>45873</v>
       </c>
       <c r="C9" s="25" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D9" s="26">
-        <f>'Projeções dos Analistas'!D9</f>
         <v>11</v>
       </c>
       <c r="E9" s="26"/>
-      <c r="F9" s="18"/>
-[...20 lines deleted...]
-      <c r="X9" s="18"/>
+      <c r="F9" s="39"/>
+      <c r="G9" s="39"/>
+      <c r="H9" s="39"/>
+      <c r="I9" s="39"/>
+      <c r="J9" s="39"/>
+      <c r="K9" s="39"/>
+      <c r="L9" s="39"/>
+      <c r="M9" s="39"/>
+      <c r="N9" s="39"/>
+      <c r="O9" s="39"/>
+      <c r="P9" s="39"/>
+      <c r="Q9" s="39"/>
+      <c r="R9" s="39"/>
+      <c r="S9" s="39"/>
+      <c r="T9" s="39"/>
+      <c r="U9" s="39"/>
+      <c r="V9" s="39"/>
+      <c r="W9" s="39"/>
+      <c r="X9" s="39"/>
     </row>
     <row r="10" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="37" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B10" s="24">
+        <v>45855</v>
+      </c>
+      <c r="C10" s="25" t="s">
+        <v>5</v>
       </c>
       <c r="D10" s="26">
-        <f>'Projeções dos Analistas'!D10</f>
         <v>13</v>
       </c>
       <c r="E10" s="26"/>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
-      <c r="H10" s="18"/>
-[...3 lines deleted...]
-      </c>
+      <c r="H10" s="27"/>
+      <c r="I10" s="27"/>
       <c r="J10" s="18"/>
       <c r="K10" s="18"/>
-      <c r="L10" s="18"/>
-      <c r="M10" s="18"/>
+      <c r="L10" s="27"/>
+      <c r="M10" s="27"/>
       <c r="N10" s="18"/>
       <c r="O10" s="18"/>
-      <c r="P10" s="18"/>
-[...4 lines deleted...]
-      <c r="U10" s="18"/>
+      <c r="P10" s="27"/>
+      <c r="Q10" s="27"/>
+      <c r="R10" s="19"/>
+      <c r="S10" s="19"/>
+      <c r="T10" s="28"/>
+      <c r="U10" s="28"/>
       <c r="V10" s="18"/>
       <c r="W10" s="18"/>
-      <c r="X10" s="18"/>
+      <c r="X10" s="27"/>
     </row>
     <row r="11" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="37" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B11" s="24">
+        <v>46035</v>
+      </c>
+      <c r="C11" s="25" t="s">
+        <v>17</v>
       </c>
       <c r="D11" s="26">
-        <f>'Projeções dos Analistas'!D11</f>
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E11" s="26"/>
-      <c r="F11" s="18"/>
-[...5 lines deleted...]
-      </c>
+      <c r="F11" s="18">
+        <v>9200</v>
+      </c>
+      <c r="G11" s="18">
+        <v>9403</v>
+      </c>
+      <c r="H11" s="18">
+        <v>9677</v>
+      </c>
+      <c r="I11" s="18"/>
       <c r="J11" s="18">
-        <f>'Projeções dos Analistas'!J11</f>
-        <v>2437</v>
+        <v>2408</v>
       </c>
       <c r="K11" s="18">
-        <f>'Projeções dos Analistas'!K11</f>
-[...9 lines deleted...]
-      </c>
+        <v>2510</v>
+      </c>
+      <c r="L11" s="27">
+        <v>2610</v>
+      </c>
+      <c r="M11" s="27"/>
       <c r="N11" s="18">
-        <f>'Projeções dos Analistas'!N11</f>
-        <v>742</v>
+        <v>759</v>
       </c>
       <c r="O11" s="18">
-        <f>'Projeções dos Analistas'!O11</f>
-[...9 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="P11" s="27">
+        <v>810</v>
+      </c>
+      <c r="Q11" s="27"/>
       <c r="R11" s="19">
-        <f>'Projeções dos Analistas'!R11</f>
-        <v>30.5</v>
+        <v>31.519933554817275</v>
       </c>
       <c r="S11" s="19">
-        <f>'Projeções dos Analistas'!S11</f>
-        <v>30.221518987341771</v>
+        <v>31.035856573705178</v>
       </c>
       <c r="T11" s="19">
-        <f>'Projeções dos Analistas'!T11</f>
-[...5 lines deleted...]
-      </c>
+        <v>31.03448275862069</v>
+      </c>
+      <c r="U11" s="19"/>
       <c r="V11" s="18">
-        <f>'Projeções dos Analistas'!V11</f>
-        <v>569</v>
+        <v>555</v>
       </c>
       <c r="W11" s="18">
-        <f>'Projeções dos Analistas'!W11</f>
-[...4 lines deleted...]
-        <v>595</v>
+        <v>559</v>
+      </c>
+      <c r="X11" s="27">
+        <v>574</v>
       </c>
     </row>
-    <row r="12" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="37" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B12" s="24">
+        <v>46030</v>
+      </c>
+      <c r="C12" s="25" t="s">
+        <v>5</v>
       </c>
       <c r="D12" s="26">
-        <f>'Projeções dos Analistas'!D12</f>
-        <v>14.3</v>
+        <v>13</v>
       </c>
       <c r="E12" s="26"/>
       <c r="F12" s="18">
-        <f>'Projeções dos Analistas'!F12</f>
         <v>9174</v>
       </c>
       <c r="G12" s="18">
-        <f>'Projeções dos Analistas'!G12</f>
         <v>9568</v>
       </c>
       <c r="H12" s="18">
-        <f>'Projeções dos Analistas'!H12</f>
         <v>9967</v>
       </c>
-      <c r="I12" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="I12" s="18"/>
       <c r="J12" s="18">
-        <f>'Projeções dos Analistas'!J12</f>
         <v>2432</v>
       </c>
       <c r="K12" s="18">
-        <f>'Projeções dos Analistas'!K12</f>
-[...3 lines deleted...]
-        <f>'Projeções dos Analistas'!L12</f>
+        <v>2555</v>
+      </c>
+      <c r="L12" s="27">
         <v>2758</v>
       </c>
-      <c r="M12" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="M12" s="27"/>
       <c r="N12" s="18">
-        <f>'Projeções dos Analistas'!N12</f>
         <v>790</v>
       </c>
       <c r="O12" s="18">
-        <f>'Projeções dos Analistas'!O12</f>
-[...3 lines deleted...]
-        <f>'Projeções dos Analistas'!P12</f>
+        <v>816</v>
+      </c>
+      <c r="P12" s="27">
         <v>861</v>
       </c>
-      <c r="Q12" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="Q12" s="27"/>
       <c r="R12" s="19">
-        <f>'Projeções dos Analistas'!R12</f>
-        <v>32.5</v>
+        <v>32.483552631578952</v>
       </c>
       <c r="S12" s="19">
-        <f>'Projeções dos Analistas'!S12</f>
-        <v>31.5</v>
+        <v>31.93737769080235</v>
       </c>
       <c r="T12" s="19">
-        <f>'Projeções dos Analistas'!T12</f>
-[...5 lines deleted...]
-      </c>
+        <v>31.218274111675125</v>
+      </c>
+      <c r="U12" s="28"/>
       <c r="V12" s="18">
-        <f>'Projeções dos Analistas'!V12</f>
         <v>573</v>
       </c>
       <c r="W12" s="18">
-        <f>'Projeções dos Analistas'!W12</f>
-[...3 lines deleted...]
-        <f>'Projeções dos Analistas'!X12</f>
+        <v>563</v>
+      </c>
+      <c r="X12" s="27">
         <v>603</v>
       </c>
     </row>
-    <row r="13" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="37" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B13" s="24">
+        <v>46030</v>
+      </c>
+      <c r="C13" s="25" t="s">
+        <v>5</v>
       </c>
       <c r="D13" s="26">
         <f ca="1">'Projeções dos Analistas'!D13</f>
         <v>13</v>
       </c>
       <c r="E13" s="26"/>
       <c r="F13" s="18">
-        <f>'Projeções dos Analistas'!F13</f>
-        <v>9191</v>
+        <v>9291.2690000000002</v>
       </c>
       <c r="G13" s="18">
-        <f>'Projeções dos Analistas'!G13</f>
-        <v>9631</v>
+        <v>9791.2690000000002</v>
       </c>
       <c r="H13" s="18">
-        <f>'Projeções dos Analistas'!H13</f>
-        <v>10039</v>
+        <v>10264.269</v>
       </c>
       <c r="I13" s="18">
-        <f ca="1">'Projeções dos Analistas'!I13</f>
         <v>0</v>
       </c>
       <c r="J13" s="18">
-        <f>'Projeções dos Analistas'!J13</f>
         <v>2416</v>
       </c>
       <c r="K13" s="18">
-        <f>'Projeções dos Analistas'!K13</f>
-[...7 lines deleted...]
-        <f ca="1">'Projeções dos Analistas'!M13</f>
+        <v>2599</v>
+      </c>
+      <c r="L13" s="27">
+        <v>2816</v>
+      </c>
+      <c r="M13" s="27">
         <v>0</v>
       </c>
       <c r="N13" s="18">
-        <f>'Projeções dos Analistas'!N13</f>
-        <v>711</v>
+        <v>772</v>
       </c>
       <c r="O13" s="18">
-        <f>'Projeções dos Analistas'!O13</f>
-[...7 lines deleted...]
-        <f ca="1">'Projeções dos Analistas'!Q13</f>
+        <v>838</v>
+      </c>
+      <c r="P13" s="27">
+        <v>914</v>
+      </c>
+      <c r="Q13" s="27">
         <v>0</v>
       </c>
       <c r="R13" s="19">
-        <f>'Projeções dos Analistas'!R13</f>
-        <v>29.42880794701987</v>
+        <v>31.953642384105962</v>
       </c>
       <c r="S13" s="19">
-        <f>'Projeções dos Analistas'!S13</f>
-[...7 lines deleted...]
-        <f ca="1">'Projeções dos Analistas'!U13</f>
+        <v>32.243170450173139</v>
+      </c>
+      <c r="T13" s="28">
+        <v>32.457386363636367</v>
+      </c>
+      <c r="U13" s="28">
         <v>0</v>
       </c>
       <c r="V13" s="18">
-        <f>'Projeções dos Analistas'!V13</f>
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="W13" s="18">
-        <f>'Projeções dos Analistas'!W13</f>
-[...4 lines deleted...]
-        <v>650</v>
+        <v>605</v>
+      </c>
+      <c r="X13" s="27">
+        <v>664</v>
       </c>
     </row>
-    <row r="14" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:24" s="8" customFormat="1" ht="15.5" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="37" t="s">
-        <v>50</v>
+      <c r="B14" s="24">
+        <v>45965</v>
       </c>
       <c r="C14" s="25" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D14" s="26">
-        <f>'Projeções dos Analistas'!D14</f>
         <v>11</v>
       </c>
       <c r="E14" s="26"/>
       <c r="F14" s="18">
-        <f>'Projeções dos Analistas'!F14</f>
         <v>9220</v>
       </c>
       <c r="G14" s="18">
-        <f>'Projeções dos Analistas'!G14</f>
         <v>9546</v>
       </c>
-      <c r="H14" s="18">
-        <f>'Projeções dos Analistas'!H14</f>
+      <c r="H14" s="27">
         <v>9886</v>
       </c>
-      <c r="I14" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="I14" s="27"/>
       <c r="J14" s="18">
-        <f>'Projeções dos Analistas'!J14</f>
         <v>2404</v>
       </c>
       <c r="K14" s="18">
-        <f>'Projeções dos Analistas'!K14</f>
         <v>2523</v>
       </c>
-      <c r="L14" s="18">
-        <f>'Projeções dos Analistas'!L14</f>
+      <c r="L14" s="27">
         <v>2654</v>
       </c>
-      <c r="M14" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="M14" s="27"/>
       <c r="N14" s="18">
-        <f>'Projeções dos Analistas'!N14</f>
         <v>747</v>
       </c>
       <c r="O14" s="18">
-        <f>'Projeções dos Analistas'!O14</f>
         <v>795</v>
       </c>
-      <c r="P14" s="18">
-        <f>'Projeções dos Analistas'!P14</f>
+      <c r="P14" s="27">
         <v>841</v>
       </c>
-      <c r="Q14" s="18">
-[...2 lines deleted...]
-      </c>
+      <c r="Q14" s="27"/>
       <c r="R14" s="19">
-        <f>'Projeções dos Analistas'!R14</f>
-        <v>31.1</v>
+        <v>31.073211314475873</v>
       </c>
       <c r="S14" s="19">
-        <f>'Projeções dos Analistas'!S14</f>
-[...9 lines deleted...]
-      </c>
+        <v>31.510107015457788</v>
+      </c>
+      <c r="T14" s="28">
+        <v>31.688018085908066</v>
+      </c>
+      <c r="U14" s="19"/>
       <c r="V14" s="18">
-        <f>'Projeções dos Analistas'!V14</f>
         <v>577</v>
       </c>
       <c r="W14" s="18">
-        <f>'Projeções dos Analistas'!W14</f>
         <v>581</v>
       </c>
-      <c r="X14" s="18">
-        <f>'Projeções dos Analistas'!X14</f>
+      <c r="X14" s="27">
         <v>592</v>
       </c>
     </row>
-    <row r="15" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="9" t="s">
+    <row r="15" spans="1:24" s="8" customFormat="1" ht="15.5" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="B15" s="24">
+        <v>46038</v>
+      </c>
+      <c r="C15" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" s="26">
+        <v>13.1</v>
+      </c>
+      <c r="E15" s="26"/>
+      <c r="F15" s="18">
+        <v>9255</v>
+      </c>
+      <c r="G15" s="18">
+        <v>9733</v>
+      </c>
+      <c r="H15" s="27">
+        <v>10219</v>
+      </c>
+      <c r="I15" s="27"/>
+      <c r="J15" s="18">
+        <v>2452</v>
+      </c>
+      <c r="K15" s="18">
+        <v>2622</v>
+      </c>
+      <c r="L15" s="27">
+        <v>2823</v>
+      </c>
+      <c r="M15" s="27"/>
+      <c r="N15" s="18">
+        <v>792</v>
+      </c>
+      <c r="O15" s="18">
+        <v>802</v>
+      </c>
+      <c r="P15" s="27">
+        <v>866</v>
+      </c>
+      <c r="Q15" s="27"/>
+      <c r="R15" s="19">
+        <f>(N15/J15)*100</f>
+        <v>32.30016313213703</v>
+      </c>
+      <c r="S15" s="19">
+        <f t="shared" ref="S15:T15" si="0">(O15/K15)*100</f>
+        <v>30.587337909992375</v>
+      </c>
+      <c r="T15" s="19">
+        <f t="shared" si="0"/>
+        <v>30.676585193057033</v>
+      </c>
+      <c r="U15" s="19"/>
+      <c r="V15" s="18">
+        <v>566</v>
+      </c>
+      <c r="W15" s="18">
+        <v>572</v>
+      </c>
+      <c r="X15" s="27">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A16" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="38" t="s">
-[...72 lines deleted...]
-        <v>615.42857142857144</v>
+      <c r="B16" s="35">
+        <f>MAX(B5:B15)</f>
+        <v>46038</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" s="21">
+        <f ca="1">AVERAGE(D$5:E$15)</f>
+        <v>12.509090909090908</v>
+      </c>
+      <c r="E16" s="21">
+        <f t="shared" ref="E16:U16" si="1">AVERAGE(E$5:F$15)</f>
+        <v>9236.4831793984213</v>
+      </c>
+      <c r="F16" s="11">
+        <f>AVERAGE(F$5:F$15)</f>
+        <v>9236.4831793984213</v>
+      </c>
+      <c r="G16" s="11">
+        <f>AVERAGE(G$5:G$15)</f>
+        <v>9587.9718265917072</v>
+      </c>
+      <c r="H16" s="11">
+        <f>AVERAGE(H$6:H$15)</f>
+        <v>9939.6426572763175</v>
+      </c>
+      <c r="I16" s="11">
+        <f>AVERAGE(I$5:I$15)</f>
+        <v>0</v>
+      </c>
+      <c r="J16" s="11">
+        <f>AVERAGE(J$5:J$15)</f>
+        <v>2429.3333333333335</v>
+      </c>
+      <c r="K16" s="11">
+        <f>AVERAGE(K$5:K$15)</f>
+        <v>2584.7777777777778</v>
+      </c>
+      <c r="L16" s="11">
+        <f>AVERAGE(L$5:L$15)</f>
+        <v>2744.875</v>
+      </c>
+      <c r="M16" s="11">
+        <f t="shared" si="1"/>
+        <v>693.8</v>
+      </c>
+      <c r="N16" s="11">
+        <f>AVERAGE(N$5:N$15)</f>
+        <v>770.88888888888891</v>
+      </c>
+      <c r="O16" s="11">
+        <f>AVERAGE(O$5:O$15)</f>
+        <v>811.44444444444446</v>
+      </c>
+      <c r="P16" s="11">
+        <f>AVERAGE(P$5:P$15)</f>
+        <v>862.875</v>
+      </c>
+      <c r="Q16" s="21">
+        <f t="shared" si="1"/>
+        <v>28.553050301711512</v>
+      </c>
+      <c r="R16" s="12">
+        <f>AVERAGE(R$5:R$15)</f>
+        <v>31.725611446346122</v>
+      </c>
+      <c r="S16" s="12">
+        <f>AVERAGE(S$5:S$15)</f>
+        <v>31.401538848903424</v>
+      </c>
+      <c r="T16" s="12">
+        <f>AVERAGE(T$5:T$15)</f>
+        <v>31.421843314112163</v>
+      </c>
+      <c r="U16" s="21">
+        <f t="shared" si="1"/>
+        <v>517.20000000000005</v>
+      </c>
+      <c r="V16" s="11">
+        <f>AVERAGE(V$5:V$15)</f>
+        <v>574.66666666666663</v>
+      </c>
+      <c r="W16" s="11">
+        <f>AVERAGE(W$5:W$15)</f>
+        <v>594.44444444444446</v>
+      </c>
+      <c r="X16" s="11">
+        <f>AVERAGE(X$5:X$15)</f>
+        <v>614.75</v>
       </c>
     </row>
-    <row r="16" spans="1:24" s="13" customFormat="1" ht="15.65" hidden="1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="9" t="s">
+    <row r="17" spans="1:24" s="13" customFormat="1" ht="15.65" hidden="1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="B16" s="35" t="s">
+      <c r="B17" s="35" t="s">
         <v>28</v>
       </c>
-      <c r="C16" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="21" t="s">
+      <c r="C17" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="E16" s="11">
+      <c r="D17" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="E17" s="11">
         <v>8924.2690000000002</v>
       </c>
-      <c r="F16" s="11" t="s">
+      <c r="F17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="G16" s="11" t="s">
+      <c r="G17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="H16" s="11" t="s">
+      <c r="H17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="I16" s="11">
+      <c r="I17" s="11">
         <v>2269.7860000000001</v>
       </c>
-      <c r="J16" s="11" t="s">
+      <c r="J17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="K16" s="11" t="s">
+      <c r="K17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="L16" s="11" t="s">
+      <c r="L17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="M16" s="11">
+      <c r="M17" s="11">
         <v>694.39499999999998</v>
       </c>
-      <c r="N16" s="11" t="s">
+      <c r="N17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="O16" s="11" t="s">
+      <c r="O17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="P16" s="11" t="s">
+      <c r="P17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="Q16" s="12">
+      <c r="Q17" s="12">
         <v>30.6</v>
       </c>
-      <c r="R16" s="11" t="s">
+      <c r="R17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="S16" s="11" t="s">
+      <c r="S17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="T16" s="11" t="s">
+      <c r="T17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="U16" s="11">
+      <c r="U17" s="11">
         <v>533.58100000000002</v>
       </c>
-      <c r="V16" s="11" t="s">
+      <c r="V17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="W16" s="11" t="s">
+      <c r="W17" s="11" t="s">
         <v>28</v>
       </c>
-      <c r="X16" s="11" t="s">
+      <c r="X17" s="11" t="s">
         <v>28</v>
-      </c>
-[...71 lines deleted...]
-        <v>2.2518914107699128E-2</v>
       </c>
     </row>
     <row r="18" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="14"/>
-[...71 lines deleted...]
-        <v>43.308417745503554</v>
+      <c r="A18" s="30"/>
+      <c r="B18" s="31"/>
+      <c r="C18" s="30" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="32"/>
+      <c r="E18" s="32"/>
+      <c r="F18" s="33">
+        <f>F16/E17-1</f>
+        <v>3.4984846310484485E-2</v>
+      </c>
+      <c r="G18" s="33">
+        <f>G16/F16-1</f>
+        <v>3.8054380695161871E-2</v>
+      </c>
+      <c r="H18" s="33">
+        <f>H16/G16-1</f>
+        <v>3.6678333754514236E-2</v>
+      </c>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33">
+        <f>J16/I17-1</f>
+        <v>7.0291795496726817E-2</v>
+      </c>
+      <c r="K18" s="33">
+        <f>K16/J16-1</f>
+        <v>6.3986461763629654E-2</v>
+      </c>
+      <c r="L18" s="33">
+        <f>L16/K16-1</f>
+        <v>6.193848600782359E-2</v>
+      </c>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33">
+        <f>N16/M17-1</f>
+        <v>0.11015904332388482</v>
+      </c>
+      <c r="O18" s="33">
+        <f>O16/N16-1</f>
+        <v>5.2608820985874827E-2</v>
+      </c>
+      <c r="P18" s="33">
+        <f>P16/O16-1</f>
+        <v>6.3381487060112374E-2</v>
+      </c>
+      <c r="Q18" s="33"/>
+      <c r="R18" s="34">
+        <f>R16-Q17</f>
+        <v>1.1256114463461202</v>
+      </c>
+      <c r="S18" s="34">
+        <f>S16-R16</f>
+        <v>-0.32407259744269723</v>
+      </c>
+      <c r="T18" s="34">
+        <f>T16-S16</f>
+        <v>2.030446520873852E-2</v>
+      </c>
+      <c r="U18" s="34"/>
+      <c r="V18" s="33">
+        <f>V16/U17-1</f>
+        <v>7.6999868186210962E-2</v>
+      </c>
+      <c r="W18" s="33">
+        <f>W16/V16-1</f>
+        <v>3.4416086620262965E-2</v>
+      </c>
+      <c r="X18" s="33">
+        <f>X16/W16-1</f>
+        <v>3.4158878504672918E-2</v>
       </c>
     </row>
     <row r="19" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="14"/>
       <c r="B19" s="10"/>
       <c r="C19" s="9" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="D19" s="12">
-        <f ca="1">MAX(D$5:D$14)</f>
-        <v>14.3</v>
+        <f ca="1">STDEV(D$5:D$14)</f>
+        <v>1.3006408676751113</v>
       </c>
       <c r="E19" s="12"/>
       <c r="F19" s="11">
-        <f>MAX(F$5:F$14)</f>
-        <v>9323</v>
+        <f>STDEV(F$5:F$14)</f>
+        <v>67.700287124005953</v>
       </c>
       <c r="G19" s="11">
-        <f>MAX(G$5:G$14)</f>
-        <v>9756</v>
+        <f>STDEV(G$5:G$14)</f>
+        <v>162.65197974396679</v>
       </c>
       <c r="H19" s="11">
-        <f>MAX(H$5:H$14)</f>
-        <v>10039</v>
+        <f>STDEV(H$5:H$14)</f>
+        <v>248.12316402657319</v>
       </c>
       <c r="I19" s="11"/>
       <c r="J19" s="11">
-        <f>MAX(J$5:J$14)</f>
-        <v>2453</v>
+        <f>STDEV(J$5:J$14)</f>
+        <v>16.775832957816771</v>
       </c>
       <c r="K19" s="11">
-        <f>MAX(K$5:K$14)</f>
-        <v>2662</v>
+        <f>STDEV(K$5:K$14)</f>
+        <v>49.639953666376442</v>
       </c>
       <c r="L19" s="11">
-        <f>MAX(L$5:L$14)</f>
-        <v>2822</v>
+        <f>STDEV(L$5:L$14)</f>
+        <v>78.474442306002373</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="11">
-        <f>MAX(N$5:N$14)</f>
-        <v>790</v>
+        <f>STDEV(N$5:N$14)</f>
+        <v>13.604096021839473</v>
       </c>
       <c r="O19" s="11">
-        <f>MAX(O$5:O$14)</f>
-        <v>863</v>
+        <f>STDEV(O$5:O$14)</f>
+        <v>31.002016063475615</v>
       </c>
       <c r="P19" s="11">
-        <f>MAX(P$5:P$14)</f>
-        <v>947</v>
+        <f>STDEV(P$5:P$14)</f>
+        <v>49.79242627434131</v>
       </c>
       <c r="Q19" s="11"/>
-      <c r="R19" s="12">
-[...5 lines deleted...]
-        <v>33</v>
+      <c r="R19" s="11">
+        <f>STDEV(R$5:R$14)</f>
+        <v>0.48792506616887521</v>
+      </c>
+      <c r="S19" s="11">
+        <f>STDEV(S$5:S$14)</f>
+        <v>0.89833536335482633</v>
       </c>
       <c r="T19" s="11">
-        <f>MAX(T$5:T$14)</f>
-        <v>33.6</v>
+        <f>STDEV(T$5:T$14)</f>
+        <v>1.1763223429286669</v>
       </c>
       <c r="U19" s="11"/>
       <c r="V19" s="11">
-        <f>MAX(V$5:V$14)</f>
-        <v>601</v>
+        <f>STDEV(V$5:V$14)</f>
+        <v>14.762403985414144</v>
       </c>
       <c r="W19" s="11">
-        <f>MAX(W$5:W$14)</f>
-        <v>660</v>
+        <f>STDEV(W$5:W$14)</f>
+        <v>36.915927650347811</v>
       </c>
       <c r="X19" s="11">
-        <f>MAX(X$5:X$14)</f>
-        <v>699</v>
+        <f>STDEV(X$5:X$14)</f>
+        <v>47.801175518520267</v>
       </c>
     </row>
     <row r="20" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="14"/>
       <c r="B20" s="10"/>
       <c r="C20" s="9" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="D20" s="12">
+        <f ca="1">MAX(D$5:D$14)</f>
+        <v>15</v>
+      </c>
+      <c r="E20" s="12"/>
+      <c r="F20" s="11">
+        <f>MAX(F$5:F$14)</f>
+        <v>9323</v>
+      </c>
+      <c r="G20" s="11">
+        <f>MAX(G$5:G$14)</f>
+        <v>9791.2690000000002</v>
+      </c>
+      <c r="H20" s="11">
+        <f>MAX(H$5:H$14)</f>
+        <v>10264.269</v>
+      </c>
+      <c r="I20" s="11"/>
+      <c r="J20" s="11">
+        <f>MAX(J$5:J$14)</f>
+        <v>2453</v>
+      </c>
+      <c r="K20" s="11">
+        <f>MAX(K$5:K$14)</f>
+        <v>2662</v>
+      </c>
+      <c r="L20" s="11">
+        <f>MAX(L$5:L$14)</f>
+        <v>2822</v>
+      </c>
+      <c r="M20" s="11"/>
+      <c r="N20" s="11">
+        <f>MAX(N$5:N$14)</f>
+        <v>790</v>
+      </c>
+      <c r="O20" s="11">
+        <f>MAX(O$5:O$14)</f>
+        <v>863</v>
+      </c>
+      <c r="P20" s="11">
+        <f>MAX(P$5:P$14)</f>
+        <v>947</v>
+      </c>
+      <c r="Q20" s="11"/>
+      <c r="R20" s="12">
+        <f>MAX(R$5:R$14)</f>
+        <v>32.483552631578952</v>
+      </c>
+      <c r="S20" s="12">
+        <f>MAX(S$5:S$14)</f>
+        <v>33</v>
+      </c>
+      <c r="T20" s="11">
+        <f>MAX(T$5:T$14)</f>
+        <v>33.6</v>
+      </c>
+      <c r="U20" s="11"/>
+      <c r="V20" s="11">
+        <f>MAX(V$5:V$14)</f>
+        <v>601</v>
+      </c>
+      <c r="W20" s="11">
+        <f>MAX(W$5:W$14)</f>
+        <v>660</v>
+      </c>
+      <c r="X20" s="11">
+        <f>MAX(X$5:X$14)</f>
+        <v>699</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="14"/>
+      <c r="B21" s="10"/>
+      <c r="C21" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="12">
         <f ca="1">MIN(D$5:D$14)</f>
         <v>11</v>
       </c>
-      <c r="E20" s="12"/>
-      <c r="F20" s="11">
+      <c r="E21" s="12"/>
+      <c r="F21" s="11">
         <f>MIN(F$5:F$14)</f>
         <v>9141.5964351873699</v>
       </c>
-      <c r="G20" s="11">
+      <c r="G21" s="11">
         <f>MIN(G$5:G$14)</f>
         <v>9354.5056127336575</v>
       </c>
-      <c r="H20" s="11">
+      <c r="H21" s="11">
         <f>MIN(H$5:H$14)</f>
         <v>9566.2296009342281</v>
       </c>
-      <c r="I20" s="11"/>
-      <c r="J20" s="11">
+      <c r="I21" s="11"/>
+      <c r="J21" s="11">
         <f>MIN(J$5:J$14)</f>
         <v>2404</v>
       </c>
-      <c r="K20" s="11">
+      <c r="K21" s="11">
         <f>MIN(K$5:K$14)</f>
-        <v>2523</v>
-[...1 lines deleted...]
-      <c r="L20" s="11">
+        <v>2510</v>
+      </c>
+      <c r="L21" s="11">
         <f>MIN(L$5:L$14)</f>
-        <v>2614</v>
-[...2 lines deleted...]
-      <c r="N20" s="11">
+        <v>2610</v>
+      </c>
+      <c r="M21" s="11"/>
+      <c r="N21" s="11">
         <f>MIN(N$5:N$14)</f>
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="O20" s="11">
+        <v>747</v>
+      </c>
+      <c r="O21" s="11">
         <f>MIN(O$5:O$14)</f>
-        <v>764</v>
-[...1 lines deleted...]
-      <c r="P20" s="11">
+        <v>779</v>
+      </c>
+      <c r="P21" s="11">
         <f>MIN(P$5:P$14)</f>
-        <v>788</v>
-[...2 lines deleted...]
-      <c r="R20" s="12">
+        <v>810</v>
+      </c>
+      <c r="Q21" s="11"/>
+      <c r="R21" s="12">
         <f>MIN(R$5:R$14)</f>
-        <v>29.42880794701987</v>
-[...1 lines deleted...]
-      <c r="S20" s="12">
+        <v>31</v>
+      </c>
+      <c r="S21" s="12">
         <f>MIN(S$5:S$14)</f>
-        <v>30.2</v>
-[...1 lines deleted...]
-      <c r="T20" s="11">
+        <v>30.3</v>
+      </c>
+      <c r="T21" s="11">
         <f>MIN(T$5:T$14)</f>
-        <v>30.145371078806427</v>
-[...2 lines deleted...]
-      <c r="V20" s="11">
+        <v>30.3</v>
+      </c>
+      <c r="U21" s="11"/>
+      <c r="V21" s="11">
         <f>MIN(V$5:V$14)</f>
-        <v>564</v>
-[...1 lines deleted...]
-      <c r="W20" s="11">
+        <v>555</v>
+      </c>
+      <c r="W21" s="11">
         <f>MIN(W$5:W$14)</f>
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="X20" s="11">
+        <v>559</v>
+      </c>
+      <c r="X21" s="11">
         <f>MIN(X$5:X$14)</f>
-        <v>580</v>
+        <v>574</v>
       </c>
     </row>
-    <row r="21" spans="1:24" ht="15" thickTop="1" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:24" ht="15" thickTop="1" x14ac:dyDescent="0.35"/>
+    <row r="23" spans="1:24" ht="15.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="24" spans="1:24" ht="15.5" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:X14">
+    <sortCondition descending="1" ref="B5:B14"/>
+  </sortState>
   <mergeCells count="9">
+    <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
     <mergeCell ref="U3:X3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:H3"/>
-    <mergeCell ref="I3:L3"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;Z&amp;F&amp;F&amp;A</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Analyst Projections</vt:lpstr>
       <vt:lpstr>Projeções dos Analistas</vt:lpstr>
-      <vt:lpstr>Analyst Projections</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>OdontoPrev</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gustavo Tordin Fornazieri</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_92444c4c-8bf2-41f2-9034-db3445275fd9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_92444c4c-8bf2-41f2-9034-db3445275fd9_SetDate">