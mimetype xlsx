--- v1 (2026-01-17)
+++ v2 (2026-03-10)
@@ -11,615 +11,627 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\RI\Projeções do Mercado\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E4ED6F8-CC3B-403F-9D84-E927A615D4D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C92CFE0A-FF89-4EA9-9A54-B3522C931D31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Analyst Projections" sheetId="4" r:id="rId1"/>
     <sheet name="Projeções dos Analistas" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="wrn.VIDAS._.1099." localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"VidasXfat ajustado"}</definedName>
     <definedName name="wrn.VIDAS._.1099." localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"VidasXfat ajustado"}</definedName>
     <definedName name="wrn.VIDAS._.1099." hidden="1">{#N/A,#N/A,FALSE,"VidasXfat ajustado"}</definedName>
   </definedNames>
-  <calcPr calcId="191029" calcMode="manual"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F18" i="2" l="1"/>
-[...190 lines deleted...]
-  <c r="K14" i="4"/>
+  <c r="S18" i="4" l="1"/>
+  <c r="T18" i="4"/>
   <c r="L14" i="4"/>
   <c r="M14" i="4"/>
   <c r="N14" i="4"/>
   <c r="O14" i="4"/>
   <c r="P14" i="4"/>
   <c r="Q14" i="4"/>
   <c r="R14" i="4"/>
+  <c r="S14" i="4"/>
+  <c r="T14" i="4"/>
   <c r="U14" i="4"/>
   <c r="V14" i="4"/>
   <c r="W14" i="4"/>
   <c r="X14" i="4"/>
-  <c r="J5" i="4" l="1"/>
+  <c r="L7" i="4"/>
+  <c r="M7" i="4"/>
+  <c r="N7" i="4"/>
+  <c r="O7" i="4"/>
+  <c r="P7" i="4"/>
+  <c r="Q7" i="4"/>
+  <c r="R7" i="4"/>
+  <c r="S7" i="4"/>
+  <c r="T7" i="4"/>
+  <c r="U7" i="4"/>
+  <c r="V7" i="4"/>
+  <c r="W7" i="4"/>
+  <c r="X7" i="4"/>
+  <c r="X12" i="4"/>
+  <c r="T12" i="4"/>
+  <c r="P12" i="4"/>
+  <c r="L12" i="4"/>
+  <c r="G17" i="4"/>
+  <c r="H17" i="4"/>
+  <c r="I17" i="4"/>
+  <c r="J17" i="4"/>
+  <c r="K17" i="4"/>
+  <c r="L17" i="4"/>
+  <c r="M17" i="4"/>
+  <c r="N17" i="4"/>
+  <c r="O17" i="4"/>
+  <c r="P17" i="4"/>
+  <c r="Q17" i="4"/>
+  <c r="R17" i="4"/>
+  <c r="S17" i="4"/>
+  <c r="T17" i="4"/>
+  <c r="U17" i="4"/>
+  <c r="V17" i="4"/>
+  <c r="W17" i="4"/>
+  <c r="X17" i="4"/>
+  <c r="F17" i="4"/>
+  <c r="H18" i="4"/>
+  <c r="I18" i="4"/>
+  <c r="J18" i="4"/>
+  <c r="L18" i="4"/>
+  <c r="M18" i="4"/>
+  <c r="N18" i="4"/>
+  <c r="P18" i="4"/>
+  <c r="Q18" i="4"/>
+  <c r="R18" i="4"/>
+  <c r="U18" i="4"/>
+  <c r="V18" i="4"/>
+  <c r="X18" i="4"/>
+  <c r="H16" i="4"/>
+  <c r="I16" i="4"/>
+  <c r="J16" i="4"/>
+  <c r="K16" i="4"/>
+  <c r="L16" i="4"/>
+  <c r="M16" i="4"/>
+  <c r="N16" i="4"/>
+  <c r="O16" i="4"/>
+  <c r="P16" i="4"/>
+  <c r="Q16" i="4"/>
+  <c r="R16" i="4"/>
+  <c r="S16" i="4"/>
+  <c r="T16" i="4"/>
+  <c r="U16" i="4"/>
+  <c r="V16" i="4"/>
+  <c r="W16" i="4"/>
+  <c r="X16" i="4"/>
+  <c r="G16" i="4"/>
+  <c r="H5" i="4" l="1"/>
+  <c r="I5" i="4"/>
+  <c r="J5" i="4"/>
   <c r="K5" i="4"/>
   <c r="L5" i="4"/>
   <c r="M5" i="4"/>
   <c r="N5" i="4"/>
   <c r="O5" i="4"/>
   <c r="P5" i="4"/>
   <c r="Q5" i="4"/>
   <c r="R5" i="4"/>
+  <c r="S5" i="4"/>
+  <c r="T5" i="4"/>
   <c r="U5" i="4"/>
   <c r="V5" i="4"/>
   <c r="W5" i="4"/>
   <c r="X5" i="4"/>
-  <c r="J6" i="4"/>
-[...11 lines deleted...]
-  <c r="X6" i="4"/>
+  <c r="G5" i="4"/>
+  <c r="G6" i="4"/>
+  <c r="H8" i="4"/>
+  <c r="H9" i="4"/>
+  <c r="H10" i="4"/>
+  <c r="H12" i="4"/>
+  <c r="H13" i="4"/>
+  <c r="H14" i="4"/>
+  <c r="H15" i="4"/>
   <c r="H7" i="4"/>
-  <c r="I7" i="4"/>
-[...12 lines deleted...]
-  <c r="X7" i="4"/>
+  <c r="S18" i="2"/>
+  <c r="D16" i="2"/>
+  <c r="F16" i="2"/>
+  <c r="F18" i="2" s="1"/>
+  <c r="G18" i="4" s="1"/>
+  <c r="R13" i="2"/>
+  <c r="W21" i="2"/>
+  <c r="W20" i="2"/>
+  <c r="W19" i="2"/>
+  <c r="W16" i="2"/>
+  <c r="S21" i="2"/>
+  <c r="S20" i="2"/>
+  <c r="O21" i="2"/>
+  <c r="O20" i="2"/>
+  <c r="O19" i="2"/>
+  <c r="O16" i="2"/>
+  <c r="K21" i="2"/>
+  <c r="K20" i="2"/>
+  <c r="K19" i="2"/>
+  <c r="K16" i="2"/>
+  <c r="H16" i="2"/>
+  <c r="G21" i="2"/>
+  <c r="G20" i="2"/>
+  <c r="G19" i="2"/>
+  <c r="G16" i="2"/>
+  <c r="G14" i="2"/>
+  <c r="L16" i="2"/>
+  <c r="J16" i="2"/>
+  <c r="J18" i="2" s="1"/>
+  <c r="K18" i="4" s="1"/>
+  <c r="S12" i="4"/>
+  <c r="S13" i="4"/>
+  <c r="S8" i="4"/>
+  <c r="F8" i="4"/>
+  <c r="G8" i="4"/>
   <c r="I8" i="4"/>
   <c r="J8" i="4"/>
   <c r="K8" i="4"/>
   <c r="M8" i="4"/>
   <c r="N8" i="4"/>
   <c r="O8" i="4"/>
   <c r="Q8" i="4"/>
   <c r="R8" i="4"/>
   <c r="U8" i="4"/>
   <c r="V8" i="4"/>
   <c r="W8" i="4"/>
-  <c r="I9" i="4"/>
+  <c r="D7" i="4"/>
+  <c r="D8" i="4"/>
+  <c r="D10" i="4"/>
+  <c r="T15" i="4"/>
+  <c r="S15" i="4"/>
+  <c r="F14" i="2"/>
+  <c r="F14" i="4"/>
+  <c r="T19" i="2"/>
+  <c r="F7" i="4"/>
+  <c r="G7" i="4"/>
+  <c r="I7" i="4"/>
+  <c r="J7" i="4"/>
+  <c r="K7" i="4"/>
   <c r="I10" i="4"/>
-  <c r="H6" i="4"/>
-[...11 lines deleted...]
-  <c r="D11" i="4"/>
   <c r="D12" i="4"/>
+  <c r="F12" i="4"/>
+  <c r="G12" i="4"/>
+  <c r="I12" i="4"/>
+  <c r="J12" i="4"/>
+  <c r="K12" i="4"/>
+  <c r="M12" i="4"/>
+  <c r="N12" i="4"/>
+  <c r="O12" i="4"/>
+  <c r="Q12" i="4"/>
+  <c r="R12" i="4"/>
+  <c r="U12" i="4"/>
+  <c r="V12" i="4"/>
+  <c r="W12" i="4"/>
+  <c r="D13" i="4"/>
+  <c r="F13" i="4"/>
+  <c r="G13" i="4"/>
+  <c r="I13" i="4"/>
+  <c r="J13" i="4"/>
+  <c r="K13" i="4"/>
+  <c r="L13" i="4"/>
+  <c r="M13" i="4"/>
+  <c r="N13" i="4"/>
+  <c r="O13" i="4"/>
+  <c r="P13" i="4"/>
+  <c r="Q13" i="4"/>
+  <c r="R13" i="4"/>
+  <c r="U13" i="4"/>
+  <c r="V13" i="4"/>
+  <c r="W13" i="4"/>
+  <c r="X13" i="4"/>
   <c r="D14" i="4"/>
-  <c r="D5" i="4"/>
+  <c r="G14" i="4"/>
+  <c r="I14" i="4"/>
+  <c r="J14" i="4"/>
+  <c r="K14" i="4"/>
+  <c r="D15" i="4"/>
+  <c r="F15" i="4"/>
+  <c r="G15" i="4"/>
+  <c r="I15" i="4"/>
+  <c r="J15" i="4"/>
+  <c r="K15" i="4"/>
+  <c r="L15" i="4"/>
+  <c r="M15" i="4"/>
+  <c r="N15" i="4"/>
+  <c r="O15" i="4"/>
+  <c r="P15" i="4"/>
+  <c r="Q15" i="4"/>
+  <c r="R15" i="4"/>
+  <c r="U15" i="4"/>
+  <c r="V15" i="4"/>
+  <c r="W15" i="4"/>
+  <c r="X15" i="4"/>
+  <c r="P16" i="2"/>
+  <c r="G18" i="2" l="1"/>
+  <c r="K18" i="2"/>
+  <c r="H18" i="2"/>
+  <c r="T13" i="4"/>
+  <c r="T19" i="4" s="1"/>
+  <c r="P18" i="2"/>
+  <c r="L18" i="2"/>
+  <c r="S16" i="2"/>
+  <c r="S19" i="2"/>
+  <c r="F16" i="4"/>
+  <c r="T16" i="2" l="1"/>
+  <c r="T18" i="2" s="1"/>
+  <c r="R16" i="2"/>
+  <c r="R18" i="2" s="1"/>
+  <c r="E16" i="4"/>
+  <c r="N16" i="2"/>
+  <c r="V16" i="2"/>
+  <c r="X16" i="2"/>
+  <c r="X18" i="2" s="1"/>
+  <c r="N18" i="2" l="1"/>
+  <c r="O18" i="4" s="1"/>
+  <c r="O18" i="2"/>
+  <c r="V18" i="2"/>
+  <c r="W18" i="4" s="1"/>
+  <c r="W18" i="2"/>
+  <c r="B16" i="2"/>
+  <c r="X21" i="2"/>
+  <c r="V21" i="2"/>
+  <c r="U21" i="2"/>
+  <c r="T21" i="2"/>
+  <c r="R21" i="2"/>
+  <c r="Q21" i="2"/>
+  <c r="P21" i="2"/>
+  <c r="N21" i="2"/>
+  <c r="M21" i="2"/>
+  <c r="L21" i="2"/>
+  <c r="J21" i="2"/>
+  <c r="I21" i="2"/>
+  <c r="H21" i="2"/>
+  <c r="F21" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="X20" i="2"/>
+  <c r="V20" i="2"/>
+  <c r="U20" i="2"/>
+  <c r="T20" i="2"/>
+  <c r="R20" i="2"/>
+  <c r="Q20" i="2"/>
+  <c r="P20" i="2"/>
+  <c r="N20" i="2"/>
+  <c r="M20" i="2"/>
+  <c r="L20" i="2"/>
+  <c r="J20" i="2"/>
+  <c r="I20" i="2"/>
+  <c r="H20" i="2"/>
+  <c r="F20" i="2"/>
+  <c r="E20" i="2"/>
+  <c r="X19" i="2"/>
+  <c r="V19" i="2"/>
+  <c r="U19" i="2"/>
+  <c r="R19" i="2"/>
+  <c r="Q19" i="2"/>
+  <c r="P19" i="2"/>
+  <c r="N19" i="2"/>
+  <c r="M19" i="2"/>
+  <c r="L19" i="2"/>
+  <c r="J19" i="2"/>
+  <c r="I19" i="2"/>
+  <c r="H19" i="2"/>
+  <c r="F19" i="2"/>
+  <c r="F18" i="4"/>
   <c r="O21" i="4" l="1"/>
   <c r="O20" i="4"/>
   <c r="O19" i="4"/>
   <c r="N21" i="4"/>
   <c r="N20" i="4"/>
   <c r="N19" i="4"/>
   <c r="X21" i="4"/>
   <c r="X20" i="4"/>
   <c r="X19" i="4"/>
   <c r="L19" i="4"/>
   <c r="L21" i="4"/>
   <c r="L20" i="4"/>
   <c r="H19" i="4"/>
   <c r="H21" i="4"/>
   <c r="H20" i="4"/>
   <c r="W20" i="4"/>
   <c r="W19" i="4"/>
   <c r="W21" i="4"/>
   <c r="K21" i="4"/>
   <c r="K20" i="4"/>
   <c r="K19" i="4"/>
   <c r="F21" i="4"/>
   <c r="F20" i="4"/>
   <c r="F19" i="4"/>
   <c r="V21" i="4"/>
   <c r="V20" i="4"/>
   <c r="V19" i="4"/>
   <c r="J21" i="4"/>
   <c r="J20" i="4"/>
   <c r="J19" i="4"/>
   <c r="P19" i="4"/>
   <c r="P21" i="4"/>
   <c r="P20" i="4"/>
   <c r="T21" i="4"/>
   <c r="T20" i="4"/>
-  <c r="T19" i="4"/>
   <c r="G21" i="4"/>
   <c r="G20" i="4"/>
   <c r="G19" i="4"/>
   <c r="S21" i="4"/>
   <c r="S19" i="4"/>
   <c r="S20" i="4"/>
   <c r="R21" i="4"/>
   <c r="R20" i="4"/>
   <c r="R19" i="4"/>
-  <c r="M13" i="4" l="1"/>
-[...2 lines deleted...]
-  <c r="Q13" i="4"/>
+  <c r="D21" i="4" l="1"/>
+  <c r="D20" i="4"/>
   <c r="D19" i="4"/>
   <c r="D16" i="4"/>
-  <c r="D20" i="4"/>
-[...1 lines deleted...]
-  <c r="D21" i="4"/>
+  <c r="D20" i="2"/>
+  <c r="D21" i="2"/>
   <c r="D19" i="2"/>
-  <c r="D16" i="2"/>
-[...2 lines deleted...]
-  <c r="D21" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="54">
   <si>
     <t>Recomendação</t>
   </si>
   <si>
     <t>Preço-alvo</t>
+  </si>
+  <si>
+    <t>BTG Pactual</t>
+  </si>
+  <si>
+    <t>Neutro</t>
+  </si>
+  <si>
+    <t>Citi</t>
+  </si>
+  <si>
+    <t>Itaú BBA</t>
+  </si>
+  <si>
+    <t>J.P. Morgan</t>
+  </si>
+  <si>
+    <t>J.Safra</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>Consenso</t>
+  </si>
+  <si>
+    <t>Média</t>
+  </si>
+  <si>
+    <t>Desvio padrão</t>
+  </si>
+  <si>
+    <t>Máximo</t>
+  </si>
+  <si>
+    <t>Mínimo</t>
+  </si>
+  <si>
+    <t>Goldman Sachs</t>
+  </si>
+  <si>
+    <t>Venda</t>
+  </si>
+  <si>
+    <t>Morgan Stanley</t>
+  </si>
+  <si>
+    <t>Última
+Revisão</t>
+  </si>
+  <si>
+    <t>UBS</t>
+  </si>
+  <si>
+    <t>2027</t>
+  </si>
+  <si>
+    <t>BofA</t>
+  </si>
+  <si>
+    <t>∆ vs ano anterior</t>
+  </si>
+  <si>
+    <t>Odontoprev</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Last Review</t>
+  </si>
+  <si>
+    <t>Recommendation</t>
+  </si>
+  <si>
+    <t>Target Price</t>
+  </si>
+  <si>
+    <t>Members
+(thousand)</t>
+  </si>
+  <si>
+    <t>Net revenues
+(R$ million)</t>
+  </si>
+  <si>
+    <t>Adjusted EBITDA
+(R$ million)</t>
+  </si>
+  <si>
+    <t>Adjusted EBITDA
+ margin (%)</t>
+  </si>
+  <si>
+    <t>Net Income
+(R$ million)</t>
+  </si>
+  <si>
+    <t>Neutral</t>
+  </si>
+  <si>
+    <t>Sell</t>
+  </si>
+  <si>
+    <t>Mean</t>
+  </si>
+  <si>
+    <t>∆ vs previous year</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Standard Deviation </t>
+  </si>
+  <si>
+    <t>High</t>
+  </si>
+  <si>
+    <t>Low</t>
+  </si>
+  <si>
+    <t>11/05/2025</t>
+  </si>
+  <si>
+    <t>Jefferies</t>
+  </si>
+  <si>
+    <t>Compra</t>
+  </si>
+  <si>
+    <t>01/16/2026</t>
+  </si>
+  <si>
+    <t>Buy</t>
+  </si>
+  <si>
+    <t>2028</t>
+  </si>
+  <si>
+    <t>Beneficiários
+(milhares)</t>
   </si>
   <si>
     <t>Receita
 (R$ milhões)</t>
   </si>
   <si>
+    <t>EBITDA Ajustado
+(R$ milhões)</t>
+  </si>
+  <si>
+    <t>Margem EBITDA Ajustado
+(%)</t>
+  </si>
+  <si>
     <t>Lucro Líquido
 (R$ milhões)</t>
   </si>
   <si>
-    <t>BTG Pactual</t>
-[...161 lines deleted...]
-    <t>Buy</t>
+    <t>03/01/2025</t>
+  </si>
+  <si>
+    <t>02/27/2026</t>
+  </si>
+  <si>
+    <t>03/02/2025</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="#,##0.0;\-#,##0.0"/>
     <numFmt numFmtId="168" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="169" formatCode="0.0%"/>
     <numFmt numFmtId="170" formatCode="0.0\ &quot;p.p.&quot;"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Calibri"/>
@@ -921,209 +933,213 @@
     <border>
       <left style="thick">
         <color rgb="FFFFFFFF"/>
       </left>
       <right/>
       <top style="thick">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FFFFFFFF"/>
       </left>
       <right/>
       <top/>
       <bottom style="thick">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="9" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="37" fontId="9" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="9" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="9" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="37" fontId="9" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="39" fontId="9" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="8" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="2" borderId="3" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="2" borderId="3" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="37" fontId="9" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="39" fontId="9" fillId="5" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="9" fillId="5" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="9" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="2" borderId="3" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="3" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="5" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="169" fontId="12" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="4" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="6" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="6" fillId="4" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...50 lines deleted...]
-    <xf numFmtId="165" fontId="5" fillId="4" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="6" fillId="4" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="4" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="4" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="4" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="13" fillId="6" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="13" fillId="6" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="13" fillId="6" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="12" fillId="6" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="13" fillId="6" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="12" fillId="6" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="6" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="4" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="6" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="6" fillId="4" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="4" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="4" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="14" fontId="4" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="4" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{6BE6E611-448A-456E-8202-6E2B12F05FAB}"/>
     <cellStyle name="Porcentagem" xfId="5" builtinId="5"/>
     <cellStyle name="Porcentagem 2" xfId="4" xr:uid="{D3949541-92A4-4BF9-AA4C-30048116ED7F}"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
     <cellStyle name="Vírgula 2" xfId="3" xr:uid="{E378B9E4-3961-4A40-974B-F2D229E23BEF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF001A2F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1499,69 +1515,71 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{42599C50-6F61-4BB6-AD45-8C1D1487CB23}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X32"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="F16" sqref="F16"/>
+      <selection pane="bottomRight" activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" outlineLevelRow="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="18.81640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.81640625" style="15" customWidth="1"/>
     <col min="3" max="3" width="17.1796875" style="7" customWidth="1"/>
     <col min="4" max="4" width="9.81640625" style="7" customWidth="1"/>
     <col min="5" max="5" width="9.81640625" style="7" hidden="1" customWidth="1"/>
-    <col min="6" max="8" width="8.81640625" style="16" customWidth="1"/>
+    <col min="6" max="6" width="8.81640625" style="16" hidden="1" customWidth="1"/>
+    <col min="7" max="8" width="8.81640625" style="16" customWidth="1"/>
     <col min="9" max="9" width="8.81640625" style="16" hidden="1" customWidth="1"/>
-    <col min="10" max="12" width="8.81640625" style="7" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="22" max="24" width="8.81640625" style="7" customWidth="1"/>
+    <col min="10" max="10" width="8.81640625" style="7" hidden="1" customWidth="1"/>
+    <col min="11" max="12" width="8.81640625" style="7" customWidth="1"/>
+    <col min="13" max="14" width="8.81640625" style="7" hidden="1" customWidth="1"/>
+    <col min="15" max="16" width="8.81640625" style="7" customWidth="1"/>
+    <col min="17" max="18" width="8.81640625" style="7" hidden="1" customWidth="1"/>
+    <col min="19" max="20" width="8.81640625" style="7" customWidth="1"/>
+    <col min="21" max="22" width="8.81640625" style="7" hidden="1" customWidth="1"/>
+    <col min="23" max="24" width="8.81640625" style="7" customWidth="1"/>
     <col min="25" max="16384" width="9.1796875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" s="6" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="1"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="29"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
@@ -1574,2817 +1592,2640 @@
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
     </row>
     <row r="3" spans="1:24" ht="34" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="45"/>
-      <c r="B3" s="47" t="s">
+      <c r="A3" s="47"/>
+      <c r="B3" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C3" s="51" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" s="53" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" s="44"/>
+      <c r="G3" s="44"/>
+      <c r="H3" s="45"/>
+      <c r="I3" s="43" t="s">
+        <v>28</v>
+      </c>
+      <c r="J3" s="44"/>
+      <c r="K3" s="44"/>
+      <c r="L3" s="45"/>
+      <c r="M3" s="43" t="s">
         <v>29</v>
       </c>
-      <c r="C3" s="49" t="s">
+      <c r="N3" s="44"/>
+      <c r="O3" s="44"/>
+      <c r="P3" s="45"/>
+      <c r="Q3" s="43" t="s">
         <v>30</v>
       </c>
-      <c r="D3" s="51" t="s">
+      <c r="R3" s="44"/>
+      <c r="S3" s="44"/>
+      <c r="T3" s="45"/>
+      <c r="U3" s="43" t="s">
         <v>31</v>
       </c>
-      <c r="E3" s="53" t="s">
-[...28 lines deleted...]
-      <c r="X3" s="44"/>
+      <c r="V3" s="44"/>
+      <c r="W3" s="44"/>
+      <c r="X3" s="46"/>
     </row>
     <row r="4" spans="1:24" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A4" s="46"/>
-[...2 lines deleted...]
-      <c r="D4" s="52"/>
+      <c r="A4" s="48"/>
+      <c r="B4" s="50"/>
+      <c r="C4" s="52"/>
+      <c r="D4" s="54"/>
       <c r="E4" s="17">
         <v>2024</v>
       </c>
       <c r="F4" s="17">
         <v>2025</v>
       </c>
       <c r="G4" s="17">
         <v>2026</v>
       </c>
       <c r="H4" s="22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="I4" s="22">
         <v>2024</v>
       </c>
       <c r="J4" s="17">
         <v>2025</v>
       </c>
       <c r="K4" s="17">
         <v>2026</v>
       </c>
       <c r="L4" s="22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M4" s="22">
         <v>2024</v>
       </c>
       <c r="N4" s="17">
         <v>2025</v>
       </c>
       <c r="O4" s="17">
         <v>2026</v>
       </c>
       <c r="P4" s="22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="Q4" s="22">
         <v>2024</v>
       </c>
       <c r="R4" s="17">
         <v>2025</v>
       </c>
       <c r="S4" s="17">
         <v>2026</v>
       </c>
       <c r="T4" s="22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="U4" s="22">
         <v>2024</v>
       </c>
       <c r="V4" s="17">
         <v>2025</v>
       </c>
       <c r="W4" s="17">
         <v>2026</v>
       </c>
       <c r="X4" s="23" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="20" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>2</v>
+      </c>
+      <c r="B5" s="37">
+        <v>46115</v>
       </c>
       <c r="C5" s="36" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D5" s="26">
-        <f>'Projeções dos Analistas'!D5</f>
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E5" s="26"/>
       <c r="F5" s="18"/>
-      <c r="G5" s="18"/>
-[...1 lines deleted...]
-      <c r="I5" s="18"/>
+      <c r="G5" s="18">
+        <f>'Projeções dos Analistas'!F5</f>
+        <v>0</v>
+      </c>
+      <c r="H5" s="18">
+        <f>'Projeções dos Analistas'!G5</f>
+        <v>0</v>
+      </c>
+      <c r="I5" s="18">
+        <f>'Projeções dos Analistas'!H5</f>
+        <v>0</v>
+      </c>
       <c r="J5" s="18">
+        <f>'Projeções dos Analistas'!I5</f>
+        <v>0</v>
+      </c>
+      <c r="K5" s="18">
         <f>'Projeções dos Analistas'!J5</f>
-        <v>2437</v>
-[...1 lines deleted...]
-      <c r="K5" s="18">
+        <v>2632</v>
+      </c>
+      <c r="L5" s="18">
         <f>'Projeções dos Analistas'!K5</f>
-        <v>2614</v>
-[...1 lines deleted...]
-      <c r="L5" s="18">
+        <v>2866</v>
+      </c>
+      <c r="M5" s="18">
         <f>'Projeções dos Analistas'!L5</f>
-        <v>2822</v>
-[...1 lines deleted...]
-      <c r="M5" s="18">
+        <v>0</v>
+      </c>
+      <c r="N5" s="18">
         <f>'Projeções dos Analistas'!M5</f>
         <v>0</v>
       </c>
-      <c r="N5" s="18">
+      <c r="O5" s="18">
         <f>'Projeções dos Analistas'!N5</f>
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="O5" s="18">
+        <v>854</v>
+      </c>
+      <c r="P5" s="18">
         <f>'Projeções dos Analistas'!O5</f>
-        <v>863</v>
-[...1 lines deleted...]
-      <c r="P5" s="18">
+        <v>939</v>
+      </c>
+      <c r="Q5" s="18">
         <f>'Projeções dos Analistas'!P5</f>
-        <v>947</v>
-[...1 lines deleted...]
-      <c r="Q5" s="18">
+        <v>0</v>
+      </c>
+      <c r="R5" s="18">
         <f>'Projeções dos Analistas'!Q5</f>
         <v>0</v>
       </c>
-      <c r="R5" s="19">
+      <c r="S5" s="19">
         <f>'Projeções dos Analistas'!R5</f>
-        <v>31.8</v>
-[...1 lines deleted...]
-      <c r="S5" s="19">
+        <v>32.5</v>
+      </c>
+      <c r="T5" s="19">
+        <f>'Projeções dos Analistas'!S5</f>
+        <v>32.799999999999997</v>
+      </c>
+      <c r="U5" s="18">
+        <f>'Projeções dos Analistas'!T5</f>
+        <v>0</v>
+      </c>
+      <c r="V5" s="18">
+        <f>'Projeções dos Analistas'!U5</f>
+        <v>0</v>
+      </c>
+      <c r="W5" s="18">
+        <f>'Projeções dos Analistas'!V5</f>
+        <v>599</v>
+      </c>
+      <c r="X5" s="18">
+        <f>'Projeções dos Analistas'!W5</f>
+        <v>656</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24" s="8" customFormat="1" ht="15" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="37"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="26"/>
+      <c r="E6" s="26"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18">
+        <f>'Projeções dos Analistas'!F6</f>
+        <v>0</v>
+      </c>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+      <c r="K6" s="18"/>
+      <c r="L6" s="18"/>
+      <c r="M6" s="18"/>
+      <c r="N6" s="18"/>
+      <c r="O6" s="18"/>
+      <c r="P6" s="18"/>
+      <c r="Q6" s="18"/>
+      <c r="R6" s="19"/>
+      <c r="S6" s="19"/>
+      <c r="T6" s="19"/>
+      <c r="U6" s="18"/>
+      <c r="V6" s="18"/>
+      <c r="W6" s="18"/>
+      <c r="X6" s="18"/>
+    </row>
+    <row r="7" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" s="25" t="s">
         <v>33</v>
-      </c>
-[...118 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D7" s="26">
         <f>'Projeções dos Analistas'!D7</f>
         <v>11.5</v>
       </c>
       <c r="E7" s="26"/>
       <c r="F7" s="18">
+        <f>'Projeções dos Analistas'!E7</f>
+        <v>0</v>
+      </c>
+      <c r="G7" s="18">
         <f>'Projeções dos Analistas'!F7</f>
-        <v>9287</v>
-[...1 lines deleted...]
-      <c r="G7" s="18">
+        <v>9552</v>
+      </c>
+      <c r="H7" s="18">
         <f>'Projeções dos Analistas'!G7</f>
-        <v>9552</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!H7</f>
         <v>9998</v>
       </c>
-      <c r="I7" s="18">
+      <c r="I7" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J7" s="18">
         <f>'Projeções dos Analistas'!I7</f>
         <v>0</v>
       </c>
-      <c r="J7" s="18">
+      <c r="K7" s="18">
         <f>'Projeções dos Analistas'!J7</f>
-        <v>2423</v>
-[...1 lines deleted...]
-      <c r="K7" s="18">
+        <v>2583</v>
+      </c>
+      <c r="L7" s="18">
         <f>'Projeções dos Analistas'!K7</f>
-        <v>2583</v>
-[...1 lines deleted...]
-      <c r="L7" s="18">
+        <v>2731</v>
+      </c>
+      <c r="M7" s="18">
         <f>'Projeções dos Analistas'!L7</f>
-        <v>2731</v>
-[...1 lines deleted...]
-      <c r="M7" s="18">
+        <v>0</v>
+      </c>
+      <c r="N7" s="18">
         <f>'Projeções dos Analistas'!M7</f>
         <v>0</v>
       </c>
-      <c r="N7" s="18">
+      <c r="O7" s="18">
         <f>'Projeções dos Analistas'!N7</f>
-        <v>763</v>
-[...1 lines deleted...]
-      <c r="O7" s="18">
+        <v>782</v>
+      </c>
+      <c r="P7" s="18">
         <f>'Projeções dos Analistas'!O7</f>
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="P7" s="18">
+        <v>831</v>
+      </c>
+      <c r="Q7" s="18">
         <f>'Projeções dos Analistas'!P7</f>
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="Q7" s="18">
+        <v>0</v>
+      </c>
+      <c r="R7" s="18">
         <f>'Projeções dos Analistas'!Q7</f>
         <v>0</v>
       </c>
-      <c r="R7" s="19">
+      <c r="S7" s="19">
         <f>'Projeções dos Analistas'!R7</f>
-        <v>31.5</v>
-[...1 lines deleted...]
-      <c r="S7" s="19">
         <v>30.3</v>
       </c>
-      <c r="T7" s="28">
+      <c r="T7" s="19">
+        <f>'Projeções dos Analistas'!S7</f>
         <v>30.4</v>
       </c>
       <c r="U7" s="18">
+        <f>'Projeções dos Analistas'!T7</f>
+        <v>0</v>
+      </c>
+      <c r="V7" s="18">
         <f>'Projeções dos Analistas'!U7</f>
         <v>0</v>
       </c>
-      <c r="V7" s="18">
+      <c r="W7" s="18">
         <f>'Projeções dos Analistas'!V7</f>
-        <v>564</v>
-[...1 lines deleted...]
-      <c r="W7" s="18">
+        <v>578</v>
+      </c>
+      <c r="X7" s="18">
         <f>'Projeções dos Analistas'!W7</f>
-        <v>578</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!X7</f>
         <v>589</v>
       </c>
     </row>
     <row r="8" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="20" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B8" s="37" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C8" s="36" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D8" s="26">
-        <v>15</v>
+        <f>'Projeções dos Analistas'!D8</f>
+        <v>17</v>
       </c>
       <c r="E8" s="26"/>
       <c r="F8" s="18">
+        <f>'Projeções dos Analistas'!E8</f>
+        <v>0</v>
+      </c>
+      <c r="G8" s="18">
         <f>'Projeções dos Analistas'!F8</f>
-        <v>9323</v>
-[...1 lines deleted...]
-      <c r="G8" s="18">
+        <v>9756</v>
+      </c>
+      <c r="H8" s="18">
         <f>'Projeções dos Analistas'!G8</f>
-        <v>9756</v>
-[...2 lines deleted...]
-      <c r="I8" s="18">
+        <v>0</v>
+      </c>
+      <c r="I8" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J8" s="18">
         <f>'Projeções dos Analistas'!I8</f>
         <v>0</v>
       </c>
-      <c r="J8" s="18">
+      <c r="K8" s="18">
         <f>'Projeções dos Analistas'!J8</f>
-        <v>2453</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!K8</f>
         <v>2662</v>
       </c>
       <c r="L8" s="18"/>
-      <c r="M8" s="18">
+      <c r="M8" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N8" s="18">
         <f>'Projeções dos Analistas'!M8</f>
         <v>0</v>
       </c>
-      <c r="N8" s="18">
+      <c r="O8" s="18">
         <f>'Projeções dos Analistas'!N8</f>
-        <v>760</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!O8</f>
         <v>838</v>
       </c>
       <c r="P8" s="18"/>
-      <c r="Q8" s="18">
+      <c r="Q8" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="R8" s="19">
         <f>'Projeções dos Analistas'!Q8</f>
         <v>0</v>
       </c>
-      <c r="R8" s="19">
+      <c r="S8" s="19">
         <f>'Projeções dos Analistas'!R8</f>
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="S8" s="19">
         <v>31.5</v>
       </c>
-      <c r="T8" s="28"/>
-      <c r="U8" s="18">
+      <c r="T8" s="19"/>
+      <c r="U8" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="V8" s="18">
         <f>'Projeções dos Analistas'!U8</f>
         <v>0</v>
       </c>
-      <c r="V8" s="18">
+      <c r="W8" s="18">
         <f>'Projeções dos Analistas'!V8</f>
-        <v>601</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!W8</f>
         <v>660</v>
       </c>
       <c r="X8" s="18"/>
     </row>
-    <row r="9" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:24" customFormat="1" ht="15" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="20" t="s">
-        <v>8</v>
-[...10 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="B9" s="37"/>
+      <c r="C9" s="25"/>
+      <c r="D9" s="26"/>
       <c r="E9" s="26"/>
       <c r="F9" s="18"/>
       <c r="G9" s="18"/>
-      <c r="H9" s="18"/>
-[...3 lines deleted...]
-      </c>
+      <c r="H9" s="18">
+        <f>'Projeções dos Analistas'!G9</f>
+        <v>0</v>
+      </c>
+      <c r="I9" s="18"/>
       <c r="J9" s="18"/>
       <c r="K9" s="18"/>
       <c r="L9" s="18"/>
       <c r="M9" s="18"/>
       <c r="N9" s="18"/>
       <c r="O9" s="18"/>
       <c r="P9" s="18"/>
       <c r="Q9" s="18"/>
-      <c r="R9" s="18"/>
-[...1 lines deleted...]
-      <c r="T9" s="39"/>
+      <c r="R9" s="19"/>
+      <c r="S9" s="19"/>
+      <c r="T9" s="19"/>
       <c r="U9" s="18"/>
       <c r="V9" s="18"/>
       <c r="W9" s="18"/>
       <c r="X9" s="18"/>
     </row>
     <row r="10" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="20" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B10" s="37" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C10" s="36" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D10" s="26">
         <f>'Projeções dos Analistas'!D10</f>
-        <v>13</v>
+        <v>13.5</v>
       </c>
       <c r="E10" s="26"/>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
-      <c r="H10" s="18"/>
-[...2 lines deleted...]
-        <v>0</v>
+      <c r="H10" s="18">
+        <f>'Projeções dos Analistas'!G10</f>
+        <v>0</v>
+      </c>
+      <c r="I10" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
       </c>
       <c r="J10" s="18"/>
       <c r="K10" s="18"/>
       <c r="L10" s="18"/>
       <c r="M10" s="18"/>
       <c r="N10" s="18"/>
       <c r="O10" s="18"/>
       <c r="P10" s="18"/>
       <c r="Q10" s="18"/>
       <c r="R10" s="18"/>
       <c r="S10" s="19"/>
       <c r="T10" s="28"/>
       <c r="U10" s="18"/>
       <c r="V10" s="18"/>
       <c r="W10" s="18"/>
       <c r="X10" s="18"/>
     </row>
-    <row r="11" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:24" customFormat="1" ht="15" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="B11" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="37"/>
+      <c r="C11" s="36"/>
+      <c r="D11" s="26"/>
+      <c r="E11" s="26"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+      <c r="K11" s="18"/>
+      <c r="L11" s="18"/>
+      <c r="M11" s="18"/>
+      <c r="N11" s="18"/>
+      <c r="O11" s="18"/>
+      <c r="P11" s="18"/>
+      <c r="Q11" s="18"/>
+      <c r="R11" s="19"/>
+      <c r="S11" s="19"/>
+      <c r="T11" s="19"/>
+      <c r="U11" s="18"/>
+      <c r="V11" s="18"/>
+      <c r="W11" s="18"/>
+      <c r="X11" s="18"/>
+    </row>
+    <row r="12" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="C11" s="36" t="s">
-[...88 lines deleted...]
-      </c>
       <c r="C12" s="36" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D12" s="26">
         <f>'Projeções dos Analistas'!D12</f>
         <v>13</v>
       </c>
       <c r="E12" s="26"/>
       <c r="F12" s="18">
+        <f>'Projeções dos Analistas'!E12</f>
+        <v>0</v>
+      </c>
+      <c r="G12" s="18">
         <f>'Projeções dos Analistas'!F12</f>
-        <v>9174</v>
-[...1 lines deleted...]
-      <c r="G12" s="18">
+        <v>9568</v>
+      </c>
+      <c r="H12" s="18">
         <f>'Projeções dos Analistas'!G12</f>
-        <v>9568</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!H12</f>
         <v>9967</v>
       </c>
-      <c r="I12" s="18">
+      <c r="I12" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J12" s="18">
         <f>'Projeções dos Analistas'!I12</f>
         <v>0</v>
       </c>
-      <c r="J12" s="18">
+      <c r="K12" s="18">
         <f>'Projeções dos Analistas'!J12</f>
-        <v>2432</v>
-[...1 lines deleted...]
-      <c r="K12" s="18">
+        <v>2555</v>
+      </c>
+      <c r="L12" s="18">
         <f>'Projeções dos Analistas'!K12</f>
-        <v>2555</v>
-[...5 lines deleted...]
-      <c r="M12" s="18">
+        <v>2699</v>
+      </c>
+      <c r="M12" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N12" s="18">
         <f>'Projeções dos Analistas'!M12</f>
         <v>0</v>
       </c>
-      <c r="N12" s="18">
+      <c r="O12" s="18">
         <f>'Projeções dos Analistas'!N12</f>
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="O12" s="18">
+        <v>816</v>
+      </c>
+      <c r="P12" s="18">
         <f>'Projeções dos Analistas'!O12</f>
-        <v>816</v>
-[...5 lines deleted...]
-      <c r="Q12" s="18">
+        <v>843</v>
+      </c>
+      <c r="Q12" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="R12" s="19">
         <f>'Projeções dos Analistas'!Q12</f>
         <v>0</v>
       </c>
-      <c r="R12" s="19">
+      <c r="S12" s="19">
         <f>'Projeções dos Analistas'!R12</f>
-        <v>32.483552631578952</v>
-[...1 lines deleted...]
-      <c r="S12" s="19">
         <v>31.93737769080235</v>
       </c>
       <c r="T12" s="19">
-        <v>31.218274111675125</v>
-[...1 lines deleted...]
-      <c r="U12" s="18">
+        <f>'Projeções dos Analistas'!S12</f>
+        <v>31.233790292701002</v>
+      </c>
+      <c r="U12" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="V12" s="18">
         <f>'Projeções dos Analistas'!U12</f>
         <v>0</v>
       </c>
-      <c r="V12" s="18">
+      <c r="W12" s="18">
         <f>'Projeções dos Analistas'!V12</f>
+        <v>563</v>
+      </c>
+      <c r="X12" s="18">
+        <f>'Projeções dos Analistas'!W12</f>
         <v>573</v>
       </c>
-      <c r="W12" s="18">
-[...6 lines deleted...]
-      </c>
     </row>
-    <row r="13" spans="1:24" s="8" customFormat="1" ht="15.5" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="20" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B13" s="37" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C13" s="36" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D13" s="26">
-        <f ca="1">'Projeções dos Analistas'!D13</f>
-        <v>13</v>
+        <f>'Projeções dos Analistas'!D13</f>
+        <v>12.5</v>
       </c>
       <c r="E13" s="26"/>
       <c r="F13" s="18">
+        <f>'Projeções dos Analistas'!E13</f>
+        <v>0</v>
+      </c>
+      <c r="G13" s="18">
         <f>'Projeções dos Analistas'!F13</f>
-        <v>9291.2690000000002</v>
-[...1 lines deleted...]
-      <c r="G13" s="18">
+        <v>9791.2690000000002</v>
+      </c>
+      <c r="H13" s="18">
         <f>'Projeções dos Analistas'!G13</f>
-        <v>9791.2690000000002</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!H13</f>
         <v>10264.269</v>
       </c>
-      <c r="I13" s="18">
+      <c r="I13" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J13" s="18">
         <f>'Projeções dos Analistas'!I13</f>
         <v>0</v>
       </c>
-      <c r="J13" s="18">
+      <c r="K13" s="18">
         <f>'Projeções dos Analistas'!J13</f>
-        <v>2416</v>
-[...3 lines deleted...]
-        <v>2599</v>
+        <v>2575</v>
       </c>
       <c r="L13" s="18">
         <f>'Projeções dos Analistas'!L13</f>
-        <v>2816</v>
-[...1 lines deleted...]
-      <c r="M13" s="18">
+        <v>3006</v>
+      </c>
+      <c r="M13" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N13" s="18">
         <f>'Projeções dos Analistas'!M13</f>
         <v>0</v>
       </c>
-      <c r="N13" s="18">
+      <c r="O13" s="18">
         <f>'Projeções dos Analistas'!N13</f>
-        <v>772</v>
-[...3 lines deleted...]
-        <v>838</v>
+        <v>803</v>
       </c>
       <c r="P13" s="18">
         <f>'Projeções dos Analistas'!P13</f>
-        <v>914</v>
-[...1 lines deleted...]
-      <c r="Q13" s="18">
+        <v>978</v>
+      </c>
+      <c r="Q13" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="R13" s="19">
         <f>'Projeções dos Analistas'!Q13</f>
         <v>0</v>
       </c>
-      <c r="R13" s="19">
+      <c r="S13" s="19">
         <f>'Projeções dos Analistas'!R13</f>
-        <v>31.953642384105962</v>
-[...7 lines deleted...]
-      <c r="U13" s="18">
+        <v>31.184466019417478</v>
+      </c>
+      <c r="T13" s="19">
+        <f>'Projeções dos Analistas'!T13</f>
+        <v>32.534930139720558</v>
+      </c>
+      <c r="U13" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="V13" s="18">
         <f>'Projeções dos Analistas'!U13</f>
         <v>0</v>
       </c>
-      <c r="V13" s="18">
+      <c r="W13" s="18">
         <f>'Projeções dos Analistas'!V13</f>
-        <v>569</v>
-[...3 lines deleted...]
-        <v>605</v>
+        <v>579</v>
       </c>
       <c r="X13" s="18">
         <f>'Projeções dos Analistas'!X13</f>
-        <v>664</v>
+        <v>718</v>
       </c>
     </row>
     <row r="14" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="20" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B14" s="37" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C14" s="25" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D14" s="26">
         <f>'Projeções dos Analistas'!D14</f>
-        <v>11</v>
+        <v>16.5</v>
       </c>
       <c r="E14" s="26"/>
       <c r="F14" s="18">
+        <f>'Projeções dos Analistas'!E14</f>
+        <v>0</v>
+      </c>
+      <c r="G14" s="18">
         <f>'Projeções dos Analistas'!F14</f>
-        <v>9220</v>
-[...1 lines deleted...]
-      <c r="G14" s="18">
+        <v>9593.73</v>
+      </c>
+      <c r="H14" s="18">
         <f>'Projeções dos Analistas'!G14</f>
-        <v>9546</v>
-[...5 lines deleted...]
-      <c r="I14" s="18">
+        <v>9915.6579999999994</v>
+      </c>
+      <c r="I14" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J14" s="18">
         <f>'Projeções dos Analistas'!I14</f>
         <v>0</v>
       </c>
-      <c r="J14" s="18">
+      <c r="K14" s="18">
         <f>'Projeções dos Analistas'!J14</f>
-        <v>2404</v>
-[...1 lines deleted...]
-      <c r="K14" s="18">
+        <v>2549</v>
+      </c>
+      <c r="L14" s="18">
         <f>'Projeções dos Analistas'!K14</f>
-        <v>2523</v>
-[...1 lines deleted...]
-      <c r="L14" s="18">
+        <v>2669</v>
+      </c>
+      <c r="M14" s="18">
         <f>'Projeções dos Analistas'!L14</f>
-        <v>2654</v>
-[...1 lines deleted...]
-      <c r="M14" s="18">
+        <v>0</v>
+      </c>
+      <c r="N14" s="18">
         <f>'Projeções dos Analistas'!M14</f>
         <v>0</v>
       </c>
-      <c r="N14" s="18">
+      <c r="O14" s="18">
         <f>'Projeções dos Analistas'!N14</f>
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="O14" s="18">
+        <v>816</v>
+      </c>
+      <c r="P14" s="18">
         <f>'Projeções dos Analistas'!O14</f>
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="P14" s="18">
+        <v>856</v>
+      </c>
+      <c r="Q14" s="18">
         <f>'Projeções dos Analistas'!P14</f>
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="Q14" s="18">
+        <v>0</v>
+      </c>
+      <c r="R14" s="18">
         <f>'Projeções dos Analistas'!Q14</f>
         <v>0</v>
       </c>
-      <c r="R14" s="19">
+      <c r="S14" s="19">
         <f>'Projeções dos Analistas'!R14</f>
-        <v>31.073211314475873</v>
-[...5 lines deleted...]
-        <v>31.688018085908066</v>
+        <v>32</v>
+      </c>
+      <c r="T14" s="19">
+        <f>'Projeções dos Analistas'!S14</f>
+        <v>32.1</v>
       </c>
       <c r="U14" s="18">
+        <f>'Projeções dos Analistas'!T14</f>
+        <v>0</v>
+      </c>
+      <c r="V14" s="18">
         <f>'Projeções dos Analistas'!U14</f>
         <v>0</v>
       </c>
-      <c r="V14" s="18">
+      <c r="W14" s="18">
         <f>'Projeções dos Analistas'!V14</f>
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="W14" s="18">
+        <v>594</v>
+      </c>
+      <c r="X14" s="18">
         <f>'Projeções dos Analistas'!W14</f>
-        <v>581</v>
-[...3 lines deleted...]
-        <v>592</v>
+        <v>600</v>
       </c>
     </row>
     <row r="15" spans="1:24" s="8" customFormat="1" ht="15.5" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="20" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="B15" s="37" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C15" s="25" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D15" s="26">
         <f>'Projeções dos Analistas'!D15</f>
         <v>13.1</v>
       </c>
       <c r="E15" s="26"/>
       <c r="F15" s="18">
+        <f>'Projeções dos Analistas'!E15</f>
+        <v>0</v>
+      </c>
+      <c r="G15" s="18">
         <f>'Projeções dos Analistas'!F15</f>
-        <v>9255</v>
-[...1 lines deleted...]
-      <c r="G15" s="18">
+        <v>9733</v>
+      </c>
+      <c r="H15" s="18">
         <f>'Projeções dos Analistas'!G15</f>
-        <v>9733</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!H15</f>
         <v>10219</v>
       </c>
-      <c r="I15" s="18">
+      <c r="I15" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J15" s="18">
         <f>'Projeções dos Analistas'!I15</f>
         <v>0</v>
       </c>
-      <c r="J15" s="18">
+      <c r="K15" s="18">
         <f>'Projeções dos Analistas'!J15</f>
-        <v>2452</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!K15</f>
         <v>2622</v>
       </c>
       <c r="L15" s="18">
         <f>'Projeções dos Analistas'!L15</f>
-        <v>2823</v>
-[...1 lines deleted...]
-      <c r="M15" s="18">
+        <v>3035</v>
+      </c>
+      <c r="M15" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N15" s="18">
         <f>'Projeções dos Analistas'!M15</f>
         <v>0</v>
       </c>
-      <c r="N15" s="18">
+      <c r="O15" s="18">
         <f>'Projeções dos Analistas'!N15</f>
-        <v>792</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!O15</f>
         <v>802</v>
       </c>
       <c r="P15" s="18">
         <f>'Projeções dos Analistas'!P15</f>
-        <v>866</v>
-[...1 lines deleted...]
-      <c r="Q15" s="18">
+        <v>933</v>
+      </c>
+      <c r="Q15" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="R15" s="19">
         <f>'Projeções dos Analistas'!Q15</f>
         <v>0</v>
       </c>
-      <c r="R15" s="19">
+      <c r="S15" s="19">
         <f>'Projeções dos Analistas'!R15</f>
-        <v>32.30016313213703</v>
-[...3 lines deleted...]
-        <v>30.587337909992375</v>
+        <v>30.6</v>
       </c>
       <c r="T15" s="19">
-        <f t="shared" si="0"/>
-[...2 lines deleted...]
-      <c r="U15" s="18">
+        <f>'Projeções dos Analistas'!T15</f>
+        <v>30.8</v>
+      </c>
+      <c r="U15" s="18" t="e">
+        <f>'Projeções dos Analistas'!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="V15" s="18">
         <f>'Projeções dos Analistas'!U15</f>
         <v>0</v>
       </c>
-      <c r="V15" s="18">
+      <c r="W15" s="18">
         <f>'Projeções dos Analistas'!V15</f>
-        <v>566</v>
-[...2 lines deleted...]
-        <f>'Projeções dos Analistas'!W15</f>
         <v>572</v>
       </c>
       <c r="X15" s="18">
         <f>'Projeções dos Analistas'!X15</f>
-        <v>617</v>
+        <v>663</v>
       </c>
     </row>
     <row r="16" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B16" s="38" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D16" s="21">
-        <f ca="1">AVERAGE(D$5:D$15)</f>
-        <v>12.509090909090908</v>
+        <f>AVERAGE(D$5:D$15)</f>
+        <v>14.387499999999999</v>
       </c>
       <c r="E16" s="21" t="e">
-        <f t="shared" ref="E16:U16" si="1">AVERAGE(E$5:E$15)</f>
+        <f t="shared" ref="E16" si="0">AVERAGE(E$5:E$15)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="F16" s="11">
         <f>AVERAGE(F$5:F$15)</f>
-        <v>9236.4831793984213</v>
+        <v>0</v>
       </c>
       <c r="G16" s="11">
-        <f>AVERAGE(G$5:G$15)</f>
-        <v>9587.9718265917072</v>
+        <f>'Projeções dos Analistas'!F16</f>
+        <v>9665.6664999999994</v>
       </c>
       <c r="H16" s="11">
-        <f>AVERAGE(H$5:H$15)</f>
-[...4 lines deleted...]
-        <v>0</v>
+        <f>'Projeções dos Analistas'!G16</f>
+        <v>10072.785399999999</v>
+      </c>
+      <c r="I16" s="11" t="e">
+        <f>'Projeções dos Analistas'!H16</f>
+        <v>#DIV/0!</v>
       </c>
       <c r="J16" s="11">
-        <f>AVERAGE(J$5:J$15)</f>
-        <v>2429.3333333333335</v>
+        <f>'Projeções dos Analistas'!I16</f>
+        <v>0</v>
       </c>
       <c r="K16" s="11">
-        <f>AVERAGE(K$5:K$15)</f>
-        <v>2584.7777777777778</v>
+        <f>'Projeções dos Analistas'!J16</f>
+        <v>2596.8571428571427</v>
       </c>
       <c r="L16" s="11">
-        <f>AVERAGE(L$5:L$15)</f>
-        <v>2744.875</v>
+        <f>'Projeções dos Analistas'!K16</f>
+        <v>2764</v>
       </c>
       <c r="M16" s="11">
-        <f t="shared" si="1"/>
-        <v>0</v>
+        <f>'Projeções dos Analistas'!L16</f>
+        <v>3020.5</v>
       </c>
       <c r="N16" s="11">
-        <f>AVERAGE(N$5:N$15)</f>
-        <v>770.88888888888891</v>
+        <f>'Projeções dos Analistas'!M16</f>
+        <v>0</v>
       </c>
       <c r="O16" s="11">
-        <f>AVERAGE(O$5:O$15)</f>
-        <v>811.44444444444446</v>
+        <f>'Projeções dos Analistas'!N16</f>
+        <v>815.85714285714289</v>
       </c>
       <c r="P16" s="11">
-        <f>AVERAGE(P$5:P$15)</f>
-[...4 lines deleted...]
-        <v>0</v>
+        <f>'Projeções dos Analistas'!O16</f>
+        <v>872.66666666666663</v>
+      </c>
+      <c r="Q16" s="11">
+        <f>'Projeções dos Analistas'!P16</f>
+        <v>955.5</v>
       </c>
       <c r="R16" s="12">
-        <f>(N16/J16)*100</f>
-        <v>31.732528357116717</v>
+        <f>'Projeções dos Analistas'!Q16</f>
+        <v>0</v>
       </c>
       <c r="S16" s="12">
-        <f>(O16/K16)*100</f>
-        <v>31.393199501354079</v>
+        <f>'Projeções dos Analistas'!R16</f>
+        <v>31.431691958602833</v>
       </c>
       <c r="T16" s="12">
-        <f>(P16/L16)*100</f>
-[...4 lines deleted...]
-        <v>0</v>
+        <f>'Projeções dos Analistas'!S16</f>
+        <v>31.57639947892179</v>
+      </c>
+      <c r="U16" s="11">
+        <f>'Projeções dos Analistas'!T16</f>
+        <v>31.667465069860278</v>
       </c>
       <c r="V16" s="11">
-        <f>AVERAGE(V$5:V$15)</f>
-        <v>574.66666666666663</v>
+        <f>'Projeções dos Analistas'!U16</f>
+        <v>0</v>
       </c>
       <c r="W16" s="11">
-        <f>AVERAGE(W$5:W$15)</f>
-        <v>594.44444444444446</v>
+        <f>'Projeções dos Analistas'!V16</f>
+        <v>592.14285714285711</v>
       </c>
       <c r="X16" s="11">
-        <f>AVERAGE(X$5:X$15)</f>
-        <v>614.75</v>
+        <f>'Projeções dos Analistas'!W16</f>
+        <v>614.16666666666663</v>
       </c>
     </row>
     <row r="17" spans="1:24" s="13" customFormat="1" ht="15.65" hidden="1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B17" s="35" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D17" s="21" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E17" s="11">
         <v>8924.2690000000002</v>
       </c>
-      <c r="F17" s="11" t="s">
-[...54 lines deleted...]
-        <v>28</v>
+      <c r="F17" s="11">
+        <f>'Projeções dos Analistas'!E17</f>
+        <v>9264</v>
+      </c>
+      <c r="G17" s="11" t="str">
+        <f>'Projeções dos Analistas'!F17</f>
+        <v>-</v>
+      </c>
+      <c r="H17" s="11" t="str">
+        <f>'Projeções dos Analistas'!G17</f>
+        <v>-</v>
+      </c>
+      <c r="I17" s="11" t="str">
+        <f>'Projeções dos Analistas'!H17</f>
+        <v>-</v>
+      </c>
+      <c r="J17" s="11">
+        <f>'Projeções dos Analistas'!I17</f>
+        <v>2390</v>
+      </c>
+      <c r="K17" s="11" t="str">
+        <f>'Projeções dos Analistas'!J17</f>
+        <v>-</v>
+      </c>
+      <c r="L17" s="11" t="str">
+        <f>'Projeções dos Analistas'!K17</f>
+        <v>-</v>
+      </c>
+      <c r="M17" s="11" t="str">
+        <f>'Projeções dos Analistas'!L17</f>
+        <v>-</v>
+      </c>
+      <c r="N17" s="11">
+        <f>'Projeções dos Analistas'!M17</f>
+        <v>741</v>
+      </c>
+      <c r="O17" s="11" t="str">
+        <f>'Projeções dos Analistas'!N17</f>
+        <v>-</v>
+      </c>
+      <c r="P17" s="11" t="str">
+        <f>'Projeções dos Analistas'!O17</f>
+        <v>-</v>
+      </c>
+      <c r="Q17" s="11" t="str">
+        <f>'Projeções dos Analistas'!P17</f>
+        <v>-</v>
+      </c>
+      <c r="R17" s="12">
+        <f>'Projeções dos Analistas'!Q17</f>
+        <v>31</v>
+      </c>
+      <c r="S17" s="12" t="str">
+        <f>'Projeções dos Analistas'!R17</f>
+        <v>-</v>
+      </c>
+      <c r="T17" s="12" t="str">
+        <f>'Projeções dos Analistas'!S17</f>
+        <v>-</v>
+      </c>
+      <c r="U17" s="11" t="str">
+        <f>'Projeções dos Analistas'!T17</f>
+        <v>-</v>
+      </c>
+      <c r="V17" s="11">
+        <f>'Projeções dos Analistas'!U17</f>
+        <v>550.45799999999997</v>
+      </c>
+      <c r="W17" s="11" t="str">
+        <f>'Projeções dos Analistas'!V17</f>
+        <v>-</v>
+      </c>
+      <c r="X17" s="11" t="str">
+        <f>'Projeções dos Analistas'!W17</f>
+        <v>-</v>
       </c>
     </row>
     <row r="18" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A18" s="30"/>
       <c r="B18" s="31"/>
-      <c r="C18" s="40" t="s">
-        <v>40</v>
+      <c r="C18" s="39" t="s">
+        <v>35</v>
       </c>
       <c r="D18" s="32"/>
       <c r="E18" s="32"/>
       <c r="F18" s="33">
         <f>F16/E17-1</f>
-        <v>3.4984846310484485E-2</v>
+        <v>-1</v>
       </c>
       <c r="G18" s="33">
-        <f>(G16/F16)-1</f>
-        <v>3.8054380695161871E-2</v>
+        <f>'Projeções dos Analistas'!F18</f>
+        <v>4.3357782815198531E-2</v>
       </c>
       <c r="H18" s="33">
-        <f>H16/G16-1</f>
-[...2 lines deleted...]
-      <c r="I18" s="33"/>
+        <f>'Projeções dos Analistas'!G18</f>
+        <v>4.2120106254441847E-2</v>
+      </c>
+      <c r="I18" s="33" t="e">
+        <f>'Projeções dos Analistas'!H18</f>
+        <v>#DIV/0!</v>
+      </c>
       <c r="J18" s="33">
-        <f>J16/I17-1</f>
-        <v>7.0291795496726817E-2</v>
+        <f>'Projeções dos Analistas'!I18</f>
+        <v>0</v>
       </c>
       <c r="K18" s="33">
-        <f>K16/J16-1</f>
-        <v>6.3986461763629654E-2</v>
+        <f>'Projeções dos Analistas'!J18</f>
+        <v>8.6551105797967542E-2</v>
       </c>
       <c r="L18" s="33">
-        <f>L16/K16-1</f>
-[...2 lines deleted...]
-      <c r="M18" s="33"/>
+        <f>'Projeções dos Analistas'!K18</f>
+        <v>6.436351633843107E-2</v>
+      </c>
+      <c r="M18" s="33">
+        <f>'Projeções dos Analistas'!L18</f>
+        <v>9.2800289435600591E-2</v>
+      </c>
       <c r="N18" s="33">
-        <f>N16/M17-1</f>
-        <v>0.11015904332388482</v>
+        <f>'Projeções dos Analistas'!M18</f>
+        <v>0</v>
       </c>
       <c r="O18" s="33">
-        <f>O16/N16-1</f>
-        <v>5.2608820985874827E-2</v>
+        <f>'Projeções dos Analistas'!N18</f>
+        <v>0.10102178523231164</v>
       </c>
       <c r="P18" s="33">
-        <f>P16/O16-1</f>
-[...5 lines deleted...]
-        <v>1.1325283571167155</v>
+        <f>'Projeções dos Analistas'!O18</f>
+        <v>6.9631704896982338E-2</v>
+      </c>
+      <c r="Q18" s="33">
+        <f>'Projeções dos Analistas'!P18</f>
+        <v>9.4919786096256731E-2</v>
+      </c>
+      <c r="R18" s="33">
+        <f>'Projeções dos Analistas'!Q18</f>
+        <v>0</v>
       </c>
       <c r="S18" s="34">
-        <f>S16-R16</f>
-        <v>-0.33932885576263772</v>
+        <f>S16-R17</f>
+        <v>0.43169195860283338</v>
       </c>
       <c r="T18" s="34">
         <f>T16-S16</f>
-        <v>4.2658233515453503E-2</v>
-[...1 lines deleted...]
-      <c r="U18" s="34"/>
+        <v>0.14470752031895628</v>
+      </c>
+      <c r="U18" s="33">
+        <f>'Projeções dos Analistas'!T18</f>
+        <v>9.1065590938487873E-2</v>
+      </c>
       <c r="V18" s="33">
-        <f>V16/U17-1</f>
-        <v>7.6999868186210962E-2</v>
+        <f>'Projeções dos Analistas'!U18</f>
+        <v>0</v>
       </c>
       <c r="W18" s="33">
-        <f>W16/V16-1</f>
-        <v>3.4416086620262965E-2</v>
+        <f>'Projeções dos Analistas'!V18</f>
+        <v>7.572758892205611E-2</v>
       </c>
       <c r="X18" s="33">
-        <f>X16/W16-1</f>
-        <v>3.4158878504672918E-2</v>
+        <f>'Projeções dos Analistas'!W18</f>
+        <v>3.7193405709690319E-2</v>
       </c>
     </row>
     <row r="19" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="14"/>
       <c r="B19" s="10"/>
       <c r="C19" s="9" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D19" s="12">
-        <f ca="1">STDEV(D$5:D$14)</f>
-        <v>1.3006408676751113</v>
+        <f>STDEV(D$5:D$14)</f>
+        <v>2.5401537261317402</v>
       </c>
       <c r="E19" s="12"/>
       <c r="F19" s="11">
         <f>STDEV(F$5:F$14)</f>
-        <v>67.700287124005953</v>
+        <v>0</v>
       </c>
       <c r="G19" s="11">
         <f>STDEV(G$5:G$14)</f>
-        <v>162.65197974396679</v>
+        <v>4710.6875727152574</v>
       </c>
       <c r="H19" s="11">
         <f>STDEV(H$5:H$14)</f>
-        <v>248.12316402657319</v>
+        <v>5365.5606709818303</v>
       </c>
       <c r="I19" s="11"/>
       <c r="J19" s="11">
         <f>STDEV(J$5:J$14)</f>
-        <v>16.775832957816771</v>
+        <v>0</v>
       </c>
       <c r="K19" s="11">
         <f>STDEV(K$5:K$14)</f>
-        <v>49.639953666376442</v>
+        <v>44.911765347920436</v>
       </c>
       <c r="L19" s="11">
         <f>STDEV(L$5:L$14)</f>
-        <v>78.474442306002373</v>
+        <v>140.30930118848144</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="11">
         <f>STDEV(N$5:N$14)</f>
-        <v>13.604096021839473</v>
+        <v>0</v>
       </c>
       <c r="O19" s="11">
         <f>STDEV(O$5:O$14)</f>
-        <v>31.002016063475615</v>
+        <v>25.396193940562565</v>
       </c>
       <c r="P19" s="11">
         <f>STDEV(P$5:P$14)</f>
-        <v>49.79242627434131</v>
+        <v>65.171312707356137</v>
       </c>
       <c r="Q19" s="11"/>
       <c r="R19" s="11">
         <f>STDEV(R$5:R$14)</f>
-        <v>0.48792506616887521</v>
+        <v>0</v>
       </c>
       <c r="S19" s="11">
         <f>STDEV(S$5:S$14)</f>
-        <v>0.89833536335482633</v>
+        <v>0.7682710786354654</v>
       </c>
       <c r="T19" s="11">
-        <f>STDEV(T$5:T$14)</f>
-        <v>1.1763223429286669</v>
+        <f>STDEV(T$5:T$15)</f>
+        <v>0.97633690948133045</v>
       </c>
       <c r="U19" s="11"/>
       <c r="V19" s="11">
         <f>STDEV(V$5:V$14)</f>
-        <v>14.762403985414144</v>
+        <v>0</v>
       </c>
       <c r="W19" s="11">
         <f>STDEV(W$5:W$14)</f>
-        <v>36.915927650347811</v>
+        <v>34.086654279937775</v>
       </c>
       <c r="X19" s="11">
         <f>STDEV(X$5:X$14)</f>
-        <v>47.801175518520267</v>
+        <v>59.604530029184858</v>
       </c>
     </row>
     <row r="20" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="14"/>
       <c r="B20" s="10"/>
       <c r="C20" s="9" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D20" s="12">
-        <f ca="1">MAX(D$5:D$14)</f>
-        <v>15</v>
+        <f>MAX(D$5:D$14)</f>
+        <v>18</v>
       </c>
       <c r="E20" s="12"/>
       <c r="F20" s="11">
         <f>MAX(F$5:F$14)</f>
-        <v>9323</v>
+        <v>0</v>
       </c>
       <c r="G20" s="11">
         <f>MAX(G$5:G$14)</f>
         <v>9791.2690000000002</v>
       </c>
       <c r="H20" s="11">
         <f>MAX(H$5:H$14)</f>
         <v>10264.269</v>
       </c>
       <c r="I20" s="11"/>
       <c r="J20" s="11">
         <f>MAX(J$5:J$14)</f>
-        <v>2453</v>
+        <v>0</v>
       </c>
       <c r="K20" s="11">
         <f>MAX(K$5:K$14)</f>
         <v>2662</v>
       </c>
       <c r="L20" s="11">
         <f>MAX(L$5:L$14)</f>
-        <v>2822</v>
+        <v>3006</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="11">
         <f>MAX(N$5:N$14)</f>
-        <v>790</v>
+        <v>0</v>
       </c>
       <c r="O20" s="11">
         <f>MAX(O$5:O$14)</f>
-        <v>863</v>
+        <v>854</v>
       </c>
       <c r="P20" s="11">
         <f>MAX(P$5:P$14)</f>
-        <v>947</v>
+        <v>978</v>
       </c>
       <c r="Q20" s="11"/>
       <c r="R20" s="12">
         <f>MAX(R$5:R$14)</f>
-        <v>32.483552631578952</v>
+        <v>0</v>
       </c>
       <c r="S20" s="12">
         <f>MAX(S$5:S$14)</f>
-        <v>33</v>
+        <v>32.5</v>
       </c>
       <c r="T20" s="11">
         <f>MAX(T$5:T$14)</f>
-        <v>33.6</v>
+        <v>32.799999999999997</v>
       </c>
       <c r="U20" s="11"/>
       <c r="V20" s="11">
         <f>MAX(V$5:V$14)</f>
-        <v>601</v>
+        <v>0</v>
       </c>
       <c r="W20" s="11">
         <f>MAX(W$5:W$14)</f>
         <v>660</v>
       </c>
       <c r="X20" s="11">
         <f>MAX(X$5:X$14)</f>
-        <v>699</v>
+        <v>718</v>
       </c>
     </row>
     <row r="21" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="14"/>
       <c r="B21" s="10"/>
       <c r="C21" s="9" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D21" s="12">
-        <f ca="1">MIN(D$5:D$14)</f>
-        <v>11</v>
+        <f>MIN(D$5:D$14)</f>
+        <v>11.5</v>
       </c>
       <c r="E21" s="12"/>
       <c r="F21" s="11">
         <f>MIN(F$5:F$14)</f>
-        <v>9141.5964351873699</v>
+        <v>0</v>
       </c>
       <c r="G21" s="11">
         <f>MIN(G$5:G$14)</f>
-        <v>9354.5056127336575</v>
+        <v>0</v>
       </c>
       <c r="H21" s="11">
         <f>MIN(H$5:H$14)</f>
-        <v>9566.2296009342281</v>
+        <v>0</v>
       </c>
       <c r="I21" s="11"/>
       <c r="J21" s="11">
         <f>MIN(J$5:J$14)</f>
-        <v>2404</v>
+        <v>0</v>
       </c>
       <c r="K21" s="11">
         <f>MIN(K$5:K$14)</f>
-        <v>2510</v>
+        <v>2549</v>
       </c>
       <c r="L21" s="11">
         <f>MIN(L$5:L$14)</f>
-        <v>2610</v>
+        <v>2669</v>
       </c>
       <c r="M21" s="11"/>
       <c r="N21" s="11">
         <f>MIN(N$5:N$14)</f>
-        <v>747</v>
+        <v>0</v>
       </c>
       <c r="O21" s="11">
         <f>MIN(O$5:O$14)</f>
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="P21" s="11">
         <f>MIN(P$5:P$14)</f>
-        <v>810</v>
+        <v>831</v>
       </c>
       <c r="Q21" s="11"/>
       <c r="R21" s="12">
         <f>MIN(R$5:R$14)</f>
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="S21" s="12">
         <f>MIN(S$5:S$14)</f>
         <v>30.3</v>
       </c>
       <c r="T21" s="11">
         <f>MIN(T$5:T$14)</f>
-        <v>30.3</v>
+        <v>30.4</v>
       </c>
       <c r="U21" s="11"/>
       <c r="V21" s="11">
         <f>MIN(V$5:V$14)</f>
-        <v>555</v>
+        <v>0</v>
       </c>
       <c r="W21" s="11">
         <f>MIN(W$5:W$14)</f>
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="X21" s="11">
         <f>MIN(X$5:X$14)</f>
-        <v>574</v>
+        <v>573</v>
       </c>
     </row>
     <row r="22" spans="1:24" ht="15.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.35"/>
     <row r="28" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="29" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="30" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="31" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="32" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
     <mergeCell ref="U3:X3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="I3:L3"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;Z&amp;F&amp;F&amp;A</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48384424-2B2E-44A5-A388-7163D1FE8098}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="F18" sqref="F18"/>
+      <selection pane="bottomRight" activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" outlineLevelRow="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="18.81640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="12.81640625" style="15" customWidth="1"/>
     <col min="3" max="3" width="17.1796875" style="7" customWidth="1"/>
     <col min="4" max="4" width="9.81640625" style="7" customWidth="1"/>
-    <col min="5" max="5" width="9.81640625" style="7" hidden="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="22" max="24" width="8.81640625" style="7" customWidth="1"/>
+    <col min="5" max="5" width="8.81640625" style="16" hidden="1" customWidth="1"/>
+    <col min="6" max="7" width="8.81640625" style="16" customWidth="1"/>
+    <col min="8" max="8" width="8.81640625" style="16" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="8.81640625" style="7" hidden="1" customWidth="1"/>
+    <col min="10" max="11" width="8.81640625" style="7" customWidth="1"/>
+    <col min="12" max="13" width="8.81640625" style="7" hidden="1" customWidth="1"/>
+    <col min="14" max="15" width="8.81640625" style="7" customWidth="1"/>
+    <col min="16" max="17" width="8.81640625" style="7" hidden="1" customWidth="1"/>
+    <col min="18" max="19" width="8.81640625" style="7" customWidth="1"/>
+    <col min="20" max="21" width="8.81640625" style="7" hidden="1" customWidth="1"/>
+    <col min="22" max="23" width="8.81640625" style="7" customWidth="1"/>
+    <col min="24" max="24" width="8.81640625" style="7" hidden="1" customWidth="1"/>
     <col min="25" max="16384" width="9.1796875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" s="6" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="1"/>
       <c r="D1" s="3"/>
-      <c r="E1" s="3"/>
+      <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
-      <c r="I1" s="4"/>
+      <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
-      <c r="M1" s="1"/>
-      <c r="N1" s="29"/>
+      <c r="M1" s="29"/>
+      <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
-      <c r="U1" s="1"/>
+      <c r="U1" s="5"/>
       <c r="V1" s="5"/>
       <c r="W1" s="5"/>
       <c r="X1" s="5"/>
     </row>
     <row r="2" spans="1:24" s="6" customFormat="1" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="3"/>
-      <c r="E2" s="3"/>
+      <c r="E2" s="41"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
-      <c r="I2" s="4"/>
-[...14 lines deleted...]
-      <c r="X2" s="1"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+      <c r="K2" s="41"/>
+      <c r="L2" s="41"/>
+      <c r="M2" s="41"/>
+      <c r="N2" s="41"/>
+      <c r="O2" s="41"/>
+      <c r="P2" s="41"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="42"/>
+      <c r="S2" s="42"/>
+      <c r="T2" s="42"/>
+      <c r="U2" s="41"/>
+      <c r="V2" s="41"/>
+      <c r="W2" s="41"/>
+      <c r="X2" s="41"/>
     </row>
-    <row r="3" spans="1:24" ht="34" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-[...7 lines deleted...]
-      <c r="D3" s="51" t="s">
+    <row r="3" spans="1:24" ht="39.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="47"/>
+      <c r="B3" s="56" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="47" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="53" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="53" t="s">
-[...28 lines deleted...]
-      <c r="X3" s="44"/>
+      <c r="E3" s="44" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" s="44"/>
+      <c r="G3" s="44"/>
+      <c r="H3" s="45"/>
+      <c r="I3" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="J3" s="44"/>
+      <c r="K3" s="44"/>
+      <c r="L3" s="45"/>
+      <c r="M3" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="N3" s="44"/>
+      <c r="O3" s="44"/>
+      <c r="P3" s="45"/>
+      <c r="Q3" s="44" t="s">
+        <v>48</v>
+      </c>
+      <c r="R3" s="44"/>
+      <c r="S3" s="44"/>
+      <c r="T3" s="45"/>
+      <c r="U3" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="V3" s="44"/>
+      <c r="W3" s="44"/>
+      <c r="X3" s="46"/>
     </row>
     <row r="4" spans="1:24" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A4" s="46"/>
-[...2 lines deleted...]
-      <c r="D4" s="52"/>
+      <c r="A4" s="48"/>
+      <c r="B4" s="57"/>
+      <c r="C4" s="48"/>
+      <c r="D4" s="54"/>
       <c r="E4" s="17">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F4" s="17">
+        <v>2026</v>
+      </c>
+      <c r="G4" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="I4" s="17">
         <v>2025</v>
       </c>
-      <c r="G4" s="17">
+      <c r="J4" s="17">
         <v>2026</v>
       </c>
-      <c r="H4" s="22" t="s">
-[...5 lines deleted...]
-      <c r="J4" s="17">
+      <c r="K4" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="L4" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" s="17">
         <v>2025</v>
       </c>
-      <c r="K4" s="17">
+      <c r="N4" s="17">
         <v>2026</v>
       </c>
-      <c r="L4" s="22" t="s">
-[...5 lines deleted...]
-      <c r="N4" s="17">
+      <c r="O4" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="P4" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q4" s="17">
         <v>2025</v>
       </c>
-      <c r="O4" s="17">
+      <c r="R4" s="17">
         <v>2026</v>
       </c>
-      <c r="P4" s="22" t="s">
-[...5 lines deleted...]
-      <c r="R4" s="17">
+      <c r="S4" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="T4" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="U4" s="17">
         <v>2025</v>
       </c>
-      <c r="S4" s="17">
+      <c r="V4" s="17">
         <v>2026</v>
       </c>
-      <c r="T4" s="22" t="s">
-[...9 lines deleted...]
-        <v>2026</v>
+      <c r="W4" s="23" t="s">
+        <v>19</v>
       </c>
       <c r="X4" s="23" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
     </row>
-    <row r="5" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:24" s="40" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="20" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B5" s="24">
-        <v>45965</v>
+        <v>46085</v>
       </c>
       <c r="C5" s="25" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="D5" s="26">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="E5" s="26"/>
+        <v>18</v>
+      </c>
+      <c r="E5" s="18"/>
       <c r="F5" s="18"/>
-      <c r="G5" s="18"/>
-      <c r="H5" s="18"/>
+      <c r="G5" s="27"/>
+      <c r="H5" s="27"/>
       <c r="I5" s="18"/>
       <c r="J5" s="18">
-        <v>2437</v>
+        <v>2632</v>
       </c>
       <c r="K5" s="18">
-        <v>2614</v>
-[...3 lines deleted...]
-      </c>
+        <v>2866</v>
+      </c>
+      <c r="L5" s="18"/>
       <c r="M5" s="18"/>
       <c r="N5" s="18">
-        <v>776</v>
+        <v>854</v>
       </c>
       <c r="O5" s="18">
-        <v>863</v>
-[...4 lines deleted...]
-      <c r="Q5" s="18"/>
+        <v>939</v>
+      </c>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="19"/>
       <c r="R5" s="19">
-        <v>31.8</v>
+        <v>32.5</v>
       </c>
       <c r="S5" s="19">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="U5" s="19"/>
+        <v>32.799999999999997</v>
+      </c>
+      <c r="T5" s="19"/>
+      <c r="U5" s="18"/>
       <c r="V5" s="18">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="W5" s="18">
-        <v>644</v>
-[...3 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="X5" s="18"/>
     </row>
-    <row r="6" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:24" s="40" customFormat="1" ht="15" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="20" t="s">
-        <v>6</v>
-[...19 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="26"/>
+      <c r="E6" s="18"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="27"/>
+      <c r="H6" s="27"/>
       <c r="I6" s="18"/>
-      <c r="J6" s="18">
-[...37 lines deleted...]
-      </c>
+      <c r="J6" s="18"/>
+      <c r="K6" s="18"/>
+      <c r="L6" s="18"/>
+      <c r="M6" s="18"/>
+      <c r="N6" s="18"/>
+      <c r="O6" s="18"/>
+      <c r="P6" s="18"/>
+      <c r="Q6" s="19"/>
+      <c r="R6" s="19"/>
+      <c r="S6" s="19"/>
+      <c r="T6" s="19"/>
+      <c r="U6" s="18"/>
+      <c r="V6" s="18"/>
+      <c r="W6" s="18"/>
+      <c r="X6" s="18"/>
     </row>
     <row r="7" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="20" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B7" s="24">
         <v>45966</v>
       </c>
       <c r="C7" s="25" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D7" s="26">
         <v>11.5</v>
       </c>
-      <c r="E7" s="26"/>
+      <c r="E7" s="18"/>
       <c r="F7" s="18">
-        <v>9287</v>
-[...1 lines deleted...]
-      <c r="G7" s="18">
         <v>9552</v>
       </c>
-      <c r="H7" s="27">
+      <c r="G7" s="27">
         <v>9998</v>
       </c>
-      <c r="I7" s="27"/>
+      <c r="H7" s="27"/>
+      <c r="I7" s="18"/>
       <c r="J7" s="18">
-        <v>2423</v>
-[...1 lines deleted...]
-      <c r="K7" s="18">
         <v>2583</v>
       </c>
-      <c r="L7" s="27">
+      <c r="K7" s="27">
         <v>2731</v>
       </c>
-      <c r="M7" s="27"/>
+      <c r="L7" s="27"/>
+      <c r="M7" s="18"/>
       <c r="N7" s="18">
-        <v>763</v>
-[...1 lines deleted...]
-      <c r="O7" s="18">
         <v>782</v>
       </c>
-      <c r="P7" s="27">
+      <c r="O7" s="27">
         <v>831</v>
       </c>
-      <c r="Q7" s="27"/>
+      <c r="P7" s="27"/>
+      <c r="Q7" s="19"/>
       <c r="R7" s="19">
-        <v>31.5</v>
-[...1 lines deleted...]
-      <c r="S7" s="19">
         <v>30.3</v>
       </c>
-      <c r="T7" s="28">
+      <c r="S7" s="28">
         <v>30.4</v>
       </c>
-      <c r="U7" s="28"/>
+      <c r="T7" s="28"/>
+      <c r="U7" s="18"/>
       <c r="V7" s="18">
-        <v>564</v>
-[...1 lines deleted...]
-      <c r="W7" s="18">
         <v>578</v>
       </c>
-      <c r="X7" s="27">
+      <c r="W7" s="27">
         <v>589</v>
       </c>
+      <c r="X7" s="27"/>
     </row>
     <row r="8" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="20" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B8" s="24">
-        <v>45946</v>
+        <v>46082</v>
       </c>
       <c r="C8" s="25" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D8" s="26">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E8" s="26"/>
+        <v>17</v>
+      </c>
+      <c r="E8" s="18"/>
       <c r="F8" s="18">
-        <v>9323</v>
-[...1 lines deleted...]
-      <c r="G8" s="18">
         <v>9756</v>
       </c>
+      <c r="G8" s="27"/>
       <c r="H8" s="27"/>
-      <c r="I8" s="27"/>
+      <c r="I8" s="18"/>
       <c r="J8" s="18">
-        <v>2453</v>
-[...1 lines deleted...]
-      <c r="K8" s="18">
         <v>2662</v>
       </c>
+      <c r="K8" s="27"/>
       <c r="L8" s="27"/>
-      <c r="M8" s="27"/>
+      <c r="M8" s="18"/>
       <c r="N8" s="18">
-        <v>760</v>
-[...1 lines deleted...]
-      <c r="O8" s="18">
         <v>838</v>
       </c>
+      <c r="O8" s="27"/>
       <c r="P8" s="27"/>
-      <c r="Q8" s="27"/>
+      <c r="Q8" s="19"/>
       <c r="R8" s="19">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="S8" s="19">
         <v>31.5</v>
       </c>
+      <c r="S8" s="28"/>
       <c r="T8" s="28"/>
-      <c r="U8" s="28"/>
+      <c r="U8" s="18"/>
       <c r="V8" s="18">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="W8" s="18">
         <v>660</v>
       </c>
+      <c r="W8" s="28"/>
       <c r="X8" s="28"/>
     </row>
-    <row r="9" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:24" customFormat="1" ht="15" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="20" t="s">
-        <v>8</v>
-[...29 lines deleted...]
-      <c r="X9" s="39"/>
+        <v>6</v>
+      </c>
+      <c r="B9" s="24"/>
+      <c r="C9" s="25"/>
+      <c r="D9" s="26"/>
+      <c r="E9" s="18"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="18"/>
+      <c r="J9" s="18"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="Q9" s="19"/>
+      <c r="R9" s="19"/>
+      <c r="S9" s="19"/>
+      <c r="T9" s="19"/>
+      <c r="U9" s="18"/>
+      <c r="V9" s="18"/>
+      <c r="W9" s="18"/>
+      <c r="X9" s="18"/>
     </row>
     <row r="10" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="20" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B10" s="24">
-        <v>45855</v>
+        <v>46080</v>
       </c>
       <c r="C10" s="25" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D10" s="26">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="E10" s="26"/>
+        <v>13.5</v>
+      </c>
+      <c r="E10" s="18"/>
       <c r="F10" s="18"/>
-      <c r="G10" s="18"/>
+      <c r="G10" s="27"/>
       <c r="H10" s="27"/>
-      <c r="I10" s="27"/>
+      <c r="I10" s="18"/>
       <c r="J10" s="18"/>
-      <c r="K10" s="18"/>
+      <c r="K10" s="27"/>
       <c r="L10" s="27"/>
-      <c r="M10" s="27"/>
+      <c r="M10" s="18"/>
       <c r="N10" s="18"/>
-      <c r="O10" s="18"/>
+      <c r="O10" s="27"/>
       <c r="P10" s="27"/>
-      <c r="Q10" s="27"/>
+      <c r="Q10" s="19"/>
       <c r="R10" s="19"/>
-      <c r="S10" s="19"/>
+      <c r="S10" s="28"/>
       <c r="T10" s="28"/>
-      <c r="U10" s="28"/>
+      <c r="U10" s="18"/>
       <c r="V10" s="18"/>
-      <c r="W10" s="18"/>
+      <c r="W10" s="27"/>
       <c r="X10" s="27"/>
     </row>
-    <row r="11" spans="1:24" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:24" customFormat="1" ht="15" hidden="1" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B11" s="24">
         <v>46035</v>
       </c>
       <c r="C11" s="25" t="s">
-        <v>17</v>
-[...13 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D11" s="26"/>
+      <c r="E11" s="18"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="18"/>
       <c r="I11" s="18"/>
-      <c r="J11" s="18">
-[...37 lines deleted...]
-      </c>
+      <c r="J11" s="18"/>
+      <c r="K11" s="27"/>
+      <c r="L11" s="27"/>
+      <c r="M11" s="18"/>
+      <c r="N11" s="18"/>
+      <c r="O11" s="27"/>
+      <c r="P11" s="27"/>
+      <c r="Q11" s="19"/>
+      <c r="R11" s="19"/>
+      <c r="S11" s="19"/>
+      <c r="T11" s="19"/>
+      <c r="U11" s="18"/>
+      <c r="V11" s="18"/>
+      <c r="W11" s="27"/>
+      <c r="X11" s="27"/>
     </row>
-    <row r="12" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="1:24" s="40" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="20" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B12" s="24">
-        <v>46030</v>
+        <v>46080</v>
       </c>
       <c r="C12" s="25" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D12" s="26">
         <v>13</v>
       </c>
-      <c r="E12" s="26"/>
+      <c r="E12" s="18"/>
       <c r="F12" s="18">
-        <v>9174</v>
+        <v>9568</v>
       </c>
       <c r="G12" s="18">
-        <v>9568</v>
-[...1 lines deleted...]
-      <c r="H12" s="18">
         <v>9967</v>
       </c>
+      <c r="H12" s="18"/>
       <c r="I12" s="18"/>
       <c r="J12" s="18">
-        <v>2432</v>
-[...1 lines deleted...]
-      <c r="K12" s="18">
         <v>2555</v>
       </c>
-      <c r="L12" s="27">
-[...2 lines deleted...]
-      <c r="M12" s="27"/>
+      <c r="K12" s="27">
+        <v>2699</v>
+      </c>
+      <c r="L12" s="27"/>
+      <c r="M12" s="18"/>
       <c r="N12" s="18">
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="O12" s="18">
         <v>816</v>
       </c>
-      <c r="P12" s="27">
-[...2 lines deleted...]
-      <c r="Q12" s="27"/>
+      <c r="O12" s="27">
+        <v>843</v>
+      </c>
+      <c r="P12" s="27"/>
+      <c r="Q12" s="19"/>
       <c r="R12" s="19">
-        <v>32.483552631578952</v>
+        <v>31.93737769080235</v>
       </c>
       <c r="S12" s="19">
-        <v>31.93737769080235</v>
-[...4 lines deleted...]
-      <c r="U12" s="28"/>
+        <v>31.233790292701002</v>
+      </c>
+      <c r="T12" s="19"/>
+      <c r="U12" s="18"/>
       <c r="V12" s="18">
+        <v>563</v>
+      </c>
+      <c r="W12" s="27">
         <v>573</v>
       </c>
-      <c r="W12" s="18">
-[...4 lines deleted...]
-      </c>
+      <c r="X12" s="27"/>
     </row>
-    <row r="13" spans="1:24" s="8" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:24" s="40" customFormat="1" ht="15" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="20" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B13" s="24">
-        <v>46030</v>
+        <v>46083</v>
       </c>
       <c r="C13" s="25" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D13" s="26">
-        <f ca="1">'Projeções dos Analistas'!D13</f>
-[...2 lines deleted...]
-      <c r="E13" s="26"/>
+        <v>12.5</v>
+      </c>
+      <c r="E13" s="18"/>
       <c r="F13" s="18">
-        <v>9291.2690000000002</v>
+        <v>9791.2690000000002</v>
       </c>
       <c r="G13" s="18">
-        <v>9791.2690000000002</v>
-[...1 lines deleted...]
-      <c r="H13" s="18">
         <v>10264.269</v>
       </c>
-      <c r="I13" s="18">
-[...1 lines deleted...]
-      </c>
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
       <c r="J13" s="18">
-        <v>2416</v>
-[...2 lines deleted...]
-        <v>2599</v>
+        <v>2575</v>
+      </c>
+      <c r="K13" s="27">
+        <v>2796</v>
       </c>
       <c r="L13" s="27">
-        <v>2816</v>
-[...3 lines deleted...]
-      </c>
+        <v>3006</v>
+      </c>
+      <c r="M13" s="18"/>
       <c r="N13" s="18">
-        <v>772</v>
-[...2 lines deleted...]
-        <v>838</v>
+        <v>803</v>
+      </c>
+      <c r="O13" s="27">
+        <v>901</v>
       </c>
       <c r="P13" s="27">
-        <v>914</v>
-[...3 lines deleted...]
-      </c>
+        <v>978</v>
+      </c>
+      <c r="Q13" s="19"/>
       <c r="R13" s="19">
-        <v>31.953642384105962</v>
-[...2 lines deleted...]
-        <v>32.243170450173139</v>
+        <f>N13/J13*100</f>
+        <v>31.184466019417478</v>
+      </c>
+      <c r="S13" s="28">
+        <v>32.224606580829757</v>
       </c>
       <c r="T13" s="28">
-        <v>32.457386363636367</v>
-[...3 lines deleted...]
-      </c>
+        <v>32.534930139720558</v>
+      </c>
+      <c r="U13" s="18"/>
       <c r="V13" s="18">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>579</v>
+      </c>
+      <c r="W13" s="27">
+        <v>650</v>
       </c>
       <c r="X13" s="27">
-        <v>664</v>
+        <v>718</v>
       </c>
     </row>
-    <row r="14" spans="1:24" s="8" customFormat="1" ht="15.5" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:24" s="40" customFormat="1" ht="15.5" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="20" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B14" s="24">
-        <v>45965</v>
+        <v>46083</v>
       </c>
       <c r="C14" s="25" t="s">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="D14" s="26">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E14" s="26"/>
+        <v>16.5</v>
+      </c>
+      <c r="E14" s="18"/>
       <c r="F14" s="18">
-        <v>9220</v>
-[...7 lines deleted...]
-      <c r="I14" s="27"/>
+        <f>9546*1.005</f>
+        <v>9593.73</v>
+      </c>
+      <c r="G14" s="27">
+        <f>9886*1.003</f>
+        <v>9915.6579999999994</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="18"/>
       <c r="J14" s="18">
-        <v>2404</v>
-[...7 lines deleted...]
-      <c r="M14" s="27"/>
+        <v>2549</v>
+      </c>
+      <c r="K14" s="27">
+        <v>2669</v>
+      </c>
+      <c r="L14" s="27"/>
+      <c r="M14" s="18"/>
       <c r="N14" s="18">
-        <v>747</v>
-[...7 lines deleted...]
-      <c r="Q14" s="27"/>
+        <v>816</v>
+      </c>
+      <c r="O14" s="27">
+        <v>856</v>
+      </c>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="19"/>
       <c r="R14" s="19">
-        <v>31.073211314475873</v>
-[...7 lines deleted...]
-      <c r="U14" s="19"/>
+        <v>32</v>
+      </c>
+      <c r="S14" s="28">
+        <v>32.1</v>
+      </c>
+      <c r="T14" s="28"/>
+      <c r="U14" s="18"/>
       <c r="V14" s="18">
-        <v>577</v>
-[...6 lines deleted...]
-      </c>
+        <v>594</v>
+      </c>
+      <c r="W14" s="27">
+        <v>600</v>
+      </c>
+      <c r="X14" s="27"/>
     </row>
-    <row r="15" spans="1:24" s="8" customFormat="1" ht="15.5" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:24" s="40" customFormat="1" ht="15.5" customHeight="1" outlineLevel="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="20" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="B15" s="24">
         <v>46038</v>
       </c>
       <c r="C15" s="25" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D15" s="26">
         <v>13.1</v>
       </c>
-      <c r="E15" s="26"/>
+      <c r="E15" s="18"/>
       <c r="F15" s="18">
-        <v>9255</v>
-[...1 lines deleted...]
-      <c r="G15" s="18">
         <v>9733</v>
       </c>
-      <c r="H15" s="27">
+      <c r="G15" s="27">
         <v>10219</v>
       </c>
-      <c r="I15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="18"/>
       <c r="J15" s="18">
-        <v>2452</v>
-[...1 lines deleted...]
-      <c r="K15" s="18">
         <v>2622</v>
       </c>
+      <c r="K15" s="27">
+        <v>2823</v>
+      </c>
       <c r="L15" s="27">
-        <v>2823</v>
-[...1 lines deleted...]
-      <c r="M15" s="27"/>
+        <v>3035</v>
+      </c>
+      <c r="M15" s="18"/>
       <c r="N15" s="18">
-        <v>792</v>
-[...1 lines deleted...]
-      <c r="O15" s="18">
         <v>802</v>
       </c>
+      <c r="O15" s="27">
+        <v>866</v>
+      </c>
       <c r="P15" s="27">
-        <v>866</v>
-[...1 lines deleted...]
-      <c r="Q15" s="27"/>
+        <v>933</v>
+      </c>
+      <c r="Q15" s="19"/>
       <c r="R15" s="19">
-        <f>(N15/J15)*100</f>
-        <v>32.30016313213703</v>
+        <v>30.6</v>
       </c>
       <c r="S15" s="19">
-        <f t="shared" ref="S15:T15" si="0">(O15/K15)*100</f>
-        <v>30.587337909992375</v>
+        <v>30.7</v>
       </c>
       <c r="T15" s="19">
-        <f t="shared" si="0"/>
-[...2 lines deleted...]
-      <c r="U15" s="19"/>
+        <v>30.8</v>
+      </c>
+      <c r="U15" s="18"/>
       <c r="V15" s="18">
-        <v>566</v>
-[...1 lines deleted...]
-      <c r="W15" s="18">
         <v>572</v>
       </c>
+      <c r="W15" s="27">
+        <v>617</v>
+      </c>
       <c r="X15" s="27">
-        <v>617</v>
+        <v>663</v>
       </c>
     </row>
     <row r="16" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B16" s="35">
         <f>MAX(B5:B15)</f>
-        <v>46038</v>
+        <v>46085</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D16" s="21">
-        <f ca="1">AVERAGE(D$5:E$15)</f>
-[...5 lines deleted...]
-      </c>
+        <f>AVERAGE(D$5:D$15)</f>
+        <v>14.387499999999999</v>
+      </c>
+      <c r="E16" s="11"/>
       <c r="F16" s="11">
         <f>AVERAGE(F$5:F$15)</f>
-        <v>9236.4831793984213</v>
+        <v>9665.6664999999994</v>
       </c>
       <c r="G16" s="11">
-        <f>AVERAGE(G$5:G$15)</f>
-[...9 lines deleted...]
-      </c>
+        <f>AVERAGE(G$6:G$15)</f>
+        <v>10072.785399999999</v>
+      </c>
+      <c r="H16" s="11" t="e">
+        <f>AVERAGE(H$5:H$15)</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I16" s="11"/>
       <c r="J16" s="11">
         <f>AVERAGE(J$5:J$15)</f>
-        <v>2429.3333333333335</v>
+        <v>2596.8571428571427</v>
       </c>
       <c r="K16" s="11">
         <f>AVERAGE(K$5:K$15)</f>
-        <v>2584.7777777777778</v>
+        <v>2764</v>
       </c>
       <c r="L16" s="11">
         <f>AVERAGE(L$5:L$15)</f>
-        <v>2744.875</v>
-[...4 lines deleted...]
-      </c>
+        <v>3020.5</v>
+      </c>
+      <c r="M16" s="11"/>
       <c r="N16" s="11">
         <f>AVERAGE(N$5:N$15)</f>
-        <v>770.88888888888891</v>
+        <v>815.85714285714289</v>
       </c>
       <c r="O16" s="11">
         <f>AVERAGE(O$5:O$15)</f>
-        <v>811.44444444444446</v>
+        <v>872.66666666666663</v>
       </c>
       <c r="P16" s="11">
         <f>AVERAGE(P$5:P$15)</f>
-        <v>862.875</v>
-[...4 lines deleted...]
-      </c>
+        <v>955.5</v>
+      </c>
+      <c r="Q16" s="12"/>
       <c r="R16" s="12">
         <f>AVERAGE(R$5:R$15)</f>
-        <v>31.725611446346122</v>
+        <v>31.431691958602833</v>
       </c>
       <c r="S16" s="12">
         <f>AVERAGE(S$5:S$15)</f>
-        <v>31.401538848903424</v>
+        <v>31.57639947892179</v>
       </c>
       <c r="T16" s="12">
         <f>AVERAGE(T$5:T$15)</f>
-        <v>31.421843314112163</v>
-[...4 lines deleted...]
-      </c>
+        <v>31.667465069860278</v>
+      </c>
+      <c r="U16" s="11"/>
       <c r="V16" s="11">
         <f>AVERAGE(V$5:V$15)</f>
-        <v>574.66666666666663</v>
+        <v>592.14285714285711</v>
       </c>
       <c r="W16" s="11">
         <f>AVERAGE(W$5:W$15)</f>
-        <v>594.44444444444446</v>
+        <v>614.16666666666663</v>
       </c>
       <c r="X16" s="11">
         <f>AVERAGE(X$5:X$15)</f>
-        <v>614.75</v>
+        <v>690.5</v>
       </c>
     </row>
     <row r="17" spans="1:24" s="13" customFormat="1" ht="15.65" hidden="1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B17" s="35" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D17" s="21" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E17" s="11">
-        <v>8924.2690000000002</v>
+        <v>9264</v>
       </c>
       <c r="F17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="H17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I17" s="11">
-        <v>2269.7860000000001</v>
+        <v>2390</v>
       </c>
       <c r="J17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="K17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="L17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="M17" s="11">
-        <v>694.39499999999998</v>
+        <v>741</v>
       </c>
       <c r="N17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="O17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="P17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="Q17" s="12">
-        <v>30.6</v>
+        <v>31</v>
       </c>
       <c r="R17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="S17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="T17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="U17" s="11">
-        <v>533.58100000000002</v>
+        <v>550.45799999999997</v>
       </c>
       <c r="V17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="W17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="X17" s="11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A18" s="30"/>
       <c r="B18" s="31"/>
       <c r="C18" s="30" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D18" s="32"/>
-      <c r="E18" s="32"/>
+      <c r="E18" s="33"/>
       <c r="F18" s="33">
         <f>F16/E17-1</f>
-        <v>3.4984846310484485E-2</v>
+        <v>4.3357782815198531E-2</v>
       </c>
       <c r="G18" s="33">
         <f>G16/F16-1</f>
-        <v>3.8054380695161871E-2</v>
-[...1 lines deleted...]
-      <c r="H18" s="33">
+        <v>4.2120106254441847E-2</v>
+      </c>
+      <c r="H18" s="33" t="e">
         <f>H16/G16-1</f>
-        <v>3.6678333754514236E-2</v>
+        <v>#DIV/0!</v>
       </c>
       <c r="I18" s="33"/>
       <c r="J18" s="33">
         <f>J16/I17-1</f>
-        <v>7.0291795496726817E-2</v>
+        <v>8.6551105797967542E-2</v>
       </c>
       <c r="K18" s="33">
         <f>K16/J16-1</f>
-        <v>6.3986461763629654E-2</v>
+        <v>6.436351633843107E-2</v>
       </c>
       <c r="L18" s="33">
         <f>L16/K16-1</f>
-        <v>6.193848600782359E-2</v>
+        <v>9.2800289435600591E-2</v>
       </c>
       <c r="M18" s="33"/>
       <c r="N18" s="33">
         <f>N16/M17-1</f>
-        <v>0.11015904332388482</v>
+        <v>0.10102178523231164</v>
       </c>
       <c r="O18" s="33">
         <f>O16/N16-1</f>
-        <v>5.2608820985874827E-2</v>
+        <v>6.9631704896982338E-2</v>
       </c>
       <c r="P18" s="33">
         <f>P16/O16-1</f>
-        <v>6.3381487060112374E-2</v>
-[...1 lines deleted...]
-      <c r="Q18" s="33"/>
+        <v>9.4919786096256731E-2</v>
+      </c>
+      <c r="Q18" s="34"/>
       <c r="R18" s="34">
         <f>R16-Q17</f>
-        <v>1.1256114463461202</v>
+        <v>0.43169195860283338</v>
       </c>
       <c r="S18" s="34">
         <f>S16-R16</f>
-        <v>-0.32407259744269723</v>
+        <v>0.14470752031895628</v>
       </c>
       <c r="T18" s="34">
         <f>T16-S16</f>
-        <v>2.030446520873852E-2</v>
-[...1 lines deleted...]
-      <c r="U18" s="34"/>
+        <v>9.1065590938487873E-2</v>
+      </c>
+      <c r="U18" s="33"/>
       <c r="V18" s="33">
         <f>V16/U17-1</f>
-        <v>7.6999868186210962E-2</v>
+        <v>7.572758892205611E-2</v>
       </c>
       <c r="W18" s="33">
         <f>W16/V16-1</f>
-        <v>3.4416086620262965E-2</v>
+        <v>3.7193405709690319E-2</v>
       </c>
       <c r="X18" s="33">
         <f>X16/W16-1</f>
-        <v>3.4158878504672918E-2</v>
+        <v>0.12428765264586161</v>
       </c>
     </row>
     <row r="19" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="14"/>
       <c r="B19" s="10"/>
       <c r="C19" s="9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D19" s="12">
-        <f ca="1">STDEV(D$5:D$14)</f>
-[...2 lines deleted...]
-      <c r="E19" s="12"/>
+        <f t="shared" ref="D19:R19" si="0">STDEV(D$5:D$14)</f>
+        <v>2.5401537261317402</v>
+      </c>
+      <c r="E19" s="11"/>
       <c r="F19" s="11">
-        <f>STDEV(F$5:F$14)</f>
-        <v>67.700287124005953</v>
+        <f t="shared" si="0"/>
+        <v>112.54226723858031</v>
       </c>
       <c r="G19" s="11">
-        <f>STDEV(G$5:G$14)</f>
-[...6 lines deleted...]
-      <c r="I19" s="11"/>
+        <f t="shared" si="0"/>
+        <v>155.77089853665461</v>
+      </c>
+      <c r="H19" s="11" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I19" s="11" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
       <c r="J19" s="11">
-        <f>STDEV(J$5:J$14)</f>
-        <v>16.775832957816771</v>
+        <f t="shared" si="0"/>
+        <v>44.911765347920436</v>
       </c>
       <c r="K19" s="11">
-        <f>STDEV(K$5:K$14)</f>
-[...6 lines deleted...]
-      <c r="M19" s="11"/>
+        <f t="shared" si="0"/>
+        <v>79.168806988611365</v>
+      </c>
+      <c r="L19" s="11" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="M19" s="11" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
       <c r="N19" s="11">
-        <f>STDEV(N$5:N$14)</f>
-        <v>13.604096021839473</v>
+        <f t="shared" si="0"/>
+        <v>25.396193940562565</v>
       </c>
       <c r="O19" s="11">
-        <f>STDEV(O$5:O$14)</f>
-[...6 lines deleted...]
-      <c r="Q19" s="11"/>
+        <f t="shared" si="0"/>
+        <v>44.966654311834233</v>
+      </c>
+      <c r="P19" s="11" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="Q19" s="11" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
       <c r="R19" s="11">
-        <f>STDEV(R$5:R$14)</f>
-        <v>0.48792506616887521</v>
+        <f t="shared" si="0"/>
+        <v>0.7682710786354654</v>
       </c>
       <c r="S19" s="11">
-        <f>STDEV(S$5:S$14)</f>
-        <v>0.89833536335482633</v>
+        <f>STDEV(S$5:S$15)</f>
+        <v>0.94455291254274154</v>
       </c>
       <c r="T19" s="11">
-        <f>STDEV(T$5:T$14)</f>
-[...2 lines deleted...]
-      <c r="U19" s="11"/>
+        <f>STDEV(T$5:T$15)</f>
+        <v>1.2267808666813305</v>
+      </c>
+      <c r="U19" s="11" t="e">
+        <f>STDEV(U$5:U$14)</f>
+        <v>#DIV/0!</v>
+      </c>
       <c r="V19" s="11">
         <f>STDEV(V$5:V$14)</f>
-        <v>14.762403985414144</v>
+        <v>34.086654279937775</v>
       </c>
       <c r="W19" s="11">
         <f>STDEV(W$5:W$14)</f>
-        <v>36.915927650347811</v>
-[...1 lines deleted...]
-      <c r="X19" s="11">
+        <v>37.286726860908566</v>
+      </c>
+      <c r="X19" s="11" t="e">
         <f>STDEV(X$5:X$14)</f>
-        <v>47.801175518520267</v>
+        <v>#DIV/0!</v>
       </c>
     </row>
     <row r="20" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="14"/>
       <c r="B20" s="10"/>
       <c r="C20" s="9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D20" s="12">
-        <f ca="1">MAX(D$5:D$14)</f>
-[...2 lines deleted...]
-      <c r="E20" s="12"/>
+        <f t="shared" ref="D20:X20" si="1">MAX(D$5:D$14)</f>
+        <v>18</v>
+      </c>
+      <c r="E20" s="11">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
       <c r="F20" s="11">
-        <f>MAX(F$5:F$14)</f>
-        <v>9323</v>
+        <f t="shared" si="1"/>
+        <v>9791.2690000000002</v>
       </c>
       <c r="G20" s="11">
-        <f>MAX(G$5:G$14)</f>
-        <v>9791.2690000000002</v>
+        <f t="shared" si="1"/>
+        <v>10264.269</v>
       </c>
       <c r="H20" s="11">
-        <f>MAX(H$5:H$14)</f>
-[...2 lines deleted...]
-      <c r="I20" s="11"/>
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I20" s="11">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
       <c r="J20" s="11">
-        <f>MAX(J$5:J$14)</f>
-        <v>2453</v>
+        <f t="shared" si="1"/>
+        <v>2662</v>
       </c>
       <c r="K20" s="11">
-        <f>MAX(K$5:K$14)</f>
-        <v>2662</v>
+        <f t="shared" si="1"/>
+        <v>2866</v>
       </c>
       <c r="L20" s="11">
-        <f>MAX(L$5:L$14)</f>
-[...2 lines deleted...]
-      <c r="M20" s="11"/>
+        <f t="shared" si="1"/>
+        <v>3006</v>
+      </c>
+      <c r="M20" s="11">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
       <c r="N20" s="11">
-        <f>MAX(N$5:N$14)</f>
-        <v>790</v>
+        <f t="shared" si="1"/>
+        <v>854</v>
       </c>
       <c r="O20" s="11">
-        <f>MAX(O$5:O$14)</f>
-        <v>863</v>
+        <f t="shared" si="1"/>
+        <v>939</v>
       </c>
       <c r="P20" s="11">
-        <f>MAX(P$5:P$14)</f>
-[...2 lines deleted...]
-      <c r="Q20" s="11"/>
+        <f t="shared" si="1"/>
+        <v>978</v>
+      </c>
+      <c r="Q20" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
       <c r="R20" s="12">
-        <f>MAX(R$5:R$14)</f>
-[...4 lines deleted...]
-        <v>33</v>
+        <f t="shared" si="1"/>
+        <v>32.5</v>
+      </c>
+      <c r="S20" s="11">
+        <f t="shared" si="1"/>
+        <v>32.799999999999997</v>
       </c>
       <c r="T20" s="11">
-        <f>MAX(T$5:T$14)</f>
-[...2 lines deleted...]
-      <c r="U20" s="11"/>
+        <f t="shared" si="1"/>
+        <v>32.534930139720558</v>
+      </c>
+      <c r="U20" s="11">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
       <c r="V20" s="11">
-        <f>MAX(V$5:V$14)</f>
-        <v>601</v>
+        <f t="shared" si="1"/>
+        <v>660</v>
       </c>
       <c r="W20" s="11">
-        <f>MAX(W$5:W$14)</f>
-        <v>660</v>
+        <f t="shared" si="1"/>
+        <v>656</v>
       </c>
       <c r="X20" s="11">
-        <f>MAX(X$5:X$14)</f>
-        <v>699</v>
+        <f t="shared" si="1"/>
+        <v>718</v>
       </c>
     </row>
     <row r="21" spans="1:24" s="13" customFormat="1" ht="15.65" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="14"/>
       <c r="B21" s="10"/>
       <c r="C21" s="9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D21" s="12">
-        <f ca="1">MIN(D$5:D$14)</f>
-[...2 lines deleted...]
-      <c r="E21" s="12"/>
+        <f t="shared" ref="D21:X21" si="2">MIN(D$5:D$14)</f>
+        <v>11.5</v>
+      </c>
+      <c r="E21" s="11">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
       <c r="F21" s="11">
-        <f>MIN(F$5:F$14)</f>
-        <v>9141.5964351873699</v>
+        <f t="shared" si="2"/>
+        <v>9552</v>
       </c>
       <c r="G21" s="11">
-        <f>MIN(G$5:G$14)</f>
-        <v>9354.5056127336575</v>
+        <f t="shared" si="2"/>
+        <v>9915.6579999999994</v>
       </c>
       <c r="H21" s="11">
-        <f>MIN(H$5:H$14)</f>
-[...2 lines deleted...]
-      <c r="I21" s="11"/>
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="I21" s="11">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
       <c r="J21" s="11">
-        <f>MIN(J$5:J$14)</f>
-        <v>2404</v>
+        <f t="shared" si="2"/>
+        <v>2549</v>
       </c>
       <c r="K21" s="11">
-        <f>MIN(K$5:K$14)</f>
-        <v>2510</v>
+        <f t="shared" si="2"/>
+        <v>2669</v>
       </c>
       <c r="L21" s="11">
-        <f>MIN(L$5:L$14)</f>
-[...2 lines deleted...]
-      <c r="M21" s="11"/>
+        <f t="shared" si="2"/>
+        <v>3006</v>
+      </c>
+      <c r="M21" s="11">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
       <c r="N21" s="11">
-        <f>MIN(N$5:N$14)</f>
-        <v>747</v>
+        <f t="shared" si="2"/>
+        <v>782</v>
       </c>
       <c r="O21" s="11">
-        <f>MIN(O$5:O$14)</f>
-        <v>779</v>
+        <f t="shared" si="2"/>
+        <v>831</v>
       </c>
       <c r="P21" s="11">
-        <f>MIN(P$5:P$14)</f>
-[...2 lines deleted...]
-      <c r="Q21" s="11"/>
+        <f t="shared" si="2"/>
+        <v>978</v>
+      </c>
+      <c r="Q21" s="12">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
       <c r="R21" s="12">
-        <f>MIN(R$5:R$14)</f>
-[...3 lines deleted...]
-        <f>MIN(S$5:S$14)</f>
+        <f t="shared" si="2"/>
         <v>30.3</v>
       </c>
+      <c r="S21" s="11">
+        <f t="shared" si="2"/>
+        <v>30.4</v>
+      </c>
       <c r="T21" s="11">
-        <f>MIN(T$5:T$14)</f>
-[...2 lines deleted...]
-      <c r="U21" s="11"/>
+        <f t="shared" si="2"/>
+        <v>32.534930139720558</v>
+      </c>
+      <c r="U21" s="11">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
       <c r="V21" s="11">
-        <f>MIN(V$5:V$14)</f>
-        <v>555</v>
+        <f t="shared" si="2"/>
+        <v>563</v>
       </c>
       <c r="W21" s="11">
-        <f>MIN(W$5:W$14)</f>
-        <v>559</v>
+        <f t="shared" si="2"/>
+        <v>573</v>
       </c>
       <c r="X21" s="11">
-        <f>MIN(X$5:X$14)</f>
-        <v>574</v>
+        <f t="shared" si="2"/>
+        <v>718</v>
       </c>
     </row>
     <row r="22" spans="1:24" ht="15" thickTop="1" x14ac:dyDescent="0.35"/>
     <row r="23" spans="1:24" ht="15.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="24" spans="1:24" ht="15.5" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:X14">
     <sortCondition descending="1" ref="B5:B14"/>
   </sortState>
   <mergeCells count="9">
     <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
     <mergeCell ref="U3:X3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:H3"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="73" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;Z&amp;F&amp;F&amp;A</oddFooter>
   </headerFooter>
@@ -4403,50 +4244,51 @@
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Analyst Projections</vt:lpstr>
       <vt:lpstr>Projeções dos Analistas</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>OdontoPrev</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gustavo Tordin Fornazieri</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_92444c4c-8bf2-41f2-9034-db3445275fd9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_92444c4c-8bf2-41f2-9034-db3445275fd9_SetDate">
     <vt:lpwstr>2022-02-14T14:16:42Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_92444c4c-8bf2-41f2-9034-db3445275fd9_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_92444c4c-8bf2-41f2-9034-db3445275fd9_Name">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_92444c4c-8bf2-41f2-9034-db3445275fd9_SiteId">
     <vt:lpwstr>8a4791e4-1c14-4feb-b017-c020d95331dd</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_92444c4c-8bf2-41f2-9034-db3445275fd9_ActionId">
     <vt:lpwstr>9c9c5006-8a23-4a7d-b6a2-22f168fcf314</vt:lpwstr>
   </property>