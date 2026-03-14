--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -5,86 +5,86 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://anheuserbuschinbev.sharepoint.com/sites/Relacoescominvestidores/Shared Documents/14. Outros/2025/Site RI AmBev- Atualizações Pontuais/Dividendos Pagos/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://anheuserbuschinbev.sharepoint.com/sites/Relacoescominvestidores/Shared Documents/17. Site de RI/2026/01. Seção Dividendos/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="13" documentId="8_{703C8CBF-A264-4CB5-B258-2E77B8216C75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{20B5E35E-3A66-4277-8ABB-2EFA46374224}"/>
+  <xr:revisionPtr revIDLastSave="35" documentId="8_{703C8CBF-A264-4CB5-B258-2E77B8216C75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D2BB1731-5D79-4FB7-B4C6-CA4C0F356B2E}"/>
   <bookViews>
-    <workbookView xWindow="28695" yWindow="0" windowWidth="26010" windowHeight="20985" activeTab="1" xr2:uid="{598C4ACA-777B-4EF6-8993-711D199EFF7A}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{598C4ACA-777B-4EF6-8993-711D199EFF7A}"/>
   </bookViews>
   <sheets>
     <sheet name="Cia de Bebidas" sheetId="1" r:id="rId1"/>
     <sheet name="Ambev S.A." sheetId="4" r:id="rId2"/>
     <sheet name="Plan2" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="Plan3" sheetId="3" state="hidden" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="20">
   <si>
     <t>REDUÇÃO DE CAPITAL</t>
   </si>
   <si>
     <t>JUROS S/ CAP PRÓRPIO</t>
   </si>
   <si>
     <t>DIVIDENDOS</t>
   </si>
   <si>
     <t>DATA</t>
   </si>
   <si>
     <t>APROVAÇÃO</t>
   </si>
   <si>
     <t>PAGAMENTO</t>
   </si>
   <si>
     <t>ORD</t>
   </si>
   <si>
     <t>PREF</t>
   </si>
   <si>
@@ -107,56 +107,56 @@
   </si>
   <si>
     <t>JUROS S/ CAP PRÓPRIO</t>
   </si>
   <si>
     <t>DIVIDENDOS (i)</t>
   </si>
   <si>
     <t>DIVIDENDOS (ii)</t>
   </si>
   <si>
     <t>HISTÓRICO DOS RENDIMENTOS PAGOS PELA AMBEV S.A.</t>
   </si>
   <si>
     <t>HISTÓRICO DOS RENDIMENTOS PAGOS PELA AMBEV (CIA DE BEBIDAS)</t>
   </si>
   <si>
     <t>VLR POR AÇÃO ORD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="6">
-    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-[...4 lines deleted...]
-    <numFmt numFmtId="168" formatCode="0.0000"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="0.0000000"/>
+    <numFmt numFmtId="166" formatCode="dd\-mmm\-yy"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="168" formatCode="0.000000"/>
+    <numFmt numFmtId="169" formatCode="0.0000"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -560,51 +560,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA5A5A5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="24">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -817,50 +817,87 @@
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.49986266670735802"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -869,143 +906,159 @@
     <xf numFmtId="0" fontId="5" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="37" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="38" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="39" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="40" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="41" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="42" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="43" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="43" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="44" borderId="15" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="16" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="44" borderId="15" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="37" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="38" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="39" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="40" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="42" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="17" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="18" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="16" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="45" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="45" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="20" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="20" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="43" borderId="21" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="41" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="43" borderId="21" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="17" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="22" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="23" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="50" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="50" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="50" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="167" fontId="4" fillId="0" borderId="0" xfId="50" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="50" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="168" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="168" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="167" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="1" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="84">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="20% - Ênfase1" xfId="7" xr:uid="{6987D470-BDD4-4ADF-B29E-E843FF9B27C7}"/>
     <cellStyle name="20% - Ênfase2" xfId="8" xr:uid="{31EE3A1B-D9EA-472C-A56A-698E849D31FB}"/>
@@ -1399,84 +1452,84 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FB9C46E2-1E12-45D9-B364-975C8A558DFA}">
   <dimension ref="A1:L81"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A67" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="11.7265625" customWidth="1"/>
     <col min="3" max="4" width="10.7265625" customWidth="1"/>
     <col min="5" max="6" width="16" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22" customWidth="1"/>
     <col min="8" max="8" width="10.453125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="10.26953125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.26953125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="35" t="s">
+      <c r="A2" s="41" t="s">
         <v>18</v>
       </c>
-      <c r="B2" s="36"/>
-[...4 lines deleted...]
-      <c r="G2" s="37"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="43"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="7"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="33" t="s">
+      <c r="C4" s="39" t="s">
         <v>11</v>
       </c>
-      <c r="D4" s="34"/>
-      <c r="E4" s="33" t="s">
+      <c r="D4" s="40"/>
+      <c r="E4" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="34"/>
+      <c r="F4" s="40"/>
       <c r="G4" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>13</v>
@@ -3268,106 +3321,106 @@
     <row r="80" spans="1:12" ht="14" x14ac:dyDescent="0.3">
       <c r="E80" s="16"/>
       <c r="F80" s="16"/>
       <c r="G80" s="16"/>
     </row>
     <row r="81" spans="5:7" ht="14" x14ac:dyDescent="0.3">
       <c r="E81" s="16"/>
       <c r="F81" s="16"/>
       <c r="G81" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{45C5A04D-C9CF-4D54-87D5-AD0A3BFABA17}">
-  <dimension ref="A1:L48"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="M26" sqref="M26"/>
+      <selection pane="bottomLeft" activeCell="C34" sqref="C34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="11.7265625" customWidth="1"/>
     <col min="3" max="4" width="10.7265625" customWidth="1"/>
     <col min="5" max="5" width="17.26953125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22" customWidth="1"/>
     <col min="8" max="8" width="10.453125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="10.26953125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.26953125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A2" s="35" t="s">
+      <c r="A2" s="41" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="36"/>
-[...4 lines deleted...]
-      <c r="G2" s="37"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="43"/>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="7"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="33" t="s">
+      <c r="C4" s="39" t="s">
         <v>19</v>
       </c>
-      <c r="D4" s="34"/>
-      <c r="E4" s="33" t="s">
+      <c r="D4" s="40"/>
+      <c r="E4" s="39" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="34"/>
+      <c r="F4" s="40"/>
       <c r="G4" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>13</v>
@@ -4300,90 +4353,160 @@
       </c>
       <c r="B40" s="2">
         <v>45936</v>
       </c>
       <c r="C40" s="25">
         <v>0.1283</v>
       </c>
       <c r="D40" s="31">
         <v>0.1283</v>
       </c>
       <c r="E40" s="23">
         <v>2000487254.6296</v>
       </c>
       <c r="F40" s="23">
         <v>2000487254.6296</v>
       </c>
       <c r="G40" s="9" t="s">
         <v>2</v>
       </c>
       <c r="H40" s="28"/>
       <c r="I40" s="18"/>
       <c r="J40" s="18"/>
       <c r="K40" s="18"/>
       <c r="L40" s="17"/>
     </row>
-    <row r="41" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H41" s="18"/>
+    <row r="41" spans="1:12" ht="13" x14ac:dyDescent="0.3">
+      <c r="A41" s="12">
+        <v>46000</v>
+      </c>
+      <c r="B41" s="2">
+        <v>46021</v>
+      </c>
+      <c r="C41" s="25">
+        <v>0.1153</v>
+      </c>
+      <c r="D41" s="31">
+        <v>0.1153</v>
+      </c>
+      <c r="E41" s="23">
+        <v>1800572457.4100001</v>
+      </c>
+      <c r="F41" s="23">
+        <v>1800572457.4100001</v>
+      </c>
+      <c r="G41" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="H41" s="28"/>
       <c r="I41" s="18"/>
-    </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="J41" s="18"/>
+      <c r="K41" s="18"/>
+      <c r="L41" s="17"/>
+    </row>
+    <row r="42" spans="1:12" ht="13" x14ac:dyDescent="0.3">
+      <c r="A42" s="12">
+        <v>46000</v>
+      </c>
+      <c r="B42" s="2">
+        <v>46021</v>
+      </c>
+      <c r="C42" s="25">
+        <v>0.34589999999999999</v>
+      </c>
+      <c r="D42" s="31">
+        <v>0.34589999999999999</v>
+      </c>
+      <c r="E42" s="23">
+        <v>5401717372.2299995</v>
+      </c>
+      <c r="F42" s="23">
+        <v>5401717372.2299995</v>
+      </c>
+      <c r="G42" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="H42" s="28"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="18"/>
+      <c r="K42" s="18"/>
       <c r="L42" s="17"/>
     </row>
-    <row r="43" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="I43" s="17"/>
+    <row r="43" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="33">
+        <v>46000</v>
+      </c>
+      <c r="B43" s="34">
+        <v>46386</v>
+      </c>
+      <c r="C43" s="35">
+        <v>2.69E-2</v>
+      </c>
+      <c r="D43" s="36">
+        <v>0.22869999999999999</v>
+      </c>
+      <c r="E43" s="37">
+        <v>4200815186.8499999</v>
+      </c>
+      <c r="F43" s="37">
+        <v>3640019574.1599998</v>
+      </c>
+      <c r="G43" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" s="18"/>
+      <c r="I43" s="18"/>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="C44" s="32"/>
-[...4 lines deleted...]
-      <c r="E45" s="26"/>
+      <c r="L44" s="17"/>
+    </row>
+    <row r="45" spans="1:12" ht="13" x14ac:dyDescent="0.3">
+      <c r="A45" s="29"/>
+      <c r="C45" s="30"/>
+      <c r="E45" s="17"/>
+      <c r="I45" s="17"/>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="E46" s="18"/>
-[...9 lines deleted...]
-      <c r="G48" s="16"/>
+      <c r="C46" s="32"/>
+      <c r="E46" s="22"/>
+      <c r="F46" s="18"/>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E47" s="26"/>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="E48" s="18"/>
+    </row>
+    <row r="49" spans="5:7" ht="14" x14ac:dyDescent="0.3">
+      <c r="E49" s="27"/>
+      <c r="F49" s="16"/>
+      <c r="G49" s="16"/>
+    </row>
+    <row r="50" spans="5:7" ht="14" x14ac:dyDescent="0.3">
+      <c r="E50" s="16"/>
+      <c r="F50" s="16"/>
+      <c r="G50" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CBE25B39-781F-4AC2-922E-B23BA6D7D9F9}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.49212598499999999" footer="0.49212598499999999"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
@@ -4694,66 +4817,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCEF9C89-4F5A-40FD-97EC-5401F2B68B8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f8c03b24-8d95-4c54-a998-33135480af90"/>
     <ds:schemaRef ds:uri="8d602a09-1222-4571-be0b-9470fafe4ff5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34902941-E4F1-444E-960A-5F0E607C769A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8341FAD-B1D6-4C75-BFC5-5D8893C450FF}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FC53EB4-F8C3-4161-A168-B191C2EFCC58}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Cia de Bebidas</vt:lpstr>
       <vt:lpstr>Ambev S.A.</vt:lpstr>
       <vt:lpstr>Plan2</vt:lpstr>
       <vt:lpstr>Plan3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>