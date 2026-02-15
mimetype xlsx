--- v0 (2025-11-13)
+++ v1 (2026-02-15)
@@ -3,84 +3,84 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://anheuserbuschinbev.sharepoint.com/sites/Relacoescominvestidores/Shared Documents/14. Outros/2025/Site RI AmBev- Atualizações Pontuais/Dividendos Pagos/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\99833555\Anheuser-Busch InBev\Relações com Investidores - RI - Documentos\17. Site de RI\2026\01. Seção Dividendos\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="39" documentId="8_{0158B29E-210C-4A11-A8C5-4B8A94EBF158}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5131321A-663D-4796-B131-CA3F63C78FD1}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C4D6E17D-0BE1-42A9-A82E-B1D55306721B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="54495" yWindow="0" windowWidth="26010" windowHeight="20985" activeTab="1" xr2:uid="{2AB3AB11-F69C-4263-9853-12A0BA82E135}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{2AB3AB11-F69C-4263-9853-12A0BA82E135}"/>
   </bookViews>
   <sheets>
     <sheet name="Cia de Bebidas" sheetId="1" r:id="rId1"/>
     <sheet name="Ambev S.A." sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029" iterate="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="17">
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>APPROVAL</t>
   </si>
   <si>
     <t>PAYMENT</t>
   </si>
   <si>
     <t>VALUE PER SHARE (NET)</t>
   </si>
   <si>
     <t>COMMOM</t>
   </si>
   <si>
     <t>PREFERRED</t>
   </si>
   <si>
     <t>GROSS</t>
   </si>
   <si>
     <t>NET</t>
   </si>
   <si>
@@ -94,52 +94,52 @@
   </si>
   <si>
     <t>HISTORY OF DIVIDENDS AND INTEREST ON SHAREHOLDERS' EQUITY PAID BY AMBEV S.A.</t>
   </si>
   <si>
     <t>INTEREST ON CAPITAL</t>
   </si>
   <si>
     <t>DIVIDENDS</t>
   </si>
   <si>
     <t>DIVIDENDS (i)</t>
   </si>
   <si>
     <t>DIVIDENDS (ii)</t>
   </si>
   <si>
     <t>CAPITAL REDUCTION</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="7">
-    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0000000"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="0.000000"/>
     <numFmt numFmtId="168" formatCode="0.0000"/>
     <numFmt numFmtId="169" formatCode="[$-409]d\-mmm\-yy;@"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -620,51 +620,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA5A5A5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="26">
+  <borders count="29">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -895,50 +895,87 @@
       <bottom style="thick">
         <color theme="4" tint="0.49974059266945403"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.49980162968840602"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="129">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -980,157 +1017,163 @@
     <xf numFmtId="0" fontId="6" fillId="44" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="45" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="46" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="47" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="47" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="48" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="48" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="49" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="49" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="50" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="50" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="51" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="51" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="52" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="52" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="53" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="53" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="54" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="55" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="55" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="55" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="56" borderId="15" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="16" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="56" borderId="15" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="56" borderId="15" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="47" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="48" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="49" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="50" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="51" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="52" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="54" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="54" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="17" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="18" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="20" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="16" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="57" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="57" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="57" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="21" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="21" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="21" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="55" borderId="22" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="55" borderId="22" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="53" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="55" borderId="22" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="17" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="23" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="24" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="20" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="25" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+  <cellXfs count="42">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1"/>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="83" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="83" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="83" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="83" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="83" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="167" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
-[...1 lines deleted...]
-    <xf numFmtId="167" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="169" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="8" xfId="108" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="8" xfId="108" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="1" xfId="108" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="1" fillId="0" borderId="1" xfId="108" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="169" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="167" fontId="1" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="129">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="2" xr:uid="{66142D14-035A-4134-B325-6B9F2FA83575}"/>
     <cellStyle name="20% - Accent2" xfId="3" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent2 2" xfId="4" xr:uid="{00D67B7B-1E2D-480D-B01F-46B2DC836182}"/>
@@ -1573,1848 +1616,1848 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6FDA7C98-D77D-4788-B9C2-39DCDDE5F538}">
   <dimension ref="A1:L81"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A37" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="K54" sqref="K54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="11.81640625" customWidth="1"/>
     <col min="3" max="4" width="10.81640625" customWidth="1"/>
     <col min="5" max="6" width="16" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22" customWidth="1"/>
     <col min="8" max="8" width="10.453125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="10.1796875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.81640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="36" t="s">
+      <c r="A2" s="38" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="37"/>
-[...4 lines deleted...]
-      <c r="G2" s="38"/>
+      <c r="B2" s="39"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="39"/>
+      <c r="E2" s="39"/>
+      <c r="F2" s="39"/>
+      <c r="G2" s="40"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="5"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="6"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="34" t="s">
+      <c r="C4" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="35"/>
-      <c r="E4" s="34" t="s">
+      <c r="D4" s="37"/>
+      <c r="E4" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="F4" s="35"/>
+      <c r="F4" s="37"/>
       <c r="G4" s="8"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="9"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="10"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7" s="30">
+      <c r="A7" s="27">
         <v>36542</v>
       </c>
-      <c r="B7" s="30">
+      <c r="B7" s="27">
         <v>36608</v>
       </c>
       <c r="C7" s="3">
         <v>9.3928999999999992E-3</v>
       </c>
       <c r="D7" s="3">
         <v>9.3928999999999992E-3</v>
       </c>
       <c r="E7" s="22">
         <v>19729054.969999999</v>
       </c>
       <c r="F7" s="22">
         <v>19729054.969999999</v>
       </c>
       <c r="G7" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A8" s="30">
+      <c r="A8" s="27">
         <v>36791</v>
       </c>
-      <c r="B8" s="30">
+      <c r="B8" s="27">
         <v>36860</v>
       </c>
       <c r="C8" s="3">
         <v>1.1917000000000001E-2</v>
       </c>
       <c r="D8" s="3">
         <v>1.1917000000000001E-2</v>
       </c>
       <c r="E8" s="22">
         <v>92109068.5</v>
       </c>
       <c r="F8" s="22">
         <v>92109068.5</v>
       </c>
       <c r="G8" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" s="30">
+      <c r="A9" s="27">
         <v>36873</v>
       </c>
-      <c r="B9" s="30">
+      <c r="B9" s="27">
         <v>36942</v>
       </c>
       <c r="C9" s="3">
         <v>3.7399999999999998E-3</v>
       </c>
       <c r="D9" s="3">
         <v>4.1139999999999996E-3</v>
       </c>
       <c r="E9" s="22">
         <v>180017442.18000001</v>
       </c>
       <c r="F9" s="22">
         <v>153014825.84999999</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="30">
+      <c r="A10" s="27">
         <v>37111</v>
       </c>
-      <c r="B10" s="30">
+      <c r="B10" s="27">
         <v>37151</v>
       </c>
       <c r="C10" s="3">
         <v>2.8305000000000001E-3</v>
       </c>
       <c r="D10" s="3">
         <v>3.1135999999999998E-3</v>
       </c>
       <c r="E10" s="22">
         <v>136683447.63</v>
       </c>
       <c r="F10" s="22">
         <v>116180930.48999999</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A11" s="30">
+      <c r="A11" s="27">
         <v>37245</v>
       </c>
-      <c r="B11" s="30">
+      <c r="B11" s="27">
         <v>37306</v>
       </c>
       <c r="C11" s="3">
         <v>3.0769999999999999E-3</v>
       </c>
       <c r="D11" s="3">
         <v>3.3847E-3</v>
       </c>
       <c r="E11" s="22">
         <v>147925427.97999999</v>
       </c>
       <c r="F11" s="22">
         <v>125736613.78</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A12" s="30">
+      <c r="A12" s="27">
         <v>37245</v>
       </c>
-      <c r="B12" s="30">
+      <c r="B12" s="27">
         <v>37306</v>
       </c>
       <c r="C12" s="3">
         <v>1.2725E-3</v>
       </c>
       <c r="D12" s="3">
         <v>1.3998000000000001E-3</v>
       </c>
       <c r="E12" s="22">
         <v>52000000</v>
       </c>
       <c r="F12" s="22">
         <v>52000000</v>
       </c>
       <c r="G12" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A13" s="30">
+      <c r="A13" s="27">
         <v>37525</v>
       </c>
-      <c r="B13" s="30">
+      <c r="B13" s="27">
         <v>37585</v>
       </c>
       <c r="C13" s="3">
         <v>3.9699999999999996E-3</v>
       </c>
       <c r="D13" s="3">
         <v>4.3670000000000002E-3</v>
       </c>
       <c r="E13" s="22">
         <v>160955937.69999999</v>
       </c>
       <c r="F13" s="22">
         <v>160955937.69999999</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="30">
+      <c r="A14" s="27">
         <v>37658</v>
       </c>
-      <c r="B14" s="30">
+      <c r="B14" s="27">
         <v>37680</v>
       </c>
       <c r="C14" s="3">
         <v>8.43E-3</v>
       </c>
       <c r="D14" s="3">
         <v>9.273E-3</v>
       </c>
       <c r="E14" s="22">
         <v>341042189.93000001</v>
       </c>
       <c r="F14" s="22">
         <v>341042189.93000001</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A15" s="30">
+      <c r="A15" s="27">
         <v>37866</v>
       </c>
-      <c r="B15" s="30">
+      <c r="B15" s="27">
         <v>37907</v>
       </c>
       <c r="C15" s="3">
         <v>4.7000000000000002E-3</v>
       </c>
       <c r="D15" s="3">
         <v>5.1700000000000001E-3</v>
       </c>
       <c r="E15" s="22">
         <v>222594391.21000001</v>
       </c>
       <c r="F15" s="22">
         <v>189205232.53</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A16" s="30">
+      <c r="A16" s="27">
         <v>37866</v>
       </c>
-      <c r="B16" s="30">
+      <c r="B16" s="27">
         <v>37907</v>
       </c>
       <c r="C16" s="3">
         <v>1.23E-2</v>
       </c>
       <c r="D16" s="3">
         <v>1.353E-2</v>
       </c>
       <c r="E16" s="22">
         <v>495154119.17000002</v>
       </c>
       <c r="F16" s="22">
         <v>495154119.17000002</v>
       </c>
       <c r="G16" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A17" s="30">
+      <c r="A17" s="27">
         <v>38044</v>
       </c>
-      <c r="B17" s="30">
+      <c r="B17" s="27">
         <v>38071</v>
       </c>
       <c r="C17" s="3">
         <v>4.7800000000000004E-3</v>
       </c>
       <c r="D17" s="3">
         <v>5.2579999999999997E-3</v>
       </c>
       <c r="E17" s="22">
         <v>225450773.84</v>
       </c>
       <c r="F17" s="22">
         <v>191633157.75999999</v>
       </c>
       <c r="G17" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A18" s="30">
+      <c r="A18" s="27">
         <v>38044</v>
       </c>
-      <c r="B18" s="30">
+      <c r="B18" s="27">
         <v>38071</v>
       </c>
       <c r="C18" s="3">
         <v>1.3600000000000001E-3</v>
       </c>
       <c r="D18" s="3">
         <v>1.4959999999999999E-3</v>
       </c>
       <c r="E18" s="22">
         <v>54523241.539999999</v>
       </c>
       <c r="F18" s="22">
         <v>54523241.539999999</v>
       </c>
       <c r="G18" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A19" s="30">
+      <c r="A19" s="27">
         <v>38244</v>
       </c>
-      <c r="B19" s="30">
+      <c r="B19" s="27">
         <v>38268</v>
       </c>
       <c r="C19" s="3">
         <v>3.4255000000000002E-3</v>
       </c>
       <c r="D19" s="3">
         <v>3.7680999999999999E-3</v>
       </c>
       <c r="E19" s="22">
         <v>235257446.75999999</v>
       </c>
       <c r="F19" s="22">
         <v>199968829.75</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A20" s="30">
+      <c r="A20" s="27">
         <v>38244</v>
       </c>
-      <c r="B20" s="30">
+      <c r="B20" s="27">
         <v>38268</v>
       </c>
       <c r="C20" s="3">
         <v>1.8500000000000001E-3</v>
       </c>
       <c r="D20" s="3">
         <v>2.0349999999999999E-3</v>
       </c>
       <c r="E20" s="22">
         <v>107995738.45</v>
       </c>
       <c r="F20" s="22">
         <v>107995738.45</v>
       </c>
       <c r="G20" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A21" s="30">
+      <c r="A21" s="27">
         <v>38359</v>
       </c>
-      <c r="B21" s="30">
+      <c r="B21" s="27">
         <v>38398</v>
       </c>
       <c r="C21" s="3">
         <v>8.2279999999999992E-3</v>
       </c>
       <c r="D21" s="3">
         <v>9.0507999999999995E-3</v>
       </c>
       <c r="E21" s="22">
         <v>558927035.25</v>
       </c>
       <c r="F21" s="22">
         <v>475087979.95999998</v>
       </c>
       <c r="G21" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A22" s="30">
+      <c r="A22" s="27">
         <v>38359</v>
       </c>
-      <c r="B22" s="30">
+      <c r="B22" s="27">
         <v>38398</v>
       </c>
       <c r="C22" s="3">
         <v>7.3600000000000002E-3</v>
       </c>
       <c r="D22" s="3">
         <v>8.0960000000000008E-3</v>
       </c>
       <c r="E22" s="22">
         <v>424969316.05000001</v>
       </c>
       <c r="F22" s="22">
         <v>424969316.05000001</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A23" s="30">
+      <c r="A23" s="27">
         <v>38596</v>
       </c>
-      <c r="B23" s="30">
+      <c r="B23" s="27">
         <v>38625</v>
       </c>
       <c r="C23" s="3">
         <v>2.7200000000000002E-3</v>
       </c>
       <c r="D23" s="3">
         <v>2.9919999999999999E-3</v>
       </c>
       <c r="E23" s="22">
         <v>219822507.21000001</v>
       </c>
       <c r="F23" s="22">
         <v>186849131.13</v>
       </c>
       <c r="G23" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A24" s="30">
+      <c r="A24" s="27">
         <v>38596</v>
       </c>
-      <c r="B24" s="30">
+      <c r="B24" s="27">
         <v>38625</v>
       </c>
       <c r="C24" s="3">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="D24" s="3">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="E24" s="22">
         <v>480861734.52999997</v>
       </c>
       <c r="F24" s="22">
         <v>480861734.52999997</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A25" s="30">
+      <c r="A25" s="27">
         <v>38698</v>
       </c>
-      <c r="B25" s="30">
+      <c r="B25" s="27">
         <v>38715</v>
       </c>
       <c r="C25" s="3">
         <v>6.5024999999999996E-3</v>
       </c>
       <c r="D25" s="3">
         <v>7.1528E-3</v>
       </c>
       <c r="E25" s="22">
         <v>524226471.69999999</v>
       </c>
       <c r="F25" s="22">
         <v>445594048.08999997</v>
       </c>
       <c r="G25" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A26" s="30">
+      <c r="A26" s="27">
         <v>38698</v>
       </c>
-      <c r="B26" s="30">
+      <c r="B26" s="27">
         <v>38715</v>
       </c>
       <c r="C26" s="3">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="D26" s="3">
         <v>1.2099999999999999E-3</v>
       </c>
       <c r="E26" s="22">
         <v>75378969.790000007</v>
       </c>
       <c r="F26" s="22">
         <v>75378969.790000007</v>
       </c>
       <c r="G26" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A27" s="30">
+      <c r="A27" s="27">
         <v>38770</v>
       </c>
-      <c r="B27" s="30">
+      <c r="B27" s="27">
         <v>38807</v>
       </c>
       <c r="C27" s="3">
         <v>5.7499999999999999E-3</v>
       </c>
       <c r="D27" s="3">
         <v>6.3249999999999999E-3</v>
       </c>
       <c r="E27" s="22">
         <v>390875487.94999999</v>
       </c>
       <c r="F27" s="22">
         <v>390875487.94999999</v>
       </c>
       <c r="G27" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A28" s="30">
+      <c r="A28" s="27">
         <v>38860</v>
       </c>
-      <c r="B28" s="30">
+      <c r="B28" s="27">
         <v>38898</v>
       </c>
       <c r="C28" s="3">
         <v>5.5250000000000004E-3</v>
       </c>
       <c r="D28" s="3">
         <v>6.0774999999999996E-3</v>
       </c>
       <c r="E28" s="22">
         <v>442140889.10000002</v>
       </c>
       <c r="F28" s="22">
         <v>375819755.73000002</v>
       </c>
       <c r="G28" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A29" s="30">
+      <c r="A29" s="27">
         <v>38971</v>
       </c>
-      <c r="B29" s="30">
+      <c r="B29" s="27">
         <v>39020</v>
       </c>
       <c r="C29" s="3">
         <v>5.5250000000000004E-3</v>
       </c>
       <c r="D29" s="3">
         <v>6.0774999999999996E-3</v>
       </c>
       <c r="E29" s="22">
         <v>438631551.64999998</v>
       </c>
       <c r="F29" s="22">
         <v>372836818.89999998</v>
       </c>
       <c r="G29" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A30" s="30">
+      <c r="A30" s="27">
         <v>39062</v>
       </c>
-      <c r="B30" s="30">
+      <c r="B30" s="27">
         <v>39079</v>
       </c>
       <c r="C30" s="3">
         <v>6.7149999999999996E-3</v>
       </c>
       <c r="D30" s="3">
         <v>7.3864999999999998E-3</v>
       </c>
       <c r="E30" s="22">
         <v>527372617.72000003</v>
       </c>
       <c r="F30" s="22">
         <v>448266725.06</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A31" s="30">
+      <c r="A31" s="27">
         <v>39157</v>
       </c>
-      <c r="B31" s="30">
+      <c r="B31" s="27">
         <v>39171</v>
       </c>
       <c r="C31" s="3">
         <v>4.7600000000000003E-3</v>
       </c>
       <c r="D31" s="3">
         <v>5.2360000000000002E-3</v>
       </c>
       <c r="E31" s="22">
         <v>369021160.08999997</v>
       </c>
       <c r="F31" s="22">
         <v>313667986.07999998</v>
       </c>
       <c r="G31" s="8" t="s">
         <v>12</v>
       </c>
       <c r="I31" s="17"/>
       <c r="J31" s="16"/>
       <c r="K31" s="16"/>
       <c r="L31" s="15"/>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A32" s="30">
+      <c r="A32" s="27">
         <v>39157</v>
       </c>
-      <c r="B32" s="30">
+      <c r="B32" s="27">
         <v>39171</v>
       </c>
       <c r="C32" s="3">
         <v>1.8500000000000001E-3</v>
       </c>
       <c r="D32" s="3">
         <v>2.0349999999999999E-3</v>
       </c>
       <c r="E32" s="22">
         <v>121908776.09999999</v>
       </c>
       <c r="F32" s="22">
         <v>121908776.09999999</v>
       </c>
       <c r="G32" s="8" t="s">
         <v>13</v>
       </c>
       <c r="I32" s="17"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="15"/>
     </row>
     <row r="33" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A33" s="30">
+      <c r="A33" s="27">
         <v>39251</v>
       </c>
-      <c r="B33" s="30">
+      <c r="B33" s="27">
         <v>39262</v>
       </c>
       <c r="C33" s="3">
         <v>2.7539999999999999E-3</v>
       </c>
       <c r="D33" s="3">
         <v>3.0293999999999998E-3</v>
       </c>
       <c r="E33" s="22">
         <v>210946808.08000001</v>
       </c>
       <c r="F33" s="22">
         <v>179304786.87</v>
       </c>
       <c r="G33" s="8" t="s">
         <v>12</v>
       </c>
       <c r="I33" s="18"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="15"/>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A34" s="30">
+      <c r="A34" s="27">
         <v>39343</v>
       </c>
-      <c r="B34" s="30">
+      <c r="B34" s="27">
         <v>39365</v>
       </c>
       <c r="C34" s="3">
         <v>0.34</v>
       </c>
       <c r="D34" s="3">
         <v>0.374</v>
       </c>
       <c r="E34" s="22">
         <v>259380319.65000001</v>
       </c>
       <c r="F34" s="22">
         <v>220473271.69999999</v>
       </c>
       <c r="G34" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H34" s="19"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="15"/>
     </row>
     <row r="35" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A35" s="30">
+      <c r="A35" s="27">
         <v>39343</v>
       </c>
-      <c r="B35" s="30">
+      <c r="B35" s="27">
         <v>39365</v>
       </c>
       <c r="C35" s="3">
         <v>1.1100000000000001</v>
       </c>
       <c r="D35" s="3">
         <v>1.2210000000000001</v>
       </c>
       <c r="E35" s="22">
         <v>719780387.00999999</v>
       </c>
       <c r="F35" s="22">
         <v>719780387.00999999</v>
       </c>
       <c r="G35" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H35" s="19"/>
       <c r="I35" s="16"/>
       <c r="J35" s="16"/>
       <c r="K35" s="16"/>
       <c r="L35" s="15"/>
     </row>
     <row r="36" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A36" s="30">
+      <c r="A36" s="27">
         <v>39415</v>
       </c>
-      <c r="B36" s="30">
+      <c r="B36" s="27">
         <v>39434</v>
       </c>
       <c r="C36" s="3">
         <v>0.40799999999999997</v>
       </c>
       <c r="D36" s="3">
         <v>0.44879999999999998</v>
       </c>
       <c r="E36" s="22">
         <v>309710820.57999998</v>
       </c>
       <c r="F36" s="22">
         <v>263254197.5</v>
       </c>
       <c r="G36" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H36" s="19"/>
       <c r="I36" s="16"/>
       <c r="J36" s="16"/>
       <c r="K36" s="16"/>
       <c r="L36" s="15"/>
     </row>
     <row r="37" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A37" s="30">
+      <c r="A37" s="27">
         <v>39541</v>
       </c>
-      <c r="B37" s="30">
+      <c r="B37" s="27">
         <v>39566</v>
       </c>
       <c r="C37" s="3">
         <v>0.34</v>
       </c>
       <c r="D37" s="3">
         <v>0.374</v>
       </c>
       <c r="E37" s="22">
         <v>255315056.49000001</v>
       </c>
       <c r="F37" s="22">
         <v>217017798.02000001</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H37" s="19"/>
       <c r="I37" s="16"/>
       <c r="J37" s="16"/>
       <c r="K37" s="16"/>
       <c r="L37" s="15"/>
     </row>
     <row r="38" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A38" s="30">
+      <c r="A38" s="27">
         <v>39541</v>
       </c>
-      <c r="B38" s="30">
+      <c r="B38" s="27">
         <v>39566</v>
       </c>
       <c r="C38" s="3">
         <v>1.33</v>
       </c>
       <c r="D38" s="3">
         <v>1.4630000000000001</v>
       </c>
       <c r="E38" s="22">
         <v>848922562.80999994</v>
       </c>
       <c r="F38" s="22">
         <v>848922562.80999994</v>
       </c>
       <c r="G38" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="19"/>
       <c r="I38" s="16"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
       <c r="L38" s="15"/>
     </row>
     <row r="39" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A39" s="30">
+      <c r="A39" s="27">
         <v>39640</v>
       </c>
-      <c r="B39" s="30">
+      <c r="B39" s="27">
         <v>39660</v>
       </c>
       <c r="C39" s="3">
         <v>0.32300000000000001</v>
       </c>
       <c r="D39" s="3">
         <v>0.3553</v>
       </c>
       <c r="E39" s="22">
         <v>243637320.31</v>
       </c>
       <c r="F39" s="22">
         <v>207091722.25999999</v>
       </c>
       <c r="G39" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H39" s="19"/>
       <c r="I39" s="16"/>
       <c r="J39" s="16"/>
       <c r="K39" s="16"/>
       <c r="L39" s="15"/>
     </row>
     <row r="40" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A40" s="30">
+      <c r="A40" s="27">
         <v>39640</v>
       </c>
-      <c r="B40" s="30">
+      <c r="B40" s="27">
         <v>39660</v>
       </c>
       <c r="C40" s="3">
         <v>1.1599999999999999</v>
       </c>
       <c r="D40" s="3">
         <v>1.276</v>
       </c>
       <c r="E40" s="22">
         <v>743734977.77999997</v>
       </c>
       <c r="F40" s="22">
         <v>743734977.77999997</v>
       </c>
       <c r="G40" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H40" s="19"/>
       <c r="I40" s="16"/>
       <c r="J40" s="16"/>
       <c r="K40" s="16"/>
       <c r="L40" s="15"/>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A41" s="30">
+      <c r="A41" s="27">
         <v>39715</v>
       </c>
-      <c r="B41" s="30">
+      <c r="B41" s="27">
         <v>39734</v>
       </c>
       <c r="C41" s="3">
         <v>0.3145</v>
       </c>
       <c r="D41" s="3">
         <v>0.34599999999999997</v>
       </c>
       <c r="E41" s="22">
         <v>237129089.63</v>
       </c>
       <c r="F41" s="22">
         <v>201559726.18000001</v>
       </c>
       <c r="G41" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H41" s="19"/>
       <c r="I41" s="16"/>
       <c r="J41" s="16"/>
       <c r="K41" s="16"/>
       <c r="L41" s="15"/>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A42" s="30">
+      <c r="A42" s="27">
         <v>39715</v>
       </c>
-      <c r="B42" s="30">
+      <c r="B42" s="27">
         <v>39734</v>
       </c>
       <c r="C42" s="3">
         <v>0.94</v>
       </c>
       <c r="D42" s="3">
         <v>1.034</v>
       </c>
       <c r="E42" s="22">
         <v>602436065.52999997</v>
       </c>
       <c r="F42" s="22">
         <v>602436065.52999997</v>
       </c>
       <c r="G42" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H42" s="19"/>
       <c r="I42" s="16"/>
       <c r="J42" s="16"/>
       <c r="K42" s="16"/>
       <c r="L42" s="15"/>
     </row>
     <row r="43" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A43" s="30">
+      <c r="A43" s="27">
         <v>39804</v>
       </c>
-      <c r="B43" s="30">
+      <c r="B43" s="27">
         <v>39843</v>
       </c>
       <c r="C43" s="3">
         <v>0.33150000000000002</v>
       </c>
       <c r="D43" s="3">
         <v>0.36464999999999997</v>
       </c>
       <c r="E43" s="22">
         <v>249932964.84</v>
       </c>
       <c r="F43" s="22">
         <v>212443020.11000001</v>
       </c>
       <c r="G43" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H43" s="19"/>
       <c r="I43" s="16"/>
       <c r="J43" s="16"/>
       <c r="K43" s="16"/>
       <c r="L43" s="15"/>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A44" s="30">
+      <c r="A44" s="27">
         <v>39916</v>
       </c>
-      <c r="B44" s="30">
+      <c r="B44" s="27">
         <v>39962</v>
       </c>
       <c r="C44" s="3">
         <v>0.34849999999999998</v>
       </c>
       <c r="D44" s="3">
         <v>0.38335000000000002</v>
       </c>
       <c r="E44" s="22">
         <v>262713913.50999999</v>
       </c>
       <c r="F44" s="22">
         <v>223306826.47999999</v>
       </c>
       <c r="G44" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H44" s="19"/>
       <c r="I44" s="16"/>
       <c r="J44" s="16"/>
       <c r="K44" s="16"/>
       <c r="L44" s="15"/>
     </row>
     <row r="45" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A45" s="30">
+      <c r="A45" s="27">
         <v>39993</v>
       </c>
-      <c r="B45" s="30">
+      <c r="B45" s="27">
         <v>40025</v>
       </c>
       <c r="C45" s="3">
         <v>0.32300000000000001</v>
       </c>
       <c r="D45" s="3">
         <v>0.3553</v>
       </c>
       <c r="E45" s="22">
         <v>244319638.03999999</v>
       </c>
       <c r="F45" s="22">
         <v>207671692.33000001</v>
       </c>
       <c r="G45" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H45" s="19"/>
       <c r="I45" s="16"/>
       <c r="J45" s="16"/>
       <c r="K45" s="16"/>
       <c r="L45" s="15"/>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A46" s="30">
+      <c r="A46" s="27">
         <v>39993</v>
       </c>
-      <c r="B46" s="30">
+      <c r="B46" s="27">
         <v>40025</v>
       </c>
       <c r="C46" s="3">
         <v>0.78</v>
       </c>
       <c r="D46" s="3">
         <v>0.85799999999999998</v>
       </c>
       <c r="E46" s="22">
         <v>501498204.41000003</v>
       </c>
       <c r="F46" s="22">
         <v>501498204.41000003</v>
       </c>
       <c r="G46" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H46" s="19"/>
       <c r="I46" s="16"/>
       <c r="J46" s="16"/>
       <c r="K46" s="16"/>
       <c r="L46" s="15"/>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A47" s="30">
+      <c r="A47" s="27">
         <v>40036</v>
       </c>
-      <c r="B47" s="30">
+      <c r="B47" s="27">
         <v>40088</v>
       </c>
       <c r="C47" s="3">
         <v>0.21249999999999999</v>
       </c>
       <c r="D47" s="3">
         <v>0.23375000000000001</v>
       </c>
       <c r="E47" s="22">
         <v>160881206.21000001</v>
       </c>
       <c r="F47" s="22">
         <v>136749025.27000001</v>
       </c>
       <c r="G47" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H47" s="19"/>
       <c r="I47" s="16"/>
       <c r="J47" s="16"/>
       <c r="K47" s="16"/>
       <c r="L47" s="15"/>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A48" s="30">
+      <c r="A48" s="27">
         <v>40036</v>
       </c>
-      <c r="B48" s="30">
+      <c r="B48" s="27">
         <v>40088</v>
       </c>
       <c r="C48" s="3">
         <v>1.3</v>
       </c>
       <c r="D48" s="3">
         <v>1.43</v>
       </c>
       <c r="E48" s="22">
         <v>836582272.25999999</v>
       </c>
       <c r="F48" s="22">
         <v>836582272.25999999</v>
       </c>
       <c r="G48" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H48" s="19"/>
       <c r="I48" s="16"/>
       <c r="J48" s="16"/>
       <c r="K48" s="16"/>
       <c r="L48" s="15"/>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A49" s="30">
+      <c r="A49" s="27">
         <v>40126</v>
       </c>
-      <c r="B49" s="30">
+      <c r="B49" s="27">
         <v>40165</v>
       </c>
       <c r="C49" s="3">
         <v>0.45900000000000002</v>
       </c>
       <c r="D49" s="3">
         <v>0.50490000000000002</v>
       </c>
       <c r="E49" s="22">
         <v>347462316.19999999</v>
       </c>
       <c r="F49" s="22">
         <v>295342968.76999998</v>
       </c>
       <c r="G49" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H49" s="19"/>
       <c r="I49" s="16"/>
       <c r="J49" s="16"/>
       <c r="K49" s="16"/>
       <c r="L49" s="15"/>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A50" s="30">
+      <c r="A50" s="27">
         <v>40126</v>
       </c>
-      <c r="B50" s="30">
+      <c r="B50" s="27">
         <v>40165</v>
       </c>
       <c r="C50" s="3">
         <v>1.48</v>
       </c>
       <c r="D50" s="3">
         <v>1.6279999999999999</v>
       </c>
       <c r="E50" s="22">
         <v>952304125.89999998</v>
       </c>
       <c r="F50" s="22">
         <v>952304125.89999998</v>
       </c>
       <c r="G50" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H50" s="19"/>
       <c r="I50" s="16"/>
       <c r="J50" s="16"/>
       <c r="K50" s="16"/>
       <c r="L50" s="15"/>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A51" s="30">
+      <c r="A51" s="27">
         <v>40238</v>
       </c>
-      <c r="B51" s="30">
+      <c r="B51" s="27">
         <v>40269</v>
       </c>
       <c r="C51" s="3">
         <v>0.38250000000000001</v>
       </c>
       <c r="D51" s="3">
         <v>0.42075000000000001</v>
       </c>
-      <c r="E51" s="23">
+      <c r="E51" s="21">
         <v>289544604.52999997</v>
       </c>
       <c r="F51" s="22">
         <v>246112913.84999999</v>
       </c>
       <c r="G51" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H51" s="19"/>
       <c r="I51" s="16"/>
       <c r="J51" s="16"/>
       <c r="K51" s="16"/>
       <c r="L51" s="15"/>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A52" s="30">
+      <c r="A52" s="27">
         <v>40238</v>
       </c>
-      <c r="B52" s="30">
+      <c r="B52" s="27">
         <v>40269</v>
       </c>
       <c r="C52" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="D52" s="3">
         <v>1.21</v>
       </c>
       <c r="E52" s="22">
         <v>707775699.97000003</v>
       </c>
       <c r="F52" s="22">
         <v>707775699.97000003</v>
       </c>
       <c r="G52" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H52" s="19"/>
       <c r="I52" s="16"/>
       <c r="J52" s="16"/>
       <c r="K52" s="16"/>
       <c r="L52" s="15"/>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A53" s="30">
+      <c r="A53" s="27">
         <v>40448</v>
       </c>
-      <c r="B53" s="30">
+      <c r="B53" s="27">
         <v>40465</v>
       </c>
       <c r="C53" s="3">
         <v>0.79049999999999998</v>
       </c>
       <c r="D53" s="3">
         <v>0.86955000000000005</v>
       </c>
       <c r="E53" s="22">
         <v>602443770.20000005</v>
       </c>
       <c r="F53" s="22">
         <v>526870764.93000001</v>
       </c>
       <c r="G53" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H53" s="19"/>
       <c r="I53" s="16"/>
       <c r="J53" s="16"/>
       <c r="K53" s="16"/>
       <c r="L53" s="15"/>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A54" s="30">
+      <c r="A54" s="27">
         <v>40448</v>
       </c>
-      <c r="B54" s="30">
+      <c r="B54" s="27">
         <v>40465</v>
       </c>
       <c r="C54" s="3">
         <v>2.16</v>
       </c>
       <c r="D54" s="3">
         <v>2.3759999999999999</v>
       </c>
       <c r="E54" s="22">
         <v>1399224240.47</v>
       </c>
       <c r="F54" s="22">
         <v>1399224240.47</v>
       </c>
       <c r="G54" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H54" s="19"/>
       <c r="I54" s="16"/>
       <c r="J54" s="16"/>
       <c r="K54" s="16"/>
       <c r="L54" s="15"/>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A55" s="30">
+      <c r="A55" s="27">
         <v>40477</v>
       </c>
-      <c r="B55" s="30">
+      <c r="B55" s="27">
         <v>40527</v>
       </c>
       <c r="C55" s="3">
         <v>0.255</v>
       </c>
       <c r="D55" s="3">
         <v>0.28050000000000003</v>
       </c>
-      <c r="E55" s="23">
+      <c r="E55" s="21">
         <v>194348082.33000001</v>
       </c>
       <c r="F55" s="22">
         <v>169694047.67000002</v>
       </c>
       <c r="G55" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H55" s="19"/>
       <c r="I55" s="16"/>
       <c r="J55" s="16"/>
       <c r="K55" s="16"/>
       <c r="L55" s="15"/>
     </row>
     <row r="56" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A56" s="30">
+      <c r="A56" s="27">
         <v>40477</v>
       </c>
-      <c r="B56" s="30">
+      <c r="B56" s="27">
         <v>40527</v>
       </c>
       <c r="C56" s="3">
         <v>2.8</v>
       </c>
       <c r="D56" s="3">
         <v>3.08</v>
       </c>
       <c r="E56" s="22">
         <v>1813915435.1300001</v>
       </c>
       <c r="F56" s="22">
         <v>1813915435.1300001</v>
       </c>
       <c r="G56" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H56" s="19"/>
       <c r="I56" s="16"/>
       <c r="J56" s="16"/>
       <c r="K56" s="16"/>
       <c r="L56" s="15"/>
     </row>
     <row r="57" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A57" s="30">
+      <c r="A57" s="27">
         <v>40602</v>
       </c>
-      <c r="B57" s="30">
+      <c r="B57" s="27">
         <v>40624</v>
       </c>
       <c r="C57" s="3">
         <v>0.56000000000000005</v>
       </c>
       <c r="D57" s="3">
         <v>0.61599999999999999</v>
       </c>
       <c r="E57" s="22">
         <v>1813874217.1199999</v>
       </c>
       <c r="F57" s="22">
         <v>1813874217.1199999</v>
       </c>
       <c r="G57" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H57" s="19"/>
       <c r="I57" s="16"/>
       <c r="J57" s="16"/>
       <c r="K57" s="16"/>
       <c r="L57" s="15"/>
     </row>
     <row r="58" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A58" s="30">
+      <c r="A58" s="27">
         <v>40721</v>
       </c>
-      <c r="B58" s="30">
+      <c r="B58" s="27">
         <v>40760</v>
       </c>
       <c r="C58" s="3">
         <v>0.21249999999999999</v>
       </c>
       <c r="D58" s="3">
         <v>0.23375000000000001</v>
       </c>
-      <c r="E58" s="23">
+      <c r="E58" s="21">
         <v>810057797.98000002</v>
       </c>
-      <c r="F58" s="23">
+      <c r="F58" s="21">
         <v>707204783.93999994</v>
       </c>
       <c r="G58" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H58" s="19"/>
       <c r="I58" s="16"/>
       <c r="J58" s="16"/>
       <c r="K58" s="16"/>
       <c r="L58" s="15"/>
     </row>
     <row r="59" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A59" s="30">
+      <c r="A59" s="27">
         <v>40721</v>
       </c>
-      <c r="B59" s="30">
+      <c r="B59" s="27">
         <v>40760</v>
       </c>
       <c r="C59" s="3">
         <v>0.14000000000000001</v>
       </c>
       <c r="D59" s="3">
         <v>0.154</v>
       </c>
       <c r="E59" s="22">
         <v>453632366.87</v>
       </c>
       <c r="F59" s="22">
         <v>453632366.87</v>
       </c>
       <c r="G59" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H59" s="19"/>
       <c r="I59" s="16"/>
       <c r="J59" s="16"/>
       <c r="K59" s="16"/>
       <c r="L59" s="15"/>
     </row>
     <row r="60" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A60" s="30">
+      <c r="A60" s="27">
         <v>40805</v>
       </c>
-      <c r="B60" s="30">
+      <c r="B60" s="27">
         <v>40865</v>
       </c>
       <c r="C60" s="3">
         <v>8.5000000000000006E-2</v>
       </c>
       <c r="D60" s="3">
         <v>9.35E-2</v>
       </c>
       <c r="E60" s="21">
         <v>325346525.17000002</v>
       </c>
       <c r="F60" s="22">
         <v>284224445.63</v>
       </c>
       <c r="G60" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H60" s="19"/>
       <c r="I60" s="16"/>
       <c r="J60" s="16"/>
       <c r="K60" s="16"/>
       <c r="L60" s="15"/>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A61" s="30">
+      <c r="A61" s="27">
         <v>40805</v>
       </c>
-      <c r="B61" s="30">
+      <c r="B61" s="27">
         <v>40865</v>
       </c>
       <c r="C61" s="3">
         <v>0.622</v>
       </c>
       <c r="D61" s="3">
         <v>0.68420000000000003</v>
       </c>
       <c r="E61" s="22">
         <v>2023655386.5599999</v>
       </c>
       <c r="F61" s="22">
         <v>2023655386.5599999</v>
       </c>
       <c r="G61" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H61" s="19"/>
       <c r="I61" s="16"/>
       <c r="J61" s="16"/>
       <c r="K61" s="16"/>
       <c r="L61" s="15"/>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A62" s="30">
+      <c r="A62" s="27">
         <v>40956</v>
       </c>
-      <c r="B62" s="30">
+      <c r="B62" s="27">
         <v>41009</v>
       </c>
       <c r="C62" s="3">
         <v>0.153</v>
       </c>
       <c r="D62" s="3">
         <v>0.16830000000000001</v>
       </c>
       <c r="E62" s="21">
         <v>585691039.45799994</v>
       </c>
       <c r="F62" s="22">
         <v>511364103.41799992</v>
       </c>
       <c r="G62" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H62" s="19"/>
       <c r="I62" s="16"/>
       <c r="J62" s="16"/>
       <c r="K62" s="16"/>
       <c r="L62" s="15"/>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A63" s="30">
+      <c r="A63" s="27">
         <v>40956</v>
       </c>
-      <c r="B63" s="30">
+      <c r="B63" s="27">
         <v>41009</v>
       </c>
       <c r="C63" s="3">
         <v>0.6</v>
       </c>
       <c r="D63" s="3">
         <v>0.66</v>
       </c>
       <c r="E63" s="22">
         <v>1952303464.8600001</v>
       </c>
       <c r="F63" s="22">
         <v>1952303464.8600001</v>
       </c>
       <c r="G63" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H63" s="19"/>
       <c r="I63" s="16"/>
       <c r="J63" s="16"/>
       <c r="K63" s="16"/>
       <c r="L63" s="15"/>
     </row>
     <row r="64" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A64" s="30">
+      <c r="A64" s="27">
         <v>41059</v>
       </c>
-      <c r="B64" s="30">
+      <c r="B64" s="27">
         <v>41117</v>
       </c>
       <c r="C64" s="3">
         <v>0.10199999999999999</v>
       </c>
       <c r="D64" s="3">
         <v>0.11219999999999999</v>
       </c>
       <c r="E64" s="21">
         <v>390619005.62</v>
       </c>
       <c r="F64" s="22">
         <v>340607222.05000001</v>
       </c>
       <c r="G64" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H64" s="19"/>
       <c r="I64" s="16"/>
       <c r="J64" s="16"/>
       <c r="K64" s="16"/>
       <c r="L64" s="15"/>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A65" s="30">
+      <c r="A65" s="27">
         <v>41059</v>
       </c>
-      <c r="B65" s="30">
+      <c r="B65" s="27">
         <v>41117</v>
       </c>
       <c r="C65" s="3">
         <v>0.214</v>
       </c>
       <c r="D65" s="3">
         <v>0.2354</v>
       </c>
       <c r="E65" s="22">
         <v>696603893.36000001</v>
       </c>
       <c r="F65" s="22">
         <v>696603893.36000001</v>
       </c>
       <c r="G65" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H65" s="19"/>
       <c r="I65" s="16"/>
       <c r="J65" s="16"/>
       <c r="K65" s="16"/>
       <c r="L65" s="15"/>
     </row>
     <row r="66" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A66" s="30">
+      <c r="A66" s="27">
         <v>41059</v>
       </c>
-      <c r="B66" s="30">
+      <c r="B66" s="27">
         <v>41117</v>
       </c>
       <c r="C66" s="3">
         <v>0.05</v>
       </c>
       <c r="D66" s="3">
         <v>5.5E-2</v>
       </c>
       <c r="E66" s="22">
         <v>162757919.00999999</v>
       </c>
       <c r="F66" s="22">
         <v>162757919.00999999</v>
       </c>
       <c r="G66" s="8" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="19"/>
       <c r="I66" s="16"/>
       <c r="J66" s="16"/>
       <c r="K66" s="16"/>
       <c r="L66" s="15"/>
     </row>
     <row r="67" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A67" s="30">
+      <c r="A67" s="27">
         <v>41170</v>
       </c>
-      <c r="B67" s="30">
+      <c r="B67" s="27">
         <v>41197</v>
       </c>
       <c r="C67" s="3">
         <v>9.35E-2</v>
       </c>
       <c r="D67" s="3">
         <v>0.10285</v>
       </c>
       <c r="E67" s="21">
         <v>358969033.69999999</v>
       </c>
       <c r="F67" s="21">
         <v>312749021.07999998</v>
       </c>
       <c r="G67" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H67" s="19"/>
       <c r="I67" s="16"/>
       <c r="J67" s="16"/>
       <c r="K67" s="16"/>
       <c r="L67" s="15"/>
     </row>
     <row r="68" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A68" s="30">
+      <c r="A68" s="27">
         <v>41170</v>
       </c>
-      <c r="B68" s="30">
+      <c r="B68" s="27">
         <v>41197</v>
       </c>
       <c r="C68" s="3">
         <v>0.42</v>
       </c>
       <c r="D68" s="3">
         <v>0.46200000000000002</v>
       </c>
       <c r="E68" s="22">
         <v>1370609037.76</v>
       </c>
       <c r="F68" s="22">
         <v>1370609037.76</v>
       </c>
       <c r="G68" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H68" s="19"/>
       <c r="I68" s="16"/>
       <c r="J68" s="16"/>
       <c r="K68" s="16"/>
       <c r="L68" s="15"/>
     </row>
     <row r="69" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A69" s="30">
+      <c r="A69" s="27">
         <v>41257</v>
       </c>
-      <c r="B69" s="30">
+      <c r="B69" s="27">
         <v>41295</v>
       </c>
       <c r="C69" s="3">
         <v>9.35E-2</v>
       </c>
       <c r="D69" s="3">
         <v>0.10285</v>
       </c>
       <c r="E69" s="21">
         <v>359051241.55000001</v>
       </c>
       <c r="F69" s="21">
         <v>312920079.23000002</v>
       </c>
       <c r="G69" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H69" s="19"/>
       <c r="I69" s="16"/>
       <c r="J69" s="16"/>
       <c r="K69" s="16"/>
       <c r="L69" s="15"/>
     </row>
     <row r="70" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A70" s="30">
+      <c r="A70" s="27">
         <v>41257</v>
       </c>
-      <c r="B70" s="30">
+      <c r="B70" s="27">
         <v>41295</v>
       </c>
       <c r="C70" s="3">
         <v>0.81</v>
       </c>
       <c r="D70" s="3">
         <v>0.89100000000000001</v>
       </c>
       <c r="E70" s="22">
         <v>2643922778.6799998</v>
       </c>
       <c r="F70" s="22">
         <v>2643922778.6799998</v>
       </c>
       <c r="G70" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H70" s="19"/>
       <c r="I70" s="16"/>
       <c r="J70" s="16"/>
       <c r="K70" s="16"/>
       <c r="L70" s="15"/>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A71" s="30">
+      <c r="A71" s="27">
         <v>41330</v>
       </c>
-      <c r="B71" s="30">
+      <c r="B71" s="27">
         <v>41361</v>
       </c>
       <c r="C71" s="3">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="D71" s="3">
         <v>7.4800000000000005E-2</v>
       </c>
       <c r="E71" s="21">
         <v>261128156.49000001</v>
       </c>
       <c r="F71" s="21">
         <v>227453102.80000001</v>
       </c>
       <c r="G71" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H71" s="19"/>
       <c r="I71" s="16"/>
       <c r="J71" s="16"/>
       <c r="K71" s="16"/>
       <c r="L71" s="15"/>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A72" s="30">
+      <c r="A72" s="27">
         <v>41330</v>
       </c>
-      <c r="B72" s="30">
+      <c r="B72" s="27">
         <v>41361</v>
       </c>
       <c r="C72" s="3">
         <v>0.56799999999999995</v>
       </c>
       <c r="D72" s="3">
         <v>0.62480000000000002</v>
       </c>
       <c r="E72" s="22">
         <v>1854009911.0599999</v>
       </c>
       <c r="F72" s="22">
         <v>1854009911.0599999</v>
       </c>
       <c r="G72" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H72" s="19"/>
       <c r="I72" s="16"/>
       <c r="J72" s="16"/>
       <c r="K72" s="16"/>
       <c r="L72" s="15"/>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A73" s="30">
+      <c r="A73" s="27">
         <v>41516</v>
       </c>
-      <c r="B73" s="30">
+      <c r="B73" s="27">
         <v>41544</v>
       </c>
       <c r="C73" s="3">
         <v>0.65</v>
       </c>
       <c r="D73" s="3">
         <v>0.65</v>
       </c>
       <c r="E73" s="22">
         <v>2035986695.5999999</v>
       </c>
       <c r="F73" s="22">
         <v>2035986695.5999999</v>
       </c>
       <c r="G73" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H73" s="19"/>
       <c r="I73" s="16"/>
       <c r="J73" s="16"/>
       <c r="K73" s="16"/>
       <c r="L73" s="15"/>
     </row>
     <row r="74" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="11"/>
@@ -3440,1115 +3483,1185 @@
     <row r="80" spans="1:12" ht="14" x14ac:dyDescent="0.3">
       <c r="E80" s="14"/>
       <c r="F80" s="14"/>
       <c r="G80" s="14"/>
     </row>
     <row r="81" spans="5:7" ht="14" x14ac:dyDescent="0.3">
       <c r="E81" s="14"/>
       <c r="F81" s="14"/>
       <c r="G81" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE10FD72-560C-402B-A452-E26ED9AB0F6F}">
-  <dimension ref="A1:L48"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="J14" sqref="J14"/>
+      <selection pane="bottomLeft" activeCell="C41" sqref="C41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="11.81640625" customWidth="1"/>
     <col min="3" max="4" width="10.81640625" customWidth="1"/>
     <col min="5" max="5" width="17.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22" customWidth="1"/>
     <col min="8" max="8" width="10.453125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="10.1796875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.81640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.1796875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A2" s="39" t="s">
+      <c r="A2" s="41" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="37"/>
-[...4 lines deleted...]
-      <c r="G2" s="38"/>
+      <c r="B2" s="39"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="39"/>
+      <c r="E2" s="39"/>
+      <c r="F2" s="39"/>
+      <c r="G2" s="40"/>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" s="5"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="6"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="34" t="s">
+      <c r="C4" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="35"/>
-      <c r="E4" s="34" t="s">
+      <c r="D4" s="37"/>
+      <c r="E4" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="F4" s="35"/>
+      <c r="F4" s="37"/>
       <c r="G4" s="8"/>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="9"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="10"/>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A7" s="30">
+      <c r="A7" s="27">
         <v>41645</v>
       </c>
-      <c r="B7" s="30">
+      <c r="B7" s="27">
         <v>41662</v>
       </c>
-      <c r="C7" s="24">
+      <c r="C7" s="23">
         <v>0.154</v>
       </c>
-      <c r="D7" s="28">
+      <c r="D7" s="26">
         <v>0.13089999999999999</v>
       </c>
       <c r="E7" s="21">
         <v>2412164522.3099999</v>
       </c>
       <c r="F7" s="21">
         <v>2107579293.54</v>
       </c>
       <c r="G7" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="19"/>
       <c r="I7" s="16"/>
       <c r="J7" s="16"/>
       <c r="K7" s="16"/>
       <c r="L7" s="15"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A8" s="30">
+      <c r="A8" s="27">
         <v>41645</v>
       </c>
-      <c r="B8" s="30">
+      <c r="B8" s="27">
         <v>41662</v>
       </c>
-      <c r="C8" s="24">
+      <c r="C8" s="23">
         <v>0.1</v>
       </c>
-      <c r="D8" s="28">
+      <c r="D8" s="26">
         <v>0.1</v>
       </c>
       <c r="E8" s="22">
         <v>1566340598.9000001</v>
       </c>
       <c r="F8" s="22">
         <v>1566340598.9000001</v>
       </c>
       <c r="G8" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="19"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="15"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A9" s="30">
+      <c r="A9" s="27">
         <v>41723</v>
       </c>
-      <c r="B9" s="30">
+      <c r="B9" s="27">
         <v>41754</v>
       </c>
-      <c r="C9" s="24">
+      <c r="C9" s="23">
         <v>0.13</v>
       </c>
-      <c r="D9" s="28">
+      <c r="D9" s="26">
         <v>0.13</v>
       </c>
       <c r="E9" s="22">
         <v>2036573489.8600001</v>
       </c>
       <c r="F9" s="22">
         <v>2036573489.8600001</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="19"/>
       <c r="I9" s="16"/>
       <c r="J9" s="16"/>
       <c r="K9" s="16"/>
       <c r="L9" s="15"/>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A10" s="30">
+      <c r="A10" s="27">
         <v>41834</v>
       </c>
-      <c r="B10" s="30">
+      <c r="B10" s="27">
         <v>41879</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C10" s="23">
         <v>0.1</v>
       </c>
-      <c r="D10" s="28">
+      <c r="D10" s="26">
         <v>8.5000000000000006E-2</v>
       </c>
       <c r="E10" s="21">
         <v>1569242027</v>
       </c>
       <c r="F10" s="21">
         <v>1371616884.5799999</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H10" s="19"/>
       <c r="I10" s="16"/>
       <c r="J10" s="16"/>
       <c r="K10" s="16"/>
       <c r="L10" s="15"/>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A11" s="30">
+      <c r="A11" s="27">
         <v>41834</v>
       </c>
-      <c r="B11" s="30">
+      <c r="B11" s="27">
         <v>41879</v>
       </c>
-      <c r="C11" s="24">
+      <c r="C11" s="23">
         <v>0.06</v>
       </c>
-      <c r="D11" s="28">
+      <c r="D11" s="26">
         <v>0.06</v>
       </c>
       <c r="E11" s="22">
         <v>941545216.19999993</v>
       </c>
       <c r="F11" s="22">
         <v>941545216.19999993</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="19"/>
       <c r="I11" s="16"/>
       <c r="J11" s="16"/>
       <c r="K11" s="16"/>
       <c r="L11" s="15"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A12" s="30">
+      <c r="A12" s="27">
         <v>41927</v>
       </c>
-      <c r="B12" s="30">
+      <c r="B12" s="27">
         <v>41956</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C12" s="23">
         <v>0.22</v>
       </c>
-      <c r="D12" s="28">
+      <c r="D12" s="26">
         <v>0.22</v>
       </c>
       <c r="E12" s="22">
         <v>3454030456.3600001</v>
       </c>
       <c r="F12" s="22">
         <v>3454030456.3600001</v>
       </c>
       <c r="G12" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H12" s="19"/>
       <c r="I12" s="16"/>
       <c r="J12" s="16"/>
       <c r="K12" s="16"/>
       <c r="L12" s="15"/>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A13" s="30">
+      <c r="A13" s="27">
         <v>41995</v>
       </c>
-      <c r="B13" s="30">
+      <c r="B13" s="27">
         <v>42018</v>
       </c>
-      <c r="C13" s="24">
+      <c r="C13" s="23">
         <v>0.13</v>
       </c>
-      <c r="D13" s="28">
+      <c r="D13" s="26">
         <v>0.1105</v>
       </c>
       <c r="E13" s="21">
         <v>2042586238.55</v>
       </c>
       <c r="F13" s="21">
         <v>1778633970.3399999</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H13" s="19"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="15"/>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A14" s="30">
+      <c r="A14" s="27">
         <v>42004</v>
       </c>
-      <c r="B14" s="30">
+      <c r="B14" s="27">
         <v>42034</v>
       </c>
-      <c r="C14" s="24">
+      <c r="C14" s="23">
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="D14" s="28">
+      <c r="D14" s="26">
         <v>8.1600000000000006E-2</v>
       </c>
       <c r="E14" s="21">
         <v>1508371376.1600001</v>
       </c>
       <c r="F14" s="21">
         <v>1313390833.1700001</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H14" s="19"/>
       <c r="I14" s="16"/>
       <c r="J14" s="16"/>
       <c r="K14" s="16"/>
       <c r="L14" s="15"/>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A15" s="30">
+      <c r="A15" s="27">
         <v>42058</v>
       </c>
-      <c r="B15" s="30">
+      <c r="B15" s="27">
         <v>42094</v>
       </c>
-      <c r="C15" s="24">
+      <c r="C15" s="23">
         <v>0.09</v>
       </c>
-      <c r="D15" s="28">
+      <c r="D15" s="26">
         <v>7.6499999999999999E-2</v>
       </c>
       <c r="E15" s="21">
         <v>1414448428.77</v>
       </c>
       <c r="F15" s="21">
         <v>1231368896.45</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H15" s="19"/>
       <c r="I15" s="16"/>
       <c r="J15" s="16"/>
       <c r="K15" s="16"/>
       <c r="L15" s="15"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A16" s="30">
+      <c r="A16" s="27">
         <v>42137</v>
       </c>
-      <c r="B16" s="30">
+      <c r="B16" s="27">
         <v>42184</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C16" s="23">
         <v>0.1</v>
       </c>
-      <c r="D16" s="28">
+      <c r="D16" s="26">
         <v>8.5000000000000006E-2</v>
       </c>
       <c r="E16" s="21">
         <v>1570550571.4000001</v>
       </c>
       <c r="F16" s="21">
         <v>1367207404.02</v>
       </c>
       <c r="G16" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H16" s="19"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
       <c r="L16" s="15"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A17" s="30">
+      <c r="A17" s="27">
         <v>42244</v>
       </c>
-      <c r="B17" s="30">
+      <c r="B17" s="27">
         <v>42275</v>
       </c>
-      <c r="C17" s="24">
+      <c r="C17" s="23">
         <v>0.15</v>
       </c>
-      <c r="D17" s="28">
+      <c r="D17" s="26">
         <v>0.15</v>
       </c>
       <c r="E17" s="21">
         <v>2352437898.75</v>
       </c>
       <c r="F17" s="21">
         <v>2352437898.75</v>
       </c>
       <c r="G17" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="19"/>
       <c r="I17" s="16"/>
       <c r="J17" s="16"/>
       <c r="K17" s="16"/>
       <c r="L17" s="15"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A18" s="30">
+      <c r="A18" s="27">
         <v>42339</v>
       </c>
-      <c r="B18" s="30">
+      <c r="B18" s="27">
         <v>42368</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C18" s="23">
         <v>0.15</v>
       </c>
-      <c r="D18" s="28">
+      <c r="D18" s="26">
         <v>0.1275</v>
       </c>
       <c r="E18" s="21">
         <v>2352754159.1999998</v>
       </c>
       <c r="F18" s="21">
         <v>2047823208.0099998</v>
       </c>
       <c r="G18" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H18" s="19"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
       <c r="L18" s="15"/>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A19" s="30">
+      <c r="A19" s="27">
         <v>42384</v>
       </c>
-      <c r="B19" s="30">
+      <c r="B19" s="27">
         <v>42429</v>
       </c>
-      <c r="C19" s="24">
+      <c r="C19" s="23">
         <v>0.13</v>
       </c>
-      <c r="D19" s="28">
+      <c r="D19" s="26">
         <v>0.1105</v>
       </c>
       <c r="E19" s="21">
         <v>2039170956.9400001</v>
       </c>
       <c r="F19" s="21">
         <v>1774556781.6200001</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H19" s="19"/>
       <c r="I19" s="16"/>
       <c r="J19" s="16"/>
       <c r="K19" s="16"/>
       <c r="L19" s="15"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A20" s="30">
+      <c r="A20" s="27">
         <v>42545</v>
       </c>
-      <c r="B20" s="30">
+      <c r="B20" s="27">
         <v>42580</v>
       </c>
-      <c r="C20" s="27">
+      <c r="C20" s="23">
         <v>0.13</v>
       </c>
-      <c r="D20" s="29">
+      <c r="D20" s="26">
         <v>0.13</v>
       </c>
       <c r="E20" s="21">
         <v>2040800421.53</v>
       </c>
       <c r="F20" s="21">
         <v>2040800421.53</v>
       </c>
       <c r="G20" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H20" s="19"/>
       <c r="I20" s="16"/>
       <c r="J20" s="16"/>
       <c r="K20" s="16"/>
       <c r="L20" s="15"/>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A21" s="30">
+      <c r="A21" s="27">
         <v>42662</v>
       </c>
-      <c r="B21" s="30">
+      <c r="B21" s="27">
         <v>42699</v>
       </c>
-      <c r="C21" s="27">
+      <c r="C21" s="23">
         <v>0.16</v>
       </c>
-      <c r="D21" s="29">
+      <c r="D21" s="26">
         <v>0.16</v>
       </c>
       <c r="E21" s="21">
         <v>2511950431.3600001</v>
       </c>
       <c r="F21" s="21">
         <v>2511950431.3600001</v>
       </c>
       <c r="G21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H21" s="19"/>
       <c r="I21" s="16"/>
       <c r="J21" s="16"/>
       <c r="K21" s="16"/>
       <c r="L21" s="15"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A22" s="30">
+      <c r="A22" s="27">
         <v>42705</v>
       </c>
-      <c r="B22" s="30">
+      <c r="B22" s="27">
         <v>42733</v>
       </c>
-      <c r="C22" s="27">
+      <c r="C22" s="23">
         <v>0.22</v>
       </c>
-      <c r="D22" s="29">
+      <c r="D22" s="26">
         <v>0.187</v>
       </c>
       <c r="E22" s="21">
         <v>3454172970.1599998</v>
       </c>
       <c r="F22" s="21">
         <v>3003282888.3000002</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H22" s="19"/>
       <c r="I22" s="16"/>
       <c r="J22" s="16"/>
       <c r="K22" s="16"/>
       <c r="L22" s="15"/>
     </row>
     <row r="23" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A23" s="30">
+      <c r="A23" s="27">
         <v>42726</v>
       </c>
-      <c r="B23" s="30">
+      <c r="B23" s="27">
         <v>42789</v>
       </c>
-      <c r="C23" s="27">
+      <c r="C23" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="D23" s="29">
+      <c r="D23" s="26">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E23" s="21">
         <v>1098928080.1100001</v>
       </c>
       <c r="F23" s="21">
         <v>1098928080.1100001</v>
       </c>
       <c r="G23" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H23" s="25"/>
+      <c r="H23" s="24"/>
       <c r="I23" s="16"/>
       <c r="J23" s="16"/>
       <c r="K23" s="16"/>
       <c r="L23" s="15"/>
     </row>
     <row r="24" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A24" s="30">
+      <c r="A24" s="27">
         <v>42871</v>
       </c>
-      <c r="B24" s="30">
+      <c r="B24" s="27">
         <v>42933</v>
       </c>
-      <c r="C24" s="27">
+      <c r="C24" s="23">
         <v>0.16</v>
       </c>
-      <c r="D24" s="29">
+      <c r="D24" s="26">
         <v>0.16</v>
       </c>
       <c r="E24" s="21">
         <v>2513076740.1599998</v>
       </c>
       <c r="F24" s="21">
         <v>2513076740.1599998</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H24" s="25"/>
+      <c r="H24" s="24"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
       <c r="L24" s="15"/>
     </row>
     <row r="25" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A25" s="30">
+      <c r="A25" s="27">
         <v>43070</v>
       </c>
-      <c r="B25" s="30">
+      <c r="B25" s="27">
         <v>43097</v>
       </c>
-      <c r="C25" s="27">
+      <c r="C25" s="23">
         <v>0.31</v>
       </c>
-      <c r="D25" s="29">
+      <c r="D25" s="26">
         <v>0.26350000000000001</v>
       </c>
       <c r="E25" s="21">
         <v>4869768533.4300003</v>
       </c>
       <c r="F25" s="21">
         <v>4234449445.3500004</v>
       </c>
       <c r="G25" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H25" s="25"/>
+      <c r="H25" s="24"/>
       <c r="I25" s="16"/>
       <c r="J25" s="16"/>
       <c r="K25" s="16"/>
       <c r="L25" s="15"/>
     </row>
     <row r="26" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A26" s="30">
+      <c r="A26" s="27">
         <v>43090</v>
       </c>
-      <c r="B26" s="30">
+      <c r="B26" s="27">
         <v>43153</v>
       </c>
-      <c r="C26" s="27">
+      <c r="C26" s="23">
         <v>7.0000000000000007E-2</v>
       </c>
-      <c r="D26" s="29">
+      <c r="D26" s="26">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="E26" s="21">
         <v>1099765076.4100001</v>
       </c>
       <c r="F26" s="21">
         <v>1099765076.4100001</v>
       </c>
       <c r="G26" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H26" s="25"/>
+      <c r="H26" s="24"/>
       <c r="I26" s="16"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
       <c r="L26" s="15"/>
     </row>
     <row r="27" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A27" s="30">
+      <c r="A27" s="27">
         <v>43235</v>
       </c>
-      <c r="B27" s="30">
+      <c r="B27" s="27">
         <v>43311</v>
       </c>
-      <c r="C27" s="27">
+      <c r="C27" s="23">
         <v>0.16</v>
       </c>
-      <c r="D27" s="29">
+      <c r="D27" s="26">
         <v>0.16</v>
       </c>
       <c r="E27" s="21">
         <v>2515101062.8800001</v>
       </c>
       <c r="F27" s="21">
         <v>2515101062.8800001</v>
       </c>
       <c r="G27" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H27" s="25"/>
+      <c r="H27" s="24"/>
       <c r="I27" s="16"/>
       <c r="J27" s="16"/>
       <c r="K27" s="16"/>
       <c r="L27" s="15"/>
     </row>
     <row r="28" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A28" s="30">
+      <c r="A28" s="27">
         <v>43437</v>
       </c>
-      <c r="B28" s="30">
+      <c r="B28" s="27">
         <v>43462</v>
       </c>
-      <c r="C28" s="27">
+      <c r="C28" s="23">
         <v>0.32</v>
       </c>
-      <c r="D28" s="29">
+      <c r="D28" s="26">
         <v>0.27200000000000002</v>
       </c>
       <c r="E28" s="21">
         <v>5030507250.5600004</v>
       </c>
       <c r="F28" s="21">
         <v>4372973859.2300005</v>
       </c>
       <c r="G28" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H28" s="25"/>
+      <c r="H28" s="24"/>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="15"/>
     </row>
     <row r="29" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A29" s="30">
+      <c r="A29" s="27">
         <v>43801</v>
       </c>
-      <c r="B29" s="30">
+      <c r="B29" s="27">
         <v>43829</v>
       </c>
-      <c r="C29" s="24">
+      <c r="C29" s="23">
         <v>0.49059999999999998</v>
       </c>
-      <c r="D29" s="28">
+      <c r="D29" s="26">
         <v>0.41700999999999999</v>
       </c>
       <c r="E29" s="21">
         <v>7717419618.6300001</v>
       </c>
       <c r="F29" s="21">
         <v>6718807500.46</v>
       </c>
       <c r="G29" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H29" s="25"/>
+      <c r="H29" s="24"/>
       <c r="I29" s="16"/>
       <c r="J29" s="16"/>
       <c r="K29" s="16"/>
       <c r="L29" s="15"/>
     </row>
     <row r="30" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A30" s="30">
+      <c r="A30" s="27">
         <v>44174</v>
       </c>
-      <c r="B30" s="30">
+      <c r="B30" s="27">
         <v>44195</v>
       </c>
-      <c r="C30" s="24">
+      <c r="C30" s="23">
         <v>0.41370000000000001</v>
       </c>
-      <c r="D30" s="28">
+      <c r="D30" s="26">
         <v>0.35164499999999999</v>
       </c>
       <c r="E30" s="21">
         <v>6509498701.04</v>
       </c>
       <c r="F30" s="21">
         <v>5666055990.4399996</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H30" s="25"/>
+      <c r="H30" s="24"/>
       <c r="I30" s="16"/>
       <c r="J30" s="16"/>
       <c r="K30" s="16"/>
       <c r="L30" s="15"/>
     </row>
     <row r="31" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A31" s="30">
+      <c r="A31" s="27">
         <v>44186</v>
       </c>
-      <c r="B31" s="30">
+      <c r="B31" s="27">
         <v>44224</v>
       </c>
-      <c r="C31" s="24">
+      <c r="C31" s="23">
         <v>7.6700000000000004E-2</v>
       </c>
-      <c r="D31" s="28">
+      <c r="D31" s="26">
         <v>7.6700000000000004E-2</v>
       </c>
       <c r="E31" s="21">
         <v>1206867963.6260002</v>
       </c>
       <c r="F31" s="21">
         <v>1206867963.6260002</v>
       </c>
       <c r="G31" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H31" s="25"/>
+      <c r="H31" s="24"/>
       <c r="I31" s="16"/>
       <c r="J31" s="16"/>
       <c r="K31" s="16"/>
       <c r="L31" s="15"/>
     </row>
     <row r="32" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A32" s="30">
+      <c r="A32" s="27">
         <v>44539</v>
       </c>
-      <c r="B32" s="30">
+      <c r="B32" s="27">
         <v>44560</v>
       </c>
-      <c r="C32" s="24">
+      <c r="C32" s="23">
         <v>0.13339999999999999</v>
       </c>
-      <c r="D32" s="28">
+      <c r="D32" s="26">
         <v>0.13339999999999999</v>
       </c>
       <c r="E32" s="21">
         <v>2099485898.4733999</v>
       </c>
       <c r="F32" s="21">
         <v>2099485898.4733999</v>
       </c>
       <c r="G32" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H32" s="25"/>
+      <c r="H32" s="24"/>
       <c r="I32" s="16"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="15"/>
     </row>
     <row r="33" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A33" s="30">
+      <c r="A33" s="27">
         <v>44539</v>
       </c>
-      <c r="B33" s="30">
+      <c r="B33" s="27">
         <v>44560</v>
       </c>
-      <c r="C33" s="24">
+      <c r="C33" s="23">
         <v>0.47020000000000001</v>
       </c>
-      <c r="D33" s="28">
+      <c r="D33" s="26">
         <v>0.39967000000000003</v>
       </c>
       <c r="E33" s="21">
         <v>7400136952.4902</v>
       </c>
       <c r="F33" s="21">
         <v>6436379355.8002005</v>
       </c>
       <c r="G33" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H33" s="25"/>
+      <c r="H33" s="24"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="15"/>
     </row>
     <row r="34" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A34" s="30">
+      <c r="A34" s="27">
         <v>44901</v>
       </c>
-      <c r="B34" s="30">
+      <c r="B34" s="27">
         <v>44924</v>
       </c>
-      <c r="C34" s="24">
+      <c r="C34" s="23">
         <v>0.76229999999999998</v>
       </c>
-      <c r="D34" s="28">
+      <c r="D34" s="26">
         <v>0.64795499999999995</v>
       </c>
       <c r="E34" s="21">
         <v>11999808024.92</v>
       </c>
       <c r="F34" s="21">
         <v>10427158577.08</v>
       </c>
       <c r="G34" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H34" s="25"/>
+      <c r="H34" s="24"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="15"/>
     </row>
     <row r="35" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A35" s="30">
+      <c r="A35" s="27">
         <v>45272</v>
       </c>
-      <c r="B35" s="30">
+      <c r="B35" s="27">
         <v>45288</v>
       </c>
-      <c r="C35" s="32">
+      <c r="C35" s="29">
         <v>0.73019999999999996</v>
       </c>
-      <c r="D35" s="33">
+      <c r="D35" s="30">
         <v>0.62067000000000005</v>
       </c>
-      <c r="E35" s="31">
+      <c r="E35" s="28">
         <v>11500204792.678799</v>
       </c>
-      <c r="F35" s="31">
+      <c r="F35" s="28">
         <v>9999032981.0087986</v>
       </c>
       <c r="G35" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H35" s="25"/>
+      <c r="H35" s="24"/>
       <c r="I35" s="16"/>
       <c r="J35" s="16"/>
       <c r="K35" s="16"/>
       <c r="L35" s="15"/>
     </row>
     <row r="36" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A36" s="30">
+      <c r="A36" s="27">
         <v>45637</v>
       </c>
-      <c r="B36" s="30">
+      <c r="B36" s="27">
         <v>45656</v>
       </c>
-      <c r="C36" s="32">
+      <c r="C36" s="29">
         <v>0.24479999999999999</v>
       </c>
-      <c r="D36" s="33">
+      <c r="D36" s="30">
         <v>0.20807999999999999</v>
       </c>
-      <c r="E36" s="31">
+      <c r="E36" s="28">
         <v>3852185499.7343998</v>
       </c>
-      <c r="F36" s="31">
+      <c r="F36" s="28">
         <v>3337768146.2244</v>
       </c>
       <c r="G36" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H36" s="25"/>
+      <c r="H36" s="24"/>
       <c r="I36" s="16"/>
       <c r="J36" s="16"/>
       <c r="K36" s="16"/>
       <c r="L36" s="15"/>
     </row>
     <row r="37" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A37" s="30">
+      <c r="A37" s="27">
         <v>45637</v>
       </c>
-      <c r="B37" s="30">
+      <c r="B37" s="27">
         <v>45664</v>
       </c>
-      <c r="C37" s="24">
+      <c r="C37" s="23">
         <v>0.42280000000000001</v>
       </c>
-      <c r="D37" s="28">
+      <c r="D37" s="26">
         <v>0.42280000000000001</v>
       </c>
       <c r="E37" s="21">
         <v>6653202734.0184002</v>
       </c>
       <c r="F37" s="21">
         <v>6653202734.0184002</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H37" s="25"/>
+      <c r="H37" s="24"/>
       <c r="I37" s="16"/>
       <c r="J37" s="16"/>
       <c r="K37" s="16"/>
       <c r="L37" s="15"/>
     </row>
     <row r="38" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A38" s="30">
+      <c r="A38" s="27">
         <v>45713</v>
       </c>
-      <c r="B38" s="30">
+      <c r="B38" s="27">
         <v>45751</v>
       </c>
-      <c r="C38" s="24">
+      <c r="C38" s="23">
         <v>0.12759999999999999</v>
       </c>
-      <c r="D38" s="28">
+      <c r="D38" s="26">
         <v>0.12759999999999999</v>
       </c>
       <c r="E38" s="21">
         <v>1997499111.3</v>
       </c>
       <c r="F38" s="21">
         <v>1997499111.3</v>
       </c>
       <c r="G38" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H38" s="25"/>
+      <c r="H38" s="24"/>
       <c r="I38" s="16"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
       <c r="L38" s="15"/>
     </row>
     <row r="39" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A39" s="30">
+      <c r="A39" s="27">
         <v>45784</v>
       </c>
-      <c r="B39" s="30">
+      <c r="B39" s="27">
         <v>45845</v>
       </c>
-      <c r="C39" s="24">
+      <c r="C39" s="23">
         <v>0.128</v>
       </c>
-      <c r="D39" s="28">
+      <c r="D39" s="26">
         <v>0.128</v>
       </c>
       <c r="E39" s="21">
         <v>2000739552.7680001</v>
       </c>
       <c r="F39" s="21">
         <v>2000739552.7680001</v>
       </c>
       <c r="G39" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H39" s="25"/>
+      <c r="H39" s="24"/>
       <c r="I39" s="16"/>
       <c r="J39" s="16"/>
       <c r="K39" s="16"/>
       <c r="L39" s="15"/>
     </row>
     <row r="40" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-      <c r="A40" s="30">
+      <c r="A40" s="27">
         <v>45868</v>
       </c>
-      <c r="B40" s="30">
+      <c r="B40" s="27">
         <v>45936</v>
       </c>
-      <c r="C40" s="24">
+      <c r="C40" s="23">
         <v>0.1283</v>
       </c>
-      <c r="D40" s="28">
+      <c r="D40" s="26">
         <v>0.1283</v>
       </c>
       <c r="E40" s="21">
         <v>2000487254.6296</v>
       </c>
       <c r="F40" s="21">
         <v>2000487254.6296</v>
       </c>
       <c r="G40" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="H40" s="25"/>
+      <c r="H40" s="24"/>
       <c r="I40" s="16"/>
       <c r="J40" s="16"/>
       <c r="K40" s="16"/>
       <c r="L40" s="15"/>
     </row>
-    <row r="41" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H41" s="16"/>
+    <row r="41" spans="1:12" ht="13" x14ac:dyDescent="0.3">
+      <c r="A41" s="27">
+        <v>46000</v>
+      </c>
+      <c r="B41" s="27">
+        <v>46021</v>
+      </c>
+      <c r="C41" s="23">
+        <v>0.1153</v>
+      </c>
+      <c r="D41" s="26">
+        <v>0.1153</v>
+      </c>
+      <c r="E41" s="21">
+        <v>1800572457.4100001</v>
+      </c>
+      <c r="F41" s="21">
+        <v>1800572457.4100001</v>
+      </c>
+      <c r="G41" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" s="24"/>
       <c r="I41" s="16"/>
-    </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="J41" s="16"/>
+      <c r="K41" s="16"/>
+      <c r="L41" s="15"/>
+    </row>
+    <row r="42" spans="1:12" ht="13" x14ac:dyDescent="0.3">
+      <c r="A42" s="27">
+        <v>46000</v>
+      </c>
+      <c r="B42" s="27">
+        <v>46021</v>
+      </c>
+      <c r="C42" s="23">
+        <v>0.34589999999999999</v>
+      </c>
+      <c r="D42" s="26">
+        <v>0.34589999999999999</v>
+      </c>
+      <c r="E42" s="21">
+        <v>5401717372.2299995</v>
+      </c>
+      <c r="F42" s="21">
+        <v>5401717372.2299995</v>
+      </c>
+      <c r="G42" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="24"/>
+      <c r="I42" s="16"/>
+      <c r="J42" s="16"/>
+      <c r="K42" s="16"/>
       <c r="L42" s="15"/>
     </row>
-    <row r="43" spans="1:12" ht="13" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="G48" s="14"/>
+    <row r="43" spans="1:12" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="31">
+        <v>46000</v>
+      </c>
+      <c r="B43" s="31">
+        <v>46386</v>
+      </c>
+      <c r="C43" s="32">
+        <v>2.69E-2</v>
+      </c>
+      <c r="D43" s="33">
+        <v>0.22869999999999999</v>
+      </c>
+      <c r="E43" s="34">
+        <v>4200815186.8499999</v>
+      </c>
+      <c r="F43" s="34">
+        <v>3640019574.1599998</v>
+      </c>
+      <c r="G43" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="H43" s="16"/>
+      <c r="I43" s="16"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="L44" s="15"/>
+    </row>
+    <row r="45" spans="1:12" ht="13" x14ac:dyDescent="0.3">
+      <c r="A45" s="25"/>
+      <c r="I45" s="15"/>
+    </row>
+    <row r="49" spans="7:7" ht="14" x14ac:dyDescent="0.3">
+      <c r="G49" s="14"/>
+    </row>
+    <row r="50" spans="7:7" ht="14" x14ac:dyDescent="0.3">
+      <c r="G50" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
@@ -4835,51 +4948,51 @@
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F989A1C4-82E8-4C12-BDBE-B424D7A4AB0E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7e3c3589-cb16-4671-a4d8-bd8f278b8214"/>
     <ds:schemaRef ds:uri="72379e61-a0f8-4c90-9df9-e8b06f004628"/>
     <ds:schemaRef ds:uri="8d602a09-1222-4571-be0b-9470fafe4ff5"/>
     <ds:schemaRef ds:uri="f8c03b24-8d95-4c54-a998-33135480af90"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E85D5B0C-9986-4422-A489-99518971220F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CF20371-2EFE-4405-BB1D-00A51D97D89C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D4624CF-5783-4D2B-ABF9-67062957A14F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f8c03b24-8d95-4c54-a998-33135480af90"/>
     <ds:schemaRef ds:uri="8d602a09-1222-4571-be0b-9470fafe4ff5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>