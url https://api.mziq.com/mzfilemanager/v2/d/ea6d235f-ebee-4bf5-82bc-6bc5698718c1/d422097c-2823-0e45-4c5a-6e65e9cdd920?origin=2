--- v0 (2025-12-07)
+++ v1 (2026-01-21)
@@ -6,105 +6,107 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="EstaPastaDeTrabalho" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Comercial\Operações Comerciais\5. Analise CReg\CREG Site\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{092A371B-44E5-4992-88BF-0C3AF9E78B2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{21F3CF40-B5A2-46F5-B494-07BF9436E0F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="944" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="944" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quadro-Resumo | ATGás" sheetId="8" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Quadro-Resumo | ATGás'!$A$1:$V$42</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="Q29" i="8" l="1"/>
+  <c r="R29" i="8" s="1"/>
+  <c r="R10" i="8"/>
+  <c r="R13" i="8"/>
+  <c r="Q8" i="8"/>
+  <c r="R8" i="8"/>
+  <c r="S8" i="8"/>
+  <c r="T9" i="8"/>
+  <c r="S9" i="8"/>
   <c r="Q10" i="8" l="1"/>
   <c r="Q13" i="8" l="1"/>
   <c r="P8" i="8"/>
   <c r="D6" i="8" l="1"/>
   <c r="E6" i="8"/>
   <c r="F6" i="8"/>
-  <c r="G6" i="8"/>
-[...5 lines deleted...]
-  <c r="O6" i="8"/>
   <c r="C6" i="8"/>
   <c r="N20" i="8"/>
   <c r="O20" i="8"/>
   <c r="O13" i="8"/>
   <c r="N13" i="8"/>
   <c r="M13" i="8"/>
   <c r="L13" i="8"/>
   <c r="K13" i="8"/>
   <c r="J13" i="8"/>
   <c r="I13" i="8"/>
   <c r="H13" i="8"/>
   <c r="G13" i="8"/>
   <c r="F13" i="8"/>
   <c r="O10" i="8"/>
   <c r="N10" i="8"/>
   <c r="M10" i="8"/>
   <c r="L10" i="8"/>
   <c r="K10" i="8"/>
   <c r="J10" i="8"/>
   <c r="I10" i="8"/>
   <c r="H10" i="8"/>
   <c r="G10" i="8"/>
   <c r="F10" i="8"/>
   <c r="O8" i="8"/>
   <c r="N8" i="8"/>
@@ -119,134 +121,134 @@
   <c r="T17" i="8"/>
   <c r="I26" i="8"/>
   <c r="J26" i="8"/>
   <c r="K26" i="8"/>
   <c r="L26" i="8"/>
   <c r="M26" i="8"/>
   <c r="N26" i="8"/>
   <c r="O26" i="8"/>
   <c r="P26" i="8"/>
   <c r="Q26" i="8"/>
   <c r="R26" i="8"/>
   <c r="S26" i="8"/>
   <c r="H26" i="8"/>
   <c r="D26" i="8"/>
   <c r="E26" i="8"/>
   <c r="F26" i="8"/>
   <c r="C26" i="8"/>
   <c r="I20" i="8"/>
   <c r="J20" i="8"/>
   <c r="K20" i="8"/>
   <c r="L20" i="8"/>
   <c r="M20" i="8"/>
   <c r="C8" i="8"/>
   <c r="D8" i="8"/>
   <c r="E8" i="8"/>
-  <c r="Q9" i="8"/>
-[...2 lines deleted...]
-  <c r="S9" i="8"/>
   <c r="C10" i="8"/>
   <c r="C13" i="8"/>
   <c r="C20" i="8"/>
   <c r="T16" i="8" l="1"/>
   <c r="T15" i="8"/>
   <c r="T14" i="8"/>
   <c r="C7" i="8"/>
   <c r="T12" i="8" l="1"/>
   <c r="T11" i="8"/>
   <c r="C28" i="8"/>
   <c r="C29" i="8" s="1"/>
   <c r="T18" i="8" l="1"/>
   <c r="T19" i="8" l="1"/>
   <c r="P20" i="8" l="1"/>
   <c r="U21" i="8" l="1"/>
   <c r="U22" i="8"/>
   <c r="U27" i="8"/>
-  <c r="S8" i="8" l="1"/>
-[...1 lines deleted...]
-  <c r="Q8" i="8"/>
   <c r="Q7" i="8" l="1"/>
   <c r="Q6" i="8" s="1"/>
   <c r="R7" i="8"/>
   <c r="R6" i="8" s="1"/>
   <c r="S7" i="8"/>
   <c r="S6" i="8" s="1"/>
   <c r="T22" i="8" l="1"/>
   <c r="U26" i="8" l="1"/>
   <c r="Q28" i="8"/>
   <c r="R28" i="8"/>
   <c r="S28" i="8"/>
   <c r="H20" i="8"/>
   <c r="F20" i="8" l="1"/>
   <c r="E20" i="8"/>
   <c r="D20" i="8"/>
   <c r="D10" i="8" l="1"/>
   <c r="D13" i="8"/>
   <c r="E13" i="8" l="1"/>
   <c r="E10" i="8"/>
   <c r="D7" i="8"/>
   <c r="E7" i="8" l="1"/>
   <c r="T8" i="8" l="1"/>
   <c r="F7" i="8"/>
   <c r="T23" i="8"/>
   <c r="G20" i="8"/>
   <c r="P10" i="8" l="1"/>
   <c r="T10" i="8" s="1"/>
   <c r="P13" i="8"/>
   <c r="T13" i="8" s="1"/>
   <c r="T21" i="8"/>
   <c r="U12" i="8"/>
   <c r="U11" i="8"/>
   <c r="U9" i="8"/>
   <c r="U25" i="8"/>
   <c r="U23" i="8"/>
   <c r="U19" i="8"/>
   <c r="U18" i="8"/>
   <c r="U17" i="8"/>
   <c r="U16" i="8"/>
   <c r="U14" i="8"/>
   <c r="U15" i="8"/>
   <c r="G7" i="8"/>
+  <c r="G6" i="8" s="1"/>
   <c r="T7" i="8" l="1"/>
   <c r="P7" i="8"/>
   <c r="P6" i="8" s="1"/>
   <c r="U20" i="8"/>
   <c r="T20" i="8"/>
   <c r="O7" i="8"/>
+  <c r="O6" i="8" s="1"/>
   <c r="H7" i="8"/>
+  <c r="H6" i="8" s="1"/>
   <c r="U10" i="8"/>
   <c r="L7" i="8"/>
+  <c r="L6" i="8" s="1"/>
   <c r="U8" i="8"/>
   <c r="I7" i="8"/>
+  <c r="I6" i="8" s="1"/>
   <c r="M7" i="8"/>
+  <c r="M6" i="8" s="1"/>
   <c r="J7" i="8"/>
   <c r="J6" i="8" s="1"/>
   <c r="U13" i="8"/>
   <c r="K7" i="8"/>
   <c r="K6" i="8" s="1"/>
   <c r="N7" i="8"/>
+  <c r="N6" i="8" s="1"/>
   <c r="T6" i="8" l="1"/>
   <c r="J28" i="8"/>
   <c r="L28" i="8"/>
   <c r="P28" i="8"/>
   <c r="U7" i="8"/>
   <c r="O28" i="8" l="1"/>
   <c r="I28" i="8"/>
   <c r="H28" i="8"/>
   <c r="N28" i="8"/>
   <c r="K28" i="8"/>
   <c r="M28" i="8"/>
   <c r="U28" i="8" l="1"/>
   <c r="U6" i="8"/>
   <c r="T28" i="8" l="1"/>
   <c r="E28" i="8" l="1"/>
   <c r="D28" i="8" l="1"/>
   <c r="F28" i="8"/>
   <c r="G28" i="8"/>
   <c r="D29" i="8" l="1"/>
   <c r="E29" i="8" l="1"/>
   <c r="F29" i="8" l="1"/>
   <c r="G29" i="8" l="1"/>
   <c r="T29" i="8" s="1"/>
   <c r="H29" i="8" l="1"/>
   <c r="I29" i="8" s="1"/>
@@ -600,79 +602,80 @@
     <t xml:space="preserve">7) As informações apresentadas no quadro de apuração são preliminares e estão sob processo de avaliação pelo Orgão Regulador. </t>
   </si>
   <si>
     <t>8)  Ao longo das apurações mensais, poderão ocorrer variações ou ajustes retroativos, a fim de que sejam registradas as informações consolidadas.</t>
   </si>
   <si>
     <t>9) Diferente das outras rubricas, o capex e o opex possuem tratamento quinquenal, conforme sistemática de ciclos regulatórios, nos termos da proposta de metodologia de ciclo regulatório. A apuração destes valores para 2024 e 2025 está em avaliação pelo Orgão Regulador.</t>
   </si>
   <si>
     <r>
       <t>Receita Adicional</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (b.1)</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Apurado até Setembro</t>
+      <t>Apurado até Novembro</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>/2025</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="9">
+  <numFmts count="10">
     <numFmt numFmtId="44" formatCode="_-&quot;R$&quot;\ * #,##0.00_-;\-&quot;R$&quot;\ * #,##0.00_-;_-&quot;R$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.00000"/>
     <numFmt numFmtId="167" formatCode="_(&quot;R$ &quot;* #,##0.00_);_(&quot;R$ &quot;* \(#,##0.00\);_(&quot;R$ &quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="General_)"/>
     <numFmt numFmtId="169" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="170" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="171" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;???_-;_-@_-"/>
   </numFmts>
   <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1212,51 +1215,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE9EDF7"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="85">
+  <borders count="83">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
@@ -1834,63 +1837,50 @@
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right/>
-      <top style="thin">
-[...11 lines deleted...]
-      <right/>
       <top style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right/>
       <top style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right/>
       <top style="hair">
@@ -2020,65 +2010,50 @@
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="dotted">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.499984740745262"/>
-      </bottom>
-[...13 lines deleted...]
-        <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="hair">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
@@ -2457,51 +2432,51 @@
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="40" fontId="31" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="148">
+  <cellXfs count="143">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2640,287 +2615,272 @@
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
     </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="45" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="34" fillId="5" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="40" fillId="39" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="9" fillId="3" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="34" fillId="5" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="53" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="34" fillId="5" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="165" fontId="41" fillId="0" borderId="54" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="41" fillId="0" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="41" fillId="0" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="9" fillId="39" borderId="55" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="39" borderId="54" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="33" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="165" fontId="34" fillId="5" borderId="55" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="56" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="34" fillId="5" borderId="57" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="34" fillId="0" borderId="57" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="169" fontId="34" fillId="0" borderId="58" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="34" fillId="0" borderId="57" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="34" fillId="0" borderId="58" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="9" fillId="3" borderId="64" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="3" borderId="63" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="3" borderId="65" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="34" fillId="5" borderId="69" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="41" fillId="0" borderId="70" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="65" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="69" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="66" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="39" borderId="71" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="34" fillId="5" borderId="66" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="39" borderId="72" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="73" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="34" fillId="5" borderId="67" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="165" fontId="9" fillId="39" borderId="73" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="33" fillId="39" borderId="74" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="39" borderId="74" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="33" fillId="39" borderId="75" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="33" fillId="39" borderId="76" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="33" fillId="39" borderId="77" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="33" fillId="39" borderId="78" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="33" fillId="3" borderId="83" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="33" fillId="3" borderId="81" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="39" borderId="84" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="39" borderId="82" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="3" borderId="81" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="3" borderId="79" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="165" fontId="46" fillId="7" borderId="41" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="46" fillId="7" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="46" fillId="7" borderId="80" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="46" fillId="7" borderId="78" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="46" fillId="7" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="46" fillId="7" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="7" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="165" fontId="46" fillId="7" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="165" fontId="46" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="46" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="46" fillId="0" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="165" fontId="46" fillId="0" borderId="80" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="46" fillId="0" borderId="78" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="34" fillId="5" borderId="69" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="34" fillId="5" borderId="67" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="47" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="34" fillId="5" borderId="53" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="34" fillId="5" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="46" fillId="0" borderId="71" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="46" fillId="0" borderId="69" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="46" fillId="0" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="46" fillId="0" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="46" fillId="0" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="34" fillId="5" borderId="59" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="34" fillId="5" borderId="58" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="17" fontId="42" fillId="40" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="17" fontId="42" fillId="40" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="42" fillId="40" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="42" fillId="40" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="42" fillId="40" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="40" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="34" fillId="5" borderId="37" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="46" fillId="0" borderId="38" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="41" fillId="5" borderId="51" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="9" fillId="3" borderId="64" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="34" fillId="5" borderId="52" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="46" fillId="0" borderId="66" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="34" fillId="5" borderId="65" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="34" fillId="5" borderId="68" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="41" fillId="5" borderId="66" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="40" fillId="39" borderId="63" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="40" fillId="39" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="40" fillId="39" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="170" fontId="40" fillId="39" borderId="64" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="155">
     <cellStyle name="20% - Ênfase1" xfId="18" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Ênfase1 2" xfId="36" xr:uid="{3409494F-C779-4A0D-80CC-D7A4861328F3}"/>
     <cellStyle name="20% - Ênfase2" xfId="21" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Ênfase2 2" xfId="37" xr:uid="{BBDDB72A-ADC5-4F06-8C89-CC6FE3B8261B}"/>
     <cellStyle name="20% - Ênfase3" xfId="24" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Ênfase3 2" xfId="38" xr:uid="{5B6E2C82-CC8A-44FC-A838-EBE1AB1CB2A3}"/>
     <cellStyle name="20% - Ênfase4" xfId="27" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Ênfase4 2" xfId="39" xr:uid="{AAE456FB-4D10-4614-BA5C-738C810142D6}"/>
     <cellStyle name="20% - Ênfase5" xfId="30" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Ênfase5 2" xfId="40" xr:uid="{B74D0709-ABAA-4845-A672-9989B82BB0FA}"/>
     <cellStyle name="20% - Ênfase6" xfId="33" builtinId="50" customBuiltin="1"/>
     <cellStyle name="20% - Ênfase6 2" xfId="41" xr:uid="{A42D90BD-0A3D-466A-AD90-B15D45356C06}"/>
     <cellStyle name="40% - Ênfase1" xfId="19" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Ênfase1 2" xfId="42" xr:uid="{DFBFB8AA-E480-4416-A880-907E34966208}"/>
     <cellStyle name="40% - Ênfase2" xfId="22" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Ênfase2 2" xfId="43" xr:uid="{B9BF6A44-E34F-430A-85E3-2389131F01DE}"/>
     <cellStyle name="40% - Ênfase3" xfId="25" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Ênfase3 2" xfId="44" xr:uid="{AD5D52FE-8C06-4357-990C-F556B7C2B734}"/>
     <cellStyle name="40% - Ênfase4" xfId="28" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Ênfase4 2" xfId="45" xr:uid="{A195A9D4-EC27-4A16-A1F3-7AD492C24C3A}"/>
     <cellStyle name="40% - Ênfase5" xfId="31" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Ênfase5 2" xfId="46" xr:uid="{2CD9C2DE-8221-41D0-B13A-971D3E7C8A54}"/>
@@ -3527,1844 +3487,1850 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2AC3A905-320E-463A-A09E-2802D24B71BA}">
   <sheetPr codeName="Planilha2">
     <tabColor theme="9" tint="0.79998168889431442"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A1:Y42"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="Q20" sqref="Q20"/>
+      <selection activeCell="G29" sqref="G29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="59.28515625" style="2" customWidth="1"/>
     <col min="3" max="7" width="10.5703125" style="2" customWidth="1"/>
-    <col min="8" max="16" width="11.7109375" style="2" bestFit="1" customWidth="1" outlineLevel="1"/>
-[...1 lines deleted...]
-    <col min="18" max="19" width="9.140625" style="2" customWidth="1" outlineLevel="1"/>
+    <col min="8" max="18" width="11.7109375" style="2" bestFit="1" customWidth="1" outlineLevel="1"/>
+    <col min="19" max="19" width="9.140625" style="2" customWidth="1" outlineLevel="1"/>
     <col min="20" max="20" width="19.42578125" style="2" customWidth="1"/>
     <col min="21" max="21" width="17.28515625" style="2" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="3.5703125" style="2" customWidth="1"/>
     <col min="23" max="16384" width="9.28515625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:23" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
       <c r="H1" s="59"/>
       <c r="I1" s="59"/>
       <c r="J1" s="59"/>
       <c r="K1" s="59"/>
       <c r="L1" s="59"/>
       <c r="M1" s="59"/>
       <c r="N1" s="59"/>
       <c r="O1" s="59"/>
       <c r="P1" s="59"/>
       <c r="Q1" s="59"/>
       <c r="R1" s="59"/>
       <c r="S1" s="59"/>
       <c r="T1" s="59"/>
       <c r="U1"/>
     </row>
-    <row r="2" spans="1:21" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:23" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="44"/>
       <c r="B2" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="5"/>
       <c r="D2" s="54"/>
       <c r="E2" s="54"/>
       <c r="F2" s="54"/>
       <c r="G2" s="54"/>
       <c r="H2" s="54"/>
       <c r="I2" s="17"/>
       <c r="J2" s="36"/>
       <c r="K2" s="36"/>
       <c r="L2" s="36"/>
       <c r="M2" s="36"/>
       <c r="N2" s="36"/>
       <c r="O2" s="36"/>
       <c r="P2" s="36"/>
       <c r="Q2" s="36"/>
       <c r="R2" s="36"/>
       <c r="S2" s="36"/>
       <c r="T2" s="35" t="s">
         <v>37</v>
       </c>
       <c r="U2" s="49"/>
     </row>
-    <row r="3" spans="1:21" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:23" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
     </row>
-    <row r="4" spans="1:21" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:23" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="19"/>
       <c r="B4" s="20"/>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="19"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="19"/>
       <c r="M4" s="19"/>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="19"/>
       <c r="Q4" s="19"/>
       <c r="R4" s="19"/>
       <c r="S4" s="19"/>
       <c r="T4" s="29" t="s">
         <v>19</v>
       </c>
       <c r="U4" s="29"/>
     </row>
-    <row r="5" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:23" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="16"/>
       <c r="B5" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12">
         <v>2020</v>
       </c>
       <c r="D5" s="9">
         <v>2021</v>
       </c>
       <c r="E5" s="9">
         <v>2022</v>
       </c>
       <c r="F5" s="9">
         <v>2023</v>
       </c>
       <c r="G5" s="21">
         <v>2024</v>
       </c>
-      <c r="H5" s="135">
+      <c r="H5" s="119">
         <v>45658</v>
       </c>
-      <c r="I5" s="136">
+      <c r="I5" s="120">
         <v>45689</v>
       </c>
-      <c r="J5" s="136">
+      <c r="J5" s="120">
         <v>45717</v>
       </c>
-      <c r="K5" s="136">
+      <c r="K5" s="120">
         <v>45748</v>
       </c>
-      <c r="L5" s="136">
+      <c r="L5" s="120">
         <v>45778</v>
       </c>
-      <c r="M5" s="136">
+      <c r="M5" s="120">
         <v>45809</v>
       </c>
-      <c r="N5" s="137">
+      <c r="N5" s="121">
         <v>45839</v>
       </c>
-      <c r="O5" s="137">
+      <c r="O5" s="121">
         <v>45870</v>
       </c>
-      <c r="P5" s="136">
+      <c r="P5" s="120">
         <v>45901</v>
       </c>
-      <c r="Q5" s="136">
+      <c r="Q5" s="120">
         <v>45931</v>
       </c>
-      <c r="R5" s="137">
+      <c r="R5" s="121">
         <v>45962</v>
       </c>
-      <c r="S5" s="138">
+      <c r="S5" s="122">
         <v>45992</v>
       </c>
-      <c r="T5" s="139">
+      <c r="T5" s="123">
         <v>2025</v>
       </c>
       <c r="U5" s="26"/>
     </row>
-    <row r="6" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
       <c r="B6" s="22" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="23">
         <f>C7+C20+C24+C25</f>
         <v>0</v>
       </c>
       <c r="D6" s="23">
         <f t="shared" ref="D6:S6" si="0">D7+D20+D24+D25</f>
         <v>0</v>
       </c>
       <c r="E6" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F6" s="23">
         <f t="shared" si="0"/>
         <v>-27.67064871592309</v>
       </c>
       <c r="G6" s="23">
         <f t="shared" si="0"/>
-        <v>-80.403595318063211</v>
+        <v>-80.294407785339288</v>
       </c>
       <c r="H6" s="23">
         <f t="shared" si="0"/>
-        <v>-13.550090017024358</v>
+        <v>-13.37073613052571</v>
       </c>
       <c r="I6" s="23">
         <f t="shared" si="0"/>
-        <v>-17.072231780495727</v>
+        <v>-17.146793554623834</v>
       </c>
       <c r="J6" s="23">
         <f t="shared" si="0"/>
-        <v>-18.166521064485075</v>
+        <v>-18.258302690927348</v>
       </c>
       <c r="K6" s="23">
         <f t="shared" si="0"/>
-        <v>-27.090342363182842</v>
+        <v>-26.71043941319077</v>
       </c>
       <c r="L6" s="23">
         <f t="shared" si="0"/>
-        <v>-31.124908194667356</v>
+        <v>-31.199645152383376</v>
       </c>
       <c r="M6" s="23">
         <f t="shared" si="0"/>
-        <v>-29.754218468935793</v>
+        <v>-29.883413648332709</v>
       </c>
       <c r="N6" s="23">
         <f t="shared" si="0"/>
-        <v>-25.69588964087415</v>
+        <v>-24.894659468049532</v>
       </c>
       <c r="O6" s="23">
         <f t="shared" si="0"/>
-        <v>-23.607639755921454</v>
+        <v>-23.803837261273983</v>
       </c>
       <c r="P6" s="23">
         <f t="shared" si="0"/>
-        <v>-22.358851736120457</v>
+        <v>-22.348590127313578</v>
       </c>
       <c r="Q6" s="23">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>-11.401502410605611</v>
       </c>
       <c r="R6" s="23">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>-12.59368964302498</v>
       </c>
       <c r="S6" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="T6" s="79">
+      <c r="T6" s="73">
         <f t="shared" ref="T6" si="1">T7+T20+T25</f>
-        <v>-208.42069302170722</v>
+        <v>-231.61160950025146</v>
       </c>
       <c r="U6" s="50">
         <f>SUM(H6:N6)</f>
-        <v>-162.45420152966531</v>
+        <v>-161.46399005803329</v>
       </c>
     </row>
-    <row r="7" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A7" s="4"/>
       <c r="B7" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="18">
         <f t="shared" ref="C7:S7" si="2">SUM(C8,C10,C13,C18,C19)</f>
         <v>0</v>
       </c>
       <c r="D7" s="18">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E7" s="18">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F7" s="18">
         <f t="shared" si="2"/>
         <v>-27.67064871592309</v>
       </c>
       <c r="G7" s="34">
         <f t="shared" si="2"/>
-        <v>-80.403595318063211</v>
-[...1 lines deleted...]
-      <c r="H7" s="85">
+        <v>-80.294407785339288</v>
+      </c>
+      <c r="H7" s="79">
         <f t="shared" si="2"/>
-        <v>-13.550090017024358</v>
+        <v>-13.37073613052571</v>
       </c>
       <c r="I7" s="52">
         <f t="shared" si="2"/>
-        <v>-17.072231780495727</v>
+        <v>-17.146793554623834</v>
       </c>
       <c r="J7" s="52">
         <f t="shared" si="2"/>
-        <v>-18.166521064485075</v>
+        <v>-18.258302690927348</v>
       </c>
       <c r="K7" s="52">
         <f t="shared" si="2"/>
-        <v>-27.090342363182842</v>
+        <v>-26.71043941319077</v>
       </c>
       <c r="L7" s="52">
         <f t="shared" si="2"/>
-        <v>-31.124908194667356</v>
+        <v>-31.199645152383376</v>
       </c>
       <c r="M7" s="52">
         <f t="shared" si="2"/>
-        <v>-29.754218468935793</v>
-[...1 lines deleted...]
-      <c r="N7" s="69">
+        <v>-29.883413648332709</v>
+      </c>
+      <c r="N7" s="68">
         <f t="shared" si="2"/>
-        <v>-25.69588964087415</v>
-[...1 lines deleted...]
-      <c r="O7" s="69">
+        <v>-24.894659468049532</v>
+      </c>
+      <c r="O7" s="68">
         <f t="shared" si="2"/>
-        <v>-23.607639755921454</v>
+        <v>-23.803837261273983</v>
       </c>
       <c r="P7" s="52">
         <f t="shared" si="2"/>
-        <v>-22.358851736120457</v>
+        <v>-22.348590127313578</v>
       </c>
       <c r="Q7" s="52">
         <f t="shared" si="2"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="R7" s="69">
+        <v>-11.401502410605611</v>
+      </c>
+      <c r="R7" s="68">
         <f t="shared" si="2"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="S7" s="86">
+        <v>-12.59368964302498</v>
+      </c>
+      <c r="S7" s="132">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="T7" s="80">
+      <c r="T7" s="74">
         <f>T8+T10+T13+T18+T19</f>
-        <v>-208.42069302170722</v>
+        <v>-231.61160950025146</v>
       </c>
       <c r="U7" s="50">
         <f t="shared" ref="U7:U29" si="3">SUM(H7:N7)</f>
-        <v>-162.45420152966531</v>
+        <v>-161.46399005803329</v>
       </c>
     </row>
-    <row r="8" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A8" s="4"/>
       <c r="B8" s="60" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="67">
         <f t="shared" ref="C8:E8" si="4">-SUM(C9:C9)</f>
         <v>0</v>
       </c>
       <c r="D8" s="67">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="E8" s="67">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="F8" s="126">
-        <f t="shared" ref="F8:P8" si="5">SUM(F9:F9)</f>
+      <c r="F8" s="110">
+        <f t="shared" ref="F8:S8" si="5">SUM(F9:F9)</f>
         <v>-14.045862365812001</v>
       </c>
-      <c r="G8" s="126">
+      <c r="G8" s="110">
         <f t="shared" si="5"/>
-        <v>-12.788968709190801</v>
-[...1 lines deleted...]
-      <c r="H8" s="127">
+        <v>-12.788968709190781</v>
+      </c>
+      <c r="H8" s="111">
         <f t="shared" si="5"/>
-        <v>-1.3103677596274701</v>
-[...1 lines deleted...]
-      <c r="I8" s="128">
+        <v>-1.310367759627475</v>
+      </c>
+      <c r="I8" s="112">
         <f t="shared" si="5"/>
-        <v>-1.67615657433136</v>
-[...1 lines deleted...]
-      <c r="J8" s="128">
+        <v>-1.6761565743313622</v>
+      </c>
+      <c r="J8" s="112">
         <f t="shared" si="5"/>
-        <v>-1.6070528953649199</v>
-[...1 lines deleted...]
-      <c r="K8" s="128">
+        <v>-1.6070528953649168</v>
+      </c>
+      <c r="K8" s="112">
         <f t="shared" si="5"/>
-        <v>-2.8834999791869</v>
-[...1 lines deleted...]
-      <c r="L8" s="128">
+        <v>-2.8834999791868978</v>
+      </c>
+      <c r="L8" s="112">
         <f t="shared" si="5"/>
-        <v>-1.20771252515813</v>
-[...1 lines deleted...]
-      <c r="M8" s="128">
+        <v>-1.2077125251581324</v>
+      </c>
+      <c r="M8" s="112">
         <f t="shared" si="5"/>
-        <v>-3.92687108161067</v>
-[...1 lines deleted...]
-      <c r="N8" s="129">
+        <v>-3.9268710816106673</v>
+      </c>
+      <c r="N8" s="113">
         <f t="shared" si="5"/>
-        <v>-1.1217185860094001</v>
-[...1 lines deleted...]
-      <c r="O8" s="129">
+        <v>-1.1217185860094012</v>
+      </c>
+      <c r="O8" s="113">
         <f t="shared" si="5"/>
-        <v>-1.07174357676257</v>
-[...1 lines deleted...]
-      <c r="P8" s="129">
+        <v>-1.0717435767625652</v>
+      </c>
+      <c r="P8" s="113">
         <f t="shared" si="5"/>
         <v>-1.320003553379675</v>
       </c>
-      <c r="Q8" s="129">
-[...11 lines deleted...]
-      <c r="T8" s="133">
+      <c r="Q8" s="113">
+        <f t="shared" si="5"/>
+        <v>-2.107774099653005</v>
+      </c>
+      <c r="R8" s="113">
+        <f t="shared" si="5"/>
+        <v>-1.6824378105588023</v>
+      </c>
+      <c r="S8" s="133">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="T8" s="117">
         <f>SUM(H8:S8)</f>
-        <v>-16.125126531431096</v>
+        <v>-19.915338441642902</v>
       </c>
       <c r="U8" s="50">
         <f t="shared" si="3"/>
-        <v>-13.73337940128885</v>
-      </c>
+        <v>-13.733379401288852</v>
+      </c>
+      <c r="W8" s="142"/>
     </row>
-    <row r="9" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A9" s="4"/>
-      <c r="B9" s="110" t="s">
+      <c r="B9" s="97" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="111">
-[...8 lines deleted...]
-      <c r="F9" s="111">
+      <c r="C9" s="98">
+        <v>0</v>
+      </c>
+      <c r="D9" s="98">
+        <v>0</v>
+      </c>
+      <c r="E9" s="98">
+        <v>0</v>
+      </c>
+      <c r="F9" s="98">
         <v>-14.045862365812001</v>
       </c>
-      <c r="G9" s="112">
-[...26 lines deleted...]
-      <c r="P9" s="131">
+      <c r="G9" s="99">
+        <v>-12.788968709190781</v>
+      </c>
+      <c r="H9" s="114">
+        <v>-1.310367759627475</v>
+      </c>
+      <c r="I9" s="115">
+        <v>-1.6761565743313622</v>
+      </c>
+      <c r="J9" s="115">
+        <v>-1.6070528953649168</v>
+      </c>
+      <c r="K9" s="115">
+        <v>-2.8834999791868978</v>
+      </c>
+      <c r="L9" s="115">
+        <v>-1.2077125251581324</v>
+      </c>
+      <c r="M9" s="115">
+        <v>-3.9268710816106673</v>
+      </c>
+      <c r="N9" s="116">
+        <v>-1.1217185860094012</v>
+      </c>
+      <c r="O9" s="116">
+        <v>-1.0717435767625652</v>
+      </c>
+      <c r="P9" s="115">
         <v>-1.320003553379675</v>
       </c>
-      <c r="Q9" s="131">
-[...7 lines deleted...]
-      <c r="S9" s="123">
+      <c r="Q9" s="115">
+        <v>-2.107774099653005</v>
+      </c>
+      <c r="R9" s="116">
+        <v>-1.6824378105588023</v>
+      </c>
+      <c r="S9" s="134">
         <f>[1]CReg_Fechada!R$13/1000</f>
         <v>0</v>
       </c>
-      <c r="T9" s="113">
+      <c r="T9" s="100">
         <f>SUM(H9:S9)</f>
-        <v>-16.125126531431096</v>
+        <v>-19.915338441642902</v>
       </c>
       <c r="U9" s="50">
         <f t="shared" si="3"/>
-        <v>-13.73337940128885</v>
+        <v>-13.733379401288852</v>
       </c>
     </row>
-    <row r="10" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A10" s="4"/>
       <c r="B10" s="61" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="62">
         <f>SUM(C11:C12)</f>
         <v>0</v>
       </c>
       <c r="D10" s="62">
-        <f t="shared" ref="D10:E10" si="7">SUM(D11:D12)</f>
+        <f t="shared" ref="D10:E10" si="6">SUM(D11:D12)</f>
         <v>0</v>
       </c>
       <c r="E10" s="62">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="F10" s="62">
+        <f t="shared" ref="F10:R10" si="7">SUM(F11:F12)</f>
+        <v>-12.669978583918709</v>
+      </c>
+      <c r="G10" s="62">
         <f t="shared" si="7"/>
-        <v>0</v>
-[...7 lines deleted...]
-        <v>-53.915611699255606</v>
+        <v>-53.915611699255592</v>
       </c>
       <c r="H10" s="62">
-        <f t="shared" si="8"/>
-        <v>-10.9224036747017</v>
+        <f t="shared" si="7"/>
+        <v>-10.922403674701705</v>
       </c>
       <c r="I10" s="62">
-        <f t="shared" si="8"/>
-        <v>-13.40858217627323</v>
+        <f t="shared" si="7"/>
+        <v>-13.408582176273233</v>
       </c>
       <c r="J10" s="62">
-        <f t="shared" si="8"/>
+        <f t="shared" si="7"/>
         <v>-12.066506242895809</v>
       </c>
       <c r="K10" s="62">
-        <f t="shared" si="8"/>
-        <v>-18.81776086401749</v>
+        <f t="shared" si="7"/>
+        <v>-18.817760864017497</v>
       </c>
       <c r="L10" s="62">
-        <f t="shared" si="8"/>
-        <v>-22.480220473856292</v>
+        <f t="shared" si="7"/>
+        <v>-22.480220473856249</v>
       </c>
       <c r="M10" s="62">
-        <f t="shared" si="8"/>
-        <v>-16.175062644015149</v>
+        <f t="shared" si="7"/>
+        <v>-16.175062644015146</v>
       </c>
       <c r="N10" s="62">
-        <f t="shared" si="8"/>
-        <v>-16.615655644227509</v>
+        <f t="shared" si="7"/>
+        <v>-16.614989693491317</v>
       </c>
       <c r="O10" s="62">
-        <f t="shared" si="8"/>
-[...14 lines deleted...]
-        <v>-144.74954312043633</v>
+        <f t="shared" si="7"/>
+        <v>-18.1425670404128</v>
+      </c>
+      <c r="P10" s="124">
+        <f t="shared" si="7"/>
+        <v>-16.078824186595746</v>
+      </c>
+      <c r="Q10" s="124">
+        <f t="shared" si="7"/>
+        <v>-6.9108059973361762</v>
+      </c>
+      <c r="R10" s="124">
+        <f t="shared" si="7"/>
+        <v>-8.4425810401040966</v>
+      </c>
+      <c r="S10" s="135"/>
+      <c r="T10" s="92">
+        <f t="shared" ref="T10:T19" si="8">SUM(H10:S10)</f>
+        <v>-160.06030403369979</v>
       </c>
       <c r="U10" s="50">
         <f t="shared" si="3"/>
-        <v>-110.48619171998718</v>
+        <v>-110.48552576925096</v>
       </c>
     </row>
-    <row r="11" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A11" s="4"/>
-      <c r="B11" s="110" t="s">
+      <c r="B11" s="97" t="s">
         <v>5</v>
       </c>
-      <c r="C11" s="114">
-[...8 lines deleted...]
-      <c r="F11" s="114">
+      <c r="C11" s="101">
+        <v>0</v>
+      </c>
+      <c r="D11" s="101">
+        <v>0</v>
+      </c>
+      <c r="E11" s="101">
+        <v>0</v>
+      </c>
+      <c r="F11" s="101">
         <v>-2.72181640545009</v>
       </c>
-      <c r="G11" s="115">
-[...8 lines deleted...]
-      <c r="J11" s="131">
+      <c r="G11" s="102">
+        <v>-21.338782044392023</v>
+      </c>
+      <c r="H11" s="114">
+        <v>-4.8731803990706535</v>
+      </c>
+      <c r="I11" s="115">
+        <v>-4.2183459821801836</v>
+      </c>
+      <c r="J11" s="115">
         <v>-4.4292241949173299</v>
       </c>
-      <c r="K11" s="131">
-[...2 lines deleted...]
-      <c r="L11" s="131">
+      <c r="K11" s="115">
+        <v>-6.531049256742393</v>
+      </c>
+      <c r="L11" s="115">
         <v>-8.6086340259108898</v>
       </c>
-      <c r="M11" s="131">
-[...22 lines deleted...]
-        <v>-65.590127604215326</v>
+      <c r="M11" s="115">
+        <v>-7.8294139765024164</v>
+      </c>
+      <c r="N11" s="116">
+        <v>-9.5532010430620034</v>
+      </c>
+      <c r="O11" s="116">
+        <v>-9.3954133672202271</v>
+      </c>
+      <c r="P11" s="115">
+        <v>-10.117270500737975</v>
+      </c>
+      <c r="Q11" s="115">
+        <v>-3.2188763374549976</v>
+      </c>
+      <c r="R11" s="116">
+        <v>-4.2875126228388885</v>
+      </c>
+      <c r="S11" s="134">
+        <v>0</v>
+      </c>
+      <c r="T11" s="100">
+        <f t="shared" si="8"/>
+        <v>-73.062121706637967</v>
       </c>
       <c r="U11" s="50">
         <f t="shared" si="3"/>
-        <v>-46.043048878385861</v>
+        <v>-46.043048878385868</v>
       </c>
     </row>
-    <row r="12" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A12" s="4"/>
-      <c r="B12" s="116" t="s">
+      <c r="B12" s="103" t="s">
         <v>6</v>
       </c>
-      <c r="C12" s="117">
-[...8 lines deleted...]
-      <c r="F12" s="114">
+      <c r="C12" s="104">
+        <v>0</v>
+      </c>
+      <c r="D12" s="104">
+        <v>0</v>
+      </c>
+      <c r="E12" s="104">
+        <v>0</v>
+      </c>
+      <c r="F12" s="101">
         <v>-9.9481621784686194</v>
       </c>
-      <c r="G12" s="115">
-[...5 lines deleted...]
-      <c r="I12" s="131">
+      <c r="G12" s="102">
+        <v>-32.576829654863573</v>
+      </c>
+      <c r="H12" s="114">
+        <v>-6.0492232756310509</v>
+      </c>
+      <c r="I12" s="115">
         <v>-9.1902361940930497</v>
       </c>
-      <c r="J12" s="131">
-[...31 lines deleted...]
-        <v>-79.159415516221003</v>
+      <c r="J12" s="115">
+        <v>-7.637282047978478</v>
+      </c>
+      <c r="K12" s="115">
+        <v>-12.286711607275105</v>
+      </c>
+      <c r="L12" s="115">
+        <v>-13.87158644794536</v>
+      </c>
+      <c r="M12" s="115">
+        <v>-8.3456486675127284</v>
+      </c>
+      <c r="N12" s="116">
+        <v>-7.0617886504293139</v>
+      </c>
+      <c r="O12" s="116">
+        <v>-8.747153673192571</v>
+      </c>
+      <c r="P12" s="115">
+        <v>-5.9615536858577709</v>
+      </c>
+      <c r="Q12" s="115">
+        <v>-3.6919296598811786</v>
+      </c>
+      <c r="R12" s="116">
+        <v>-4.1550684172652081</v>
+      </c>
+      <c r="S12" s="134">
+        <v>0</v>
+      </c>
+      <c r="T12" s="100">
+        <f t="shared" si="8"/>
+        <v>-86.998182327061812</v>
       </c>
       <c r="U12" s="50">
         <f t="shared" si="3"/>
-        <v>-64.443142841601329</v>
+        <v>-64.44247689086508</v>
       </c>
     </row>
-    <row r="13" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A13" s="4"/>
       <c r="B13" s="61" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="62">
         <f>SUM(C14:C17)</f>
         <v>0</v>
       </c>
       <c r="D13" s="62">
         <f>SUM(D14:D17)</f>
         <v>0</v>
       </c>
       <c r="E13" s="62">
-        <f t="shared" ref="E13" si="10">SUM(E14:E17)</f>
+        <f t="shared" ref="E13" si="9">SUM(E14:E17)</f>
         <v>0</v>
       </c>
       <c r="F13" s="62">
-        <f t="shared" ref="F13:Q13" si="11">SUM(F14:F17)</f>
+        <f t="shared" ref="F13:R13" si="10">SUM(F14:F17)</f>
         <v>-1.0330255902793199</v>
       </c>
       <c r="G13" s="62">
-        <f t="shared" si="11"/>
+        <f t="shared" si="10"/>
         <v>-10.048126432972859</v>
       </c>
       <c r="H13" s="62">
-        <f t="shared" si="11"/>
-        <v>-0.95791096846155299</v>
+        <f t="shared" si="10"/>
+        <v>-0.78534804611643783</v>
       </c>
       <c r="I13" s="62">
-        <f t="shared" si="11"/>
-        <v>-1.72920386720481</v>
+        <f t="shared" si="10"/>
+        <v>-1.8110981354363931</v>
       </c>
       <c r="J13" s="62">
-        <f t="shared" si="11"/>
-        <v>-3.9810467754407202</v>
+        <f t="shared" si="10"/>
+        <v>-4.078607305541941</v>
       </c>
       <c r="K13" s="62">
-        <f t="shared" si="11"/>
-        <v>-4.6262676986073714</v>
+        <f t="shared" si="10"/>
+        <v>-4.3041921876849933</v>
       </c>
       <c r="L13" s="62">
-        <f t="shared" si="11"/>
-        <v>-6.0928572596194677</v>
+        <f t="shared" si="10"/>
+        <v>-6.2575700220255115</v>
       </c>
       <c r="M13" s="62">
-        <f t="shared" si="11"/>
-        <v>-5.9184452279003636</v>
+        <f t="shared" si="10"/>
+        <v>-6.0778446753900859</v>
       </c>
       <c r="N13" s="62">
-        <f t="shared" si="11"/>
-        <v>-4.99658207620047</v>
+        <f t="shared" si="10"/>
+        <v>-4.2819793397976245</v>
       </c>
       <c r="O13" s="62">
-        <f t="shared" si="11"/>
-[...14 lines deleted...]
-        <v>-34.788728459103019</v>
+        <f t="shared" si="10"/>
+        <v>-3.3746678507872589</v>
+      </c>
+      <c r="P13" s="112">
+        <f t="shared" si="10"/>
+        <v>-3.3916879872983361</v>
+      </c>
+      <c r="Q13" s="112">
+        <f t="shared" si="10"/>
+        <v>-2.0377257811184859</v>
+      </c>
+      <c r="R13" s="112">
+        <f t="shared" si="10"/>
+        <v>-2.0414071543143315</v>
+      </c>
+      <c r="S13" s="136"/>
+      <c r="T13" s="92">
+        <f t="shared" si="8"/>
+        <v>-38.442128485511404</v>
       </c>
       <c r="U13" s="50">
         <f t="shared" si="3"/>
-        <v>-28.302313873434755</v>
+        <v>-27.596639711992985</v>
       </c>
     </row>
-    <row r="14" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A14" s="4"/>
-      <c r="B14" s="118" t="s">
+      <c r="B14" s="105" t="s">
         <v>8</v>
       </c>
-      <c r="C14" s="119">
-[...8 lines deleted...]
-      <c r="F14" s="119">
+      <c r="C14" s="106">
+        <v>0</v>
+      </c>
+      <c r="D14" s="106">
+        <v>0</v>
+      </c>
+      <c r="E14" s="106">
+        <v>0</v>
+      </c>
+      <c r="F14" s="106">
         <v>-0.56834898928021005</v>
       </c>
-      <c r="G14" s="120">
+      <c r="G14" s="107">
         <v>-1.0184248319165801</v>
       </c>
-      <c r="H14" s="130">
-[...37 lines deleted...]
-        <v>-11.966417914998775</v>
+      <c r="H14" s="114">
+        <v>-0.46384784588013073</v>
+      </c>
+      <c r="I14" s="115">
+        <v>-1.5843519561867836</v>
+      </c>
+      <c r="J14" s="115">
+        <v>-3.6020467741045961</v>
+      </c>
+      <c r="K14" s="115">
+        <v>-3.8585257469609373</v>
+      </c>
+      <c r="L14" s="115">
+        <v>-0.4863805418981681</v>
+      </c>
+      <c r="M14" s="115">
+        <v>-0.8522735276141632</v>
+      </c>
+      <c r="N14" s="116">
+        <v>-0.48980031965006421</v>
+      </c>
+      <c r="O14" s="116">
+        <v>-0.21954929017054334</v>
+      </c>
+      <c r="P14" s="115">
+        <v>-0.4131757650487472</v>
+      </c>
+      <c r="Q14" s="115">
+        <v>-0.47878737181491976</v>
+      </c>
+      <c r="R14" s="116">
+        <v>-0.44581903744776602</v>
+      </c>
+      <c r="S14" s="134">
+        <v>0</v>
+      </c>
+      <c r="T14" s="108">
+        <f t="shared" si="8"/>
+        <v>-12.894558176776815</v>
       </c>
       <c r="U14" s="50">
         <f t="shared" si="3"/>
-        <v>-11.329011585523702</v>
+        <v>-11.337226712294841</v>
       </c>
     </row>
-    <row r="15" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A15" s="4"/>
-      <c r="B15" s="118" t="s">
+      <c r="B15" s="105" t="s">
         <v>9</v>
       </c>
-      <c r="C15" s="119">
-[...8 lines deleted...]
-      <c r="F15" s="119">
+      <c r="C15" s="106">
+        <v>0</v>
+      </c>
+      <c r="D15" s="106">
+        <v>0</v>
+      </c>
+      <c r="E15" s="106">
+        <v>0</v>
+      </c>
+      <c r="F15" s="106">
         <v>-0.46467660099911001</v>
       </c>
-      <c r="G15" s="120">
+      <c r="G15" s="107">
         <v>-4.80461053853052</v>
       </c>
-      <c r="H15" s="130">
-[...37 lines deleted...]
-        <v>-21.217033787180533</v>
+      <c r="H15" s="114">
+        <v>-0.23083154612277218</v>
+      </c>
+      <c r="I15" s="115">
+        <v>-0.14485191101802961</v>
+      </c>
+      <c r="J15" s="115">
+        <v>-0.38589187732380953</v>
+      </c>
+      <c r="K15" s="115">
+        <v>-0.28626699323432997</v>
+      </c>
+      <c r="L15" s="115">
+        <v>-5.6064767177212937</v>
+      </c>
+      <c r="M15" s="115">
+        <v>-5.0661717002861968</v>
+      </c>
+      <c r="N15" s="116">
+        <v>-3.6475347852808953</v>
+      </c>
+      <c r="O15" s="116">
+        <v>-3.0104743257500508</v>
+      </c>
+      <c r="P15" s="115">
+        <v>-2.838533930443139</v>
+      </c>
+      <c r="Q15" s="115">
+        <v>-6.6097969100839997E-3</v>
+      </c>
+      <c r="R15" s="116">
+        <v>-9.3334621001905704E-2</v>
+      </c>
+      <c r="S15" s="134">
+        <v>0</v>
+      </c>
+      <c r="T15" s="108">
+        <f t="shared" si="8"/>
+        <v>-21.316978205092504</v>
       </c>
       <c r="U15" s="50">
         <f t="shared" si="3"/>
-        <v>-15.368025530987342</v>
+        <v>-15.368025530987326</v>
       </c>
     </row>
-    <row r="16" spans="1:21" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:23" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
-      <c r="B16" s="118" t="s">
+      <c r="B16" s="105" t="s">
         <v>10</v>
       </c>
-      <c r="C16" s="119">
-[...11 lines deleted...]
-      <c r="G16" s="120">
+      <c r="C16" s="106">
+        <v>0</v>
+      </c>
+      <c r="D16" s="106">
+        <v>0</v>
+      </c>
+      <c r="E16" s="106">
+        <v>0</v>
+      </c>
+      <c r="F16" s="106">
+        <v>0</v>
+      </c>
+      <c r="G16" s="107">
         <v>-4.2250910625257596</v>
       </c>
-      <c r="H16" s="130">
-[...37 lines deleted...]
-        <v>-1.6052767569237121</v>
+      <c r="H16" s="114">
+        <v>-9.0668654113534933E-2</v>
+      </c>
+      <c r="I16" s="115">
+        <v>-8.1894268231579928E-2</v>
+      </c>
+      <c r="J16" s="115">
+        <v>-9.0668654113534933E-2</v>
+      </c>
+      <c r="K16" s="115">
+        <v>-0.15939944748972601</v>
+      </c>
+      <c r="L16" s="115">
+        <v>-0.16471276240605018</v>
+      </c>
+      <c r="M16" s="115">
+        <v>-0.15939944748972601</v>
+      </c>
+      <c r="N16" s="116">
+        <v>-0.144644234866665</v>
+      </c>
+      <c r="O16" s="116">
+        <v>-0.144644234866665</v>
+      </c>
+      <c r="P16" s="115">
+        <v>-0.13997829180644999</v>
+      </c>
+      <c r="Q16" s="115">
+        <v>-1.5523286123934821</v>
+      </c>
+      <c r="R16" s="116">
+        <v>-1.5022534958646601</v>
+      </c>
+      <c r="S16" s="134">
+        <v>0</v>
+      </c>
+      <c r="T16" s="108">
+        <f t="shared" si="8"/>
+        <v>-4.2305921036420742</v>
       </c>
       <c r="U16" s="50">
         <f t="shared" si="3"/>
-        <v>-1.6052767569237121</v>
+        <v>-0.89138746871081698</v>
       </c>
     </row>
     <row r="17" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A17" s="4"/>
-      <c r="B17" s="125" t="s">
+      <c r="B17" s="109" t="s">
         <v>11</v>
       </c>
-      <c r="C17" s="119">
-[...51 lines deleted...]
-        <f t="shared" si="9"/>
+      <c r="C17" s="106">
+        <v>0</v>
+      </c>
+      <c r="D17" s="106">
+        <v>0</v>
+      </c>
+      <c r="E17" s="106">
+        <v>0</v>
+      </c>
+      <c r="F17" s="106">
+        <v>0</v>
+      </c>
+      <c r="G17" s="107">
+        <v>0</v>
+      </c>
+      <c r="H17" s="114">
+        <v>0</v>
+      </c>
+      <c r="I17" s="115">
+        <v>0</v>
+      </c>
+      <c r="J17" s="115">
+        <v>0</v>
+      </c>
+      <c r="K17" s="115">
+        <v>0</v>
+      </c>
+      <c r="L17" s="115">
+        <v>0</v>
+      </c>
+      <c r="M17" s="115">
+        <v>0</v>
+      </c>
+      <c r="N17" s="116">
+        <v>0</v>
+      </c>
+      <c r="O17" s="116">
+        <v>0</v>
+      </c>
+      <c r="P17" s="115">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="115">
+        <v>0</v>
+      </c>
+      <c r="R17" s="116">
+        <v>0</v>
+      </c>
+      <c r="S17" s="134">
+        <v>0</v>
+      </c>
+      <c r="T17" s="108">
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="U17" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A18" s="4"/>
       <c r="B18" s="61" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="62">
         <v>0</v>
       </c>
       <c r="D18" s="62">
         <v>0</v>
       </c>
       <c r="E18" s="62">
         <v>0</v>
       </c>
       <c r="F18" s="62">
         <v>0</v>
       </c>
       <c r="G18" s="63">
         <v>0</v>
       </c>
-      <c r="H18" s="127">
+      <c r="H18" s="111">
         <v>-6.6398324008017248E-2</v>
       </c>
-      <c r="I18" s="127">
+      <c r="I18" s="111">
         <v>-5.9972679749176874E-2</v>
       </c>
-      <c r="J18" s="127">
+      <c r="J18" s="111">
         <v>-6.6398324008017248E-2</v>
       </c>
-      <c r="K18" s="127">
+      <c r="K18" s="111">
         <v>-6.4256442588403767E-2</v>
       </c>
-      <c r="L18" s="127">
+      <c r="L18" s="111">
         <v>-6.6398324008017248E-2</v>
       </c>
-      <c r="M18" s="127">
+      <c r="M18" s="111">
         <v>-6.4256442588403767E-2</v>
       </c>
-      <c r="N18" s="127">
+      <c r="N18" s="111">
         <v>-6.6398324008017248E-2</v>
       </c>
-      <c r="O18" s="127">
+      <c r="O18" s="111">
         <v>-6.6398324008017248E-2</v>
       </c>
-      <c r="P18" s="128">
+      <c r="P18" s="112">
         <v>-6.4256442588403767E-2</v>
       </c>
-      <c r="Q18" s="128">
-[...10 lines deleted...]
-        <v>-0.58473362755447456</v>
+      <c r="Q18" s="112">
+        <v>-6.6398324008017248E-2</v>
+      </c>
+      <c r="R18" s="113">
+        <v>-6.4256442588403767E-2</v>
+      </c>
+      <c r="S18" s="136">
+        <v>0</v>
+      </c>
+      <c r="T18" s="75">
+        <f t="shared" si="8"/>
+        <v>-0.71538839415089561</v>
       </c>
       <c r="U18" s="50">
         <f t="shared" si="3"/>
         <v>-0.4540788609580535</v>
       </c>
     </row>
     <row r="19" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A19" s="4"/>
       <c r="B19" s="64" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="65">
         <v>0</v>
       </c>
       <c r="D19" s="65">
         <v>0</v>
       </c>
       <c r="E19" s="65">
         <v>0</v>
       </c>
       <c r="F19" s="65">
         <v>7.8217824086942556E-2</v>
       </c>
       <c r="G19" s="66">
-        <v>-3.650888476643948</v>
-[...39 lines deleted...]
-        <v>-12.172561283182292</v>
+        <v>-3.5417009439200551</v>
+      </c>
+      <c r="H19" s="80">
+        <v>-0.28621832607207576</v>
+      </c>
+      <c r="I19" s="80">
+        <v>-0.19098398883366674</v>
+      </c>
+      <c r="J19" s="80">
+        <v>-0.43973792311666698</v>
+      </c>
+      <c r="K19" s="80">
+        <v>-0.64072993971297743</v>
+      </c>
+      <c r="L19" s="80">
+        <v>-1.1877438073354671</v>
+      </c>
+      <c r="M19" s="80">
+        <v>-3.6393788047284059</v>
+      </c>
+      <c r="N19" s="80">
+        <v>-2.8095735247431741</v>
+      </c>
+      <c r="O19" s="80">
+        <v>-1.1484604693033449</v>
+      </c>
+      <c r="P19" s="80">
+        <v>-1.4938179574514172</v>
+      </c>
+      <c r="Q19" s="80">
+        <v>-0.27879820848992737</v>
+      </c>
+      <c r="R19" s="131">
+        <v>-0.36300719545934546</v>
+      </c>
+      <c r="S19" s="137">
+        <v>0</v>
+      </c>
+      <c r="T19" s="76">
+        <f t="shared" si="8"/>
+        <v>-12.47845014524647</v>
       </c>
       <c r="U19" s="55">
         <f t="shared" si="3"/>
-        <v>-9.4782376739964604</v>
+        <v>-9.1943663145424335</v>
       </c>
       <c r="V19" s="27"/>
     </row>
     <row r="20" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A20"/>
       <c r="B20" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="24">
-        <f t="shared" ref="C20:O20" si="12">SUM(C21:C23)</f>
+        <f t="shared" ref="C20:O20" si="11">SUM(C21:C23)</f>
         <v>0</v>
       </c>
       <c r="D20" s="24">
-        <f t="shared" si="12"/>
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="E20" s="24">
-        <f t="shared" si="12"/>
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="F20" s="24">
-        <f t="shared" si="12"/>
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="G20" s="24">
-        <f t="shared" si="12"/>
-[...34 lines deleted...]
-      <c r="P20" s="68">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="H20" s="138">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="I20" s="138">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="J20" s="138">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K20" s="138">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="L20" s="138">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="M20" s="138">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="N20" s="138">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="O20" s="138">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="P20" s="139">
         <f>SUM(P21:P23)</f>
         <v>0</v>
       </c>
-      <c r="Q20" s="68">
-[...9 lines deleted...]
-        <f t="shared" ref="T20:T23" si="13">SUM(H20:S20)</f>
+      <c r="Q20" s="139">
+        <v>0</v>
+      </c>
+      <c r="R20" s="140">
+        <v>0</v>
+      </c>
+      <c r="S20" s="141">
+        <v>0</v>
+      </c>
+      <c r="T20" s="74">
+        <f t="shared" ref="T20:T23" si="12">SUM(H20:S20)</f>
         <v>0</v>
       </c>
       <c r="U20" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A21"/>
       <c r="B21" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="31">
         <v>0</v>
       </c>
       <c r="D21" s="31">
         <v>0</v>
       </c>
       <c r="E21" s="31">
         <v>0</v>
       </c>
       <c r="F21" s="31">
         <v>0</v>
       </c>
       <c r="G21" s="42">
         <v>0</v>
       </c>
-      <c r="H21" s="130">
-[...20 lines deleted...]
-      <c r="O21" s="132">
+      <c r="H21" s="114">
+        <v>0</v>
+      </c>
+      <c r="I21" s="115">
+        <v>0</v>
+      </c>
+      <c r="J21" s="115">
+        <v>0</v>
+      </c>
+      <c r="K21" s="115">
+        <v>0</v>
+      </c>
+      <c r="L21" s="115">
+        <v>0</v>
+      </c>
+      <c r="M21" s="115">
+        <v>0</v>
+      </c>
+      <c r="N21" s="116">
+        <v>0</v>
+      </c>
+      <c r="O21" s="116">
         <v>0</v>
       </c>
       <c r="P21" s="56">
         <v>0</v>
       </c>
       <c r="Q21" s="56">
         <v>0</v>
       </c>
-      <c r="R21" s="75">
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
+      <c r="R21" s="69">
+        <v>0</v>
+      </c>
+      <c r="S21" s="81">
+        <v>0</v>
+      </c>
+      <c r="T21" s="77">
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="U21" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="Y21" s="134"/>
+      <c r="Y21" s="118"/>
     </row>
     <row r="22" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A22"/>
       <c r="B22" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="31">
         <v>0</v>
       </c>
       <c r="D22" s="31">
         <v>0</v>
       </c>
       <c r="E22" s="31">
         <v>0</v>
       </c>
       <c r="F22" s="31">
         <v>0</v>
       </c>
       <c r="G22" s="42">
         <v>0</v>
       </c>
-      <c r="H22" s="96">
+      <c r="H22" s="83">
         <v>0</v>
       </c>
       <c r="I22" s="57">
         <v>0</v>
       </c>
       <c r="J22" s="57">
         <v>0</v>
       </c>
       <c r="K22" s="57">
         <v>0</v>
       </c>
       <c r="L22" s="58">
         <v>0</v>
       </c>
       <c r="M22" s="58">
         <v>0</v>
       </c>
-      <c r="N22" s="77">
-[...2 lines deleted...]
-      <c r="O22" s="77">
+      <c r="N22" s="71">
+        <v>0</v>
+      </c>
+      <c r="O22" s="71">
         <v>0</v>
       </c>
       <c r="P22" s="46">
         <v>0</v>
       </c>
       <c r="Q22" s="46">
         <v>0</v>
       </c>
-      <c r="R22" s="76">
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
+      <c r="R22" s="70">
+        <v>0</v>
+      </c>
+      <c r="S22" s="82">
+        <v>0</v>
+      </c>
+      <c r="T22" s="78">
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="U22" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A23"/>
       <c r="B23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="32">
         <v>0</v>
       </c>
       <c r="D23" s="32">
         <v>0</v>
       </c>
       <c r="E23" s="32">
         <v>0</v>
       </c>
       <c r="F23" s="32">
         <v>0</v>
       </c>
       <c r="G23" s="43">
         <v>0</v>
       </c>
-      <c r="H23" s="96">
+      <c r="H23" s="83">
         <v>0</v>
       </c>
       <c r="I23" s="57">
         <v>0</v>
       </c>
       <c r="J23" s="57">
         <v>0</v>
       </c>
       <c r="K23" s="57">
         <v>0</v>
       </c>
       <c r="L23" s="58">
         <v>0</v>
       </c>
       <c r="M23" s="58">
         <v>0</v>
       </c>
-      <c r="N23" s="77">
-[...2 lines deleted...]
-      <c r="O23" s="77">
+      <c r="N23" s="71">
+        <v>0</v>
+      </c>
+      <c r="O23" s="71">
         <v>0</v>
       </c>
       <c r="P23" s="58">
         <v>0</v>
       </c>
       <c r="Q23" s="58">
         <v>0</v>
       </c>
-      <c r="R23" s="77">
-[...6 lines deleted...]
-        <f t="shared" si="13"/>
+      <c r="R23" s="71">
+        <v>0</v>
+      </c>
+      <c r="S23" s="84">
+        <v>0</v>
+      </c>
+      <c r="T23" s="78">
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="U23" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:25" ht="27.75" x14ac:dyDescent="0.25">
       <c r="A24"/>
       <c r="B24" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="18"/>
       <c r="D24" s="18"/>
       <c r="E24" s="18"/>
       <c r="F24" s="18"/>
       <c r="G24" s="34"/>
-      <c r="H24" s="98"/>
+      <c r="H24" s="85"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
-      <c r="N24" s="78"/>
-      <c r="O24" s="78"/>
+      <c r="N24" s="72"/>
+      <c r="O24" s="72"/>
       <c r="P24" s="47"/>
       <c r="Q24" s="47"/>
-      <c r="R24" s="78"/>
-[...1 lines deleted...]
-      <c r="T24" s="80"/>
+      <c r="R24" s="72"/>
+      <c r="S24" s="86"/>
+      <c r="T24" s="74"/>
       <c r="U24" s="50"/>
     </row>
     <row r="25" spans="1:25" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25"/>
       <c r="B25" s="10" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="18"/>
       <c r="D25" s="18"/>
       <c r="E25" s="18"/>
       <c r="F25" s="18"/>
       <c r="G25" s="34"/>
-      <c r="H25" s="98"/>
+      <c r="H25" s="85"/>
       <c r="I25" s="47"/>
       <c r="J25" s="47"/>
       <c r="K25" s="47"/>
       <c r="L25" s="47"/>
       <c r="M25" s="47"/>
-      <c r="N25" s="78"/>
-      <c r="O25" s="78"/>
+      <c r="N25" s="72"/>
+      <c r="O25" s="72"/>
       <c r="P25" s="47"/>
       <c r="Q25" s="47"/>
-      <c r="R25" s="78"/>
-[...1 lines deleted...]
-      <c r="T25" s="80"/>
+      <c r="R25" s="72"/>
+      <c r="S25" s="86"/>
+      <c r="T25" s="74"/>
       <c r="U25" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A26"/>
-      <c r="B26" s="106" t="s">
+      <c r="B26" s="93" t="s">
         <v>24</v>
       </c>
-      <c r="C26" s="107">
+      <c r="C26" s="94">
         <f>SUM(C27)</f>
         <v>0</v>
       </c>
-      <c r="D26" s="107">
-[...3 lines deleted...]
-      <c r="E26" s="107">
+      <c r="D26" s="94">
+        <f t="shared" ref="D26:F26" si="13">SUM(D27)</f>
+        <v>0</v>
+      </c>
+      <c r="E26" s="94">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="F26" s="94">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="G26" s="94">
+        <v>0</v>
+      </c>
+      <c r="H26" s="95">
+        <f>SUM(H27)</f>
+        <v>0</v>
+      </c>
+      <c r="I26" s="95">
+        <f t="shared" ref="I26:S26" si="14">SUM(I27)</f>
+        <v>0</v>
+      </c>
+      <c r="J26" s="95">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="F26" s="107">
+      <c r="K26" s="95">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="G26" s="107">
-[...50 lines deleted...]
-      <c r="T26" s="109">
+      <c r="L26" s="95">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="M26" s="95">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="N26" s="95">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="O26" s="95">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="P26" s="95">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="Q26" s="95">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="R26" s="95">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="S26" s="95">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="T26" s="96">
         <v>27.67064871592309</v>
       </c>
       <c r="U26" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A27"/>
       <c r="B27" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="32">
         <v>0</v>
       </c>
       <c r="D27" s="32">
         <v>0</v>
       </c>
       <c r="E27" s="32">
         <v>0</v>
       </c>
       <c r="F27" s="32">
         <v>0</v>
       </c>
       <c r="G27" s="43">
         <v>0</v>
       </c>
-      <c r="H27" s="100">
+      <c r="H27" s="87">
         <v>0</v>
       </c>
       <c r="I27" s="48">
         <v>0</v>
       </c>
       <c r="J27" s="48">
         <v>0</v>
       </c>
       <c r="K27" s="48">
         <v>0</v>
       </c>
       <c r="L27" s="48">
         <v>0</v>
       </c>
       <c r="M27" s="48">
         <v>0</v>
       </c>
-      <c r="N27" s="77">
-[...2 lines deleted...]
-      <c r="O27" s="77">
+      <c r="N27" s="71">
+        <v>0</v>
+      </c>
+      <c r="O27" s="71">
         <v>0</v>
       </c>
       <c r="P27" s="48">
         <v>0</v>
       </c>
       <c r="Q27" s="48">
         <v>0</v>
       </c>
-      <c r="R27" s="77">
-[...5 lines deleted...]
-      <c r="T27" s="84">
+      <c r="R27" s="71">
+        <v>0</v>
+      </c>
+      <c r="S27" s="84">
+        <v>0</v>
+      </c>
+      <c r="T27" s="78">
         <v>27.67064871592309</v>
       </c>
       <c r="U27" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A28"/>
       <c r="B28" s="25" t="s">
         <v>16</v>
       </c>
       <c r="C28" s="18">
-        <f t="shared" ref="C28:T28" si="16">C6+C26</f>
+        <f t="shared" ref="C28:T28" si="15">C6+C26</f>
         <v>0</v>
       </c>
       <c r="D28" s="18">
-        <f t="shared" si="16"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="E28" s="18">
-        <f t="shared" si="16"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="F28" s="18">
-        <f t="shared" si="16"/>
+        <f t="shared" si="15"/>
         <v>-27.67064871592309</v>
       </c>
       <c r="G28" s="34">
-        <f t="shared" si="16"/>
-[...4 lines deleted...]
-        <v>-13.550090017024358</v>
+        <f t="shared" si="15"/>
+        <v>-80.294407785339288</v>
+      </c>
+      <c r="H28" s="85">
+        <f t="shared" si="15"/>
+        <v>-13.37073613052571</v>
       </c>
       <c r="I28" s="47">
-        <f t="shared" si="16"/>
-        <v>-17.072231780495727</v>
+        <f t="shared" si="15"/>
+        <v>-17.146793554623834</v>
       </c>
       <c r="J28" s="47">
-        <f t="shared" si="16"/>
-        <v>-18.166521064485075</v>
+        <f t="shared" si="15"/>
+        <v>-18.258302690927348</v>
       </c>
       <c r="K28" s="47">
-        <f t="shared" si="16"/>
-        <v>-27.090342363182842</v>
+        <f t="shared" si="15"/>
+        <v>-26.71043941319077</v>
       </c>
       <c r="L28" s="47">
-        <f t="shared" si="16"/>
-        <v>-31.124908194667356</v>
+        <f t="shared" si="15"/>
+        <v>-31.199645152383376</v>
       </c>
       <c r="M28" s="47">
-        <f t="shared" si="16"/>
-[...8 lines deleted...]
-        <v>-23.607639755921454</v>
+        <f t="shared" si="15"/>
+        <v>-29.883413648332709</v>
+      </c>
+      <c r="N28" s="72">
+        <f t="shared" si="15"/>
+        <v>-24.894659468049532</v>
+      </c>
+      <c r="O28" s="72">
+        <f t="shared" si="15"/>
+        <v>-23.803837261273983</v>
       </c>
       <c r="P28" s="47">
-        <f t="shared" si="16"/>
-        <v>-22.358851736120457</v>
+        <f t="shared" si="15"/>
+        <v>-22.348590127313578</v>
       </c>
       <c r="Q28" s="47">
-        <f t="shared" si="16"/>
-[...12 lines deleted...]
-        <v>-180.75004430578414</v>
+        <f t="shared" si="15"/>
+        <v>-11.401502410605611</v>
+      </c>
+      <c r="R28" s="72">
+        <f t="shared" si="15"/>
+        <v>-12.59368964302498</v>
+      </c>
+      <c r="S28" s="86">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="T28" s="74">
+        <f t="shared" si="15"/>
+        <v>-203.94096078432838</v>
       </c>
       <c r="U28" s="50">
         <f t="shared" si="3"/>
-        <v>-162.45420152966531</v>
+        <v>-161.46399005803329</v>
       </c>
     </row>
     <row r="29" spans="1:25" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A29"/>
       <c r="B29" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="23">
         <f>C28</f>
         <v>0</v>
       </c>
       <c r="D29" s="23">
         <f>D28+C29</f>
         <v>0</v>
       </c>
       <c r="E29" s="23">
         <f>E28+D29</f>
         <v>0</v>
       </c>
       <c r="F29" s="23">
         <f>F28+E29</f>
         <v>-27.67064871592309</v>
       </c>
       <c r="G29" s="33">
         <f>G28+F29</f>
-        <v>-108.0742440339863</v>
-[...5 lines deleted...]
-      <c r="I29" s="102">
+        <v>-107.96505650126238</v>
+      </c>
+      <c r="H29" s="88">
+        <f t="shared" ref="H29:M29" si="16">H28+G29</f>
+        <v>-121.3357926317881</v>
+      </c>
+      <c r="I29" s="89">
+        <f t="shared" si="16"/>
+        <v>-138.48258618641194</v>
+      </c>
+      <c r="J29" s="89">
+        <f t="shared" si="16"/>
+        <v>-156.74088887733927</v>
+      </c>
+      <c r="K29" s="89">
+        <f t="shared" si="16"/>
+        <v>-183.45132829053006</v>
+      </c>
+      <c r="L29" s="89">
+        <f t="shared" si="16"/>
+        <v>-214.65097344291343</v>
+      </c>
+      <c r="M29" s="89">
+        <f t="shared" si="16"/>
+        <v>-244.53438709124615</v>
+      </c>
+      <c r="N29" s="90">
+        <f>N28+M29</f>
+        <v>-269.42904655929567</v>
+      </c>
+      <c r="O29" s="90">
+        <f>O28+N29</f>
+        <v>-293.23288382056967</v>
+      </c>
+      <c r="P29" s="89">
+        <f>P28+O29</f>
+        <v>-315.58147394788324</v>
+      </c>
+      <c r="Q29" s="89">
+        <f t="shared" ref="Q29:R29" si="17">Q28+P29</f>
+        <v>-326.98297635848883</v>
+      </c>
+      <c r="R29" s="89">
         <f t="shared" si="17"/>
-        <v>-138.6965658315064</v>
-[...38 lines deleted...]
-      <c r="T29" s="79">
+        <v>-339.57666600151379</v>
+      </c>
+      <c r="S29" s="91">
+        <v>0</v>
+      </c>
+      <c r="T29" s="73">
         <f>T28+G29</f>
-        <v>-288.82428833977042</v>
+        <v>-311.90601728559079</v>
       </c>
       <c r="U29" s="50">
         <f t="shared" si="3"/>
-        <v>-1331.5767549779534</v>
+        <v>-1328.6250030795245</v>
       </c>
     </row>
     <row r="30" spans="1:25" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30"/>
       <c r="B30" s="7"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
     </row>
@@ -5394,350 +5360,341 @@
       <c r="U31" s="51"/>
     </row>
     <row r="32" spans="1:25" ht="3.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="38"/>
       <c r="C32" s="28"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="28"/>
       <c r="L32" s="28"/>
       <c r="M32" s="28"/>
       <c r="N32" s="28"/>
       <c r="O32" s="28"/>
       <c r="P32" s="28"/>
       <c r="Q32" s="28"/>
       <c r="R32" s="28"/>
       <c r="S32" s="28"/>
       <c r="T32" s="39"/>
       <c r="U32" s="30"/>
     </row>
     <row r="33" spans="2:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B33" s="144" t="s">
+      <c r="B33" s="128" t="s">
         <v>18</v>
       </c>
-      <c r="C33" s="145"/>
-[...16 lines deleted...]
-      <c r="T33" s="146"/>
+      <c r="C33" s="129"/>
+      <c r="D33" s="129"/>
+      <c r="E33" s="129"/>
+      <c r="F33" s="129"/>
+      <c r="G33" s="129"/>
+      <c r="H33" s="129"/>
+      <c r="I33" s="129"/>
+      <c r="J33" s="129"/>
+      <c r="K33" s="129"/>
+      <c r="L33" s="129"/>
+      <c r="M33" s="129"/>
+      <c r="N33" s="129"/>
+      <c r="O33" s="129"/>
+      <c r="P33" s="129"/>
+      <c r="Q33" s="129"/>
+      <c r="R33" s="129"/>
+      <c r="S33" s="129"/>
+      <c r="T33" s="130"/>
       <c r="U33" s="45"/>
     </row>
     <row r="34" spans="2:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B34" s="144" t="s">
+      <c r="B34" s="128" t="s">
         <v>31</v>
       </c>
-      <c r="C34" s="145"/>
-[...16 lines deleted...]
-      <c r="T34" s="146"/>
+      <c r="C34" s="129"/>
+      <c r="D34" s="129"/>
+      <c r="E34" s="129"/>
+      <c r="F34" s="129"/>
+      <c r="G34" s="129"/>
+      <c r="H34" s="129"/>
+      <c r="I34" s="129"/>
+      <c r="J34" s="129"/>
+      <c r="K34" s="129"/>
+      <c r="L34" s="129"/>
+      <c r="M34" s="129"/>
+      <c r="N34" s="129"/>
+      <c r="O34" s="129"/>
+      <c r="P34" s="129"/>
+      <c r="Q34" s="129"/>
+      <c r="R34" s="129"/>
+      <c r="S34" s="129"/>
+      <c r="T34" s="130"/>
       <c r="U34" s="45"/>
     </row>
     <row r="35" spans="2:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B35" s="144" t="s">
+      <c r="B35" s="128" t="s">
         <v>20</v>
       </c>
-      <c r="C35" s="145"/>
-[...16 lines deleted...]
-      <c r="T35" s="146"/>
+      <c r="C35" s="129"/>
+      <c r="D35" s="129"/>
+      <c r="E35" s="129"/>
+      <c r="F35" s="129"/>
+      <c r="G35" s="129"/>
+      <c r="H35" s="129"/>
+      <c r="I35" s="129"/>
+      <c r="J35" s="129"/>
+      <c r="K35" s="129"/>
+      <c r="L35" s="129"/>
+      <c r="M35" s="129"/>
+      <c r="N35" s="129"/>
+      <c r="O35" s="129"/>
+      <c r="P35" s="129"/>
+      <c r="Q35" s="129"/>
+      <c r="R35" s="129"/>
+      <c r="S35" s="129"/>
+      <c r="T35" s="130"/>
       <c r="U35" s="45"/>
     </row>
     <row r="36" spans="2:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B36" s="144" t="s">
+      <c r="B36" s="128" t="s">
         <v>21</v>
       </c>
-      <c r="C36" s="145"/>
-[...16 lines deleted...]
-      <c r="T36" s="146"/>
+      <c r="C36" s="129"/>
+      <c r="D36" s="129"/>
+      <c r="E36" s="129"/>
+      <c r="F36" s="129"/>
+      <c r="G36" s="129"/>
+      <c r="H36" s="129"/>
+      <c r="I36" s="129"/>
+      <c r="J36" s="129"/>
+      <c r="K36" s="129"/>
+      <c r="L36" s="129"/>
+      <c r="M36" s="129"/>
+      <c r="N36" s="129"/>
+      <c r="O36" s="129"/>
+      <c r="P36" s="129"/>
+      <c r="Q36" s="129"/>
+      <c r="R36" s="129"/>
+      <c r="S36" s="129"/>
+      <c r="T36" s="130"/>
       <c r="U36" s="45"/>
     </row>
     <row r="37" spans="2:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B37" s="144" t="s">
+      <c r="B37" s="128" t="s">
         <v>22</v>
       </c>
-      <c r="C37" s="145"/>
-[...16 lines deleted...]
-      <c r="T37" s="146"/>
+      <c r="C37" s="129"/>
+      <c r="D37" s="129"/>
+      <c r="E37" s="129"/>
+      <c r="F37" s="129"/>
+      <c r="G37" s="129"/>
+      <c r="H37" s="129"/>
+      <c r="I37" s="129"/>
+      <c r="J37" s="129"/>
+      <c r="K37" s="129"/>
+      <c r="L37" s="129"/>
+      <c r="M37" s="129"/>
+      <c r="N37" s="129"/>
+      <c r="O37" s="129"/>
+      <c r="P37" s="129"/>
+      <c r="Q37" s="129"/>
+      <c r="R37" s="129"/>
+      <c r="S37" s="129"/>
+      <c r="T37" s="130"/>
       <c r="U37" s="45"/>
     </row>
     <row r="38" spans="2:21" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B38" s="144" t="s">
+      <c r="B38" s="128" t="s">
         <v>23</v>
       </c>
-      <c r="C38" s="145"/>
-[...16 lines deleted...]
-      <c r="T38" s="146"/>
+      <c r="C38" s="129"/>
+      <c r="D38" s="129"/>
+      <c r="E38" s="129"/>
+      <c r="F38" s="129"/>
+      <c r="G38" s="129"/>
+      <c r="H38" s="129"/>
+      <c r="I38" s="129"/>
+      <c r="J38" s="129"/>
+      <c r="K38" s="129"/>
+      <c r="L38" s="129"/>
+      <c r="M38" s="129"/>
+      <c r="N38" s="129"/>
+      <c r="O38" s="129"/>
+      <c r="P38" s="129"/>
+      <c r="Q38" s="129"/>
+      <c r="R38" s="129"/>
+      <c r="S38" s="129"/>
+      <c r="T38" s="130"/>
       <c r="U38" s="45"/>
     </row>
     <row r="39" spans="2:21" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="144" t="s">
+      <c r="B39" s="128" t="s">
         <v>33</v>
       </c>
-      <c r="C39" s="145"/>
-[...16 lines deleted...]
-      <c r="T39" s="146"/>
+      <c r="C39" s="129"/>
+      <c r="D39" s="129"/>
+      <c r="E39" s="129"/>
+      <c r="F39" s="129"/>
+      <c r="G39" s="129"/>
+      <c r="H39" s="129"/>
+      <c r="I39" s="129"/>
+      <c r="J39" s="129"/>
+      <c r="K39" s="129"/>
+      <c r="L39" s="129"/>
+      <c r="M39" s="129"/>
+      <c r="N39" s="129"/>
+      <c r="O39" s="129"/>
+      <c r="P39" s="129"/>
+      <c r="Q39" s="129"/>
+      <c r="R39" s="129"/>
+      <c r="S39" s="129"/>
+      <c r="T39" s="130"/>
       <c r="U39" s="45"/>
     </row>
     <row r="40" spans="2:21" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B40" s="144" t="s">
+      <c r="B40" s="128" t="s">
         <v>34</v>
       </c>
-      <c r="C40" s="145"/>
-[...16 lines deleted...]
-      <c r="T40" s="146"/>
+      <c r="C40" s="129"/>
+      <c r="D40" s="129"/>
+      <c r="E40" s="129"/>
+      <c r="F40" s="129"/>
+      <c r="G40" s="129"/>
+      <c r="H40" s="129"/>
+      <c r="I40" s="129"/>
+      <c r="J40" s="129"/>
+      <c r="K40" s="129"/>
+      <c r="L40" s="129"/>
+      <c r="M40" s="129"/>
+      <c r="N40" s="129"/>
+      <c r="O40" s="129"/>
+      <c r="P40" s="129"/>
+      <c r="Q40" s="129"/>
+      <c r="R40" s="129"/>
+      <c r="S40" s="129"/>
+      <c r="T40" s="130"/>
       <c r="U40" s="45"/>
     </row>
     <row r="41" spans="2:21" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="141" t="s">
+      <c r="B41" s="125" t="s">
         <v>35</v>
       </c>
-      <c r="C41" s="142"/>
-[...16 lines deleted...]
-      <c r="T41" s="143"/>
+      <c r="C41" s="126"/>
+      <c r="D41" s="126"/>
+      <c r="E41" s="126"/>
+      <c r="F41" s="126"/>
+      <c r="G41" s="126"/>
+      <c r="H41" s="126"/>
+      <c r="I41" s="126"/>
+      <c r="J41" s="126"/>
+      <c r="K41" s="126"/>
+      <c r="L41" s="126"/>
+      <c r="M41" s="126"/>
+      <c r="N41" s="126"/>
+      <c r="O41" s="126"/>
+      <c r="P41" s="126"/>
+      <c r="Q41" s="126"/>
+      <c r="R41" s="126"/>
+      <c r="S41" s="126"/>
+      <c r="T41" s="127"/>
     </row>
     <row r="42" spans="2:21" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B42" s="45"/>
       <c r="C42" s="45"/>
       <c r="D42" s="45"/>
       <c r="E42" s="45"/>
       <c r="F42" s="45"/>
       <c r="G42" s="45"/>
       <c r="H42" s="45"/>
       <c r="I42" s="45"/>
       <c r="J42" s="45"/>
       <c r="K42" s="45"/>
       <c r="L42" s="45"/>
       <c r="M42" s="45"/>
       <c r="N42" s="45"/>
       <c r="O42" s="45"/>
       <c r="P42" s="45"/>
       <c r="Q42" s="45"/>
       <c r="R42" s="45"/>
       <c r="S42" s="45"/>
       <c r="T42" s="45"/>
       <c r="U42" s="45"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B41:T41"/>
     <mergeCell ref="B39:T39"/>
     <mergeCell ref="B40:T40"/>
     <mergeCell ref="B33:T33"/>
     <mergeCell ref="B34:T34"/>
     <mergeCell ref="B35:T35"/>
     <mergeCell ref="B36:T36"/>
     <mergeCell ref="B37:T37"/>
     <mergeCell ref="B38:T38"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="54" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="C13:E13 C20:G20 P20 T21:T23 P13:Q13 F13:O13 T11:T19" formulaRange="1"/>
+    <ignoredError sqref="C13:E13 C20:G20 P20 T21:T23 P13:R13 F13:O13 T11:T19" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="7fd7fd22-f84e-4067-8c5a-86ad57200e89">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c3af0f75-91fd-4bec-8fdd-9554e27be04e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7fd7fd22-f84e-4067-8c5a-86ad57200e89" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101000BD4DBF67BBCA5488A41FB569AFDA2AB" ma:contentTypeVersion="20" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="e294740a73cde8d43f2f68f3f91d8631">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="7fd7fd22-f84e-4067-8c5a-86ad57200e89" xmlns:ns3="c3af0f75-91fd-4bec-8fdd-9554e27be04e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c9697828e8b322dd9961fcc098982e13" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="7fd7fd22-f84e-4067-8c5a-86ad57200e89"/>
     <xsd:import namespace="c3af0f75-91fd-4bec-8fdd-9554e27be04e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -5965,86 +5922,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{824A290C-23CF-4767-B761-261F41BC6534}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7fd7fd22-f84e-4067-8c5a-86ad57200e89"/>
     <ds:schemaRef ds:uri="c3af0f75-91fd-4bec-8fdd-9554e27be04e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1FA2370-6FF4-4708-AF6F-1ED08A4F715B}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFDF1FB7-1A67-4241-B9B9-46A0570AE137}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="7fd7fd22-f84e-4067-8c5a-86ad57200e89"/>
     <ds:schemaRef ds:uri="c3af0f75-91fd-4bec-8fdd-9554e27be04e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1FA2370-6FF4-4708-AF6F-1ED08A4F715B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos Nomeados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>