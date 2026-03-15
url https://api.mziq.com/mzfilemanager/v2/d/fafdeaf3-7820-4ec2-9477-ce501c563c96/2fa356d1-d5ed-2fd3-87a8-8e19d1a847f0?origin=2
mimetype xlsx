--- v0 (2025-10-07)
+++ v1 (2026-03-15)
@@ -6,87 +6,87 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\corp.banrisul.com.br\deptos\RelacoesInvestidores-GEMC\Escrituracao\RENDIMENTOS JSCP e DIV\Pagamento 255 - JSCP - 3T2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\corp.banrisul.com.br\deptos\RelacoesInvestidores-GEMC\Escrituracao\RENDIMENTOS JSCP e DIV\Pagamento 257 - JSCP - 4T2025 COMPLEMENTAR\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E064875-C6E7-40B6-84C5-506ADF51C291}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D21D151A-454E-47CD-8B53-AE4D79C0F51D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" tabRatio="424" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="15585" tabRatio="424" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Historico JSCP e Dividendos" sheetId="1" r:id="rId1"/>
     <sheet name="Planilha1" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E98" i="1" l="1"/>
-  <c r="D98" i="1" l="1"/>
+  <c r="I92" i="1" l="1"/>
+  <c r="D98" i="1"/>
+  <c r="E98" i="1"/>
   <c r="C92" i="1" l="1"/>
   <c r="D92" i="1"/>
   <c r="E92" i="1"/>
-  <c r="I92" i="1" s="1"/>
   <c r="E88" i="1"/>
   <c r="I88" i="1" s="1"/>
   <c r="D88" i="1" l="1"/>
   <c r="D78" i="1"/>
   <c r="D83" i="1"/>
   <c r="I78" i="1"/>
   <c r="E83" i="1" l="1"/>
   <c r="I83" i="1" s="1"/>
   <c r="I73" i="1" l="1"/>
   <c r="I61" i="1" l="1"/>
   <c r="D73" i="2" l="1"/>
   <c r="F73" i="2" l="1"/>
   <c r="E71" i="2" l="1"/>
   <c r="D71" i="2" s="1"/>
   <c r="F71" i="2"/>
   <c r="E72" i="2"/>
   <c r="D72" i="2" s="1"/>
   <c r="F72" i="2"/>
   <c r="F6" i="2" l="1"/>
   <c r="F7" i="2"/>
   <c r="F8" i="2"/>
   <c r="F9" i="2"/>
   <c r="F10" i="2"/>
   <c r="F11" i="2"/>
   <c r="F12" i="2"/>
@@ -274,51 +274,51 @@
   <c r="E67" i="2"/>
   <c r="D67" i="2" s="1"/>
   <c r="E68" i="2"/>
   <c r="D68" i="2" s="1"/>
   <c r="E69" i="2"/>
   <c r="D69" i="2" s="1"/>
   <c r="E70" i="2"/>
   <c r="D70" i="2" s="1"/>
   <c r="E5" i="2"/>
   <c r="D5" i="2" s="1"/>
   <c r="I4" i="1" l="1"/>
   <c r="I8" i="1"/>
   <c r="I13" i="1"/>
   <c r="I18" i="1"/>
   <c r="I24" i="1"/>
   <c r="I30" i="1"/>
   <c r="I36" i="1"/>
   <c r="I41" i="1"/>
   <c r="I46" i="1"/>
   <c r="I50" i="1"/>
   <c r="I55" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="35">
   <si>
     <t>Exercício</t>
   </si>
   <si>
     <t xml:space="preserve">Lucro do Exercício </t>
   </si>
   <si>
     <t>Provento</t>
   </si>
   <si>
     <t xml:space="preserve">Pagamento por ação </t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>(2) Quando JSCP, refere-se ao valor unitário bruto pago por ação na respectiva distribuição. Dividendos, valor líquido.</t>
   </si>
   <si>
     <t>% Distribuído no Exercício</t>
   </si>
   <si>
     <t>* Em março de 2009 foi aprovada a distribuição de resultados adicionais em  15%, totalizando a distribuição de 40% do lucro líquido ajustado para os exercícios seguintes.</t>
   </si>
   <si>
@@ -1228,50 +1228,59 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="7" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="7" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="7" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="23" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="24" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="25" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="170" fontId="8" fillId="6" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="6" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="6" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="8" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="8" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="8" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="8" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="8" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="8" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1405,85 +1414,76 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="8" fillId="6" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="8" fillId="3" borderId="16" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="3" borderId="17" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="3" borderId="18" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="169" fontId="8" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="170" fontId="8" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Moeda" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentagem" xfId="3" builtinId="5"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF000037"/>
       <color rgb="FF000050"/>
       <color rgb="FF00003A"/>
       <color rgb="FF000060"/>
     </mruColors>
   </colors>
   <extLst>
@@ -1820,2730 +1820,2731 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S173"/>
+  <dimension ref="A1:S175"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A82" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="3" topLeftCell="A76" activePane="bottomLeft" state="frozen"/>
       <selection sqref="A1:E1048576"/>
-      <selection pane="bottomLeft" activeCell="Q102" sqref="Q102"/>
+      <selection pane="bottomLeft" activeCell="E98" sqref="E98:E102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15" bestFit="1" customWidth="1"/>
-    <col min="4" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.28515625" customWidth="1"/>
+    <col min="5" max="5" width="12.85546875" customWidth="1"/>
     <col min="6" max="6" width="13" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="27.140625" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="9" style="6" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.28515625" style="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9" style="6" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="16.5703125" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="6" customFormat="1" ht="35.25" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="19" t="s">
         <v>8</v>
       </c>
       <c r="E1" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="F1" s="119" t="s">
+      <c r="F1" s="122" t="s">
         <v>30</v>
       </c>
-      <c r="G1" s="119"/>
+      <c r="G1" s="122"/>
       <c r="H1" s="19" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="J1" s="159" t="s">
+      <c r="J1" s="162" t="s">
         <v>3</v>
       </c>
-      <c r="K1" s="160"/>
-[...2 lines deleted...]
-    <row r="2" spans="1:12" s="6" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K1" s="163"/>
+      <c r="L1" s="163"/>
+    </row>
+    <row r="2" spans="1:12" s="6" customFormat="1" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="19" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="F2" s="119" t="s">
+      <c r="F2" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="G2" s="119"/>
+      <c r="G2" s="122"/>
       <c r="H2" s="19" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="J2" s="116" t="s">
+      <c r="J2" s="119" t="s">
         <v>19</v>
       </c>
-      <c r="K2" s="117"/>
-      <c r="L2" s="118"/>
+      <c r="K2" s="120"/>
+      <c r="L2" s="121"/>
     </row>
     <row r="3" spans="1:12" s="6" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="119" t="s">
+      <c r="A3" s="122" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="119"/>
-[...4 lines deleted...]
-      <c r="G3" s="119"/>
+      <c r="B3" s="122"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="122"/>
+      <c r="G3" s="122"/>
       <c r="H3" s="19"/>
       <c r="I3" s="19"/>
       <c r="J3" s="20" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="20" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="20" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="105">
+      <c r="A4" s="108">
         <v>2007</v>
       </c>
-      <c r="B4" s="112">
+      <c r="B4" s="115">
         <v>916.38099999999997</v>
       </c>
-      <c r="C4" s="120">
+      <c r="C4" s="123">
         <v>870.56299999999999</v>
       </c>
-      <c r="D4" s="120">
+      <c r="D4" s="123">
         <v>304.64657636999999</v>
       </c>
-      <c r="E4" s="112">
+      <c r="E4" s="115">
         <v>304.64657636999999</v>
       </c>
       <c r="F4" s="21">
         <v>39231</v>
       </c>
       <c r="G4" s="22">
         <v>80.459999999999994</v>
       </c>
       <c r="H4" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I4" s="115">
+      <c r="I4" s="118">
         <f>E4/C4</f>
         <v>0.34994202185252532</v>
       </c>
       <c r="J4" s="24">
         <v>1.9290166280000001</v>
       </c>
       <c r="K4" s="24">
         <v>1.9904576620000001</v>
       </c>
       <c r="L4" s="24" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="106"/>
-[...3 lines deleted...]
-      <c r="E5" s="113"/>
+      <c r="A5" s="109"/>
+      <c r="B5" s="116"/>
+      <c r="C5" s="123"/>
+      <c r="D5" s="123"/>
+      <c r="E5" s="116"/>
       <c r="F5" s="21">
         <v>39269</v>
       </c>
       <c r="G5" s="22">
         <v>20.190000000000001</v>
       </c>
       <c r="H5" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I5" s="115"/>
+      <c r="I5" s="118"/>
       <c r="J5" s="24">
         <v>0.328372948</v>
       </c>
       <c r="K5" s="24">
         <v>0.49047469799999999</v>
       </c>
       <c r="L5" s="24" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="106"/>
-[...3 lines deleted...]
-      <c r="E6" s="113"/>
+      <c r="A6" s="109"/>
+      <c r="B6" s="116"/>
+      <c r="C6" s="123"/>
+      <c r="D6" s="123"/>
+      <c r="E6" s="116"/>
       <c r="F6" s="21">
         <v>39443</v>
       </c>
       <c r="G6" s="22">
         <v>71.518708880000005</v>
       </c>
       <c r="H6" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="I6" s="115"/>
+      <c r="I6" s="118"/>
       <c r="J6" s="24">
         <v>0.17470530000000001</v>
       </c>
       <c r="K6" s="24">
         <v>0.19217582999999999</v>
       </c>
       <c r="L6" s="24">
         <v>0.17470530000000001</v>
       </c>
     </row>
     <row r="7" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="107"/>
-[...3 lines deleted...]
-      <c r="E7" s="114"/>
+      <c r="A7" s="110"/>
+      <c r="B7" s="117"/>
+      <c r="C7" s="123"/>
+      <c r="D7" s="123"/>
+      <c r="E7" s="117"/>
       <c r="F7" s="21">
         <v>39805</v>
       </c>
       <c r="G7" s="22">
         <v>132.47786748999999</v>
       </c>
       <c r="H7" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="I7" s="115"/>
+      <c r="I7" s="118"/>
       <c r="J7" s="24">
         <v>0.32361600000000001</v>
       </c>
       <c r="K7" s="24">
         <v>0.35597760000000001</v>
       </c>
       <c r="L7" s="24">
         <v>0.32361600000000001</v>
       </c>
     </row>
     <row r="8" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A8" s="94">
+      <c r="A8" s="97">
         <v>2008</v>
       </c>
-      <c r="B8" s="97">
+      <c r="B8" s="100">
         <v>590.87</v>
       </c>
-      <c r="C8" s="100">
+      <c r="C8" s="103">
         <v>561.32650000000001</v>
       </c>
-      <c r="D8" s="100">
+      <c r="D8" s="103">
         <v>207</v>
       </c>
-      <c r="E8" s="97">
+      <c r="E8" s="100">
         <v>196.47</v>
       </c>
       <c r="F8" s="25">
         <v>39598</v>
       </c>
       <c r="G8" s="26">
         <v>39.92</v>
       </c>
       <c r="H8" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I8" s="104">
+      <c r="I8" s="107">
         <f>E8/C8</f>
         <v>0.35001019905527353</v>
       </c>
       <c r="J8" s="28">
         <v>0.104451</v>
       </c>
       <c r="K8" s="28">
         <v>0.104451</v>
       </c>
       <c r="L8" s="28">
         <v>0.104451</v>
       </c>
     </row>
     <row r="9" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A9" s="95"/>
-[...3 lines deleted...]
-      <c r="E9" s="98"/>
+      <c r="A9" s="98"/>
+      <c r="B9" s="101"/>
+      <c r="C9" s="103"/>
+      <c r="D9" s="103"/>
+      <c r="E9" s="101"/>
       <c r="F9" s="25">
         <v>39629</v>
       </c>
       <c r="G9" s="26">
         <v>38.74</v>
       </c>
       <c r="H9" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I9" s="104"/>
+      <c r="I9" s="107"/>
       <c r="J9" s="28">
         <v>0.10119419</v>
       </c>
       <c r="K9" s="28">
         <v>0.10119419</v>
       </c>
       <c r="L9" s="28">
         <v>0.10119419</v>
       </c>
     </row>
     <row r="10" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A10" s="95"/>
-[...3 lines deleted...]
-      <c r="E10" s="98"/>
+      <c r="A10" s="98"/>
+      <c r="B10" s="101"/>
+      <c r="C10" s="103"/>
+      <c r="D10" s="103"/>
+      <c r="E10" s="101"/>
       <c r="F10" s="25">
         <v>39721</v>
       </c>
       <c r="G10" s="26">
         <v>39.299999999999997</v>
       </c>
       <c r="H10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I10" s="104"/>
+      <c r="I10" s="107"/>
       <c r="J10" s="28">
         <v>0.102507734</v>
       </c>
       <c r="K10" s="28">
         <v>0.103482536</v>
       </c>
       <c r="L10" s="28">
         <v>0.102507734</v>
       </c>
     </row>
     <row r="11" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="95"/>
-[...3 lines deleted...]
-      <c r="E11" s="98"/>
+      <c r="A11" s="98"/>
+      <c r="B11" s="101"/>
+      <c r="C11" s="103"/>
+      <c r="D11" s="103"/>
+      <c r="E11" s="101"/>
       <c r="F11" s="25">
         <v>39808</v>
       </c>
       <c r="G11" s="26">
         <v>39.979999999999997</v>
       </c>
       <c r="H11" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I11" s="104"/>
+      <c r="I11" s="107"/>
       <c r="J11" s="28">
         <v>0.103777301</v>
       </c>
       <c r="K11" s="28">
         <v>0.110384867</v>
       </c>
       <c r="L11" s="28">
         <v>0.103777301</v>
       </c>
     </row>
     <row r="12" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A12" s="96"/>
-[...3 lines deleted...]
-      <c r="E12" s="99"/>
+      <c r="A12" s="99"/>
+      <c r="B12" s="102"/>
+      <c r="C12" s="103"/>
+      <c r="D12" s="103"/>
+      <c r="E12" s="102"/>
       <c r="F12" s="25">
         <v>39927</v>
       </c>
       <c r="G12" s="26">
         <v>38.53</v>
       </c>
       <c r="H12" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="I12" s="104"/>
+      <c r="I12" s="107"/>
       <c r="J12" s="28">
         <v>9.4116737000000006E-2</v>
       </c>
       <c r="K12" s="28">
         <v>0.103528411</v>
       </c>
       <c r="L12" s="28">
         <v>9.4116737000000006E-2</v>
       </c>
     </row>
     <row r="13" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A13" s="105">
+      <c r="A13" s="108">
         <v>2009</v>
       </c>
-      <c r="B13" s="112">
+      <c r="B13" s="115">
         <v>541.09</v>
       </c>
-      <c r="C13" s="120">
+      <c r="C13" s="123">
         <v>514.03549999999996</v>
       </c>
-      <c r="D13" s="120">
+      <c r="D13" s="123">
         <v>215.4</v>
       </c>
-      <c r="E13" s="112">
+      <c r="E13" s="115">
         <v>205.54999999999998</v>
       </c>
       <c r="F13" s="21">
         <v>39903</v>
       </c>
       <c r="G13" s="22">
         <v>44.51</v>
       </c>
       <c r="H13" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I13" s="115">
+      <c r="I13" s="118">
         <f>E13/C13</f>
         <v>0.39987510590221881</v>
       </c>
       <c r="J13" s="24">
         <v>0.11519259</v>
       </c>
       <c r="K13" s="24">
         <v>0.11519259</v>
       </c>
       <c r="L13" s="24">
         <v>0.11519259</v>
       </c>
     </row>
     <row r="14" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A14" s="106"/>
-[...3 lines deleted...]
-      <c r="E14" s="113"/>
+      <c r="A14" s="109"/>
+      <c r="B14" s="116"/>
+      <c r="C14" s="123"/>
+      <c r="D14" s="123"/>
+      <c r="E14" s="116"/>
       <c r="F14" s="21">
         <v>39990</v>
       </c>
       <c r="G14" s="22">
         <v>45.44</v>
       </c>
       <c r="H14" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I14" s="115"/>
+      <c r="I14" s="118"/>
       <c r="J14" s="24">
         <v>0.11741433793679013</v>
       </c>
       <c r="K14" s="24">
         <v>0.11741433793679013</v>
       </c>
       <c r="L14" s="24">
         <v>0.11741433793679013</v>
       </c>
     </row>
     <row r="15" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A15" s="106"/>
-[...3 lines deleted...]
-      <c r="E15" s="113"/>
+      <c r="A15" s="109"/>
+      <c r="B15" s="116"/>
+      <c r="C15" s="123"/>
+      <c r="D15" s="123"/>
+      <c r="E15" s="116"/>
       <c r="F15" s="21">
         <v>40084</v>
       </c>
       <c r="G15" s="22">
         <v>44.26</v>
       </c>
       <c r="H15" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I15" s="115"/>
+      <c r="I15" s="118"/>
       <c r="J15" s="24">
         <v>0.11403781</v>
       </c>
       <c r="K15" s="24">
         <v>0.11403781</v>
       </c>
       <c r="L15" s="24">
         <v>0.11403781</v>
       </c>
     </row>
     <row r="16" spans="1:12" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A16" s="106"/>
-[...3 lines deleted...]
-      <c r="E16" s="113"/>
+      <c r="A16" s="109"/>
+      <c r="B16" s="116"/>
+      <c r="C16" s="123"/>
+      <c r="D16" s="123"/>
+      <c r="E16" s="116"/>
       <c r="F16" s="21">
         <v>40168</v>
       </c>
       <c r="G16" s="22">
         <v>44.93</v>
       </c>
       <c r="H16" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I16" s="115"/>
+      <c r="I16" s="118"/>
       <c r="J16" s="24">
         <v>0.11547232</v>
       </c>
       <c r="K16" s="24">
         <v>0.12353984</v>
       </c>
       <c r="L16" s="24">
         <v>0.11547232</v>
       </c>
     </row>
     <row r="17" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A17" s="107"/>
-[...3 lines deleted...]
-      <c r="E17" s="114"/>
+      <c r="A17" s="110"/>
+      <c r="B17" s="117"/>
+      <c r="C17" s="123"/>
+      <c r="D17" s="123"/>
+      <c r="E17" s="117"/>
       <c r="F17" s="21">
         <v>40329</v>
       </c>
       <c r="G17" s="22">
         <v>26.41</v>
       </c>
       <c r="H17" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="I17" s="115"/>
+      <c r="I17" s="118"/>
       <c r="J17" s="24">
         <v>6.4529396647610399E-2</v>
       </c>
       <c r="K17" s="24">
         <v>7.0982336312371455E-2</v>
       </c>
       <c r="L17" s="24">
         <v>6.4529396647610399E-2</v>
       </c>
     </row>
     <row r="18" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A18" s="94">
+      <c r="A18" s="97">
         <v>2010</v>
       </c>
-      <c r="B18" s="97">
+      <c r="B18" s="100">
         <v>741.24</v>
       </c>
-      <c r="C18" s="100">
+      <c r="C18" s="103">
         <v>704.178</v>
       </c>
-      <c r="D18" s="100">
+      <c r="D18" s="103">
         <v>293.2</v>
       </c>
-      <c r="E18" s="97">
+      <c r="E18" s="100">
         <v>281.66999999999996</v>
       </c>
       <c r="F18" s="25">
         <v>40268</v>
       </c>
       <c r="G18" s="26">
         <v>47.65</v>
       </c>
       <c r="H18" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I18" s="104">
+      <c r="I18" s="107">
         <f>E18/C18</f>
         <v>0.3999982958854153</v>
       </c>
       <c r="J18" s="28">
         <v>0.12272245</v>
       </c>
       <c r="K18" s="28">
         <v>0.12272245</v>
       </c>
       <c r="L18" s="28">
         <v>0.12272245</v>
       </c>
     </row>
     <row r="19" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A19" s="95"/>
-[...3 lines deleted...]
-      <c r="E19" s="98"/>
+      <c r="A19" s="98"/>
+      <c r="B19" s="101"/>
+      <c r="C19" s="103"/>
+      <c r="D19" s="103"/>
+      <c r="E19" s="101"/>
       <c r="F19" s="25">
         <v>40359</v>
       </c>
       <c r="G19" s="26">
         <v>48.1</v>
       </c>
       <c r="H19" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I19" s="104"/>
+      <c r="I19" s="107"/>
       <c r="J19" s="28">
         <v>0.12439214</v>
       </c>
       <c r="K19" s="28">
         <v>0.12439214</v>
       </c>
       <c r="L19" s="28">
         <v>0.12439214</v>
       </c>
     </row>
     <row r="20" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A20" s="95"/>
-[...3 lines deleted...]
-      <c r="E20" s="98"/>
+      <c r="A20" s="98"/>
+      <c r="B20" s="101"/>
+      <c r="C20" s="103"/>
+      <c r="D20" s="103"/>
+      <c r="E20" s="101"/>
       <c r="F20" s="25">
         <v>40451</v>
       </c>
       <c r="G20" s="26">
         <v>48.56</v>
       </c>
       <c r="H20" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I20" s="104"/>
+      <c r="I20" s="107"/>
       <c r="J20" s="28">
         <v>0.12606184000000001</v>
       </c>
       <c r="K20" s="28">
         <v>0.12606184000000001</v>
       </c>
       <c r="L20" s="28">
         <v>0.12606184000000001</v>
       </c>
     </row>
     <row r="21" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A21" s="95"/>
-[...3 lines deleted...]
-      <c r="E21" s="98"/>
+      <c r="A21" s="98"/>
+      <c r="B21" s="101"/>
+      <c r="C21" s="103"/>
+      <c r="D21" s="103"/>
+      <c r="E21" s="101"/>
       <c r="F21" s="25">
         <v>40541</v>
       </c>
       <c r="G21" s="26">
         <v>65</v>
       </c>
       <c r="H21" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="I21" s="104"/>
+      <c r="I21" s="107"/>
       <c r="J21" s="28">
         <v>0.15879164000000001</v>
       </c>
       <c r="K21" s="28">
         <v>0.17467081000000001</v>
       </c>
       <c r="L21" s="28">
         <v>0.15879164000000001</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A22" s="95"/>
-[...3 lines deleted...]
-      <c r="E22" s="98"/>
+      <c r="A22" s="98"/>
+      <c r="B22" s="101"/>
+      <c r="C22" s="103"/>
+      <c r="D22" s="103"/>
+      <c r="E22" s="101"/>
       <c r="F22" s="25">
         <v>40543</v>
       </c>
       <c r="G22" s="26">
         <v>49.02</v>
       </c>
       <c r="H22" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I22" s="104"/>
+      <c r="I22" s="107"/>
       <c r="J22" s="28">
         <v>0.12766351000000001</v>
       </c>
       <c r="K22" s="28">
         <v>0.13520206000000001</v>
       </c>
       <c r="L22" s="28">
         <v>0.12766351000000001</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A23" s="96"/>
-[...3 lines deleted...]
-      <c r="E23" s="99"/>
+      <c r="A23" s="99"/>
+      <c r="B23" s="102"/>
+      <c r="C23" s="103"/>
+      <c r="D23" s="103"/>
+      <c r="E23" s="102"/>
       <c r="F23" s="25">
         <v>40694</v>
       </c>
       <c r="G23" s="26">
         <v>23.34</v>
       </c>
       <c r="H23" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="I23" s="104"/>
+      <c r="I23" s="107"/>
       <c r="J23" s="28">
         <v>5.7030373500000002E-2</v>
       </c>
       <c r="K23" s="28">
         <v>6.27334108E-2</v>
       </c>
       <c r="L23" s="28">
         <v>5.7030373500000002E-2</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A24" s="105">
+      <c r="A24" s="108">
         <v>2011</v>
       </c>
-      <c r="B24" s="101">
+      <c r="B24" s="104">
         <v>904.35</v>
       </c>
-      <c r="C24" s="108">
+      <c r="C24" s="111">
         <v>859.13249999999994</v>
       </c>
-      <c r="D24" s="108">
+      <c r="D24" s="111">
         <v>358</v>
       </c>
-      <c r="E24" s="101">
+      <c r="E24" s="104">
         <v>343.64</v>
       </c>
       <c r="F24" s="21">
         <v>40633</v>
       </c>
       <c r="G24" s="22">
         <v>53.15</v>
       </c>
       <c r="H24" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I24" s="115">
+      <c r="I24" s="118">
         <f>E24/C24</f>
         <v>0.39998486845742653</v>
       </c>
       <c r="J24" s="24">
         <v>0.1387669</v>
       </c>
       <c r="K24" s="24">
         <v>0.1387669</v>
       </c>
       <c r="L24" s="24">
         <v>0.1387669</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A25" s="106"/>
-[...3 lines deleted...]
-      <c r="E25" s="102"/>
+      <c r="A25" s="109"/>
+      <c r="B25" s="105"/>
+      <c r="C25" s="111"/>
+      <c r="D25" s="111"/>
+      <c r="E25" s="105"/>
       <c r="F25" s="21">
         <v>40715</v>
       </c>
       <c r="G25" s="22">
         <v>53.88</v>
       </c>
       <c r="H25" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I25" s="115"/>
+      <c r="I25" s="118"/>
       <c r="J25" s="24">
         <v>0.14065488000000001</v>
       </c>
       <c r="K25" s="24">
         <v>0.14065488000000001</v>
       </c>
       <c r="L25" s="24">
         <v>0.14065488000000001</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A26" s="106"/>
-[...3 lines deleted...]
-      <c r="E26" s="102"/>
+      <c r="A26" s="109"/>
+      <c r="B26" s="105"/>
+      <c r="C26" s="111"/>
+      <c r="D26" s="111"/>
+      <c r="E26" s="105"/>
       <c r="F26" s="21">
         <v>40814</v>
       </c>
       <c r="G26" s="22">
         <v>54.63</v>
       </c>
       <c r="H26" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I26" s="115"/>
+      <c r="I26" s="118"/>
       <c r="J26" s="24">
         <v>0.14254286999999999</v>
       </c>
       <c r="K26" s="24">
         <v>0.14254286999999999</v>
       </c>
       <c r="L26" s="24">
         <v>0.14254286999999999</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A27" s="106"/>
-[...3 lines deleted...]
-      <c r="E27" s="102"/>
+      <c r="A27" s="109"/>
+      <c r="B27" s="105"/>
+      <c r="C27" s="111"/>
+      <c r="D27" s="111"/>
+      <c r="E27" s="105"/>
       <c r="F27" s="21">
         <v>40903</v>
       </c>
       <c r="G27" s="22">
         <v>60</v>
       </c>
       <c r="H27" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="I27" s="115"/>
+      <c r="I27" s="118"/>
       <c r="J27" s="24">
         <v>0.14657944000000001</v>
       </c>
       <c r="K27" s="24">
         <v>0.16123738000000001</v>
       </c>
       <c r="L27" s="24">
         <v>0.14657944000000001</v>
       </c>
     </row>
     <row r="28" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A28" s="106"/>
-[...3 lines deleted...]
-      <c r="E28" s="102"/>
+      <c r="A28" s="109"/>
+      <c r="B28" s="105"/>
+      <c r="C28" s="111"/>
+      <c r="D28" s="111"/>
+      <c r="E28" s="105"/>
       <c r="F28" s="21">
         <v>40893</v>
       </c>
       <c r="G28" s="22">
         <v>55.32</v>
       </c>
       <c r="H28" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I28" s="115"/>
+      <c r="I28" s="118"/>
       <c r="J28" s="24">
         <v>0.14434501999999999</v>
       </c>
       <c r="K28" s="24">
         <v>0.15402929000000001</v>
       </c>
       <c r="L28" s="24">
         <v>0.14434501999999999</v>
       </c>
     </row>
     <row r="29" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A29" s="107"/>
-[...3 lines deleted...]
-      <c r="E29" s="103"/>
+      <c r="A29" s="110"/>
+      <c r="B29" s="106"/>
+      <c r="C29" s="111"/>
+      <c r="D29" s="111"/>
+      <c r="E29" s="106"/>
       <c r="F29" s="21">
         <v>41054</v>
       </c>
       <c r="G29" s="22">
         <v>66.66</v>
       </c>
       <c r="H29" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="I29" s="115"/>
+      <c r="I29" s="118"/>
       <c r="J29" s="24">
         <v>0.16286427000000001</v>
       </c>
       <c r="K29" s="24">
         <v>0.1791507</v>
       </c>
       <c r="L29" s="24">
         <v>0.16286427000000001</v>
       </c>
     </row>
     <row r="30" spans="1:14" s="1" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-      <c r="A30" s="94">
+      <c r="A30" s="97">
         <v>2012</v>
       </c>
-      <c r="B30" s="97">
+      <c r="B30" s="100">
         <v>818.59</v>
       </c>
-      <c r="C30" s="100">
+      <c r="C30" s="103">
         <v>777.66049999999996</v>
       </c>
-      <c r="D30" s="161">
+      <c r="D30" s="164">
         <v>326.5</v>
       </c>
-      <c r="E30" s="109">
+      <c r="E30" s="112">
         <v>311.06</v>
       </c>
       <c r="F30" s="25">
         <v>40996</v>
       </c>
       <c r="G30" s="26">
         <v>60.66</v>
       </c>
       <c r="H30" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I30" s="104">
+      <c r="I30" s="107">
         <f>E30/C30</f>
         <v>0.39999459918563435</v>
       </c>
       <c r="J30" s="28">
         <v>0.13463454</v>
       </c>
       <c r="K30" s="28">
         <v>0.13463454</v>
       </c>
       <c r="L30" s="28">
         <v>0.13463454</v>
       </c>
     </row>
     <row r="31" spans="1:14" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="95"/>
-[...3 lines deleted...]
-      <c r="E31" s="110"/>
+      <c r="A31" s="98"/>
+      <c r="B31" s="101"/>
+      <c r="C31" s="103"/>
+      <c r="D31" s="164"/>
+      <c r="E31" s="113"/>
       <c r="F31" s="25">
         <v>41089</v>
       </c>
       <c r="G31" s="26">
         <v>61.58</v>
       </c>
       <c r="H31" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I31" s="104"/>
+      <c r="I31" s="107"/>
       <c r="J31" s="28">
         <v>0.13646633999999999</v>
       </c>
       <c r="K31" s="28">
         <v>0.13646633999999999</v>
       </c>
       <c r="L31" s="28">
         <v>0.13646633999999999</v>
       </c>
       <c r="N31" s="1"/>
     </row>
     <row r="32" spans="1:14" s="2" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="95"/>
-[...3 lines deleted...]
-      <c r="E32" s="110"/>
+      <c r="A32" s="98"/>
+      <c r="B32" s="101"/>
+      <c r="C32" s="103"/>
+      <c r="D32" s="164"/>
+      <c r="E32" s="113"/>
       <c r="F32" s="25">
         <v>41179</v>
       </c>
       <c r="G32" s="26">
         <v>57.18</v>
       </c>
       <c r="H32" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I32" s="104"/>
+      <c r="I32" s="107"/>
       <c r="J32" s="28">
         <v>0.12639164</v>
       </c>
       <c r="K32" s="28">
         <v>0.12639164</v>
       </c>
       <c r="L32" s="28">
         <v>0.12639164</v>
       </c>
       <c r="N32" s="4"/>
     </row>
     <row r="33" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="95"/>
-[...3 lines deleted...]
-      <c r="E33" s="110"/>
+      <c r="A33" s="98"/>
+      <c r="B33" s="101"/>
+      <c r="C33" s="103"/>
+      <c r="D33" s="164"/>
+      <c r="E33" s="113"/>
       <c r="F33" s="25">
         <v>41271</v>
       </c>
       <c r="G33" s="26">
         <v>40</v>
       </c>
       <c r="H33" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="I33" s="104"/>
+      <c r="I33" s="107"/>
       <c r="J33" s="28">
         <v>9.7720959999999996E-2</v>
       </c>
       <c r="K33" s="28">
         <v>0.10749306</v>
       </c>
       <c r="L33" s="28">
         <v>9.7720959999999996E-2</v>
       </c>
       <c r="N33" s="1"/>
     </row>
     <row r="34" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="95"/>
-[...3 lines deleted...]
-      <c r="E34" s="110"/>
+      <c r="A34" s="98"/>
+      <c r="B34" s="101"/>
+      <c r="C34" s="103"/>
+      <c r="D34" s="164"/>
+      <c r="E34" s="113"/>
       <c r="F34" s="25">
         <v>41257</v>
       </c>
       <c r="G34" s="26">
         <v>58.56</v>
       </c>
       <c r="H34" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I34" s="104"/>
+      <c r="I34" s="107"/>
       <c r="J34" s="28">
         <v>0.12906123999999999</v>
       </c>
       <c r="K34" s="28">
         <v>0.13807085999999999</v>
       </c>
       <c r="L34" s="28">
         <v>0.12906123999999999</v>
       </c>
       <c r="N34" s="1"/>
     </row>
     <row r="35" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="96"/>
-[...3 lines deleted...]
-      <c r="E35" s="111"/>
+      <c r="A35" s="99"/>
+      <c r="B35" s="102"/>
+      <c r="C35" s="103"/>
+      <c r="D35" s="164"/>
+      <c r="E35" s="114"/>
       <c r="F35" s="25">
         <v>41422</v>
       </c>
       <c r="G35" s="26">
         <v>33.08</v>
       </c>
       <c r="H35" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="I35" s="104"/>
+      <c r="I35" s="107"/>
       <c r="J35" s="28">
         <v>8.0810939999999998E-2</v>
       </c>
       <c r="K35" s="28">
         <v>8.8892040000000005E-2</v>
       </c>
       <c r="L35" s="28">
         <v>8.0810939999999998E-2</v>
       </c>
       <c r="N35" s="1"/>
     </row>
     <row r="36" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="105">
+      <c r="A36" s="108">
         <v>2013</v>
       </c>
-      <c r="B36" s="101">
+      <c r="B36" s="104">
         <v>791.61</v>
       </c>
-      <c r="C36" s="108">
+      <c r="C36" s="111">
         <v>752.02949999999998</v>
       </c>
-      <c r="D36" s="108">
+      <c r="D36" s="111">
         <v>314.3</v>
       </c>
-      <c r="E36" s="101">
+      <c r="E36" s="104">
         <v>300.81000000000006</v>
       </c>
       <c r="F36" s="21">
         <v>41360</v>
       </c>
       <c r="G36" s="22">
         <v>56.96</v>
       </c>
       <c r="H36" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I36" s="115">
+      <c r="I36" s="118">
         <f>E36/C36</f>
         <v>0.39999760647687366</v>
       </c>
       <c r="J36" s="24">
         <v>0.14733418000000001</v>
       </c>
       <c r="K36" s="24">
         <v>0.14733418000000001</v>
       </c>
       <c r="L36" s="24">
         <v>0.14733418000000001</v>
       </c>
       <c r="N36" s="1"/>
     </row>
     <row r="37" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="106"/>
-[...3 lines deleted...]
-      <c r="E37" s="102"/>
+      <c r="A37" s="109"/>
+      <c r="B37" s="105"/>
+      <c r="C37" s="111"/>
+      <c r="D37" s="111"/>
+      <c r="E37" s="105"/>
       <c r="F37" s="21">
         <v>41452</v>
       </c>
       <c r="G37" s="22">
         <v>57.45</v>
       </c>
       <c r="H37" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I37" s="115"/>
+      <c r="I37" s="118"/>
       <c r="J37" s="24">
         <v>0.14853201999999999</v>
       </c>
       <c r="K37" s="24">
         <v>0.14853201999999999</v>
       </c>
       <c r="L37" s="24">
         <v>0.14853201999999999</v>
       </c>
       <c r="N37" s="1"/>
     </row>
     <row r="38" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="106"/>
-[...3 lines deleted...]
-      <c r="E38" s="102"/>
+      <c r="A38" s="109"/>
+      <c r="B38" s="105"/>
+      <c r="C38" s="111"/>
+      <c r="D38" s="111"/>
+      <c r="E38" s="105"/>
       <c r="F38" s="21">
         <v>41543</v>
       </c>
       <c r="G38" s="22">
         <v>58.39</v>
       </c>
       <c r="H38" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I38" s="115"/>
+      <c r="I38" s="118"/>
       <c r="J38" s="24">
         <v>0.1509277</v>
       </c>
       <c r="K38" s="24">
         <v>0.1509277</v>
       </c>
       <c r="L38" s="24">
         <v>0.1509277</v>
       </c>
       <c r="N38" s="1"/>
       <c r="S38" s="3"/>
     </row>
     <row r="39" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="106"/>
-[...3 lines deleted...]
-      <c r="E39" s="102"/>
+      <c r="A39" s="109"/>
+      <c r="B39" s="105"/>
+      <c r="C39" s="111"/>
+      <c r="D39" s="111"/>
+      <c r="E39" s="105"/>
       <c r="F39" s="21">
         <v>41626</v>
       </c>
       <c r="G39" s="22">
         <v>58.61</v>
       </c>
       <c r="H39" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I39" s="115"/>
+      <c r="I39" s="118"/>
       <c r="J39" s="24">
         <v>0.15208347</v>
       </c>
       <c r="K39" s="24">
         <v>0.15695555</v>
       </c>
       <c r="L39" s="24">
         <v>0.15208347</v>
       </c>
       <c r="N39" s="1"/>
     </row>
     <row r="40" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="107"/>
-[...3 lines deleted...]
-      <c r="E40" s="103"/>
+      <c r="A40" s="110"/>
+      <c r="B40" s="106"/>
+      <c r="C40" s="111"/>
+      <c r="D40" s="111"/>
+      <c r="E40" s="106"/>
       <c r="F40" s="21">
         <v>41782</v>
       </c>
       <c r="G40" s="22">
         <v>69.400000000000006</v>
       </c>
       <c r="H40" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="I40" s="115"/>
+      <c r="I40" s="118"/>
       <c r="J40" s="24">
         <v>0.16955041000000001</v>
       </c>
       <c r="K40" s="24">
         <v>0.18650544999999999</v>
       </c>
       <c r="L40" s="24">
         <v>0.16955041000000001</v>
       </c>
       <c r="O40" s="1"/>
     </row>
     <row r="41" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="94">
+      <c r="A41" s="97">
         <v>2014</v>
       </c>
-      <c r="B41" s="97">
+      <c r="B41" s="100">
         <v>691.42</v>
       </c>
-      <c r="C41" s="100">
+      <c r="C41" s="103">
         <v>656.84899999999993</v>
       </c>
-      <c r="D41" s="161">
+      <c r="D41" s="164">
         <v>280.8</v>
       </c>
-      <c r="E41" s="109">
+      <c r="E41" s="112">
         <v>264.41000000000003</v>
       </c>
       <c r="F41" s="25">
         <v>41719</v>
       </c>
       <c r="G41" s="26">
         <v>62.18</v>
       </c>
       <c r="H41" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I41" s="104">
+      <c r="I41" s="107">
         <f>E41/C41</f>
         <v>0.40254305022920039</v>
       </c>
       <c r="J41" s="28">
         <v>0.16168819000000001</v>
       </c>
       <c r="K41" s="28">
         <v>0.16168819000000001</v>
       </c>
       <c r="L41" s="28">
         <v>0.16168819000000001</v>
       </c>
       <c r="O41" s="1"/>
     </row>
     <row r="42" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="95"/>
-[...3 lines deleted...]
-      <c r="E42" s="110"/>
+      <c r="A42" s="98"/>
+      <c r="B42" s="101"/>
+      <c r="C42" s="103"/>
+      <c r="D42" s="164"/>
+      <c r="E42" s="113"/>
       <c r="F42" s="25">
         <v>41810</v>
       </c>
       <c r="G42" s="26">
         <v>62.62</v>
       </c>
       <c r="H42" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I42" s="104"/>
+      <c r="I42" s="107"/>
       <c r="J42" s="28">
         <v>0.16300273000000001</v>
       </c>
       <c r="K42" s="28">
         <v>0.16300273000000001</v>
       </c>
       <c r="L42" s="28">
         <v>0.16300273000000001</v>
       </c>
       <c r="O42" s="1"/>
     </row>
     <row r="43" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="95"/>
-[...3 lines deleted...]
-      <c r="E43" s="110"/>
+      <c r="A43" s="98"/>
+      <c r="B43" s="101"/>
+      <c r="C43" s="103"/>
+      <c r="D43" s="164"/>
+      <c r="E43" s="113"/>
       <c r="F43" s="25">
         <v>41911</v>
       </c>
       <c r="G43" s="26">
         <v>63.52</v>
       </c>
       <c r="H43" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I43" s="104"/>
+      <c r="I43" s="107"/>
       <c r="J43" s="28">
         <v>0.1656318</v>
       </c>
       <c r="K43" s="28">
         <v>0.1656318</v>
       </c>
       <c r="L43" s="28">
         <v>0.1656318</v>
       </c>
       <c r="O43" s="1"/>
     </row>
     <row r="44" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="95"/>
-[...3 lines deleted...]
-      <c r="E44" s="110"/>
+      <c r="A44" s="98"/>
+      <c r="B44" s="101"/>
+      <c r="C44" s="103"/>
+      <c r="D44" s="164"/>
+      <c r="E44" s="113"/>
       <c r="F44" s="25">
         <v>41990</v>
       </c>
       <c r="G44" s="26">
         <v>64.06</v>
       </c>
       <c r="H44" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I44" s="104"/>
+      <c r="I44" s="107"/>
       <c r="J44" s="28">
         <v>0.1668856</v>
       </c>
       <c r="K44" s="28">
         <v>0.17392307000000001</v>
       </c>
       <c r="L44" s="28">
         <v>0.1668856</v>
       </c>
       <c r="O44" s="1"/>
     </row>
     <row r="45" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="96"/>
-[...3 lines deleted...]
-      <c r="E45" s="111"/>
+      <c r="A45" s="99"/>
+      <c r="B45" s="102"/>
+      <c r="C45" s="103"/>
+      <c r="D45" s="164"/>
+      <c r="E45" s="114"/>
       <c r="F45" s="25">
         <v>42153</v>
       </c>
       <c r="G45" s="26">
         <v>12.03</v>
       </c>
       <c r="H45" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="I45" s="104"/>
+      <c r="I45" s="107"/>
       <c r="J45" s="28">
         <v>2.9382289999999998E-2</v>
       </c>
       <c r="K45" s="28">
         <v>3.2320519999999998E-2</v>
       </c>
       <c r="L45" s="28">
         <v>2.9382289999999998E-2</v>
       </c>
       <c r="O45" s="1"/>
     </row>
     <row r="46" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="105">
+      <c r="A46" s="108">
         <v>2015</v>
       </c>
-      <c r="B46" s="101">
+      <c r="B46" s="104">
         <v>848.77</v>
       </c>
-      <c r="C46" s="108">
+      <c r="C46" s="111">
         <v>806.33149999999989</v>
       </c>
-      <c r="D46" s="108">
+      <c r="D46" s="111">
         <v>356.4448251</v>
       </c>
-      <c r="E46" s="101">
+      <c r="E46" s="104">
         <v>335.12900000000002</v>
       </c>
       <c r="F46" s="21">
         <v>42093</v>
       </c>
       <c r="G46" s="22">
         <v>76.989999999999995</v>
       </c>
       <c r="H46" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I46" s="115">
+      <c r="I46" s="118">
         <f>E46/C46</f>
         <v>0.4156218627202336</v>
       </c>
       <c r="J46" s="24">
         <v>0.18825522</v>
       </c>
       <c r="K46" s="24">
         <v>0.18825522</v>
       </c>
       <c r="L46" s="24">
         <v>0.18825522</v>
       </c>
       <c r="N46" s="1"/>
     </row>
     <row r="47" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="106"/>
-[...3 lines deleted...]
-      <c r="E47" s="102"/>
+      <c r="A47" s="109"/>
+      <c r="B47" s="105"/>
+      <c r="C47" s="111"/>
+      <c r="D47" s="111"/>
+      <c r="E47" s="105"/>
       <c r="F47" s="21">
         <v>42178</v>
       </c>
       <c r="G47" s="22">
         <v>84.41</v>
       </c>
       <c r="H47" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I47" s="115"/>
+      <c r="I47" s="118"/>
       <c r="J47" s="24">
         <v>0.2063835</v>
       </c>
       <c r="K47" s="24">
         <v>0.20644783</v>
       </c>
       <c r="L47" s="24">
         <v>0.20638237000000001</v>
       </c>
       <c r="N47" s="1"/>
     </row>
     <row r="48" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="106"/>
-[...3 lines deleted...]
-      <c r="E48" s="102"/>
+      <c r="A48" s="109"/>
+      <c r="B48" s="105"/>
+      <c r="C48" s="111"/>
+      <c r="D48" s="111"/>
+      <c r="E48" s="105"/>
       <c r="F48" s="21">
         <v>42276</v>
       </c>
       <c r="G48" s="22">
         <v>93.53</v>
       </c>
       <c r="H48" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I48" s="115"/>
+      <c r="I48" s="118"/>
       <c r="J48" s="24">
         <v>0.22869412</v>
       </c>
       <c r="K48" s="24">
         <v>0.22889622000000001</v>
       </c>
       <c r="L48" s="24">
         <v>0.22869284000000001</v>
       </c>
       <c r="N48" s="1"/>
       <c r="S48" s="3"/>
     </row>
     <row r="49" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="106"/>
-[...3 lines deleted...]
-      <c r="E49" s="103"/>
+      <c r="A49" s="109"/>
+      <c r="B49" s="105"/>
+      <c r="C49" s="111"/>
+      <c r="D49" s="111"/>
+      <c r="E49" s="106"/>
       <c r="F49" s="21">
         <v>42367</v>
       </c>
       <c r="G49" s="22">
         <v>101.5148251</v>
       </c>
       <c r="H49" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I49" s="115"/>
+      <c r="I49" s="118"/>
       <c r="J49" s="24">
         <v>0.24821183999999999</v>
       </c>
       <c r="K49" s="24">
         <v>0.24872398000000001</v>
       </c>
       <c r="L49" s="24">
         <v>0.24821539000000001</v>
       </c>
       <c r="N49" s="1"/>
     </row>
     <row r="50" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="94">
+      <c r="A50" s="97">
         <v>2016</v>
       </c>
-      <c r="B50" s="97">
+      <c r="B50" s="100">
         <v>659.7</v>
       </c>
-      <c r="C50" s="100">
+      <c r="C50" s="103">
         <v>626.71500000000003</v>
       </c>
-      <c r="D50" s="161">
+      <c r="D50" s="164">
         <v>264.75700000000001</v>
       </c>
-      <c r="E50" s="109">
+      <c r="E50" s="112">
         <v>250.68100000000001</v>
       </c>
       <c r="F50" s="25">
         <v>42459</v>
       </c>
       <c r="G50" s="26">
         <v>76.2</v>
       </c>
       <c r="H50" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I50" s="104">
+      <c r="I50" s="107">
         <f>E50/C50</f>
         <v>0.39999202189192856</v>
       </c>
       <c r="J50" s="28">
         <v>0.18632828000000001</v>
       </c>
       <c r="K50" s="28">
         <v>0.18632828000000001</v>
       </c>
       <c r="L50" s="28">
         <v>0.18632828000000001</v>
       </c>
       <c r="O50" s="1"/>
     </row>
     <row r="51" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="95"/>
-[...3 lines deleted...]
-      <c r="E51" s="110"/>
+      <c r="A51" s="98"/>
+      <c r="B51" s="101"/>
+      <c r="C51" s="103"/>
+      <c r="D51" s="164"/>
+      <c r="E51" s="113"/>
       <c r="F51" s="25">
         <v>42551</v>
       </c>
       <c r="G51" s="26">
         <v>76.819999999999993</v>
       </c>
       <c r="H51" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I51" s="104"/>
+      <c r="I51" s="107"/>
       <c r="J51" s="28">
         <v>0.18784314999999999</v>
       </c>
       <c r="K51" s="28">
         <v>0.18784314999999999</v>
       </c>
       <c r="L51" s="28">
         <v>0.18784314999999999</v>
       </c>
       <c r="O51" s="1"/>
     </row>
     <row r="52" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="95"/>
-[...3 lines deleted...]
-      <c r="E52" s="110"/>
+      <c r="A52" s="98"/>
+      <c r="B52" s="101"/>
+      <c r="C52" s="103"/>
+      <c r="D52" s="164"/>
+      <c r="E52" s="113"/>
       <c r="F52" s="25">
         <v>42642</v>
       </c>
       <c r="G52" s="26">
         <v>78.06</v>
       </c>
       <c r="H52" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I52" s="104"/>
+      <c r="I52" s="107"/>
       <c r="J52" s="28">
         <v>0.19087287</v>
       </c>
       <c r="K52" s="28">
         <v>0.19087287</v>
       </c>
       <c r="L52" s="28">
         <v>0.19087287</v>
       </c>
       <c r="O52" s="1"/>
     </row>
     <row r="53" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="95"/>
-[...3 lines deleted...]
-      <c r="E53" s="110"/>
+      <c r="A53" s="98"/>
+      <c r="B53" s="101"/>
+      <c r="C53" s="103"/>
+      <c r="D53" s="164"/>
+      <c r="E53" s="113"/>
       <c r="F53" s="25">
         <v>42733</v>
       </c>
       <c r="G53" s="26">
         <v>17</v>
       </c>
       <c r="H53" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I53" s="104"/>
+      <c r="I53" s="107"/>
       <c r="J53" s="28">
         <v>4.1567390000000003E-2</v>
       </c>
       <c r="K53" s="28">
         <v>4.1567390000000003E-2</v>
       </c>
       <c r="L53" s="28">
         <v>4.1567390000000003E-2</v>
       </c>
       <c r="O53" s="1"/>
     </row>
     <row r="54" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="96"/>
-[...3 lines deleted...]
-      <c r="E54" s="111"/>
+      <c r="A54" s="99"/>
+      <c r="B54" s="102"/>
+      <c r="C54" s="103"/>
+      <c r="D54" s="164"/>
+      <c r="E54" s="114"/>
       <c r="F54" s="25">
         <v>42886</v>
       </c>
       <c r="G54" s="26">
         <v>16.677</v>
       </c>
       <c r="H54" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="I54" s="104"/>
+      <c r="I54" s="107"/>
       <c r="J54" s="28">
         <v>4.0777760000000003E-2</v>
       </c>
       <c r="K54" s="28">
         <v>4.0777760000000003E-2</v>
       </c>
       <c r="L54" s="28">
         <v>4.0777760000000003E-2</v>
       </c>
       <c r="O54" s="1"/>
     </row>
     <row r="55" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="105">
+      <c r="A55" s="108">
         <v>2017</v>
       </c>
-      <c r="B55" s="101">
+      <c r="B55" s="104">
         <v>1053</v>
       </c>
-      <c r="C55" s="108">
+      <c r="C55" s="111">
         <v>1000.3499999999999</v>
       </c>
-      <c r="D55" s="108">
+      <c r="D55" s="111">
         <v>420.2</v>
       </c>
-      <c r="E55" s="101">
+      <c r="E55" s="104">
         <v>400.154</v>
       </c>
       <c r="F55" s="21">
         <v>42824</v>
       </c>
       <c r="G55" s="22">
         <v>81.061000000000007</v>
       </c>
       <c r="H55" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I55" s="115">
+      <c r="I55" s="118">
         <f>E55/C55</f>
         <v>0.40001399510171443</v>
       </c>
       <c r="J55" s="24">
         <v>0.19820568999999999</v>
       </c>
       <c r="K55" s="24">
         <v>0.19820568999999999</v>
       </c>
       <c r="L55" s="24">
         <v>0.19820568999999999</v>
       </c>
       <c r="N55" s="1"/>
     </row>
     <row r="56" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="106"/>
-[...3 lines deleted...]
-      <c r="E56" s="102"/>
+      <c r="A56" s="109"/>
+      <c r="B56" s="105"/>
+      <c r="C56" s="111"/>
+      <c r="D56" s="111"/>
+      <c r="E56" s="105"/>
       <c r="F56" s="21">
         <v>42915</v>
       </c>
       <c r="G56" s="22">
         <v>81.72</v>
       </c>
       <c r="H56" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I56" s="115"/>
+      <c r="I56" s="118"/>
       <c r="J56" s="24">
         <v>0.19981711999999999</v>
       </c>
       <c r="K56" s="24">
         <v>0.19981711999999999</v>
       </c>
       <c r="L56" s="24">
         <v>0.19981711999999999</v>
       </c>
       <c r="N56" s="1"/>
     </row>
     <row r="57" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="106"/>
-[...3 lines deleted...]
-      <c r="E57" s="102"/>
+      <c r="A57" s="109"/>
+      <c r="B57" s="105"/>
+      <c r="C57" s="111"/>
+      <c r="D57" s="111"/>
+      <c r="E57" s="105"/>
       <c r="F57" s="21">
         <v>43006</v>
       </c>
       <c r="G57" s="22">
         <v>83.037999999999997</v>
       </c>
       <c r="H57" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I57" s="115"/>
+      <c r="I57" s="118"/>
       <c r="J57" s="24">
         <v>0.20303996999999999</v>
       </c>
       <c r="K57" s="24">
         <v>0.20303996999999999</v>
       </c>
       <c r="L57" s="24">
         <v>0.20303996999999999</v>
       </c>
       <c r="N57" s="1"/>
       <c r="S57" s="3"/>
     </row>
     <row r="58" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="106"/>
-[...3 lines deleted...]
-      <c r="E58" s="102"/>
+      <c r="A58" s="109"/>
+      <c r="B58" s="105"/>
+      <c r="C58" s="111"/>
+      <c r="D58" s="111"/>
+      <c r="E58" s="105"/>
       <c r="F58" s="21">
         <v>43097</v>
       </c>
       <c r="G58" s="22">
         <v>30</v>
       </c>
       <c r="H58" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I58" s="115"/>
+      <c r="I58" s="118"/>
       <c r="J58" s="24">
         <v>7.3300000000000004E-2</v>
       </c>
       <c r="K58" s="24">
         <v>7.3300000000000004E-2</v>
       </c>
       <c r="L58" s="24">
         <v>7.3300000000000004E-2</v>
       </c>
       <c r="N58" s="1"/>
     </row>
     <row r="59" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="106"/>
-[...3 lines deleted...]
-      <c r="E59" s="102"/>
+      <c r="A59" s="109"/>
+      <c r="B59" s="105"/>
+      <c r="C59" s="111"/>
+      <c r="D59" s="111"/>
+      <c r="E59" s="105"/>
       <c r="F59" s="21">
         <v>43151</v>
       </c>
       <c r="G59" s="22">
         <v>124.2</v>
       </c>
       <c r="H59" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I59" s="115"/>
+      <c r="I59" s="118"/>
       <c r="J59" s="24">
         <v>0.3034</v>
       </c>
       <c r="K59" s="24">
         <v>0.33150000000000002</v>
       </c>
       <c r="L59" s="24">
         <v>0.3034</v>
       </c>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="107"/>
-[...3 lines deleted...]
-      <c r="E60" s="103"/>
+      <c r="A60" s="110"/>
+      <c r="B60" s="106"/>
+      <c r="C60" s="111"/>
+      <c r="D60" s="111"/>
+      <c r="E60" s="106"/>
       <c r="F60" s="21">
         <v>43250</v>
       </c>
       <c r="G60" s="22">
         <v>20.2</v>
       </c>
       <c r="H60" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="I60" s="115"/>
+      <c r="I60" s="118"/>
       <c r="J60" s="24">
         <v>4.9299999999999997E-2</v>
       </c>
       <c r="K60" s="24">
         <v>5.4300000000000001E-2</v>
       </c>
       <c r="L60" s="24">
         <v>4.9299999999999997E-2</v>
       </c>
       <c r="O60" s="1"/>
     </row>
     <row r="61" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="94">
+      <c r="A61" s="97">
         <v>2018</v>
       </c>
-      <c r="B61" s="97">
+      <c r="B61" s="100">
         <v>1048.5999999999999</v>
       </c>
-      <c r="C61" s="97">
+      <c r="C61" s="100">
         <v>996.17</v>
       </c>
-      <c r="D61" s="109">
+      <c r="D61" s="112">
         <v>419.90000000000003</v>
       </c>
-      <c r="E61" s="109">
+      <c r="E61" s="112">
         <v>398.5</v>
       </c>
       <c r="F61" s="25">
         <v>43187</v>
       </c>
       <c r="G61" s="26">
         <v>84.5</v>
       </c>
       <c r="H61" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I61" s="127">
+      <c r="I61" s="130">
         <f>E61/C61</f>
         <v>0.40003212303120955</v>
       </c>
       <c r="J61" s="28">
         <v>0.20660000000000001</v>
       </c>
       <c r="K61" s="28">
         <v>0.20660000000000001</v>
       </c>
       <c r="L61" s="28">
         <v>0.20660000000000001</v>
       </c>
       <c r="O61" s="1"/>
     </row>
     <row r="62" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="95"/>
-[...3 lines deleted...]
-      <c r="E62" s="110"/>
+      <c r="A62" s="98"/>
+      <c r="B62" s="101"/>
+      <c r="C62" s="101"/>
+      <c r="D62" s="113"/>
+      <c r="E62" s="113"/>
       <c r="F62" s="25">
         <v>43280</v>
       </c>
       <c r="G62" s="26">
         <v>88.3</v>
       </c>
       <c r="H62" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I62" s="128"/>
+      <c r="I62" s="131"/>
       <c r="J62" s="28">
         <v>0.21590000000000001</v>
       </c>
       <c r="K62" s="28">
         <v>0.21590000000000001</v>
       </c>
       <c r="L62" s="28">
         <v>0.21590000000000001</v>
       </c>
       <c r="O62" s="1"/>
     </row>
     <row r="63" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="95"/>
-[...3 lines deleted...]
-      <c r="E63" s="110"/>
+      <c r="A63" s="98"/>
+      <c r="B63" s="101"/>
+      <c r="C63" s="101"/>
+      <c r="D63" s="113"/>
+      <c r="E63" s="113"/>
       <c r="F63" s="25">
         <v>43370</v>
       </c>
       <c r="G63" s="26">
         <v>88.3</v>
       </c>
       <c r="H63" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I63" s="128"/>
+      <c r="I63" s="131"/>
       <c r="J63" s="28">
         <v>0.21590000000000001</v>
       </c>
       <c r="K63" s="28">
         <v>0.21590000000000001</v>
       </c>
       <c r="L63" s="28">
         <v>0.21590000000000001</v>
       </c>
       <c r="M63" s="10"/>
       <c r="O63" s="1"/>
     </row>
     <row r="64" spans="1:19" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="95"/>
-[...3 lines deleted...]
-      <c r="E64" s="110"/>
+      <c r="A64" s="98"/>
+      <c r="B64" s="101"/>
+      <c r="C64" s="101"/>
+      <c r="D64" s="113"/>
+      <c r="E64" s="113"/>
       <c r="F64" s="25">
         <v>43418</v>
       </c>
       <c r="G64" s="26">
         <v>70</v>
       </c>
       <c r="H64" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I64" s="128"/>
+      <c r="I64" s="131"/>
       <c r="J64" s="28">
         <v>0.17109785999999999</v>
       </c>
       <c r="K64" s="28">
         <v>0.18754668999999999</v>
       </c>
       <c r="L64" s="28">
         <v>0.17109785999999999</v>
       </c>
       <c r="M64" s="11"/>
       <c r="O64" s="1"/>
     </row>
     <row r="65" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="95"/>
-[...3 lines deleted...]
-      <c r="E65" s="110"/>
+      <c r="A65" s="98"/>
+      <c r="B65" s="101"/>
+      <c r="C65" s="101"/>
+      <c r="D65" s="113"/>
+      <c r="E65" s="113"/>
       <c r="F65" s="25">
         <v>43460</v>
       </c>
       <c r="G65" s="26">
         <v>30</v>
       </c>
       <c r="H65" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I65" s="128"/>
+      <c r="I65" s="131"/>
       <c r="J65" s="28">
         <v>7.332661E-2</v>
       </c>
       <c r="K65" s="28">
         <v>8.0659270000000005E-2</v>
       </c>
       <c r="L65" s="28">
         <v>7.332661E-2</v>
       </c>
       <c r="O65" s="1"/>
     </row>
     <row r="66" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="95"/>
-[...3 lines deleted...]
-      <c r="E66" s="110"/>
+      <c r="A66" s="98"/>
+      <c r="B66" s="101"/>
+      <c r="C66" s="101"/>
+      <c r="D66" s="113"/>
+      <c r="E66" s="113"/>
       <c r="F66" s="25">
         <v>43480</v>
       </c>
       <c r="G66" s="26">
         <v>45</v>
       </c>
       <c r="H66" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="I66" s="128"/>
+      <c r="I66" s="131"/>
       <c r="J66" s="28">
         <v>0.10998992</v>
       </c>
       <c r="K66" s="28">
         <v>0.12098891000000001</v>
       </c>
       <c r="L66" s="28">
         <v>0.10998992</v>
       </c>
       <c r="O66" s="1"/>
     </row>
     <row r="67" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="96"/>
-[...3 lines deleted...]
-      <c r="E67" s="111"/>
+      <c r="A67" s="99"/>
+      <c r="B67" s="102"/>
+      <c r="C67" s="102"/>
+      <c r="D67" s="114"/>
+      <c r="E67" s="114"/>
       <c r="F67" s="59">
         <v>43615</v>
       </c>
       <c r="G67" s="60">
         <v>13.8</v>
       </c>
       <c r="H67" s="61" t="s">
         <v>22</v>
       </c>
-      <c r="I67" s="129"/>
+      <c r="I67" s="132"/>
       <c r="J67" s="28">
         <v>3.3780089999999999E-2</v>
       </c>
       <c r="K67" s="28">
         <v>3.7158099999999999E-2</v>
       </c>
       <c r="L67" s="28">
         <v>3.3780089999999999E-2</v>
       </c>
       <c r="O67" s="1"/>
     </row>
     <row r="68" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="105">
+      <c r="A68" s="108">
         <v>2019</v>
       </c>
-      <c r="B68" s="145">
+      <c r="B68" s="148">
         <v>1344.4</v>
       </c>
-      <c r="C68" s="145">
+      <c r="C68" s="148">
         <v>1277.2</v>
       </c>
-      <c r="D68" s="145">
+      <c r="D68" s="148">
         <v>536.6</v>
       </c>
-      <c r="E68" s="145">
+      <c r="E68" s="148">
         <v>510.9</v>
       </c>
       <c r="F68" s="21">
         <v>43552</v>
       </c>
       <c r="G68" s="22">
         <v>127.7</v>
       </c>
       <c r="H68" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I68" s="124">
+      <c r="I68" s="127">
         <v>0.4</v>
       </c>
       <c r="J68" s="24">
         <v>0.31219003000000001</v>
       </c>
       <c r="K68" s="24">
         <v>0.31219003000000001</v>
       </c>
       <c r="L68" s="24">
         <v>0.31219003000000001</v>
       </c>
       <c r="O68" s="1"/>
     </row>
     <row r="69" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="106"/>
-[...3 lines deleted...]
-      <c r="E69" s="140"/>
+      <c r="A69" s="109"/>
+      <c r="B69" s="143"/>
+      <c r="C69" s="143"/>
+      <c r="D69" s="143"/>
+      <c r="E69" s="143"/>
       <c r="F69" s="21">
         <v>43640</v>
       </c>
       <c r="G69" s="22">
         <v>116.5</v>
       </c>
       <c r="H69" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I69" s="125"/>
+      <c r="I69" s="128"/>
       <c r="J69" s="24">
         <v>0.28480494000000001</v>
       </c>
       <c r="K69" s="24">
         <v>0.28480494000000001</v>
       </c>
       <c r="L69" s="24">
         <v>0.28480494000000001</v>
       </c>
       <c r="O69" s="1"/>
     </row>
     <row r="70" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="106"/>
-[...3 lines deleted...]
-      <c r="E70" s="140"/>
+      <c r="A70" s="109"/>
+      <c r="B70" s="143"/>
+      <c r="C70" s="143"/>
+      <c r="D70" s="143"/>
+      <c r="E70" s="143"/>
       <c r="F70" s="21">
         <v>43735</v>
       </c>
       <c r="G70" s="22">
         <v>112</v>
       </c>
       <c r="H70" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I70" s="125"/>
+      <c r="I70" s="128"/>
       <c r="J70" s="24">
         <v>0.27381450000000002</v>
       </c>
       <c r="K70" s="24">
         <v>0.28460707000000002</v>
       </c>
       <c r="L70" s="24">
         <v>0.27381450000000002</v>
       </c>
       <c r="O70" s="1"/>
     </row>
     <row r="71" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="106"/>
-[...3 lines deleted...]
-      <c r="E71" s="140"/>
+      <c r="A71" s="109"/>
+      <c r="B71" s="143"/>
+      <c r="C71" s="143"/>
+      <c r="D71" s="143"/>
+      <c r="E71" s="143"/>
       <c r="F71" s="21">
         <v>43808</v>
       </c>
       <c r="G71" s="22">
         <v>106.7</v>
       </c>
       <c r="H71" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I71" s="125"/>
+      <c r="I71" s="128"/>
       <c r="J71" s="24">
         <v>0.26098334000000001</v>
       </c>
       <c r="K71" s="24">
         <v>0.28708168000000001</v>
       </c>
       <c r="L71" s="24">
         <v>0.26098334000000001</v>
       </c>
       <c r="O71" s="1"/>
     </row>
     <row r="72" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="106"/>
-[...3 lines deleted...]
-      <c r="E72" s="140"/>
+      <c r="A72" s="109"/>
+      <c r="B72" s="143"/>
+      <c r="C72" s="143"/>
+      <c r="D72" s="143"/>
+      <c r="E72" s="143"/>
       <c r="F72" s="56">
         <v>44004</v>
       </c>
       <c r="G72" s="57">
         <v>73.704999999999998</v>
       </c>
       <c r="H72" s="58" t="s">
         <v>22</v>
       </c>
-      <c r="I72" s="126"/>
+      <c r="I72" s="129"/>
       <c r="J72" s="24">
         <v>0.18016093999999999</v>
       </c>
       <c r="K72" s="24">
         <v>0.19817703</v>
       </c>
       <c r="L72" s="24">
         <v>0.18016093999999999</v>
       </c>
       <c r="O72" s="1"/>
     </row>
     <row r="73" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="162">
+      <c r="A73" s="159">
         <v>2020</v>
       </c>
-      <c r="B73" s="97">
+      <c r="B73" s="100">
         <v>727.5</v>
       </c>
-      <c r="C73" s="97">
+      <c r="C73" s="100">
         <v>691.1</v>
       </c>
-      <c r="D73" s="97">
+      <c r="D73" s="100">
         <v>218.2</v>
       </c>
-      <c r="E73" s="97">
+      <c r="E73" s="100">
         <v>207.29999999999998</v>
       </c>
       <c r="F73" s="25">
         <v>43920</v>
       </c>
       <c r="G73" s="26">
         <v>101</v>
       </c>
       <c r="H73" s="27" t="s">
         <v>21</v>
       </c>
       <c r="I73" s="156">
         <f>E73/C73</f>
         <v>0.29995659094197652</v>
       </c>
       <c r="J73" s="28">
         <v>0.246</v>
       </c>
       <c r="K73" s="28">
         <v>0.246</v>
       </c>
       <c r="L73" s="28">
         <v>0.246</v>
       </c>
       <c r="O73" s="1"/>
     </row>
     <row r="74" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="163"/>
-[...3 lines deleted...]
-      <c r="E74" s="98"/>
+      <c r="A74" s="160"/>
+      <c r="B74" s="101"/>
+      <c r="C74" s="101"/>
+      <c r="D74" s="101"/>
+      <c r="E74" s="101"/>
       <c r="F74" s="25">
         <v>44193</v>
       </c>
       <c r="G74" s="26">
         <v>42</v>
       </c>
       <c r="H74" s="27" t="s">
         <v>21</v>
       </c>
       <c r="I74" s="157"/>
       <c r="J74" s="28">
         <v>0.10269590000000001</v>
       </c>
       <c r="K74" s="28">
         <v>0.10269590000000001</v>
       </c>
       <c r="L74" s="28">
         <v>0.10269590000000001</v>
       </c>
       <c r="O74" s="1"/>
     </row>
     <row r="75" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="163"/>
-[...3 lines deleted...]
-      <c r="E75" s="98"/>
+      <c r="A75" s="160"/>
+      <c r="B75" s="101"/>
+      <c r="C75" s="101"/>
+      <c r="D75" s="101"/>
+      <c r="E75" s="101"/>
       <c r="F75" s="25">
         <v>44216</v>
       </c>
       <c r="G75" s="26">
         <v>20</v>
       </c>
       <c r="H75" s="27" t="s">
         <v>21</v>
       </c>
       <c r="I75" s="157"/>
       <c r="J75" s="28">
         <v>4.8902809999999998E-2</v>
       </c>
       <c r="K75" s="28">
         <v>4.8902809999999998E-2</v>
       </c>
       <c r="L75" s="28">
         <v>4.8902809999999998E-2</v>
       </c>
       <c r="O75" s="1"/>
     </row>
     <row r="76" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="163"/>
-[...3 lines deleted...]
-      <c r="E76" s="98"/>
+      <c r="A76" s="160"/>
+      <c r="B76" s="101"/>
+      <c r="C76" s="101"/>
+      <c r="D76" s="101"/>
+      <c r="E76" s="101"/>
       <c r="F76" s="25">
         <v>44216</v>
       </c>
       <c r="G76" s="26">
         <v>32</v>
       </c>
       <c r="H76" s="27" t="s">
         <v>21</v>
       </c>
       <c r="I76" s="157"/>
       <c r="J76" s="28">
         <v>7.824449E-2</v>
       </c>
       <c r="K76" s="28">
         <v>7.824449E-2</v>
       </c>
       <c r="L76" s="28">
         <v>7.824449E-2</v>
       </c>
       <c r="N76" s="18"/>
       <c r="O76" s="1"/>
     </row>
     <row r="77" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="164"/>
-[...3 lines deleted...]
-      <c r="E77" s="99"/>
+      <c r="A77" s="161"/>
+      <c r="B77" s="101"/>
+      <c r="C77" s="101"/>
+      <c r="D77" s="102"/>
+      <c r="E77" s="102"/>
       <c r="F77" s="59">
         <v>44344</v>
       </c>
       <c r="G77" s="60">
         <v>23.2</v>
       </c>
       <c r="H77" s="61" t="s">
         <v>22</v>
       </c>
       <c r="I77" s="158"/>
       <c r="J77" s="28">
         <v>5.5952080000000001E-2</v>
       </c>
       <c r="K77" s="28">
         <v>0.28616205</v>
       </c>
       <c r="L77" s="28">
         <v>5.5952080000000001E-2</v>
       </c>
       <c r="O77" s="1"/>
     </row>
     <row r="78" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="145">
+      <c r="A78" s="148">
         <v>2021</v>
       </c>
-      <c r="B78" s="145">
+      <c r="B78" s="148">
         <v>948.5</v>
       </c>
-      <c r="C78" s="145">
+      <c r="C78" s="148">
         <v>901</v>
       </c>
-      <c r="D78" s="139">
+      <c r="D78" s="142">
         <f>G78+G80+G79+G81+G82</f>
         <v>382.15</v>
       </c>
-      <c r="E78" s="139">
+      <c r="E78" s="142">
         <v>360.4</v>
       </c>
       <c r="F78" s="21">
         <v>44273</v>
       </c>
       <c r="G78" s="22">
         <v>93.05</v>
       </c>
       <c r="H78" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I78" s="142">
+      <c r="I78" s="145">
         <f>E78/C78</f>
         <v>0.39999999999999997</v>
       </c>
       <c r="J78" s="24">
         <v>0.22752085</v>
       </c>
       <c r="K78" s="24">
         <v>0.22752085</v>
       </c>
       <c r="L78" s="24">
         <v>0.22752085</v>
       </c>
       <c r="O78" s="1"/>
     </row>
     <row r="79" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="140"/>
-[...1 lines deleted...]
-      <c r="C79" s="140"/>
+      <c r="A79" s="143"/>
+      <c r="B79" s="143"/>
+      <c r="C79" s="143"/>
       <c r="D79" s="165"/>
-      <c r="E79" s="140"/>
+      <c r="E79" s="143"/>
       <c r="F79" s="21">
         <v>44375</v>
       </c>
       <c r="G79" s="22">
         <v>99.1</v>
       </c>
       <c r="H79" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I79" s="143"/>
+      <c r="I79" s="146"/>
       <c r="J79" s="24">
         <v>0.24226756999999999</v>
       </c>
       <c r="K79" s="24">
         <v>0.24226756999999999</v>
       </c>
       <c r="L79" s="24">
         <v>0.24226756999999999</v>
       </c>
       <c r="O79" s="1"/>
     </row>
     <row r="80" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="140"/>
-[...1 lines deleted...]
-      <c r="C80" s="140"/>
+      <c r="A80" s="143"/>
+      <c r="B80" s="143"/>
+      <c r="C80" s="143"/>
       <c r="D80" s="165"/>
-      <c r="E80" s="140"/>
+      <c r="E80" s="143"/>
       <c r="F80" s="21">
         <v>44467</v>
       </c>
       <c r="G80" s="22">
         <v>105.1</v>
       </c>
       <c r="H80" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I80" s="143"/>
+      <c r="I80" s="146"/>
       <c r="J80" s="24">
         <v>0.25701429182339902</v>
       </c>
       <c r="K80" s="24">
         <v>0.25701429182339902</v>
       </c>
       <c r="L80" s="24">
         <v>0.25701429182339902</v>
       </c>
       <c r="O80" s="1"/>
     </row>
     <row r="81" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="140"/>
-[...1 lines deleted...]
-      <c r="C81" s="140"/>
+      <c r="A81" s="143"/>
+      <c r="B81" s="143"/>
+      <c r="C81" s="143"/>
       <c r="D81" s="165"/>
-      <c r="E81" s="140"/>
+      <c r="E81" s="143"/>
       <c r="F81" s="21">
         <v>44558</v>
       </c>
       <c r="G81" s="22">
         <v>70</v>
       </c>
       <c r="H81" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="I81" s="143"/>
+      <c r="I81" s="146"/>
       <c r="J81" s="24">
         <v>0.17111448909412438</v>
       </c>
       <c r="K81" s="24">
         <v>0.1846178298110053</v>
       </c>
       <c r="L81" s="24">
         <v>0.17111448909412438</v>
       </c>
       <c r="O81" s="1"/>
     </row>
     <row r="82" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="141"/>
-[...1 lines deleted...]
-      <c r="C82" s="141"/>
+      <c r="A82" s="144"/>
+      <c r="B82" s="144"/>
+      <c r="C82" s="144"/>
       <c r="D82" s="166"/>
-      <c r="E82" s="141"/>
+      <c r="E82" s="144"/>
       <c r="F82" s="56">
         <v>44700</v>
       </c>
       <c r="G82" s="57">
         <v>14.9</v>
       </c>
       <c r="H82" s="58" t="s">
         <v>22</v>
       </c>
-      <c r="I82" s="144"/>
+      <c r="I82" s="147"/>
       <c r="J82" s="24">
         <v>3.6603824648404538E-2</v>
       </c>
       <c r="K82" s="24">
         <v>4.0264207113244993E-2</v>
       </c>
       <c r="L82" s="24">
         <v>3.6603824648404538E-2</v>
       </c>
       <c r="O82" s="1"/>
     </row>
     <row r="83" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="146">
+      <c r="A83" s="149">
         <v>2022</v>
       </c>
-      <c r="B83" s="146">
+      <c r="B83" s="149">
         <v>715.4</v>
       </c>
-      <c r="C83" s="146">
+      <c r="C83" s="149">
         <v>679.63</v>
       </c>
-      <c r="D83" s="148">
+      <c r="D83" s="151">
         <f>G83+G84+G86+G85+G87</f>
         <v>360.2</v>
       </c>
-      <c r="E83" s="146">
+      <c r="E83" s="149">
         <f>128.4+144.6+42.4+9.4+14.8</f>
         <v>339.59999999999997</v>
       </c>
       <c r="F83" s="36">
         <v>44649</v>
       </c>
       <c r="G83" s="29">
         <v>136.5</v>
       </c>
       <c r="H83" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="I83" s="150">
+      <c r="I83" s="153">
         <f>E83/C83</f>
         <v>0.49968365139855503</v>
       </c>
       <c r="J83" s="31">
         <v>0.33389305526271262</v>
       </c>
       <c r="K83" s="31">
         <v>0.33389305526271262</v>
       </c>
       <c r="L83" s="31">
         <v>0.33389305526271262</v>
       </c>
       <c r="O83" s="1"/>
     </row>
     <row r="84" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="147"/>
-[...3 lines deleted...]
-      <c r="E84" s="147"/>
+      <c r="A84" s="150"/>
+      <c r="B84" s="150"/>
+      <c r="C84" s="150"/>
+      <c r="D84" s="152"/>
+      <c r="E84" s="150"/>
       <c r="F84" s="36">
         <v>44740</v>
       </c>
       <c r="G84" s="29">
         <v>153.9</v>
       </c>
       <c r="H84" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="I84" s="151"/>
+      <c r="I84" s="154"/>
       <c r="J84" s="31">
         <v>0.3764700220644821</v>
       </c>
       <c r="K84" s="31">
         <v>0.3764700220644821</v>
       </c>
       <c r="L84" s="31">
         <v>0.3764700220644821</v>
       </c>
       <c r="O84" s="1"/>
     </row>
     <row r="85" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="147"/>
-[...3 lines deleted...]
-      <c r="E85" s="147"/>
+      <c r="A85" s="150"/>
+      <c r="B85" s="150"/>
+      <c r="C85" s="150"/>
+      <c r="D85" s="152"/>
+      <c r="E85" s="150"/>
       <c r="F85" s="36">
         <v>44833</v>
       </c>
       <c r="G85" s="29">
         <v>45</v>
       </c>
       <c r="H85" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="I85" s="151"/>
+      <c r="I85" s="154"/>
       <c r="J85" s="31">
         <v>0.11001201407850403</v>
       </c>
       <c r="K85" s="31">
         <v>0.11576114398116853</v>
       </c>
       <c r="L85" s="31">
         <v>0.11001201407850403</v>
       </c>
       <c r="O85" s="1"/>
     </row>
     <row r="86" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A86" s="147"/>
-[...3 lines deleted...]
-      <c r="E86" s="147"/>
+      <c r="A86" s="150"/>
+      <c r="B86" s="150"/>
+      <c r="C86" s="150"/>
+      <c r="D86" s="152"/>
+      <c r="E86" s="150"/>
       <c r="F86" s="36">
         <v>44923</v>
       </c>
       <c r="G86" s="29">
         <v>10</v>
       </c>
       <c r="H86" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="I86" s="151"/>
+      <c r="I86" s="154"/>
       <c r="J86" s="31">
         <v>2.4443197042374333E-2</v>
       </c>
       <c r="K86" s="31">
         <v>2.6887516746611769E-2</v>
       </c>
       <c r="L86" s="31">
         <v>2.4443197042374333E-2</v>
       </c>
       <c r="O86" s="1"/>
     </row>
     <row r="87" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="147"/>
-[...3 lines deleted...]
-      <c r="E87" s="147"/>
+      <c r="A87" s="150"/>
+      <c r="B87" s="150"/>
+      <c r="C87" s="150"/>
+      <c r="D87" s="152"/>
+      <c r="E87" s="150"/>
       <c r="F87" s="53">
         <v>45065</v>
       </c>
       <c r="G87" s="54">
         <v>14.8</v>
       </c>
       <c r="H87" s="55" t="s">
         <v>22</v>
       </c>
-      <c r="I87" s="152"/>
+      <c r="I87" s="155"/>
       <c r="J87" s="31">
         <v>3.6259994022939217E-2</v>
       </c>
       <c r="K87" s="31">
         <v>3.9885993425233142E-2</v>
       </c>
       <c r="L87" s="31">
         <v>3.6259994022939217E-2</v>
       </c>
       <c r="O87" s="1"/>
     </row>
     <row r="88" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A88" s="130">
+      <c r="A88" s="133">
         <v>2023</v>
       </c>
-      <c r="B88" s="132">
+      <c r="B88" s="135">
         <v>871.1</v>
       </c>
-      <c r="C88" s="132">
+      <c r="C88" s="135">
         <v>827.45</v>
       </c>
-      <c r="D88" s="135">
+      <c r="D88" s="138">
         <f>G88+G90+G89+G91</f>
         <v>434.9</v>
       </c>
-      <c r="E88" s="130">
+      <c r="E88" s="133">
         <f>140.6+131.8+65.9+74.9</f>
         <v>413.19999999999993</v>
       </c>
       <c r="F88" s="47">
         <v>45015</v>
       </c>
       <c r="G88" s="40">
         <v>150</v>
       </c>
       <c r="H88" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I88" s="137">
+      <c r="I88" s="140">
         <f>E88/C88</f>
         <v>0.49936552057526123</v>
       </c>
       <c r="J88" s="42">
         <v>0.36677105402839111</v>
       </c>
       <c r="K88" s="42">
         <v>0.36677105402839111</v>
       </c>
       <c r="L88" s="42">
         <v>0.36677105402839111</v>
       </c>
       <c r="O88" s="1"/>
     </row>
     <row r="89" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="130"/>
-[...3 lines deleted...]
-      <c r="E89" s="130"/>
+      <c r="A89" s="133"/>
+      <c r="B89" s="135"/>
+      <c r="C89" s="135"/>
+      <c r="D89" s="138"/>
+      <c r="E89" s="133"/>
       <c r="F89" s="47">
         <v>45106</v>
       </c>
       <c r="G89" s="40">
         <v>140</v>
       </c>
       <c r="H89" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="I89" s="138"/>
+      <c r="I89" s="141"/>
       <c r="J89" s="42">
         <v>0.34260656992098293</v>
       </c>
       <c r="K89" s="42">
         <v>0.34260656992098293</v>
       </c>
       <c r="L89" s="42">
         <v>0.34260656992098293</v>
       </c>
       <c r="O89" s="1"/>
     </row>
     <row r="90" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A90" s="130"/>
-[...3 lines deleted...]
-      <c r="E90" s="130"/>
+      <c r="A90" s="133"/>
+      <c r="B90" s="135"/>
+      <c r="C90" s="135"/>
+      <c r="D90" s="138"/>
+      <c r="E90" s="133"/>
       <c r="F90" s="48">
         <v>45198</v>
       </c>
       <c r="G90" s="44">
         <v>70</v>
       </c>
       <c r="H90" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="I90" s="138"/>
+      <c r="I90" s="141"/>
       <c r="J90" s="46">
         <v>0.17162494321130373</v>
       </c>
       <c r="K90" s="46">
         <v>0.18339226541642575</v>
       </c>
       <c r="L90" s="46">
         <v>0.17162494321130373</v>
       </c>
       <c r="M90" s="43"/>
       <c r="O90" s="1"/>
     </row>
     <row r="91" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="131"/>
-[...3 lines deleted...]
-      <c r="E91" s="131"/>
+      <c r="A91" s="134"/>
+      <c r="B91" s="136"/>
+      <c r="C91" s="136"/>
+      <c r="D91" s="139"/>
+      <c r="E91" s="134"/>
       <c r="F91" s="49">
         <v>45429</v>
       </c>
       <c r="G91" s="50">
         <v>74.900000000000006</v>
       </c>
       <c r="H91" s="51" t="s">
         <v>22</v>
       </c>
-      <c r="I91" s="138"/>
+      <c r="I91" s="141"/>
       <c r="J91" s="52">
         <v>0.18314317999999999</v>
       </c>
       <c r="K91" s="52">
         <v>0.20145750000000001</v>
       </c>
       <c r="L91" s="52">
         <v>0.18314317999999999</v>
       </c>
       <c r="M91" s="43"/>
       <c r="O91" s="1"/>
     </row>
     <row r="92" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A92" s="84">
         <v>2024</v>
       </c>
       <c r="B92" s="84">
         <v>916.1</v>
       </c>
       <c r="C92" s="84">
         <f>B92*0.95</f>
         <v>870.29499999999996</v>
       </c>
       <c r="D92" s="87">
         <f>G92+G94+G93+G95+G96+G97</f>
@@ -4702,362 +4703,420 @@
       <c r="G97" s="70">
         <v>35.9</v>
       </c>
       <c r="H97" s="77" t="s">
         <v>22</v>
       </c>
       <c r="I97" s="92"/>
       <c r="J97" s="76">
         <v>0.08</v>
       </c>
       <c r="K97" s="76">
         <v>0.36</v>
       </c>
       <c r="L97" s="76">
         <v>0.08</v>
       </c>
       <c r="M97" s="43"/>
       <c r="O97" s="1"/>
     </row>
     <row r="98" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A98" s="78">
         <v>2025</v>
       </c>
       <c r="B98" s="78"/>
       <c r="C98" s="78"/>
-      <c r="D98" s="153">
-[...1 lines deleted...]
-        <v>290</v>
+      <c r="D98" s="94">
+        <f>90+90+110+150+180</f>
+        <v>620</v>
       </c>
       <c r="E98" s="78">
-        <f>84.4+84.3+103.1</f>
-        <v>271.79999999999995</v>
+        <f>84.4+84.3+103.1+140.4+168.4</f>
+        <v>580.59999999999991</v>
       </c>
       <c r="F98" s="65">
         <v>45742</v>
       </c>
       <c r="G98" s="64">
         <v>90</v>
       </c>
       <c r="H98" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="I98" s="81"/>
+      <c r="I98" s="81">
+        <v>0.4</v>
+      </c>
       <c r="J98" s="66">
         <v>0.22006263241703469</v>
       </c>
       <c r="K98" s="66">
         <v>0.22006263241703469</v>
       </c>
       <c r="L98" s="66">
         <v>0.22006263241703469</v>
       </c>
       <c r="M98" s="43"/>
       <c r="O98" s="1"/>
     </row>
     <row r="99" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A99" s="79"/>
       <c r="B99" s="79"/>
       <c r="C99" s="79"/>
-      <c r="D99" s="154"/>
+      <c r="D99" s="95"/>
       <c r="E99" s="79"/>
       <c r="F99" s="65">
         <v>45834</v>
       </c>
       <c r="G99" s="64">
         <v>90</v>
       </c>
       <c r="H99" s="63" t="s">
         <v>21</v>
       </c>
       <c r="I99" s="82"/>
       <c r="J99" s="66">
         <v>0.22006263241703469</v>
       </c>
       <c r="K99" s="66">
         <v>0.22006263241703469</v>
       </c>
       <c r="L99" s="66">
         <v>0.22006263241703469</v>
       </c>
       <c r="M99" s="43"/>
       <c r="O99" s="1"/>
     </row>
     <row r="100" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A100" s="80"/>
-[...3 lines deleted...]
-      <c r="E100" s="80"/>
+      <c r="A100" s="79"/>
+      <c r="B100" s="79"/>
+      <c r="C100" s="79"/>
+      <c r="D100" s="95"/>
+      <c r="E100" s="79"/>
       <c r="F100" s="65">
         <v>45929</v>
       </c>
       <c r="G100" s="64">
         <v>110</v>
       </c>
       <c r="H100" s="63" t="s">
         <v>21</v>
       </c>
-      <c r="I100" s="83"/>
+      <c r="I100" s="82"/>
       <c r="J100" s="66">
         <v>0.2689654396208202</v>
       </c>
       <c r="K100" s="66">
         <v>0.2689654396208202</v>
       </c>
       <c r="L100" s="66">
         <v>0.2689654396208202</v>
       </c>
       <c r="M100" s="43"/>
       <c r="O100" s="1"/>
     </row>
-    <row r="101" spans="1:15" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="123" t="s">
+    <row r="101" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="79"/>
+      <c r="B101" s="79"/>
+      <c r="C101" s="79"/>
+      <c r="D101" s="95"/>
+      <c r="E101" s="79"/>
+      <c r="F101" s="65">
+        <v>46013</v>
+      </c>
+      <c r="G101" s="64">
+        <v>150</v>
+      </c>
+      <c r="H101" s="63" t="s">
+        <v>21</v>
+      </c>
+      <c r="I101" s="82"/>
+      <c r="J101" s="66">
+        <v>0.36677105402839111</v>
+      </c>
+      <c r="K101" s="66">
+        <v>0.36677105402839111</v>
+      </c>
+      <c r="L101" s="66">
+        <v>0.36677105402839111</v>
+      </c>
+      <c r="M101" s="43"/>
+      <c r="O101" s="1"/>
+    </row>
+    <row r="102" spans="1:15" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="80"/>
+      <c r="B102" s="80"/>
+      <c r="C102" s="80"/>
+      <c r="D102" s="96"/>
+      <c r="E102" s="80"/>
+      <c r="F102" s="65">
+        <v>46031</v>
+      </c>
+      <c r="G102" s="64">
+        <v>180</v>
+      </c>
+      <c r="H102" s="63" t="s">
+        <v>21</v>
+      </c>
+      <c r="I102" s="83"/>
+      <c r="J102" s="66">
+        <v>0.44004976448650002</v>
+      </c>
+      <c r="K102" s="66">
+        <v>0.46253750576548436</v>
+      </c>
+      <c r="L102" s="66">
+        <v>0.44004976448650002</v>
+      </c>
+      <c r="M102" s="43"/>
+      <c r="O102" s="1"/>
+    </row>
+    <row r="103" spans="1:15" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="126" t="s">
         <v>25</v>
       </c>
-      <c r="B101" s="123"/>
-[...12 lines deleted...]
-      <c r="A102" s="121" t="s">
+      <c r="B103" s="126"/>
+      <c r="C103" s="126"/>
+      <c r="D103" s="126"/>
+      <c r="E103" s="126"/>
+      <c r="F103" s="126"/>
+      <c r="G103" s="126"/>
+      <c r="H103" s="126"/>
+      <c r="I103" s="126"/>
+      <c r="J103" s="126"/>
+      <c r="K103" s="126"/>
+      <c r="L103" s="126"/>
+    </row>
+    <row r="104" spans="1:15" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="124" t="s">
         <v>5</v>
       </c>
-      <c r="B102" s="121"/>
-[...13 lines deleted...]
-      <c r="A103" s="93" t="s">
+      <c r="B104" s="124"/>
+      <c r="C104" s="124"/>
+      <c r="D104" s="124"/>
+      <c r="E104" s="124"/>
+      <c r="F104" s="124"/>
+      <c r="G104" s="124"/>
+      <c r="H104" s="124"/>
+      <c r="I104" s="124"/>
+      <c r="J104" s="124"/>
+      <c r="K104" s="124"/>
+      <c r="L104" s="124"/>
+      <c r="M104" s="37"/>
+    </row>
+    <row r="105" spans="1:15" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="93" t="s">
         <v>29</v>
       </c>
-      <c r="B103" s="93"/>
-[...13 lines deleted...]
-      <c r="A104" s="134" t="s">
+      <c r="B105" s="93"/>
+      <c r="C105" s="93"/>
+      <c r="D105" s="93"/>
+      <c r="E105" s="93"/>
+      <c r="F105" s="93"/>
+      <c r="G105" s="93"/>
+      <c r="H105" s="93"/>
+      <c r="I105" s="93"/>
+      <c r="J105" s="93"/>
+      <c r="K105" s="93"/>
+      <c r="L105" s="93"/>
+      <c r="M105" s="38"/>
+    </row>
+    <row r="106" spans="1:15" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="137" t="s">
         <v>7</v>
       </c>
-      <c r="B104" s="134"/>
-[...14 lines deleted...]
-      <c r="A105" s="122" t="s">
+      <c r="B106" s="137"/>
+      <c r="C106" s="137"/>
+      <c r="D106" s="137"/>
+      <c r="E106" s="137"/>
+      <c r="F106" s="137"/>
+      <c r="G106" s="137"/>
+      <c r="H106" s="137"/>
+      <c r="I106" s="137"/>
+      <c r="J106" s="137"/>
+      <c r="K106" s="137"/>
+      <c r="L106" s="137"/>
+      <c r="M106" s="39"/>
+      <c r="O106" s="17"/>
+    </row>
+    <row r="107" spans="1:15" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="125" t="s">
         <v>26</v>
       </c>
-      <c r="B105" s="122"/>
-[...12 lines deleted...]
-      <c r="A106" s="121" t="s">
+      <c r="B107" s="125"/>
+      <c r="C107" s="125"/>
+      <c r="D107" s="125"/>
+      <c r="E107" s="125"/>
+      <c r="F107" s="125"/>
+      <c r="G107" s="125"/>
+      <c r="H107" s="125"/>
+      <c r="I107" s="125"/>
+      <c r="J107" s="125"/>
+      <c r="K107" s="125"/>
+      <c r="L107" s="125"/>
+    </row>
+    <row r="108" spans="1:15" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="124" t="s">
         <v>23</v>
       </c>
-      <c r="B106" s="121"/>
-[...12 lines deleted...]
-      <c r="A107" s="93" t="s">
+      <c r="B108" s="124"/>
+      <c r="C108" s="124"/>
+      <c r="D108" s="124"/>
+      <c r="E108" s="124"/>
+      <c r="F108" s="124"/>
+      <c r="G108" s="124"/>
+      <c r="H108" s="124"/>
+      <c r="I108" s="124"/>
+      <c r="J108" s="124"/>
+      <c r="K108" s="124"/>
+      <c r="L108" s="124"/>
+    </row>
+    <row r="109" spans="1:15" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="93" t="s">
         <v>32</v>
       </c>
-      <c r="B107" s="93"/>
-[...13 lines deleted...]
-      <c r="A108" s="121" t="s">
+      <c r="B109" s="93"/>
+      <c r="C109" s="93"/>
+      <c r="D109" s="93"/>
+      <c r="E109" s="93"/>
+      <c r="F109" s="93"/>
+      <c r="G109" s="93"/>
+      <c r="H109" s="93"/>
+      <c r="I109" s="93"/>
+      <c r="J109" s="93"/>
+      <c r="K109" s="93"/>
+      <c r="L109" s="93"/>
+      <c r="M109" s="8"/>
+    </row>
+    <row r="110" spans="1:15" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="124" t="s">
         <v>24</v>
       </c>
-      <c r="B108" s="121"/>
-[...37 lines deleted...]
-      <c r="L110" s="34"/>
+      <c r="B110" s="124"/>
+      <c r="C110" s="124"/>
+      <c r="D110" s="124"/>
+      <c r="E110" s="124"/>
+      <c r="F110" s="124"/>
+      <c r="G110" s="124"/>
+      <c r="H110" s="124"/>
+      <c r="I110" s="124"/>
+      <c r="J110" s="124"/>
+      <c r="K110" s="124"/>
+      <c r="L110" s="124"/>
     </row>
     <row r="111" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="G111" s="35"/>
-[...17 lines deleted...]
-    <row r="128" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="A111" s="32"/>
+      <c r="B111" s="32"/>
+      <c r="C111" s="33"/>
+      <c r="D111" s="33"/>
+      <c r="E111" s="33"/>
+      <c r="F111" s="33"/>
+      <c r="G111" s="33"/>
+      <c r="H111" s="33"/>
+      <c r="I111" s="33"/>
+      <c r="J111" s="34"/>
+      <c r="K111" s="34"/>
+      <c r="L111" s="34"/>
+    </row>
+    <row r="112" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="32"/>
+      <c r="B112" s="32"/>
+      <c r="C112" s="33"/>
+      <c r="D112" s="33"/>
+      <c r="E112" s="33"/>
+      <c r="F112" s="33"/>
+      <c r="G112" s="33"/>
+      <c r="H112" s="62"/>
+      <c r="I112" s="62"/>
+      <c r="J112" s="34"/>
+      <c r="K112" s="34"/>
+      <c r="L112" s="34"/>
+    </row>
+    <row r="113" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G113" s="35"/>
+    </row>
+    <row r="114" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="116" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="117" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="118" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="120" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="122" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="124" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="126" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="127" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" spans="7:7" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="129" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="130" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="131" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="132" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="133" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="134" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="135" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="136" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="137" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="138" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="139" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="140" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="141" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="142" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="143" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="144" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="145" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="146" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="147" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="148" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="149" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="150" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="151" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="152" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="153" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="154" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="155" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="156" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="157" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="158" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="159" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="160" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="161" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="162" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="163" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="164" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="167" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="169" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="170" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="171" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="172" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="173" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="174" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="175" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="127">
     <mergeCell ref="E13:E17"/>
     <mergeCell ref="D73:D77"/>
     <mergeCell ref="E73:E77"/>
     <mergeCell ref="A78:A82"/>
     <mergeCell ref="B78:B82"/>
     <mergeCell ref="C78:C82"/>
     <mergeCell ref="D78:D82"/>
     <mergeCell ref="B50:B54"/>
     <mergeCell ref="C50:C54"/>
     <mergeCell ref="D50:D54"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="J1:L1"/>
     <mergeCell ref="A46:A49"/>
     <mergeCell ref="B46:B49"/>
     <mergeCell ref="C46:C49"/>
     <mergeCell ref="D46:D49"/>
     <mergeCell ref="I46:I49"/>
     <mergeCell ref="A41:A45"/>
     <mergeCell ref="B41:B45"/>
     <mergeCell ref="C41:C45"/>
     <mergeCell ref="A36:A40"/>
     <mergeCell ref="B36:B40"/>
     <mergeCell ref="C36:C40"/>
@@ -5074,312 +5133,312 @@
     <mergeCell ref="D13:D17"/>
     <mergeCell ref="I50:I54"/>
     <mergeCell ref="A55:A60"/>
     <mergeCell ref="B55:B60"/>
     <mergeCell ref="C88:C91"/>
     <mergeCell ref="D88:D91"/>
     <mergeCell ref="E88:E91"/>
     <mergeCell ref="I88:I91"/>
     <mergeCell ref="E78:E82"/>
     <mergeCell ref="I78:I82"/>
     <mergeCell ref="A68:A72"/>
     <mergeCell ref="B68:B72"/>
     <mergeCell ref="C68:C72"/>
     <mergeCell ref="D68:D72"/>
     <mergeCell ref="E68:E72"/>
     <mergeCell ref="A83:A87"/>
     <mergeCell ref="B83:B87"/>
     <mergeCell ref="C83:C87"/>
     <mergeCell ref="D83:D87"/>
     <mergeCell ref="E83:E87"/>
     <mergeCell ref="I83:I87"/>
     <mergeCell ref="I73:I77"/>
     <mergeCell ref="A73:A77"/>
     <mergeCell ref="B73:B77"/>
     <mergeCell ref="C73:C77"/>
+    <mergeCell ref="A110:L110"/>
+    <mergeCell ref="A107:L107"/>
     <mergeCell ref="A108:L108"/>
-    <mergeCell ref="A105:L105"/>
-[...3 lines deleted...]
-    <mergeCell ref="A102:L102"/>
+    <mergeCell ref="A109:L109"/>
+    <mergeCell ref="A103:L103"/>
+    <mergeCell ref="A104:L104"/>
     <mergeCell ref="E46:E49"/>
     <mergeCell ref="C55:C60"/>
     <mergeCell ref="D55:D60"/>
     <mergeCell ref="I55:I60"/>
     <mergeCell ref="A61:A67"/>
     <mergeCell ref="B61:B67"/>
     <mergeCell ref="C61:C67"/>
     <mergeCell ref="D61:D67"/>
     <mergeCell ref="I68:I72"/>
     <mergeCell ref="I61:I67"/>
     <mergeCell ref="E61:E67"/>
     <mergeCell ref="E55:E60"/>
     <mergeCell ref="E50:E54"/>
     <mergeCell ref="A88:A91"/>
     <mergeCell ref="B88:B91"/>
-    <mergeCell ref="A104:L104"/>
+    <mergeCell ref="A106:L106"/>
     <mergeCell ref="A50:A54"/>
-    <mergeCell ref="A98:A100"/>
+    <mergeCell ref="A98:A102"/>
     <mergeCell ref="J2:L2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="B4:B7"/>
     <mergeCell ref="C4:C7"/>
     <mergeCell ref="D4:D7"/>
     <mergeCell ref="I4:I7"/>
     <mergeCell ref="E4:E7"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="A8:A12"/>
     <mergeCell ref="B8:B12"/>
     <mergeCell ref="C8:C12"/>
     <mergeCell ref="D8:D12"/>
     <mergeCell ref="E36:E40"/>
     <mergeCell ref="I18:I23"/>
     <mergeCell ref="E18:E23"/>
     <mergeCell ref="A24:A29"/>
     <mergeCell ref="B24:B29"/>
     <mergeCell ref="C24:C29"/>
     <mergeCell ref="D24:D29"/>
     <mergeCell ref="A18:A23"/>
     <mergeCell ref="B18:B23"/>
     <mergeCell ref="C18:C23"/>
     <mergeCell ref="D18:D23"/>
     <mergeCell ref="A30:A35"/>
     <mergeCell ref="B30:B35"/>
     <mergeCell ref="C30:C35"/>
     <mergeCell ref="E30:E35"/>
     <mergeCell ref="I8:I12"/>
     <mergeCell ref="E8:E12"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="B13:B17"/>
     <mergeCell ref="I13:I17"/>
-    <mergeCell ref="E98:E100"/>
-    <mergeCell ref="I98:I100"/>
+    <mergeCell ref="E98:E102"/>
+    <mergeCell ref="I98:I102"/>
     <mergeCell ref="A92:A97"/>
     <mergeCell ref="B92:B97"/>
     <mergeCell ref="C92:C97"/>
     <mergeCell ref="D92:D97"/>
     <mergeCell ref="E92:E97"/>
     <mergeCell ref="I92:I97"/>
-    <mergeCell ref="A103:L103"/>
-[...2 lines deleted...]
-    <mergeCell ref="D98:D100"/>
+    <mergeCell ref="A105:L105"/>
+    <mergeCell ref="B98:B102"/>
+    <mergeCell ref="C98:C102"/>
+    <mergeCell ref="D98:D102"/>
   </mergeCells>
   <conditionalFormatting sqref="A36">
+    <cfRule type="expression" priority="176">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A46 C46:E46">
+    <cfRule type="expression" priority="167">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A55">
+    <cfRule type="expression" priority="137">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A4:B4 H4:I4 G4:G7 C4:D29 M4:M30 O4:XFD30 N4:N31 J4:L35 A8:B8 A13:B13 A18:B18 A24 D30 N33:N39 G36:L40 O40:O45 C41:C45 G41:H45 J41:L45">
+    <cfRule type="expression" priority="179">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A30:B30">
+    <cfRule type="expression" priority="177">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A41:B41">
     <cfRule type="expression" priority="174">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A46 C46:E46">
-    <cfRule type="expression" priority="165">
+  <conditionalFormatting sqref="A50:B50">
+    <cfRule type="expression" priority="164">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A55">
+  <conditionalFormatting sqref="A61:E61">
+    <cfRule type="expression" priority="127">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A68:E68">
+    <cfRule type="expression" priority="80">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A78:E78">
+    <cfRule type="expression" priority="65">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A83:E83">
+    <cfRule type="expression" priority="49">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B88:C88">
+    <cfRule type="expression" priority="23">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B73:E73">
+    <cfRule type="expression" priority="68">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C30:C35">
+    <cfRule type="expression" priority="178">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C50:C54 O50:O54">
+    <cfRule type="expression" priority="166">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C56:D60">
+    <cfRule type="expression" priority="136">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C36:E40">
+    <cfRule type="expression" priority="116">
+      <formula>ISEVEN(ROW())</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C55:E55">
     <cfRule type="expression" priority="135">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A4:B4 H4:I4 G4:G7 C4:D29 M4:M30 O4:XFD30 N4:N31 J4:L35 A8:B8 A13:B13 A18:B18 A24 D30 N33:N39 G36:L40 O40:O45 C41:C45 G41:H45 J41:L45">
-[...4 lines deleted...]
-  <conditionalFormatting sqref="A30:B30">
+  <conditionalFormatting sqref="D41:E41 I41">
     <cfRule type="expression" priority="175">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A41:B41">
-    <cfRule type="expression" priority="172">
+  <conditionalFormatting sqref="D50:E50">
+    <cfRule type="expression" priority="163">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A50:B50">
-    <cfRule type="expression" priority="162">
+  <conditionalFormatting sqref="E4:E30">
+    <cfRule type="expression" priority="110">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A61:E61">
-    <cfRule type="expression" priority="125">
+  <conditionalFormatting sqref="F4:F73">
+    <cfRule type="expression" priority="82">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A68:E68">
-    <cfRule type="expression" priority="78">
+  <conditionalFormatting sqref="F74:G89">
+    <cfRule type="expression" priority="28">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A78:E78">
-    <cfRule type="expression" priority="63">
+  <conditionalFormatting sqref="F90:H102">
+    <cfRule type="expression" priority="4">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A83:E83">
-    <cfRule type="expression" priority="47">
+  <conditionalFormatting sqref="G55:G73">
+    <cfRule type="expression" priority="87">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B88:C88">
-    <cfRule type="expression" priority="21">
+  <conditionalFormatting sqref="G50:H54">
+    <cfRule type="expression" priority="149">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B73:E73">
-[...29 lines deleted...]
-  <conditionalFormatting sqref="D41:E41 I41">
+  <conditionalFormatting sqref="G8:I35">
     <cfRule type="expression" priority="173">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D50:E50">
-[...38 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="G46:L49 N46:N49 C47:D49">
-    <cfRule type="expression" priority="166">
+    <cfRule type="expression" priority="168">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H5:H7">
-    <cfRule type="expression" priority="107">
+    <cfRule type="expression" priority="109">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H55:H89">
-    <cfRule type="expression" priority="25">
+    <cfRule type="expression" priority="27">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I50">
-    <cfRule type="expression" priority="146">
+    <cfRule type="expression" priority="148">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I55:I61">
-    <cfRule type="expression" priority="121">
+    <cfRule type="expression" priority="123">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I68">
-    <cfRule type="expression" priority="79">
+    <cfRule type="expression" priority="81">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I73 I78">
-    <cfRule type="expression" priority="92">
+    <cfRule type="expression" priority="94">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I83">
-    <cfRule type="expression" priority="46">
+    <cfRule type="expression" priority="48">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I92">
-    <cfRule type="expression" priority="10">
+    <cfRule type="expression" priority="12">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J50:L100">
+  <conditionalFormatting sqref="J50:L102">
     <cfRule type="expression" priority="1">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N55:N59">
-    <cfRule type="expression" priority="136">
+    <cfRule type="expression" priority="138">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="O60:O100">
-    <cfRule type="expression" priority="72">
+  <conditionalFormatting sqref="O60:O102">
+    <cfRule type="expression" priority="74">
       <formula>ISEVEN(ROW())</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="D4:K169"/>
   <sheetViews>
     <sheetView topLeftCell="B43" workbookViewId="0">
       <selection activeCell="K76" sqref="K76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="6" max="6" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="4" spans="4:6" x14ac:dyDescent="0.25">
       <c r="E4" t="s">